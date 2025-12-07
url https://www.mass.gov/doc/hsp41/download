--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -158,51 +158,51 @@
       <w:r w:rsidR="003E0898">
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="390D03BC" w14:textId="14BDB73B" w:rsidR="00C9452E" w:rsidRDefault="00C9452E" w:rsidP="00666B28">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
         <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
         <w:tblCaption w:val="Contract Overview"/>
         <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3865"/>
         <w:gridCol w:w="5129"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="002C1532">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="2112"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -315,51 +315,51 @@
               </w:tabs>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18E36C1D" w14:textId="2020708F" w:rsidR="00B1168A" w:rsidRPr="002C1532" w:rsidRDefault="00B1168A" w:rsidP="000536C2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="002C1532">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="1120"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="000A0D78" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -412,51 +412,51 @@
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7A66A3F8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Maximum End Date</w:t>
             </w:r>
             <w:r w:rsidRPr="7A66A3F8">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>: December 31, 2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="0093033F">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="1299"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006626DD" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006626DD">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -562,51 +562,51 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*The asterisk is required when referencing the contract in the MMARS</w:t>
             </w:r>
             <w:r w:rsidR="008D670A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> system</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA06AC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="0089540D">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="103"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -632,51 +632,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Quotes are required for purchasing. Refer to the </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Quote_Response_and" w:history="1">
               <w:r w:rsidRPr="002C1532">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="002C1532">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section for guidelines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="0089540D">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="103"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -718,127 +718,147 @@
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69C38038" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="002C1532">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
-          <w:trHeight w:val="628"/>
+          <w:trHeight w:val="1200"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="1F006E46" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="002C1532" w:rsidP="00953689">
+          <w:p w14:paraId="14685198" w14:textId="1C9B2E4D" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="372A744C" w:rsidP="5CD305FB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E61EBE">
+            <w:r w:rsidRPr="5CD305FB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">07/01/2025: Update was made to adopt a new template and streamline language and content </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00007629">
+              <w:t>07/01/2025: Update was made to adopt a new template and streamline language and content</w:t>
+            </w:r>
+            <w:r w:rsidR="6D49F445" w:rsidRPr="5CD305FB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">               </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00007629">
+              <w:t xml:space="preserve">. 11/10/2025 </w:t>
+            </w:r>
+            <w:r w:rsidR="55120F95" w:rsidRPr="5CD305FB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10/16/2025: Update was made to Category Manager contact information</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00007629" w:rsidRPr="00E61EBE">
+              <w:t>Revision was made to update</w:t>
+            </w:r>
+            <w:r w:rsidR="6D49F445" w:rsidRPr="5CD305FB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E61EBE">
+            <w:r w:rsidR="31EEF4A6" w:rsidRPr="5CD305FB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>sales contact and sales contact</w:t>
+            </w:r>
+            <w:r w:rsidR="13310409" w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> data</w:t>
+            </w:r>
+            <w:r w:rsidR="31EEF4A6" w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for Lipomed</w:t>
+            </w:r>
+            <w:r w:rsidR="1158D756" w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, and email address for Westnet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EE53A3B" w14:textId="3ADB882A" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="006E4CCA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -4349,119 +4369,834 @@
       </w:r>
       <w:r w:rsidRPr="00815201">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Any limitations, including for procurements involving </w:t>
       </w:r>
       <w:r w:rsidRPr="008754E5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>construction</w:t>
       </w:r>
       <w:r w:rsidRPr="00815201">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, are outlined in this Contract User Guide.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA14FA7" w14:textId="2E054AB1" w:rsidR="00362DFB" w:rsidRPr="00815201" w:rsidRDefault="00362DFB" w:rsidP="00815201">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00505933">
+    <w:p w14:paraId="3BA14FA7" w14:textId="2E054AB1" w:rsidR="00362DFB" w:rsidRPr="00815201" w:rsidRDefault="1CDE8C66" w:rsidP="00815201">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5CD305FB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For Master Contract Record, </w:t>
       </w:r>
-      <w:r w:rsidR="000B307C">
+      <w:r w:rsidR="56DDC0C3" w:rsidRPr="5CD305FB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
-      <w:r w:rsidR="007D0C0F">
+      <w:r w:rsidR="2CE79BB7" w:rsidRPr="5CD305FB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00505933">
+      <w:r w:rsidRPr="5CD305FB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId22">
-        <w:r w:rsidR="0061563D" w:rsidRPr="0061563D">
+        <w:r w:rsidR="3A622661" w:rsidRPr="5CD305FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Master Blanket Purchase Order and RFR</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0061563D" w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="3A622661" w:rsidRPr="5CD305FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA47DAA" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="00EF0700" w:rsidP="00633557">
+    <w:p w14:paraId="0565556F" w14:textId="51D5F763" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="00EF0700" w:rsidP="5CD305FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BE841A3" w14:textId="41BA578C" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="5D4FEE5C" w:rsidP="5CD305FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5CD305FB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Categories:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8958"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="4E3C3C7A" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0183DAB9" w14:textId="5DE3EB94" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="1E18617D" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20041253" w14:textId="59A3921C" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory and scientific glassware and plasticware and accessories</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F099A3A" w14:textId="68CB5C5B" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory porcelainware and ceramicware</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28FA31C5" w14:textId="2023315D" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory metalware</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="559A0510" w14:textId="4FC201A1" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory tools and general equipment</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5931C91B" w14:textId="5AEBB074" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory sample collection and handling equipment and supplies</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24BC979E" w14:textId="5E69C34C" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory filtering supplies</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BC187F5" w14:textId="02EB4680" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory heating and cooling equipment</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DA5ECC8" w14:textId="781FC42A" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory electrophoresis and blotting systems</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C8DF9B7" w14:textId="30D5511D" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory pH and conductivity and dissolved solids measurement instruments</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BF6FA5E" w14:textId="5050B90B" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory reagents and supplies</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C6390AC" w14:textId="4BB52F1E" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory incubators and accessories</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27301669" w14:textId="7C449376" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Laboratory centrifuges and accessories</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A48A517" w14:textId="385D5276" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory shakers and stirrers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AE72372" w14:textId="41E08C38" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory balances and scales</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B53B2A6" w14:textId="59C3D7F8" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory furniture</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28CF36D6" w14:textId="7A6F300D" w:rsidR="352D2693" w:rsidRDefault="352D2693" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Laboratory enclosures and containment products (hoods, biosafety cabinets, etc.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="355C43E7" w14:textId="0E4EE967" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="061AA0AD" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="461D450B" w14:textId="2AFA5EAA" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="512C4592" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D56AA2" w14:textId="6187284F" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="085177BF" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D77ADE7" w14:textId="43A60012" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="4D4F0528" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA56F71" w14:textId="516E9AE6" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="133710AD" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="031A65A0" w14:textId="6C8D51FC" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="197C2C8E" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FDF4EE9" w14:textId="20FC623A" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="3B75EA63" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57ADBD85" w14:textId="0C5A7181" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="17EAB66C" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5888FEED" w14:textId="507EA2FA" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="607CDE9A" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F198AE8" w14:textId="0E6335A5" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="03AB35E9" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5DEE2C" w14:textId="66115AC5" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="2EF6E89A" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE186EA" w14:textId="063096B4" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="478C57D6" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCFBAC2" w14:textId="232BE086" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="0C6997CB" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D5BD22C" w14:textId="711E6CA8" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="18122CA8" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FADB28E" w14:textId="6128D666" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5CD305FB" w14:paraId="07CF1428" w14:textId="77777777" w:rsidTr="5CD305FB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E6EF772" w14:textId="1FBA801F" w:rsidR="5CD305FB" w:rsidRDefault="5CD305FB" w:rsidP="5CD305FB">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5AA47DAA" w14:textId="70DD4B69" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="2ABDAA61" w:rsidP="5CD305FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc194066617"/>
       <w:bookmarkStart w:id="7" w:name="_Toc210986131"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Benefits and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00633557">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="5CD305FB">
         <w:t>Cost</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Savings</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="753D996A" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="0061563D" w:rsidP="0061563D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc188457898"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4863,51 +5598,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="709542EA" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Procurement Compliance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2935084A" w14:textId="35161AE2" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>HSP45 supports compliance with applicable procurement laws by offering a pre-vetted contract vehicle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -5108,50 +5842,51 @@
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Value-Added Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="777D90B0" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Extended warranties, service, and maintenance agreements are available from select vendors</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2724B324" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Installation services, technical assistance, and user training are offered by many HSP45 vendors</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45F921A7" w14:textId="7FC481D2" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
       <w:pPr>
         <w:widowControl w:val="0"/>
@@ -5463,51 +6198,50 @@
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors are required to provide a reasonable level of technical support at no cost to Purchasing Entities. Upon request, vendors must respond within 10 calendar days to arrange product training. When available, Continuing Education Credits should be offered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15492A74" w14:textId="77777777" w:rsidR="0061563D" w:rsidRDefault="0061563D" w:rsidP="00EF0700">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79FAB35B" w14:textId="03263A26" w:rsidR="005D20CA" w:rsidRDefault="005D20CA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc210986135"/>
       <w:bookmarkStart w:id="13" w:name="_Toc194066595"/>
       <w:r w:rsidRPr="00564A93">
-        <w:lastRenderedPageBreak/>
         <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="62193C5E" w14:textId="1A09CDD6" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Related products that are not covered under this contract are listed below along with the statewide </w:t>
@@ -5772,50 +6506,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F06675A" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Homeland Security, Public Safety, and Traffic Safety Supplies – </w:t>
       </w:r>
       <w:hyperlink r:id="rId28">
         <w:r w:rsidRPr="0061563D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>HLS06</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23B7BFBD" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -6140,51 +6875,50 @@
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, UFR-certified organizations that are doing business with the Commonwealth</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5575D2F8" w14:textId="4BDF2708" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Other states and territories </w:t>
       </w:r>
       <w:r w:rsidR="00475DA4" w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and their cities, towns, districts, counties, other political subdivisions, and public institutions of higher education </w:t>
       </w:r>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidR="00BC1E8D" w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>out</w:t>
       </w:r>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
@@ -6299,50 +7033,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contract discounts and other pricing published under the contract represents “ceiling” or “not-to-exceed” pricing and may be further negotiated.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78611E13" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc210986138"/>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>New Items or Bulk Pricing</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="40CBA8ED" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If a product or bulk quantity pricing is not listed in a Vendor’s catalog, contact the Vendor(s) for a quote. Once accepted, the quoted net price for these additional items remains valid until the next catalog update.   These additionally quoted products can be ordered from the vendor’s catalog using the line item “Additional items quoted by the vendor per the RFR”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="601C66D6" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -6533,51 +7268,50 @@
       </w:r>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Due to factors such as manufacturing lead times, product costs, availability, or custom order requirements, vendors may request a deposit or pre-payment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C75B52B" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Pre-payments</w:t>
       </w:r>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2EF4">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are not permitted</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2EF4">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -6793,50 +7527,51 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42F43A50" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRPr="00BC75FE" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Product pricing may be found on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00BC75FE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -6975,51 +7710,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage, and select:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="059BECE7" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The COMMBUYS Purchase Orders section and choose the How to Create a Solicitation Enabled Bid Using a Release Requisition job aid. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49DC1616" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc202246978"/>
       <w:bookmarkStart w:id="27" w:name="_Toc210986142"/>
       <w:r w:rsidRPr="0061563D">
         <w:t>Quote Including Construction Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="1B481E5D" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
@@ -7049,51 +7783,60 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For construction services, using our Trade (TRD) Statewide Contracts, with Construction Labor valued from $1.00 - $50,000, Buyers must solicit a minimum of three (3) responses (quotes) and receive two (2) written dollar quotes from TRD Vendors, award to the lowest responsible bidder.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76C3BE17" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Only caveat to seeking three (3) responses, when the construction labor + materials/supplies combined, are $10,000 or less then, Buyer may select a TRD contracted Vendor and award the project based on sound business practices, consistent with your entity’s procurement policies and procedures.</w:t>
+        <w:t xml:space="preserve">Only caveat to seeking three (3) responses, when the construction labor + materials/supplies combined, are $10,000 or less then, Buyer may select a TRD contracted Vendor and award the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061563D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>project based on sound business practices, consistent with your entity’s procurement policies and procedures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65E6D8BB" w14:textId="1CAC76F7" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061563D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">OSD recommends agencies seek multiple quotes to guarantee the best value procurement.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="641558E5" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
@@ -7306,51 +8049,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A0F4EEE" w14:textId="52583F87" w:rsidR="00A61E64" w:rsidRPr="003B0898" w:rsidRDefault="008A72A3" w:rsidP="009F6189">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>G2B Punchout:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Buyers may purchase directly from the </w:t>
       </w:r>
       <w:r w:rsidR="00A61E64" w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">endor’s eCommerce site using the </w:t>
       </w:r>
       <w:r w:rsidR="00CD588E" w:rsidRPr="003B0898">
         <w:rPr>
@@ -7696,50 +8438,51 @@
           </w:rPr>
           <w:t xml:space="preserve">Vendor MPBO Listing  </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="34E67BD9" w14:textId="1209685B" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C663DF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Click here for </w:t>
       </w:r>
       <w:hyperlink r:id="rId37">
         <w:r w:rsidRPr="00C663DF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Request Quotes from Vendors on Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C663DF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66937034" w14:textId="2EC41F03" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -7965,60 +8708,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">New Items or Bulk Prices: </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Contact a Vendor or Vendors on the Contract for a Quote when a product is not on a Vendor’s Price List. The quoted and accepted net price remains in effect </w:t>
-[...8 lines deleted...]
-        <w:t>until the next update of the price list. These additionally quoted products can be ordered from the vendor’s catalog using the line item “Additional items quoted by the vendor per the RFR”.</w:t>
+        <w:t>Contact a Vendor or Vendors on the Contract for a Quote when a product is not on a Vendor’s Price List. The quoted and accepted net price remains in effect until the next update of the price list. These additionally quoted products can be ordered from the vendor’s catalog using the line item “Additional items quoted by the vendor per the RFR”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BFE3ADE" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00CA3EDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="309D4331" w14:textId="10E7AB32" w:rsidR="00C663DF" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00CA3EDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3EDB">
@@ -8188,50 +8922,51 @@
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00124E63" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>efficiency in the procurement process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="370E26D7" w14:textId="1F0CF014" w:rsidR="0082614B" w:rsidRPr="00136C46" w:rsidRDefault="0082614B" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For Executive Agencies, COMMBUYS is required. </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Per </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>801 CMR 21.00</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8818,51 +9553,50 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> information opens in a table format. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C5DE19C" w14:textId="04D79911" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">To view </w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00F951D6" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>associated</w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
@@ -9337,50 +10071,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Master Blanket Purchase Order (MBPO) opens for the selected PO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0681DD01" w14:textId="33618CF0" w:rsidR="00554AF0" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">On the MBPO, scroll down to the </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section to find the vendor-specific documents</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -9838,51 +10573,50 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31934E82" w14:textId="419C26D6" w:rsidR="004329A5" w:rsidRPr="009E12A3" w:rsidRDefault="008F4C70" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For further information about the public construction bidding laws, please </w:t>
       </w:r>
       <w:r w:rsidR="006724F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidRPr="003978CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
@@ -10211,50 +10945,51 @@
       <w:r w:rsidR="00F0059C" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The contract shall be awarded to the responsible bidder who offers the lowest price.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6779B5CF" w14:textId="544B6A14" w:rsidR="00D72A2A" w:rsidRPr="009E12A3" w:rsidRDefault="00532305" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For construction materials and labor </w:t>
       </w:r>
       <w:r w:rsidR="00D72A2A" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">estimated to cost less than </w:t>
       </w:r>
       <w:r w:rsidR="00D72A2A" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$10,000</w:t>
       </w:r>
       <w:r w:rsidR="00D72A2A" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, a Buyer may </w:t>
       </w:r>
@@ -10376,59 +11111,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In addition, all contracts by a state agency or state-assisted contracts for design, construction, reconstruction, installation, demolition, maintenance, or repair must contain Workforce Participation Goals for minorities and women. This is required by </w:t>
       </w:r>
       <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidRPr="00880356">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>G.L. c. 149, § 44A(2)(G)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. A “state-assisted </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">contract” is a construction project undertaken by a political subdivision of the </w:t>
+        <w:t xml:space="preserve">. A “state-assisted contract” is a construction project undertaken by a political subdivision of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ommonwealth or two or more subdivisions thereof for planning, acquisition, design, construction, demolition, installation, repair, or maintenance whose costs are paid for, reimbursed, grant funded, or otherwise supported, in whole or in part, by the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -10505,50 +11232,51 @@
       </w:r>
       <w:hyperlink r:id="rId53" w:history="1">
         <w:r w:rsidRPr="0092479A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Prevailing Wage Enforcement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for more information. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30B77F25" w14:textId="11C15E2F" w:rsidR="00CE4F99" w:rsidRPr="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Buyers should always refer to a vendor’s Bidder Response Form (located in their COMMBUYS file) for their mark-up over prevailing wage and materials as well as a vendor’s charge for emergency services, holidays, and non-business hours.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31C308E0" w14:textId="7DA6CF7F" w:rsidR="00C045FB" w:rsidRPr="00C045FB" w:rsidRDefault="00151AC8" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="_Toc210986151"/>
       <w:r>
         <w:t>Labor Hours</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="5434897D" w14:textId="77777777" w:rsidR="00E82D9A" w:rsidRDefault="00AD0A7A" w:rsidP="00C045FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -10821,51 +11549,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:hyperlink r:id="rId56" w:history="1">
         <w:r w:rsidRPr="00556773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Small Business Purchasing Program (SBPP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
       </w:r>
       <w:hyperlink r:id="rId57" w:history="1">
         <w:r w:rsidRPr="001B046D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -11047,50 +11774,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In cases where all other factors are equal, and particularly when adhering to a best value approach, the department will favor the vendor with stronger SDP commitment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="570E0460" w14:textId="513A2E36" w:rsidR="00053531" w:rsidRPr="007002E9" w:rsidRDefault="00053531" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
@@ -11367,51 +12095,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuel charges or fuel surcharges are prohibited under this Contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41E54479" w14:textId="5611DF88" w:rsidR="00A87A58" w:rsidRDefault="00A87A58" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">All quotations shall indicate </w:t>
       </w:r>
       <w:r w:rsidR="00430773" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Free on Board</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (FOB) destination. FOB destination means delivered and unloaded to all the Commonwealth departments, cities, towns, and political subdivisions within the Commonwealth of Massachusetts, with all charges for transportation and unloading prepaid by the </w:t>
       </w:r>
       <w:r w:rsidR="0004215A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendors</w:t>
@@ -11475,51 +12202,60 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09E1BA64" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The total quoted price from an RFQ is to include shipping/delivery. The Vendor shall retain ownership until received and accepted by the Purchasing Entity. If a Vendor has an order dropped shipped from a manufacturer or other source within the supply chain to the Purchasing Entity the Vendor retains responsibility for the delivery. </w:t>
+        <w:t xml:space="preserve">The total quoted price from an RFQ is to include shipping/delivery. The Vendor shall retain ownership until received and accepted by the Purchasing Entity. If a Vendor has </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3EDB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">an order dropped shipped from a manufacturer or other source within the supply chain to the Purchasing Entity the Vendor retains responsibility for the delivery. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33B84EB1" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Delivery - orders not subject to an RFQ:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3EDB">
@@ -11625,95 +12361,95 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In order to receive free delivery a Purchaser must order at least $75.00 of products on combined daily purchase orders.  A Vendor may charge a Purchaser up to $25.00 for smaller orders but the Purchaser must be informed and agree to the charge prior to shipping. The Vendor – at their discretion – may choose to waive the free delivery minimum order amount. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BFD1CA0" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">When an emergency or an express delivery is requested by a Purchaser the Vendor may charge the Purchaser the actual cost of the delivery.  The Vendor must inform the Purchaser at time of order that there will be a delivery charge and an estimated cost.  The Vendor must, if requested by the Purchaser, provide a receipt of the delivery charge.  An example would be an overnight UPS delivery or other expedited shipping method.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="783FEFED" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A Vendor must clearly identify to a Purchaser that an item will have a special per shipment handling charge. The Commonwealth recognizes that the charge will vary by the product and in many cases how many items are in a shipping box.  An example would be an item that needs to be shipped with dry ice. The handling special handling charge would be the same if there was one (1) item in the shipping box or four (4) items in the shipping box. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47E45414" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A Vendor must clearly identify to a Purchaser that an item will have a Hazmat per shipment charge. The Commonwealth recognizes that the charge will vary by the product and in many cases by how many items are in a shipping box. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D7A5C35" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A Vendor must notify the Purchaser of a backorder or a delay within twenty-four (24) hours of receipt of an order. Vendors must maintain good ongoing communication regarding the status of a backorder with the Purchaser and identify when delivery can be expected. </w:t>
       </w:r>
     </w:p>
@@ -11913,51 +12649,61 @@
     <w:p w14:paraId="63EAD45E" w14:textId="070A6E6E" w:rsidR="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00CA3EDB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="52" w:name="_Toc210986158"/>
       <w:r>
         <w:t>Frequently Purchased Items on the Contract</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
     </w:p>
     <w:p w14:paraId="6BE979F6" w14:textId="00005229" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00CA3EDB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Products and Services frequently purchased through this contract include all laboratory supplies, equipment including peripherals, furnishings, and related services to include test result reporting, warranties, extended warranties, service &amp; maintenance agreements, general repairs, technological upgrades, the establishment of consumable &amp; reagent agreements for specific instrumentation, training on purchased equipment, and installation/setup/integration into existing systems.</w:t>
+        <w:t xml:space="preserve">Products and Services frequently purchased through this contract include all laboratory supplies, equipment including peripherals, furnishings, and related services to include test result reporting, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3EDB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>warranties, extended warranties, service &amp; maintenance agreements, general repairs, technological upgrades, the establishment of consumable &amp; reagent agreements for specific instrumentation, training on purchased equipment, and installation/setup/integration into existing systems.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="_Toc210986159"/>
       <w:r>
         <w:t>Additional Discounts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="5722884C" w14:textId="2C86CC2C" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="000157ED" w:rsidP="00F52DB7">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -12631,50 +13377,51 @@
       <w:r w:rsidR="00EF1817" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be evaluated on their current performance and may be asked to work with the Commonwealth toward improvement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ECCA573" w14:textId="1FFE7CB8" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00D86662" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="001123CE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> performance is unacceptable but </w:t>
       </w:r>
       <w:r w:rsidR="008B4DE7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
@@ -13013,51 +13760,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No sales tax should be applied to invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4E314F" w14:textId="3DE200C1" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>No fees or surcharges (including travel, fuel, delivery) should be applied to invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C69D88" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Special order fees must be agreed upon by both parties upfront.</w:t>
       </w:r>
     </w:p>
@@ -13207,109 +13953,115 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BD570A" w14:textId="37BC4942" w:rsidR="00BC5DEA" w:rsidRPr="002E2D42" w:rsidRDefault="00BC5DEA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="60" w:name="_Toc194066616"/>
       <w:bookmarkStart w:id="61" w:name="_Toc210986163"/>
-      <w:r w:rsidRPr="002E2D42">
+      <w:r>
         <w:t>Adding a Product</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
-      <w:r w:rsidR="00DD0065" w:rsidRPr="00DD0065">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00DD0065">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51E847CD" w14:textId="77777777" w:rsidR="009D0E37" w:rsidRDefault="009D0E37" w:rsidP="009D0E37">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023374F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If a product cannot be found in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="0023374F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">endor’s catalog, price sheet or PunchOut, it is recommended to contact the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="0023374F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">endor directly to inquire if it is available for purchase on this contract. If the product meets the scope of the product category, the </w:t>
+        <w:t xml:space="preserve">endor directly to inquire if it is available for purchase on this contract. If the product </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023374F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">meets the scope of the product category, the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="0023374F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>endor may add it to their product offerings without approval of OSD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="571765ED" w14:textId="77777777" w:rsidR="009D0E37" w:rsidRDefault="009D0E37" w:rsidP="009D0E37">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13541,51 +14293,50 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Choose refrigeration with Climate Friendly Refrigeration options. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06A4D4BD" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Are </w:t>
       </w:r>
       <w:hyperlink r:id="rId67" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Practice Green Health Approved</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> (which means products meet their </w:t>
       </w:r>
       <w:hyperlink r:id="rId68" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -14286,51 +15037,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="15300" w:type="dxa"/>
         <w:tblInd w:w="-1175" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vendor Information Table"/>
         <w:tblDescription w:val="This table includes the following column headings and information: vendor name, Master Blanket Purchase Order Number, MMARS Vendor Code, MMARS Vendor Line, Contact Person, Phone number, Email, Categories, Regions, Discounts (PPD, Dock Delivery, Other), MBE, WMBE, WBE, Vetran status, Minimum Order, and list of any other imporatant items.  "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="2610"/>
         <w:gridCol w:w="2250"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="900"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="1AF259EB" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="1AF259EB" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="521"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="384C32FD" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -14567,51 +15318,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="72289BEA" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Awarded Categories</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="53AF0783" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="53AF0783" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="5E70543A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>**Master Contract Record</w:t>
@@ -14689,134 +15440,207 @@
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D3039FE" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="4E29C02B" w14:textId="723FA033" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="69B4A194" w:rsidP="75621D6A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...6 lines deleted...]
-              <w:t>Amanda Ferdinand</w:t>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sonia Castro</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D3039FE" w14:textId="153326B3" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="718FE577" w:rsidP="75621D6A">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tina Sang</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2D923A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3D173FE3" w14:textId="3668551D" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="75621D6A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>617-720-3166</w:t>
+              <w:t>617-</w:t>
+            </w:r>
+            <w:r w:rsidR="4AB4FB35" w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>359-7271</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E2D923A" w14:textId="3726A3D3" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="4E92E7FD" w:rsidP="00E40989">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>617-359-7287</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="254F8374" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0F14EE70" w14:textId="0697FD15" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="599BB81D" w:rsidP="75621D6A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...18 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="4AB4FB35" w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>onia.castro@mass.gov</w:t>
+            </w:r>
+            <w:r w:rsidR="007A04BB" w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="254F8374" w14:textId="33757705" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="3CFAE050" w:rsidP="75621D6A">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tina.sang@mass.gov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="7672BE72" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
@@ -14877,224 +15701,268 @@
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="7C729AF1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="1B04782A" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="1B04782A" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="7CBFFF15" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Master Contract Record for $50K+ Purchases</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="6CA9C84E" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-28982</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="487645F5" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C6697F3" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="47C74D3A" w14:textId="4E3DDA2C" w:rsidR="75621D6A" w:rsidRDefault="75621D6A" w:rsidP="75621D6A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...6 lines deleted...]
-              <w:t>Amanda Ferdinand</w:t>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sonia Castro</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="610B8DF1" w14:textId="1FDA5B3B" w:rsidR="75621D6A" w:rsidRDefault="75621D6A" w:rsidP="75621D6A">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tina Sang</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06E03E37" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="6122550A" w14:textId="3668551D" w:rsidR="75621D6A" w:rsidRDefault="75621D6A" w:rsidP="75621D6A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>617-720-3166</w:t>
+              <w:t>617-359-7271</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CD8C958" w14:textId="3726A3D3" w:rsidR="75621D6A" w:rsidRDefault="75621D6A" w:rsidP="75621D6A">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>617-359-7287</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63BF7E0C" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="10FEDF74" w14:textId="0697FD15" w:rsidR="75621D6A" w:rsidRDefault="75621D6A" w:rsidP="75621D6A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...20 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sonia.castro@mass.gov </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7A3D22" w14:textId="33757705" w:rsidR="75621D6A" w:rsidRDefault="75621D6A" w:rsidP="75621D6A">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tina.sang@mass.gov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="445389CC" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
@@ -15155,92 +16023,92 @@
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="011EF0B1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="4EF603BE" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="4EF603BE" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1582B023" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>AB Sciex</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51ABFBA1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId79">
+            <w:hyperlink r:id="rId77">
               <w:r w:rsidRPr="7A66A3F8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27918</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DE12791" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
@@ -15278,99 +16146,109 @@
               </w:rPr>
               <w:t>Erik Schranz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1154DB77" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F741887" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="7F741887" w14:textId="4DA4F0FC" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="75621D6A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId78">
+              <w:r w:rsidRPr="75621D6A">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>erik.schranz@sciex.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId79">
+              <w:r w:rsidRPr="75621D6A">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>terms.review@sciex.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="42A4548F" w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23DDEB01" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
@@ -15425,92 +16303,92 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63F5276A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="63B31E61" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="63B31E61" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EFA81FD" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Agilent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B59AB50" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-28035</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A0E0530" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -15566,51 +16444,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>302-636-8357</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="710AD45D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId83">
+            <w:hyperlink r:id="rId81">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>lindsay.willett@agilent.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
@@ -15677,245 +16555,242 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A0A2ED3" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">1-8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="5682A745" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="5682A745" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69A16540" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bio-Rad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FB6254F" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27928</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39C23878" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>TBA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AFD154E" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="6AFD154E" w14:textId="75E86DE7" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="753D8DE6" w:rsidP="75621D6A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Bryan Edoria</w:t>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Lestina Crockett</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A2736A5" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0A2736A5" w14:textId="442AE50E" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="2FD7F8EC" w:rsidP="75621D6A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>510-741-5361</w:t>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>800-224-6723</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D67FB3C" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1D67FB3C" w14:textId="06910488" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="2FD7F8EC" w:rsidP="75621D6A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2914"/>
                 <w:tab w:val="left" w:pos="3042"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-38"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-                <w:u w:val="single"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...10 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>lestina_crockett@bio-rad.com</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="391DF57A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
           </w:p>
@@ -15963,120 +16838,120 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1207F65A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1; 4; and 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="38F34FE7" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="38F34FE7" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D57F454" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fisher Scientific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62453ACB" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27932</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14ED5664" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>27946</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7017E93B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
@@ -16239,120 +17114,120 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7615AF4F" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ALL; 1-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="2997208E" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="2997208E" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="602"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="694D2177" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Government Scientific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F09B62F" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27859</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="429F0EC1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>27948</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B05C83E" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
@@ -16411,51 +17286,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>703-880-5003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45869A48" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Sales-b@govsci.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -16524,93 +17399,93 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C2F31D2" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="3F79C221" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="3F79C221" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
-          <w:trHeight w:val="496"/>
+          <w:trHeight w:val="662"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25C8A434" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>IDEXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D5036B6" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27878</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="294F9319" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -16693,51 +17568,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>207-556-3091</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F8F257B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>jamie-brunelle@idexx.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -16856,266 +17731,264 @@
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1; and 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="4C120C3D" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="4C120C3D" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
-          <w:trHeight w:val="331"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D194D65" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Lipomed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EBAFAA1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27870</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="362DAB49" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1110DD39" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1110DD39" w14:textId="68CCADBF" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="19F02F1D" w:rsidP="75621D6A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Becky Dewey</w:t>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Don Ackerman </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F03950B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="4F03950B" w14:textId="74B6D88A" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="46CB756F" w:rsidP="75621D6A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>617-577-7222</w:t>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="75621D6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>603-461-9935</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5779AFD2" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="25DBF3A5" w14:textId="531ECBAF" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="6008A940" w:rsidP="75621D6A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId91">
+              <w:r w:rsidRPr="75621D6A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>Don.Ackerman@LGCGroup.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="5779AFD2" w14:textId="5CB7F8BE" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="75621D6A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2914"/>
                 <w:tab w:val="left" w:pos="3042"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-38"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...30 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="725AE98C" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -17245,92 +18118,92 @@
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2; and 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="5841228C" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="5841228C" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B6C58F3" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>LumiQuick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="369D457C" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27876</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A7F6C67" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -17428,73 +18301,73 @@
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2914"/>
                 <w:tab w:val="left" w:pos="3042"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>sales@lumiquick.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>tfranco@lumiquick.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -17679,51 +18552,51 @@
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="72E4C30B" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="72E4C30B" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55D7390A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">McKesson </w:t>
             </w:r>
             <w:r w:rsidRPr="00F505BB">
@@ -17739,79 +18612,79 @@
           <w:p w14:paraId="3CB408DA" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61C47354" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27872</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48893914" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>27952</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="535F8CC1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
@@ -17885,51 +18758,51 @@
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2914"/>
                 <w:tab w:val="left" w:pos="3042"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId100">
+            <w:hyperlink r:id="rId97">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>zack.newsome@mckesson.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="46F3767A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2914"/>
                 <w:tab w:val="left" w:pos="3042"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
@@ -18066,119 +18939,119 @@
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1-4; 6; and 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="4701544E" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="4701544E" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D1B5F4D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Medline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E23F2CD" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27861</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3426768B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>30252</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="429E84B1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
@@ -18405,92 +19278,92 @@
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ALL: 1-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="7E3D3A87" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="7E3D3A87" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="190C0722" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Myers Construction Materials Testing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D7A722C" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27929</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D7B057B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -18741,92 +19614,92 @@
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="6D597794" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="6D597794" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DFB4109" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Qiagen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AFAB0A3" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-28034</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E574A28" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -19077,92 +19950,92 @@
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3-5; and 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="126414B3" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="126414B3" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C4D6C91" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Safety Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="614ABDA2" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27873</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B59CA38" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -19260,51 +20133,51 @@
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2914"/>
                 <w:tab w:val="left" w:pos="3042"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>june@esafetyinc.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -19426,93 +20299,93 @@
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4 and 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="23F3E714" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="23F3E714" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="247AC257" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>School Specialty (Frey)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="147E36A2" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27874</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4902B314" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -19610,51 +20483,51 @@
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2914"/>
                 <w:tab w:val="left" w:pos="3042"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>james.curtis@schoolspecialty.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
@@ -19774,92 +20647,92 @@
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="6DCF057B" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="6DCF057B" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EF4BB69" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Steri-Tech Medical Innovations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DC6A07B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27858</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="780779C1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -20180,120 +21053,120 @@
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="0DC64E9C" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="0DC64E9C" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A12352D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Thomas Scientific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="678EC2B5" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27930</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AD07EE8" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>32045</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BA16C5C" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
@@ -20376,83 +21249,83 @@
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2914"/>
                 <w:tab w:val="left" w:pos="3042"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId112">
+            <w:hyperlink r:id="rId109">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Jim.losinski@thomassci.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>matthew.kusiak@thomassci.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="092A4867" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -20603,92 +21476,92 @@
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">       1-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="610959C2" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="610959C2" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BC2620F" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Trans Med USA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B389372" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27877</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="047D4686" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -20951,120 +21824,120 @@
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">2-6; and 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="22238226" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="22238226" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EC54E94" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>VWR, Part of Avantor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32645B35" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-28036</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F0BD91E" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>29104</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14953E13" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
@@ -21138,51 +22011,51 @@
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2914"/>
                 <w:tab w:val="left" w:pos="3042"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>seth.cory@avantorsciences.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -21315,51 +22188,51 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="610E8AC1" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="610E8AC1" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4744B037" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">VWR, Part of Avantor </w:t>
             </w:r>
@@ -21500,51 +22373,51 @@
           <w:p w14:paraId="32135B85" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2914"/>
                 <w:tab w:val="left" w:pos="3042"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>hannah.spiri@avantorsciences.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -21677,127 +22550,130 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="1C6FC1CE" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="1C6FC1CE" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="331"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05EDFA77" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Westcarb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15AE4D5F" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27875</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ADAFA72" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="5ADAFA72" w14:textId="1C1CA81C" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="4293F114" w:rsidP="75621D6A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...6 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId117">
+              <w:r w:rsidRPr="75621D6A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>32373</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DC6C574" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -21860,51 +22736,51 @@
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2914"/>
                 <w:tab w:val="left" w:pos="3042"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>mt@westcarb.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F4E554D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
@@ -22027,92 +22903,92 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="217E8789" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="217E8789" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="066AADE4" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Westnet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="459DC431" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27862</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="507C66C3" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -22146,123 +23022,147 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tina McLean</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E06A2FF" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="7A1CAA7F" w14:textId="2601CCF6" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="762F7A30" w:rsidP="5CD305FB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-828-7772</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E06A2FF" w14:textId="0442F24B" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="6F110225" w:rsidP="00E40989">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1512"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="10224"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EXT 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FA80AD8" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3FA80AD8" w14:textId="1978233E" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="57F92E86" w:rsidP="5CD305FB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2914"/>
                 <w:tab w:val="left" w:pos="3042"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-38"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-                <w:u w:val="single"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...7 lines deleted...]
-              <w:t>tina@westnetmed.com</w:t>
+            <w:r w:rsidRPr="5CD305FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tmclean@westnetmed.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CB4E420" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -22375,120 +23275,120 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1-4; and 6-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="2E46266C" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="2E46266C" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="674"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E2250E3" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Wilkem Scientific </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5585DE31" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27860</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BA9F3D1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>27947</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11FB4FA0" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
@@ -22562,51 +23462,51 @@
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2914"/>
                 <w:tab w:val="left" w:pos="3042"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>jim@wilkem.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
@@ -22736,93 +23636,93 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1; and 4-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="6E9EC497" w14:textId="77777777" w:rsidTr="007A04BB">
+      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="6E9EC497" w14:textId="77777777" w:rsidTr="5CD305FB">
         <w:trPr>
           <w:trHeight w:val="331"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="543CBC66" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Wynn Innovations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3914739D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27931</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60A430B7" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -22920,51 +23820,51 @@
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2914"/>
                 <w:tab w:val="left" w:pos="3042"/>
                 <w:tab w:val="left" w:pos="10224"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r w:rsidRPr="00F505BB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>bwynn@wynninnovations.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F505BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -23366,50 +24266,56 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="29EFE2C8" w14:textId="77777777" w:rsidR="00B564C1" w:rsidRPr="00621EE2" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
@@ -23772,51 +24678,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="0F41475B" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="41F137BD" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
@@ -24266,51 +25172,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="2224524E" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="13352AA9" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
@@ -24942,51 +25848,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="361F6C2C" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="0B9DA8C7" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -25289,51 +26195,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="7DAA39C8" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="30F45DDD" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -27601,51 +28507,51 @@
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1840392131">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="271716133">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1625379198">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="412900651">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="950472168">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -29661,50 +30567,51 @@
     <w:rsid w:val="0053115E"/>
     <w:rsid w:val="00531B19"/>
     <w:rsid w:val="005320F4"/>
     <w:rsid w:val="0053228F"/>
     <w:rsid w:val="00532305"/>
     <w:rsid w:val="00532330"/>
     <w:rsid w:val="00532372"/>
     <w:rsid w:val="005339FA"/>
     <w:rsid w:val="00533B85"/>
     <w:rsid w:val="00533F7B"/>
     <w:rsid w:val="0053470F"/>
     <w:rsid w:val="00535288"/>
     <w:rsid w:val="00535A03"/>
     <w:rsid w:val="00535EBD"/>
     <w:rsid w:val="00536D7A"/>
     <w:rsid w:val="00537222"/>
     <w:rsid w:val="0053742F"/>
     <w:rsid w:val="005376C9"/>
     <w:rsid w:val="005378E6"/>
     <w:rsid w:val="0053797D"/>
     <w:rsid w:val="005402A0"/>
     <w:rsid w:val="00540416"/>
     <w:rsid w:val="005405EC"/>
     <w:rsid w:val="00540B0E"/>
     <w:rsid w:val="00540F15"/>
+    <w:rsid w:val="00541917"/>
     <w:rsid w:val="005419AD"/>
     <w:rsid w:val="00541BAD"/>
     <w:rsid w:val="0054200A"/>
     <w:rsid w:val="005425BA"/>
     <w:rsid w:val="005441C3"/>
     <w:rsid w:val="005442F1"/>
     <w:rsid w:val="0054439B"/>
     <w:rsid w:val="00544519"/>
     <w:rsid w:val="00544A11"/>
     <w:rsid w:val="00544C0A"/>
     <w:rsid w:val="00544F06"/>
     <w:rsid w:val="00545746"/>
     <w:rsid w:val="005457A9"/>
     <w:rsid w:val="00545BDA"/>
     <w:rsid w:val="005460EF"/>
     <w:rsid w:val="00546250"/>
     <w:rsid w:val="00546AB2"/>
     <w:rsid w:val="00550627"/>
     <w:rsid w:val="005507F7"/>
     <w:rsid w:val="00550D9E"/>
     <w:rsid w:val="00550E35"/>
     <w:rsid w:val="00550EFD"/>
     <w:rsid w:val="00551314"/>
     <w:rsid w:val="005516ED"/>
     <w:rsid w:val="00551CAB"/>
@@ -30068,50 +30975,51 @@
     <w:rsid w:val="0063093E"/>
     <w:rsid w:val="00630CB1"/>
     <w:rsid w:val="006310F6"/>
     <w:rsid w:val="00631458"/>
     <w:rsid w:val="006314C6"/>
     <w:rsid w:val="006316E0"/>
     <w:rsid w:val="006317D2"/>
     <w:rsid w:val="00631975"/>
     <w:rsid w:val="00632884"/>
     <w:rsid w:val="00632D81"/>
     <w:rsid w:val="00632EC7"/>
     <w:rsid w:val="00632F85"/>
     <w:rsid w:val="00633557"/>
     <w:rsid w:val="00633E0E"/>
     <w:rsid w:val="00633F74"/>
     <w:rsid w:val="006344F5"/>
     <w:rsid w:val="0063450C"/>
     <w:rsid w:val="00634AC3"/>
     <w:rsid w:val="006351A2"/>
     <w:rsid w:val="006353BA"/>
     <w:rsid w:val="0063614C"/>
     <w:rsid w:val="006369D5"/>
     <w:rsid w:val="00636A64"/>
     <w:rsid w:val="00636ABA"/>
     <w:rsid w:val="00636FE2"/>
+    <w:rsid w:val="006372E8"/>
     <w:rsid w:val="00637DCB"/>
     <w:rsid w:val="006401F2"/>
     <w:rsid w:val="006407B7"/>
     <w:rsid w:val="0064148A"/>
     <w:rsid w:val="00642056"/>
     <w:rsid w:val="0064285B"/>
     <w:rsid w:val="00642CA7"/>
     <w:rsid w:val="0064328B"/>
     <w:rsid w:val="006434DA"/>
     <w:rsid w:val="00643DF1"/>
     <w:rsid w:val="00644015"/>
     <w:rsid w:val="00644B19"/>
     <w:rsid w:val="00645098"/>
     <w:rsid w:val="006457D8"/>
     <w:rsid w:val="006458BD"/>
     <w:rsid w:val="006460EF"/>
     <w:rsid w:val="00646704"/>
     <w:rsid w:val="00646AC9"/>
     <w:rsid w:val="00646EF9"/>
     <w:rsid w:val="00647608"/>
     <w:rsid w:val="006477A3"/>
     <w:rsid w:val="00647A75"/>
     <w:rsid w:val="006506B2"/>
     <w:rsid w:val="00651112"/>
     <w:rsid w:val="006514CA"/>
@@ -33861,464 +34769,529 @@
     <w:rsid w:val="0509E76F"/>
     <w:rsid w:val="054706EA"/>
     <w:rsid w:val="05AE4FF4"/>
     <w:rsid w:val="05DB7DAE"/>
     <w:rsid w:val="06789607"/>
     <w:rsid w:val="0689D6A7"/>
     <w:rsid w:val="06B94735"/>
     <w:rsid w:val="0740F279"/>
     <w:rsid w:val="074CA3AC"/>
     <w:rsid w:val="07641289"/>
     <w:rsid w:val="07FDB4D4"/>
     <w:rsid w:val="085B772B"/>
     <w:rsid w:val="0863539B"/>
     <w:rsid w:val="0908CC44"/>
     <w:rsid w:val="092AFCCD"/>
     <w:rsid w:val="09754A5C"/>
     <w:rsid w:val="09856568"/>
     <w:rsid w:val="09E05120"/>
     <w:rsid w:val="09E14DA8"/>
     <w:rsid w:val="0A0CB692"/>
     <w:rsid w:val="0A82C5CE"/>
     <w:rsid w:val="0A96D6BE"/>
     <w:rsid w:val="0AC85023"/>
     <w:rsid w:val="0AE1AA14"/>
     <w:rsid w:val="0BCAC867"/>
+    <w:rsid w:val="0BF32012"/>
     <w:rsid w:val="0C7EA2BC"/>
     <w:rsid w:val="0C97E241"/>
     <w:rsid w:val="0C9B6FBB"/>
     <w:rsid w:val="0CAC23C0"/>
     <w:rsid w:val="0CD1E97E"/>
     <w:rsid w:val="0CD68105"/>
     <w:rsid w:val="0D14C00C"/>
     <w:rsid w:val="0D5E3E9C"/>
     <w:rsid w:val="0D629B01"/>
     <w:rsid w:val="0DBCE8E0"/>
     <w:rsid w:val="0E8EF41F"/>
     <w:rsid w:val="0EAE5624"/>
     <w:rsid w:val="0F4E561F"/>
     <w:rsid w:val="0F871120"/>
     <w:rsid w:val="0FC45D6A"/>
+    <w:rsid w:val="106629F4"/>
     <w:rsid w:val="106BA343"/>
     <w:rsid w:val="10FA09CB"/>
+    <w:rsid w:val="1158D756"/>
     <w:rsid w:val="11DF8DFD"/>
     <w:rsid w:val="11EB3753"/>
     <w:rsid w:val="11EF8BFD"/>
     <w:rsid w:val="12294732"/>
     <w:rsid w:val="126EDCB4"/>
     <w:rsid w:val="127112A0"/>
     <w:rsid w:val="1286B680"/>
     <w:rsid w:val="12E59FB7"/>
+    <w:rsid w:val="13310409"/>
     <w:rsid w:val="13FE62E6"/>
     <w:rsid w:val="1447924B"/>
     <w:rsid w:val="151444B5"/>
     <w:rsid w:val="152BE036"/>
     <w:rsid w:val="15308722"/>
     <w:rsid w:val="154D7715"/>
     <w:rsid w:val="1588CB9B"/>
     <w:rsid w:val="159296F8"/>
     <w:rsid w:val="165133A1"/>
     <w:rsid w:val="17375507"/>
     <w:rsid w:val="17647B73"/>
     <w:rsid w:val="1788A12D"/>
     <w:rsid w:val="179ADDA2"/>
+    <w:rsid w:val="17F7EECC"/>
     <w:rsid w:val="1803DD5F"/>
     <w:rsid w:val="18DBD688"/>
     <w:rsid w:val="19212E0F"/>
     <w:rsid w:val="19928CC3"/>
     <w:rsid w:val="19C288DD"/>
+    <w:rsid w:val="19F02F1D"/>
     <w:rsid w:val="1A6CF678"/>
+    <w:rsid w:val="1AAAA202"/>
     <w:rsid w:val="1B2A4C94"/>
+    <w:rsid w:val="1B5C79F9"/>
     <w:rsid w:val="1B7813E7"/>
+    <w:rsid w:val="1CDE8C66"/>
     <w:rsid w:val="1D821450"/>
     <w:rsid w:val="1DBE6FF2"/>
     <w:rsid w:val="1DD74FFE"/>
     <w:rsid w:val="1DEAFB1E"/>
     <w:rsid w:val="1DEB057D"/>
     <w:rsid w:val="1E5F70B0"/>
     <w:rsid w:val="1E758CBD"/>
     <w:rsid w:val="1EAC55DA"/>
     <w:rsid w:val="1EE2BAA3"/>
     <w:rsid w:val="1F0EF5C6"/>
     <w:rsid w:val="1F63B926"/>
     <w:rsid w:val="1FE4BDD1"/>
     <w:rsid w:val="2007CF94"/>
     <w:rsid w:val="207CC22A"/>
     <w:rsid w:val="20C372C7"/>
     <w:rsid w:val="2106FB90"/>
     <w:rsid w:val="21657D0C"/>
     <w:rsid w:val="21B572E6"/>
     <w:rsid w:val="21BA9C9B"/>
     <w:rsid w:val="21D8D01A"/>
     <w:rsid w:val="22140550"/>
     <w:rsid w:val="2262AA78"/>
     <w:rsid w:val="2282CB1D"/>
     <w:rsid w:val="22B01956"/>
     <w:rsid w:val="230708AB"/>
     <w:rsid w:val="23183CED"/>
     <w:rsid w:val="239ABB7D"/>
     <w:rsid w:val="2416D4BF"/>
     <w:rsid w:val="24477189"/>
     <w:rsid w:val="2451DF3A"/>
     <w:rsid w:val="2468D356"/>
     <w:rsid w:val="246BE30C"/>
     <w:rsid w:val="246CD287"/>
+    <w:rsid w:val="24CD4E80"/>
     <w:rsid w:val="2523191D"/>
     <w:rsid w:val="2568AB0B"/>
     <w:rsid w:val="259E3A13"/>
     <w:rsid w:val="25F33BE6"/>
     <w:rsid w:val="261F268C"/>
     <w:rsid w:val="2683EF99"/>
     <w:rsid w:val="26A4FF53"/>
     <w:rsid w:val="26CCB7AA"/>
     <w:rsid w:val="26E34B4E"/>
     <w:rsid w:val="2714C861"/>
     <w:rsid w:val="27663178"/>
     <w:rsid w:val="2773DF11"/>
     <w:rsid w:val="279020D4"/>
     <w:rsid w:val="27902803"/>
     <w:rsid w:val="27D0625A"/>
     <w:rsid w:val="27DD393D"/>
     <w:rsid w:val="28273D65"/>
+    <w:rsid w:val="2831647F"/>
     <w:rsid w:val="29085A55"/>
     <w:rsid w:val="295F0B3C"/>
     <w:rsid w:val="2A355D98"/>
     <w:rsid w:val="2A74601D"/>
     <w:rsid w:val="2AB1EAEF"/>
     <w:rsid w:val="2AB2C8D8"/>
+    <w:rsid w:val="2ABDAA61"/>
     <w:rsid w:val="2B270E5D"/>
     <w:rsid w:val="2B405877"/>
     <w:rsid w:val="2B449894"/>
     <w:rsid w:val="2B72BD34"/>
     <w:rsid w:val="2B72D985"/>
     <w:rsid w:val="2C0F1796"/>
     <w:rsid w:val="2C32C152"/>
     <w:rsid w:val="2C46CF51"/>
+    <w:rsid w:val="2C7E1CA0"/>
     <w:rsid w:val="2C837899"/>
     <w:rsid w:val="2C9158C6"/>
+    <w:rsid w:val="2CE79BB7"/>
     <w:rsid w:val="2DA1BF57"/>
     <w:rsid w:val="2DEA05BD"/>
     <w:rsid w:val="2DFFAC9A"/>
     <w:rsid w:val="2E7B5CE0"/>
     <w:rsid w:val="2E7C31C9"/>
     <w:rsid w:val="2F071CE2"/>
     <w:rsid w:val="2F11D050"/>
+    <w:rsid w:val="2FD7F8EC"/>
     <w:rsid w:val="302AE77A"/>
     <w:rsid w:val="304B4F25"/>
     <w:rsid w:val="3069EFA4"/>
     <w:rsid w:val="30813013"/>
     <w:rsid w:val="30CC72CC"/>
     <w:rsid w:val="30FD12C7"/>
     <w:rsid w:val="31092F4C"/>
     <w:rsid w:val="318985F6"/>
+    <w:rsid w:val="3197A1D0"/>
     <w:rsid w:val="31DE879D"/>
     <w:rsid w:val="31EE043A"/>
+    <w:rsid w:val="31EEF4A6"/>
     <w:rsid w:val="32B4A2FF"/>
     <w:rsid w:val="32C26E34"/>
     <w:rsid w:val="32E92805"/>
     <w:rsid w:val="330C91CE"/>
     <w:rsid w:val="331CAEC4"/>
     <w:rsid w:val="3329E10D"/>
     <w:rsid w:val="3338F81A"/>
     <w:rsid w:val="33910EFE"/>
     <w:rsid w:val="33BB9C91"/>
+    <w:rsid w:val="33BFF0CB"/>
     <w:rsid w:val="33E2ABA4"/>
     <w:rsid w:val="33ED6D7C"/>
     <w:rsid w:val="342BD182"/>
     <w:rsid w:val="343D783B"/>
     <w:rsid w:val="3481C652"/>
     <w:rsid w:val="3481DB8B"/>
     <w:rsid w:val="348503EB"/>
+    <w:rsid w:val="34E50C44"/>
+    <w:rsid w:val="352D2693"/>
     <w:rsid w:val="354EFDAC"/>
     <w:rsid w:val="356329EE"/>
     <w:rsid w:val="35A009EC"/>
     <w:rsid w:val="35B80FFE"/>
+    <w:rsid w:val="35D281E8"/>
     <w:rsid w:val="36D3BC6C"/>
+    <w:rsid w:val="36DDDE38"/>
+    <w:rsid w:val="372A744C"/>
     <w:rsid w:val="3746FD72"/>
     <w:rsid w:val="37B39D51"/>
     <w:rsid w:val="37B7AB2F"/>
     <w:rsid w:val="37D9AB18"/>
     <w:rsid w:val="37E3E6A4"/>
     <w:rsid w:val="380429CB"/>
     <w:rsid w:val="38092712"/>
     <w:rsid w:val="383AF6BC"/>
     <w:rsid w:val="388A199C"/>
     <w:rsid w:val="3894F219"/>
     <w:rsid w:val="38A1C645"/>
     <w:rsid w:val="38E2768A"/>
     <w:rsid w:val="38EC5CF0"/>
     <w:rsid w:val="39FE3EBC"/>
     <w:rsid w:val="3A2AD87D"/>
     <w:rsid w:val="3A358370"/>
     <w:rsid w:val="3A4D3B1F"/>
+    <w:rsid w:val="3A622661"/>
     <w:rsid w:val="3ADE6DD2"/>
     <w:rsid w:val="3AF69438"/>
     <w:rsid w:val="3B0209F9"/>
     <w:rsid w:val="3B99B6AD"/>
     <w:rsid w:val="3B9FD876"/>
     <w:rsid w:val="3BF261C1"/>
     <w:rsid w:val="3C4BAF29"/>
     <w:rsid w:val="3C9336CA"/>
     <w:rsid w:val="3CC77A80"/>
+    <w:rsid w:val="3CE5B2AF"/>
     <w:rsid w:val="3CF9746A"/>
+    <w:rsid w:val="3CFAE050"/>
     <w:rsid w:val="3D5B8B69"/>
     <w:rsid w:val="3DDCB5F8"/>
     <w:rsid w:val="3E657CDD"/>
     <w:rsid w:val="3E70D751"/>
     <w:rsid w:val="3EBF43C7"/>
     <w:rsid w:val="3F25643A"/>
     <w:rsid w:val="3FADDAA1"/>
     <w:rsid w:val="3FB688F3"/>
     <w:rsid w:val="3FBF20C2"/>
     <w:rsid w:val="3FC1C036"/>
     <w:rsid w:val="3FF5BFDD"/>
+    <w:rsid w:val="40A8A464"/>
     <w:rsid w:val="410F418A"/>
     <w:rsid w:val="41E4A38E"/>
     <w:rsid w:val="41E66EF7"/>
     <w:rsid w:val="421609B3"/>
+    <w:rsid w:val="4293F114"/>
+    <w:rsid w:val="42A4548F"/>
     <w:rsid w:val="42CC7BC5"/>
     <w:rsid w:val="42FA3B1F"/>
     <w:rsid w:val="433C90B5"/>
+    <w:rsid w:val="434D991A"/>
     <w:rsid w:val="43504692"/>
     <w:rsid w:val="44DB780A"/>
     <w:rsid w:val="451D8467"/>
     <w:rsid w:val="452DB02E"/>
     <w:rsid w:val="4569191D"/>
+    <w:rsid w:val="458976D8"/>
     <w:rsid w:val="45F1749E"/>
+    <w:rsid w:val="46CB756F"/>
     <w:rsid w:val="46EC0885"/>
     <w:rsid w:val="470E9718"/>
     <w:rsid w:val="47C4C87B"/>
     <w:rsid w:val="47D2210E"/>
     <w:rsid w:val="47F40877"/>
     <w:rsid w:val="481C2B5F"/>
     <w:rsid w:val="482406E7"/>
     <w:rsid w:val="48293F8C"/>
     <w:rsid w:val="483CA196"/>
     <w:rsid w:val="49096F91"/>
     <w:rsid w:val="4930D506"/>
     <w:rsid w:val="4951C592"/>
     <w:rsid w:val="49E63A88"/>
     <w:rsid w:val="4A136BDC"/>
     <w:rsid w:val="4A26B89D"/>
+    <w:rsid w:val="4AB4FB35"/>
     <w:rsid w:val="4B0163C5"/>
     <w:rsid w:val="4B60781D"/>
     <w:rsid w:val="4BF3104F"/>
     <w:rsid w:val="4BFEA3DF"/>
     <w:rsid w:val="4C2A9F3F"/>
     <w:rsid w:val="4CD9714A"/>
     <w:rsid w:val="4DCF5614"/>
     <w:rsid w:val="4DEBA75F"/>
     <w:rsid w:val="4E079D94"/>
     <w:rsid w:val="4E395CC5"/>
+    <w:rsid w:val="4E749EAC"/>
+    <w:rsid w:val="4E92E7FD"/>
+    <w:rsid w:val="4EA45D7E"/>
     <w:rsid w:val="4ED97C9A"/>
     <w:rsid w:val="4EF801C0"/>
     <w:rsid w:val="4F09E275"/>
     <w:rsid w:val="4F81A441"/>
     <w:rsid w:val="4FA8B06B"/>
     <w:rsid w:val="4FDDDC33"/>
     <w:rsid w:val="50154D23"/>
+    <w:rsid w:val="501A53A0"/>
     <w:rsid w:val="501ACC07"/>
     <w:rsid w:val="505B6E0A"/>
     <w:rsid w:val="505B7E99"/>
     <w:rsid w:val="5073386C"/>
     <w:rsid w:val="50BEEE4F"/>
     <w:rsid w:val="50DF1D72"/>
     <w:rsid w:val="5110D5A6"/>
     <w:rsid w:val="514378B5"/>
     <w:rsid w:val="5187E4DA"/>
     <w:rsid w:val="51BC80A4"/>
     <w:rsid w:val="51F5625D"/>
+    <w:rsid w:val="5216B700"/>
+    <w:rsid w:val="5218824A"/>
     <w:rsid w:val="525D1729"/>
     <w:rsid w:val="5268E906"/>
     <w:rsid w:val="53D00C69"/>
     <w:rsid w:val="54579326"/>
     <w:rsid w:val="5473CD39"/>
+    <w:rsid w:val="55120F95"/>
     <w:rsid w:val="556377FB"/>
     <w:rsid w:val="5568833A"/>
     <w:rsid w:val="56331C6C"/>
     <w:rsid w:val="567896BC"/>
+    <w:rsid w:val="56DDC0C3"/>
     <w:rsid w:val="577BB6F1"/>
     <w:rsid w:val="57ADD150"/>
     <w:rsid w:val="57F01BE9"/>
+    <w:rsid w:val="57F92E86"/>
     <w:rsid w:val="57FB0354"/>
     <w:rsid w:val="58314F50"/>
     <w:rsid w:val="585C6DF1"/>
     <w:rsid w:val="58843273"/>
     <w:rsid w:val="5896E57C"/>
     <w:rsid w:val="589ECD48"/>
+    <w:rsid w:val="58E31165"/>
     <w:rsid w:val="58EEE0FF"/>
     <w:rsid w:val="595C23A9"/>
     <w:rsid w:val="5988972B"/>
     <w:rsid w:val="59975D5C"/>
+    <w:rsid w:val="599BB81D"/>
     <w:rsid w:val="59A43698"/>
     <w:rsid w:val="59C19D99"/>
     <w:rsid w:val="59F1F6E2"/>
     <w:rsid w:val="59F2BEAA"/>
     <w:rsid w:val="5A322E9A"/>
     <w:rsid w:val="5A63ABBB"/>
     <w:rsid w:val="5A90A5A1"/>
     <w:rsid w:val="5ADDFEFB"/>
     <w:rsid w:val="5B0CEAAB"/>
     <w:rsid w:val="5B6352A7"/>
     <w:rsid w:val="5BA94C62"/>
     <w:rsid w:val="5C82BDF2"/>
+    <w:rsid w:val="5CD305FB"/>
+    <w:rsid w:val="5CDA430A"/>
     <w:rsid w:val="5CDD37BD"/>
     <w:rsid w:val="5D14C480"/>
     <w:rsid w:val="5D2D794F"/>
     <w:rsid w:val="5D390228"/>
+    <w:rsid w:val="5D4FEE5C"/>
     <w:rsid w:val="5D784754"/>
+    <w:rsid w:val="5D832EC4"/>
+    <w:rsid w:val="5DAF14DD"/>
     <w:rsid w:val="5DC80A56"/>
     <w:rsid w:val="5DF23226"/>
     <w:rsid w:val="5E088BEF"/>
     <w:rsid w:val="5E3DD23D"/>
     <w:rsid w:val="5E54A18C"/>
     <w:rsid w:val="5E647E3E"/>
     <w:rsid w:val="5F2B1441"/>
+    <w:rsid w:val="6008A940"/>
     <w:rsid w:val="60841615"/>
     <w:rsid w:val="6090249D"/>
     <w:rsid w:val="61090B2D"/>
     <w:rsid w:val="610AB160"/>
     <w:rsid w:val="613DC743"/>
     <w:rsid w:val="61674B42"/>
     <w:rsid w:val="61802BDC"/>
     <w:rsid w:val="618F2E34"/>
     <w:rsid w:val="61A751AA"/>
     <w:rsid w:val="635D1BE8"/>
     <w:rsid w:val="63793ADC"/>
     <w:rsid w:val="638FCA67"/>
     <w:rsid w:val="63C6D75D"/>
     <w:rsid w:val="645A7CA4"/>
     <w:rsid w:val="648D456B"/>
     <w:rsid w:val="64D2AD47"/>
     <w:rsid w:val="655A5448"/>
     <w:rsid w:val="65B31951"/>
     <w:rsid w:val="65F64D05"/>
     <w:rsid w:val="661368FA"/>
     <w:rsid w:val="668AFE8F"/>
     <w:rsid w:val="670C7F9B"/>
     <w:rsid w:val="671A1D1F"/>
     <w:rsid w:val="671CAC54"/>
+    <w:rsid w:val="6735CE3A"/>
     <w:rsid w:val="675776C0"/>
     <w:rsid w:val="677CCF43"/>
+    <w:rsid w:val="67B110D3"/>
     <w:rsid w:val="682EB24E"/>
     <w:rsid w:val="6841D4E1"/>
     <w:rsid w:val="6859311B"/>
     <w:rsid w:val="6866FE79"/>
     <w:rsid w:val="68A131B5"/>
     <w:rsid w:val="68C2DA8B"/>
     <w:rsid w:val="690F72A4"/>
     <w:rsid w:val="695AE07A"/>
     <w:rsid w:val="697B0267"/>
+    <w:rsid w:val="69B4A194"/>
     <w:rsid w:val="69F389EE"/>
     <w:rsid w:val="6A158E7B"/>
     <w:rsid w:val="6A2AA9E6"/>
     <w:rsid w:val="6A40A319"/>
     <w:rsid w:val="6A799C6C"/>
     <w:rsid w:val="6A8A7AB1"/>
     <w:rsid w:val="6AEA58D8"/>
     <w:rsid w:val="6B61C945"/>
+    <w:rsid w:val="6B7B326E"/>
     <w:rsid w:val="6C05D65D"/>
     <w:rsid w:val="6C35FB41"/>
     <w:rsid w:val="6C88CFEE"/>
     <w:rsid w:val="6C8BC9D4"/>
     <w:rsid w:val="6C9037D6"/>
     <w:rsid w:val="6CB20F46"/>
     <w:rsid w:val="6CCCE185"/>
     <w:rsid w:val="6CEB32F8"/>
     <w:rsid w:val="6D30A8ED"/>
+    <w:rsid w:val="6D49F445"/>
     <w:rsid w:val="6D792608"/>
+    <w:rsid w:val="6D857549"/>
     <w:rsid w:val="6DF6F073"/>
     <w:rsid w:val="6E354CD8"/>
     <w:rsid w:val="6E611EC1"/>
     <w:rsid w:val="6EC15611"/>
     <w:rsid w:val="6EF0E23F"/>
+    <w:rsid w:val="6F110225"/>
     <w:rsid w:val="6F284485"/>
     <w:rsid w:val="6F337DC9"/>
     <w:rsid w:val="6F617601"/>
     <w:rsid w:val="701D9B55"/>
     <w:rsid w:val="70398423"/>
     <w:rsid w:val="704DA716"/>
     <w:rsid w:val="7060DD5F"/>
     <w:rsid w:val="707CDF24"/>
     <w:rsid w:val="70C577DD"/>
+    <w:rsid w:val="7136C433"/>
     <w:rsid w:val="7144E635"/>
     <w:rsid w:val="7169CE7A"/>
     <w:rsid w:val="717BB15F"/>
     <w:rsid w:val="7182B05F"/>
+    <w:rsid w:val="718FE577"/>
     <w:rsid w:val="7262548E"/>
     <w:rsid w:val="73000191"/>
     <w:rsid w:val="73580557"/>
     <w:rsid w:val="73938ACA"/>
     <w:rsid w:val="740F3C8E"/>
     <w:rsid w:val="742D32A1"/>
     <w:rsid w:val="7466226B"/>
     <w:rsid w:val="748BE7A0"/>
     <w:rsid w:val="7495034C"/>
     <w:rsid w:val="74B80E6F"/>
+    <w:rsid w:val="74B84FF1"/>
     <w:rsid w:val="74E45228"/>
     <w:rsid w:val="751EBE88"/>
+    <w:rsid w:val="753D8DE6"/>
     <w:rsid w:val="754E27E2"/>
+    <w:rsid w:val="75621D6A"/>
+    <w:rsid w:val="7579CDF2"/>
     <w:rsid w:val="7581A57D"/>
     <w:rsid w:val="75CF1133"/>
     <w:rsid w:val="75D2AC8C"/>
+    <w:rsid w:val="762F7A30"/>
     <w:rsid w:val="7678258D"/>
     <w:rsid w:val="76DCC80E"/>
     <w:rsid w:val="77519A79"/>
     <w:rsid w:val="7765D499"/>
     <w:rsid w:val="77B127A8"/>
     <w:rsid w:val="77B47E03"/>
     <w:rsid w:val="77EFA906"/>
     <w:rsid w:val="781B82A9"/>
     <w:rsid w:val="781E0393"/>
     <w:rsid w:val="785E1FF0"/>
     <w:rsid w:val="789815B9"/>
     <w:rsid w:val="78D3B94A"/>
     <w:rsid w:val="78E7DA5F"/>
     <w:rsid w:val="78E9BBF5"/>
     <w:rsid w:val="78F9E125"/>
     <w:rsid w:val="79269133"/>
     <w:rsid w:val="798AF338"/>
     <w:rsid w:val="7A19C844"/>
     <w:rsid w:val="7A33C547"/>
     <w:rsid w:val="7AC076D5"/>
     <w:rsid w:val="7AFEAAEE"/>
     <w:rsid w:val="7B440EC2"/>
     <w:rsid w:val="7BD6BBA1"/>
     <w:rsid w:val="7C366D10"/>
     <w:rsid w:val="7CA547BB"/>
     <w:rsid w:val="7CE59954"/>
     <w:rsid w:val="7CEE9EB0"/>
     <w:rsid w:val="7D236138"/>
     <w:rsid w:val="7D301B84"/>
     <w:rsid w:val="7D59E082"/>
     <w:rsid w:val="7DD52B1D"/>
     <w:rsid w:val="7DE31BB7"/>
     <w:rsid w:val="7E757346"/>
     <w:rsid w:val="7E9FA087"/>
     <w:rsid w:val="7F887486"/>
     <w:rsid w:val="7FAC7894"/>
     <w:rsid w:val="7FB999C6"/>
+    <w:rsid w:val="7FFB3EB0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7FB3A3FC"/>
@@ -39279,51 +40252,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:seth.cory@avantorsciences.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27867&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OIGProcurementSupport@mass.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2020-07/Standardized%20environmental%20criteria%20%28Sustainable%20procurement%20guide_%20Annex%206%29.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27928&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27948&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jim.losinski@thomassci.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27943&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27918&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC01-30252&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27947&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sales-b@govsci.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27876&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27867&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27943&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2024-08/Safer%20medical%20products%20criteria%20August%202020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.kusiak@thomassci.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hannah.spiri@avantorsciences.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erik.schranz@sciex.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bryan_edoria@bio-rad.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27943&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/job-aids-for-buyers-using-commbuys" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27929&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:james.curtis@schoolspecialty.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@wilkem.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2023-12/HCWH%20glove%20guidance%20Dec.%202023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27878&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@lumiquick.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/public-safety-and-security-contract-user-guides" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/public-construction" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27877&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27875&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleIII/Chapter30/section39m" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actdatabase.mygreenlab.org/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:terms.review@sciex.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27932&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27858&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/job-aids-for-buyers-using-commbuys" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amanda.ferdinand@mass.gov" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tfranco@lumiquick.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28034&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mt@westcarb.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27931&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2021-10/HAN%20Resusables%20Oct%202021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamie-brunelle@idexx.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facilities-general-contract-user-guides" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oig-forms-guides-and-advisories" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energystar.gov/products" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27946&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27930&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28036&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28035&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/waste-management-and-recycling-contract-user-guides" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28982&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zack.newsome@mckesson.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27873&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bwynn@wynninnovations.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleXXI/Chapter149/section44a" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27870&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27872&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27862&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/get-public-procurement-assistance-from-our-chapter-30b-team" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://greenhealthapproved.org/greenhealth-approved-products" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD06-OSD06-29104&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lindsay_willett@agilent.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27859&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-32045&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gbc-word-edit.officeapps.live.com/we/wordeditorframe.aspx?ui=en-US&amp;rs=en-US&amp;wopisrc=https%3A%2F%2Fmassgov.sharepoint.com%2Fsites%2FOSD-TEAMS-CUGProject%2F_vti_bin%2Fwopi.ashx%2Ffiles%2F03b4363d2741410f925cc568e8e3748b&amp;wdenableroaming=1&amp;mscc=1&amp;hid=0238CCA1-30FA-A000-30A2-8F5671011A67.0&amp;uih=sharepointcom&amp;wdlcid=en-US&amp;jsapi=1&amp;jsapiver=v2&amp;corrid=878a82b4-72fa-018e-56d4-74adfc39be71&amp;usid=878a82b4-72fa-018e-56d4-74adfc39be71&amp;newsession=1&amp;sftc=1&amp;uihit=docaspx&amp;muv=1&amp;ats=PairwiseBroker&amp;cac=1&amp;sams=1&amp;mtf=1&amp;sfp=1&amp;sdp=1&amp;hch=1&amp;hwfh=1&amp;dchat=1&amp;sc=%7B%22pmo%22%3A%22https%3A%2F%2Fmassgov.sharepoint.com%22%2C%22pmshare%22%3Atrue%7D&amp;ctp=LeastProtected&amp;rct=Normal&amp;wdorigin=ItemsView&amp;wdhostclicktime=1759616653899&amp;csiro=1&amp;instantedit=1&amp;wopicomplete=1&amp;wdredirectionreason=Unified_SingleFlush" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:june@esafetyinc.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amanda.ferdinand@mass.gov" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becky.dewey@lgcgroup.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27952&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27861&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27860&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-32373&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27867&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OIGProcurementSupport@mass.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2020-07/Standardized%20environmental%20criteria%20%28Sustainable%20procurement%20guide_%20Annex%206%29.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27946&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamie-brunelle@idexx.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28036&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27930&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27943&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:terms.review@sciex.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27873&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27931&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27870&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27872&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27867&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27943&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2024-08/Safer%20medical%20products%20criteria%20August%202020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD06-OSD06-29104&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mt@westcarb.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28035&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27859&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27943&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/job-aids-for-buyers-using-commbuys" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:june@esafetyinc.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-32045&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bwynn@wynninnovations.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2023-12/HCWH%20glove%20guidance%20Dec.%202023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gbc-word-edit.officeapps.live.com/we/Don.Ackerman@LGCGroup.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27952&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/public-safety-and-security-contract-user-guides" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/public-construction" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:seth.cory@avantorsciences.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27862&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleIII/Chapter30/section39m" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actdatabase.mygreenlab.org/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lindsay_willett@agilent.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27948&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jim.losinski@thomassci.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/job-aids-for-buyers-using-commbuys" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28982&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zack.newsome@mckesson.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27860&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2021-10/HAN%20Resusables%20Oct%202021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27876&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facilities-general-contract-user-guides" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oig-forms-guides-and-advisories" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energystar.gov/products" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sales-b@govsci.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.kusiak@thomassci.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hannah.spiri@avantorsciences.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27928&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/waste-management-and-recycling-contract-user-guides" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27918&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27929&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:james.curtis@schoolspecialty.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleXXI/Chapter149/section44a" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@lumiquick.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27861&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27947&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/get-public-procurement-assistance-from-our-chapter-30b-team" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://greenhealthapproved.org/greenhealth-approved-products" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27875&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27932&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27878&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27877&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gbc-word-edit.officeapps.live.com/we/wordeditorframe.aspx?ui=en-US&amp;rs=en-US&amp;wopisrc=https%3A%2F%2Fmassgov.sharepoint.com%2Fsites%2FOSD-TEAMS-CUGProject%2F_vti_bin%2Fwopi.ashx%2Ffiles%2F03b4363d2741410f925cc568e8e3748b&amp;wdenableroaming=1&amp;mscc=1&amp;hid=0238CCA1-30FA-A000-30A2-8F5671011A67.0&amp;uih=sharepointcom&amp;wdlcid=en-US&amp;jsapi=1&amp;jsapiver=v2&amp;corrid=878a82b4-72fa-018e-56d4-74adfc39be71&amp;usid=878a82b4-72fa-018e-56d4-74adfc39be71&amp;newsession=1&amp;sftc=1&amp;uihit=docaspx&amp;muv=1&amp;ats=PairwiseBroker&amp;cac=1&amp;sams=1&amp;mtf=1&amp;sfp=1&amp;sdp=1&amp;hch=1&amp;hwfh=1&amp;dchat=1&amp;sc=%7B%22pmo%22%3A%22https%3A%2F%2Fmassgov.sharepoint.com%22%2C%22pmshare%22%3Atrue%7D&amp;ctp=LeastProtected&amp;rct=Normal&amp;wdorigin=ItemsView&amp;wdhostclicktime=1759616653899&amp;csiro=1&amp;instantedit=1&amp;wopicomplete=1&amp;wdredirectionreason=Unified_SingleFlush" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27858&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erik.schranz@sciex.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tfranco@lumiquick.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC01-30252&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28034&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@wilkem.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -39624,52 +40597,52 @@
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0c40c71eb45016cd4244ce3126ed5c8e">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b6ea81047b344181ee716fe9b46053cf" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a769f5e92b7c1d9dc616422e0a2633ff">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -39865,1566 +40838,106 @@
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="d6ee9f50-18ec-4818-97aa-2747471add99"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
-    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34C5E7A6-54CD-47B6-84AE-D20FA752C5F5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43F74610-7C41-490D-9133-6CD631B8D464}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>24</Pages>
-[...1 lines deleted...]
-  <Characters>48495</Characters>
+  <Pages>26</Pages>
+  <Words>8642</Words>
+  <Characters>49265</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>404</Lines>
-  <Paragraphs>113</Paragraphs>
+  <Lines>410</Lines>
+  <Paragraphs>115</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>56889</CharactersWithSpaces>
+  <CharactersWithSpaces>57792</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1442 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">