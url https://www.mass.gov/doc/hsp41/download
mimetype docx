--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -16,1048 +16,941 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="21A9D04A" w14:textId="15063EB0" w:rsidR="00915172" w:rsidRDefault="00946422" w:rsidP="00BF77A9">
-[...83 lines deleted...]
-    <w:p w14:paraId="65E4D6F9" w14:textId="4C4201F9" w:rsidR="00680B92" w:rsidRPr="00680B92" w:rsidRDefault="00680B92" w:rsidP="002C1532">
+    <w:p w14:paraId="65E4D6F9" w14:textId="0F8BA797" w:rsidR="00680B92" w:rsidRPr="00680B92" w:rsidRDefault="3EC58B6D" w:rsidP="002C1532">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc206762628"/>
-[...3 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Toc210986128"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk69282909"/>
       <w:r>
-        <w:t>e</w:t>
+        <w:t xml:space="preserve">HSP45: Laboratory Supplies </w:t>
+      </w:r>
+      <w:r w:rsidR="13EF8720">
+        <w:t>and</w:t>
       </w:r>
       <w:r>
-        <w:br/>
-[...3 lines deleted...]
-        <w:t>HSP45: Laboratory Supplies &amp; Equipment</w:t>
+        <w:t xml:space="preserve"> Equipment</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6860CE74" w14:textId="7C2AC7F9" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="4E97DC41" w:rsidP="47E9D75D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc210986129"/>
+      <w:r>
+        <w:t xml:space="preserve">Contract </w:t>
+      </w:r>
+      <w:r w:rsidR="5ADA1C3D">
+        <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-    </w:p>
-[...16 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="GridTable5Dark-Accent1"/>
-[...1 lines deleted...]
-        <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="14" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3865"/>
-        <w:gridCol w:w="5129"/>
+        <w:gridCol w:w="3911"/>
+        <w:gridCol w:w="4480"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="47E9D75D" w14:paraId="138D39BA" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="14" w:type="dxa"/>
+          <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="3911" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
+          <w:p w14:paraId="7BDCDE46" w14:textId="7A93ABB6" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="47E9D75D">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
-[...4 lines deleted...]
-              <w:t>Category Manager Contact Information</w:t>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Category Manager Contact Information </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D69067" w14:textId="77777777" w:rsidR="000536C2" w:rsidRPr="00F95BE1" w:rsidRDefault="000536C2" w:rsidP="000536C2">
+          <w:p w14:paraId="147B6491" w14:textId="4257A8F8" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="47E9D75D">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidRPr="00840CEF">
+          </w:p>
+          <w:p w14:paraId="46DFF508" w14:textId="7DF9E22C" w:rsidR="051968AF" w:rsidRDefault="051968AF" w:rsidP="47E9D75D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId11">
+              <w:r w:rsidRPr="47E9D75D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:b w:val="0"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Sonia Castro</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   617 359-7271</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="7F6EABD6" w14:textId="77777777" w:rsidR="000536C2" w:rsidRPr="00F95BE1" w:rsidRDefault="000536C2" w:rsidP="000536C2">
+          <w:p w14:paraId="37CD5CF6" w14:textId="21FC982D" w:rsidR="051968AF" w:rsidRDefault="051968AF" w:rsidP="47E9D75D">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F95BE1">
-[...23 lines deleted...]
-              <w:r w:rsidRPr="00840CEF">
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidRPr="47E9D75D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:b w:val="0"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Tina Sang</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...36 lines deleted...]
-              </w:tabs>
+            <w:r w:rsidRPr="47E9D75D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:b w:val="0"/>
-[...5 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        617 359-7287</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="47E9D75D" w14:paraId="1AEDE418" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="1120"/>
-          <w:tblCellSpacing w:w="14" w:type="dxa"/>
+          <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="3911" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="000A0D78" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
+          <w:p w14:paraId="0BE220B7" w14:textId="17F899E4" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="47E9D75D">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
-[...4 lines deleted...]
-              <w:t>Contract Term</w:t>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Contract Term </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:tcW w:w="4480" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="204B5B5F" w14:textId="77777777" w:rsidR="002C1532" w:rsidRPr="00E31D45" w:rsidRDefault="002C1532" w:rsidP="002C1532">
+          <w:p w14:paraId="5275AF86" w14:textId="510D0E59" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="47E9D75D">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="7A66A3F8">
-[...42 lines deleted...]
-              <w:t>: December 31, 2029</w:t>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>January 1, 2023 – December 31, 2029.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="47E9D75D" w14:paraId="3F03516D" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="1299"/>
-          <w:tblCellSpacing w:w="14" w:type="dxa"/>
+          <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="3911" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006626DD" w:rsidP="00953689">
+          <w:p w14:paraId="20C26672" w14:textId="3126B367" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="47E9D75D">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="006626DD">
-[...25 lines deleted...]
-              <w:t>Number</w:t>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Maximum End Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EA9FD51" w14:textId="653E2A74" w:rsidR="00287F65" w:rsidRDefault="002C1532" w:rsidP="00953689">
+          <w:p w14:paraId="6AEAAB36" w14:textId="3E29A8AC" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="47E9D75D">
             <w:pPr>
-              <w:rPr>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00F558E9">
-[...77 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>December 31, 2029.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="47E9D75D" w14:paraId="288E621B" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="103"/>
-          <w:tblCellSpacing w:w="14" w:type="dxa"/>
+          <w:trHeight w:val="915"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="3911" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
+          <w:p w14:paraId="4697A5A9" w14:textId="41E176FF" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="47E9D75D">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
-[...4 lines deleted...]
-              <w:t>Quote Requirements</w:t>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Massachusetts Management Accounting and Reporting System Master Agreement Number </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="598ACD9D" w14:textId="5023E153" w:rsidR="0064148A" w:rsidRPr="002C1532" w:rsidRDefault="0064148A" w:rsidP="002C1532">
+          <w:p w14:paraId="0C4E5595" w14:textId="74A7D6E7" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="47E9D75D">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="002C1532">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> section for guidelines.</w:t>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HSP45000000000000000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="47E9D75D" w14:paraId="4A8237BA" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="103"/>
-          <w:tblCellSpacing w:w="14" w:type="dxa"/>
+          <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="3911" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
+          <w:p w14:paraId="00EED912" w14:textId="73A13AC8" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="47E9D75D">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
-[...4 lines deleted...]
-              <w:t>Vendor List</w:t>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Note</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="334E9C00" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
+          <w:p w14:paraId="3197E3ED" w14:textId="0562DA02" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="47E9D75D">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*The asterisk is required when referencing the contract in the </w:t>
+            </w:r>
+            <w:r w:rsidR="00D00966" w:rsidRPr="00BA483E">
+              <w:t>Massachusetts Management Accounting and Reporting System</w:t>
+            </w:r>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
-[...24 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="47E9D75D" w14:paraId="06CA85CA" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="1200"/>
-          <w:tblCellSpacing w:w="14" w:type="dxa"/>
+          <w:trHeight w:val="870"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="3911" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
+          <w:p w14:paraId="1BA7EB48" w14:textId="5C02F45B" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="47E9D75D">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
-[...4 lines deleted...]
-              <w:t>Updates</w:t>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quote Requirements </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="1C9B2E4D" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="372A744C" w:rsidP="5CD305FB">
+          <w:p w14:paraId="57E5860F" w14:textId="64AA000B" w:rsidR="47E9D75D" w:rsidRDefault="3DAFA9EB" w:rsidP="59D64AD4">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5CD305FB">
-[...23 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:hyperlink w:anchor="_Quote_Response_and">
+              <w:r w:rsidRPr="59D64AD4">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Quotes are required for purchasing. Refer to the Quote Response and Requirements section for guidelines.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="31EEF4A6" w:rsidRPr="5CD305FB">
-[...25 lines deleted...]
-              <w:t>, and email address for Westnet.</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="47E9D75D" w14:paraId="483CDF09" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="885"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3911" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B44BA81" w14:textId="58C7F3C7" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="47E9D75D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vendor List </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="056FC3B3" w14:textId="084E3568" w:rsidR="47E9D75D" w:rsidRDefault="3DAFA9EB" w:rsidP="47E9D75D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="_Vendor_List_and">
+              <w:r w:rsidRPr="59D64AD4">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Refer to Vendor List and Information for eligible vendors on this contract.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="47E9D75D" w14:paraId="7165E67F" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="1245"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3911" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37FFC5AB" w14:textId="3594C6E8" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="47E9D75D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="47E9D75D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Updates </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFD618B" w14:textId="0BDA15BC" w:rsidR="47E9D75D" w:rsidRDefault="26215516" w:rsidP="47E9D75D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2D31F00A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="65285A5C" w:rsidRPr="2D31F00A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> JAN 2026 Revision made to </w:t>
+            </w:r>
+            <w:r w:rsidR="4254377C" w:rsidRPr="2D31F00A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>update contact information for McKesson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2EE53A3B" w14:textId="3ADB882A" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="006E4CCA">
+    <w:p w14:paraId="2EE53A3B" w14:textId="7261603D" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="346EDAC4" w:rsidP="47E9D75D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9165"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="47E9D75D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="5D371DBD" w:rsidRPr="47E9D75D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ot</w:t>
+      </w:r>
+      <w:r w:rsidR="7B930778" w:rsidRPr="47E9D75D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="47E9D75D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="47E9D75D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="47E9D75D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="47E9D75D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E51D568" w14:textId="07F6615D" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="47E9D75D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005569DF">
+    </w:p>
+    <w:p w14:paraId="2AF7BD81" w14:textId="57CD419A" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00A14344" w:rsidRPr="005569DF">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00AC4379" w:rsidRPr="005569DF">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="346EDAC4" w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="005569DF">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Template Version: 9.0</w:t>
+      </w:r>
+      <w:r w:rsidR="704715DA" w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006E4CCA">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="346EDAC4" w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="006E4CCA">
+        <w:t xml:space="preserve">Page </w:t>
+      </w:r>
+      <w:r w:rsidR="6CDA2E45" w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Footer"/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="346EDAC4" w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009E685D">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="3FD72DBD" w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...99 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        <w:t>25</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2DD00E" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="left" w:pos="1815"/>
           <w:tab w:val="center" w:pos="4968"/>
           <w:tab w:val="right" w:pos="9990"/>
         </w:tabs>
         <w:ind w:left="-1440" w:right="-1440"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:b/>
@@ -1092,85 +985,85 @@
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00145223">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">720-3300 | </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
+      <w:hyperlink r:id="rId13">
         <w:r w:rsidR="00FA6E91">
           <w:rPr>
             <w:color w:val="2E368F"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>mass.gov/osd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007D0521">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00B03625" w:rsidSect="003E7DC2">
-          <w:headerReference w:type="default" r:id="rId15"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId18"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId16"/>
+          <w:footerReference w:type="first" r:id="rId17"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
+          <w:pgMar w:top="288" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
+    <w:bookmarkEnd w:id="1" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
@@ -2972,72 +2865,72 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4826D114" w14:textId="165F0A1F" w:rsidR="00BB2EF4" w:rsidRDefault="00BB2EF4">
+        <w:p w14:paraId="4826D114" w14:textId="729B322E" w:rsidR="00BB2EF4" w:rsidRDefault="00BB2EF4">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210986153" w:history="1">
             <w:r w:rsidRPr="001251DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Supplier Diversity Office (SDO) Requirements</w:t>
+              <w:t>Supplier Diversity Office Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210986153 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3045,70 +2938,70 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="142FB5F6" w14:textId="355BACC3" w:rsidR="00BB2EF4" w:rsidRDefault="00BB2EF4">
+        <w:p w14:paraId="142FB5F6" w14:textId="0F012E26" w:rsidR="00BB2EF4" w:rsidRDefault="00BB2EF4">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210986154" w:history="1">
             <w:r w:rsidRPr="001251DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
+              <w:t>Supplier Diversity Program Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210986154 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3116,70 +3009,70 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="05645751" w14:textId="1F4AF84C" w:rsidR="00BB2EF4" w:rsidRDefault="00BB2EF4">
+        <w:p w14:paraId="05645751" w14:textId="277C805B" w:rsidR="00BB2EF4" w:rsidRDefault="00BB2EF4">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210986155" w:history="1">
             <w:r w:rsidRPr="001251DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
+              <w:t>Small Business Purchasing Program Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210986155 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3844,72 +3737,72 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4EED9C28" w14:textId="3D600A88" w:rsidR="00BB2EF4" w:rsidRDefault="00BB2EF4">
+        <w:p w14:paraId="4EED9C28" w14:textId="5CDE2985" w:rsidR="00BB2EF4" w:rsidRDefault="00BB2EF4">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210986165" w:history="1">
             <w:r w:rsidRPr="001251DF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Instructions for Massachusetts Management Accounting and Reporting System (MMARS) Users</w:t>
+              <w:t>Instructions for Massachusetts Management Accounting and Reporting System Users</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210986165 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -4063,20086 +3956,25912 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="739AAD85" w14:textId="7880F691" w:rsidR="00BB2EF4" w:rsidRDefault="00BB2EF4">
+        <w:p w14:paraId="739AAD85" w14:textId="15C02ACF" w:rsidR="00BB2EF4" w:rsidRDefault="00BB2EF4">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210986168" w:history="1">
-            <w:r w:rsidRPr="001251DF">
+            <w:r w:rsidRPr="00B24069">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>United Nations Standard Products and Services Code</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001251DF">
+              <w:t xml:space="preserve">United Nations Standard Products and Services </w:t>
+            </w:r>
+            <w:r w:rsidR="00B24069" w:rsidRPr="00B24069">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
-                <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001251DF">
+              </w:rPr>
+              <w:t xml:space="preserve"> United Nations Standard Products and Services Code</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B24069">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001251DF">
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B24069">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
-                <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001251DF">
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00B24069">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210986168 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B24069">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:tab/>
-[...2 lines deleted...]
-              <w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B24069">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00B24069">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986168 \h </w:instrText>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>24</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00B24069">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="50AC2B20" w14:textId="0FFFB2D7" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
           <w:r>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:caps/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4BCAF3C8" w14:textId="77777777" w:rsidR="00975D07" w:rsidRDefault="00975D07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00975D07" w:rsidSect="00975D07">
-          <w:headerReference w:type="first" r:id="rId19"/>
-          <w:footerReference w:type="first" r:id="rId20"/>
+          <w:headerReference w:type="first" r:id="rId18"/>
+          <w:footerReference w:type="first" r:id="rId19"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
+          <w:pgMar w:top="144" w:right="144" w:bottom="288" w:left="144" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E7CD52D" w14:textId="77777777" w:rsidR="00BB2EF4" w:rsidRDefault="00BB2EF4" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76DCC826" w14:textId="09C10F83" w:rsidR="003F26F2" w:rsidRDefault="13FE62E6" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
       </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc194066592"/>
     </w:p>
-    <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
+    <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="3D05EE5A" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00564A93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc210986130"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
-      <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
+      <w:r w:rsidR="1DF606A0" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
+      <w:r w:rsidR="00478C06" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>Summary</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="2E7CFBAE" w14:textId="48A071F3" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00815201">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="0061563D">
+    <w:p w14:paraId="0196D08B" w14:textId="08EA0F5A" w:rsidR="636A866C" w:rsidRDefault="09E4AADF" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Contract HSP45 provides a wide range of laboratory-related products and services for educational, healthcare, and scientific institutions. Covered items fall into nine main categories as listed under the Contract Categories section. For more contract related information, please see the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21">
-        <w:r w:rsidRPr="0061563D">
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Master Blanket Purchase Order and RFR</w:t>
+          <w:t>Master Blanket Purchase Order and Request For Response</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0061563D">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="68FA877E" w14:textId="5A9558D0" w:rsidR="00815201" w:rsidRDefault="00815201" w:rsidP="00815201">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000C7194">
+    <w:p w14:paraId="68FA877E" w14:textId="5A9558D0" w:rsidR="00815201" w:rsidRDefault="77ABF396" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="000C7194" w:rsidRPr="000C7194">
+      <w:r w:rsidR="7D22E0C0" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ote:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00815201">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> This contract </w:t>
       </w:r>
-      <w:r w:rsidR="00D7449E">
+      <w:r w:rsidR="10E5B819" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidRPr="00815201">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be used to procure the goods or services described herein </w:t>
       </w:r>
-      <w:r w:rsidRPr="00815201">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>at any dollar amount</w:t>
       </w:r>
-      <w:r w:rsidRPr="00815201">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Any limitations, including for procurements involving </w:t>
       </w:r>
-      <w:r w:rsidRPr="008754E5">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>construction</w:t>
       </w:r>
-      <w:r w:rsidRPr="00815201">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, are outlined in this Contract User Guide.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA14FA7" w14:textId="2E054AB1" w:rsidR="00362DFB" w:rsidRPr="00815201" w:rsidRDefault="1CDE8C66" w:rsidP="00815201">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="5CD305FB">
+    <w:p w14:paraId="468B0800" w14:textId="689EC006" w:rsidR="2732B9F7" w:rsidRDefault="5E2B02F3" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For Master Contract Record, </w:t>
       </w:r>
-      <w:r w:rsidR="56DDC0C3" w:rsidRPr="5CD305FB">
+      <w:r w:rsidR="48C678EF" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
-      <w:r w:rsidR="2CE79BB7" w:rsidRPr="5CD305FB">
+      <w:r w:rsidR="1A71F29E" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidRPr="5CD305FB">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
-        <w:r w:rsidR="3A622661" w:rsidRPr="5CD305FB">
+      <w:hyperlink r:id="rId21">
+        <w:r w:rsidR="3B49CD78" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Master Blanket Purchase Order and RFR</w:t>
+          <w:t>Master Blanket Purchase Order and R</w:t>
+        </w:r>
+        <w:r w:rsidR="1E6E6D14" w:rsidRPr="59D64AD4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>equest for Response.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="3A622661" w:rsidRPr="5CD305FB">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0565556F" w14:textId="51D5F763" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="00EF0700" w:rsidP="5CD305FB">
-[...12 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+    <w:p w14:paraId="4BE841A3" w14:textId="41BA578C" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="39D9D4F3" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5CD305FB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Categories:</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...703 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="2494A9DF" w14:textId="41384CA8" w:rsidR="480910B8" w:rsidRDefault="480910B8" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc188457898"/>
-[...2 lines deleted...]
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="6D465AD5" w14:textId="06FBEC90" w:rsidR="6065E33F" w:rsidRDefault="295EDBBE" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contract Categories</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1624DB5D" w14:textId="12C72C61" w:rsidR="6065E33F" w:rsidRDefault="295EDBBE" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This contract includes </w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> categories of products</w:t>
+      </w:r>
+      <w:r w:rsidR="67C24C6D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>service as listed below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12EDCE22" w14:textId="77777777" w:rsidR="00D57344" w:rsidRDefault="00D57344" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A267DB0" w14:textId="2BDD5EA0" w:rsidR="6065E33F" w:rsidRPr="009A670B" w:rsidRDefault="295EDBBE" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Category 1: </w:t>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Chemicals including reagents</w:t>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E224375" w14:textId="491D5CAB" w:rsidR="6065E33F" w:rsidRPr="009A670B" w:rsidRDefault="295EDBBE" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category 2:</w:t>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Clinical Products </w:t>
+      </w:r>
+      <w:r w:rsidR="7A9A8655" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Supplies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AE8478" w14:textId="0D115B47" w:rsidR="6065E33F" w:rsidRPr="009A670B" w:rsidRDefault="295EDBBE" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category 3</w:t>
+      </w:r>
+      <w:r w:rsidR="6533EA22" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="6533EA22" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Clinical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Diagnostics Products </w:t>
+      </w:r>
+      <w:r w:rsidR="7A9A8655" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Supplies</w:t>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CB5ABF0" w14:textId="7C703951" w:rsidR="6065E33F" w:rsidRPr="009A670B" w:rsidRDefault="295EDBBE" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category 4</w:t>
+      </w:r>
+      <w:r w:rsidR="6533EA22" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="6533EA22" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lab</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Equipment</w:t>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB1EB5D" w14:textId="46F6C60F" w:rsidR="6065E33F" w:rsidRPr="009A670B" w:rsidRDefault="295EDBBE" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category 5</w:t>
+      </w:r>
+      <w:r w:rsidR="6533EA22" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="6533EA22" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Forensic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7A9A8655" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Environmental Products </w:t>
+      </w:r>
+      <w:r w:rsidR="7A9A8655" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Supplies</w:t>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74EF4637" w14:textId="4200FD60" w:rsidR="6065E33F" w:rsidRPr="009A670B" w:rsidRDefault="295EDBBE" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category 6</w:t>
+      </w:r>
+      <w:r w:rsidR="6533EA22" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="6533EA22" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lab</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Furnishings</w:t>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60E40E35" w14:textId="758292C3" w:rsidR="6065E33F" w:rsidRPr="009A670B" w:rsidRDefault="295EDBBE" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category 7:</w:t>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Microbiology Products </w:t>
+      </w:r>
+      <w:r w:rsidR="7A9A8655" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Supplies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="606F99FC" w14:textId="03B273A9" w:rsidR="6065E33F" w:rsidRPr="009A670B" w:rsidRDefault="295EDBBE" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category 8</w:t>
+      </w:r>
+      <w:r w:rsidR="6533EA22" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="6533EA22" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Safety</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Products Supplies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="354F17DD" w14:textId="11F4F033" w:rsidR="480910B8" w:rsidRPr="009A670B" w:rsidRDefault="295EDBBE" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Category 9: </w:t>
+      </w:r>
+      <w:r w:rsidR="6065E33F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Scientific Educational Products </w:t>
+      </w:r>
+      <w:r w:rsidR="7A9A8655" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Supplies – designed for K-12, available to all purchasers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3227289F" w14:textId="165BA86B" w:rsidR="001A1782" w:rsidRPr="009A670B" w:rsidRDefault="662F6F7B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10:</w:t>
+      </w:r>
+      <w:r w:rsidR="001A1782">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="15922EE3" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Forensic Laboratory Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA47DAA" w14:textId="70DD4B69" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="399BFF11" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc194066617"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc210986131"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="0F3685"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Benefits and Cost Savings</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="753D996A" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc188457898"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Statewide contracts are an easy way to obtain benefits for your organization by: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57337769" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="57337769" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A12C2C">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Leveraging the Commonwealth’s buying power</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C78D361" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="6C78D361" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A12C2C">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Simplifying the solicitation process</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72522114" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="72522114" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A12C2C">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Providing contracting expertise</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53CBEB62" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="53CBEB62" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A12C2C">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enhancing vendor relationships through proactive management and oversight</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5111F6D3" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="5111F6D3" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A12C2C">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Offering competitive pricing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3936EFE5" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="3936EFE5" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A12C2C">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Partnering with a pool of qualified and experienced vendors </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B9DE59B" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="0B9DE59B" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00A12C2C" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A12C2C">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Offering Prompt Pay</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Discount</w:t>
+        <w:t>Offering Prompt Payment Discount</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F51EEA9" w14:textId="16B39515" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="2F51EEA9" w14:textId="16B39515" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B72D6D">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Accessing a wide range of environmentally preferable products and services</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Accessing a wide range of environmentally preferable products and services </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10319EB6" w14:textId="660D8270" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="10319EB6" w14:textId="660D8270" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The HSP45 contract specifically provides a reliable and compliant solution for a wide range of laboratory-related products and services. Key benefits include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA25540" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="5AA25540" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cost Savings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20AD6DBD" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="20AD6DBD" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Competitive published net price lists allow buyers to compare prices.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3857BE4F" w14:textId="026AF35D" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="3857BE4F" w14:textId="026AF35D" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...18 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Competitive pricing through the Commonwealth’s buying power.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192C9D97" w14:textId="5C06FB1E" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="192C9D97" w14:textId="512A70C9" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...18 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bulk discounts </w:t>
+      </w:r>
+      <w:r w:rsidR="05770841" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are available</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from select vendors.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FA668DE" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="5FA668DE" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E1203A3" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="0E1203A3" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Delivery</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642248C6" w14:textId="12DCA0EB" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="642248C6" w14:textId="43910925" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...18 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No charge for delivery within seven</w:t>
+      </w:r>
+      <w:r w:rsidR="12AC4AE7" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>calendar days of orders.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="124EB57D" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="124EB57D" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="709542EA" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="709542EA" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Procurement Compliance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2935084A" w14:textId="35161AE2" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="2935084A" w14:textId="35161AE2" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...18 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>HSP45 supports compliance with applicable procurement laws by offering a pre-vetted contract vehicle.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="728BCD54" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="728BCD54" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78511689" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="78511689" w14:textId="0D67A224" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc210986132"/>
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc210986132"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Proprietary Products and Equipment (Sole Source)</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
+        <w:t>Proprietary Products and Equipment Sole Source</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="59DA6BE5" w14:textId="2C121CD4" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="59DA6BE5" w14:textId="2C121CD4" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0061563D">
-[...13 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This contract may be used for sole source purchases of proprietary products or equipment that are exclusively available from one manufacturer or distributor on contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B6A2036" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="2B6A2036" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2162804D" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="2162804D" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Flexibility and Convenience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AE0C4CA" w14:textId="4DE8CADB" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="5AE0C4CA" w14:textId="4DE8CADB" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...18 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendor catalogs are updated frequently to reflect new products and pricing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BEA69C6" w14:textId="76BB053A" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="7BEA69C6" w14:textId="76BB053A" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...18 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Some vendors provide PunchOut catalog functionality for streamlined purchasing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE8BC73" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="6AE8BC73" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D927ACA" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="7D927ACA" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Value-Added Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777D90B0" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="777D90B0" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Extended warranties, service, and maintenance agreements are available from select vendors</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2724B324" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="2724B324" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Installation services, technical assistance, and user training are offered by many HSP45 vendors</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F921A7" w14:textId="7FC481D2" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="45F921A7" w14:textId="7FC481D2" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...18 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Some vendors may offer free product samples to support evaluation and procurement decisions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="018CD8A4" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="018CD8A4" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="135FBE4F" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="597A9AF1" w14:textId="78999D79" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="135FBE4F" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc210986133"/>
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc210986133"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Market Share Incentives</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="5B148F0D" w14:textId="30B549F4" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="5B148F0D" w14:textId="30B549F4" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Additional discounts may be available to purchasers who commit to sourcing a specified percentage of their laboratory supplies or who meet a minimum monthly purchase volume with a vendor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EC0CD76" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="3EC0CD76" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05970109" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="05970109" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prompt Pay Discounts</w:t>
       </w:r>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D0F6F98" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="0D0F6F98" w14:textId="4D6BD7D7" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prompt Pay Discount (PPD) is available to the buyer as a percentage discount for early payment, varies by vendor, and detailed in the </w:t>
+        <w:t xml:space="preserve">Prompt Pay Discount is available to the buyer as a percentage discount for early payment, varies by vendor, and detailed in the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Vendor_List_and">
-        <w:r w:rsidRPr="0061563D">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table </w:t>
       </w:r>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and the price files </w:t>
       </w:r>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">within each vendor's Master Blanket Purchase Order [MBPO] or Master Contract Record MBPO). </w:t>
+        <w:t xml:space="preserve">within each vendor's Master Blanket Purchase Order or Master Contract Record. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2438CBF9" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="2438CBF9" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F5DA50" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="31F5DA50" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Volume Discount</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC4F426" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="3FC4F426" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Volume Discount is also available from many vendors for additional saving when a large order is placed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D71B6B" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="01D71B6B" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34438188" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="34438188" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc210986134"/>
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc210986134"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Technical Support and Training</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="1CCD17F3" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="1CCD17F3" w14:textId="50AD4814" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:t>Vendors are required to provide a reasonable level of technical support at no cost to Purchasing Entities. Upon request, vendors must respond within 10 calendar days to arrange product training. When available, Continuing Education Credits should be offered.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendors are required to provide a reasonable level of technical support at no cost to Purchasing Entities. Upon request, vendors must respond within </w:t>
+      </w:r>
+      <w:r w:rsidR="28BEAAED" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calendar days to arrange product training. When available, Continuing Education Credits should be offered.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15492A74" w14:textId="77777777" w:rsidR="0061563D" w:rsidRDefault="0061563D" w:rsidP="00EF0700">
+    <w:p w14:paraId="15492A74" w14:textId="77777777" w:rsidR="0061563D" w:rsidRDefault="0061563D" w:rsidP="59D64AD4">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79FAB35B" w14:textId="03263A26" w:rsidR="005D20CA" w:rsidRDefault="005D20CA" w:rsidP="00633557">
+    <w:p w14:paraId="79FAB35B" w14:textId="03263A26" w:rsidR="005D20CA" w:rsidRDefault="23BF8210" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00564A93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc210986135"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc194066595"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="00564A93">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="62193C5E" w14:textId="1A09CDD6" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="62193C5E" w14:textId="1A09CDD6" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Related products that are not covered under this contract are listed below along with the statewide </w:t>
       </w:r>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>contract</w:t>
       </w:r>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> under which they can be found.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44EEAA7C" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00E039E4" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="44EEAA7C" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="00E039E4" w:rsidRDefault="0061563D" w:rsidP="59D64AD4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FA90CE2" w14:textId="2D940E49" w:rsidR="005D20CA" w:rsidRPr="003C62B7" w:rsidRDefault="005D20CA" w:rsidP="005D20CA">
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="4FA90CE2" w14:textId="4F721B69" w:rsidR="005D20CA" w:rsidRPr="003C62B7" w:rsidRDefault="23BF8210" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidR="000B307C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="4BD1503C" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C62B7">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following list of products and services not available for purchase:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2955B268" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="2955B268" w14:textId="4CE2425B" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="0061563D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medical Commodities through a Group Purchasing Organization </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>HSP43</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57AA19FE" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="57AA19FE" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Medical Commodities - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24">
-        <w:r w:rsidRPr="0061563D">
+      <w:hyperlink r:id="rId23">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>HSP44</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="33B419CA" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="33B419CA" w14:textId="1FC2A395" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Pharmaceutical Prime Vendor Drug Wholesaler - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25">
-        <w:r w:rsidRPr="0061563D">
+      <w:hyperlink r:id="rId24">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>MED56</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1F4E1F2B" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="1F4E1F2B" w14:textId="15F001A0" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="0061563D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pharmaceutical Group Purchasing Organization - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>MED57</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="130E84B9" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="130E84B9" w14:textId="4B56FA98" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="0061563D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vaccine</w:t>
+      </w:r>
+      <w:r w:rsidR="7429C0CB" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>MED56</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F06675A" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="2F06675A" w14:textId="148BAE03" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Homeland Security, Public Safety, and Traffic Safety Supplies – </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="0061563D">
+        <w:t xml:space="preserve">Homeland Security, Public Safety, and Traffic Safety Supplies </w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>HLS06</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23B7BFBD" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="08401286" w14:textId="755E827D" w:rsidR="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Water Treatment Chemicals and Alternative Treatment Systems - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29">
-        <w:r w:rsidRPr="0061563D">
+      <w:hyperlink r:id="rId28">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>FAC121</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B43798B" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="5B43798B" w14:textId="665CC51B" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0061563D">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="0061563D">
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hazardous</w:t>
+      </w:r>
+      <w:r w:rsidR="45BAEF05" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">niversal, Medical, and Electronic Waste Disposal - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>WMR001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
+    <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="0558691C" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000067FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc194066594"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc210986136"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
-      <w:r w:rsidR="008B1C4B">
+      <w:r w:rsidR="3066583C" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>May</w:t>
       </w:r>
-      <w:r w:rsidRPr="000067FD">
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Use the Contract</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="2F421623" w14:textId="14254EBC" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F80200" w:rsidP="00F80200">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="003C62B7">
+    <w:p w14:paraId="2F421623" w14:textId="1770503E" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="29E0CF3B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The following </w:t>
       </w:r>
-      <w:r w:rsidR="00F355B6" w:rsidRPr="003C62B7">
+      <w:r w:rsidR="7FD15B13" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is a complete list of the types of organizations generally allowed to use </w:t>
       </w:r>
-      <w:r w:rsidR="00671BFA">
+      <w:r w:rsidR="49D05EA5" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00350C44" w:rsidRPr="003C62B7">
-[...39 lines deleted...]
-        <w:t>. Some SWCs may be open to additional organizations, and some are more restricted in usage.</w:t>
+      <w:r w:rsidR="0E873E22" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operational Service Division’s </w:t>
+      </w:r>
+      <w:r w:rsidR="3E07B6B4" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Statewide Contracts</w:t>
+      </w:r>
+      <w:r w:rsidR="7FD15B13" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Some S</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tatewide contracts</w:t>
+      </w:r>
+      <w:r w:rsidR="7FD15B13" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be open to additional organizations, and some are more restricted in usage.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15581848" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00A4423A">
+    <w:p w14:paraId="15581848" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="7FD15B13" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C62B7">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cities, towns, districts, counties, and other political subdivisions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA83448" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00A4423A">
+    <w:p w14:paraId="6FA83448" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="7FD15B13" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C62B7">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Executive, Legislative, and Judicial Branches, including all departments and elected offices therein</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EA9BDA" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00A4423A">
+    <w:p w14:paraId="22EA9BDA" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="7FD15B13" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C62B7">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Independent public authorities, commissions, and quasi-public agencies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D69D10A" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00A4423A">
+    <w:p w14:paraId="1D69D10A" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="7FD15B13" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C62B7">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Local public libraries, public school districts, and charter schools</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F85341C" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00A4423A">
+    <w:p w14:paraId="7F85341C" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="7FD15B13" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C62B7">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Public hospitals owned by the Commonwealth of Massachusetts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="342D2151" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00A4423A">
+    <w:p w14:paraId="342D2151" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="7FD15B13" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C62B7">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Public institutions of higher education</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4263DFBE" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00A4423A">
+    <w:p w14:paraId="4263DFBE" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="7FD15B13" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C62B7">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Public purchasing cooperatives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C8B4229" w14:textId="058CC811" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00A4423A">
+    <w:p w14:paraId="0C8B4229" w14:textId="32DA1161" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="7FD15B13" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId31" w:history="1">
-        <w:r w:rsidRPr="003C62B7">
+      <w:hyperlink r:id="rId30">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Non-profit</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C62B7">
-[...4 lines deleted...]
-        <w:t>, UFR-certified organizations that are doing business with the Commonwealth</w:t>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, U</w:t>
+      </w:r>
+      <w:r w:rsidR="665D9AFE" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">niform </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="6135453B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inancial </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="03F2A7EF" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eport</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-certified organizations that are doing business with the Commonwealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5575D2F8" w14:textId="4BDF2708" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00A4423A">
+    <w:p w14:paraId="5575D2F8" w14:textId="4BDF2708" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="7FD15B13" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C62B7">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Other states and territories </w:t>
       </w:r>
-      <w:r w:rsidR="00475DA4" w:rsidRPr="003C62B7">
+      <w:r w:rsidR="1019DE82" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and their cities, towns, districts, counties, other political subdivisions, and public institutions of higher education </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C62B7">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidR="00BC1E8D" w:rsidRPr="003C62B7">
+      <w:r w:rsidR="61A24CD7" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>out</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C62B7">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> prior approval </w:t>
       </w:r>
-      <w:r w:rsidR="009E5D94" w:rsidRPr="003C62B7">
+      <w:r w:rsidR="1E7A9C6A" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>from</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C62B7">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the State Purchasing Agent</w:t>
       </w:r>
-      <w:r w:rsidR="00EE0DAF" w:rsidRPr="003C62B7">
+      <w:r w:rsidR="1643D17D" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B394519" w14:textId="3C7F7EE8" w:rsidR="00F355B6" w:rsidRDefault="00F355B6" w:rsidP="00A4423A">
+    <w:p w14:paraId="0B394519" w14:textId="3C7F7EE8" w:rsidR="00F355B6" w:rsidRDefault="7FD15B13" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C62B7">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other entities when designated in writing by the State Purchasing Agent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E3A806F" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
+    <w:p w14:paraId="2E3A806F" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRDefault="26C8F523" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc194066597"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc210986137"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>Pricing Options</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="13D84740" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
-[...14 lines deleted...]
-        <w:t>The purchase options identified below are the only acceptable options that may be used on this contract:</w:t>
+    <w:p w14:paraId="13D84740" w14:textId="230A1185" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk193714773"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The purchase options identified below are the only acceptable options that may be used </w:t>
+      </w:r>
+      <w:r w:rsidR="392125BA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this contract:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B32290F" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="6B32290F" w14:textId="7F11753F" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Ceiling/Not-to-Exceed</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ceiling</w:t>
+      </w:r>
+      <w:r w:rsidR="377B652F" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Not-to-Exceed</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E5E07E0" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="7E5E07E0" w14:textId="1543C81B" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:t>Contract discounts and other pricing published under the contract represents “ceiling” or “not-to-exceed” pricing and may be further negotiated.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Contract discounts and other pricing published under the contract represents ceiling or not-to-exceed</w:t>
+      </w:r>
+      <w:r w:rsidR="5D9A294A" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pricing and may be further negotiated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78611E13" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="78611E13" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc210986138"/>
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc210986138"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>New Items or Bulk Pricing</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="40CBA8ED" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="40CBA8ED" w14:textId="406E24E6" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:t>If a product or bulk quantity pricing is not listed in a Vendor’s catalog, contact the Vendor(s) for a quote. Once accepted, the quoted net price for these additional items remains valid until the next catalog update.   These additionally quoted products can be ordered from the vendor’s catalog using the line item “Additional items quoted by the vendor per the RFR”.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If a product or bulk</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quantity pricing is not listed in a </w:t>
+      </w:r>
+      <w:r w:rsidR="392125BA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vendor’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> catalog, contact the Vendor</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for a quote. Once accepted, the quoted net price for these additional items remains valid until the next catalog update.   These additionally quoted products can be ordered from the vendor’s catalog using the line item </w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with the title of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Additional items quoted by the vendor per the R</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">equest for </w:t>
+      </w:r>
+      <w:r w:rsidR="0061563D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Response.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="601C66D6" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="601C66D6" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="59D64AD4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CA1F84F" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="3CA1F84F" w14:textId="0F3FC8F5" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="5C39BD25" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For purchases costing $50,000 or more, or at the discretion of the purchaser for purchases of a lessor value, the purchaser will issue through COMMBUYS </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32">
-        <w:r w:rsidRPr="0061563D">
+      <w:hyperlink r:id="rId31">
+        <w:r w:rsidR="228D5817" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-            <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>PO-23-1080-OSD03-STC01-27943</w:t>
+          <w:t>Master Blanket Purchase Order</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0061563D">
-[...9 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a Request for Quote form is posted in COMMBUYS, to a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>minimum of three vendors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> active on contract HSP45 specifying the items and services to be purchased including delivery cost.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CBFBD00" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="2CBFBD00" w14:textId="0B06E18B" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc210986139"/>
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc210986139"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Proprietary Products and Equipment (Sole Source)</w:t>
+        <w:t xml:space="preserve">Proprietary Products and Equipment </w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sole Source</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C27BB8" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This contract may be used for sole source purchases of proprietary products or equipment that are exclusively available from one manufacturer or distributor on contract. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A113011" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="506DB712" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Toc210986140"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pre-Payment and Deposits</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="52C27BB8" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
-[...3 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="1C14FE8A" w14:textId="71F776B4" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">This contract may be used for sole source purchases of proprietary products or equipment that are exclusively available from one manufacturer or distributor on contract. </w:t>
+        <w:t>Please Note:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Due to factors such as manufacturing lead times, product costs, availability, or custom order requirements, vendors may request a deposit or pre-payment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A113011" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
-[...33 lines deleted...]
-    <w:p w14:paraId="1C14FE8A" w14:textId="71F776B4" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="6C75B52B" w14:textId="1831B767" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pre-payments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+        <w:t>are not permitted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for standard orders unless </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>N</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+        <w:t>authorized in advance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by both the Operational Services Division and the Buyer. Buyers must notify </w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Operational Services Division </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of any pre-payment requests prior to order placement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB425EF" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29F6F64C" w14:textId="2795984D" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ote:</w:t>
-[...106 lines deleted...]
-        </w:rPr>
         <w:t>Vendor Price File:</w:t>
       </w:r>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Product pricing may be found by using the </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Appendix_A:_Vendor">
-        <w:r w:rsidRPr="0061563D">
+      <w:hyperlink w:anchor="_Vendor_List_and_1">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-            <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor information</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0061563D">
-[...19 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> page, where links to all the Vendors M</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aster </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lanket </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">urchase </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s are provided. Please note, pricing can fluctuate based on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0061563D">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>manufacturers v</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ersus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>distributors</w:t>
+      </w:r>
+      <w:r w:rsidR="7BA01C03" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>supply-chain issues</w:t>
+      </w:r>
+      <w:r w:rsidR="08D00BF4" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>recalls</w:t>
+      </w:r>
+      <w:r w:rsidR="5549E278" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and product availability due to an emergency declaration. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B6A7E5" w14:textId="0DAD64EF" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00BC75FE">
+    <w:p w14:paraId="51B6A7E5" w14:textId="5E7C92B3" w:rsidR="00F35A63" w:rsidRDefault="26C8F523" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Note:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC75FE">
-[...6 lines deleted...]
-      <w:r w:rsidR="004C3029">
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The price files and vendor catalogs are accessible through public view in COMMBUYS</w:t>
+      </w:r>
+      <w:r w:rsidR="0984E9E4" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> therefore, buyers </w:t>
+      </w:r>
+      <w:r w:rsidR="32D23A4B" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC75FE">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> access the price files and vendor catalogs without sign</w:t>
       </w:r>
-      <w:r w:rsidR="00333FC6">
+      <w:r w:rsidR="5C8A3568" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC75FE">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> into a COMMBUYS account.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="7ECC6364" w14:textId="02EB791B" w:rsidR="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="7ECC6364" w14:textId="43F73661" w:rsidR="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0061563D">
-[...7 lines deleted...]
-        <w:t>Due to fluctuations in pricing, OSD strongly recommends you get quotes directly from vendors to confirm you are getting the most recent prices. Also, if reviewing prices in COMMBUYS please confirm the price sheets you are viewing are for the current year.</w:t>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Due to fluctuations in pricing, </w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">we </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">strongly </w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>recommend</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you get quotes directly from vendors to confirm you are getting the most recent prices. Also, if reviewing prices in COMMBUYS please confirm the price sheets you are viewing are for the current year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5722C1AB" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="5722C1AB" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="59D64AD4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42F43A50" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRPr="00BC75FE" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00BC75FE">
+    <w:p w14:paraId="42F43A50" w14:textId="2B070027" w:rsidR="00F35A63" w:rsidRPr="00BC75FE" w:rsidRDefault="26C8F523" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC75FE">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Product pricing may be found on the </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
-        <w:r w:rsidRPr="00BC75FE">
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor information</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BC75FE">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC75FE">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>page, where links to all the vendors’ MBPOs are provided.</w:t>
+        <w:t xml:space="preserve">page, where links to all the vendors’ </w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Blanket Purchase Orders</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are provided.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E6DD92B" w14:textId="1A578C8E" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
+    <w:p w14:paraId="2E6DD92B" w14:textId="1A578C8E" w:rsidR="00F35A63" w:rsidRDefault="26C8F523" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="24" w:name="_Toc194066598"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Quote_Response_and"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc210986141"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc194066598"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Quote Response and Requirements</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="22"/>
-      <w:r>
-        <w:t>Quote Response and Requirements</w:t>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="1A7536B6" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc194066596"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Buyers should always reference HSP45 when contacting Vendors to ensure they are receiving contract pricing. Quotes, not including construction services, should be awarded based on best value. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC0AB00" w14:textId="5C5BE7F1" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="5C39BD25" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For purchases costing $50,000 or more, or at the discretion of the Buyer for purchases of a lessor value, issue through COMMBUYS </w:t>
+      </w:r>
+      <w:r w:rsidR="7AA2B7C2" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master Blanket Purchase Order </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a Request for Quote form is posted in COMMBUYS, to a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>minimum of three</w:t>
+      </w:r>
+      <w:r w:rsidR="1061B7A9" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vendors active</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on contract HSP45 specifying the items and services to be purchased including delivery cost. This P</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">urchase </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been set up as a distributor model</w:t>
+      </w:r>
+      <w:r w:rsidR="0084563C" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>solicitation enabled</w:t>
+      </w:r>
+      <w:r w:rsidR="0786BCF5" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Blanket Purchase Order in COMMBUYS. A Solicitation Enabled Distributor Model M</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aster Blanket Purchase Order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a single </w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Blanket Purchase Order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that has multiple vendors listed as distributors. This allows you to solicit quotes within COMMBUYS, then award the best value bidder and place the order through COMMBUYS. To see contractors are listed on the </w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Blanket Purchase Order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - click the Vendor</w:t>
+      </w:r>
+      <w:r w:rsidR="1276C2C2" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tab, then click the Distributors</w:t>
+      </w:r>
+      <w:r w:rsidR="7AA227BC" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tab. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1A7536B6" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
-[...34 lines deleted...]
-        <w:r w:rsidRPr="0061563D">
+    <w:p w14:paraId="036CF266" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For a full description of how to complete a quote in COMMBUYS visit the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...52 lines deleted...]
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Job Aids for Buyers</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0061563D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage, and select:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="059BECE7" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="059BECE7" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The COMMBUYS Purchase Orders section and choose the How to Create a Solicitation Enabled Bid Using a Release Requisition job aid. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49DC1616" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="49DC1616" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0061563D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Toc202246978"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc210986142"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="0F3685"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Quote Including Construction Services</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
-      <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="1B481E5D" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
-[...13 lines deleted...]
-        <w:t>Please note specific requirements that apply for quoting construction services using our Trade (TRD) contracts, depending upon the scope of your bid:</w:t>
+    <w:p w14:paraId="1B481E5D" w14:textId="7FA19291" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please note specific requirements that apply for quoting construction services using our Trade contracts, depending upon the scope of your bid:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C19D7E" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="38C19D7E" w14:textId="6C5E796E" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:t>For construction services, using our Trade (TRD) Statewide Contracts, with Construction Labor valued from $1.00 - $50,000, Buyers must solicit a minimum of three (3) responses (quotes) and receive two (2) written dollar quotes from TRD Vendors, award to the lowest responsible bidder.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For construction services, using our Trade Statewide Contracts, with Construction Labor valued from $1.00 - $50,000, </w:t>
+      </w:r>
+      <w:r w:rsidR="2477EEC1" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uyers must solicit a minimum of three responses </w:t>
+      </w:r>
+      <w:r w:rsidR="24D8B1AC" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>quotes and receive two written dollar quotes from T</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rade</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vendors, award to the lowest responsible bidder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C3BE17" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="76C3BE17" w14:textId="5B343EA8" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...19 lines deleted...]
-        <w:t>project based on sound business practices, consistent with your entity’s procurement policies and procedures.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Only caveat to seeking three responses, when the construction labor</w:t>
+      </w:r>
+      <w:r w:rsidR="5E9A7FA3" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> materials</w:t>
+      </w:r>
+      <w:r w:rsidR="6E912CB4" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and</w:t>
+      </w:r>
+      <w:r w:rsidR="1652E31B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>supplies combined, are $10,000 or less then, Buyer may select a T</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rade</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contracted Vendor and award the project based on sound business practices, consistent with your entity’s procurement policies and procedures.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E6D8BB" w14:textId="1CAC76F7" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="65E6D8BB" w14:textId="3E745FC1" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="708648AA" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">OSD recommends agencies seek multiple quotes to guarantee the best value procurement.  </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Operational Services Division</w:t>
+      </w:r>
+      <w:r w:rsidR="40CAD52F" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recommends agencies seek multiple quotes to guarantee the best value procurement.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="641558E5" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="0061563D">
+    <w:p w14:paraId="641558E5" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="5C39BD25" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...4 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="052E80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Toc202246979"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc210986143"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="053EB0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Product Trials, Pilots, and Demonstration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="052E80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
-      <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="220036AA" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="220036AA" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors will work to provide free samples for product review or evaluation trials prior to purchase.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3DD9B1" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="7D3DD9B1" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors will provide at no cost a reasonable level of technical support to Purchasing Entities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48D55582" w14:textId="77777777" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="0061563D" w:rsidP="00A4423A">
+    <w:p w14:paraId="48D55582" w14:textId="6FEEC4B7" w:rsidR="0061563D" w:rsidRPr="0061563D" w:rsidRDefault="40CAD52F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:t>Vendors will arrange for purchaser training on products and respond to training requests within ten (10) Calendar days.  When available the Vendor will provide Continuing Education Credits.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendors will arrange for purchaser training on products and respond to training requests within ten Calendar days.  When available the Vendor will provide Continuing Education Credits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45336D7C" w14:textId="04C58DEE" w:rsidR="00ED723A" w:rsidRDefault="00ED723A" w:rsidP="00633557">
+    <w:p w14:paraId="45336D7C" w14:textId="04C58DEE" w:rsidR="00ED723A" w:rsidRDefault="1DE74CFF" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00564A93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc210986144"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>Purchase</w:t>
       </w:r>
-      <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
+      <w:r w:rsidR="1D013AF2" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Options</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="304865E6" w14:textId="77777777" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="00C663DF">
+    <w:p w14:paraId="304865E6" w14:textId="77777777" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="4753A8D4" w:rsidP="59D64AD4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C663DF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">HSP45 offers several options for purchasing from vendors under this Statewide Contract.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6479E2FF" w14:textId="77777777" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="00C663DF">
+    <w:p w14:paraId="6479E2FF" w14:textId="77777777" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="4753A8D4" w:rsidP="59D64AD4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>These options include COMMBUYS Punchout, and Direct Quote Purchase through COMMBUYS and Direct Quote Purchase Outside of COMMBUYS.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5784688E" w14:textId="7DF056D6" w:rsidR="00802718" w:rsidRPr="00C663DF" w:rsidRDefault="00802718" w:rsidP="00C663DF">
+    <w:p w14:paraId="5784688E" w14:textId="7DF056D6" w:rsidR="00802718" w:rsidRPr="00C663DF" w:rsidRDefault="00802718" w:rsidP="59D64AD4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="167D33E7" w14:textId="6868B8A9" w:rsidR="00802718" w:rsidRPr="003B0898" w:rsidRDefault="00802718" w:rsidP="008A72A3">
+    <w:p w14:paraId="167D33E7" w14:textId="6868B8A9" w:rsidR="00802718" w:rsidRPr="003B0898" w:rsidRDefault="6163EE8C" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00802718">
-        <w:rPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This contract provides for multiple methods of purchase</w:t>
       </w:r>
-      <w:r w:rsidR="00123BF6">
-        <w:rPr>
+      <w:r w:rsidR="18CEC0CC" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> listed as follows</w:t>
       </w:r>
-      <w:r w:rsidRPr="00802718">
-        <w:rPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58CD568C" w14:textId="77777777" w:rsidR="00A9060E" w:rsidRPr="003B0898" w:rsidRDefault="00A9060E" w:rsidP="008A72A3">
+    <w:p w14:paraId="58CD568C" w14:textId="77777777" w:rsidR="00A9060E" w:rsidRPr="003B0898" w:rsidRDefault="00A9060E" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="740C9D60" w14:textId="77777777" w:rsidR="00A9060E" w:rsidRPr="003B0898" w:rsidRDefault="00A9060E" w:rsidP="00A9060E">
+    <w:p w14:paraId="740C9D60" w14:textId="77777777" w:rsidR="00A9060E" w:rsidRPr="003B0898" w:rsidRDefault="00A9060E" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A0F4EEE" w14:textId="52583F87" w:rsidR="00A61E64" w:rsidRPr="003B0898" w:rsidRDefault="008A72A3" w:rsidP="009F6189">
+    <w:p w14:paraId="2A0F4EEE" w14:textId="7E4843AF" w:rsidR="00A61E64" w:rsidRPr="003B0898" w:rsidRDefault="63B4E091" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B0898">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>G2B Punchout:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003B0898">
+        <w:lastRenderedPageBreak/>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="1FF4A325" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">overnment </w:t>
+      </w:r>
+      <w:r w:rsidR="76ACC3B7" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="687EC805" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="03FDDF04" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>usiness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Punchout:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Buyers may purchase directly from the </w:t>
       </w:r>
-      <w:r w:rsidR="00A61E64" w:rsidRPr="003B0898">
+      <w:r w:rsidR="1EB33FCD" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B0898">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">endor’s eCommerce site using the </w:t>
       </w:r>
-      <w:r w:rsidR="00CD588E" w:rsidRPr="003B0898">
-[...29 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="5C8A15E8" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Government to Business </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">functionality in COMMBUYS. </w:t>
+      </w:r>
+      <w:r w:rsidR="4BD1503C" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="17AE9D49" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B307C">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="5C8A15E8" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="17AE9D49" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendor </w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Blanket Purchase Order</w:t>
+      </w:r>
+      <w:r w:rsidR="17AE9D49" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Listing</w:t>
+      </w:r>
+      <w:r w:rsidR="4753A8D4" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="17AE9D49" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Government </w:t>
+      </w:r>
+      <w:r w:rsidR="17AE9D49" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Business</w:t>
+      </w:r>
+      <w:r w:rsidR="17AE9D49" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Punch</w:t>
+      </w:r>
+      <w:r w:rsidR="13B9A75A" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="17AE9D49" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ut-</w:t>
+      </w:r>
+      <w:r w:rsidR="62BA8DCC" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="17AE9D49" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nabled vendors</w:t>
+      </w:r>
+      <w:r w:rsidR="62BA8DCC" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="17AE9D49" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A COMMBUYS punchout provides the ability to purchase directly from the website of certain vendors. Buyers can </w:t>
+      </w:r>
+      <w:r w:rsidR="594FE969" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>unch out</w:t>
+      </w:r>
+      <w:r w:rsidR="1D32CBBC" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to a seller’s online shopping website to search for and choose the desired items. Once </w:t>
+      </w:r>
+      <w:r w:rsidR="1EB33FCD" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">items are selected and checked out, the system transfers these items to COMMBUYS to complete a release requisition. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1423643A" w14:textId="65706AC8" w:rsidR="008A72A3" w:rsidRPr="003B0898" w:rsidRDefault="4BD1503C" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
-      <w:r w:rsidR="00C4474E" w:rsidRPr="003B0898">
-[...137 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="63B4E091" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35">
-        <w:r w:rsidR="008A72A3" w:rsidRPr="003B0898">
+      <w:hyperlink r:id="rId33">
+        <w:r w:rsidR="63B4E091" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Purchase from a COMMBUYS G2B Punchout</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008A72A3" w:rsidRPr="003B0898">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="63B4E091" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7802B547" w14:textId="093C4920" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="008A72A3" w:rsidP="00A4423A">
+    <w:p w14:paraId="7802B547" w14:textId="7962497D" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="63B4E091" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C663DF">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Direct </w:t>
       </w:r>
-      <w:r w:rsidR="00C663DF" w:rsidRPr="00C663DF">
+      <w:r w:rsidR="4753A8D4" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Quotes (</w:t>
-[...22 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Quotes Using COMMBUYS:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C663DF" w:rsidRPr="00C663DF">
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="4753A8D4" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Buyers can solicit quotes directly from vendors, award, and place orders through COMMBUYS using the solicitation-enabled contract Master Blanket Purchase Orders</w:t>
+      </w:r>
+      <w:r w:rsidR="4753A8D4" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MBPOs) or Statewide Contracts in COMMBUYS</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> or Statewide Contracts in COMMBUYS</w:t>
+      </w:r>
+      <w:r w:rsidR="4753A8D4" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Following is a list for resources.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0A991202" w14:textId="77777777" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="00A4423A">
+    <w:p w14:paraId="0A991202" w14:textId="7DEDF276" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="1DE58C72" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="00C663DF">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId34" w:anchor="_Appendix_A:_Vendor">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t xml:space="preserve">Vendor MPBO Listing  </w:t>
+          <w:t xml:space="preserve">Vendor Master Blanket Purchase Order Listing  </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="34E67BD9" w14:textId="1209685B" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="00A4423A">
+    <w:p w14:paraId="34E67BD9" w14:textId="5F00F4F0" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="4753A8D4" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="00C663DF">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId35">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Request Quotes from Vendors on Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C663DF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66937034" w14:textId="2EC41F03" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="00A4423A">
+    <w:p w14:paraId="66937034" w14:textId="551763DD" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="6A90A27D" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="00C663DF">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="4753A8D4" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or instructions on how to complete a quote in COMMBUYS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> see</w:t>
+      </w:r>
+      <w:r w:rsidR="4753A8D4" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36">
+        <w:r w:rsidR="4753A8D4" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Job Aids for Buyers</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C663DF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="4753A8D4" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4112050B" w14:textId="17AE2341" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="00A4423A">
+    <w:p w14:paraId="4112050B" w14:textId="6C3C1E21" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="4753A8D4" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C663DF">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Direct Quotes (Outside of COMMBUYS): </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve">Direct Quotes Outside of COMMBUYS: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Buyers can solicit quotes directly from multiple vendors outside of COMMBUYS by email or phone.To ensure application of contract pricing, always reference HLS06 in the Request for Quotes (RFQ) and ensure HLS06 is referenced on all quotes received.</w:t>
+        <w:t>Buyers can solicit quotes directly from multiple vendors outside of COMMBUYS by email or phone.</w:t>
+      </w:r>
+      <w:r w:rsidR="4AE1F46F" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>To ensure application of contract pricing, always reference HLS06 in the Request for Quotes and ensure HLS06 is referenced on all quotes received.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4234FB08" w14:textId="46FBB315" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="00C663DF">
+    <w:p w14:paraId="4234FB08" w14:textId="46FBB315" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="4753A8D4" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C663DF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67FA9A0E" w14:textId="77777777" w:rsidR="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="00C663DF">
+    <w:p w14:paraId="67FA9A0E" w14:textId="6E0007F1" w:rsidR="00C663DF" w:rsidRDefault="4753A8D4" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:t>All quotes should clearly indicate Free on Board (FOB) destination, with all charges for transportation and unloading prepaid by the vendor.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All quotes should clearly indicate Free </w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on-</w:t>
+      </w:r>
+      <w:r w:rsidR="1BA1296A" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="54B361FB" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>estination, with all charges for transportation and unloading prepaid by the vendor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E7C0C4" w14:textId="77777777" w:rsidR="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="00C663DF">
+    <w:p w14:paraId="32E7C0C4" w14:textId="77777777" w:rsidR="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A120CAA" w14:textId="54EA1300" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="00C663DF">
+    <w:p w14:paraId="0A120CAA" w14:textId="54EA1300" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="4753A8D4" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C663DF">
-[...21 lines deleted...]
-        <w:t>administrator.</w:t>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>To set up a COMMBUYS buyer account, contact your organization’s COMMBUYS             administrator.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C67F4C" w14:textId="77777777" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="00C663DF">
+    <w:p w14:paraId="57C67F4C" w14:textId="77777777" w:rsidR="00C663DF" w:rsidRPr="00C663DF" w:rsidRDefault="00C663DF" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6765A625" w14:textId="1387B9E1" w:rsidR="00911671" w:rsidRDefault="00C663DF" w:rsidP="00C663DF">
+    <w:p w14:paraId="6765A625" w14:textId="105A1901" w:rsidR="00911671" w:rsidRDefault="4753A8D4" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For questions about Direct Quotes purchasing using COMMBUYS, contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39">
-        <w:r w:rsidRPr="00C663DF">
+      <w:hyperlink r:id="rId37">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSDhelpdesk@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C663DF">
-[...5 lines deleted...]
-        <w:t>, or call (888) 627-8283.</w:t>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, or call 888 627-8283.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB967BE" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00C663DF" w:rsidRDefault="00CA3EDB" w:rsidP="00C663DF">
+    <w:p w14:paraId="1AB967BE" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00C663DF" w:rsidRDefault="00CA3EDB" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="298D6971" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00A4423A">
+    <w:p w14:paraId="298D6971" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">New Items or Bulk Prices: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA3EDB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contact a Vendor or Vendors on the Contract for a Quote when a product is not on a Vendor’s Price List. The quoted and accepted net price remains in effect until the next update of the price list. These additionally quoted products can be ordered from the vendor’s catalog using the line item “Additional items quoted by the vendor per the RFR”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BFE3ADE" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00CA3EDB">
+    <w:p w14:paraId="3BFE3ADE" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="309D4331" w14:textId="10E7AB32" w:rsidR="00C663DF" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00CA3EDB">
+    <w:p w14:paraId="309D4331" w14:textId="10E7AB32" w:rsidR="00C663DF" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA3EDB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">See the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40">
-        <w:r w:rsidRPr="00CA3EDB">
+      <w:hyperlink r:id="rId38">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00CA3EDB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B11B24D" w14:textId="284CB1C5" w:rsidR="008A72A3" w:rsidRDefault="008A72A3" w:rsidP="00CA3EDB">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="003B0898">
+    <w:p w14:paraId="2B11B24D" w14:textId="310AE467" w:rsidR="008A72A3" w:rsidRDefault="63B4E091" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B0898">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> MMARS and COMMBUYS do not interface. Payment request and invoice must be reported in both MMARS and COMMBUYS.</w:t>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="708648AA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Massachusetts Management Accounting and Reporting System</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and COMMBUYS do not interface. Payment request and invoice must be reported in both </w:t>
+      </w:r>
+      <w:r w:rsidR="708648AA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Massachusetts Management Accounting and Reporting System</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and COMMBUYS.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
+    <w:p w14:paraId="0288325A" w14:textId="02571880" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="5195B9BF" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="32" w:name="_Toc210986145"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Extend_Beyond_(Performance"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc210986145"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Setting </w:t>
+      </w:r>
+      <w:r w:rsidR="53D9BE42" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>p a COMMBUYS Account</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="31"/>
-      <w:r>
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w14:paraId="78CB2CA0" w14:textId="1B4D9B57" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="78CB2CA0" w14:textId="1B4D9B57" w:rsidR="000B5F54" w:rsidRDefault="358239AF" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">COMMBUYS is the Commonwealth of Massachusetts' e-procurement platform, serving as a central marketplace for state agencies </w:t>
       </w:r>
-      <w:r w:rsidR="00FE3CAD">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="2336858F" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and other Eligible Entities </w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to procure goods and </w:t>
       </w:r>
-      <w:r w:rsidR="00633F74" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="35B07EFE" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>services</w:t>
       </w:r>
-      <w:r w:rsidR="00A72542" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="1730597D" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> connecting </w:t>
       </w:r>
-      <w:r w:rsidR="00731D28" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="6BC73022" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">government buyers </w:t>
       </w:r>
-      <w:r w:rsidR="00A069C0" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="5D246B32" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and businesses</w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
-      <w:r w:rsidR="00124E63" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="3DDB1188" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>It aims to streamline the purchasing process, ensuring transparency</w:t>
       </w:r>
-      <w:r w:rsidR="00E93701">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="3D491E81" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="00124E63" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="3DDB1188" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>efficiency in the procurement process.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="370E26D7" w14:textId="1F0CF014" w:rsidR="0082614B" w:rsidRPr="00136C46" w:rsidRDefault="0082614B" w:rsidP="00FE302E">
-[...75 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="370E26D7" w14:textId="6D8220AB" w:rsidR="0082614B" w:rsidRPr="00136C46" w:rsidRDefault="2AAF4053" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For Executive Agencies, COMMBUYS is required. Per 801 CMR 21.00, Executive Agencies must use established Statewide Contracts for the purchase of products and services. </w:t>
+      </w:r>
+      <w:r w:rsidR="4FF636F6" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To set up a COMMBUYS buyer account or to update an existing agency account,</w:t>
       </w:r>
-      <w:r w:rsidR="00B3390A">
-[...17 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="045571B2" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the buyers must </w:t>
+      </w:r>
+      <w:r w:rsidR="25733CE9" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
-      <w:r w:rsidR="00A17CD7">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="330D356F" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
-        <w:r w:rsidR="00B3390A">
+      <w:hyperlink r:id="rId39">
+        <w:r w:rsidR="708648AA" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>OSD Help Desk</w:t>
+          <w:t>Operational Services Division Help Desk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="045571B2" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0065246C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="25733CE9" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or call</w:t>
       </w:r>
-      <w:r w:rsidR="00A17CD7">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="330D356F" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3390A">
-[...17 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="045571B2" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-888-627-8283</w:t>
+      </w:r>
+      <w:r w:rsidR="4FF636F6" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E6D23F5" w14:textId="74989048" w:rsidR="006C26B7" w:rsidRPr="00136C46" w:rsidRDefault="0005780F" w:rsidP="00FE302E">
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="2E6D23F5" w14:textId="74989048" w:rsidR="006C26B7" w:rsidRPr="00136C46" w:rsidRDefault="17384EF7" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>While COMMBUYS use is not mandated for Non-Executive Agencies</w:t>
       </w:r>
-      <w:r w:rsidR="00F76D22">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="04BE9D77" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other Eligible Entities</w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, it is highly recommended to streamline the procurement process and </w:t>
       </w:r>
-      <w:r w:rsidR="00DF3644">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="52894A0A" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">assist buyers in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
-      <w:r w:rsidR="00DF3644">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="52894A0A" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
+    <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="2D57D9F7" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB211E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc210986146"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc194066601"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>Finding Contract Documents</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="33"/>
-      <w:r w:rsidRPr="00AB211E">
+    </w:p>
+    <w:p w14:paraId="782F9C76" w14:textId="09D305E6" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="7C305949" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Buyers </w:t>
+      </w:r>
+      <w:r w:rsidR="7C9E81C7" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> view contract documents </w:t>
+      </w:r>
+      <w:r w:rsidR="581B5802" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">including </w:t>
+      </w:r>
+      <w:r w:rsidR="457DCDFC" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contract User Guides</w:t>
+      </w:r>
+      <w:r w:rsidR="581B5802" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="457DCDFC" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Request for Response</w:t>
+      </w:r>
+      <w:r w:rsidR="581B5802" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="6A5D59A8" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prompt Payment Discount Form, </w:t>
+      </w:r>
+      <w:r w:rsidR="5670C2C3" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specifications, </w:t>
+      </w:r>
+      <w:r w:rsidR="581B5802" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="457DCDFC" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="581B5802" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ther </w:t>
+      </w:r>
+      <w:r w:rsidR="457DCDFC" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="581B5802" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ttachments</w:t>
+      </w:r>
+      <w:r w:rsidR="4449B454" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on COMMBUYS without requiring a COMMBUYS account or logging in.  </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="782F9C76" w14:textId="423CA7C5" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
-[...137 lines deleted...]
-        <w:t xml:space="preserve">on COMMBUYS without requiring a COMMBUYS account or logging in.  </w:t>
+    <w:p w14:paraId="26289368" w14:textId="04AFF596" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="2D57D9F7" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>To find contract documents</w:t>
+      </w:r>
+      <w:r w:rsidR="32BDA293" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in COMMBUYS</w:t>
+      </w:r>
+      <w:r w:rsidR="3594D5E0" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, follow these steps</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26289368" w14:textId="04AFF596" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
-[...35 lines deleted...]
-    <w:p w14:paraId="5D67533E" w14:textId="79F84027" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
+    <w:p w14:paraId="5D67533E" w14:textId="6D29274D" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="2D57D9F7" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:bCs/>
-[...8 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42">
-        <w:r w:rsidRPr="00136C46">
+      <w:hyperlink r:id="rId40">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>home page, enter</w:t>
       </w:r>
-      <w:r w:rsidR="00CA3EDB">
+      <w:r w:rsidR="567B014B" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB">
+      <w:r w:rsidR="567B014B" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">HSP45: Laboratory Supplies &amp; Equipment </w:t>
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+        <w:t>HSP45</w:t>
+      </w:r>
+      <w:r w:rsidR="59AF7FA4" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>Blankets</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="567B014B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Laboratory Supplies </w:t>
+      </w:r>
+      <w:r w:rsidR="7A9A8655" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="567B014B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Equipment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in the search tool and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
+        <w:t xml:space="preserve">select </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Blankets</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> from the drop-down list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF16B5B" w14:textId="5CCEF41D" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00CF04CB" w:rsidP="00AB211E">
+    <w:p w14:paraId="5FF16B5B" w14:textId="1C7C2BE7" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="0382793E" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Select</w:t>
       </w:r>
-      <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="2D57D9F7" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Search icon. </w:t>
       </w:r>
-      <w:r w:rsidR="002542E6" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="3CDC2806" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The r</w:t>
       </w:r>
-      <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="2D57D9F7" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">elated </w:t>
       </w:r>
-      <w:r w:rsidR="00837172" w:rsidRPr="00136C46">
-[...25 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="7C37F2F2" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Blanket Purchase Orders</w:t>
+      </w:r>
+      <w:r w:rsidR="2D57D9F7" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> information opens in a table format. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5DE19C" w14:textId="04D79911" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
+    <w:p w14:paraId="6C5DE19C" w14:textId="0B299C82" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="2D57D9F7" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view </w:t>
       </w:r>
-      <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
+      <w:r w:rsidR="024AFD56" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00F951D6" w:rsidRPr="00136C46">
+      <w:r w:rsidR="4B3FED81" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>associated</w:t>
       </w:r>
-      <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
+      <w:r w:rsidR="024AFD56" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contract documents, under the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Blanket #</w:t>
-[...99 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+        <w:t xml:space="preserve">Blanket </w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Agency Attachments</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+        <w:t>number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> column, </w:t>
+      </w:r>
+      <w:r w:rsidR="0382793E" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="21E9A3F3" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Purchase Order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> link. </w:t>
+      </w:r>
+      <w:r w:rsidR="1328BCD2" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Blanket Purchase Order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> opens for the selected </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC736C" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">urchase </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC736C" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rder</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC736C" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the attachments </w:t>
+      </w:r>
+      <w:r w:rsidR="21077CD3" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be found in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Agency Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section.</w:t>
       </w:r>
-      <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
+      <w:r w:rsidR="132EE17F" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25607E40" w14:textId="272316B4" w:rsidR="00530D68" w:rsidRPr="00136C46" w:rsidRDefault="00D618B6" w:rsidP="00CA3EDB">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00D17040">
+    <w:p w14:paraId="25607E40" w14:textId="73F1050F" w:rsidR="00530D68" w:rsidRPr="00136C46" w:rsidRDefault="3FB3C402" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
+      <w:r w:rsidR="1C3F32C8" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ll standard contract documents </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D17040">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
-      <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
-[...16 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="1C3F32C8" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
+      </w:r>
+      <w:r w:rsidR="5F6419D8" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
-      <w:r w:rsidR="00242AC9" w:rsidRPr="00CA3EDB">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="1C3F32C8" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
-      <w:r w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="144AC6BD" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43">
-        <w:r w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB">
+      <w:hyperlink r:id="rId41">
+        <w:r w:rsidR="50815AF4" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>PO-23-1080-OSD03-STC01-27943</w:t>
+          <w:t>Master Blanket Purchase Order</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CA3EDB" w:rsidRPr="3E267904">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
+    <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="5A7F0AD8" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc194066602"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc210986147"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="36"/>
     </w:p>
-    <w:p w14:paraId="60A82AFB" w14:textId="7A6A6F48" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
-[...9 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="60A82AFB" w14:textId="0451C892" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="5A7F0AD8" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To find vendor-specific documents, including </w:t>
       </w:r>
-      <w:r w:rsidR="00CA3EDB">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="567B014B" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">price files, </w:t>
       </w:r>
-      <w:r w:rsidR="000B307C">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="4BD1503C" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F55958" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="0AA8A5DE" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">links to </w:t>
       </w:r>
-      <w:r w:rsidR="002E618D" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="4C9E2A17" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>individual vendor</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Master Blanket Purchase Orders</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page</w:t>
       </w:r>
-      <w:r w:rsidR="00F33440" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="5F25731A" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and follow these steps:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAA3403" w14:textId="22E92C57" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="00A4423A">
+    <w:p w14:paraId="1EAA3403" w14:textId="4952799D" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="5F25731A" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
-        <w:r w:rsidRPr="00EB01C8">
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EB01C8">
-        <w:rPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> page, u</w:t>
+      </w:r>
+      <w:r w:rsidR="4C9E2A17" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nder the </w:t>
+      </w:r>
+      <w:r w:rsidR="4C9E2A17" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> page, u</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Master Blanket Purchase Order </w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">nder the </w:t>
-[...11 lines deleted...]
-          <w:bCs/>
+        <w:t>Number</w:t>
+      </w:r>
+      <w:r w:rsidR="4C9E2A17" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Column, </w:t>
       </w:r>
-      <w:r w:rsidR="00CF04CB">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="0382793E" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
-      <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="4C9E2A17" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the applicable </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB01C8">
-[...37 lines deleted...]
-        <w:t>The Master Blanket Purchase Order (MBPO) opens for the selected PO.</w:t>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Purchase Order </w:t>
+      </w:r>
+      <w:r w:rsidR="4C9E2A17" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">link. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Master Blanket Purchase Order opens for the selected P</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">urchase </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0681DD01" w14:textId="33618CF0" w:rsidR="00554AF0" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="00A4423A">
-[...233 lines deleted...]
-    <w:p w14:paraId="6F2E8361" w14:textId="599BBE21" w:rsidR="009358CA" w:rsidRPr="009E12A3" w:rsidRDefault="008577AF" w:rsidP="00A4423A">
+    <w:p w14:paraId="0681DD01" w14:textId="5A26C281" w:rsidR="00554AF0" w:rsidRPr="00EB01C8" w:rsidRDefault="5F25731A" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...47 lines deleted...]
-          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On the </w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Blanket Purchase Order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, scroll down to the </w:t>
+      </w:r>
+      <w:r w:rsidR="4C9E2A17" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendor Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> section to find the vendor-specific documents</w:t>
+      </w:r>
+      <w:r w:rsidR="4C9E2A17" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C0EFAC4" w14:textId="73D31AFF" w:rsidR="00302C4E" w:rsidRPr="009E12A3" w:rsidRDefault="008A3BCD" w:rsidP="00A4423A">
+    <w:p w14:paraId="64B41098" w14:textId="04D66C77" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="5F25731A" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To view, </w:t>
+      </w:r>
+      <w:r w:rsidR="622851D2" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the desired document link.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55455757" w14:textId="02147FAF" w:rsidR="00B50291" w:rsidRPr="009E12A3" w:rsidRDefault="47EE0D98" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc210986148"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Construction and Construction-Related Labor Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
-[...29 lines deleted...]
-          <w:iCs/>
+    </w:p>
+    <w:p w14:paraId="62047049" w14:textId="454C4676" w:rsidR="04AC039B" w:rsidRDefault="342E9983" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Purchasing entities are responsible for compliance with applicable construction law requirements.</w:t>
+      </w:r>
+      <w:r w:rsidR="11185207" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
-[...617 lines deleted...]
-        <w:r w:rsidR="00A6581E" w:rsidRPr="00DD25F4">
+      <w:hyperlink r:id="rId42">
+        <w:r w:rsidR="11185207" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Department of Labor Standards (DLS)</w:t>
+          <w:t>Designing and Constructing Public Facilities.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007C5C8D">
-[...51 lines deleted...]
-        <w:r w:rsidRPr="00880356">
+      <w:r w:rsidR="11185207" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> It is the responsibility of the Eligible Entity to determine whether installation work includes construction as defined</w:t>
+      </w:r>
+      <w:r w:rsidR="46856006" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="58AB6DDB" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For more information, a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ccess the 30B Hotline at 617-722-8838 or email them at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43">
+        <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>G.L. c. 149, § 44A(2)(G)</w:t>
+          <w:t>30BHotline@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007C5C8D">
-[...49 lines deleted...]
-        <w:r w:rsidR="00201AFF" w:rsidRPr="00FD522C">
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. For further information about the public construction bidding laws, please contact the Attorney General’s Office Bid Unit by email at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44">
+        <w:r w:rsidRPr="59D64AD4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>AGOBidUnit@mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Visit the Attorney General’s Public Construction web page to learn more about Public Bidding Laws. </w:t>
+      </w:r>
+      <w:r w:rsidR="708648AA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Operational Services Division </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>does not provide guidance on construction law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA01A77" w14:textId="37221345" w:rsidR="6FA69DF3" w:rsidRDefault="025C813C" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">See Quotes Including Construction Services Requirements below for information on quoting these types of projects. This contract is to be used for construction, reconstruction, alteration, installation, demolition, maintenance, or repair services and, if needed, associated materials. It is the responsibility of the Eligible Entity to consult their legal counsel for assistance determining whether installation work includes construction as defined by </w:t>
+      </w:r>
+      <w:r w:rsidR="42427274" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Massachusetts General Laws, Chapter 149, or Massachusetts General Laws, Chapter 30, Section 39M.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DB7B4D8" w14:textId="6B74A6FD" w:rsidR="47E9D75D" w:rsidRDefault="47E9D75D" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37EECD24" w14:textId="706D8D12" w:rsidR="009A68A0" w:rsidRDefault="16C4E478" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="0F3685"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Toc210986149"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="0F3685"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Construction Threshold</w:t>
+      </w:r>
+      <w:r w:rsidR="7EBE9DF7" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="0F3685"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w14:paraId="45334992" w14:textId="3DBC3885" w:rsidR="009A68A0" w:rsidRPr="009E12A3" w:rsidRDefault="7B86077C" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="4BD1503C" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A3E2C3" w14:textId="36EBD804" w:rsidR="009A68A0" w:rsidRPr="009E12A3" w:rsidRDefault="16C4E478" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Construction services </w:t>
+      </w:r>
+      <w:r w:rsidR="6DC89FE2" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">purchased under this contract </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are limited to $50,000 or less per engagement</w:t>
+      </w:r>
+      <w:r w:rsidR="18CA6A05" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>job</w:t>
+      </w:r>
+      <w:r w:rsidR="2758F7F9" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>project.</w:t>
+      </w:r>
+      <w:r w:rsidR="7A041096" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The total cost of all maintenance and service agreements, including those spanning multiple years, shall not exceed $50,000 over the life of the contract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D9066E" w14:textId="2F778006" w:rsidR="005D1B3D" w:rsidRPr="009E12A3" w:rsidRDefault="1DBB1A54" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For construction materials and labor valued from </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>$10,000-$50,000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="4157749D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the buyers </w:t>
+      </w:r>
+      <w:r w:rsidR="4157749D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solicit a minimum of three quotes and receive two written responses</w:t>
+      </w:r>
+      <w:r w:rsidR="4157749D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="3AC97628" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="41061D71" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The contract shall be awarded to the responsible bidder who offers the lowest price.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6779B5CF" w14:textId="13A86AC9" w:rsidR="00D72A2A" w:rsidRPr="009E12A3" w:rsidRDefault="740E834F" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For construction materials and labor </w:t>
+      </w:r>
+      <w:r w:rsidR="48EECEAA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">estimated to cost less than </w:t>
+      </w:r>
+      <w:r w:rsidR="48EECEAA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>$10,000</w:t>
+      </w:r>
+      <w:r w:rsidR="48EECEAA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a Buyer may </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1C34B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use sound business practices to </w:t>
+      </w:r>
+      <w:r w:rsidR="48EECEAA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">award the work to a vendor without seeking additional quotes. Using an </w:t>
+      </w:r>
+      <w:r w:rsidR="708648AA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Operational Services Division</w:t>
+      </w:r>
+      <w:r w:rsidR="48EECEAA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> statewide contract satisfies the sound business practices requirement of</w:t>
+      </w:r>
+      <w:r w:rsidR="7CE6FA40" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Massachusetts General Laws, Chapter 149 </w:t>
+      </w:r>
+      <w:r w:rsidR="48EECEAA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for jobs costing less than $10,000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA675B2" w14:textId="4CB75707" w:rsidR="0024729E" w:rsidRDefault="5F779CD9" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc210986150"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc194066605"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Prevailing Wage Law Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidR="5C68A367" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w14:paraId="2E4C2734" w14:textId="35EFBDC2" w:rsidR="00CE4F99" w:rsidRDefault="0446012A" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Massachusetts prevailing wage laws require that covered employees on public works projects be paid a minimum hourly rate set by the Department of Labor Standards. The prevailing wage laws apply to both union and non-union employers and employees. The buyer has a legal obligation to request a prevailing wage schedule from the</w:t>
+      </w:r>
+      <w:r w:rsidR="1D78362B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45">
+        <w:r w:rsidR="1D78362B" w:rsidRPr="59D64AD4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Department of Labor Standards</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. To get the proper rates for your region, you must request a determination. Questions regarding the Prevailing Wage Law may be answered by accessing the D</w:t>
+      </w:r>
+      <w:r w:rsidR="3B43DDC9" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epartment of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="0CF9BF1E" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">abor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="77063566" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tandards</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website or by calling the D</w:t>
+      </w:r>
+      <w:r w:rsidR="02A0E89F" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epartment of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="39FF7D0D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">abor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="670B4780" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tandards</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prevailing Wage Program at 617</w:t>
+      </w:r>
+      <w:r w:rsidR="6FD71B37" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>626-6953.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A88C850" w14:textId="77777777" w:rsidR="00CE4F99" w:rsidRDefault="0446012A" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>If prevailing wage is required, make sure to include this information in your quotes or bids so vendors know to include prevailing wage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C797769" w14:textId="6D2925B4" w:rsidR="00CE4F99" w:rsidRDefault="1753895A" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In addition, all contracts by a state agency or state-assisted contracts for design, construction, reconstruction, installation, demolition, maintenance, or repair must contain Workforce Participation Goals for minorities and women. This is required by</w:t>
+      </w:r>
+      <w:r w:rsidR="03570B2F" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46">
+        <w:r w:rsidR="03570B2F" w:rsidRPr="59D64AD4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>General Law - Part I, Title XXI, Chapter 149, Section 44A</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  “state-assisted contract” is a construction project undertaken by a political subdivision of the Commonwealth or two or more subdivisions thereof for planning, acquisition, design, construction, demolition, installation, repair, or maintenance whose costs are paid for, reimbursed, grant funded, or otherwise supported, in whole or in part, by the Commonwealth. An affected awarding authority’s bid documents must include a reference to the specific goals that will be contained in the contract. The contract must also include the processes and procedures to ensure compliance with the Workforce Participation Goals, including reporting and enforcement provisions. For questions about the Workforce Participation Goals law, please </w:t>
+      </w:r>
+      <w:r w:rsidR="1148964D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">email the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47">
+        <w:r w:rsidR="1148964D" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Attorney General’s Office Bid Unit</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00201AFF">
+      <w:r w:rsidR="1148964D" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C5C8D">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE6C286" w14:textId="77777777" w:rsidR="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
-[...28 lines deleted...]
-        <w:r w:rsidRPr="0092479A">
+    <w:p w14:paraId="4AE6C286" w14:textId="77777777" w:rsidR="00CE4F99" w:rsidRDefault="0446012A" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Office of the Attorney General’s Fair Labor Division is responsible for enforcing the prevailing wage laws. Review </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Prevailing Wage Enforcement</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007C5C8D">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for more information. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B77F25" w14:textId="11C15E2F" w:rsidR="00CE4F99" w:rsidRPr="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="30B77F25" w14:textId="5DA0794D" w:rsidR="00CE4F99" w:rsidRPr="00CE4F99" w:rsidRDefault="0446012A" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Buyers should always refer to a vendor’s Bidder Response Form located in their COMMBUYS file</w:t>
+      </w:r>
+      <w:r w:rsidR="0749456A" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for their mark-up over prevailing wage and materials as well as a vendor’s charge for emergency services, holidays, and non-business hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C308E0" w14:textId="7DA6CF7F" w:rsidR="00C045FB" w:rsidRPr="00C045FB" w:rsidRDefault="7436BE18" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="_Toc210986151"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Labor Hours</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p w14:paraId="5434897D" w14:textId="03DA65F1" w:rsidR="00E82D9A" w:rsidRDefault="7543FAF4" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Business Hours</w:t>
+      </w:r>
+      <w:r w:rsidR="4002EC67" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>excluding holidays</w:t>
+      </w:r>
+      <w:r w:rsidR="1D5BB34E" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are defined as Monday through Friday 7:00 a.m. to 5:00 p.m. Non-Business Hours are defined as periods outside of Business Hours</w:t>
+      </w:r>
+      <w:r w:rsidR="49F8008D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="466AD78E" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6547BD60" w14:textId="2E4AD334" w:rsidR="00C045FB" w:rsidRPr="009E12A3" w:rsidRDefault="466AD78E" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Many state facilities </w:t>
+      </w:r>
+      <w:r w:rsidR="5248EA06" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>operate continuously</w:t>
+      </w:r>
+      <w:r w:rsidR="3619903C" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> twenty-four hours per day, seven days per week.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18ADE978" w14:textId="639A2856" w:rsidR="003624C5" w:rsidRDefault="5248EA06" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="_Toc210986152"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Buyers should always refer to a vendor’s Bidder Response Form (located in their COMMBUYS file) for their mark-up over prevailing wage and materials as well as a vendor’s charge for emergency services, holidays, and non-business hours.</w:t>
-[...8 lines deleted...]
-        <w:t>Labor Hours</w:t>
+        <w:t>Apprentice Labor Rates</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w14:paraId="5434897D" w14:textId="77777777" w:rsidR="00E82D9A" w:rsidRDefault="00AD0A7A" w:rsidP="00C045FB">
-[...20 lines deleted...]
-          <w:iCs/>
+    <w:p w14:paraId="40308299" w14:textId="5F36D442" w:rsidR="00720C80" w:rsidRPr="009E12A3" w:rsidRDefault="59D0257D" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bidders may only include apprentice labor rates if they are participating in the Commonwealth's Approved Apprentice Program</w:t>
+      </w:r>
+      <w:r w:rsidR="3A42F8C2" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and can </w:t>
+      </w:r>
+      <w:r w:rsidR="37DA4091" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide </w:t>
+      </w:r>
+      <w:r w:rsidR="0640EA7A" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the required</w:t>
+      </w:r>
+      <w:r w:rsidR="37DA4091" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> documentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DB077A" w:rsidRPr="009E12A3">
-[...2 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="7D6FCF1B" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...98 lines deleted...]
-      <w:r w:rsidR="00B519E1" w:rsidRPr="009E12A3">
+      <w:r w:rsidR="4BD1503C" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="7D6FCF1B" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B307C">
-[...14 lines deleted...]
-        <w:r w:rsidR="00291EE1" w:rsidRPr="009E12A3">
+      <w:hyperlink r:id="rId49">
+        <w:r w:rsidR="02895B82" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Information for apprentices</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00291EE1" w:rsidRPr="009E12A3">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> to learn more.</w:t>
+      <w:r w:rsidR="02895B82" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to learn more.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
+    <w:p w14:paraId="36BC0800" w14:textId="1EDB22B6" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="286BAE22" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B6218B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="_Toc201925128"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc210986153"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
-      <w:r w:rsidR="006C2DAB">
+      <w:r w:rsidR="48573333" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>Office</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
-      <w:bookmarkEnd w:id="44"/>
     </w:p>
-    <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="009E12A3">
+    <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="286BAE22" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidR="00EA4D16">
+      <w:r w:rsidR="7EFE941B" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EE2B732" w14:textId="4A9ACBA9" w:rsidR="00FF0F69" w:rsidRDefault="00FF0F69" w:rsidP="003813D4">
+    <w:p w14:paraId="2EE2B732" w14:textId="3AA67BB0" w:rsidR="00FF0F69" w:rsidRDefault="0EA73E57" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...29 lines deleted...]
-        <w:r w:rsidRPr="009E12A3">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Executive Departments must use diverse and small businesses to the extent possible based on contract terms, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50">
+        <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Supplier Diversity Office (SDO)</w:t>
+          <w:t>Supplier Diversity Office</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009E12A3">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
+    <w:p w14:paraId="40C47129" w14:textId="34366B4C" w:rsidR="00D16914" w:rsidRDefault="1486B09A" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56" w:history="1">
-        <w:r w:rsidRPr="00556773">
+      <w:hyperlink r:id="rId51">
+        <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Small Business Purchasing Program (SBPP)</w:t>
+          <w:t xml:space="preserve">Small Business Purchasing Program </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D16914">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="001B046D">
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applies to small procurements $250,000 or below annually, while the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52">
+        <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Supplier Diversity Program (SDP)</w:t>
+          <w:t>Supplier Diversity Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D16914">
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applies to large procurements over $250,000 annually. Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
+      </w:r>
+      <w:r w:rsidR="124540AF" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D16914">
-[...5 lines deleted...]
-        <w:t>f Work (SOWs).</w:t>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f Work</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="003813D4">
+    <w:p w14:paraId="763DAE00" w14:textId="70308F81" w:rsidR="00A31A6A" w:rsidRDefault="34108436" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="009E12A3">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Operational Services Divisio</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>provides a list of S</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upplier </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iversity </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ffice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> businesses through the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A4039E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="000B307C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="4BD1503C" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
-      <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="369A4688" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r w:rsidR="00BD658C" w:rsidRPr="00BD658C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="3830C9B4" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">SDO </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Programs (SD</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">upplier </w:t>
+      </w:r>
+      <w:r w:rsidR="3830C9B4" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and SBPP)</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
+        <w:t xml:space="preserve">iversity </w:t>
+      </w:r>
+      <w:r w:rsidR="369A4688" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Programs </w:t>
+      </w:r>
+      <w:r w:rsidR="369A4688" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tab on the index</w:t>
+      </w:r>
+      <w:r w:rsidR="29FE1E02" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="369A4688" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>scroll to view the tab.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
+    <w:p w14:paraId="57F758EA" w14:textId="33906642" w:rsidR="00CF5EB3" w:rsidRDefault="37236890" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="45"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="_Toc210986154"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="0F3685"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Supplier Diversity Program</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="0F3685"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="0F3685"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
-    <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00DD5236">
+    <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="37236890" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="00A4423A">
+    <w:p w14:paraId="7774F470" w14:textId="3C2C714A" w:rsidR="007002E9" w:rsidRDefault="0E8EADBB" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007002E9">
-[...4 lines deleted...]
-        <w:t>In cases where all other factors are equal, and particularly when adhering to a best value approach, the department will favor the vendor with stronger SDP commitment.</w:t>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In cases where all other factors are equal, and particularly when adhering to a best value approach, the department will favor the vendor with stronger S</w:t>
+      </w:r>
+      <w:r w:rsidR="17EA6418" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upplier </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="17EA6418" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iversity </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="17EA6418" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rogram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commitment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="570E0460" w14:textId="513A2E36" w:rsidR="00053531" w:rsidRPr="007002E9" w:rsidRDefault="00053531" w:rsidP="00A4423A">
+    <w:p w14:paraId="570E0460" w14:textId="5E8904C9" w:rsidR="00053531" w:rsidRPr="007002E9" w:rsidRDefault="5BDFA766" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E12A3">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
-      <w:r w:rsidR="008E179F">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="615B76BD" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId54">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
+          <w:t>Best Value Evaluation of S</w:t>
+        </w:r>
+        <w:r w:rsidR="17EA6418" w:rsidRPr="59D64AD4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">upplier </w:t>
+        </w:r>
+        <w:r w:rsidRPr="59D64AD4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>D</w:t>
+        </w:r>
+        <w:r w:rsidR="17EA6418" w:rsidRPr="59D64AD4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">iversity </w:t>
+        </w:r>
+        <w:r w:rsidRPr="59D64AD4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>P</w:t>
+        </w:r>
+        <w:r w:rsidR="17EA6418" w:rsidRPr="59D64AD4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>rogram</w:t>
+        </w:r>
+        <w:r w:rsidRPr="59D64AD4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009E12A3">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="009E2D17">
+    <w:p w14:paraId="1B925288" w14:textId="273B0196" w:rsidR="003813D4" w:rsidRDefault="286BAE22" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...29 lines deleted...]
-        <w:r w:rsidRPr="009E12A3">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendor S</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upplier </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iversity </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rogram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commitment percentages may be found on the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009E12A3">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
+    <w:p w14:paraId="3086F60C" w14:textId="31D2815E" w:rsidR="00A2036A" w:rsidRDefault="66919D6F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="46"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Toc210986155"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="0F3685"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Small Business Purchasing Program</w:t>
+      </w:r>
+      <w:r w:rsidR="776F1F78" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="0F3685"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="0F3685"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
     </w:p>
-    <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="003C6101">
+    <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="0347A979" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
+    <w:p w14:paraId="1B1D11BB" w14:textId="06CD349F" w:rsidR="003C6101" w:rsidRDefault="0347A979" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C6101">
-[...4 lines deleted...]
-        <w:t>If available, departments must notify at least two certified small businesses capable of providing the product or service. Bids received from SBPP-participating small businesses must be evaluated, and if one meets the department’s best value criteria, the contract must be awarded to that vendor.</w:t>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">If available, departments must notify at least two certified small businesses capable of providing the product or service. Bids received from </w:t>
+      </w:r>
+      <w:r w:rsidR="05B4E2A7" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Small Business Purchasing Program </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-participating small businesses must be evaluated, and if one meets the department’s best value criteria, the contract must be awarded to that vendor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ACB0633" w14:textId="181C0B0C" w:rsidR="003C6101" w:rsidRDefault="008F629C" w:rsidP="003C6101">
+    <w:p w14:paraId="6ACB0633" w14:textId="181C0B0C" w:rsidR="003C6101" w:rsidRDefault="0783E1C5" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F629C">
-[...21 lines deleted...]
-        <w:r w:rsidRPr="008F629C">
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For more information, refer to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008F629C">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="003C6101">
+    <w:p w14:paraId="6EE73878" w14:textId="388EE167" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="0922071A" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6956">
-[...7 lines deleted...]
-        <w:r w:rsidRPr="00ED6956">
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendor</w:t>
+      </w:r>
+      <w:r w:rsidR="4D58EC6B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certification status can be found on the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00ED6956">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E2D17">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>SDO Certification Type</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00ED6956">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upplier </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iversity </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="6A90A27D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ffice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Certification Type</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6001D8C1" w14:textId="30929204" w:rsidR="00A87A58" w:rsidRPr="009E12A3" w:rsidRDefault="00A87A58" w:rsidP="00CA3EDB">
+    <w:p w14:paraId="6001D8C1" w14:textId="30929204" w:rsidR="00A87A58" w:rsidRPr="009E12A3" w:rsidRDefault="59F09AF3" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00A87A58">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="_Toc210986156"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc194066609"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>Shipping, Delivery, and Returns</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidR="6DB43E70" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="47"/>
-      <w:r w:rsidR="003B7672">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="48"/>
     </w:p>
-    <w:p w14:paraId="1D5D910A" w14:textId="62C95C3B" w:rsidR="000C5CD9" w:rsidRPr="009E12A3" w:rsidRDefault="000C5CD9" w:rsidP="00A87A58">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="009E12A3">
+    <w:p w14:paraId="1D5D910A" w14:textId="62C95C3B" w:rsidR="000C5CD9" w:rsidRPr="009E12A3" w:rsidRDefault="11787781" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For shipping, delivery, and returns, please follow these guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06B938A1" w14:textId="6A5EF1A6" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00A4423A">
-[...525 lines deleted...]
-    <w:p w14:paraId="119CB2FB" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00A4423A">
+    <w:p w14:paraId="06B938A1" w14:textId="6A5EF1A6" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">The warranty for the Commonwealth shall be the manufacturer’s standard warranty starting from the date of acceptance by the Purchasing Entity. </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fuel charges or fuel surcharges are prohibited under this Contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="438B01B4" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00A4423A">
+    <w:p w14:paraId="41E54479" w14:textId="674FEAB9" w:rsidR="00A87A58" w:rsidRDefault="59F09AF3" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:t>All equipment must be new, in excellent working conditions, and must include the new Original Equipment Manufacturer (OEM) equipment guarantee.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All quotations shall indicate </w:t>
+      </w:r>
+      <w:r w:rsidR="2593EB65" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Free </w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on-</w:t>
+      </w:r>
+      <w:r w:rsidR="14B93A88" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oard </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>destination</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; indicates </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">delivered and unloaded to all the Commonwealth departments, cities, towns, and political subdivisions within the Commonwealth of Massachusetts, with all charges for transportation and unloading prepaid by the </w:t>
+      </w:r>
+      <w:r w:rsidR="3B9303F4" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vendors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63EAD45E" w14:textId="070A6E6E" w:rsidR="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00CA3EDB">
-[...89 lines deleted...]
-    <w:p w14:paraId="62D3C01F" w14:textId="275CAC43" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="00F52DB7" w:rsidP="00F52DB7">
+    <w:p w14:paraId="0C20EF6A" w14:textId="1516AFD9" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Delivery arrangements for custom-made items may be made by mutual agreement between the purchasing department and contractor</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Shipping charges may be negotiated and allowed under reasonable circumstances including but not limited to rush shipping requests by the Commonwealth Agency and oversized or heavy items being repaired. Vendors are not allowed to request an exception for shipping charges.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FA9384D" w14:textId="13E85948" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Delivery - orders subject to a</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Request for Quote</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E1BA64" w14:textId="57A6E348" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The total quoted price from a R</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>equest for Quote</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is to include shipping</w:t>
+      </w:r>
+      <w:r w:rsidR="6558B2D7" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">delivery. The Vendor shall retain ownership until received and accepted by the Purchasing Entity. If a Vendor has an order dropped shipped from a manufacturer or other source within the supply chain to the Purchasing Entity the Vendor retains responsibility for the delivery. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B84EB1" w14:textId="5A838711" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Delivery - orders not</w:t>
+      </w:r>
+      <w:r w:rsidR="04D5997E" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>subject to a R</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">equest </w:t>
+      </w:r>
+      <w:r w:rsidR="37E341E6" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uote</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40AFB744" w14:textId="190AA837" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All items will be shipped </w:t>
+      </w:r>
+      <w:r w:rsidR="57E25F7A" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Free on-</w:t>
+      </w:r>
+      <w:r w:rsidR="776DD247" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="57E25F7A" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> destination. The term </w:t>
+      </w:r>
+      <w:r w:rsidR="510152FC" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Free on</w:t>
+      </w:r>
+      <w:r w:rsidR="63520A07" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="15F8FBAF" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="510152FC" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> destination shall mean items will be delivered and unloaded at no charge to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Purchasing Entity and that the Vendor shall retain ownership until received and accepted by the Purchasing Entity. If a Vendor has an order dropped shipped from a manufacturer or other source within the supply chain to the Purchasing Entity the Vendor retains responsibility for the delivery and all delivery costs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="301672D0" w14:textId="0B45D75F" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A Vendor must normally deliver items within seven calendars days of receipt of an order. If a Vendor cannot deliver within seven calendar days, the Vendor must notify the Purchaser of the projected delivery date at time of order or during the next business day.  Should that date later change the Vendor must notify the Purchaser of a new delivery date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683F577F" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The minimum order amount for free delivery is $75.00.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="610C9D58" w14:textId="252229A6" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In order to receive free delivery a Purchaser must order at least $75.00 of products on combined daily purchase orders.  A Vendor may charge a Purchaser up to $25.00 for smaller orders but the Purchaser must be informed and agree to the charge prior to shipping. The Vendor </w:t>
+      </w:r>
+      <w:r w:rsidR="5B7E87AF" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at their discretion – may choose to waive the free delivery minimum order amount. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BFD1CA0" w14:textId="651424E8" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When an emergency or an express delivery is requested by a Purchaser the Vendor may charge the Purchaser the actual cost of the delivery.  The Vendor must inform the Purchaser at time of order that there will be a delivery charge and an estimated cost.  The Vendor must, if requested by the Purchaser, provide a receipt of the delivery charge.  An example would be an overnight UPS delivery or other expedited shipping method.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783FEFED" w14:textId="548F87FC" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A Vendor must clearly identify to a Purchaser that an item will have a special per shipment handling charge. The Commonwealth recognizes that the charge will vary by the product and in many cases how many items are in a shipping box.  An example would be an item that needs to be shipped with dry ice. The handling special handling charge would be the same if there was one item in the shipping box or fou</w:t>
+      </w:r>
+      <w:r w:rsidR="2C934B9C" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> items in the shipping box. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E45414" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A Vendor must clearly identify to a Purchaser that an item will have a Hazmat per shipment charge. The Commonwealth recognizes that the charge will vary by the product and in many cases by how many items are in a shipping box. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D7A5C35" w14:textId="752A7B6A" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>A Vendor must notify the Purchaser of a backorder or a delay within twenty-four</w:t>
+      </w:r>
+      <w:r w:rsidR="0B1FB793" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hours of receipt of an order. Vendors must maintain good ongoing communication regarding the status of a backorder with the Purchaser and identify when delivery can be expected. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A302807" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Recalls or Notices of Defects:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="247C9F63" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The purchaser is to receive Vendor notice within 5 days to work together to maintain operations. The purchaser is not responsible for the cost to replace or repair the item. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C2565BF" w14:textId="7F977C3C" w:rsidR="758AD1FD" w:rsidRDefault="758AD1FD" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BFB62C5" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Returns:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5608F62F" w14:textId="67CC19E4" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The purchaser may return any item in original packaging and in saleable condition within thirty</w:t>
+      </w:r>
+      <w:r w:rsidR="7399D15B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>calendar days of receipt of order unless at time of the order the Vendor clearly stated in writing that an item was not returnable. If a purchaser discovers concealed damage and notifies the Vendor within sixty</w:t>
+      </w:r>
+      <w:r w:rsidR="3F826B0C" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">days of receipt, the item must be replaced, or a credit issued. A wrongly shipped item received in error for which the purchaser notifies the Vendor within </w:t>
+      </w:r>
+      <w:r w:rsidR="28D82922" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sixty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calendar days of receipt must be replaced, credited, or repaid by check at the option of the purchaser. The Vendor is responsible for the shipping costs of all returns and restocking charges are not allowed under the Contract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDFACFE" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0330E363" w14:textId="44F215A8" w:rsidR="004553D2" w:rsidRDefault="6D517BC5" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="_Toc210986157"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc194066610"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Repairs and Services Warranties</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidR="6DB43E70" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+    </w:p>
+    <w:p w14:paraId="39231300" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="_Toc194066611"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For repairs and services warranties, please refer to these guidelines:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="119CB2FB" w14:textId="77777777" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The warranty for the Commonwealth shall be the manufacturer’s standard warranty starting from the date of acceptance by the Purchasing Entity. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438B01B4" w14:textId="1CC3D917" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>All equipment must be new, in excellent working conditions, and must include the new Original Equipment Manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>equipment guarantee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63EAD45E" w14:textId="070A6E6E" w:rsidR="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="_Toc210986158"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Frequently Purchased Items on the Contract</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+    </w:p>
+    <w:p w14:paraId="6BE979F6" w14:textId="270DFE3E" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Products and Services frequently purchased through this contract include all laboratory supplies, equipment including peripherals, furnishings, and related services to include test result reporting, warranties, extended warranties, service </w:t>
+      </w:r>
+      <w:r w:rsidR="7A9A8655" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintenance agreements, general repairs, technological upgrades, the establishment of consumable </w:t>
+      </w:r>
+      <w:r w:rsidR="7A9A8655" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reagent agreements for specific instrumentation, training on purchased equipment, and installation</w:t>
+      </w:r>
+      <w:r w:rsidR="6676AA85" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>setup</w:t>
+      </w:r>
+      <w:r w:rsidR="46AE2659" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>integration into existing systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="1587359D" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="_Toc210986159"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Additional Discounts</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="52"/>
+    </w:p>
+    <w:p w14:paraId="5722884C" w14:textId="2C86CC2C" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="4F0297D0" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendors in this statewide contract offer the following discounts, which </w:t>
+      </w:r>
+      <w:r w:rsidR="43A11487" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vary for each vendor</w:t>
+      </w:r>
+      <w:r w:rsidR="075F2529" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D3C01F" w14:textId="275CAC43" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="1587359D" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prompt Pay</w:t>
       </w:r>
-      <w:r w:rsidR="009F425C">
+      <w:r w:rsidR="5431EE15" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ment</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Discount:</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
-      <w:r w:rsidR="006A0936">
+      <w:r w:rsidR="075F2529" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">percentage </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>discount given to the buyer if the invoice is paid within a specified time, in accordance with the</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61">
-        <w:r w:rsidRPr="009E12A3">
+      <w:hyperlink r:id="rId56">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Bill Paying Policy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38DF9C3E" w14:textId="611915B1" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="00F52DB7" w:rsidP="00F52DB7">
+    <w:p w14:paraId="38DF9C3E" w14:textId="611915B1" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="1587359D" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Volume Discount:</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A discount is </w:t>
       </w:r>
-      <w:r w:rsidR="00CA3EDB">
+      <w:r w:rsidR="567B014B" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">negotiated to </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the buyer if a certain volume of product or service is purchased.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A5A776" w14:textId="04C09A35" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="00CA3EDB" w:rsidP="00CA3EDB">
+    <w:p w14:paraId="70A5A776" w14:textId="04C09A35" w:rsidR="00CA3EDB" w:rsidRPr="00CA3EDB" w:rsidRDefault="567B014B" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA3EDB">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Market Share Discount</w:t>
       </w:r>
-      <w:r w:rsidR="00F9111F" w:rsidRPr="00CA3EDB">
+      <w:r w:rsidR="72B97074" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00F9111F" w:rsidRPr="00CA3EDB">
+      <w:r w:rsidR="72B97074" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA3EDB">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Additional discounts may be available to purchasers who commit to sourcing a specified percentage of their laboratory supplies or who meet a minimum monthly purchase volume with a vendor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9FFCE7" w14:textId="30AD2D1F" w:rsidR="00BC6254" w:rsidRPr="00BC6254" w:rsidRDefault="00BC6254" w:rsidP="00BC6254">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="001978DC">
+    <w:p w14:paraId="1F9FFCE7" w14:textId="14AC3940" w:rsidR="00BC6254" w:rsidRPr="00BC6254" w:rsidRDefault="78401357" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> V</w:t>
-[...10 lines deleted...]
-        <w:r w:rsidRPr="009E12A3">
+        <w:t xml:space="preserve"> Vendor discounts are detailed in the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> table and the price files within each vendor's Master Blanket Purchase Order </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> table and the price files within each vendor's Master Blanket Purchase Order or Master Contract Record </w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Blanket Purchase Order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A76A16" w14:textId="55F6A994" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
+    <w:p w14:paraId="62A76A16" w14:textId="55F6A994" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="577004E7" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003066B4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="_Toc194066612"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc210986160"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>Emergency Services</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
-      <w:bookmarkEnd w:id="55"/>
-      <w:r w:rsidR="00FE1EB2" w:rsidRPr="0011288D">
+      <w:r w:rsidR="4DB5836F" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="00280EC3" w:rsidP="00280EC3">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="009E12A3">
+    <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="577004E7" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
-      <w:r w:rsidR="00497BD7">
+      <w:r w:rsidR="182F22CC" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="007A7E73">
+      <w:r w:rsidR="29D15D96" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
-      <w:r w:rsidR="00003B08">
+      <w:r w:rsidR="632107F5" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62" w:history="1">
-        <w:r w:rsidR="00003B08" w:rsidRPr="00003B08">
+      <w:hyperlink r:id="rId57">
+        <w:r w:rsidR="632107F5" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>801 CMR 21.05(3)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00003B08">
+      <w:r w:rsidR="632107F5" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63" w:history="1">
-        <w:r w:rsidRPr="009E12A3">
+      <w:hyperlink r:id="rId58">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
+    <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="6125599F" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00564A93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="_Toc194066614"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc210986161"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>Vendor Performance</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
-      <w:bookmarkEnd w:id="57"/>
     </w:p>
-    <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00F0752D">
+    <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="318C3FBE" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
-      <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
+      <w:r w:rsidR="2C5F8346" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="00A4423A">
+    <w:p w14:paraId="6EAD9AC7" w14:textId="14A308D9" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="6C845447" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A36AA5">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
-      <w:r w:rsidR="00387453">
+      <w:r w:rsidR="42495AAF" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64" w:history="1">
-        <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
+      <w:hyperlink r:id="rId59">
+        <w:r w:rsidR="42495AAF" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
-[...6 lines deleted...]
-      <w:r w:rsidR="00387453">
+      <w:r w:rsidR="42495AAF" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="257C61B0" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On the Procurated website, </w:t>
+      </w:r>
+      <w:r w:rsidR="1C04CB4F" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select a</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n Operational Services Division</w:t>
+      </w:r>
+      <w:r w:rsidR="1C04CB4F" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contract, c</w:t>
+      </w:r>
+      <w:r w:rsidR="622851D2" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hoose</w:t>
+      </w:r>
+      <w:r w:rsidR="1C04CB4F" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000C4CD8">
-[...27 lines deleted...]
-      <w:r w:rsidR="003F621F" w:rsidRPr="00E8347B">
+      <w:r w:rsidR="1C04CB4F" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Select</w:t>
       </w:r>
-      <w:r w:rsidR="003F621F">
+      <w:r w:rsidR="1C04CB4F" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00E8347B">
+      <w:r w:rsidR="12FE3416" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="006061C4">
+      <w:r w:rsidR="598F53CD" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>then c</w:t>
       </w:r>
-      <w:r w:rsidR="00BE76D0">
+      <w:r w:rsidR="622851D2" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hoose</w:t>
       </w:r>
-      <w:r w:rsidR="006061C4">
+      <w:r w:rsidR="598F53CD" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006061C4" w:rsidRPr="00E8347B">
+      <w:r w:rsidR="598F53CD" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide a Review</w:t>
       </w:r>
-      <w:r w:rsidR="006061C4">
+      <w:r w:rsidR="598F53CD" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
-      <w:r w:rsidR="00E8347B">
+      <w:r w:rsidR="12FE3416" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:r w:rsidR="00B94333">
+      <w:r w:rsidR="02E0D0FF" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>licable</w:t>
       </w:r>
-      <w:r w:rsidR="00E8347B">
+      <w:r w:rsidR="12FE3416" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vendor listed.</w:t>
       </w:r>
-      <w:r w:rsidR="00116495">
+      <w:r w:rsidR="0D3260A7" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F3CD7E" w14:textId="5EE5F57A" w:rsidR="0060320F" w:rsidRPr="009E12A3" w:rsidRDefault="0060320F" w:rsidP="00A4423A">
+    <w:p w14:paraId="12F3CD7E" w14:textId="5EE5F57A" w:rsidR="0060320F" w:rsidRPr="009E12A3" w:rsidRDefault="318E85CA" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers are encouraged to reach out to the </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
-      <w:r w:rsidR="007A04BB">
+      <w:r w:rsidR="1A6AF995" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if vendors are not meeting their contractual obligations and buyers may be surveyed for vendor performance feedback.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EEB944D" w14:textId="2C0339E6" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="00A4423A">
+    <w:p w14:paraId="7EEB944D" w14:textId="2C0339E6" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="4D01707D" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
-      <w:r w:rsidR="00EF1817" w:rsidRPr="009E12A3">
+      <w:r w:rsidR="4A9108B6" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be evaluated on their current performance and may be asked to work with the Commonwealth toward improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECCA573" w14:textId="1FFE7CB8" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00D86662" w:rsidP="00A4423A">
+    <w:p w14:paraId="2ECCA573" w14:textId="2ACA8FF7" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="5DF893CB" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E12A3">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="001123CE">
+      <w:r w:rsidR="732033F4" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> performance is unacceptable but </w:t>
       </w:r>
-      <w:r w:rsidR="008B4DE7">
+      <w:r w:rsidR="3F280651" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be corrected, the </w:t>
       </w:r>
-      <w:r w:rsidR="006F661A">
+      <w:r w:rsidR="53CDFC19" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be given the opportunity to develop and implement a </w:t>
       </w:r>
-      <w:r w:rsidR="00A11683">
+      <w:r w:rsidR="6E9DD2AD" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">orrective </w:t>
       </w:r>
-      <w:r w:rsidR="00A11683">
+      <w:r w:rsidR="6E9DD2AD" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ction </w:t>
       </w:r>
-      <w:r w:rsidR="00A11683">
+      <w:r w:rsidR="6E9DD2AD" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
-[...18 lines deleted...]
-        <w:t>, working collaboratively with OSD and the relevant purchasing entities.</w:t>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lan, working collaboratively with O</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>perational Services Division</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the relevant purchasing entities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2740164E" w14:textId="5D21A87A" w:rsidR="00291F79" w:rsidRPr="009E12A3" w:rsidRDefault="00291F79" w:rsidP="00A4423A">
+    <w:p w14:paraId="2740164E" w14:textId="733C56E8" w:rsidR="00291F79" w:rsidRPr="009E12A3" w:rsidRDefault="74A61690" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="001123CE">
+      <w:r w:rsidR="732033F4" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
-[...6 lines deleted...]
-      <w:r w:rsidR="00DD0432" w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> performance is inadequate or breaches the </w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>contract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terms, </w:t>
+      </w:r>
+      <w:r w:rsidR="7BDA888F" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">including attachments and agreements, </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the O</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>perational Services Division</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Category Manage</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> may issue a warning, implement a </w:t>
       </w:r>
-      <w:r w:rsidR="005E3B6E">
-[...11 lines deleted...]
-        <w:t>, or suspend/terminate the contract.</w:t>
+      <w:r w:rsidR="3B242DC6" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="6F14F954" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>orrective Action</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, suspend</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4948" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>terminate the contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA7FE22" w14:textId="44C5BAF5" w:rsidR="00D86662" w:rsidRDefault="00423FB0" w:rsidP="00A4423A">
+    <w:p w14:paraId="3CA7FE22" w14:textId="44C5BAF5" w:rsidR="00D86662" w:rsidRDefault="4D01707D" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
-      <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
+      <w:r w:rsidR="5722FCF4" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66ABE51A" w14:textId="4215C25D" w:rsidR="009D0E37" w:rsidRPr="009E12A3" w:rsidRDefault="009D0E37" w:rsidP="00A4423A">
+    <w:p w14:paraId="66ABE51A" w14:textId="4215C25D" w:rsidR="009D0E37" w:rsidRPr="009E12A3" w:rsidRDefault="00F72F8B" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D0E37">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendors on HSP45 must meet all contractual requirements throughout the life of the contract and are subject to an annual Business Review. Buyers and Contract Users are encouraged contact Category Managers if vendors are not meeting their contractual obligations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="122E7EE7" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="_Toc194066615"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc210986162"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>General Procurement Guidelines and Best Practices</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
+    </w:p>
+    <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="122E7EE7" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="508955D5" w14:textId="0B24950E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="122E7EE7" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Buyers should inform vendors to reference </w:t>
+      </w:r>
+      <w:r w:rsidR="59B54EF6" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Statewide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contract </w:t>
+      </w:r>
+      <w:r w:rsidR="00F72F8B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>HSP45</w:t>
+      </w:r>
+      <w:r w:rsidR="0F7E75F3" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009D0E37">
-[...4 lines deleted...]
-        <w:t>Buyers and Contract Users are encouraged contact Category Managers if vendors are not meeting their contractual obligations.</w:t>
+      <w:r w:rsidR="00F72F8B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Laboratory Supplies </w:t>
+      </w:r>
+      <w:r w:rsidR="7A9A8655" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00F72F8B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Equipment</w:t>
+      </w:r>
+      <w:r w:rsidR="00F72F8B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on all quotes and invoices.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="59"/>
+    <w:p w14:paraId="3FAEA744" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="122E7EE7" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No prepayment should be made for products not yet delivered or services not yet rendered.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
-[...11 lines deleted...]
-        <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
+    <w:p w14:paraId="2A53C235" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="122E7EE7" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No sales tax should be applied to invoices.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508955D5" w14:textId="2445C273" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00A4423A">
+    <w:p w14:paraId="6A4E314F" w14:textId="20268C39" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="122E7EE7" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No fees or surcharges </w:t>
+      </w:r>
+      <w:r w:rsidR="0ACBD25D" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">travel, fuel, </w:t>
+      </w:r>
+      <w:r w:rsidR="3D7D039C" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>delivery</w:t>
+      </w:r>
+      <w:r w:rsidR="6CC11590" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>should be applied to invoices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C69D88" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="122E7EE7" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Special order fees must be agreed upon by both parties upfront.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62965195" w14:textId="0D0009D2" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="122E7EE7" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Payments for products or services provided must be paid </w:t>
+      </w:r>
+      <w:r w:rsidR="2A9FF508" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>45 days per Massachusetts Bill Payment Policy, or sooner if applying Prompt Payment Discount.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC49F8A" w14:textId="1C77B909" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="122E7EE7" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Buyers are not required to sign additional agreements with vendors that conflict with the Request for Response</w:t>
+      </w:r>
+      <w:r w:rsidR="4DA41B8B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="48F2C8AA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="48F2C8AA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontact </w:t>
+      </w:r>
+      <w:r w:rsidR="69376835" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="7A52BEDB" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for gui</w:t>
+      </w:r>
+      <w:r w:rsidR="0A753FAD" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="012945E2" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="122E7EE7" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E12A3">
-[...31 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendors must notify buyers of product substitutions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18BD570A" w14:textId="37BC4942" w:rsidR="00BC5DEA" w:rsidRPr="002E2D42" w:rsidRDefault="1D013AF2" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="_Toc194066616"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc210986163"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Adding a Product</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidR="5E8C4338" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3FAEA744" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00A4423A">
-[...16 lines deleted...]
-        <w:t>No prepayment should be made for products not yet delivered or services not yet rendered.</w:t>
+    <w:p w14:paraId="51E847CD" w14:textId="3965994B" w:rsidR="009D0E37" w:rsidRDefault="00F72F8B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If a product cannot be found in the Vendor’s catalog, price sheet or PunchOut, it is recommended to contact the Vendor directly to inquire if it is available for purchase on this contract. If the product meets the scope of the product category, the Vendor may add it to their product offerings without approval of </w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the Operational Services Division.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A53C235" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00A4423A">
-[...18 lines deleted...]
-        <w:t>No sales tax should be applied to invoices.</w:t>
+    <w:p w14:paraId="571765ED" w14:textId="6803D9A9" w:rsidR="009D0E37" w:rsidRDefault="00F72F8B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Buyers should always reference HSP45 when contacting Vendors to ensure they are receiving contract pricing. Quotes should be awarded based on best value. The quoted and accepted net price remains in effect until the next update of the price list. These additionally quoted products can be ordered from the Vendor’s catalog using the line item “Additional items quoted by the vendor per the R</w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>equest for Response</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4E314F" w14:textId="3DE200C1" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00A4423A">
-[...358 lines deleted...]
-      <w:r w:rsidRPr="4BBAD23D">
+    <w:p w14:paraId="599689B4" w14:textId="28F2844D" w:rsidR="009D0E37" w:rsidRPr="009D0E37" w:rsidRDefault="00F72F8B" w:rsidP="59D64AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If the product is not listed in the scope of the product category, a Buyer may contact the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Contract_Summary_1">
-        <w:r w:rsidRPr="4BBAD23D">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Category Manager</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="4BBAD23D">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to inquire whether the product may be purchased.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287EE5A1" w14:textId="10242000" w:rsidR="00EF4D38" w:rsidRDefault="00EF4D38" w:rsidP="00633557">
+    <w:p w14:paraId="287EE5A1" w14:textId="2963996A" w:rsidR="00EF4D38" w:rsidRDefault="372213B6" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D40F23">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="_Toc194066618"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc210986164"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidR="7E8762AD" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and Services</w:t>
+      </w:r>
+      <w:r w:rsidR="19341AC4" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="62"/>
-      <w:r w:rsidR="00C73C16">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="706DBD11" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="007A04BB">
+    <w:p w14:paraId="706DBD11" w14:textId="78CED1DE" w:rsidR="007A04BB" w:rsidRDefault="1A6AF995" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...7 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="_Memorandum_of_Understanding"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc194066619"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>This contract provides environmentally preferable options wherever possible reusable options, options with reduced toxins, options that provide reduced fuel usage, or provide other environmental benefits. To find more sustainable laboratory supplies and equipment, request products that meet one or more of the following:   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CFB3408" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="00A4423A">
+    <w:p w14:paraId="3CFB3408" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="1A6AF995" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004B51BE">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">For Lab Supplies, has received the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65" w:history="1">
-        <w:r w:rsidRPr="004B51BE">
+      <w:hyperlink r:id="rId60">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>ACT label</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004B51BE">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, a third party verified label that focuses on consumables, chemicals, and equipment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C07DE51" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="00A4423A">
+    <w:p w14:paraId="0C07DE51" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="1A6AF995" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">For lab equipment, choose </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66" w:history="1">
-        <w:r w:rsidRPr="00046465">
+      <w:hyperlink r:id="rId61">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Energy Star</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> registered options. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E880E0" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="004B51BE" w:rsidRDefault="007A04BB" w:rsidP="00A4423A">
+    <w:p w14:paraId="24E880E0" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="004B51BE" w:rsidRDefault="1A6AF995" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Choose refrigeration with Climate Friendly Refrigeration options. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06A4D4BD" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="00A4423A">
+    <w:p w14:paraId="06A4D4BD" w14:textId="74B2F613" w:rsidR="007A04BB" w:rsidRDefault="1A6AF995" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Are </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67" w:tgtFrame="_blank" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId62">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Practice Green Health Approved</w:t>
         </w:r>
-      </w:hyperlink>
-[...8 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="22209851" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>,</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="22209851" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which means products meet their </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63">
+        <w:r w:rsidRPr="59D64AD4">
+          <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Standardized Healthcare Criteria</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C821572" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="00A4423A">
+    <w:p w14:paraId="7C821572" w14:textId="7D0008FE" w:rsidR="007A04BB" w:rsidRDefault="1A6AF995" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...13 lines deleted...]
-        <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">For Medical Products: Meet the standards established by  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>HealthCare Without Harm’s Safer Medical Products</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...24 lines deleted...]
-        <w:t> </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, meaning products do not contain polyvinyl chloride or diethylhexyl phthalate </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="257DBEDC" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="00A4423A">
+    <w:p w14:paraId="257DBEDC" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="1A6AF995" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">For Gloves: Meet the standards established by </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70" w:tgtFrame="_blank" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId65">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>HealthCare Without Harm’s Sustainable Glove Criteria</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640FCEEB" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="00A4423A">
+    <w:p w14:paraId="640FCEEB" w14:textId="1237B04C" w:rsidR="007A04BB" w:rsidRDefault="1A6AF995" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-        <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Are reusable</w:t>
+      </w:r>
+      <w:r w:rsidR="7527D3F3" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">see Practice Greenhealth and Healthcare Without Harm’s guidance </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66">
+        <w:r w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Transition from Single-Use Disposables to Reusables</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>for more information</w:t>
+      </w:r>
+      <w:r w:rsidR="3543C59B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D81F4C6" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="00A4423A">
+    <w:p w14:paraId="4D81F4C6" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="1A6AF995" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Are remanufactured, meaning that the product has been rebuilt or restored and required to meet all original equipment manufacturers’ requirements. Remanufactured products may offer significant savings while providing equivalent product form and function.    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D981CE2" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="007A04BB">
+    <w:p w14:paraId="0D981CE2" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="1A6AF995" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F98D27C" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="007A04BB">
+    <w:p w14:paraId="1F98D27C" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="1A6AF995" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Both non-profit organizations listed above work to make identification of sustainable products easier for healthcare product purchasers.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44CFA45B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="007A04BB">
+    <w:p w14:paraId="44CFA45B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CE11192" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="007A04BB">
+    <w:p w14:paraId="6CE11192" w14:textId="597FDEB8" w:rsidR="007A04BB" w:rsidRDefault="1A6AF995" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Learn More:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Explore the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72" w:tgtFrame="_blank" w:history="1">
-[...10 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Environmentally Preferable Products Procurement Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> and discover detailed guidance in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73" w:tgtFrame="_blank" w:history="1">
-[...10 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="3B648035" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>nvironmentally Preferable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Products and Services Guide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
+    <w:p w14:paraId="401E5311" w14:textId="41377226" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="62FB83D8" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="67" w:name="_Toc210986165"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="_Toc194066620"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc210986165"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Instructions for</w:t>
+      </w:r>
+      <w:r w:rsidR="3EF47EA5" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="67" w:name="_Hlk218698321"/>
+      <w:r w:rsidR="3EF47EA5" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Massachusetts Management Accounting and Reporting System</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidR="3EF47EA5" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Users</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="65"/>
-      <w:r w:rsidRPr="003066B4">
-[...10 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="66"/>
-      <w:bookmarkEnd w:id="67"/>
     </w:p>
-    <w:p w14:paraId="25E426BD" w14:textId="586E0188" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="007A04BB">
+    <w:p w14:paraId="25E426BD" w14:textId="7FD12298" w:rsidR="00266475" w:rsidRDefault="76DFFDA8" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When placing orders with a contractor, </w:t>
       </w:r>
-      <w:r w:rsidR="00BD68D3" w:rsidRPr="00E006A5">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="708648AA" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MMARS</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t>Massachusetts Management Accounting and Reporting System</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> users </w:t>
       </w:r>
-      <w:r w:rsidRPr="00075074">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F493B">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> include a reference to the Statewide Contract ID number </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007A04BB" w:rsidRPr="00DD3041">
+        <w:t xml:space="preserve"> include a reference to the Statewide Contract I</w:t>
+      </w:r>
+      <w:r w:rsidR="7C58BCFE" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dentification</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> number </w:t>
+      </w:r>
+      <w:r w:rsidR="1A6AF995" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>HSP45</w:t>
+      </w:r>
+      <w:r w:rsidR="3FB48D90" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="1A6AF995" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Laboratory, Supplies </w:t>
+      </w:r>
+      <w:r w:rsidR="7A9A8655" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="1A6AF995" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Equipment</w:t>
+      </w:r>
+      <w:r w:rsidR="1A6AF995" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F493B">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>in the Agreement ID field in MMARS for encumbrances related to purchases from Statewide Contracts.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t>in the Agreement I</w:t>
+      </w:r>
+      <w:r w:rsidR="79DB1A54" w:rsidRPr="59D64AD4">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>dentification</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> field in </w:t>
+      </w:r>
+      <w:r w:rsidR="6D360E77" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="1DE58C72" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Massachusetts Management Accounting and Reporting System</w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for encumbrances related to purchases from Statewide Contracts. </w:t>
       </w:r>
       <w:bookmarkStart w:id="68" w:name="_Contract_Summary"/>
       <w:bookmarkStart w:id="69" w:name="_Who_Can_Use_2"/>
       <w:bookmarkStart w:id="70" w:name="_Find_Bid/Contract_Documents"/>
       <w:bookmarkStart w:id="71" w:name="_Who_Can_Use_3"/>
       <w:bookmarkStart w:id="72" w:name="_Contract_Categories_3"/>
       <w:bookmarkStart w:id="73" w:name="_Additional_Information/FAQs_3"/>
       <w:bookmarkStart w:id="74" w:name="_Frequently_Purchased_Items"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
-      <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
-[...6 lines deleted...]
-      <w:r w:rsidR="00376AED">
+      <w:r w:rsidR="06F3EE9E" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please address all inquiries regarding </w:t>
+      </w:r>
+      <w:r w:rsidR="708648AA" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Massachusetts Management Accounting and Reporting System </w:t>
+      </w:r>
+      <w:r w:rsidR="06F3EE9E" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">technical support and job aids </w:t>
+      </w:r>
+      <w:r w:rsidR="25E166DB" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by emailing </w:t>
+      </w:r>
+      <w:r w:rsidR="7E43CEA3" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="0B4465B0" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00376AED" w:rsidRPr="00E006A5">
-[...37 lines deleted...]
-        <w:r w:rsidR="003764F5">
+      <w:hyperlink r:id="rId67">
+        <w:r w:rsidR="7E43CEA3" w:rsidRPr="59D64AD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A63214">
+      <w:r w:rsidR="688A38AE" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00417EA8">
+      <w:r w:rsidR="0B4465B0" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="00E9505D">
+      <w:r w:rsidR="1AC7810C" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="003764F5">
+      <w:r w:rsidR="7E43CEA3" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> calling</w:t>
       </w:r>
-      <w:r w:rsidR="00E9505D">
+      <w:r w:rsidR="1AC7810C" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00417EA8" w:rsidRPr="00D27BA2">
-[...13 lines deleted...]
-      <w:r w:rsidR="00A63214">
+      <w:r w:rsidR="0B4465B0" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>617-973-2468.</w:t>
+      </w:r>
+      <w:r w:rsidR="688A38AE" w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="128695D4" w14:textId="1B257CA0" w:rsidR="007A04BB" w:rsidRPr="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="007A04BB">
+    <w:p w14:paraId="128695D4" w14:textId="1B257CA0" w:rsidR="007A04BB" w:rsidRPr="007A04BB" w:rsidRDefault="1A6AF995" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="75" w:name="_Toc210986166"/>
-      <w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>Geographical Service Area</w:t>
       </w:r>
       <w:bookmarkEnd w:id="75"/>
     </w:p>
-    <w:p w14:paraId="502EAE78" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRDefault="007A04BB" w:rsidP="007A04BB">
+    <w:p w14:paraId="71C99DDE" w14:textId="5D69C542" w:rsidR="007A04BB" w:rsidRPr="00D00966" w:rsidRDefault="1A6AF995" w:rsidP="59D64AD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-      </w:pPr>
-[...22 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId75"/>
+        <w:sectPr w:rsidR="007A04BB" w:rsidRPr="00D00966" w:rsidSect="003E7DC2">
+          <w:footerReference w:type="first" r:id="rId68"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contractors will be able to provide the requested service</w:t>
+      </w:r>
+      <w:r w:rsidR="5012391B" w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59D64AD4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>throughout the Commonwealth.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="66F6F6D9" w14:textId="572D18D1" w:rsidR="00E51057" w:rsidRPr="00ED150D" w:rsidRDefault="00E51057" w:rsidP="00633557">
+    <w:p w14:paraId="7D00974A" w14:textId="77777777" w:rsidR="00D00966" w:rsidRDefault="00D00966" w:rsidP="1787EF3D"/>
+    <w:p w14:paraId="66F6F6D9" w14:textId="572D18D1" w:rsidR="00E51057" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:u w:val="double"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="76" w:name="_Appendix_A:_Vendor"/>
       <w:bookmarkStart w:id="77" w:name="_Vendor_Specific_Information"/>
       <w:bookmarkStart w:id="78" w:name="_Vendor_Information*"/>
       <w:bookmarkStart w:id="79" w:name="_Vendor_List_and"/>
       <w:bookmarkStart w:id="80" w:name="_Appendix_A:_1"/>
-      <w:bookmarkStart w:id="81" w:name="_Toc194066623"/>
-      <w:bookmarkStart w:id="82" w:name="_Toc210986167"/>
+      <w:bookmarkStart w:id="81" w:name="_Vendor_List_and_1"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc194066623"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc210986167"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
       <w:r w:rsidRPr="00ED150D">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="83"/>
       <w:r w:rsidRPr="00B142B5">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="33B5D672" w14:textId="77777777" w:rsidR="00D00966" w:rsidRPr="00D00966" w:rsidRDefault="00D00966" w:rsidP="00D00966"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-1175" w:type="dxa"/>
+        <w:tblW w:w="15457" w:type="dxa"/>
+        <w:tblInd w:w="-370" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vendor Information Table"/>
         <w:tblDescription w:val="This table includes the following column headings and information: vendor name, Master Blanket Purchase Order Number, MMARS Vendor Code, MMARS Vendor Line, Contact Person, Phone number, Email, Categories, Regions, Discounts (PPD, Dock Delivery, Other), MBE, WMBE, WBE, Vetran status, Minimum Order, and list of any other imporatant items.  "/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1530"/>
-        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="1680"/>
+        <w:gridCol w:w="1200"/>
         <w:gridCol w:w="1080"/>
-        <w:gridCol w:w="1710"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="1400"/>
+        <w:gridCol w:w="1245"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="1672"/>
+        <w:gridCol w:w="1170"/>
+        <w:gridCol w:w="1901"/>
+        <w:gridCol w:w="236"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="1AF259EB" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="2696D620" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="1080"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="384C32FD" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="04468FE5" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:bookmarkStart w:id="84" w:name="RANGE!D1:M35"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Vendor</w:t>
             </w:r>
+            <w:bookmarkEnd w:id="84"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E4CE235" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="220B00F6" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...12 lines deleted...]
-              <w:t>Purchase Order #</w:t>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Master Blanket Purchase Order Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="468F0457" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1B309CC2" w14:textId="1F1AEE96" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...2 lines deleted...]
-              <w:t>COMMBUYS PunchOut (last five of MBPO)</w:t>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>COMMBUYS Punchout.         last five of Master Blanket Purchase Order</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77A64575" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="32FA8B94" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Contact Person</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40C3A120" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="50C98315" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...2 lines deleted...]
-              <w:t>Phone #</w:t>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C0919C6" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="5DB6A00F" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="742E8FE7" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="42273AB6" w14:textId="6363C947" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">PPD / Days </w:t>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prompt Pay Discount Days </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39537BFE" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="76043B18" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...2 lines deleted...]
-              <w:t>SDO Certification Type</w:t>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Supplier Diversity Certification Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52C8887A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1B5C05E7" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...2 lines deleted...]
-              <w:t>SDP Commitment Percentage</w:t>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Supplier Diversity Program Alignment Percentage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72289BEA" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="345B1DE6" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Awarded Categories</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="53AF0783" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="38E5B82C" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="376"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="730"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E70543A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="03A14DBD" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...68 lines deleted...]
-            <w:bookmarkEnd w:id="83"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Master Contract Record</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65D16583" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="5E300368" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...320 lines deleted...]
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-28982</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="487645F5" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="72FF8C03" w14:textId="5E5F9A0B" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>N/A</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47C74D3A" w14:textId="4E3DDA2C" w:rsidR="75621D6A" w:rsidRDefault="75621D6A" w:rsidP="75621D6A">
+          <w:p w14:paraId="3F007393" w14:textId="7A9FCEF0" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="54824A02" w:rsidP="62471743">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75621D6A">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidRPr="62471743">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Sonia Castro</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="610B8DF1" w14:textId="1FDA5B3B" w:rsidR="75621D6A" w:rsidRDefault="75621D6A" w:rsidP="75621D6A">
+          <w:p w14:paraId="165538B0" w14:textId="3746CACD" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="54824A02" w:rsidP="62471743">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75621D6A">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidRPr="62471743">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Tina Sang</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="50AB4A1F" w14:textId="3B7B05B3" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="62471743">
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="right"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6122550A" w14:textId="3668551D" w:rsidR="75621D6A" w:rsidRDefault="75621D6A" w:rsidP="75621D6A">
+          <w:p w14:paraId="56476AFE" w14:textId="4B6BFDC6" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75621D6A">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
-[...16 lines deleted...]
-              <w:t>617-359-7287</w:t>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>617-359</w:t>
+            </w:r>
+            <w:r w:rsidR="72F792F1" w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7271  </w:t>
+            </w:r>
+            <w:r w:rsidR="51184AF5" w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>17-359-7287</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10FEDF74" w14:textId="0697FD15" w:rsidR="75621D6A" w:rsidRDefault="75621D6A" w:rsidP="75621D6A">
+          <w:p w14:paraId="0CE0630D" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="62471743">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75621D6A">
-[...28 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId70">
+              <w:r w:rsidRPr="62471743">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="12"/>
+                  <w:szCs w:val="12"/>
+                </w:rPr>
+                <w:t>Sonia Castro                                                          Tina Sang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="445389CC" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="174495DC" w14:textId="71120DDD" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>N/A</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53DA1F1D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3D35CBE0" w14:textId="27CF05D8" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>N/A</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71E88ABA" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="53DB17A2" w14:textId="58980649" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>N/A</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="011EF0B1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="172671BA" w14:textId="7C82D009" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>N/A</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="4EF603BE" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="0C0EE44F" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="346"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1582B023" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="5FD75463" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>AB Sciex</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Master Contract Record for $50K+ Purchases</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51ABFBA1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="62CD4316" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId77">
-              <w:r w:rsidRPr="7A66A3F8">
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27918</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DE12791" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="77939D1F" w14:textId="6D239F87" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>No</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51B7C030" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="72F478C5" w14:textId="7A9FCEF0" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="4A29E95C" w:rsidP="62471743">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Erik Schranz</w:t>
+            <w:r w:rsidRPr="62471743">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Sonia Castro</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="1154DB77" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1C1F5580" w14:textId="3746CACD" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="4A29E95C" w:rsidP="62471743">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="62471743">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Tina Sang</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74FFB14F" w14:textId="408EF613" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="62471743">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F741887" w14:textId="4DA4F0FC" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="75621D6A">
+          <w:p w14:paraId="10421811" w14:textId="2DD1F7F5" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...3 lines deleted...]
-                <w:u w:val="single"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId78">
-[...51 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="62471743">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">617-359-7271 </w:t>
+            </w:r>
+            <w:r w:rsidR="4BF668BF" w:rsidRPr="62471743">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="62471743">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 617-359-7287</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23DDEB01" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="52A1FB19" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="62471743">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...6 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId72">
+              <w:r w:rsidRPr="62471743">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="12"/>
+                  <w:szCs w:val="12"/>
+                </w:rPr>
+                <w:t>Sonia Castro                                                          Tina Sang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="138D57DD" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="2B2ACD64" w14:textId="562191C3" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30706C3D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="241650F8" w14:textId="743A422D" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>1%</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63F5276A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="072CF331" w14:textId="386ABB1B" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...34 lines deleted...]
-              <w:t>Agilent</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B59AB50" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="627A6202" w14:textId="11863C08" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="2AC9CE62" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="1020"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32596EA9" w14:textId="2A63167F" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Solicitation Enabled</w:t>
+            </w:r>
+            <w:r w:rsidR="4A966091" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>incl 50k+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF71992" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-28035</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A0E0530" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="419CB727" w14:textId="32F36CBF" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>No</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46E9D648" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="797D75D9" w14:textId="7A9FCEF0" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="2A257B0E" w:rsidP="62471743">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Lindsay Willett</w:t>
+            <w:r w:rsidRPr="62471743">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Sonia Castro</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="13CE6BD0" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1E8107F0" w14:textId="3746CACD" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="2A257B0E" w:rsidP="62471743">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>302-636-8357</w:t>
+            <w:r w:rsidRPr="62471743">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Tina Sang</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="710AD45D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="342B2717" w14:textId="27CB08D5" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="62471743">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...64 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60EE1E38" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="7687619D" w14:textId="23669F62" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>5.60%</w:t>
+            <w:r w:rsidRPr="62471743">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">617-359-7271  </w:t>
+            </w:r>
+            <w:r w:rsidR="4128F738" w:rsidRPr="62471743">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="62471743">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>617-359-7287</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A0A2ED3" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="42B8B015" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="62471743">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...35 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId74">
+              <w:r w:rsidRPr="62471743">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="12"/>
+                  <w:szCs w:val="12"/>
+                </w:rPr>
+                <w:t>Sonia Castro                                                          Tina Sang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FB6254F" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="4247ECC5" w14:textId="371E51BB" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C5324EB" w14:textId="0AC04639" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CBC4606" w14:textId="436DBC7F" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD761A5" w14:textId="665CA4B4" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="13867171" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOT APPLICABLE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="4B762E1B" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AFF5E78" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>AB Sciex</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51D7E567" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27928</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39C23878" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="62888904" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>TBA</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AFD154E" w14:textId="75E86DE7" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="753D8DE6" w:rsidP="75621D6A">
+          <w:p w14:paraId="2AFD4E2C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="62471743">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="62471743">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
-[...10 lines deleted...]
-              <w:t>Lestina Crockett</w:t>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Erik Schranz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A2736A5" w14:textId="442AE50E" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="2FD7F8EC" w:rsidP="75621D6A">
+          <w:p w14:paraId="52ACC127" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75621D6A">
-[...5 lines deleted...]
-              <w:t>800-224-6723</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D67FB3C" w14:textId="06910488" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="2FD7F8EC" w:rsidP="75621D6A">
+          <w:p w14:paraId="487AE6D6" w14:textId="62600947" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75621D6A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
-[...2 lines deleted...]
-              <w:t>lestina_crockett@bio-rad.com</w:t>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>erik.schranz@sciex.com</w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>terms.review@sciex.com</w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="391DF57A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="2DF66846" w14:textId="648B87F6" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>None</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+            <w:r w:rsidR="06D7C017" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D5F2A80" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="610B18AC" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56EE60E4" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="01BE7720" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1207F65A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="02ECA4AD" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>1; 4; and 7</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="38F34FE7" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="2A0D3067" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="346"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="770"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D57F454" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0FD3A78F" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Fisher Scientific</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Agilent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62453ACB" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="45CFDE68" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27932</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14ED5664" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="5294243B" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="183ECD38" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="62471743">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="62471743">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Lindsay Willett</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C539265" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>302-636-8357</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D23F73E" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lindsay.willett@agilent.com </w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17D0FB77" w14:textId="5F69551E" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="496EA2C4" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>5%</w:t>
+            </w:r>
+            <w:r w:rsidR="048D3ABA" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
+            </w:r>
+            <w:r w:rsidR="27AC0E55" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4%</w:t>
+            </w:r>
+            <w:r w:rsidR="5E0FDE76" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>15 Days</w:t>
+            </w:r>
+            <w:r w:rsidR="29A9C7D7" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3%</w:t>
+            </w:r>
+            <w:r w:rsidR="2396E4BE" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>20 Days</w:t>
+            </w:r>
+            <w:r w:rsidR="20FBE01C" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>3%</w:t>
+            </w:r>
+            <w:r w:rsidR="6425B63C" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>30 Days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="474BB41C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E4972A2" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>5.60%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22BF903D" w14:textId="50C7EFD5" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="799319E1" w:rsidP="32F336B4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="2D71E108" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5706BAC1" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Bio-Rad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38376810" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>COMMBUYS - Master Blanket</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40A00182" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5566ADF2" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Aron Gyuris</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F2BEEF5" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>734 492-6628</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="337B293C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>aron_gyuris@bio-rad.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16E9C2C8" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20E24049" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22C8EAE4" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10E7F36A" w14:textId="15F08B4F" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="5EB9978C" w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+            <w:r w:rsidR="7DB7D9AF" w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="00FF8D29" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="860"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04D2BA3D" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Cayman Chemical</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="233F70D5" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>COMMBUYS - Master Blanket</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53D85778" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA08A5C" w14:textId="5CB6863D" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Rikki Walter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02E8B741" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>734-975-3820</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34CAE532" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">rwalter@caymanchem.com </w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66C78BED" w14:textId="2EBB2E5F" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="59D64AD4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>2%</w:t>
+            </w:r>
+            <w:r w:rsidR="5E2B81B7" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="5F0B2F15" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Days</w:t>
+            </w:r>
+            <w:r w:rsidR="2B654847" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2%</w:t>
+            </w:r>
+            <w:r w:rsidR="65C7BA77" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>15 Days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="104FEEFF" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="659075B1" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71FFE4F5" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="749A0677" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66D6FEA3" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Fisher Scientific</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60F39B84" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>COMMBUYS - Master Blanket</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA1F642" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>27946</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7017E93B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="6C7143FA" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Samantha Farrar</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Will Thomas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="605B7165" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="5049AD5A" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:tabs>
-[...8 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>864-386-1141</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F1A1E5D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="358C4650" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="0000FF"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="0000FF"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>samantha.farrar@thermofisher.com</w:t>
+              <w:t>william.thomas@thermofisher.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="180B9421" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="61724520" w14:textId="0F8B40EE" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="59D64AD4">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>1%/10 Days</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+            <w:r w:rsidR="417E9095" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F3E6E43" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="77D2C333" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6918C3A0" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="6B976EEA" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7615AF4F" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="2B86FCB9" w14:textId="2D9C6058" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="4E5181BE" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>ALL; 1-9</w:t>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="2997208E" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="4D609D20" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="602"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="694D2177" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="53F70B73" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Government Scientific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F09B62F" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="477F1D4F" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27859</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="429F0EC1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="72943411" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>27948</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B05C83E" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3A9E5E3F" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Cynthia King</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57DFF353" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="68926A48" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>703-880-5003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45869A48" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="54042C5D" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>Sales-b@govsci.com</w:t>
+                <w:t xml:space="preserve">Sales-b@govsci.com </w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00F505BB">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57D9A1E8" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3F26CE51" w14:textId="7F0C3E69" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="59D64AD4">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>0.5%/10 Days</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>0.5%</w:t>
+            </w:r>
+            <w:r w:rsidR="7CD4DE38" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="532534BF" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="4EC5CDCB" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="556559B4" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1574D2D2" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C2F31D2" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3DC86F3F" w14:textId="7D38B1D0" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="0EED3EDE" w:rsidP="32F336B4">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="3F79C221" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="742D45C1" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="662"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25C8A434" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0E78BB48" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
               <w:t>IDEXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D5036B6" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="48B566CA" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27878</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="294F9319" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="72351E9C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CCAFBA6" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="7AE42E98" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Jamie Brunelle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4224F9C7" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1EDC7B07" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>207-556-3091</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F8F257B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0B686E20" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>jamie-brunelle@idexx.com</w:t>
+                <w:t xml:space="preserve">jamie-brunelle@idexx.com </w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00F505BB">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="519D9F86" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="4055660A" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26FDA83B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="2738721D" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C2B9D06" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3B7E8C44" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6033D4DB" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="00D7DC5B" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>1; and 7</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1, 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="4C120C3D" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="7C829FAC" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="390"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D194D65" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="07D9EDE3" w14:textId="5729A5ED" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Lipomed</w:t>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Immunalysis</w:t>
+            </w:r>
+            <w:r w:rsidR="26F0B860" w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Alere</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EBAFAA1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="4E87C45A" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27870</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="362DAB49" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="498494F3" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1110DD39" w14:textId="68CCADBF" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="19F02F1D" w:rsidP="75621D6A">
+          <w:p w14:paraId="7E530976" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75621D6A">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Don Ackerman </w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Kimberly Thompson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F03950B" w14:textId="74B6D88A" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="46CB756F" w:rsidP="75621D6A">
+          <w:p w14:paraId="529EF63E" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75621D6A">
-[...14 lines deleted...]
-              <w:t>603-461-9935</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>909-525-2048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25DBF3A5" w14:textId="531ECBAF" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="6008A940" w:rsidP="75621D6A">
+          <w:p w14:paraId="37598476" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...6 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId91">
-              <w:r w:rsidRPr="75621D6A">
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>Don.Ackerman@LGCGroup.com</w:t>
+                <w:t xml:space="preserve">Kimberly.mccall@abbott.com </w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...25 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="725AE98C" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="003B77D7" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...37 lines deleted...]
-              <w:t>and 2%/20 Days</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D353869" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="047125D6" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DC1D914" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="03C53519" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>7%</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50B1B24D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3F92C454" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>2; and 5</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="5841228C" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="38E144EB" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="346"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B6C58F3" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3A348EC8" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>LumiQuick</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Lipomed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="369D457C" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0D566DE5" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27876</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A7F6C67" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="47C2987F" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="156E9AC4" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0F6123B8" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Talita Franco</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Don Ackerman </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F340188" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1CA40CAF" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>408-855-0061 x106</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>603-461-9935</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="192B9E51" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="5C8749F3" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>sales@lumiquick.com</w:t>
+                <w:t>Don.Ackerman@LGCGroup.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00F505BB">
-[...30 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39655015" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="4D2CC7D8" w14:textId="069168B8" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...69 lines deleted...]
-              <w:t>and 1%/30 Days.</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>5%</w:t>
+            </w:r>
+            <w:r w:rsidR="5C36B381" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
+            </w:r>
+            <w:r w:rsidR="004D30D9">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4%</w:t>
+            </w:r>
+            <w:r w:rsidR="4FCA7DD4" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>15 Days</w:t>
+            </w:r>
+            <w:r w:rsidR="004D30D9">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>2%</w:t>
+            </w:r>
+            <w:r w:rsidR="5445E2C9" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>20 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F711818" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="49FB77C5" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10B636A0" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="4F2E9349" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>1%</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="395A4CCD" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="48D545BD" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>2, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="72E4C30B" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="08706944" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="251"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="770"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55D7390A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="351DBC5F" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...26 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>LumiQuick</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61C47354" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="50D0498C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27872</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48893914" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="61A2732C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30294DBB" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Talita Franco</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B97C43E" w14:textId="2A6F7F2C" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">408-855-0061 </w:t>
+            </w:r>
+            <w:r w:rsidR="384C56F6" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Extension </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48505909" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sales@lumiquick.com  tfranco@lumiquick.com </w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D74984B" w14:textId="2FC03EF7" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>3%</w:t>
+            </w:r>
+            <w:r w:rsidR="2517F5F9" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
+            </w:r>
+            <w:r w:rsidR="004D30D9">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>2%</w:t>
+            </w:r>
+            <w:r w:rsidR="706D8F62" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>15 Days</w:t>
+            </w:r>
+            <w:r w:rsidR="004D30D9">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1.5%</w:t>
+            </w:r>
+            <w:r w:rsidR="65F77701" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>20 Days</w:t>
+            </w:r>
+            <w:r w:rsidR="004D30D9">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+            <w:r w:rsidR="73A546F4" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>30 Days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D034FEA" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="531D6F3E" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B416FF2" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="0EB29E99" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="1260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B82FAB7" w14:textId="251442E3" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>McKesson Medical-Surgical Government Solutions LLC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD93458" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>COMMBUYS - Master Blanket</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09B9E319" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>27952</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="535F8CC1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3B49E25E" w14:textId="342A0939" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="4FAC60F0" w:rsidP="2D31F00A">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Zack Newsome</w:t>
+            <w:r w:rsidRPr="2D31F00A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Rob Thomas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13A7B5D0" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1C7DF10A" w14:textId="26C06B8F" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="4FAC60F0" w:rsidP="2D31F00A">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>904-790-9210</w:t>
+            <w:r w:rsidRPr="2D31F00A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>330-518-1350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23F69D0B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="2694CBA6" w14:textId="3614AD68" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="4FAC60F0" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId97">
-[...36 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="2D31F00A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>robert.thomas@mckesson.com</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05150B1A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="35556FEE" w14:textId="2189D8E4" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="59D64AD4">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>1%/10 Days</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+            <w:r w:rsidR="623A256E" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1357A3B0" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="29B3C206" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="242F561B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="70271B5F" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47070201" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="2751F862" w14:textId="5456F47F" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>1-4; 6; and 8</w:t>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
+            </w:r>
+            <w:r w:rsidR="5EC88CB3" w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6 and 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="4701544E" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="401E15C8" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="251"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="860"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D1B5F4D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="757B02A2" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Medline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E23F2CD" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0B2103C1" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27861</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3426768B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0C99C32E" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>30252</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="429E84B1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="01E17ACE" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Elizabeth Gordon</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Christy Plotz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56555E1B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="4230E210" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>847-949-2696</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>847-643-3672</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2408098D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="685D669D" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...8 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>cplotz@medline.com</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63633499" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="62368DF8" w14:textId="1547E48B" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="59D64AD4">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>1%/10 Days</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+            <w:r w:rsidR="49B44C05" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FE5AB45" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="61F14360" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58E8602A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="7FB2A35F" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65BE0CE3" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="03326A21" w14:textId="4AA817D5" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7F4503E7" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>ALL: 1-9</w:t>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="7E3D3A87" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="5D620B7F" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="548"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="840"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="190C0722" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="5D36706D" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Myers Construction Materials Testing</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Medzah</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D7A722C" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0C83DD1E" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27929</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D7B057B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="39C6815F" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="538E377E" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0F5DD934" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Jeff Clouatre</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Patrick Lacasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11F3C7A0" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1E626281" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>888-293-2121</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>860-840-3994</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="503DF959" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3F69B4B2" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...8 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">patrick@medzah.com </w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7493BC52" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="5545F597" w14:textId="2E54EF29" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="1808791F" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>None</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+            <w:r w:rsidR="796DC476" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 Days, 1%/15 Days </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62AC92B1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="77EB9564" w14:textId="2E774DAE" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Minority Business Enterprise</w:t>
+            </w:r>
+            <w:r w:rsidR="2E6D73C7" w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Supplier Diversity Office</w:t>
+            </w:r>
+            <w:r w:rsidR="66B14347" w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>State of Massachusetts</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="118488B7" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="23CF20FB" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="247D83FD" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="5C30F634" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="6D597794" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="7DF6D37F" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="548"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DFB4109" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="155FE27A" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Qiagen</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Myers Construction Materials Testing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AFAB0A3" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1A8025E9" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-28034</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E574A28" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="413B08FA" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>TBA</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75C4E4ED" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="10D4348B" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Amber McManus</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Jeff Clouatre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D8F56CE" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="37F0642E" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>302-423-4742</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>888-293-2121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F01D64F" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1C400E95" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="0000FF"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="0000FF"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>amber.mcmanus@qiagen.com</w:t>
+              <w:t>jclouatre@myerstest.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24875464" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="607C23BF" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76BD42F0" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="15744A61" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55BDDD62" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="2956259C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FE2DD87" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="68ED9841" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>3-5; and 7</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="126414B3" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="5EE4FF43" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="346"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C4D6C91" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="011C9FD5" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Safety Inc.</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Promega</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="614ABDA2" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="422C690C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27873</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B59CA38" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3CC6D3D1" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EAF7C12" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="32B8D1CB" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>June Cross</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Rachel Frieders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D377B14" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="77551C8E" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>978-532-7330</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5479A57A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="17355C30" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>june@esafetyinc.com</w:t>
+                <w:t xml:space="preserve">Rachel.frieders@promega.com </w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00F505BB">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59CE12DC" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="751E66CA" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>2%/30 Days</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51B65E15" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="2A5A4CEB" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C443580" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="65459ED2" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FC56297" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3AEADB1F" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>4 and 8</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="23F3E714" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="378A8672" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="224"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="247AC257" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1221A6BA" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...6 lines deleted...]
-              <w:t>School Specialty (Frey)</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Qiagen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="147E36A2" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3005EAF0" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27874</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4902B314" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="6E12C9F5" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>TBA</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="079CD206" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="61DAB4DD" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Jim Curtis</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Amber McManus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2631D5CC" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1E595BAD" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>508-769-2675</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>302-423-4742</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60E3ADA0" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="651ECA12" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="0000FF"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>amber.mcmanus@qiagen.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1988CE03" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="693B06A7" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>1%/10 Days</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3053F85F" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="187B2703" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="206C1F98" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="4794589C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F04BDD8" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="21182D31" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 9</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>3-5, and 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="6DCF057B" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="13B6BF08" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="224"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EF4BB69" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="58548E7E" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Steri-Tech Medical Innovations</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Safety Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DC6A07B" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3EEB51C3" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27858</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="780779C1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="64AC8572" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>TBA</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51D6D0AE" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="49885DED" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Elias Kassouf</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>June Cross</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39108EE2" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0F881C13" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>987-677-7887</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>978-532-7330</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B464E9D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="73A9C99C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...36 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">june@esafetyinc.com </w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13DB651E" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="53A8552A" w14:textId="069BA0C8" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="59D64AD4">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...37 lines deleted...]
-              <w:t>1%/20 Days; and 0.5%/30 Days</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>2%</w:t>
+            </w:r>
+            <w:r w:rsidR="340683ED" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>30 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="685D79C5" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="7BD810E2" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>SDVOSB, VBE, MBE, DOBE, and SBPP</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65157346" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="2B0CAC22" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...6 lines deleted...]
-              <w:t>3%</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02F4362D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="20345BE9" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>1-9</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>4,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A04BB" w:rsidRPr="00F505BB" w14:paraId="0DC64E9C" w14:textId="77777777" w:rsidTr="5CD305FB">
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="45DEB497" w14:textId="77777777" w:rsidTr="59D64AD4">
         <w:trPr>
-          <w:trHeight w:val="346"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
+          <w:trHeight w:val="509"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A12352D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="64CB5106" w14:textId="5A499BD5" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Thomas Scientific</w:t>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>School Specialty</w:t>
+            </w:r>
+            <w:r w:rsidR="2CFB4082" w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Frey</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="678EC2B5" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="66F03915" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27930</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AD07EE8" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="28CAB5AB" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03A82F33" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jim Curtis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66277557" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>508-769-2675</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12CD8531" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">james.curtis@schoolspecialty.com </w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="717B6291" w14:textId="18B68EAC" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="59D64AD4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+            <w:r w:rsidR="76A8D398" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2581569A" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE42A95" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="654291C2" w14:textId="3329B5E8" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="73B568C6" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1-</w:t>
+            </w:r>
+            <w:r w:rsidR="44594E51" w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="31F25F59" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="200"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC2DB07" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D594AAC" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75928BFC" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12114B25" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7C8303" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FBAE941" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="109309F4" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73F196FA" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1639DDA6" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44F8E147" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE72E92" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="35249803" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="200"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4097AC" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B07801E" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49CAE88C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0848210C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52288933" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78243A12" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20D4CEDC" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F108D63" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="590CE308" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6EA277" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="555B9309" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D30D9" w:rsidRPr="00754359" w14:paraId="74D9676E" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="200"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57E87977" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C88A3EC" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71055878" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="751FD539" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6143DF9F" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03E6B09B" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4411D59E" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3CE7C9" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A94FE9B" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70F8726C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="064A8B94" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="415C2FB0" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="1078"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5361EFC7" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Steri-Tech Medical Innovations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F389934" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>COMMBUYS - Master Blanket</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="695A6004" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B226AAB" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Giovanna Mills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02630D93" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>978-677-7887</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0C5FA6" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>gia@steritechus.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBE3354" w14:textId="232393BC" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>2%</w:t>
+            </w:r>
+            <w:r w:rsidR="37FE104D" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
+            </w:r>
+            <w:r w:rsidR="004D30D9">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1.5%</w:t>
+            </w:r>
+            <w:r w:rsidR="1D6C6AD2" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>15 Days</w:t>
+            </w:r>
+            <w:r w:rsidR="004D30D9">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+            <w:r w:rsidR="6927696C" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 Days </w:t>
+            </w:r>
+            <w:r w:rsidR="004D30D9">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0.5%</w:t>
+            </w:r>
+            <w:r w:rsidR="7C045FDA" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>30 Days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71C40E0E" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Service-Disabled Veteran-Owned Business Enterprise, Veteran Business Enterprise, Minority Business Enterprise, Disability-Owned Business Enterprises, Small Business Purchasing Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="095C288C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>3%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8C4745" w14:textId="6813447A" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="086D8867" w:rsidP="32F336B4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1-9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3396F5B0" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="7F377090" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="089E491C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Thomas Scientific</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B67664D" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>COMMBUYS - Master Blanket</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08CC7B7B" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>32045</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BA16C5C" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="27A9D98E" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...14 lines deleted...]
-              <w:t>Matt Kusiak</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Amy Debroczy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AC6FCC8" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3A0BD515" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>763-620-8865</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>508-439-9694</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EDC6C0F" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="72FA5ED1" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId109">
-[...16 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...60 lines deleted...]
-            </w:pPr>
+              <w:t>amy.debroczy@thomassci.com</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36285FCD" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0A14701D" w14:textId="0D8D7855" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>1%/10 Days</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+            <w:r w:rsidR="442FABE6" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45F000C8" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="4D1DC97F" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="235AD32C" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0AC7F97D" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E6402A4" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="34BAD68D" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="32F336B4">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...16 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">       1-8</w:t>
-            </w:r>
-[...27 lines deleted...]
-              <w:t>Trans Med USA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B389372" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="7EC5A427" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="2A5C5398" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE64305" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Trans Med USA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78A5D049" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27877</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="047D4686" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0C346693" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55072871" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="514FD82A" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Darius Masalehdan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EA765E0" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="7F249706" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>978-649-1970</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46FBE84A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="39C2C43B" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...8 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>darius@transmed-usa.com</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="490B3546" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="7FEED96E" w14:textId="6B24EA61" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>1%/10 Days</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+            <w:r w:rsidR="31BAF138" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E07A8D4" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0918548A" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>SBPP</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Small Business Purchasing Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16E4A429" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="056FE41D" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C7A75E2" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="308EE5EE" w14:textId="52F16336" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...35 lines deleted...]
-              <w:t>VWR, Part of Avantor</w:t>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2-6 and 8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32645B35" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="7517BA8B" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="46CE8439" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="500"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32FFB3AE" w14:textId="563693DF" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>UCT, LLC</w:t>
+            </w:r>
+            <w:r w:rsidR="74F404B9" w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>United Chem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="169CDC4D" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-28036</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F0BD91E" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1ABC3165" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40BFA4BE" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Austin Primmer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="131FD795" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>800-385-3153 extension 195</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="479E1857" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">aprimmer@unitedcham.com </w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="171897B3" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25807C8E" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3714D9" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5527AAB0" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCC0451" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="3940EEA8" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB34EA7" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>VWR, Part of Avantor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28DD559B" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>COMMBUYS - Master Blanket</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E29D561" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>29104</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14953E13" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="35EBBB50" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>Seth Cory</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Hannah Spiri                 Alec Armstrong</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C7B2124" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="2F7DB412" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>979-450-8253</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>617-838-1162  309-360-6530</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AB32B6E" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0471DF60" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>seth.cory@avantorsciences.com</w:t>
+                <w:t xml:space="preserve">  hannah.spiri@avantorsciences.com   Alec.Armstrong@avantorsciences.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00F505BB">
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2696147F" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1F930845" w14:textId="3B704EC0" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>2%/10 Days</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>2%</w:t>
+            </w:r>
+            <w:r w:rsidR="1822B5CF" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="669D1770" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="66B100DA" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33991295" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="2F7A9778" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="126AB161" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0D119C21" w14:textId="7D288529" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="462BCD99" w:rsidP="32F336B4">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1-9</w:t>
-            </w:r>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">VWR, Part of Avantor </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3129019A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="779F670A" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...13 lines deleted...]
-              <w:t>SAME</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="3069E75B" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B107EF9" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Westcarb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D2F3FB3" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="12E3C511" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...112 lines deleted...]
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>hannah.spiri@avantorsciences.com</w:t>
-[...217 lines deleted...]
-                <w:t>PO-23-1080-OSD03-SRC01-27875</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5ADAFA72" w14:textId="1C1CA81C" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="4293F114" w:rsidP="75621D6A">
+          <w:p w14:paraId="470BCFE7" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId117">
-              <w:r w:rsidRPr="75621D6A">
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>32373</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DC6C574" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="2B33A9A2" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Morrell Thomas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D91A50A" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="77FF8816" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>866-507-1576</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07756FCA" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="2114A4D6" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>mt@westcarb.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F4E554D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="30046E80" w14:textId="648DE782" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>2%/10 Days; and 1%/15 Days</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>2%</w:t>
+            </w:r>
+            <w:r w:rsidR="44819467" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 Days </w:t>
+            </w:r>
+            <w:r w:rsidR="02B05448" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1%</w:t>
+            </w:r>
+            <w:r w:rsidR="5C4D383B" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>15 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B2B384D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="350FE64A" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>MBE and WBE</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Minority Business Enterprise,  Women Business Enterprise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="041BA6D6" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3E026ACB" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>4%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33DC1072" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="7DC7B347" w14:textId="1E007E68" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="18969509" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...35 lines deleted...]
-              <w:t>Westnet</w:t>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="459DC431" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="71359A35" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="24248B0A" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="493"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69DD4A86" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Westnet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6980E6EC" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27862</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="507C66C3" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1127C953" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>TBA</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F7F344F" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3E63239C" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Tina McLean</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A1CAA7F" w14:textId="2601CCF6" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="762F7A30" w:rsidP="5CD305FB">
+          <w:p w14:paraId="32D1EFCE" w14:textId="0629C8C4" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="59D64AD4">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5CD305FB">
-[...5 lines deleted...]
-              <w:t>781-828-7772</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">781-828-7772 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E06A2FF" w14:textId="0442F24B" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="6F110225" w:rsidP="00E40989">
+          <w:p w14:paraId="7C59E2D2" w14:textId="2442F436" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="59D64AD4">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5CD305FB">
-[...5 lines deleted...]
-              <w:t>EXT 14</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Ext</w:t>
+            </w:r>
+            <w:r w:rsidR="72CC0C11" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>ension</w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FA80AD8" w14:textId="1978233E" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="57F92E86" w:rsidP="5CD305FB">
+          <w:p w14:paraId="1F5F999D" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5CD305FB">
-[...7 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>tmclean@westnetmed.com</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CB4E420" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="3194D14F" w14:textId="29737681" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>1%/10 Days</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+            <w:r w:rsidR="2067F67A" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32A0696E" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="352EA329" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>MBE</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Minority Business Enterprise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EF97794" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="59361F1B" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="536D41B4" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0C542607" w14:textId="62120F92" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...35 lines deleted...]
-              <w:t xml:space="preserve">Wilkem Scientific </w:t>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
+            </w:r>
+            <w:r w:rsidR="2EC560B9" w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and 6-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5585DE31" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="13439E82" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="7B2214CC" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="370"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28F6BFBF" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">West Technology Forensics </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D26D64F" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27860</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BA9F3D1" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="75F858F5" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53799B0D" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Greg Mason</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3E18DC" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>727-422-0427</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="184CB9A5" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">gmason@wt-forensics.com </w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="527A9D06" w14:textId="20CC0E11" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>5%</w:t>
+            </w:r>
+            <w:r w:rsidR="4E2FD55F" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44E6BDDB" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="630E49C2" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36307117" w14:textId="20F05568" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="6D1AE70E" w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>and 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6F627B" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="539CB8C4" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6584C9B9" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wilkem Scientific </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="323BA28A" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>COMMBUYS - Master Blanket</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34D743ED" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r w:rsidRPr="00754359">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>27947</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11FB4FA0" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="4155B2FD" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Jim Wilkie Sr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="712A7787" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="0FC0703A" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>800-766-5676</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05385E0C" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="649E0C27" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>jim@wilkem.com</w:t>
+                <w:t xml:space="preserve">jim@wilkem.com </w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00F505BB">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E7CAA54" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="1E451F05" w14:textId="37DEDE8B" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="59D64AD4">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>2%/10 Days</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>2%</w:t>
+            </w:r>
+            <w:r w:rsidR="3E842CC6" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F9F4CA7" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="5CC3B70A" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>WBE</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Women Business Enterprise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D4C9156" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="5B51EBA0" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D707506" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="70C92FAA" w14:textId="2D73637D" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...36 lines deleted...]
-              <w:t>Wynn Innovations</w:t>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1 and 4-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3914739D" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="71368517" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D00966" w:rsidRPr="00754359" w14:paraId="14BBDB8D" w14:textId="77777777" w:rsidTr="59D64AD4">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E692952" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Wynn Innovations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6362FAC4" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>PO-23-1080-OSD03-SRC01-27931</w:t>
+                <w:t>COMMBUYS - Master Blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60A430B7" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="673B1215" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>TBA</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15EDBECA" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="6031AA82" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Benjamin Wynn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CBD0AD8" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="6C67393B" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-108"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>916-996-6377</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B55FAE6" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="4F0B7DE0" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="-108" w:right="-38"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="467886"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
-              <w:r w:rsidRPr="00F505BB">
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r w:rsidRPr="00754359">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="16"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="467886"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>bwynn@wynninnovations.com</w:t>
+                <w:t xml:space="preserve">bwynn@wynninnovations.com </w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00F505BB">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C87421E" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="06E8D484" w14:textId="3A01C3BA" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="7363ADB9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...14 lines deleted...]
-              <w:t>and 1%/20 Days</w:t>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>3%</w:t>
+            </w:r>
+            <w:r w:rsidR="76847181" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 Days </w:t>
+            </w:r>
+            <w:r w:rsidR="3998378C" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2%</w:t>
+            </w:r>
+            <w:r w:rsidR="201D1DF8" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>15 Days</w:t>
+            </w:r>
+            <w:r w:rsidR="3544F349" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1%</w:t>
+            </w:r>
+            <w:r w:rsidR="7016C2C8" w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59D64AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>20 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C003657" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="2D2D9323" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...5 lines deleted...]
-              <w:t>SDVOBE</w:t>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Service-Disabled Veteran-Owned Business</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F317F58" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="48726E9F" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00754359">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>11%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58EF47B5" w14:textId="77777777" w:rsidR="007A04BB" w:rsidRPr="00F505BB" w:rsidRDefault="007A04BB" w:rsidP="00E40989">
+          <w:p w14:paraId="690A997C" w14:textId="1B667AB2" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="44594E51" w:rsidP="007E72EF">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...12 lines deleted...]
-              <w:ind w:left="-88"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F505BB">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>1-2</w:t>
+            </w:r>
+            <w:r w:rsidR="73B44572" w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="32F336B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>4 and 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56AF0E13" w14:textId="77777777" w:rsidR="004D30D9" w:rsidRPr="00754359" w:rsidRDefault="004D30D9" w:rsidP="007E72EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="387CC61A" w14:textId="6CFB6311" w:rsidR="00304C6F" w:rsidRDefault="00275216" w:rsidP="007A04BB">
+    <w:p w14:paraId="387CC61A" w14:textId="1B0D637E" w:rsidR="00304C6F" w:rsidRDefault="5CAEDBFB" w:rsidP="6567B924">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00275216">
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="_Appendix_A:_[add"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc210986168"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc194066624"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
-      <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
+      <w:r w:rsidR="41612CED" w:rsidRPr="6567B924">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="00275216">
-[...15 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="87"/>
     </w:p>
-    <w:p w14:paraId="59BFD38A" w14:textId="06E6DE4F" w:rsidR="00E53E55" w:rsidRDefault="00D119CD" w:rsidP="00304C6F">
-[...20 lines deleted...]
-      <w:r w:rsidR="00E53E55" w:rsidRPr="00E53E55">
+    <w:p w14:paraId="59BFD38A" w14:textId="4EB4B5A5" w:rsidR="00E53E55" w:rsidRDefault="6A10D18C" w:rsidP="6567B924">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>United Nations Standard Products and Services Code</w:t>
+      </w:r>
+      <w:r w:rsidR="00D119CD" w:rsidRPr="6567B924">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007A04BB" w:rsidRPr="007A04BB">
+      <w:r w:rsidR="00E53E55" w:rsidRPr="6567B924">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="007A04BB" w:rsidRPr="6567B924">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>HSP45</w:t>
       </w:r>
-      <w:r w:rsidR="007A04BB">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="007A04BB" w:rsidRPr="6567B924">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C36764A" w14:textId="2F50D779" w:rsidR="007A04BB" w:rsidRPr="00A66F09" w:rsidRDefault="007A04BB" w:rsidP="00A4423A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A66F09">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>41</w:t>
       </w:r>
       <w:r w:rsidRPr="005B48B8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00A66F09">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10</w:t>
@@ -24150,179 +29869,172 @@
       <w:r w:rsidRPr="005B48B8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00A66F09">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00 Laboratory and Scientific Equipment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B85F581" w14:textId="02F728D4" w:rsidR="00931DF2" w:rsidRDefault="00931DF2" w:rsidP="007A04BB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00931DF2" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
-      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1111AFB0" w14:textId="77777777" w:rsidR="008674E3" w:rsidRDefault="008674E3" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="65181A85" w14:textId="77777777" w:rsidR="00CB6368" w:rsidRDefault="00CB6368" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E8DB8FE" w14:textId="77777777" w:rsidR="008674E3" w:rsidRDefault="008674E3"/>
+    <w:p w14:paraId="68BE4EE9" w14:textId="77777777" w:rsidR="00CB6368" w:rsidRDefault="00CB6368"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46350D22" w14:textId="77777777" w:rsidR="008674E3" w:rsidRDefault="008674E3" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="022851FF" w14:textId="77777777" w:rsidR="00CB6368" w:rsidRDefault="00CB6368" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C45BDB2" w14:textId="77777777" w:rsidR="008674E3" w:rsidRDefault="008674E3"/>
+    <w:p w14:paraId="5FDE668C" w14:textId="77777777" w:rsidR="00CB6368" w:rsidRDefault="00CB6368"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6C6A4E6A" w14:textId="77777777" w:rsidR="008674E3" w:rsidRDefault="008674E3">
+    <w:p w14:paraId="0E03A820" w14:textId="77777777" w:rsidR="00CB6368" w:rsidRDefault="00CB6368">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...11 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="29EFE2C8" w14:textId="77777777" w:rsidR="00B564C1" w:rsidRPr="00621EE2" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Note: </w:t>
     </w:r>
@@ -24513,225 +30225,139 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>608</w:t>
     </w:r>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Boston, MA, 02108-1552</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5DA8B09D" w14:textId="77777777" w:rsidR="00B564C1" w:rsidRPr="003E118F" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
+  <w:p w14:paraId="5DA8B09D" w14:textId="4155FDD4" w:rsidR="00B564C1" w:rsidRPr="003E118F" w:rsidRDefault="59D64AD4" w:rsidP="00B564C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003E118F">
+    <w:r w:rsidRPr="59D64AD4">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Tel: (617) 720 - 3300 | </w:t>
+      <w:t xml:space="preserve">Tel: 617 720 - 3300 | </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
-      <w:r w:rsidRPr="003E118F">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidRPr="003E118F">
+    <w:r w:rsidRPr="59D64AD4">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
+      <w:t>| TDD: 617 727 - 2716 | Fax: 617 727 – 4527</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2B8C5047" w14:textId="77777777" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
+  <w:p w14:paraId="04A4270B" w14:textId="600ED707" w:rsidR="758AD1FD" w:rsidRDefault="32B84786" w:rsidP="758AD1FD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <mc:AlternateContent>
-[...130 lines deleted...]
-      </mc:AlternateContent>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F549D3A" wp14:editId="68E9908E">
+          <wp:extent cx="6324600" cy="133350"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1831909730" name="drawing" descr="Table includes category manager contact information, current contract term. quote requirements. MMARS requirements. vendor list&#10;"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1831909730" name=""/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6324600" cy="133350"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
+  <w:p w14:paraId="2B8C5047" w14:textId="77777777" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B564C1"/>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
     </w:tblGrid>
     <w:tr w:rsidR="4C2A9F3F" w14:paraId="171CABCA" w14:textId="77777777" w:rsidTr="00B84519">
       <w:trPr>
         <w:trHeight w:val="198"/>
       </w:trPr>
@@ -25051,51 +30677,51 @@
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="79A39E2A" w14:textId="661D822B" w:rsidR="00AC1E9E" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="708ECDEC" wp14:editId="317ECAF3">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="708ECDEC" wp14:editId="317ECAF3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9705975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7772400" cy="352425"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="26" name="Group 26">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr>
                       <a:grpSpLocks/>
@@ -25172,111 +30798,86 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="13352AA9" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="0E548133" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251658240;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="10938" w:type="dxa"/>
+      <w:tblW w:w="13365" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3646"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="3646"/>
+      <w:gridCol w:w="13365"/>
     </w:tblGrid>
-    <w:tr w:rsidR="005851F6" w14:paraId="488F74A0" w14:textId="77777777" w:rsidTr="00B84519">
+    <w:tr w:rsidR="005851F6" w14:paraId="488F74A0" w14:textId="77777777" w:rsidTr="758AD1FD">
       <w:trPr>
-        <w:trHeight w:val="198"/>
+        <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3646" w:type="dxa"/>
+          <w:tcW w:w="13365" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="29E06CA7" w14:textId="1C6F2329" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00B84519">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
-          </w:pPr>
-[...21 lines deleted...]
-            <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4279F5A4" w14:textId="4BD2EE78" w:rsidR="005851F6" w:rsidRPr="00621EE2" w:rsidRDefault="005851F6" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00ED4906">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>N</w:t>
     </w:r>
     <w:r w:rsidR="008105B0" w:rsidRPr="00ED4906">
@@ -25494,758 +31095,632 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>608</w:t>
     </w:r>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Boston, MA, 02108-1552</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7A9F5523" w14:textId="2EE15038" w:rsidR="005851F6" w:rsidRPr="003E118F" w:rsidRDefault="005851F6" w:rsidP="00B84519">
+  <w:p w14:paraId="7A9F5523" w14:textId="4342CD0F" w:rsidR="005851F6" w:rsidRPr="003E118F" w:rsidRDefault="59D64AD4" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003E118F">
+    <w:r w:rsidRPr="59D64AD4">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Tel: (617) 720 -3300 | </w:t>
+      <w:t xml:space="preserve">Tel: 617 720 -3300 | </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
-      <w:r w:rsidRPr="003E118F">
+      <w:r w:rsidRPr="59D64AD4">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidRPr="003E118F">
+    <w:r w:rsidRPr="59D64AD4">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
+      <w:t>| TDD: 617 727 - 2716 | Fax: 617 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7AD1784D" w14:textId="77777777" w:rsidR="008674E3" w:rsidRDefault="008674E3" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="5D4383F6" w14:textId="77777777" w:rsidR="00CB6368" w:rsidRDefault="00CB6368" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="510122EC" w14:textId="77777777" w:rsidR="008674E3" w:rsidRDefault="008674E3"/>
+    <w:p w14:paraId="022A6630" w14:textId="77777777" w:rsidR="00CB6368" w:rsidRDefault="00CB6368"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75499DFB" w14:textId="77777777" w:rsidR="008674E3" w:rsidRDefault="008674E3" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="7F587280" w14:textId="77777777" w:rsidR="00CB6368" w:rsidRDefault="00CB6368" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="243E9A66" w14:textId="77777777" w:rsidR="008674E3" w:rsidRDefault="008674E3"/>
+    <w:p w14:paraId="7F2D8285" w14:textId="77777777" w:rsidR="00CB6368" w:rsidRDefault="00CB6368"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="32B9F8F8" w14:textId="77777777" w:rsidR="008674E3" w:rsidRDefault="008674E3">
+    <w:p w14:paraId="4B42C683" w14:textId="77777777" w:rsidR="00CB6368" w:rsidRDefault="00CB6368">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7A9B9F4D" w14:textId="519FEDEC" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00196519" w:rsidP="007A023C">
+  <w:p w14:paraId="7A78BF32" w14:textId="12495C48" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="2E072648" w:rsidP="2E072648">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:tabs>
-[...4 lines deleted...]
-      </w:tabs>
       <w:ind w:left="-720"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:sz w:val="32"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F7762ED" wp14:editId="476E8B6E">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="184D8EBA" wp14:editId="0287C5C1">
           <wp:extent cx="2682060" cy="804672"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="183958100" name="Picture 5" descr="Operational Services Division Commonwealth of Massachusetts Logo"/>
+          <wp:docPr id="2144224690" name="Picture 5" descr="Operational Services Division Commonwealth of Massachusetts Logo">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="183958100" name="Picture 5" descr="Operational Services Division Commonwealth of Massachusetts Logo"/>
+                  <pic:cNvPr id="885616882" name="Picture 5" descr="Operational Services Division Commonwealth of Massachusetts Logo">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2694746" cy="808478"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00886F53">
+    <w:r w:rsidRPr="2E072648">
       <w:rPr>
-        <w:noProof/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...141 lines deleted...]
-      </mc:AlternateContent>
+      <w:t xml:space="preserve">                                 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
+      </w:rPr>
+      <w:t xml:space="preserve">    </w:t>
+    </w:r>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="0449D4"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="0449D4"/>
+        <w:sz w:val="52"/>
+        <w:szCs w:val="52"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="033AA8"/>
+        <w:sz w:val="56"/>
+        <w:szCs w:val="56"/>
+      </w:rPr>
+      <w:t>Contract User Guide</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3F3B35B9" w14:textId="77777777" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
+  <w:p w14:paraId="3F3B35B9" w14:textId="44399C8D" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="2E072648" w:rsidP="2E072648">
     <w:pPr>
       <w:ind w:left="-720"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:sz w:val="32"/>
+        <w:color w:val="033AA8"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D02B79">
+    <w:r w:rsidRPr="2E072648">
       <w:rPr>
-        <w:noProof/>
-[...1 lines deleted...]
-        <w:sz w:val="32"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="033AA8"/>
+        <w:sz w:val="56"/>
+        <w:szCs w:val="56"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...49 lines deleted...]
-      </mc:AlternateContent>
+      <w:t>__________________________________</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
+  <w:p w14:paraId="1F5F9DC5" w14:textId="12495C48" w:rsidR="00886F53" w:rsidRDefault="2E072648" w:rsidP="2E072648">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="10"/>
-        <w:szCs w:val="32"/>
-[...43 lines deleted...]
-        <w:szCs w:val="32"/>
+        <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17AD6DAD" wp14:editId="7AB07F0A">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77EB5E0C" wp14:editId="43861850">
           <wp:extent cx="2682060" cy="804672"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="852510018" name="Picture 5" descr="Operational Services Division Commonwealth of Massachusetts Logo"/>
+          <wp:docPr id="885616882" name="Picture 5" descr="Operational Services Division Commonwealth of Massachusetts Logo">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="852510018" name="Picture 5" descr="Operational Services Division Commonwealth of Massachusetts Logo"/>
+                  <pic:cNvPr id="885616882" name="Picture 5" descr="Operational Services Division Commonwealth of Massachusetts Logo">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2694746" cy="808478"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00DD35D3" w:rsidRPr="00D02B79">
+    <w:r w:rsidRPr="2E072648">
       <w:rPr>
         <w:sz w:val="10"/>
-        <w:szCs w:val="32"/>
+        <w:szCs w:val="10"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
+      </w:rPr>
+      <w:t xml:space="preserve">    </w:t>
+    </w:r>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="0449D4"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00DD35D3">
+    <w:r w:rsidRPr="2E072648">
       <w:rPr>
-        <w:noProof/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="0449D4"/>
+        <w:sz w:val="52"/>
+        <w:szCs w:val="52"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...127 lines deleted...]
-      </mc:AlternateContent>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="033AA8"/>
+        <w:sz w:val="56"/>
+        <w:szCs w:val="56"/>
+      </w:rPr>
+      <w:t>Contract User Guide</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="14DB22E7" w14:textId="77777777" w:rsidR="00DD35D3" w:rsidRPr="00D24FD4" w:rsidRDefault="00DD35D3" w:rsidP="00197BB3">
+  <w:p w14:paraId="1020B730" w14:textId="022FF7A4" w:rsidR="00886F53" w:rsidRDefault="2E072648" w:rsidP="2E072648">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:ind w:left="-720"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="033AA8"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="033AA8"/>
+        <w:sz w:val="56"/>
+        <w:szCs w:val="56"/>
+      </w:rPr>
+      <w:t>__________________________________</w:t>
+    </w:r>
+    <w:r w:rsidR="47E9D75D">
+      <w:br/>
+    </w:r>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:color w:val="033AA8"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1AA777EF" w14:textId="6473B901" w:rsidR="00197BB3" w:rsidRPr="00B928AC" w:rsidRDefault="00197BB3" w:rsidP="00822F94">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="35D6A866" w14:textId="77777777" w:rsidR="00DD35D3" w:rsidRPr="00D02B79" w:rsidRDefault="00DD35D3" w:rsidP="00197BB3">
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6EA6ECE6" w14:textId="0DE4A57D" w:rsidR="00DD35D3" w:rsidRDefault="00DD35D3" w:rsidP="2E072648">
     <w:pPr>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
-        <w:sz w:val="32"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D02B79">
+  </w:p>
+  <w:p w14:paraId="628954FF" w14:textId="12495C48" w:rsidR="00DD35D3" w:rsidRDefault="2E072648" w:rsidP="2E072648">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:ind w:left="-720"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
-        <w:sz w:val="32"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...55 lines deleted...]
-      </mc:AlternateContent>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78B01753" wp14:editId="0A5B94D3">
+          <wp:extent cx="2682060" cy="804672"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="499910830" name="Picture 5" descr="Operational Services Division Commonwealth of Massachusetts Logo">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="885616882" name="Picture 5" descr="Operational Services Division Commonwealth of Massachusetts Logo">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2694746" cy="808478"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
+      </w:rPr>
+      <w:t xml:space="preserve">    </w:t>
+    </w:r>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="0449D4"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="0449D4"/>
+        <w:sz w:val="52"/>
+        <w:szCs w:val="52"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="033AA8"/>
+        <w:sz w:val="56"/>
+        <w:szCs w:val="56"/>
+      </w:rPr>
+      <w:t>Contract User Guide</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="35D6A866" w14:textId="32992F55" w:rsidR="00DD35D3" w:rsidRDefault="2E072648" w:rsidP="004D30D9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="10365"/>
+      </w:tabs>
+      <w:ind w:left="-720"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="033AA8"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="2E072648">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="033AA8"/>
+        <w:sz w:val="56"/>
+        <w:szCs w:val="56"/>
+      </w:rPr>
+      <w:t>__________________________________</w:t>
+    </w:r>
+    <w:r w:rsidR="004D30D9">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="033AA8"/>
+        <w:sz w:val="56"/>
+        <w:szCs w:val="56"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -28324,50 +33799,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="687D9135"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1458FC30"/>
+    <w:lvl w:ilvl="0" w:tplc="42A8AB7A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E6003344">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="39CCDA82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6A281FA2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FB520722">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C6CDC24">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="DCD2E112">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="EBA25F0E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="09926AB4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="731363B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD0CA1F8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -28436,121 +34024,124 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="542207326">
+  <w:num w:numId="1" w16cid:durableId="777481508">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="542207326">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="222839226">
+  <w:num w:numId="3" w16cid:durableId="222839226">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="103381546">
+  <w:num w:numId="4" w16cid:durableId="103381546">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="984166477">
+  <w:num w:numId="5" w16cid:durableId="984166477">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="896821583">
+  <w:num w:numId="6" w16cid:durableId="896821583">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1254818405">
+  <w:num w:numId="7" w16cid:durableId="1254818405">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1108283029">
+  <w:num w:numId="8" w16cid:durableId="1108283029">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1586958684">
+  <w:num w:numId="9" w16cid:durableId="1586958684">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="420370952">
+  <w:num w:numId="10" w16cid:durableId="420370952">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1099913566">
+  <w:num w:numId="11" w16cid:durableId="1099913566">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="517740112">
+  <w:num w:numId="12" w16cid:durableId="517740112">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="599144571">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="13" w16cid:durableId="599144571">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="55519776">
+  <w:num w:numId="14" w16cid:durableId="55519776">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="9114506">
+  <w:num w:numId="15" w16cid:durableId="9114506">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1772581419">
+  <w:num w:numId="16" w16cid:durableId="1772581419">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1019039246">
+  <w:num w:numId="17" w16cid:durableId="1019039246">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1840392131">
+  <w:num w:numId="18" w16cid:durableId="1840392131">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="271716133">
+  <w:num w:numId="19" w16cid:durableId="271716133">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1625379198">
+  <w:num w:numId="20" w16cid:durableId="1625379198">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="412900651">
+  <w:num w:numId="21" w16cid:durableId="412900651">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="950472168">
+  <w:num w:numId="22" w16cid:durableId="950472168">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="89"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -28560,108 +34151,114 @@
     <w:rsidRoot w:val="009369A0"/>
     <w:rsid w:val="00000134"/>
     <w:rsid w:val="00000736"/>
     <w:rsid w:val="000008BD"/>
     <w:rsid w:val="00001330"/>
     <w:rsid w:val="000013EB"/>
     <w:rsid w:val="000015F4"/>
     <w:rsid w:val="00001B46"/>
     <w:rsid w:val="00002213"/>
     <w:rsid w:val="0000281C"/>
     <w:rsid w:val="00003599"/>
     <w:rsid w:val="00003B08"/>
     <w:rsid w:val="00003C5E"/>
     <w:rsid w:val="00004420"/>
     <w:rsid w:val="0000476F"/>
     <w:rsid w:val="00004AAB"/>
     <w:rsid w:val="000055B6"/>
     <w:rsid w:val="00005B0B"/>
     <w:rsid w:val="00005DDD"/>
     <w:rsid w:val="0000616D"/>
     <w:rsid w:val="000063D9"/>
     <w:rsid w:val="0000661A"/>
     <w:rsid w:val="000067FD"/>
     <w:rsid w:val="00006867"/>
     <w:rsid w:val="000069DF"/>
+    <w:rsid w:val="00006EB7"/>
     <w:rsid w:val="00007251"/>
     <w:rsid w:val="00007629"/>
     <w:rsid w:val="000077C2"/>
     <w:rsid w:val="00007EFA"/>
     <w:rsid w:val="0001081E"/>
     <w:rsid w:val="00010C5E"/>
     <w:rsid w:val="00011132"/>
     <w:rsid w:val="000114B0"/>
     <w:rsid w:val="00011ED4"/>
+    <w:rsid w:val="00012269"/>
     <w:rsid w:val="00012CBF"/>
     <w:rsid w:val="00012E9F"/>
     <w:rsid w:val="000133D1"/>
     <w:rsid w:val="0001472E"/>
     <w:rsid w:val="00014EA3"/>
     <w:rsid w:val="000157ED"/>
     <w:rsid w:val="00015DFD"/>
     <w:rsid w:val="00015EB8"/>
     <w:rsid w:val="0001620A"/>
     <w:rsid w:val="0001647C"/>
+    <w:rsid w:val="00016824"/>
     <w:rsid w:val="000176A7"/>
     <w:rsid w:val="00020269"/>
     <w:rsid w:val="00020358"/>
     <w:rsid w:val="00020715"/>
     <w:rsid w:val="00020955"/>
     <w:rsid w:val="00020A13"/>
     <w:rsid w:val="000211D7"/>
     <w:rsid w:val="0002144E"/>
     <w:rsid w:val="000216EB"/>
     <w:rsid w:val="00021FC5"/>
     <w:rsid w:val="00022070"/>
     <w:rsid w:val="000225A8"/>
     <w:rsid w:val="0002260E"/>
     <w:rsid w:val="00023A9B"/>
+    <w:rsid w:val="00023DDA"/>
     <w:rsid w:val="0002451F"/>
     <w:rsid w:val="000245DD"/>
     <w:rsid w:val="00024698"/>
     <w:rsid w:val="00024CE2"/>
     <w:rsid w:val="000258F6"/>
     <w:rsid w:val="000260F2"/>
     <w:rsid w:val="000261D2"/>
     <w:rsid w:val="0002675D"/>
     <w:rsid w:val="000272F0"/>
     <w:rsid w:val="00027C5A"/>
     <w:rsid w:val="00027D5D"/>
     <w:rsid w:val="00027E5F"/>
     <w:rsid w:val="0003060D"/>
     <w:rsid w:val="00030EE3"/>
     <w:rsid w:val="00031624"/>
     <w:rsid w:val="000316C5"/>
+    <w:rsid w:val="00031F97"/>
     <w:rsid w:val="00031F99"/>
     <w:rsid w:val="000321AC"/>
     <w:rsid w:val="000323BE"/>
     <w:rsid w:val="00032449"/>
     <w:rsid w:val="00032494"/>
     <w:rsid w:val="0003335E"/>
     <w:rsid w:val="00033590"/>
     <w:rsid w:val="000339E1"/>
     <w:rsid w:val="00033A05"/>
+    <w:rsid w:val="00033A4B"/>
     <w:rsid w:val="000340F0"/>
     <w:rsid w:val="00034395"/>
     <w:rsid w:val="0003445F"/>
     <w:rsid w:val="000346B2"/>
     <w:rsid w:val="0003470F"/>
     <w:rsid w:val="000347B4"/>
     <w:rsid w:val="00034843"/>
     <w:rsid w:val="00034DA1"/>
     <w:rsid w:val="000351B6"/>
     <w:rsid w:val="000359B4"/>
     <w:rsid w:val="00036331"/>
     <w:rsid w:val="0003637D"/>
     <w:rsid w:val="00036385"/>
     <w:rsid w:val="0003653B"/>
     <w:rsid w:val="00036729"/>
     <w:rsid w:val="0003695E"/>
     <w:rsid w:val="00036C85"/>
     <w:rsid w:val="00037112"/>
     <w:rsid w:val="00037504"/>
     <w:rsid w:val="000377EB"/>
     <w:rsid w:val="00037E2A"/>
     <w:rsid w:val="00037FDA"/>
     <w:rsid w:val="00040628"/>
     <w:rsid w:val="000409EE"/>
     <w:rsid w:val="00040A67"/>
@@ -28682,193 +34279,204 @@
     <w:rsid w:val="0004480A"/>
     <w:rsid w:val="0004484E"/>
     <w:rsid w:val="000454B3"/>
     <w:rsid w:val="000456E7"/>
     <w:rsid w:val="000466F9"/>
     <w:rsid w:val="00047007"/>
     <w:rsid w:val="0004772E"/>
     <w:rsid w:val="00047BD3"/>
     <w:rsid w:val="0005037F"/>
     <w:rsid w:val="00050399"/>
     <w:rsid w:val="000507A7"/>
     <w:rsid w:val="0005094B"/>
     <w:rsid w:val="00051537"/>
     <w:rsid w:val="00051972"/>
     <w:rsid w:val="00051C03"/>
     <w:rsid w:val="00051F6B"/>
     <w:rsid w:val="00052767"/>
     <w:rsid w:val="0005289A"/>
     <w:rsid w:val="00052AF0"/>
     <w:rsid w:val="00052DA2"/>
     <w:rsid w:val="000534C0"/>
     <w:rsid w:val="00053531"/>
     <w:rsid w:val="0005359A"/>
     <w:rsid w:val="000536C2"/>
     <w:rsid w:val="00054340"/>
+    <w:rsid w:val="0005473E"/>
     <w:rsid w:val="0005508B"/>
     <w:rsid w:val="00055156"/>
     <w:rsid w:val="00055222"/>
     <w:rsid w:val="00055356"/>
     <w:rsid w:val="0005582A"/>
     <w:rsid w:val="0005642B"/>
     <w:rsid w:val="0005684F"/>
     <w:rsid w:val="0005780F"/>
     <w:rsid w:val="000578FC"/>
     <w:rsid w:val="00057C61"/>
     <w:rsid w:val="00057CE6"/>
+    <w:rsid w:val="00060179"/>
     <w:rsid w:val="0006042A"/>
     <w:rsid w:val="000606C7"/>
     <w:rsid w:val="00060815"/>
     <w:rsid w:val="000611C7"/>
     <w:rsid w:val="00061212"/>
     <w:rsid w:val="00062147"/>
     <w:rsid w:val="00062930"/>
     <w:rsid w:val="00062A4B"/>
     <w:rsid w:val="00062AE7"/>
     <w:rsid w:val="00062DDE"/>
     <w:rsid w:val="00062F21"/>
     <w:rsid w:val="00063010"/>
     <w:rsid w:val="000633A7"/>
     <w:rsid w:val="00063865"/>
     <w:rsid w:val="00063CB1"/>
+    <w:rsid w:val="0006488F"/>
     <w:rsid w:val="00064CC9"/>
     <w:rsid w:val="0006602E"/>
     <w:rsid w:val="000667FF"/>
     <w:rsid w:val="00066DCE"/>
     <w:rsid w:val="00067072"/>
     <w:rsid w:val="000675A7"/>
+    <w:rsid w:val="00067CCB"/>
     <w:rsid w:val="000702C6"/>
     <w:rsid w:val="00070889"/>
     <w:rsid w:val="000708FE"/>
     <w:rsid w:val="000716DD"/>
     <w:rsid w:val="0007185E"/>
     <w:rsid w:val="00071964"/>
     <w:rsid w:val="00071C78"/>
     <w:rsid w:val="00071E45"/>
     <w:rsid w:val="000725BD"/>
     <w:rsid w:val="00072D9F"/>
     <w:rsid w:val="00073430"/>
     <w:rsid w:val="000734A8"/>
     <w:rsid w:val="00073768"/>
     <w:rsid w:val="00073A1A"/>
     <w:rsid w:val="00073E18"/>
     <w:rsid w:val="00073F43"/>
     <w:rsid w:val="0007409A"/>
     <w:rsid w:val="000740FB"/>
     <w:rsid w:val="00074988"/>
     <w:rsid w:val="00074A1C"/>
     <w:rsid w:val="00074ADE"/>
     <w:rsid w:val="00074C4B"/>
     <w:rsid w:val="00075074"/>
+    <w:rsid w:val="00075475"/>
     <w:rsid w:val="00075648"/>
     <w:rsid w:val="00075732"/>
     <w:rsid w:val="00075907"/>
     <w:rsid w:val="00075B8F"/>
     <w:rsid w:val="000760FF"/>
+    <w:rsid w:val="000763DC"/>
+    <w:rsid w:val="00076A2A"/>
     <w:rsid w:val="00076E2E"/>
     <w:rsid w:val="0007703C"/>
     <w:rsid w:val="0007712B"/>
     <w:rsid w:val="00077B2B"/>
     <w:rsid w:val="00080086"/>
     <w:rsid w:val="000806ED"/>
     <w:rsid w:val="00080D4C"/>
     <w:rsid w:val="00081FC8"/>
     <w:rsid w:val="000822BF"/>
     <w:rsid w:val="000822E8"/>
     <w:rsid w:val="000823DF"/>
     <w:rsid w:val="000824E1"/>
     <w:rsid w:val="0008272E"/>
     <w:rsid w:val="000829C5"/>
     <w:rsid w:val="00082D02"/>
+    <w:rsid w:val="0008337B"/>
     <w:rsid w:val="00083566"/>
     <w:rsid w:val="00083BC6"/>
     <w:rsid w:val="000843DB"/>
     <w:rsid w:val="00084583"/>
     <w:rsid w:val="00084660"/>
+    <w:rsid w:val="00084A26"/>
     <w:rsid w:val="00084FFD"/>
     <w:rsid w:val="00085300"/>
     <w:rsid w:val="000858B6"/>
     <w:rsid w:val="000859D8"/>
     <w:rsid w:val="00085F04"/>
     <w:rsid w:val="00086D13"/>
     <w:rsid w:val="00086DB8"/>
     <w:rsid w:val="00086F6D"/>
     <w:rsid w:val="0008776A"/>
     <w:rsid w:val="00087CD6"/>
     <w:rsid w:val="00087E20"/>
     <w:rsid w:val="00087F2C"/>
     <w:rsid w:val="0009019F"/>
     <w:rsid w:val="00090A78"/>
     <w:rsid w:val="00090FF8"/>
     <w:rsid w:val="00091096"/>
     <w:rsid w:val="000910B0"/>
     <w:rsid w:val="00091120"/>
     <w:rsid w:val="00091677"/>
     <w:rsid w:val="000918E5"/>
     <w:rsid w:val="00092535"/>
     <w:rsid w:val="00092DDE"/>
     <w:rsid w:val="000937A5"/>
     <w:rsid w:val="00093918"/>
     <w:rsid w:val="000939B9"/>
     <w:rsid w:val="00093DC0"/>
     <w:rsid w:val="00093FAA"/>
     <w:rsid w:val="00094339"/>
     <w:rsid w:val="0009454C"/>
     <w:rsid w:val="000946AA"/>
     <w:rsid w:val="00094F0A"/>
     <w:rsid w:val="00095370"/>
     <w:rsid w:val="000953B5"/>
+    <w:rsid w:val="0009552A"/>
     <w:rsid w:val="00095986"/>
     <w:rsid w:val="000961D2"/>
     <w:rsid w:val="000963BA"/>
     <w:rsid w:val="000A0837"/>
     <w:rsid w:val="000A1337"/>
     <w:rsid w:val="000A1BCF"/>
     <w:rsid w:val="000A1C0F"/>
     <w:rsid w:val="000A25FB"/>
     <w:rsid w:val="000A2B0A"/>
     <w:rsid w:val="000A2BA0"/>
     <w:rsid w:val="000A2C90"/>
     <w:rsid w:val="000A2F05"/>
     <w:rsid w:val="000A3917"/>
     <w:rsid w:val="000A3D5D"/>
     <w:rsid w:val="000A4331"/>
     <w:rsid w:val="000A4668"/>
     <w:rsid w:val="000A4D11"/>
     <w:rsid w:val="000A50FE"/>
     <w:rsid w:val="000A52A9"/>
     <w:rsid w:val="000A52C4"/>
     <w:rsid w:val="000A5384"/>
     <w:rsid w:val="000A5986"/>
     <w:rsid w:val="000A5E6A"/>
     <w:rsid w:val="000A716E"/>
     <w:rsid w:val="000A7577"/>
     <w:rsid w:val="000A7626"/>
     <w:rsid w:val="000A76F0"/>
     <w:rsid w:val="000A7EC2"/>
     <w:rsid w:val="000A7ECE"/>
     <w:rsid w:val="000B0079"/>
+    <w:rsid w:val="000B0BAD"/>
     <w:rsid w:val="000B0DF5"/>
     <w:rsid w:val="000B14CC"/>
     <w:rsid w:val="000B2106"/>
     <w:rsid w:val="000B2152"/>
     <w:rsid w:val="000B2914"/>
     <w:rsid w:val="000B2B6E"/>
     <w:rsid w:val="000B307C"/>
     <w:rsid w:val="000B320C"/>
     <w:rsid w:val="000B42F9"/>
     <w:rsid w:val="000B58FF"/>
     <w:rsid w:val="000B5F54"/>
     <w:rsid w:val="000B69DC"/>
     <w:rsid w:val="000B6C29"/>
     <w:rsid w:val="000B7E41"/>
     <w:rsid w:val="000C08FA"/>
     <w:rsid w:val="000C0F9A"/>
     <w:rsid w:val="000C17B5"/>
     <w:rsid w:val="000C1D14"/>
     <w:rsid w:val="000C21CB"/>
     <w:rsid w:val="000C2766"/>
     <w:rsid w:val="000C2C11"/>
     <w:rsid w:val="000C2DF3"/>
     <w:rsid w:val="000C2F58"/>
     <w:rsid w:val="000C3134"/>
     <w:rsid w:val="000C33B3"/>
@@ -28900,1148 +34508,1205 @@
     <w:rsid w:val="000D4B42"/>
     <w:rsid w:val="000D4C12"/>
     <w:rsid w:val="000D55B6"/>
     <w:rsid w:val="000D5CBA"/>
     <w:rsid w:val="000D6A01"/>
     <w:rsid w:val="000D6B77"/>
     <w:rsid w:val="000D6CE0"/>
     <w:rsid w:val="000D6E6D"/>
     <w:rsid w:val="000D73B9"/>
     <w:rsid w:val="000D758F"/>
     <w:rsid w:val="000D7FAE"/>
     <w:rsid w:val="000E01B4"/>
     <w:rsid w:val="000E0426"/>
     <w:rsid w:val="000E0A48"/>
     <w:rsid w:val="000E0B52"/>
     <w:rsid w:val="000E165F"/>
     <w:rsid w:val="000E1981"/>
     <w:rsid w:val="000E24D8"/>
     <w:rsid w:val="000E2DD1"/>
     <w:rsid w:val="000E3A73"/>
     <w:rsid w:val="000E3C80"/>
     <w:rsid w:val="000E3D78"/>
     <w:rsid w:val="000E3DEC"/>
     <w:rsid w:val="000E4C54"/>
     <w:rsid w:val="000E4DF8"/>
+    <w:rsid w:val="000E5AEF"/>
     <w:rsid w:val="000E660F"/>
     <w:rsid w:val="000E68EE"/>
     <w:rsid w:val="000E704D"/>
     <w:rsid w:val="000E7CBB"/>
     <w:rsid w:val="000E7EC0"/>
     <w:rsid w:val="000F0321"/>
     <w:rsid w:val="000F0439"/>
     <w:rsid w:val="000F04D6"/>
     <w:rsid w:val="000F0607"/>
     <w:rsid w:val="000F149D"/>
     <w:rsid w:val="000F1965"/>
     <w:rsid w:val="000F1DBB"/>
     <w:rsid w:val="000F3090"/>
+    <w:rsid w:val="000F3129"/>
     <w:rsid w:val="000F3532"/>
     <w:rsid w:val="000F41C5"/>
     <w:rsid w:val="000F43F7"/>
     <w:rsid w:val="000F460B"/>
     <w:rsid w:val="000F4656"/>
     <w:rsid w:val="000F46D5"/>
     <w:rsid w:val="000F592F"/>
     <w:rsid w:val="000F5978"/>
     <w:rsid w:val="000F5FBB"/>
     <w:rsid w:val="000F62E1"/>
     <w:rsid w:val="000F64F5"/>
     <w:rsid w:val="000F68FF"/>
     <w:rsid w:val="000F6984"/>
     <w:rsid w:val="000F6D47"/>
     <w:rsid w:val="000F6F89"/>
     <w:rsid w:val="000F7115"/>
     <w:rsid w:val="000F71D5"/>
+    <w:rsid w:val="000F7AAB"/>
     <w:rsid w:val="00100083"/>
+    <w:rsid w:val="0010025B"/>
     <w:rsid w:val="001003A9"/>
     <w:rsid w:val="001009D0"/>
     <w:rsid w:val="001013F1"/>
     <w:rsid w:val="00101487"/>
     <w:rsid w:val="001015DD"/>
     <w:rsid w:val="00101B86"/>
     <w:rsid w:val="00102025"/>
     <w:rsid w:val="0010203C"/>
     <w:rsid w:val="00102B24"/>
     <w:rsid w:val="00103706"/>
+    <w:rsid w:val="00103946"/>
     <w:rsid w:val="0010402C"/>
     <w:rsid w:val="0010470D"/>
     <w:rsid w:val="00104817"/>
     <w:rsid w:val="00104B58"/>
     <w:rsid w:val="00104D69"/>
     <w:rsid w:val="00105069"/>
     <w:rsid w:val="0010521E"/>
     <w:rsid w:val="00105274"/>
     <w:rsid w:val="00105721"/>
     <w:rsid w:val="001063FA"/>
     <w:rsid w:val="001065F9"/>
     <w:rsid w:val="00106F6D"/>
     <w:rsid w:val="001073B2"/>
     <w:rsid w:val="0011048B"/>
     <w:rsid w:val="0011060A"/>
     <w:rsid w:val="00111113"/>
     <w:rsid w:val="0011136C"/>
     <w:rsid w:val="00111D01"/>
     <w:rsid w:val="00112067"/>
     <w:rsid w:val="00112124"/>
     <w:rsid w:val="001123CE"/>
     <w:rsid w:val="0011288D"/>
     <w:rsid w:val="001136A0"/>
     <w:rsid w:val="00113C29"/>
     <w:rsid w:val="00113CF8"/>
     <w:rsid w:val="00113FE7"/>
     <w:rsid w:val="001148FB"/>
     <w:rsid w:val="00115CE6"/>
     <w:rsid w:val="0011605C"/>
     <w:rsid w:val="00116495"/>
     <w:rsid w:val="001168CC"/>
     <w:rsid w:val="00116C1E"/>
     <w:rsid w:val="00117182"/>
     <w:rsid w:val="00117FF3"/>
     <w:rsid w:val="00120458"/>
     <w:rsid w:val="00120504"/>
     <w:rsid w:val="0012078B"/>
     <w:rsid w:val="001209D4"/>
     <w:rsid w:val="00120A10"/>
+    <w:rsid w:val="001217C2"/>
     <w:rsid w:val="00121D78"/>
     <w:rsid w:val="001228CC"/>
     <w:rsid w:val="00122C58"/>
     <w:rsid w:val="00123283"/>
     <w:rsid w:val="00123385"/>
     <w:rsid w:val="0012351B"/>
     <w:rsid w:val="00123522"/>
     <w:rsid w:val="00123735"/>
     <w:rsid w:val="00123B60"/>
     <w:rsid w:val="00123BF6"/>
     <w:rsid w:val="00124518"/>
     <w:rsid w:val="00124E63"/>
     <w:rsid w:val="001251D1"/>
     <w:rsid w:val="001254E0"/>
     <w:rsid w:val="00125CC1"/>
     <w:rsid w:val="0012617C"/>
     <w:rsid w:val="0012681F"/>
     <w:rsid w:val="00126ABE"/>
     <w:rsid w:val="00126ACA"/>
     <w:rsid w:val="0012705C"/>
     <w:rsid w:val="00127604"/>
     <w:rsid w:val="0012764F"/>
     <w:rsid w:val="0012768F"/>
     <w:rsid w:val="00127723"/>
     <w:rsid w:val="00127FAE"/>
     <w:rsid w:val="00130051"/>
     <w:rsid w:val="001300B3"/>
     <w:rsid w:val="0013059C"/>
     <w:rsid w:val="00130EC2"/>
     <w:rsid w:val="0013106D"/>
     <w:rsid w:val="001311F6"/>
     <w:rsid w:val="00131381"/>
     <w:rsid w:val="00131479"/>
     <w:rsid w:val="0013165B"/>
     <w:rsid w:val="001318CC"/>
     <w:rsid w:val="00131B3A"/>
     <w:rsid w:val="00132062"/>
     <w:rsid w:val="00132F28"/>
     <w:rsid w:val="00132F2A"/>
     <w:rsid w:val="001339B6"/>
+    <w:rsid w:val="00133C43"/>
     <w:rsid w:val="00134155"/>
     <w:rsid w:val="00134A24"/>
     <w:rsid w:val="00134C65"/>
+    <w:rsid w:val="00134FEC"/>
     <w:rsid w:val="001361A1"/>
     <w:rsid w:val="00136526"/>
     <w:rsid w:val="00136649"/>
     <w:rsid w:val="0013695A"/>
     <w:rsid w:val="00136C46"/>
     <w:rsid w:val="00136D93"/>
     <w:rsid w:val="00137037"/>
     <w:rsid w:val="0013718A"/>
     <w:rsid w:val="001372D5"/>
     <w:rsid w:val="00137479"/>
     <w:rsid w:val="00137741"/>
     <w:rsid w:val="00137FC8"/>
     <w:rsid w:val="00140235"/>
     <w:rsid w:val="00140260"/>
+    <w:rsid w:val="001403B1"/>
     <w:rsid w:val="00140603"/>
     <w:rsid w:val="0014086F"/>
     <w:rsid w:val="00140CA3"/>
     <w:rsid w:val="001415D6"/>
+    <w:rsid w:val="001419D4"/>
     <w:rsid w:val="001422CB"/>
     <w:rsid w:val="001424D7"/>
     <w:rsid w:val="001429C0"/>
     <w:rsid w:val="00143020"/>
     <w:rsid w:val="001434FE"/>
     <w:rsid w:val="00143905"/>
     <w:rsid w:val="00143930"/>
     <w:rsid w:val="00143AD0"/>
     <w:rsid w:val="001440EE"/>
     <w:rsid w:val="001442E8"/>
     <w:rsid w:val="00144AAC"/>
     <w:rsid w:val="00145223"/>
     <w:rsid w:val="001458E0"/>
     <w:rsid w:val="001465FF"/>
     <w:rsid w:val="001468E4"/>
     <w:rsid w:val="00146A9B"/>
     <w:rsid w:val="00147352"/>
     <w:rsid w:val="0014750F"/>
     <w:rsid w:val="0014784D"/>
     <w:rsid w:val="00150A45"/>
     <w:rsid w:val="00150F50"/>
     <w:rsid w:val="001519B5"/>
     <w:rsid w:val="00151AC8"/>
     <w:rsid w:val="00151E16"/>
     <w:rsid w:val="00152088"/>
     <w:rsid w:val="00153404"/>
     <w:rsid w:val="00154511"/>
     <w:rsid w:val="001545FB"/>
     <w:rsid w:val="0015470E"/>
     <w:rsid w:val="00154BFC"/>
     <w:rsid w:val="00155137"/>
     <w:rsid w:val="001554D4"/>
     <w:rsid w:val="001557BC"/>
     <w:rsid w:val="00155D61"/>
     <w:rsid w:val="00155FF4"/>
     <w:rsid w:val="001563B2"/>
     <w:rsid w:val="001569E2"/>
     <w:rsid w:val="00156EC8"/>
     <w:rsid w:val="00157563"/>
+    <w:rsid w:val="00160176"/>
     <w:rsid w:val="001607A6"/>
     <w:rsid w:val="001607B6"/>
     <w:rsid w:val="001608EC"/>
     <w:rsid w:val="001610CD"/>
     <w:rsid w:val="001614C5"/>
     <w:rsid w:val="00161669"/>
     <w:rsid w:val="00161685"/>
     <w:rsid w:val="00162616"/>
     <w:rsid w:val="00162A0F"/>
     <w:rsid w:val="00163070"/>
     <w:rsid w:val="001632CC"/>
     <w:rsid w:val="00163404"/>
     <w:rsid w:val="00163557"/>
     <w:rsid w:val="00163A42"/>
     <w:rsid w:val="00163ED6"/>
     <w:rsid w:val="00164115"/>
     <w:rsid w:val="00164D61"/>
     <w:rsid w:val="001654B8"/>
     <w:rsid w:val="0016572C"/>
     <w:rsid w:val="00166284"/>
     <w:rsid w:val="00166D22"/>
     <w:rsid w:val="00166D83"/>
     <w:rsid w:val="00167937"/>
+    <w:rsid w:val="0017003C"/>
     <w:rsid w:val="0017020F"/>
     <w:rsid w:val="00170351"/>
     <w:rsid w:val="0017049A"/>
     <w:rsid w:val="001706C5"/>
     <w:rsid w:val="001708FF"/>
     <w:rsid w:val="00170EFD"/>
+    <w:rsid w:val="0017101B"/>
     <w:rsid w:val="001718AE"/>
     <w:rsid w:val="001718C4"/>
     <w:rsid w:val="001725B9"/>
     <w:rsid w:val="00172A9B"/>
     <w:rsid w:val="00172AE0"/>
     <w:rsid w:val="00172C56"/>
     <w:rsid w:val="0017348E"/>
     <w:rsid w:val="00173629"/>
     <w:rsid w:val="00173847"/>
     <w:rsid w:val="00174038"/>
     <w:rsid w:val="00174238"/>
     <w:rsid w:val="001743C3"/>
     <w:rsid w:val="001747C6"/>
     <w:rsid w:val="00174E98"/>
     <w:rsid w:val="00174F93"/>
     <w:rsid w:val="00175545"/>
     <w:rsid w:val="00175B26"/>
     <w:rsid w:val="00175FFB"/>
     <w:rsid w:val="00177A06"/>
     <w:rsid w:val="001803B9"/>
     <w:rsid w:val="00180F43"/>
     <w:rsid w:val="001812D3"/>
+    <w:rsid w:val="00181400"/>
     <w:rsid w:val="00181542"/>
     <w:rsid w:val="00181AF0"/>
     <w:rsid w:val="00181E46"/>
     <w:rsid w:val="0018248C"/>
     <w:rsid w:val="00182926"/>
     <w:rsid w:val="00182EAD"/>
     <w:rsid w:val="00183B65"/>
     <w:rsid w:val="00183BE8"/>
+    <w:rsid w:val="00184B4F"/>
     <w:rsid w:val="00185037"/>
     <w:rsid w:val="00185D36"/>
     <w:rsid w:val="001864F5"/>
     <w:rsid w:val="00187389"/>
     <w:rsid w:val="00187D56"/>
     <w:rsid w:val="00190188"/>
     <w:rsid w:val="00190192"/>
     <w:rsid w:val="00190434"/>
     <w:rsid w:val="00190554"/>
+    <w:rsid w:val="00190D2F"/>
     <w:rsid w:val="00190DC5"/>
     <w:rsid w:val="00190DCF"/>
+    <w:rsid w:val="0019139D"/>
     <w:rsid w:val="00191E86"/>
     <w:rsid w:val="00191F46"/>
     <w:rsid w:val="00192216"/>
     <w:rsid w:val="0019234C"/>
     <w:rsid w:val="00192877"/>
     <w:rsid w:val="001933D9"/>
     <w:rsid w:val="001938B7"/>
     <w:rsid w:val="00193DC7"/>
     <w:rsid w:val="00193DE0"/>
     <w:rsid w:val="00193EB5"/>
     <w:rsid w:val="00193F27"/>
     <w:rsid w:val="00194012"/>
     <w:rsid w:val="0019409E"/>
     <w:rsid w:val="0019468D"/>
     <w:rsid w:val="00195244"/>
     <w:rsid w:val="00195851"/>
     <w:rsid w:val="00195F1F"/>
     <w:rsid w:val="001960DD"/>
+    <w:rsid w:val="00196139"/>
     <w:rsid w:val="00196224"/>
+    <w:rsid w:val="001963A1"/>
     <w:rsid w:val="00196519"/>
+    <w:rsid w:val="00196A20"/>
+    <w:rsid w:val="001970D9"/>
+    <w:rsid w:val="001974B6"/>
     <w:rsid w:val="00197BB3"/>
     <w:rsid w:val="001A04D3"/>
     <w:rsid w:val="001A0C5F"/>
     <w:rsid w:val="001A1293"/>
+    <w:rsid w:val="001A1782"/>
     <w:rsid w:val="001A1BA6"/>
     <w:rsid w:val="001A1D5E"/>
     <w:rsid w:val="001A26DB"/>
     <w:rsid w:val="001A2963"/>
     <w:rsid w:val="001A340E"/>
     <w:rsid w:val="001A352E"/>
     <w:rsid w:val="001A3979"/>
     <w:rsid w:val="001A3A6C"/>
     <w:rsid w:val="001A3D5D"/>
     <w:rsid w:val="001A3D90"/>
     <w:rsid w:val="001A41AE"/>
     <w:rsid w:val="001A489C"/>
     <w:rsid w:val="001A49F3"/>
+    <w:rsid w:val="001A505C"/>
     <w:rsid w:val="001A5433"/>
     <w:rsid w:val="001A559F"/>
     <w:rsid w:val="001A581C"/>
     <w:rsid w:val="001A596F"/>
     <w:rsid w:val="001A5C84"/>
     <w:rsid w:val="001A609F"/>
     <w:rsid w:val="001A66BF"/>
     <w:rsid w:val="001A6F1E"/>
     <w:rsid w:val="001A7224"/>
     <w:rsid w:val="001A72C3"/>
     <w:rsid w:val="001B046D"/>
     <w:rsid w:val="001B1383"/>
     <w:rsid w:val="001B1654"/>
     <w:rsid w:val="001B16A2"/>
     <w:rsid w:val="001B16FD"/>
     <w:rsid w:val="001B1724"/>
     <w:rsid w:val="001B17CC"/>
     <w:rsid w:val="001B1E53"/>
     <w:rsid w:val="001B29E8"/>
     <w:rsid w:val="001B2F8D"/>
     <w:rsid w:val="001B3217"/>
     <w:rsid w:val="001B3B78"/>
     <w:rsid w:val="001B454B"/>
     <w:rsid w:val="001B46C7"/>
     <w:rsid w:val="001B48A8"/>
     <w:rsid w:val="001B5F7B"/>
     <w:rsid w:val="001B730B"/>
     <w:rsid w:val="001B7645"/>
     <w:rsid w:val="001C0572"/>
     <w:rsid w:val="001C0AD1"/>
     <w:rsid w:val="001C0EF8"/>
+    <w:rsid w:val="001C19DF"/>
     <w:rsid w:val="001C2CD6"/>
     <w:rsid w:val="001C2E2B"/>
     <w:rsid w:val="001C2E70"/>
     <w:rsid w:val="001C3179"/>
     <w:rsid w:val="001C33D5"/>
     <w:rsid w:val="001C38B4"/>
     <w:rsid w:val="001C38E0"/>
     <w:rsid w:val="001C3C17"/>
     <w:rsid w:val="001C3D2F"/>
     <w:rsid w:val="001C3D49"/>
     <w:rsid w:val="001C4336"/>
     <w:rsid w:val="001C4438"/>
     <w:rsid w:val="001C44AE"/>
     <w:rsid w:val="001C48B8"/>
     <w:rsid w:val="001C4B29"/>
     <w:rsid w:val="001C4D52"/>
     <w:rsid w:val="001C5226"/>
     <w:rsid w:val="001C537D"/>
     <w:rsid w:val="001C55DB"/>
     <w:rsid w:val="001C5906"/>
     <w:rsid w:val="001C61DE"/>
     <w:rsid w:val="001C6AE5"/>
     <w:rsid w:val="001C6DCC"/>
     <w:rsid w:val="001C7D0E"/>
     <w:rsid w:val="001D071B"/>
     <w:rsid w:val="001D0C65"/>
     <w:rsid w:val="001D1BEF"/>
     <w:rsid w:val="001D21D1"/>
     <w:rsid w:val="001D2500"/>
     <w:rsid w:val="001D2EE0"/>
     <w:rsid w:val="001D3025"/>
     <w:rsid w:val="001D3BC9"/>
     <w:rsid w:val="001D4059"/>
     <w:rsid w:val="001D50B0"/>
     <w:rsid w:val="001D55A2"/>
     <w:rsid w:val="001D5B17"/>
     <w:rsid w:val="001D6239"/>
     <w:rsid w:val="001D69EF"/>
     <w:rsid w:val="001D6AE2"/>
     <w:rsid w:val="001D6B59"/>
     <w:rsid w:val="001D7093"/>
     <w:rsid w:val="001D73C6"/>
     <w:rsid w:val="001D7649"/>
     <w:rsid w:val="001D7831"/>
     <w:rsid w:val="001E0098"/>
     <w:rsid w:val="001E12BE"/>
     <w:rsid w:val="001E13AD"/>
     <w:rsid w:val="001E1564"/>
     <w:rsid w:val="001E1D59"/>
+    <w:rsid w:val="001E1DBC"/>
     <w:rsid w:val="001E1F2E"/>
     <w:rsid w:val="001E21B4"/>
     <w:rsid w:val="001E25B1"/>
     <w:rsid w:val="001E2976"/>
     <w:rsid w:val="001E2D48"/>
     <w:rsid w:val="001E3090"/>
     <w:rsid w:val="001E3E19"/>
     <w:rsid w:val="001E4148"/>
     <w:rsid w:val="001E44D0"/>
     <w:rsid w:val="001E4981"/>
     <w:rsid w:val="001E4A13"/>
     <w:rsid w:val="001E5370"/>
     <w:rsid w:val="001E59B2"/>
     <w:rsid w:val="001E6D4A"/>
     <w:rsid w:val="001E742A"/>
     <w:rsid w:val="001E79A5"/>
     <w:rsid w:val="001E7EF5"/>
     <w:rsid w:val="001F0019"/>
     <w:rsid w:val="001F001E"/>
     <w:rsid w:val="001F038E"/>
     <w:rsid w:val="001F05C1"/>
     <w:rsid w:val="001F17FD"/>
     <w:rsid w:val="001F1B8E"/>
     <w:rsid w:val="001F276D"/>
     <w:rsid w:val="001F2776"/>
+    <w:rsid w:val="001F321D"/>
     <w:rsid w:val="001F375E"/>
     <w:rsid w:val="001F3901"/>
     <w:rsid w:val="001F4035"/>
     <w:rsid w:val="001F452E"/>
     <w:rsid w:val="001F4888"/>
     <w:rsid w:val="001F4D57"/>
     <w:rsid w:val="001F507E"/>
     <w:rsid w:val="001F5FC0"/>
     <w:rsid w:val="001F61FD"/>
     <w:rsid w:val="001F641F"/>
     <w:rsid w:val="001F677B"/>
     <w:rsid w:val="001F743D"/>
     <w:rsid w:val="001F7620"/>
     <w:rsid w:val="001F76AB"/>
     <w:rsid w:val="001F785E"/>
     <w:rsid w:val="001F7D27"/>
     <w:rsid w:val="00200813"/>
     <w:rsid w:val="00200A54"/>
     <w:rsid w:val="00200F92"/>
     <w:rsid w:val="002014FE"/>
     <w:rsid w:val="002016EF"/>
     <w:rsid w:val="00201AFF"/>
     <w:rsid w:val="00201B09"/>
     <w:rsid w:val="00201FB5"/>
     <w:rsid w:val="00201FF2"/>
     <w:rsid w:val="002022DF"/>
     <w:rsid w:val="002028FB"/>
     <w:rsid w:val="00202D47"/>
     <w:rsid w:val="00202D56"/>
     <w:rsid w:val="0020314F"/>
     <w:rsid w:val="0020323F"/>
     <w:rsid w:val="00203A0C"/>
     <w:rsid w:val="00204312"/>
     <w:rsid w:val="0020479A"/>
     <w:rsid w:val="002048B2"/>
     <w:rsid w:val="002052A7"/>
     <w:rsid w:val="00205323"/>
     <w:rsid w:val="00205879"/>
     <w:rsid w:val="00205FDA"/>
     <w:rsid w:val="002060C0"/>
     <w:rsid w:val="00206E5C"/>
     <w:rsid w:val="0020710A"/>
     <w:rsid w:val="00207B7E"/>
+    <w:rsid w:val="00210436"/>
     <w:rsid w:val="002105BE"/>
     <w:rsid w:val="00210BD7"/>
     <w:rsid w:val="00211108"/>
     <w:rsid w:val="002115FE"/>
     <w:rsid w:val="002119EF"/>
     <w:rsid w:val="00211B7F"/>
     <w:rsid w:val="00212171"/>
+    <w:rsid w:val="00212D0F"/>
+    <w:rsid w:val="00212F5A"/>
     <w:rsid w:val="00213045"/>
     <w:rsid w:val="00213632"/>
     <w:rsid w:val="00213662"/>
     <w:rsid w:val="00213A67"/>
     <w:rsid w:val="00214875"/>
     <w:rsid w:val="00214B32"/>
     <w:rsid w:val="0021535D"/>
     <w:rsid w:val="00215B12"/>
     <w:rsid w:val="00215BF2"/>
     <w:rsid w:val="0021633E"/>
     <w:rsid w:val="0021685E"/>
     <w:rsid w:val="002169F8"/>
     <w:rsid w:val="00216A7B"/>
     <w:rsid w:val="00217649"/>
     <w:rsid w:val="0021794D"/>
     <w:rsid w:val="00217ABB"/>
     <w:rsid w:val="0022000D"/>
     <w:rsid w:val="0022021A"/>
     <w:rsid w:val="002206C9"/>
     <w:rsid w:val="002208BA"/>
     <w:rsid w:val="00221333"/>
     <w:rsid w:val="002214E5"/>
     <w:rsid w:val="002215A8"/>
+    <w:rsid w:val="00221BCF"/>
     <w:rsid w:val="00222273"/>
     <w:rsid w:val="002228E1"/>
     <w:rsid w:val="00222B88"/>
     <w:rsid w:val="00222DA8"/>
     <w:rsid w:val="00222FBE"/>
     <w:rsid w:val="0022320B"/>
     <w:rsid w:val="002235C3"/>
     <w:rsid w:val="0022452D"/>
     <w:rsid w:val="002248B4"/>
     <w:rsid w:val="00224C35"/>
     <w:rsid w:val="00225567"/>
     <w:rsid w:val="00225A76"/>
     <w:rsid w:val="00225CD6"/>
     <w:rsid w:val="00226810"/>
     <w:rsid w:val="0022684D"/>
     <w:rsid w:val="002276AB"/>
     <w:rsid w:val="00227B29"/>
     <w:rsid w:val="0023012D"/>
     <w:rsid w:val="002301A7"/>
     <w:rsid w:val="00230786"/>
     <w:rsid w:val="00230B7E"/>
     <w:rsid w:val="00231254"/>
     <w:rsid w:val="00231703"/>
     <w:rsid w:val="00231B85"/>
     <w:rsid w:val="00232BBA"/>
     <w:rsid w:val="00232DEF"/>
     <w:rsid w:val="00232DF3"/>
     <w:rsid w:val="002340B4"/>
     <w:rsid w:val="002345A2"/>
     <w:rsid w:val="002346E4"/>
     <w:rsid w:val="00234BEC"/>
     <w:rsid w:val="00235C9B"/>
     <w:rsid w:val="0023602A"/>
     <w:rsid w:val="00236048"/>
     <w:rsid w:val="002362A4"/>
     <w:rsid w:val="00236418"/>
     <w:rsid w:val="00236A07"/>
     <w:rsid w:val="00236F9B"/>
     <w:rsid w:val="002374EF"/>
     <w:rsid w:val="00237715"/>
     <w:rsid w:val="00237B53"/>
     <w:rsid w:val="00237C02"/>
     <w:rsid w:val="00237E7F"/>
     <w:rsid w:val="00237EFF"/>
+    <w:rsid w:val="0024017F"/>
     <w:rsid w:val="00240817"/>
     <w:rsid w:val="0024116F"/>
     <w:rsid w:val="002411B9"/>
     <w:rsid w:val="00241C93"/>
     <w:rsid w:val="00241D9B"/>
     <w:rsid w:val="00242169"/>
     <w:rsid w:val="00242685"/>
     <w:rsid w:val="002426DE"/>
     <w:rsid w:val="002428AA"/>
     <w:rsid w:val="00242AC9"/>
     <w:rsid w:val="00243276"/>
     <w:rsid w:val="00243561"/>
     <w:rsid w:val="002437F5"/>
     <w:rsid w:val="00243F9D"/>
     <w:rsid w:val="002449BE"/>
+    <w:rsid w:val="00244FFC"/>
     <w:rsid w:val="00245732"/>
     <w:rsid w:val="00245B24"/>
     <w:rsid w:val="00245FDB"/>
     <w:rsid w:val="002468FF"/>
     <w:rsid w:val="00246E10"/>
     <w:rsid w:val="0024729E"/>
     <w:rsid w:val="00247454"/>
     <w:rsid w:val="0025001F"/>
     <w:rsid w:val="00250704"/>
     <w:rsid w:val="00250ACA"/>
     <w:rsid w:val="00250B29"/>
     <w:rsid w:val="002513F1"/>
     <w:rsid w:val="00251B5F"/>
     <w:rsid w:val="00251D2B"/>
     <w:rsid w:val="0025288C"/>
     <w:rsid w:val="00252908"/>
     <w:rsid w:val="0025318D"/>
     <w:rsid w:val="00253749"/>
     <w:rsid w:val="00253A51"/>
     <w:rsid w:val="002542E6"/>
     <w:rsid w:val="00254B3D"/>
     <w:rsid w:val="00255DB6"/>
     <w:rsid w:val="00256475"/>
     <w:rsid w:val="00256AB8"/>
     <w:rsid w:val="00256D3D"/>
     <w:rsid w:val="00256FA6"/>
     <w:rsid w:val="0025735D"/>
     <w:rsid w:val="0026042B"/>
     <w:rsid w:val="0026103A"/>
     <w:rsid w:val="00261CA2"/>
+    <w:rsid w:val="00261DC0"/>
     <w:rsid w:val="00262982"/>
     <w:rsid w:val="0026357A"/>
     <w:rsid w:val="0026368F"/>
     <w:rsid w:val="00264128"/>
     <w:rsid w:val="002642F9"/>
     <w:rsid w:val="00264A56"/>
     <w:rsid w:val="00265213"/>
     <w:rsid w:val="002655B7"/>
     <w:rsid w:val="002655CF"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00266475"/>
     <w:rsid w:val="002665C5"/>
     <w:rsid w:val="0026670F"/>
     <w:rsid w:val="0026740B"/>
     <w:rsid w:val="00267BB6"/>
     <w:rsid w:val="002705CB"/>
     <w:rsid w:val="002710E6"/>
     <w:rsid w:val="0027186F"/>
     <w:rsid w:val="002718D1"/>
     <w:rsid w:val="002722E1"/>
     <w:rsid w:val="002725D9"/>
     <w:rsid w:val="00272A26"/>
     <w:rsid w:val="002733A5"/>
     <w:rsid w:val="002733D1"/>
     <w:rsid w:val="002739BC"/>
     <w:rsid w:val="00273A68"/>
     <w:rsid w:val="00275216"/>
     <w:rsid w:val="00275AAF"/>
     <w:rsid w:val="00275DEB"/>
     <w:rsid w:val="00276002"/>
+    <w:rsid w:val="00276777"/>
     <w:rsid w:val="00277786"/>
     <w:rsid w:val="00277C51"/>
     <w:rsid w:val="00277CB7"/>
     <w:rsid w:val="00277D1B"/>
     <w:rsid w:val="00277E0D"/>
     <w:rsid w:val="00280B86"/>
     <w:rsid w:val="00280DE4"/>
     <w:rsid w:val="00280EC3"/>
     <w:rsid w:val="002812E6"/>
     <w:rsid w:val="00281536"/>
     <w:rsid w:val="002816F4"/>
     <w:rsid w:val="00281714"/>
     <w:rsid w:val="0028171C"/>
     <w:rsid w:val="002819AB"/>
     <w:rsid w:val="002819F1"/>
     <w:rsid w:val="00281FB4"/>
     <w:rsid w:val="00282767"/>
     <w:rsid w:val="00282C29"/>
     <w:rsid w:val="002832C4"/>
     <w:rsid w:val="0028336E"/>
     <w:rsid w:val="00283DF0"/>
     <w:rsid w:val="00283EDD"/>
     <w:rsid w:val="00284325"/>
     <w:rsid w:val="00284411"/>
     <w:rsid w:val="0028465F"/>
     <w:rsid w:val="00284A09"/>
     <w:rsid w:val="00284BB5"/>
     <w:rsid w:val="00284C63"/>
     <w:rsid w:val="00285739"/>
+    <w:rsid w:val="00285B05"/>
     <w:rsid w:val="00285D6B"/>
     <w:rsid w:val="00285F4A"/>
     <w:rsid w:val="00285F4E"/>
     <w:rsid w:val="0028716D"/>
     <w:rsid w:val="00287C74"/>
     <w:rsid w:val="00287CDF"/>
     <w:rsid w:val="00287D41"/>
     <w:rsid w:val="00287EDE"/>
     <w:rsid w:val="00287F65"/>
     <w:rsid w:val="0029118D"/>
     <w:rsid w:val="00291C94"/>
     <w:rsid w:val="00291EE1"/>
     <w:rsid w:val="00291F79"/>
     <w:rsid w:val="002920C3"/>
     <w:rsid w:val="002922C9"/>
     <w:rsid w:val="00292AD5"/>
     <w:rsid w:val="00292F58"/>
     <w:rsid w:val="002932D3"/>
     <w:rsid w:val="002937AC"/>
     <w:rsid w:val="00293964"/>
     <w:rsid w:val="00293C71"/>
     <w:rsid w:val="00293DBD"/>
     <w:rsid w:val="002942B0"/>
     <w:rsid w:val="0029467D"/>
     <w:rsid w:val="00294E97"/>
     <w:rsid w:val="00295ADD"/>
     <w:rsid w:val="00295F16"/>
     <w:rsid w:val="0029614F"/>
     <w:rsid w:val="00296375"/>
     <w:rsid w:val="00296560"/>
     <w:rsid w:val="00296719"/>
     <w:rsid w:val="00296F0D"/>
     <w:rsid w:val="00296F64"/>
     <w:rsid w:val="00297106"/>
     <w:rsid w:val="00297429"/>
     <w:rsid w:val="002974C8"/>
     <w:rsid w:val="002974DB"/>
+    <w:rsid w:val="00297875"/>
+    <w:rsid w:val="00297C61"/>
     <w:rsid w:val="00299973"/>
     <w:rsid w:val="002A02A8"/>
     <w:rsid w:val="002A03A1"/>
     <w:rsid w:val="002A0E8C"/>
     <w:rsid w:val="002A10B9"/>
     <w:rsid w:val="002A1148"/>
     <w:rsid w:val="002A1A05"/>
     <w:rsid w:val="002A1C92"/>
     <w:rsid w:val="002A2001"/>
     <w:rsid w:val="002A22A0"/>
     <w:rsid w:val="002A23C2"/>
     <w:rsid w:val="002A310B"/>
     <w:rsid w:val="002A326F"/>
     <w:rsid w:val="002A3ACC"/>
     <w:rsid w:val="002A3E20"/>
     <w:rsid w:val="002A3E79"/>
     <w:rsid w:val="002A3ED3"/>
     <w:rsid w:val="002A3FC0"/>
+    <w:rsid w:val="002A4002"/>
     <w:rsid w:val="002A400F"/>
     <w:rsid w:val="002A40B2"/>
     <w:rsid w:val="002A40E1"/>
     <w:rsid w:val="002A4290"/>
     <w:rsid w:val="002A464F"/>
     <w:rsid w:val="002A4839"/>
     <w:rsid w:val="002A4C9A"/>
     <w:rsid w:val="002A530A"/>
     <w:rsid w:val="002A5B1A"/>
     <w:rsid w:val="002A642B"/>
     <w:rsid w:val="002B02C8"/>
     <w:rsid w:val="002B04B8"/>
     <w:rsid w:val="002B052E"/>
     <w:rsid w:val="002B068D"/>
     <w:rsid w:val="002B06A1"/>
     <w:rsid w:val="002B0A51"/>
     <w:rsid w:val="002B0D95"/>
     <w:rsid w:val="002B1342"/>
     <w:rsid w:val="002B167F"/>
+    <w:rsid w:val="002B26A4"/>
     <w:rsid w:val="002B2726"/>
+    <w:rsid w:val="002B2AD5"/>
     <w:rsid w:val="002B2B23"/>
     <w:rsid w:val="002B36A0"/>
     <w:rsid w:val="002B384F"/>
     <w:rsid w:val="002B4F4A"/>
     <w:rsid w:val="002B5B98"/>
     <w:rsid w:val="002B5EFC"/>
     <w:rsid w:val="002B6D2F"/>
     <w:rsid w:val="002B6D5C"/>
     <w:rsid w:val="002C03BF"/>
     <w:rsid w:val="002C0911"/>
     <w:rsid w:val="002C1276"/>
     <w:rsid w:val="002C13B6"/>
     <w:rsid w:val="002C1532"/>
     <w:rsid w:val="002C155F"/>
     <w:rsid w:val="002C17F3"/>
     <w:rsid w:val="002C1858"/>
     <w:rsid w:val="002C1C34"/>
     <w:rsid w:val="002C24CF"/>
     <w:rsid w:val="002C2879"/>
     <w:rsid w:val="002C32B5"/>
     <w:rsid w:val="002C3E4C"/>
     <w:rsid w:val="002C404F"/>
     <w:rsid w:val="002C414A"/>
     <w:rsid w:val="002C521F"/>
     <w:rsid w:val="002C5832"/>
     <w:rsid w:val="002C652F"/>
     <w:rsid w:val="002C6C6E"/>
     <w:rsid w:val="002C6F74"/>
     <w:rsid w:val="002C72E6"/>
     <w:rsid w:val="002C7304"/>
+    <w:rsid w:val="002C7388"/>
     <w:rsid w:val="002C7B52"/>
     <w:rsid w:val="002C7CFF"/>
     <w:rsid w:val="002D031B"/>
     <w:rsid w:val="002D0489"/>
     <w:rsid w:val="002D099E"/>
     <w:rsid w:val="002D0D07"/>
     <w:rsid w:val="002D1055"/>
     <w:rsid w:val="002D17D2"/>
     <w:rsid w:val="002D1B7E"/>
+    <w:rsid w:val="002D26B2"/>
     <w:rsid w:val="002D297F"/>
     <w:rsid w:val="002D2A9D"/>
     <w:rsid w:val="002D2B3C"/>
     <w:rsid w:val="002D2BD3"/>
     <w:rsid w:val="002D3FBA"/>
     <w:rsid w:val="002D4C74"/>
     <w:rsid w:val="002D59FE"/>
     <w:rsid w:val="002D5DC8"/>
     <w:rsid w:val="002D6808"/>
     <w:rsid w:val="002D73B7"/>
     <w:rsid w:val="002D74AB"/>
     <w:rsid w:val="002D7C5B"/>
     <w:rsid w:val="002D7D03"/>
     <w:rsid w:val="002D7D25"/>
     <w:rsid w:val="002E25D3"/>
     <w:rsid w:val="002E2745"/>
     <w:rsid w:val="002E29CF"/>
     <w:rsid w:val="002E2D42"/>
     <w:rsid w:val="002E3754"/>
     <w:rsid w:val="002E3BDF"/>
     <w:rsid w:val="002E3C33"/>
     <w:rsid w:val="002E4144"/>
     <w:rsid w:val="002E449D"/>
     <w:rsid w:val="002E57C5"/>
     <w:rsid w:val="002E58A6"/>
     <w:rsid w:val="002E58BD"/>
     <w:rsid w:val="002E5A64"/>
     <w:rsid w:val="002E618D"/>
     <w:rsid w:val="002E67A6"/>
     <w:rsid w:val="002E6F20"/>
     <w:rsid w:val="002E6FC9"/>
     <w:rsid w:val="002E6FFA"/>
     <w:rsid w:val="002E7138"/>
     <w:rsid w:val="002E7698"/>
     <w:rsid w:val="002E7816"/>
     <w:rsid w:val="002E79BA"/>
     <w:rsid w:val="002F05C6"/>
     <w:rsid w:val="002F0CEC"/>
     <w:rsid w:val="002F0EED"/>
     <w:rsid w:val="002F1403"/>
     <w:rsid w:val="002F164A"/>
     <w:rsid w:val="002F195E"/>
     <w:rsid w:val="002F215E"/>
     <w:rsid w:val="002F2A20"/>
+    <w:rsid w:val="002F2AE9"/>
     <w:rsid w:val="002F3315"/>
     <w:rsid w:val="002F33A4"/>
     <w:rsid w:val="002F3890"/>
     <w:rsid w:val="002F3BAF"/>
     <w:rsid w:val="002F3EF5"/>
     <w:rsid w:val="002F432C"/>
     <w:rsid w:val="002F460B"/>
     <w:rsid w:val="002F4F98"/>
     <w:rsid w:val="002F5141"/>
     <w:rsid w:val="002F58E0"/>
     <w:rsid w:val="002F5921"/>
     <w:rsid w:val="002F677F"/>
     <w:rsid w:val="002F67D2"/>
     <w:rsid w:val="002F71E0"/>
     <w:rsid w:val="002F75FB"/>
+    <w:rsid w:val="0030036A"/>
     <w:rsid w:val="003007DC"/>
     <w:rsid w:val="00300D98"/>
     <w:rsid w:val="00300E7C"/>
     <w:rsid w:val="0030133C"/>
     <w:rsid w:val="00301501"/>
     <w:rsid w:val="003018A4"/>
     <w:rsid w:val="00301931"/>
     <w:rsid w:val="00301B4D"/>
     <w:rsid w:val="00301C2C"/>
     <w:rsid w:val="00302709"/>
     <w:rsid w:val="00302C4E"/>
     <w:rsid w:val="003030C9"/>
+    <w:rsid w:val="00303835"/>
     <w:rsid w:val="0030386D"/>
     <w:rsid w:val="00303C3D"/>
     <w:rsid w:val="00303D78"/>
     <w:rsid w:val="00304398"/>
     <w:rsid w:val="00304890"/>
     <w:rsid w:val="0030497D"/>
     <w:rsid w:val="00304C6F"/>
     <w:rsid w:val="00305245"/>
     <w:rsid w:val="00305298"/>
     <w:rsid w:val="003058A3"/>
     <w:rsid w:val="00305D00"/>
     <w:rsid w:val="00305D8A"/>
     <w:rsid w:val="00305DAC"/>
     <w:rsid w:val="00305DFC"/>
     <w:rsid w:val="003066B4"/>
     <w:rsid w:val="003070B0"/>
     <w:rsid w:val="003077B9"/>
     <w:rsid w:val="00307B90"/>
     <w:rsid w:val="00307F54"/>
     <w:rsid w:val="0031019F"/>
     <w:rsid w:val="00310944"/>
     <w:rsid w:val="00311C44"/>
     <w:rsid w:val="003121D1"/>
     <w:rsid w:val="0031246D"/>
     <w:rsid w:val="003135FE"/>
     <w:rsid w:val="003137C5"/>
     <w:rsid w:val="00313846"/>
     <w:rsid w:val="00313D61"/>
     <w:rsid w:val="00314899"/>
     <w:rsid w:val="00314AFF"/>
     <w:rsid w:val="00314F50"/>
     <w:rsid w:val="00315038"/>
     <w:rsid w:val="00315187"/>
     <w:rsid w:val="003151C6"/>
     <w:rsid w:val="0031638F"/>
     <w:rsid w:val="00316BBD"/>
     <w:rsid w:val="00316EC7"/>
     <w:rsid w:val="0031721B"/>
     <w:rsid w:val="00317604"/>
     <w:rsid w:val="0032058B"/>
     <w:rsid w:val="00320B04"/>
     <w:rsid w:val="00320C77"/>
     <w:rsid w:val="00320FAB"/>
     <w:rsid w:val="003218BB"/>
     <w:rsid w:val="00321B03"/>
     <w:rsid w:val="00321C9E"/>
     <w:rsid w:val="003226E7"/>
     <w:rsid w:val="003229A4"/>
     <w:rsid w:val="00322DC1"/>
     <w:rsid w:val="00323324"/>
+    <w:rsid w:val="00323A9B"/>
     <w:rsid w:val="00323B02"/>
     <w:rsid w:val="00323F32"/>
     <w:rsid w:val="00324E0B"/>
     <w:rsid w:val="00324F3B"/>
     <w:rsid w:val="0032537F"/>
     <w:rsid w:val="003256F6"/>
     <w:rsid w:val="00325D8B"/>
     <w:rsid w:val="00325FC0"/>
     <w:rsid w:val="0032736B"/>
     <w:rsid w:val="00327761"/>
     <w:rsid w:val="00327853"/>
     <w:rsid w:val="003300E5"/>
     <w:rsid w:val="00330C0C"/>
     <w:rsid w:val="00330D13"/>
     <w:rsid w:val="00331685"/>
     <w:rsid w:val="003317A0"/>
     <w:rsid w:val="00331A19"/>
     <w:rsid w:val="00331C22"/>
     <w:rsid w:val="00331DAD"/>
     <w:rsid w:val="0033203C"/>
     <w:rsid w:val="0033239D"/>
     <w:rsid w:val="00332768"/>
     <w:rsid w:val="00332B74"/>
     <w:rsid w:val="00332CAE"/>
     <w:rsid w:val="00332F24"/>
     <w:rsid w:val="00333321"/>
     <w:rsid w:val="003336A1"/>
     <w:rsid w:val="00333989"/>
     <w:rsid w:val="00333FC6"/>
     <w:rsid w:val="003343CA"/>
     <w:rsid w:val="00334444"/>
     <w:rsid w:val="00334BD6"/>
     <w:rsid w:val="00334EC6"/>
+    <w:rsid w:val="0033562E"/>
     <w:rsid w:val="003358B4"/>
     <w:rsid w:val="003359D1"/>
     <w:rsid w:val="00335A8A"/>
     <w:rsid w:val="00335CAB"/>
     <w:rsid w:val="00335CC0"/>
     <w:rsid w:val="00335FCF"/>
     <w:rsid w:val="003371B2"/>
     <w:rsid w:val="003378F7"/>
     <w:rsid w:val="00337A5C"/>
     <w:rsid w:val="00340B95"/>
     <w:rsid w:val="00340BE0"/>
     <w:rsid w:val="00340F9A"/>
     <w:rsid w:val="0034149B"/>
     <w:rsid w:val="003417A9"/>
     <w:rsid w:val="00341F85"/>
     <w:rsid w:val="00342578"/>
     <w:rsid w:val="003437E1"/>
     <w:rsid w:val="003438B2"/>
     <w:rsid w:val="003438F6"/>
     <w:rsid w:val="00343C27"/>
     <w:rsid w:val="00344041"/>
     <w:rsid w:val="0034425A"/>
     <w:rsid w:val="00344435"/>
     <w:rsid w:val="00344787"/>
     <w:rsid w:val="00344DB5"/>
     <w:rsid w:val="00345515"/>
     <w:rsid w:val="00345C56"/>
     <w:rsid w:val="00345DBD"/>
     <w:rsid w:val="003460E7"/>
     <w:rsid w:val="00346136"/>
     <w:rsid w:val="003468FA"/>
+    <w:rsid w:val="00346C38"/>
     <w:rsid w:val="00346DD0"/>
     <w:rsid w:val="00346EA9"/>
     <w:rsid w:val="00347124"/>
     <w:rsid w:val="003471D8"/>
     <w:rsid w:val="0035048E"/>
     <w:rsid w:val="00350787"/>
     <w:rsid w:val="00350B4D"/>
     <w:rsid w:val="00350C44"/>
+    <w:rsid w:val="00350E4C"/>
     <w:rsid w:val="0035246B"/>
     <w:rsid w:val="00352757"/>
     <w:rsid w:val="0035316A"/>
     <w:rsid w:val="003536A5"/>
     <w:rsid w:val="00353ABE"/>
     <w:rsid w:val="00353B2E"/>
     <w:rsid w:val="00353B74"/>
     <w:rsid w:val="00353C29"/>
     <w:rsid w:val="00353C4A"/>
     <w:rsid w:val="003541D2"/>
     <w:rsid w:val="00354CA8"/>
     <w:rsid w:val="003552F2"/>
     <w:rsid w:val="00356623"/>
     <w:rsid w:val="0035686C"/>
     <w:rsid w:val="0035697E"/>
     <w:rsid w:val="003569FD"/>
     <w:rsid w:val="00356B9E"/>
     <w:rsid w:val="00356BEB"/>
     <w:rsid w:val="00356FBF"/>
     <w:rsid w:val="00357158"/>
     <w:rsid w:val="00357D1E"/>
     <w:rsid w:val="00360811"/>
     <w:rsid w:val="00360AB6"/>
     <w:rsid w:val="003624C5"/>
     <w:rsid w:val="00362843"/>
     <w:rsid w:val="00362B9D"/>
     <w:rsid w:val="00362DFB"/>
     <w:rsid w:val="003630DB"/>
     <w:rsid w:val="003633CD"/>
     <w:rsid w:val="00363413"/>
     <w:rsid w:val="00363A21"/>
     <w:rsid w:val="00363A57"/>
     <w:rsid w:val="00363C98"/>
     <w:rsid w:val="00364115"/>
     <w:rsid w:val="003648B0"/>
     <w:rsid w:val="00364902"/>
     <w:rsid w:val="00364C24"/>
     <w:rsid w:val="00365361"/>
     <w:rsid w:val="003657F8"/>
     <w:rsid w:val="00365932"/>
     <w:rsid w:val="00365EE5"/>
     <w:rsid w:val="00366438"/>
     <w:rsid w:val="003667EC"/>
     <w:rsid w:val="0036680D"/>
     <w:rsid w:val="00366BCB"/>
     <w:rsid w:val="00366D61"/>
     <w:rsid w:val="003672E8"/>
+    <w:rsid w:val="00367814"/>
     <w:rsid w:val="00370537"/>
     <w:rsid w:val="003707F3"/>
     <w:rsid w:val="00370A05"/>
     <w:rsid w:val="00370D1A"/>
     <w:rsid w:val="00370F13"/>
     <w:rsid w:val="00371919"/>
     <w:rsid w:val="0037198B"/>
     <w:rsid w:val="003721CD"/>
     <w:rsid w:val="00372EB8"/>
     <w:rsid w:val="003730C6"/>
     <w:rsid w:val="00373614"/>
     <w:rsid w:val="00373A87"/>
     <w:rsid w:val="00373CB9"/>
     <w:rsid w:val="00374035"/>
     <w:rsid w:val="003741AB"/>
     <w:rsid w:val="0037434A"/>
     <w:rsid w:val="00374685"/>
     <w:rsid w:val="003746E9"/>
     <w:rsid w:val="003754BC"/>
     <w:rsid w:val="003758F9"/>
     <w:rsid w:val="00375BAD"/>
     <w:rsid w:val="003764F5"/>
     <w:rsid w:val="0037670C"/>
     <w:rsid w:val="00376AED"/>
     <w:rsid w:val="00376E2C"/>
     <w:rsid w:val="00380DD8"/>
     <w:rsid w:val="003813D4"/>
     <w:rsid w:val="003814F8"/>
     <w:rsid w:val="0038177E"/>
     <w:rsid w:val="00381CF5"/>
     <w:rsid w:val="00381D7E"/>
     <w:rsid w:val="0038240E"/>
     <w:rsid w:val="00382B53"/>
     <w:rsid w:val="00382F54"/>
     <w:rsid w:val="00384045"/>
     <w:rsid w:val="0038418A"/>
     <w:rsid w:val="00384506"/>
     <w:rsid w:val="0038507D"/>
     <w:rsid w:val="003850AA"/>
+    <w:rsid w:val="00385262"/>
     <w:rsid w:val="00385C3B"/>
     <w:rsid w:val="00385D99"/>
     <w:rsid w:val="0038653F"/>
     <w:rsid w:val="00386995"/>
     <w:rsid w:val="003869AF"/>
     <w:rsid w:val="00386BE1"/>
     <w:rsid w:val="00387453"/>
     <w:rsid w:val="003878F6"/>
     <w:rsid w:val="00387FB4"/>
     <w:rsid w:val="00390590"/>
     <w:rsid w:val="00390A4E"/>
     <w:rsid w:val="00390D45"/>
     <w:rsid w:val="0039101A"/>
     <w:rsid w:val="00391DAF"/>
     <w:rsid w:val="003920F0"/>
     <w:rsid w:val="00392559"/>
     <w:rsid w:val="00392DC5"/>
     <w:rsid w:val="0039371E"/>
     <w:rsid w:val="0039398B"/>
     <w:rsid w:val="00393B8F"/>
     <w:rsid w:val="00393C0A"/>
     <w:rsid w:val="003945EC"/>
     <w:rsid w:val="00396849"/>
     <w:rsid w:val="0039704F"/>
     <w:rsid w:val="00397132"/>
     <w:rsid w:val="003973AC"/>
     <w:rsid w:val="003978CF"/>
     <w:rsid w:val="00397A98"/>
     <w:rsid w:val="00397AB8"/>
     <w:rsid w:val="00397AE0"/>
     <w:rsid w:val="00397DF3"/>
     <w:rsid w:val="003A0841"/>
     <w:rsid w:val="003A0874"/>
     <w:rsid w:val="003A0FCC"/>
     <w:rsid w:val="003A102A"/>
     <w:rsid w:val="003A2781"/>
     <w:rsid w:val="003A2A75"/>
     <w:rsid w:val="003A31B7"/>
     <w:rsid w:val="003A3BFF"/>
     <w:rsid w:val="003A4299"/>
     <w:rsid w:val="003A44D0"/>
     <w:rsid w:val="003A4705"/>
+    <w:rsid w:val="003A4780"/>
     <w:rsid w:val="003A47ED"/>
     <w:rsid w:val="003A481A"/>
     <w:rsid w:val="003A4B66"/>
     <w:rsid w:val="003A5AC4"/>
     <w:rsid w:val="003A5C11"/>
+    <w:rsid w:val="003A6289"/>
     <w:rsid w:val="003A66C8"/>
     <w:rsid w:val="003A6801"/>
     <w:rsid w:val="003A6FA7"/>
     <w:rsid w:val="003A7EA0"/>
     <w:rsid w:val="003B0438"/>
     <w:rsid w:val="003B0898"/>
     <w:rsid w:val="003B09FF"/>
     <w:rsid w:val="003B0A3B"/>
     <w:rsid w:val="003B14CE"/>
     <w:rsid w:val="003B1D03"/>
     <w:rsid w:val="003B1E68"/>
     <w:rsid w:val="003B2440"/>
     <w:rsid w:val="003B29E6"/>
     <w:rsid w:val="003B310A"/>
     <w:rsid w:val="003B3427"/>
     <w:rsid w:val="003B3773"/>
     <w:rsid w:val="003B3797"/>
     <w:rsid w:val="003B43C6"/>
+    <w:rsid w:val="003B482A"/>
     <w:rsid w:val="003B56A7"/>
     <w:rsid w:val="003B592C"/>
     <w:rsid w:val="003B5DB4"/>
     <w:rsid w:val="003B63DE"/>
+    <w:rsid w:val="003B6976"/>
     <w:rsid w:val="003B6CF4"/>
     <w:rsid w:val="003B758E"/>
     <w:rsid w:val="003B7672"/>
     <w:rsid w:val="003B7E7C"/>
     <w:rsid w:val="003C0549"/>
     <w:rsid w:val="003C063A"/>
     <w:rsid w:val="003C082E"/>
     <w:rsid w:val="003C0886"/>
     <w:rsid w:val="003C0901"/>
     <w:rsid w:val="003C113C"/>
     <w:rsid w:val="003C11A6"/>
     <w:rsid w:val="003C2307"/>
     <w:rsid w:val="003C23B2"/>
     <w:rsid w:val="003C309C"/>
     <w:rsid w:val="003C3178"/>
     <w:rsid w:val="003C3ABF"/>
     <w:rsid w:val="003C40A9"/>
     <w:rsid w:val="003C48D6"/>
     <w:rsid w:val="003C4D74"/>
     <w:rsid w:val="003C5368"/>
     <w:rsid w:val="003C5500"/>
     <w:rsid w:val="003C5810"/>
+    <w:rsid w:val="003C597D"/>
     <w:rsid w:val="003C5E1E"/>
     <w:rsid w:val="003C6101"/>
     <w:rsid w:val="003C62B7"/>
     <w:rsid w:val="003C69A7"/>
     <w:rsid w:val="003C6B7A"/>
     <w:rsid w:val="003C6BDE"/>
     <w:rsid w:val="003C6C32"/>
     <w:rsid w:val="003C6F89"/>
     <w:rsid w:val="003C7617"/>
     <w:rsid w:val="003C7B20"/>
     <w:rsid w:val="003C7B9C"/>
     <w:rsid w:val="003D03B0"/>
     <w:rsid w:val="003D098B"/>
     <w:rsid w:val="003D0B01"/>
     <w:rsid w:val="003D171F"/>
     <w:rsid w:val="003D2027"/>
     <w:rsid w:val="003D212A"/>
     <w:rsid w:val="003D2485"/>
     <w:rsid w:val="003D2E60"/>
     <w:rsid w:val="003D3290"/>
     <w:rsid w:val="003D3825"/>
     <w:rsid w:val="003D3C27"/>
     <w:rsid w:val="003D430A"/>
     <w:rsid w:val="003D4D32"/>
     <w:rsid w:val="003D4D92"/>
@@ -30056,50 +35721,51 @@
     <w:rsid w:val="003D7CD6"/>
     <w:rsid w:val="003D7EDE"/>
     <w:rsid w:val="003E0898"/>
     <w:rsid w:val="003E0DE7"/>
     <w:rsid w:val="003E0F45"/>
     <w:rsid w:val="003E1014"/>
     <w:rsid w:val="003E118F"/>
     <w:rsid w:val="003E15D1"/>
     <w:rsid w:val="003E1A04"/>
     <w:rsid w:val="003E1D00"/>
     <w:rsid w:val="003E1F53"/>
     <w:rsid w:val="003E2006"/>
     <w:rsid w:val="003E2473"/>
     <w:rsid w:val="003E281C"/>
     <w:rsid w:val="003E3AA7"/>
     <w:rsid w:val="003E3E3F"/>
     <w:rsid w:val="003E3E87"/>
     <w:rsid w:val="003E46DD"/>
     <w:rsid w:val="003E477E"/>
     <w:rsid w:val="003E48FB"/>
     <w:rsid w:val="003E4ED7"/>
     <w:rsid w:val="003E69F2"/>
     <w:rsid w:val="003E6E44"/>
     <w:rsid w:val="003E6EAA"/>
     <w:rsid w:val="003E6EB3"/>
+    <w:rsid w:val="003E71AD"/>
     <w:rsid w:val="003E735D"/>
     <w:rsid w:val="003E7C00"/>
     <w:rsid w:val="003E7DC2"/>
     <w:rsid w:val="003F0DCA"/>
     <w:rsid w:val="003F122B"/>
     <w:rsid w:val="003F18DF"/>
     <w:rsid w:val="003F2204"/>
     <w:rsid w:val="003F25E5"/>
     <w:rsid w:val="003F26F2"/>
     <w:rsid w:val="003F2B53"/>
     <w:rsid w:val="003F33C7"/>
     <w:rsid w:val="003F33E4"/>
     <w:rsid w:val="003F378B"/>
     <w:rsid w:val="003F395B"/>
     <w:rsid w:val="003F399F"/>
     <w:rsid w:val="003F3B86"/>
     <w:rsid w:val="003F3DD2"/>
     <w:rsid w:val="003F46F5"/>
     <w:rsid w:val="003F521C"/>
     <w:rsid w:val="003F54E1"/>
     <w:rsid w:val="003F589A"/>
     <w:rsid w:val="003F5C73"/>
     <w:rsid w:val="003F5CA4"/>
     <w:rsid w:val="003F621F"/>
     <w:rsid w:val="003F6242"/>
@@ -30128,112 +35794,117 @@
     <w:rsid w:val="004058C9"/>
     <w:rsid w:val="00405E93"/>
     <w:rsid w:val="00407E4E"/>
     <w:rsid w:val="00410505"/>
     <w:rsid w:val="00410594"/>
     <w:rsid w:val="0041059F"/>
     <w:rsid w:val="00411064"/>
     <w:rsid w:val="0041120C"/>
     <w:rsid w:val="00411B72"/>
     <w:rsid w:val="00411CD0"/>
     <w:rsid w:val="00411FF4"/>
     <w:rsid w:val="00412D06"/>
     <w:rsid w:val="004130E4"/>
     <w:rsid w:val="0041365D"/>
     <w:rsid w:val="004138A2"/>
     <w:rsid w:val="0041397A"/>
     <w:rsid w:val="00413BCC"/>
     <w:rsid w:val="00413BF9"/>
     <w:rsid w:val="00413C82"/>
     <w:rsid w:val="00413EDA"/>
     <w:rsid w:val="00413FF4"/>
     <w:rsid w:val="00414041"/>
     <w:rsid w:val="0041464C"/>
     <w:rsid w:val="00414A45"/>
     <w:rsid w:val="00414E7C"/>
+    <w:rsid w:val="00414FF6"/>
     <w:rsid w:val="00415547"/>
     <w:rsid w:val="00415B50"/>
     <w:rsid w:val="00416986"/>
     <w:rsid w:val="00416DD4"/>
     <w:rsid w:val="004170F2"/>
     <w:rsid w:val="004176F8"/>
     <w:rsid w:val="00417854"/>
     <w:rsid w:val="00417B67"/>
     <w:rsid w:val="00417EA8"/>
     <w:rsid w:val="0042010C"/>
     <w:rsid w:val="0042039E"/>
     <w:rsid w:val="0042045B"/>
     <w:rsid w:val="0042072C"/>
     <w:rsid w:val="004216B9"/>
     <w:rsid w:val="00421F6D"/>
     <w:rsid w:val="00422244"/>
     <w:rsid w:val="00422B43"/>
     <w:rsid w:val="0042348A"/>
+    <w:rsid w:val="0042384E"/>
     <w:rsid w:val="00423FB0"/>
     <w:rsid w:val="00424083"/>
     <w:rsid w:val="00424676"/>
     <w:rsid w:val="004251D7"/>
     <w:rsid w:val="00425514"/>
     <w:rsid w:val="00425679"/>
     <w:rsid w:val="00425C7A"/>
     <w:rsid w:val="00425D98"/>
     <w:rsid w:val="00426184"/>
     <w:rsid w:val="00426192"/>
     <w:rsid w:val="004261A9"/>
+    <w:rsid w:val="004264FD"/>
     <w:rsid w:val="00426815"/>
     <w:rsid w:val="0042691A"/>
     <w:rsid w:val="00426D49"/>
     <w:rsid w:val="00427738"/>
     <w:rsid w:val="00427FDA"/>
     <w:rsid w:val="004304A3"/>
     <w:rsid w:val="00430773"/>
     <w:rsid w:val="0043085E"/>
     <w:rsid w:val="004308CB"/>
     <w:rsid w:val="00430BC8"/>
     <w:rsid w:val="004317E4"/>
+    <w:rsid w:val="0043180C"/>
     <w:rsid w:val="00431EB4"/>
     <w:rsid w:val="0043251A"/>
     <w:rsid w:val="004329A5"/>
     <w:rsid w:val="00432B2B"/>
     <w:rsid w:val="00432DF7"/>
     <w:rsid w:val="0043350C"/>
     <w:rsid w:val="00433757"/>
     <w:rsid w:val="00433A47"/>
     <w:rsid w:val="00433D49"/>
     <w:rsid w:val="004346E8"/>
     <w:rsid w:val="00434A20"/>
     <w:rsid w:val="00434C57"/>
     <w:rsid w:val="00434CA6"/>
     <w:rsid w:val="00435270"/>
     <w:rsid w:val="00435716"/>
     <w:rsid w:val="004357E8"/>
     <w:rsid w:val="00435C46"/>
     <w:rsid w:val="00435DA6"/>
     <w:rsid w:val="00435E08"/>
     <w:rsid w:val="00436AAA"/>
     <w:rsid w:val="004370DA"/>
     <w:rsid w:val="0043720D"/>
+    <w:rsid w:val="00437BA1"/>
     <w:rsid w:val="0044056C"/>
     <w:rsid w:val="00440CA2"/>
     <w:rsid w:val="00440DBE"/>
     <w:rsid w:val="00441612"/>
     <w:rsid w:val="00441883"/>
     <w:rsid w:val="00441AE2"/>
     <w:rsid w:val="00441C35"/>
     <w:rsid w:val="00441CA5"/>
     <w:rsid w:val="00441D53"/>
     <w:rsid w:val="0044257F"/>
     <w:rsid w:val="00442B03"/>
     <w:rsid w:val="00442EFA"/>
     <w:rsid w:val="00442EFC"/>
     <w:rsid w:val="00442F68"/>
     <w:rsid w:val="00443224"/>
     <w:rsid w:val="004441DA"/>
     <w:rsid w:val="00444819"/>
     <w:rsid w:val="00444C0B"/>
     <w:rsid w:val="00444D12"/>
     <w:rsid w:val="004454C6"/>
     <w:rsid w:val="00445A39"/>
     <w:rsid w:val="00445B77"/>
     <w:rsid w:val="00445C84"/>
     <w:rsid w:val="004466B5"/>
     <w:rsid w:val="00446821"/>
@@ -30241,160 +35912,167 @@
     <w:rsid w:val="00446F5D"/>
     <w:rsid w:val="00447266"/>
     <w:rsid w:val="004477E9"/>
     <w:rsid w:val="00447CEA"/>
     <w:rsid w:val="00450135"/>
     <w:rsid w:val="004504A1"/>
     <w:rsid w:val="004508ED"/>
     <w:rsid w:val="0045097F"/>
     <w:rsid w:val="004517CD"/>
     <w:rsid w:val="00451F2D"/>
     <w:rsid w:val="0045231F"/>
     <w:rsid w:val="004525F4"/>
     <w:rsid w:val="00452A75"/>
     <w:rsid w:val="0045374F"/>
     <w:rsid w:val="004537FC"/>
     <w:rsid w:val="0045437F"/>
     <w:rsid w:val="004553B6"/>
     <w:rsid w:val="004553D2"/>
     <w:rsid w:val="00455920"/>
     <w:rsid w:val="00455A03"/>
     <w:rsid w:val="0045665D"/>
     <w:rsid w:val="00456A03"/>
     <w:rsid w:val="0045734E"/>
     <w:rsid w:val="00457696"/>
     <w:rsid w:val="00457819"/>
+    <w:rsid w:val="00457E64"/>
     <w:rsid w:val="00457E8C"/>
+    <w:rsid w:val="00460AF2"/>
     <w:rsid w:val="004614BC"/>
     <w:rsid w:val="0046167D"/>
     <w:rsid w:val="004619F8"/>
     <w:rsid w:val="00462146"/>
     <w:rsid w:val="0046224A"/>
     <w:rsid w:val="004626EE"/>
     <w:rsid w:val="0046300D"/>
     <w:rsid w:val="0046341C"/>
     <w:rsid w:val="0046359E"/>
     <w:rsid w:val="00463A6E"/>
     <w:rsid w:val="00463B01"/>
     <w:rsid w:val="00464727"/>
     <w:rsid w:val="00464ABE"/>
     <w:rsid w:val="00464D67"/>
     <w:rsid w:val="00464E48"/>
     <w:rsid w:val="00465403"/>
+    <w:rsid w:val="0046542D"/>
     <w:rsid w:val="0046557B"/>
     <w:rsid w:val="004656E9"/>
     <w:rsid w:val="00465821"/>
     <w:rsid w:val="004663B1"/>
     <w:rsid w:val="00466D67"/>
     <w:rsid w:val="004673F4"/>
     <w:rsid w:val="00467FE5"/>
     <w:rsid w:val="004702DD"/>
     <w:rsid w:val="00470E20"/>
     <w:rsid w:val="00471474"/>
     <w:rsid w:val="004715E0"/>
     <w:rsid w:val="00471657"/>
     <w:rsid w:val="00471CBA"/>
     <w:rsid w:val="00472777"/>
     <w:rsid w:val="0047284F"/>
     <w:rsid w:val="00472B10"/>
     <w:rsid w:val="004731F7"/>
     <w:rsid w:val="00473400"/>
     <w:rsid w:val="0047418C"/>
     <w:rsid w:val="00475025"/>
     <w:rsid w:val="004752E6"/>
     <w:rsid w:val="00475982"/>
     <w:rsid w:val="00475DA4"/>
     <w:rsid w:val="00476122"/>
     <w:rsid w:val="0047632F"/>
     <w:rsid w:val="0047659A"/>
     <w:rsid w:val="00476EA7"/>
     <w:rsid w:val="00477992"/>
     <w:rsid w:val="00477DDF"/>
+    <w:rsid w:val="00478C06"/>
     <w:rsid w:val="00480784"/>
     <w:rsid w:val="0048091F"/>
     <w:rsid w:val="004809C0"/>
     <w:rsid w:val="00480A60"/>
     <w:rsid w:val="00480E10"/>
     <w:rsid w:val="0048135A"/>
     <w:rsid w:val="00481425"/>
     <w:rsid w:val="00481615"/>
     <w:rsid w:val="00482875"/>
     <w:rsid w:val="00482C3E"/>
     <w:rsid w:val="00482F90"/>
     <w:rsid w:val="00483D99"/>
     <w:rsid w:val="004845EC"/>
     <w:rsid w:val="0048460D"/>
     <w:rsid w:val="00484D96"/>
     <w:rsid w:val="00484F96"/>
     <w:rsid w:val="00485996"/>
     <w:rsid w:val="0048642D"/>
     <w:rsid w:val="00487455"/>
     <w:rsid w:val="00487A54"/>
     <w:rsid w:val="00490EB5"/>
     <w:rsid w:val="0049109E"/>
+    <w:rsid w:val="004915CE"/>
     <w:rsid w:val="004919E2"/>
     <w:rsid w:val="00491C81"/>
     <w:rsid w:val="00491D32"/>
     <w:rsid w:val="00492CC3"/>
     <w:rsid w:val="00493044"/>
     <w:rsid w:val="00493238"/>
     <w:rsid w:val="00493421"/>
     <w:rsid w:val="00493515"/>
     <w:rsid w:val="00493B0A"/>
     <w:rsid w:val="00493CCD"/>
     <w:rsid w:val="00493D08"/>
     <w:rsid w:val="00494B2F"/>
     <w:rsid w:val="00495251"/>
     <w:rsid w:val="0049540A"/>
     <w:rsid w:val="004956F6"/>
     <w:rsid w:val="00495A72"/>
     <w:rsid w:val="00495FD4"/>
     <w:rsid w:val="004963C0"/>
     <w:rsid w:val="0049777A"/>
     <w:rsid w:val="00497BD7"/>
     <w:rsid w:val="00497CF1"/>
     <w:rsid w:val="00497F56"/>
     <w:rsid w:val="004A000D"/>
     <w:rsid w:val="004A0123"/>
     <w:rsid w:val="004A019D"/>
     <w:rsid w:val="004A027B"/>
     <w:rsid w:val="004A07FA"/>
     <w:rsid w:val="004A0E01"/>
     <w:rsid w:val="004A0EDF"/>
     <w:rsid w:val="004A12D8"/>
+    <w:rsid w:val="004A1B8A"/>
     <w:rsid w:val="004A22D8"/>
     <w:rsid w:val="004A254C"/>
     <w:rsid w:val="004A2DAA"/>
     <w:rsid w:val="004A3325"/>
     <w:rsid w:val="004A34AA"/>
     <w:rsid w:val="004A38BA"/>
     <w:rsid w:val="004A3E72"/>
     <w:rsid w:val="004A41FD"/>
     <w:rsid w:val="004A5164"/>
     <w:rsid w:val="004A54AD"/>
     <w:rsid w:val="004A551A"/>
     <w:rsid w:val="004A556D"/>
+    <w:rsid w:val="004A6140"/>
     <w:rsid w:val="004A6777"/>
     <w:rsid w:val="004A6B25"/>
     <w:rsid w:val="004A6BBD"/>
     <w:rsid w:val="004A6D55"/>
     <w:rsid w:val="004A7940"/>
     <w:rsid w:val="004A7A85"/>
     <w:rsid w:val="004B08CA"/>
     <w:rsid w:val="004B0B66"/>
     <w:rsid w:val="004B0F71"/>
     <w:rsid w:val="004B1455"/>
     <w:rsid w:val="004B1CBB"/>
     <w:rsid w:val="004B228C"/>
     <w:rsid w:val="004B2661"/>
     <w:rsid w:val="004B2994"/>
     <w:rsid w:val="004B2B07"/>
     <w:rsid w:val="004B3C56"/>
     <w:rsid w:val="004B4BAB"/>
     <w:rsid w:val="004B4E12"/>
     <w:rsid w:val="004B61F6"/>
     <w:rsid w:val="004B6469"/>
     <w:rsid w:val="004B653F"/>
     <w:rsid w:val="004B6A60"/>
     <w:rsid w:val="004B6CB7"/>
     <w:rsid w:val="004B6DA7"/>
     <w:rsid w:val="004B6F2C"/>
@@ -30407,360 +36085,380 @@
     <w:rsid w:val="004C164B"/>
     <w:rsid w:val="004C1874"/>
     <w:rsid w:val="004C1D0C"/>
     <w:rsid w:val="004C3029"/>
     <w:rsid w:val="004C32EF"/>
     <w:rsid w:val="004C38FD"/>
     <w:rsid w:val="004C3D1C"/>
     <w:rsid w:val="004C404F"/>
     <w:rsid w:val="004C4286"/>
     <w:rsid w:val="004C433B"/>
     <w:rsid w:val="004C4EF3"/>
     <w:rsid w:val="004C5307"/>
     <w:rsid w:val="004C5CB2"/>
     <w:rsid w:val="004C6227"/>
     <w:rsid w:val="004C68FD"/>
     <w:rsid w:val="004C6C3C"/>
     <w:rsid w:val="004C6F43"/>
     <w:rsid w:val="004C789E"/>
     <w:rsid w:val="004C7997"/>
     <w:rsid w:val="004C7CD5"/>
     <w:rsid w:val="004C7F26"/>
     <w:rsid w:val="004D05C6"/>
     <w:rsid w:val="004D0ECD"/>
     <w:rsid w:val="004D13DF"/>
     <w:rsid w:val="004D2A93"/>
+    <w:rsid w:val="004D30D9"/>
     <w:rsid w:val="004D3336"/>
     <w:rsid w:val="004D387D"/>
     <w:rsid w:val="004D3915"/>
     <w:rsid w:val="004D3A5D"/>
     <w:rsid w:val="004D4525"/>
     <w:rsid w:val="004D47D2"/>
     <w:rsid w:val="004D4C37"/>
     <w:rsid w:val="004D65B0"/>
+    <w:rsid w:val="004D6AE7"/>
     <w:rsid w:val="004D7543"/>
     <w:rsid w:val="004E06CD"/>
+    <w:rsid w:val="004E0AB4"/>
     <w:rsid w:val="004E1249"/>
     <w:rsid w:val="004E1C40"/>
     <w:rsid w:val="004E1C44"/>
     <w:rsid w:val="004E1E93"/>
     <w:rsid w:val="004E2047"/>
     <w:rsid w:val="004E240F"/>
     <w:rsid w:val="004E2CD6"/>
     <w:rsid w:val="004E378B"/>
     <w:rsid w:val="004E3899"/>
     <w:rsid w:val="004E4052"/>
     <w:rsid w:val="004E40C2"/>
     <w:rsid w:val="004E430B"/>
     <w:rsid w:val="004E465C"/>
     <w:rsid w:val="004E4757"/>
     <w:rsid w:val="004E4824"/>
     <w:rsid w:val="004E4B2C"/>
     <w:rsid w:val="004E4BCC"/>
     <w:rsid w:val="004E4D51"/>
     <w:rsid w:val="004E55E4"/>
     <w:rsid w:val="004E5706"/>
     <w:rsid w:val="004E572D"/>
     <w:rsid w:val="004E644E"/>
     <w:rsid w:val="004E686F"/>
     <w:rsid w:val="004E6BF5"/>
     <w:rsid w:val="004E78BB"/>
     <w:rsid w:val="004E7D4B"/>
     <w:rsid w:val="004E7FC1"/>
     <w:rsid w:val="004F0F63"/>
     <w:rsid w:val="004F1008"/>
     <w:rsid w:val="004F160B"/>
     <w:rsid w:val="004F1B8D"/>
     <w:rsid w:val="004F20E6"/>
     <w:rsid w:val="004F2257"/>
     <w:rsid w:val="004F28BD"/>
     <w:rsid w:val="004F2CD1"/>
     <w:rsid w:val="004F35A5"/>
     <w:rsid w:val="004F3CBB"/>
     <w:rsid w:val="004F3D32"/>
     <w:rsid w:val="004F3E68"/>
     <w:rsid w:val="004F3E87"/>
     <w:rsid w:val="004F4864"/>
     <w:rsid w:val="004F50F1"/>
+    <w:rsid w:val="004F51B1"/>
     <w:rsid w:val="004F521A"/>
     <w:rsid w:val="004F559B"/>
     <w:rsid w:val="004F5BE9"/>
     <w:rsid w:val="004F62CC"/>
     <w:rsid w:val="004F636A"/>
     <w:rsid w:val="004F6F66"/>
     <w:rsid w:val="00500724"/>
+    <w:rsid w:val="00501177"/>
     <w:rsid w:val="005011FB"/>
     <w:rsid w:val="0050161D"/>
     <w:rsid w:val="00501AD6"/>
     <w:rsid w:val="00501CCF"/>
     <w:rsid w:val="00501E28"/>
     <w:rsid w:val="005023F4"/>
     <w:rsid w:val="0050272B"/>
     <w:rsid w:val="00502B07"/>
     <w:rsid w:val="00502D1B"/>
     <w:rsid w:val="00502F88"/>
     <w:rsid w:val="0050384E"/>
+    <w:rsid w:val="00503E70"/>
     <w:rsid w:val="00504258"/>
     <w:rsid w:val="0050438D"/>
     <w:rsid w:val="005043CE"/>
     <w:rsid w:val="00504788"/>
     <w:rsid w:val="00504DDC"/>
     <w:rsid w:val="00504FC3"/>
     <w:rsid w:val="00506534"/>
     <w:rsid w:val="00506646"/>
     <w:rsid w:val="0050681A"/>
     <w:rsid w:val="00506B17"/>
     <w:rsid w:val="00506FF3"/>
     <w:rsid w:val="005074EF"/>
     <w:rsid w:val="00507FA3"/>
     <w:rsid w:val="00510161"/>
     <w:rsid w:val="0051083C"/>
     <w:rsid w:val="00511804"/>
     <w:rsid w:val="00511B4C"/>
     <w:rsid w:val="00511CB9"/>
     <w:rsid w:val="00511D19"/>
     <w:rsid w:val="00511E32"/>
     <w:rsid w:val="00512308"/>
     <w:rsid w:val="005131F9"/>
     <w:rsid w:val="00513338"/>
     <w:rsid w:val="00513377"/>
     <w:rsid w:val="005134C2"/>
     <w:rsid w:val="00513833"/>
     <w:rsid w:val="00513BB2"/>
     <w:rsid w:val="00514136"/>
     <w:rsid w:val="00514D92"/>
     <w:rsid w:val="00514E28"/>
     <w:rsid w:val="005150C5"/>
     <w:rsid w:val="005151D4"/>
     <w:rsid w:val="0051584A"/>
     <w:rsid w:val="00515B56"/>
     <w:rsid w:val="00515EC3"/>
     <w:rsid w:val="00515F38"/>
     <w:rsid w:val="00516279"/>
+    <w:rsid w:val="005163DB"/>
     <w:rsid w:val="00516726"/>
     <w:rsid w:val="00516ABE"/>
     <w:rsid w:val="00516FE0"/>
     <w:rsid w:val="00517757"/>
     <w:rsid w:val="00517BA1"/>
     <w:rsid w:val="00517D1A"/>
+    <w:rsid w:val="00517F99"/>
+    <w:rsid w:val="0052035A"/>
     <w:rsid w:val="00520ADE"/>
     <w:rsid w:val="00521658"/>
     <w:rsid w:val="00521D49"/>
     <w:rsid w:val="005221F3"/>
     <w:rsid w:val="005229AF"/>
     <w:rsid w:val="00522E2B"/>
     <w:rsid w:val="0052358C"/>
     <w:rsid w:val="00523CF0"/>
     <w:rsid w:val="0052449B"/>
     <w:rsid w:val="0052492F"/>
     <w:rsid w:val="00524C38"/>
     <w:rsid w:val="00524E1C"/>
     <w:rsid w:val="00524F6F"/>
     <w:rsid w:val="0052565F"/>
     <w:rsid w:val="0052641C"/>
     <w:rsid w:val="00527B1A"/>
     <w:rsid w:val="00527B47"/>
     <w:rsid w:val="005302F1"/>
     <w:rsid w:val="00530409"/>
     <w:rsid w:val="005304DD"/>
+    <w:rsid w:val="005305EC"/>
     <w:rsid w:val="00530D68"/>
     <w:rsid w:val="00530EC5"/>
     <w:rsid w:val="0053115E"/>
+    <w:rsid w:val="00531810"/>
     <w:rsid w:val="00531B19"/>
     <w:rsid w:val="005320F4"/>
     <w:rsid w:val="0053228F"/>
     <w:rsid w:val="00532305"/>
     <w:rsid w:val="00532330"/>
     <w:rsid w:val="00532372"/>
     <w:rsid w:val="005339FA"/>
     <w:rsid w:val="00533B85"/>
     <w:rsid w:val="00533F7B"/>
     <w:rsid w:val="0053470F"/>
     <w:rsid w:val="00535288"/>
     <w:rsid w:val="00535A03"/>
     <w:rsid w:val="00535EBD"/>
     <w:rsid w:val="00536D7A"/>
     <w:rsid w:val="00537222"/>
     <w:rsid w:val="0053742F"/>
     <w:rsid w:val="005376C9"/>
     <w:rsid w:val="005378E6"/>
     <w:rsid w:val="0053797D"/>
     <w:rsid w:val="005402A0"/>
     <w:rsid w:val="00540416"/>
     <w:rsid w:val="005405EC"/>
     <w:rsid w:val="00540B0E"/>
     <w:rsid w:val="00540F15"/>
-    <w:rsid w:val="00541917"/>
     <w:rsid w:val="005419AD"/>
     <w:rsid w:val="00541BAD"/>
     <w:rsid w:val="0054200A"/>
     <w:rsid w:val="005425BA"/>
     <w:rsid w:val="005441C3"/>
     <w:rsid w:val="005442F1"/>
     <w:rsid w:val="0054439B"/>
     <w:rsid w:val="00544519"/>
+    <w:rsid w:val="005445ED"/>
     <w:rsid w:val="00544A11"/>
     <w:rsid w:val="00544C0A"/>
     <w:rsid w:val="00544F06"/>
     <w:rsid w:val="00545746"/>
+    <w:rsid w:val="005457A8"/>
     <w:rsid w:val="005457A9"/>
     <w:rsid w:val="00545BDA"/>
     <w:rsid w:val="005460EF"/>
     <w:rsid w:val="00546250"/>
     <w:rsid w:val="00546AB2"/>
     <w:rsid w:val="00550627"/>
     <w:rsid w:val="005507F7"/>
     <w:rsid w:val="00550D9E"/>
     <w:rsid w:val="00550E35"/>
     <w:rsid w:val="00550EFD"/>
     <w:rsid w:val="00551314"/>
     <w:rsid w:val="005516ED"/>
     <w:rsid w:val="00551CAB"/>
     <w:rsid w:val="0055255A"/>
     <w:rsid w:val="00552978"/>
     <w:rsid w:val="0055299F"/>
     <w:rsid w:val="00552B74"/>
     <w:rsid w:val="00552E2A"/>
+    <w:rsid w:val="005532FF"/>
     <w:rsid w:val="00553E47"/>
+    <w:rsid w:val="00553F89"/>
     <w:rsid w:val="005540D1"/>
     <w:rsid w:val="00554979"/>
     <w:rsid w:val="005549FA"/>
     <w:rsid w:val="00554AF0"/>
     <w:rsid w:val="00555255"/>
     <w:rsid w:val="0055555E"/>
     <w:rsid w:val="0055602E"/>
     <w:rsid w:val="005563A4"/>
+    <w:rsid w:val="00556421"/>
     <w:rsid w:val="00556773"/>
     <w:rsid w:val="005569DF"/>
     <w:rsid w:val="00556B58"/>
     <w:rsid w:val="00556D31"/>
     <w:rsid w:val="00557039"/>
     <w:rsid w:val="005574BA"/>
     <w:rsid w:val="005576FE"/>
     <w:rsid w:val="005579E4"/>
     <w:rsid w:val="00557B8F"/>
     <w:rsid w:val="00557E62"/>
     <w:rsid w:val="00557F2C"/>
     <w:rsid w:val="00560098"/>
     <w:rsid w:val="005603DE"/>
     <w:rsid w:val="0056085F"/>
     <w:rsid w:val="00560EB5"/>
     <w:rsid w:val="00560F85"/>
     <w:rsid w:val="00561D1A"/>
     <w:rsid w:val="0056244C"/>
     <w:rsid w:val="00562697"/>
     <w:rsid w:val="00562EFB"/>
     <w:rsid w:val="00563148"/>
     <w:rsid w:val="00563606"/>
     <w:rsid w:val="00564149"/>
     <w:rsid w:val="0056426D"/>
     <w:rsid w:val="00564A93"/>
+    <w:rsid w:val="00564BD6"/>
     <w:rsid w:val="00564EF7"/>
     <w:rsid w:val="005654A3"/>
     <w:rsid w:val="00565A60"/>
     <w:rsid w:val="00565DEB"/>
     <w:rsid w:val="00565FBD"/>
     <w:rsid w:val="0056602A"/>
     <w:rsid w:val="0056669C"/>
     <w:rsid w:val="00566FCF"/>
     <w:rsid w:val="005673AE"/>
     <w:rsid w:val="00567AAC"/>
     <w:rsid w:val="005700E1"/>
     <w:rsid w:val="005703BE"/>
     <w:rsid w:val="00570761"/>
     <w:rsid w:val="00570EB4"/>
     <w:rsid w:val="005712A6"/>
     <w:rsid w:val="00571316"/>
     <w:rsid w:val="0057140A"/>
     <w:rsid w:val="00571BEC"/>
     <w:rsid w:val="005720FA"/>
     <w:rsid w:val="005729DA"/>
     <w:rsid w:val="00572C13"/>
     <w:rsid w:val="0057357A"/>
     <w:rsid w:val="0057361C"/>
     <w:rsid w:val="00573686"/>
     <w:rsid w:val="0057382C"/>
     <w:rsid w:val="00573B08"/>
     <w:rsid w:val="005741C5"/>
+    <w:rsid w:val="00574303"/>
     <w:rsid w:val="005749F2"/>
     <w:rsid w:val="00575ADB"/>
     <w:rsid w:val="00575AE4"/>
     <w:rsid w:val="00575D06"/>
     <w:rsid w:val="00575FD2"/>
     <w:rsid w:val="005761E6"/>
     <w:rsid w:val="005762C5"/>
     <w:rsid w:val="0057655E"/>
     <w:rsid w:val="0057754E"/>
     <w:rsid w:val="0057785B"/>
     <w:rsid w:val="00577A36"/>
     <w:rsid w:val="00577ACB"/>
     <w:rsid w:val="005802CA"/>
     <w:rsid w:val="0058051A"/>
     <w:rsid w:val="00580600"/>
     <w:rsid w:val="00581369"/>
     <w:rsid w:val="00581690"/>
     <w:rsid w:val="005816B4"/>
     <w:rsid w:val="00581840"/>
     <w:rsid w:val="00581AFD"/>
     <w:rsid w:val="0058230A"/>
     <w:rsid w:val="0058310F"/>
     <w:rsid w:val="0058323E"/>
     <w:rsid w:val="00583311"/>
     <w:rsid w:val="00583917"/>
     <w:rsid w:val="0058463F"/>
     <w:rsid w:val="005847F9"/>
     <w:rsid w:val="00584C4A"/>
     <w:rsid w:val="005851F6"/>
     <w:rsid w:val="00585D18"/>
     <w:rsid w:val="005875DD"/>
+    <w:rsid w:val="0058B9EB"/>
     <w:rsid w:val="00590190"/>
     <w:rsid w:val="00590927"/>
     <w:rsid w:val="00590E85"/>
     <w:rsid w:val="00591234"/>
     <w:rsid w:val="0059140B"/>
     <w:rsid w:val="005918AD"/>
     <w:rsid w:val="005918B7"/>
     <w:rsid w:val="00591E6A"/>
     <w:rsid w:val="0059231F"/>
     <w:rsid w:val="005925D9"/>
     <w:rsid w:val="00592E7B"/>
     <w:rsid w:val="0059392F"/>
     <w:rsid w:val="005943FD"/>
     <w:rsid w:val="00594CFF"/>
     <w:rsid w:val="00594F80"/>
     <w:rsid w:val="00595108"/>
     <w:rsid w:val="00595134"/>
     <w:rsid w:val="0059525A"/>
     <w:rsid w:val="00595342"/>
+    <w:rsid w:val="00595674"/>
     <w:rsid w:val="00595B0F"/>
     <w:rsid w:val="00595D09"/>
     <w:rsid w:val="005961BD"/>
     <w:rsid w:val="00596410"/>
     <w:rsid w:val="005966AE"/>
     <w:rsid w:val="00596752"/>
     <w:rsid w:val="00596E24"/>
     <w:rsid w:val="005977B8"/>
+    <w:rsid w:val="0059783C"/>
     <w:rsid w:val="00597905"/>
     <w:rsid w:val="00597A48"/>
     <w:rsid w:val="005A0258"/>
     <w:rsid w:val="005A03C2"/>
     <w:rsid w:val="005A06FE"/>
     <w:rsid w:val="005A0705"/>
     <w:rsid w:val="005A0937"/>
     <w:rsid w:val="005A0BA9"/>
     <w:rsid w:val="005A1039"/>
     <w:rsid w:val="005A12BC"/>
     <w:rsid w:val="005A1A75"/>
     <w:rsid w:val="005A1F5C"/>
     <w:rsid w:val="005A202B"/>
     <w:rsid w:val="005A21C6"/>
     <w:rsid w:val="005A2754"/>
     <w:rsid w:val="005A2878"/>
     <w:rsid w:val="005A2C2B"/>
     <w:rsid w:val="005A3986"/>
     <w:rsid w:val="005A3A2D"/>
     <w:rsid w:val="005A3DC8"/>
     <w:rsid w:val="005A3E65"/>
     <w:rsid w:val="005A4667"/>
     <w:rsid w:val="005A4AB0"/>
     <w:rsid w:val="005A4E61"/>
     <w:rsid w:val="005A534B"/>
@@ -30780,105 +36478,114 @@
     <w:rsid w:val="005B13B5"/>
     <w:rsid w:val="005B197B"/>
     <w:rsid w:val="005B1C37"/>
     <w:rsid w:val="005B2917"/>
     <w:rsid w:val="005B2AD1"/>
     <w:rsid w:val="005B2B3C"/>
     <w:rsid w:val="005B2D7D"/>
     <w:rsid w:val="005B2E40"/>
     <w:rsid w:val="005B2F9D"/>
     <w:rsid w:val="005B2FFF"/>
     <w:rsid w:val="005B38E1"/>
     <w:rsid w:val="005B3C54"/>
     <w:rsid w:val="005B4695"/>
     <w:rsid w:val="005B4B26"/>
     <w:rsid w:val="005B5C2F"/>
     <w:rsid w:val="005B62DB"/>
     <w:rsid w:val="005B63BC"/>
     <w:rsid w:val="005B664C"/>
     <w:rsid w:val="005B6725"/>
     <w:rsid w:val="005B6BB9"/>
     <w:rsid w:val="005B6EF9"/>
     <w:rsid w:val="005C005A"/>
     <w:rsid w:val="005C0B61"/>
     <w:rsid w:val="005C10A7"/>
     <w:rsid w:val="005C11B1"/>
+    <w:rsid w:val="005C12E5"/>
     <w:rsid w:val="005C1696"/>
+    <w:rsid w:val="005C1749"/>
     <w:rsid w:val="005C2250"/>
+    <w:rsid w:val="005C2580"/>
     <w:rsid w:val="005C275D"/>
     <w:rsid w:val="005C3FC7"/>
     <w:rsid w:val="005C4006"/>
     <w:rsid w:val="005C44B9"/>
     <w:rsid w:val="005C457B"/>
     <w:rsid w:val="005C45F9"/>
     <w:rsid w:val="005C57C8"/>
+    <w:rsid w:val="005C5D37"/>
     <w:rsid w:val="005C5F50"/>
     <w:rsid w:val="005C7123"/>
     <w:rsid w:val="005C7447"/>
     <w:rsid w:val="005C7593"/>
     <w:rsid w:val="005C76AA"/>
     <w:rsid w:val="005C7811"/>
     <w:rsid w:val="005C7BD2"/>
     <w:rsid w:val="005C7BFD"/>
     <w:rsid w:val="005C7DF3"/>
     <w:rsid w:val="005C7E72"/>
     <w:rsid w:val="005D11B4"/>
     <w:rsid w:val="005D1B3D"/>
     <w:rsid w:val="005D1C73"/>
     <w:rsid w:val="005D20CA"/>
+    <w:rsid w:val="005D270B"/>
     <w:rsid w:val="005D293C"/>
     <w:rsid w:val="005D2A12"/>
     <w:rsid w:val="005D2CC1"/>
     <w:rsid w:val="005D3A22"/>
     <w:rsid w:val="005D3A7D"/>
+    <w:rsid w:val="005D3BDB"/>
     <w:rsid w:val="005D3C8F"/>
     <w:rsid w:val="005D3CA8"/>
     <w:rsid w:val="005D4189"/>
     <w:rsid w:val="005D445E"/>
     <w:rsid w:val="005D4B8A"/>
     <w:rsid w:val="005D50E9"/>
     <w:rsid w:val="005D532F"/>
     <w:rsid w:val="005D59B0"/>
+    <w:rsid w:val="005D59F7"/>
     <w:rsid w:val="005D5D9A"/>
     <w:rsid w:val="005D632A"/>
     <w:rsid w:val="005D73E1"/>
+    <w:rsid w:val="005D7A7E"/>
     <w:rsid w:val="005E044D"/>
     <w:rsid w:val="005E069F"/>
     <w:rsid w:val="005E104A"/>
     <w:rsid w:val="005E1050"/>
     <w:rsid w:val="005E10B3"/>
     <w:rsid w:val="005E22E8"/>
     <w:rsid w:val="005E24DF"/>
     <w:rsid w:val="005E2CE6"/>
     <w:rsid w:val="005E31A5"/>
     <w:rsid w:val="005E3431"/>
     <w:rsid w:val="005E36DC"/>
     <w:rsid w:val="005E3B6E"/>
     <w:rsid w:val="005E53DA"/>
     <w:rsid w:val="005E54AD"/>
     <w:rsid w:val="005E560E"/>
     <w:rsid w:val="005E566F"/>
+    <w:rsid w:val="005E5D86"/>
     <w:rsid w:val="005E61C8"/>
     <w:rsid w:val="005E648B"/>
     <w:rsid w:val="005E7362"/>
     <w:rsid w:val="005E7680"/>
     <w:rsid w:val="005F0209"/>
     <w:rsid w:val="005F04C2"/>
     <w:rsid w:val="005F0C1B"/>
     <w:rsid w:val="005F1251"/>
     <w:rsid w:val="005F1364"/>
     <w:rsid w:val="005F1412"/>
     <w:rsid w:val="005F1911"/>
     <w:rsid w:val="005F1A04"/>
     <w:rsid w:val="005F1E94"/>
     <w:rsid w:val="005F1EA3"/>
     <w:rsid w:val="005F2518"/>
     <w:rsid w:val="005F26F2"/>
     <w:rsid w:val="005F2912"/>
     <w:rsid w:val="005F32C3"/>
     <w:rsid w:val="005F344F"/>
     <w:rsid w:val="005F348C"/>
     <w:rsid w:val="005F3752"/>
     <w:rsid w:val="005F3C82"/>
     <w:rsid w:val="005F3FF8"/>
     <w:rsid w:val="005F42E9"/>
     <w:rsid w:val="005F4FDE"/>
@@ -30895,64 +36602,66 @@
     <w:rsid w:val="00601408"/>
     <w:rsid w:val="00601473"/>
     <w:rsid w:val="00601784"/>
     <w:rsid w:val="00601AD1"/>
     <w:rsid w:val="00601AEF"/>
     <w:rsid w:val="00601B84"/>
     <w:rsid w:val="006022C0"/>
     <w:rsid w:val="006023C3"/>
     <w:rsid w:val="00602CA4"/>
     <w:rsid w:val="00602E1E"/>
     <w:rsid w:val="0060320F"/>
     <w:rsid w:val="00603363"/>
     <w:rsid w:val="00603957"/>
     <w:rsid w:val="0060400B"/>
     <w:rsid w:val="0060405B"/>
     <w:rsid w:val="00604328"/>
     <w:rsid w:val="00604587"/>
     <w:rsid w:val="0060459D"/>
     <w:rsid w:val="006054A8"/>
     <w:rsid w:val="006054FC"/>
     <w:rsid w:val="006061C4"/>
     <w:rsid w:val="0060623C"/>
     <w:rsid w:val="00606368"/>
     <w:rsid w:val="006063B5"/>
     <w:rsid w:val="006063EB"/>
+    <w:rsid w:val="00606B38"/>
     <w:rsid w:val="00607322"/>
     <w:rsid w:val="006105EB"/>
     <w:rsid w:val="006106BB"/>
     <w:rsid w:val="00610CE7"/>
     <w:rsid w:val="00610FC2"/>
     <w:rsid w:val="00611AE9"/>
     <w:rsid w:val="00611B0C"/>
     <w:rsid w:val="00611C5F"/>
     <w:rsid w:val="00611E9C"/>
     <w:rsid w:val="006120EC"/>
     <w:rsid w:val="00612DA2"/>
     <w:rsid w:val="00613AD0"/>
     <w:rsid w:val="00613FA9"/>
     <w:rsid w:val="00614844"/>
+    <w:rsid w:val="00614BCB"/>
     <w:rsid w:val="00614D7F"/>
     <w:rsid w:val="00614EA3"/>
     <w:rsid w:val="00615613"/>
     <w:rsid w:val="0061563D"/>
     <w:rsid w:val="006157E1"/>
     <w:rsid w:val="00615811"/>
     <w:rsid w:val="006158A9"/>
     <w:rsid w:val="006159B4"/>
     <w:rsid w:val="00615FD9"/>
     <w:rsid w:val="0061696E"/>
     <w:rsid w:val="00616DFF"/>
     <w:rsid w:val="006178AA"/>
     <w:rsid w:val="00617A30"/>
     <w:rsid w:val="006201C6"/>
     <w:rsid w:val="00620242"/>
     <w:rsid w:val="00620ECF"/>
     <w:rsid w:val="006219BA"/>
     <w:rsid w:val="00621BA7"/>
     <w:rsid w:val="00621EE2"/>
     <w:rsid w:val="006220A4"/>
     <w:rsid w:val="00622307"/>
     <w:rsid w:val="00622D59"/>
     <w:rsid w:val="00622F5C"/>
     <w:rsid w:val="00622F5E"/>
     <w:rsid w:val="00623467"/>
@@ -30975,209 +36684,215 @@
     <w:rsid w:val="0063093E"/>
     <w:rsid w:val="00630CB1"/>
     <w:rsid w:val="006310F6"/>
     <w:rsid w:val="00631458"/>
     <w:rsid w:val="006314C6"/>
     <w:rsid w:val="006316E0"/>
     <w:rsid w:val="006317D2"/>
     <w:rsid w:val="00631975"/>
     <w:rsid w:val="00632884"/>
     <w:rsid w:val="00632D81"/>
     <w:rsid w:val="00632EC7"/>
     <w:rsid w:val="00632F85"/>
     <w:rsid w:val="00633557"/>
     <w:rsid w:val="00633E0E"/>
     <w:rsid w:val="00633F74"/>
     <w:rsid w:val="006344F5"/>
     <w:rsid w:val="0063450C"/>
     <w:rsid w:val="00634AC3"/>
     <w:rsid w:val="006351A2"/>
     <w:rsid w:val="006353BA"/>
     <w:rsid w:val="0063614C"/>
     <w:rsid w:val="006369D5"/>
     <w:rsid w:val="00636A64"/>
     <w:rsid w:val="00636ABA"/>
     <w:rsid w:val="00636FE2"/>
-    <w:rsid w:val="006372E8"/>
     <w:rsid w:val="00637DCB"/>
     <w:rsid w:val="006401F2"/>
     <w:rsid w:val="006407B7"/>
+    <w:rsid w:val="00640F70"/>
     <w:rsid w:val="0064148A"/>
     <w:rsid w:val="00642056"/>
     <w:rsid w:val="0064285B"/>
     <w:rsid w:val="00642CA7"/>
     <w:rsid w:val="0064328B"/>
     <w:rsid w:val="006434DA"/>
     <w:rsid w:val="00643DF1"/>
     <w:rsid w:val="00644015"/>
     <w:rsid w:val="00644B19"/>
     <w:rsid w:val="00645098"/>
     <w:rsid w:val="006457D8"/>
     <w:rsid w:val="006458BD"/>
     <w:rsid w:val="006460EF"/>
     <w:rsid w:val="00646704"/>
     <w:rsid w:val="00646AC9"/>
     <w:rsid w:val="00646EF9"/>
     <w:rsid w:val="00647608"/>
     <w:rsid w:val="006477A3"/>
     <w:rsid w:val="00647A75"/>
     <w:rsid w:val="006506B2"/>
     <w:rsid w:val="00651112"/>
     <w:rsid w:val="006514CA"/>
     <w:rsid w:val="00651E56"/>
+    <w:rsid w:val="00651F04"/>
     <w:rsid w:val="006523FD"/>
     <w:rsid w:val="0065246C"/>
     <w:rsid w:val="00652494"/>
     <w:rsid w:val="00652750"/>
     <w:rsid w:val="0065298B"/>
     <w:rsid w:val="00652A1E"/>
     <w:rsid w:val="00652A5E"/>
     <w:rsid w:val="00652EDE"/>
     <w:rsid w:val="0065311E"/>
     <w:rsid w:val="00653396"/>
     <w:rsid w:val="006533D9"/>
     <w:rsid w:val="00653585"/>
     <w:rsid w:val="00653677"/>
     <w:rsid w:val="006541F2"/>
     <w:rsid w:val="00654736"/>
     <w:rsid w:val="00654805"/>
     <w:rsid w:val="00654B0F"/>
     <w:rsid w:val="006556A0"/>
     <w:rsid w:val="00655D1B"/>
     <w:rsid w:val="00655E85"/>
     <w:rsid w:val="006560EC"/>
     <w:rsid w:val="0065643E"/>
+    <w:rsid w:val="00656614"/>
     <w:rsid w:val="0065666A"/>
     <w:rsid w:val="0065693F"/>
     <w:rsid w:val="00656C95"/>
     <w:rsid w:val="0065740E"/>
     <w:rsid w:val="00657679"/>
     <w:rsid w:val="006576AB"/>
     <w:rsid w:val="00657B01"/>
     <w:rsid w:val="00657B85"/>
     <w:rsid w:val="00657D21"/>
     <w:rsid w:val="0066070F"/>
     <w:rsid w:val="00660A24"/>
     <w:rsid w:val="00661A2B"/>
     <w:rsid w:val="00661B9D"/>
     <w:rsid w:val="006626DD"/>
     <w:rsid w:val="00662C9A"/>
     <w:rsid w:val="00663335"/>
     <w:rsid w:val="006637A8"/>
     <w:rsid w:val="00663844"/>
     <w:rsid w:val="0066392F"/>
     <w:rsid w:val="00663F0B"/>
     <w:rsid w:val="00664554"/>
     <w:rsid w:val="00664D8F"/>
     <w:rsid w:val="00664F00"/>
     <w:rsid w:val="00665202"/>
     <w:rsid w:val="006659DA"/>
     <w:rsid w:val="00665A92"/>
     <w:rsid w:val="00665CC5"/>
     <w:rsid w:val="006664D8"/>
     <w:rsid w:val="00666503"/>
     <w:rsid w:val="00666649"/>
     <w:rsid w:val="00666816"/>
     <w:rsid w:val="00666A4E"/>
     <w:rsid w:val="00666ACC"/>
     <w:rsid w:val="00666B28"/>
     <w:rsid w:val="00666E4C"/>
     <w:rsid w:val="006673BB"/>
     <w:rsid w:val="006673BC"/>
     <w:rsid w:val="006676CF"/>
     <w:rsid w:val="00667C37"/>
     <w:rsid w:val="00667D22"/>
     <w:rsid w:val="00667D7B"/>
+    <w:rsid w:val="00667DAD"/>
     <w:rsid w:val="00667E26"/>
     <w:rsid w:val="006700E9"/>
     <w:rsid w:val="00670955"/>
     <w:rsid w:val="006709BC"/>
+    <w:rsid w:val="006715A5"/>
     <w:rsid w:val="00671BFA"/>
     <w:rsid w:val="00671DFC"/>
     <w:rsid w:val="006724F3"/>
     <w:rsid w:val="006729BA"/>
     <w:rsid w:val="00672EDB"/>
     <w:rsid w:val="00674652"/>
     <w:rsid w:val="00674E3D"/>
     <w:rsid w:val="00675450"/>
     <w:rsid w:val="006756E0"/>
     <w:rsid w:val="00675C65"/>
     <w:rsid w:val="0067638C"/>
     <w:rsid w:val="00676418"/>
     <w:rsid w:val="0067673B"/>
     <w:rsid w:val="00676A6A"/>
     <w:rsid w:val="00676D22"/>
+    <w:rsid w:val="00676FD2"/>
     <w:rsid w:val="0067707E"/>
     <w:rsid w:val="006770F2"/>
     <w:rsid w:val="00677486"/>
     <w:rsid w:val="00677B85"/>
     <w:rsid w:val="00677C14"/>
     <w:rsid w:val="00677CE0"/>
     <w:rsid w:val="0068018F"/>
     <w:rsid w:val="006801C7"/>
     <w:rsid w:val="00680441"/>
     <w:rsid w:val="0068051C"/>
     <w:rsid w:val="00680B92"/>
     <w:rsid w:val="00680BFA"/>
     <w:rsid w:val="00680C76"/>
     <w:rsid w:val="006812FE"/>
     <w:rsid w:val="0068134D"/>
     <w:rsid w:val="0068182D"/>
     <w:rsid w:val="00681891"/>
     <w:rsid w:val="00681C1A"/>
     <w:rsid w:val="00681E96"/>
     <w:rsid w:val="006824D3"/>
     <w:rsid w:val="00682608"/>
     <w:rsid w:val="00682D2C"/>
     <w:rsid w:val="0068340E"/>
     <w:rsid w:val="00683725"/>
     <w:rsid w:val="00683AB6"/>
     <w:rsid w:val="00683D10"/>
     <w:rsid w:val="00684285"/>
     <w:rsid w:val="006842DD"/>
     <w:rsid w:val="0068516D"/>
     <w:rsid w:val="006853F7"/>
     <w:rsid w:val="0068545D"/>
     <w:rsid w:val="0068560F"/>
     <w:rsid w:val="00685BFC"/>
     <w:rsid w:val="00685F7E"/>
     <w:rsid w:val="006868D2"/>
     <w:rsid w:val="00686E6F"/>
     <w:rsid w:val="00687D01"/>
     <w:rsid w:val="00687EF9"/>
     <w:rsid w:val="00690206"/>
     <w:rsid w:val="006904BA"/>
     <w:rsid w:val="00690647"/>
     <w:rsid w:val="0069078B"/>
     <w:rsid w:val="00690E57"/>
     <w:rsid w:val="006911AE"/>
     <w:rsid w:val="00691469"/>
     <w:rsid w:val="0069162F"/>
     <w:rsid w:val="006919A9"/>
     <w:rsid w:val="0069219E"/>
     <w:rsid w:val="00692551"/>
     <w:rsid w:val="00692813"/>
+    <w:rsid w:val="00692B2C"/>
     <w:rsid w:val="00692D2C"/>
     <w:rsid w:val="00693338"/>
     <w:rsid w:val="0069357D"/>
     <w:rsid w:val="00693B8C"/>
     <w:rsid w:val="00694011"/>
     <w:rsid w:val="006940F3"/>
     <w:rsid w:val="00694493"/>
     <w:rsid w:val="00694AE3"/>
     <w:rsid w:val="006954D4"/>
     <w:rsid w:val="00695950"/>
     <w:rsid w:val="00695CED"/>
     <w:rsid w:val="00696433"/>
     <w:rsid w:val="006964B4"/>
     <w:rsid w:val="006966BC"/>
     <w:rsid w:val="0069689C"/>
     <w:rsid w:val="00696A5E"/>
     <w:rsid w:val="00696F91"/>
     <w:rsid w:val="00696FE8"/>
     <w:rsid w:val="00697069"/>
     <w:rsid w:val="006973D1"/>
     <w:rsid w:val="00697BC9"/>
     <w:rsid w:val="006A072A"/>
     <w:rsid w:val="006A0753"/>
     <w:rsid w:val="006A0936"/>
     <w:rsid w:val="006A0CB7"/>
@@ -31185,155 +36900,166 @@
     <w:rsid w:val="006A15FA"/>
     <w:rsid w:val="006A1692"/>
     <w:rsid w:val="006A17CD"/>
     <w:rsid w:val="006A210F"/>
     <w:rsid w:val="006A2327"/>
     <w:rsid w:val="006A2926"/>
     <w:rsid w:val="006A2A51"/>
     <w:rsid w:val="006A2B29"/>
     <w:rsid w:val="006A3129"/>
     <w:rsid w:val="006A3176"/>
     <w:rsid w:val="006A31EE"/>
     <w:rsid w:val="006A37B8"/>
     <w:rsid w:val="006A386C"/>
     <w:rsid w:val="006A3A90"/>
     <w:rsid w:val="006A3C83"/>
     <w:rsid w:val="006A3DBB"/>
     <w:rsid w:val="006A4017"/>
     <w:rsid w:val="006A40C5"/>
     <w:rsid w:val="006A4A2A"/>
     <w:rsid w:val="006A5505"/>
     <w:rsid w:val="006A59E5"/>
     <w:rsid w:val="006A5AE4"/>
     <w:rsid w:val="006A5E3A"/>
     <w:rsid w:val="006A6154"/>
     <w:rsid w:val="006A7206"/>
+    <w:rsid w:val="006A747E"/>
+    <w:rsid w:val="006A748A"/>
     <w:rsid w:val="006A75D8"/>
     <w:rsid w:val="006A7603"/>
     <w:rsid w:val="006A7FD2"/>
     <w:rsid w:val="006B007F"/>
     <w:rsid w:val="006B0893"/>
     <w:rsid w:val="006B0B2D"/>
     <w:rsid w:val="006B0E37"/>
     <w:rsid w:val="006B0FC2"/>
     <w:rsid w:val="006B1496"/>
     <w:rsid w:val="006B1756"/>
+    <w:rsid w:val="006B19F8"/>
     <w:rsid w:val="006B1A9D"/>
     <w:rsid w:val="006B1B80"/>
     <w:rsid w:val="006B2248"/>
     <w:rsid w:val="006B3355"/>
     <w:rsid w:val="006B3494"/>
+    <w:rsid w:val="006B3936"/>
     <w:rsid w:val="006B4069"/>
     <w:rsid w:val="006B4209"/>
     <w:rsid w:val="006B4618"/>
+    <w:rsid w:val="006B47EF"/>
+    <w:rsid w:val="006B4F09"/>
+    <w:rsid w:val="006B4FA9"/>
     <w:rsid w:val="006B516B"/>
     <w:rsid w:val="006B5F31"/>
     <w:rsid w:val="006B64D7"/>
     <w:rsid w:val="006B64D8"/>
     <w:rsid w:val="006B681F"/>
     <w:rsid w:val="006B7B27"/>
     <w:rsid w:val="006C067C"/>
     <w:rsid w:val="006C0C5B"/>
     <w:rsid w:val="006C0D7D"/>
     <w:rsid w:val="006C0F06"/>
     <w:rsid w:val="006C15B9"/>
     <w:rsid w:val="006C1977"/>
     <w:rsid w:val="006C26B7"/>
     <w:rsid w:val="006C2811"/>
     <w:rsid w:val="006C2D38"/>
     <w:rsid w:val="006C2DAB"/>
     <w:rsid w:val="006C3491"/>
     <w:rsid w:val="006C356B"/>
     <w:rsid w:val="006C38C9"/>
     <w:rsid w:val="006C3AA4"/>
     <w:rsid w:val="006C3FA8"/>
     <w:rsid w:val="006C3FD0"/>
     <w:rsid w:val="006C43CF"/>
     <w:rsid w:val="006C6312"/>
     <w:rsid w:val="006C6616"/>
     <w:rsid w:val="006C6B07"/>
     <w:rsid w:val="006C767A"/>
     <w:rsid w:val="006C7FDB"/>
     <w:rsid w:val="006D0FC9"/>
     <w:rsid w:val="006D1666"/>
     <w:rsid w:val="006D16A7"/>
     <w:rsid w:val="006D1C79"/>
+    <w:rsid w:val="006D1FDB"/>
     <w:rsid w:val="006D2431"/>
     <w:rsid w:val="006D250A"/>
     <w:rsid w:val="006D274F"/>
     <w:rsid w:val="006D2CE8"/>
     <w:rsid w:val="006D2E7D"/>
     <w:rsid w:val="006D405E"/>
     <w:rsid w:val="006D4470"/>
     <w:rsid w:val="006D44CB"/>
+    <w:rsid w:val="006D49EA"/>
     <w:rsid w:val="006D56B1"/>
     <w:rsid w:val="006D599C"/>
     <w:rsid w:val="006D5ABC"/>
     <w:rsid w:val="006D5B8B"/>
     <w:rsid w:val="006D5B9D"/>
     <w:rsid w:val="006D6608"/>
     <w:rsid w:val="006D66F1"/>
     <w:rsid w:val="006D679C"/>
+    <w:rsid w:val="006D7EFD"/>
     <w:rsid w:val="006E0C6E"/>
     <w:rsid w:val="006E0CDD"/>
     <w:rsid w:val="006E1330"/>
     <w:rsid w:val="006E1D77"/>
     <w:rsid w:val="006E22E4"/>
     <w:rsid w:val="006E23F1"/>
     <w:rsid w:val="006E292E"/>
     <w:rsid w:val="006E2CFD"/>
     <w:rsid w:val="006E2FFF"/>
     <w:rsid w:val="006E3000"/>
     <w:rsid w:val="006E35DD"/>
     <w:rsid w:val="006E3ED8"/>
     <w:rsid w:val="006E4178"/>
     <w:rsid w:val="006E4CBA"/>
     <w:rsid w:val="006E4CCA"/>
     <w:rsid w:val="006E574B"/>
     <w:rsid w:val="006E58B5"/>
     <w:rsid w:val="006E62D3"/>
     <w:rsid w:val="006E71B1"/>
     <w:rsid w:val="006E7E34"/>
     <w:rsid w:val="006F03DA"/>
     <w:rsid w:val="006F096A"/>
     <w:rsid w:val="006F0F60"/>
     <w:rsid w:val="006F100E"/>
     <w:rsid w:val="006F20A2"/>
     <w:rsid w:val="006F21B8"/>
     <w:rsid w:val="006F26B2"/>
     <w:rsid w:val="006F2859"/>
     <w:rsid w:val="006F3ABD"/>
     <w:rsid w:val="006F493B"/>
     <w:rsid w:val="006F4EB3"/>
     <w:rsid w:val="006F52F2"/>
     <w:rsid w:val="006F5315"/>
     <w:rsid w:val="006F5AA2"/>
     <w:rsid w:val="006F5ADA"/>
     <w:rsid w:val="006F661A"/>
     <w:rsid w:val="006F6959"/>
     <w:rsid w:val="006F7178"/>
     <w:rsid w:val="006F78A4"/>
+    <w:rsid w:val="006F7AA4"/>
     <w:rsid w:val="007002E9"/>
     <w:rsid w:val="007003D9"/>
     <w:rsid w:val="007013E8"/>
     <w:rsid w:val="00701768"/>
     <w:rsid w:val="00702312"/>
     <w:rsid w:val="00702DA9"/>
     <w:rsid w:val="00702E47"/>
     <w:rsid w:val="00702EEE"/>
     <w:rsid w:val="00703D37"/>
     <w:rsid w:val="007043AC"/>
     <w:rsid w:val="00705B70"/>
     <w:rsid w:val="00705E5A"/>
     <w:rsid w:val="007071CB"/>
     <w:rsid w:val="00707E24"/>
     <w:rsid w:val="00707F26"/>
     <w:rsid w:val="007101EC"/>
     <w:rsid w:val="007107ED"/>
     <w:rsid w:val="00710C34"/>
     <w:rsid w:val="00710EA6"/>
     <w:rsid w:val="007113DC"/>
     <w:rsid w:val="00711900"/>
     <w:rsid w:val="00711AAE"/>
     <w:rsid w:val="00711CD2"/>
     <w:rsid w:val="007121CD"/>
     <w:rsid w:val="007125D8"/>
@@ -31365,144 +37091,154 @@
     <w:rsid w:val="00722B08"/>
     <w:rsid w:val="00722C2A"/>
     <w:rsid w:val="00723608"/>
     <w:rsid w:val="007242B4"/>
     <w:rsid w:val="0072458F"/>
     <w:rsid w:val="0072462C"/>
     <w:rsid w:val="00724893"/>
     <w:rsid w:val="0072504A"/>
     <w:rsid w:val="0072528A"/>
     <w:rsid w:val="00725500"/>
     <w:rsid w:val="0072552E"/>
     <w:rsid w:val="00725582"/>
     <w:rsid w:val="0072593D"/>
     <w:rsid w:val="00725A52"/>
     <w:rsid w:val="007262F3"/>
     <w:rsid w:val="00726F22"/>
     <w:rsid w:val="00727662"/>
     <w:rsid w:val="00730B55"/>
     <w:rsid w:val="00730C42"/>
     <w:rsid w:val="007314FB"/>
     <w:rsid w:val="00731D28"/>
     <w:rsid w:val="00731D8C"/>
     <w:rsid w:val="0073219F"/>
     <w:rsid w:val="00733367"/>
     <w:rsid w:val="00733561"/>
+    <w:rsid w:val="0073429F"/>
     <w:rsid w:val="00734547"/>
     <w:rsid w:val="00735109"/>
     <w:rsid w:val="007351C7"/>
     <w:rsid w:val="0073555B"/>
     <w:rsid w:val="00735765"/>
     <w:rsid w:val="00736266"/>
     <w:rsid w:val="0073677B"/>
     <w:rsid w:val="00736BEF"/>
     <w:rsid w:val="00736CED"/>
     <w:rsid w:val="007376E2"/>
     <w:rsid w:val="007377DA"/>
     <w:rsid w:val="00737A35"/>
     <w:rsid w:val="007409C0"/>
     <w:rsid w:val="00740B58"/>
     <w:rsid w:val="00740D0C"/>
     <w:rsid w:val="00740FFE"/>
     <w:rsid w:val="00741074"/>
     <w:rsid w:val="00741244"/>
+    <w:rsid w:val="007416DA"/>
     <w:rsid w:val="007418B6"/>
+    <w:rsid w:val="00741D47"/>
     <w:rsid w:val="0074213D"/>
     <w:rsid w:val="00742279"/>
     <w:rsid w:val="007423F4"/>
     <w:rsid w:val="00742503"/>
     <w:rsid w:val="0074264F"/>
     <w:rsid w:val="00742882"/>
     <w:rsid w:val="00742D32"/>
     <w:rsid w:val="00743276"/>
     <w:rsid w:val="007436D2"/>
     <w:rsid w:val="007439B5"/>
     <w:rsid w:val="00743ACA"/>
     <w:rsid w:val="00743C39"/>
     <w:rsid w:val="00743F4E"/>
     <w:rsid w:val="00744CB8"/>
     <w:rsid w:val="00745468"/>
+    <w:rsid w:val="00745B70"/>
     <w:rsid w:val="00745E16"/>
     <w:rsid w:val="0074637F"/>
     <w:rsid w:val="00746451"/>
     <w:rsid w:val="007464B3"/>
     <w:rsid w:val="007472BB"/>
+    <w:rsid w:val="00747502"/>
     <w:rsid w:val="00747845"/>
     <w:rsid w:val="00750294"/>
     <w:rsid w:val="0075041B"/>
     <w:rsid w:val="00750860"/>
     <w:rsid w:val="0075112C"/>
     <w:rsid w:val="0075116C"/>
+    <w:rsid w:val="00751410"/>
     <w:rsid w:val="007514C7"/>
     <w:rsid w:val="007514E1"/>
     <w:rsid w:val="00752008"/>
     <w:rsid w:val="0075262F"/>
     <w:rsid w:val="00752872"/>
     <w:rsid w:val="00752BCE"/>
     <w:rsid w:val="00753127"/>
     <w:rsid w:val="0075391A"/>
     <w:rsid w:val="0075396C"/>
     <w:rsid w:val="00753E85"/>
     <w:rsid w:val="0075477B"/>
     <w:rsid w:val="00754DF1"/>
     <w:rsid w:val="00754F08"/>
     <w:rsid w:val="00754FD0"/>
     <w:rsid w:val="00755050"/>
     <w:rsid w:val="0075509D"/>
     <w:rsid w:val="007553C2"/>
     <w:rsid w:val="00756482"/>
+    <w:rsid w:val="007565AE"/>
     <w:rsid w:val="00756CDF"/>
     <w:rsid w:val="00756D9B"/>
     <w:rsid w:val="0075729A"/>
     <w:rsid w:val="0075785E"/>
     <w:rsid w:val="007609D7"/>
     <w:rsid w:val="00760DC2"/>
     <w:rsid w:val="0076150F"/>
     <w:rsid w:val="00761812"/>
     <w:rsid w:val="00762005"/>
     <w:rsid w:val="00762723"/>
     <w:rsid w:val="00762D6F"/>
     <w:rsid w:val="00762F59"/>
+    <w:rsid w:val="0076362E"/>
     <w:rsid w:val="007637D8"/>
     <w:rsid w:val="00764332"/>
     <w:rsid w:val="00764E96"/>
     <w:rsid w:val="00765A54"/>
     <w:rsid w:val="00765B01"/>
     <w:rsid w:val="00765FD0"/>
     <w:rsid w:val="007660A8"/>
     <w:rsid w:val="007662A7"/>
     <w:rsid w:val="00766E23"/>
     <w:rsid w:val="00770C3A"/>
     <w:rsid w:val="00770F71"/>
     <w:rsid w:val="00770FEF"/>
     <w:rsid w:val="0077176F"/>
     <w:rsid w:val="0077195F"/>
     <w:rsid w:val="00771A3C"/>
     <w:rsid w:val="00771EB0"/>
     <w:rsid w:val="0077248B"/>
+    <w:rsid w:val="00772CDD"/>
     <w:rsid w:val="00772FEC"/>
     <w:rsid w:val="00773039"/>
+    <w:rsid w:val="007735B1"/>
     <w:rsid w:val="00773A04"/>
     <w:rsid w:val="00774286"/>
     <w:rsid w:val="00774E12"/>
     <w:rsid w:val="00774E9A"/>
     <w:rsid w:val="00774EAE"/>
     <w:rsid w:val="007750E6"/>
     <w:rsid w:val="007756D6"/>
     <w:rsid w:val="00775712"/>
     <w:rsid w:val="0077579E"/>
     <w:rsid w:val="00775C72"/>
     <w:rsid w:val="00775E24"/>
     <w:rsid w:val="00775EDA"/>
     <w:rsid w:val="00775EEC"/>
     <w:rsid w:val="007761C8"/>
     <w:rsid w:val="0077633E"/>
     <w:rsid w:val="0077675C"/>
     <w:rsid w:val="007767C0"/>
     <w:rsid w:val="007772D5"/>
     <w:rsid w:val="00777CA8"/>
     <w:rsid w:val="00777D0B"/>
     <w:rsid w:val="00780083"/>
     <w:rsid w:val="00780991"/>
     <w:rsid w:val="00780C24"/>
     <w:rsid w:val="00780D9B"/>
     <w:rsid w:val="00781971"/>
@@ -31584,353 +37320,375 @@
     <w:rsid w:val="007B1C7E"/>
     <w:rsid w:val="007B213A"/>
     <w:rsid w:val="007B224C"/>
     <w:rsid w:val="007B2341"/>
     <w:rsid w:val="007B253E"/>
     <w:rsid w:val="007B2D04"/>
     <w:rsid w:val="007B2FC4"/>
     <w:rsid w:val="007B33C1"/>
     <w:rsid w:val="007B36D2"/>
     <w:rsid w:val="007B4139"/>
     <w:rsid w:val="007B4899"/>
     <w:rsid w:val="007B524F"/>
     <w:rsid w:val="007B573A"/>
     <w:rsid w:val="007B5864"/>
     <w:rsid w:val="007B5FBA"/>
     <w:rsid w:val="007B666D"/>
     <w:rsid w:val="007B66AC"/>
     <w:rsid w:val="007B6A7E"/>
     <w:rsid w:val="007B6B29"/>
     <w:rsid w:val="007B7D70"/>
     <w:rsid w:val="007B7F34"/>
     <w:rsid w:val="007C008D"/>
     <w:rsid w:val="007C094D"/>
     <w:rsid w:val="007C0F67"/>
     <w:rsid w:val="007C1DB8"/>
+    <w:rsid w:val="007C2408"/>
     <w:rsid w:val="007C24FB"/>
     <w:rsid w:val="007C2817"/>
     <w:rsid w:val="007C2B51"/>
     <w:rsid w:val="007C2D29"/>
     <w:rsid w:val="007C2FD9"/>
     <w:rsid w:val="007C3D73"/>
     <w:rsid w:val="007C44CB"/>
     <w:rsid w:val="007C4768"/>
     <w:rsid w:val="007C54DB"/>
     <w:rsid w:val="007C583F"/>
     <w:rsid w:val="007C5900"/>
     <w:rsid w:val="007C5EC9"/>
     <w:rsid w:val="007C61D2"/>
     <w:rsid w:val="007C6CF1"/>
     <w:rsid w:val="007C70AA"/>
     <w:rsid w:val="007C7A4A"/>
     <w:rsid w:val="007C7AE0"/>
     <w:rsid w:val="007D0521"/>
     <w:rsid w:val="007D0555"/>
     <w:rsid w:val="007D064B"/>
     <w:rsid w:val="007D07D9"/>
     <w:rsid w:val="007D09E6"/>
     <w:rsid w:val="007D0C0F"/>
     <w:rsid w:val="007D1167"/>
     <w:rsid w:val="007D1F71"/>
     <w:rsid w:val="007D1FE3"/>
     <w:rsid w:val="007D20D9"/>
     <w:rsid w:val="007D23B7"/>
     <w:rsid w:val="007D24BB"/>
     <w:rsid w:val="007D2A9B"/>
     <w:rsid w:val="007D3048"/>
     <w:rsid w:val="007D37A5"/>
     <w:rsid w:val="007D41AF"/>
     <w:rsid w:val="007D4A0D"/>
     <w:rsid w:val="007D4D72"/>
     <w:rsid w:val="007D4D94"/>
+    <w:rsid w:val="007D512C"/>
     <w:rsid w:val="007D5312"/>
+    <w:rsid w:val="007D5D76"/>
     <w:rsid w:val="007D64B5"/>
     <w:rsid w:val="007D666B"/>
     <w:rsid w:val="007D6CD8"/>
     <w:rsid w:val="007D70FD"/>
     <w:rsid w:val="007D75C7"/>
     <w:rsid w:val="007E0308"/>
     <w:rsid w:val="007E041E"/>
     <w:rsid w:val="007E1588"/>
     <w:rsid w:val="007E2E16"/>
     <w:rsid w:val="007E3383"/>
     <w:rsid w:val="007E34DA"/>
     <w:rsid w:val="007E37F5"/>
     <w:rsid w:val="007E3AFF"/>
+    <w:rsid w:val="007E3B72"/>
     <w:rsid w:val="007E3F8F"/>
     <w:rsid w:val="007E4632"/>
     <w:rsid w:val="007E47D7"/>
     <w:rsid w:val="007E4A35"/>
     <w:rsid w:val="007E4F58"/>
     <w:rsid w:val="007E53C4"/>
     <w:rsid w:val="007E58BF"/>
     <w:rsid w:val="007E603E"/>
     <w:rsid w:val="007E6149"/>
+    <w:rsid w:val="007E676C"/>
     <w:rsid w:val="007E6A8C"/>
     <w:rsid w:val="007E6E51"/>
     <w:rsid w:val="007E6E7F"/>
     <w:rsid w:val="007E6F0E"/>
+    <w:rsid w:val="007E72EF"/>
     <w:rsid w:val="007E762E"/>
     <w:rsid w:val="007E7ABE"/>
     <w:rsid w:val="007E7C61"/>
     <w:rsid w:val="007F0CDE"/>
     <w:rsid w:val="007F0F52"/>
     <w:rsid w:val="007F108B"/>
     <w:rsid w:val="007F1574"/>
     <w:rsid w:val="007F1720"/>
     <w:rsid w:val="007F18CA"/>
     <w:rsid w:val="007F1A03"/>
     <w:rsid w:val="007F20A6"/>
     <w:rsid w:val="007F280B"/>
     <w:rsid w:val="007F2B86"/>
     <w:rsid w:val="007F2C27"/>
     <w:rsid w:val="007F361A"/>
     <w:rsid w:val="007F46A1"/>
     <w:rsid w:val="007F4E97"/>
     <w:rsid w:val="007F5076"/>
     <w:rsid w:val="007F523B"/>
     <w:rsid w:val="007F52FA"/>
     <w:rsid w:val="007F5E5D"/>
     <w:rsid w:val="007F5F99"/>
     <w:rsid w:val="007F61A4"/>
     <w:rsid w:val="007F7740"/>
     <w:rsid w:val="007F7B12"/>
     <w:rsid w:val="00800171"/>
     <w:rsid w:val="00800380"/>
     <w:rsid w:val="00800AB8"/>
     <w:rsid w:val="00800BAA"/>
     <w:rsid w:val="00800BCE"/>
     <w:rsid w:val="00800E9C"/>
+    <w:rsid w:val="00800F0C"/>
     <w:rsid w:val="0080104A"/>
     <w:rsid w:val="00801381"/>
     <w:rsid w:val="00802319"/>
     <w:rsid w:val="008024EE"/>
     <w:rsid w:val="00802718"/>
     <w:rsid w:val="0080295B"/>
     <w:rsid w:val="00802D06"/>
     <w:rsid w:val="008035B3"/>
     <w:rsid w:val="008036C6"/>
     <w:rsid w:val="00803882"/>
     <w:rsid w:val="00803BBB"/>
     <w:rsid w:val="00803BD8"/>
     <w:rsid w:val="008040ED"/>
     <w:rsid w:val="0080427D"/>
     <w:rsid w:val="008046E1"/>
     <w:rsid w:val="008052E3"/>
     <w:rsid w:val="00805372"/>
     <w:rsid w:val="00805600"/>
     <w:rsid w:val="00806296"/>
     <w:rsid w:val="008065D0"/>
     <w:rsid w:val="008067EB"/>
     <w:rsid w:val="0080709A"/>
     <w:rsid w:val="0080791C"/>
     <w:rsid w:val="00807FBA"/>
     <w:rsid w:val="008105B0"/>
     <w:rsid w:val="0081067A"/>
     <w:rsid w:val="008107FB"/>
     <w:rsid w:val="00810B8B"/>
     <w:rsid w:val="00811868"/>
     <w:rsid w:val="0081239D"/>
     <w:rsid w:val="00813867"/>
     <w:rsid w:val="00813D9D"/>
     <w:rsid w:val="00814F65"/>
     <w:rsid w:val="00815201"/>
     <w:rsid w:val="008161E7"/>
     <w:rsid w:val="00816341"/>
     <w:rsid w:val="00816990"/>
     <w:rsid w:val="0081786A"/>
     <w:rsid w:val="00817B91"/>
+    <w:rsid w:val="00820002"/>
     <w:rsid w:val="008200BD"/>
     <w:rsid w:val="00820106"/>
     <w:rsid w:val="0082048B"/>
     <w:rsid w:val="008204F6"/>
     <w:rsid w:val="008209B8"/>
     <w:rsid w:val="00820B51"/>
     <w:rsid w:val="00820F13"/>
     <w:rsid w:val="0082151F"/>
     <w:rsid w:val="00821B56"/>
     <w:rsid w:val="008220DD"/>
     <w:rsid w:val="00822F94"/>
     <w:rsid w:val="008234A6"/>
     <w:rsid w:val="008249A6"/>
     <w:rsid w:val="008251FA"/>
     <w:rsid w:val="00825271"/>
     <w:rsid w:val="00825387"/>
     <w:rsid w:val="00825AB6"/>
     <w:rsid w:val="00825BF6"/>
     <w:rsid w:val="0082614B"/>
     <w:rsid w:val="008262D7"/>
     <w:rsid w:val="0082682E"/>
     <w:rsid w:val="00826CE0"/>
     <w:rsid w:val="0082784B"/>
     <w:rsid w:val="0082785E"/>
     <w:rsid w:val="00827E70"/>
     <w:rsid w:val="008301A2"/>
     <w:rsid w:val="00830454"/>
     <w:rsid w:val="0083077D"/>
     <w:rsid w:val="00830CD0"/>
+    <w:rsid w:val="00830F70"/>
+    <w:rsid w:val="00831856"/>
     <w:rsid w:val="00831876"/>
     <w:rsid w:val="0083198F"/>
     <w:rsid w:val="0083213B"/>
     <w:rsid w:val="008329A9"/>
     <w:rsid w:val="00832C4E"/>
     <w:rsid w:val="008332F4"/>
     <w:rsid w:val="00833378"/>
     <w:rsid w:val="00833AFD"/>
     <w:rsid w:val="00833B99"/>
     <w:rsid w:val="00833DAC"/>
     <w:rsid w:val="00834059"/>
     <w:rsid w:val="00834B42"/>
     <w:rsid w:val="00834DF1"/>
+    <w:rsid w:val="008350FF"/>
     <w:rsid w:val="00835644"/>
     <w:rsid w:val="00835A9A"/>
     <w:rsid w:val="00836BC9"/>
     <w:rsid w:val="00837172"/>
     <w:rsid w:val="00837306"/>
     <w:rsid w:val="00837BEB"/>
     <w:rsid w:val="00840E8C"/>
     <w:rsid w:val="0084157E"/>
     <w:rsid w:val="00841D10"/>
     <w:rsid w:val="008427FB"/>
     <w:rsid w:val="0084318E"/>
     <w:rsid w:val="008434FC"/>
     <w:rsid w:val="0084350E"/>
     <w:rsid w:val="00843636"/>
     <w:rsid w:val="0084375A"/>
     <w:rsid w:val="008437E6"/>
     <w:rsid w:val="008438DA"/>
     <w:rsid w:val="00843E28"/>
     <w:rsid w:val="00843F44"/>
     <w:rsid w:val="00844694"/>
+    <w:rsid w:val="0084563C"/>
     <w:rsid w:val="008456D0"/>
     <w:rsid w:val="00845ECF"/>
     <w:rsid w:val="00846123"/>
     <w:rsid w:val="00846541"/>
     <w:rsid w:val="008466C2"/>
     <w:rsid w:val="008469A0"/>
     <w:rsid w:val="008469EA"/>
     <w:rsid w:val="00846AAE"/>
     <w:rsid w:val="00846F44"/>
     <w:rsid w:val="00847198"/>
     <w:rsid w:val="0084780C"/>
     <w:rsid w:val="00847A7A"/>
     <w:rsid w:val="00847AD9"/>
     <w:rsid w:val="0085182B"/>
     <w:rsid w:val="0085185E"/>
+    <w:rsid w:val="008519E5"/>
     <w:rsid w:val="00851C0A"/>
     <w:rsid w:val="00851D93"/>
     <w:rsid w:val="008521D9"/>
     <w:rsid w:val="00852A90"/>
     <w:rsid w:val="008536F7"/>
     <w:rsid w:val="0085394B"/>
     <w:rsid w:val="00853DFD"/>
     <w:rsid w:val="00853F35"/>
     <w:rsid w:val="00854029"/>
     <w:rsid w:val="008543D1"/>
     <w:rsid w:val="0085451E"/>
     <w:rsid w:val="008545A5"/>
     <w:rsid w:val="00854BAC"/>
     <w:rsid w:val="00855613"/>
     <w:rsid w:val="00855D07"/>
+    <w:rsid w:val="00855DFB"/>
     <w:rsid w:val="0085601F"/>
     <w:rsid w:val="0085630A"/>
     <w:rsid w:val="00856446"/>
+    <w:rsid w:val="008565E5"/>
+    <w:rsid w:val="008565F9"/>
     <w:rsid w:val="008569F8"/>
     <w:rsid w:val="008572D1"/>
     <w:rsid w:val="008577AF"/>
     <w:rsid w:val="00857F61"/>
     <w:rsid w:val="008601EA"/>
     <w:rsid w:val="0086071A"/>
     <w:rsid w:val="0086098F"/>
     <w:rsid w:val="00860BE8"/>
     <w:rsid w:val="00861069"/>
     <w:rsid w:val="00861464"/>
     <w:rsid w:val="008623DC"/>
     <w:rsid w:val="00862605"/>
     <w:rsid w:val="00862C10"/>
     <w:rsid w:val="00863A5B"/>
     <w:rsid w:val="00863B7D"/>
     <w:rsid w:val="00864021"/>
     <w:rsid w:val="008640BD"/>
     <w:rsid w:val="008643FA"/>
     <w:rsid w:val="00864505"/>
     <w:rsid w:val="00864683"/>
     <w:rsid w:val="008646F3"/>
     <w:rsid w:val="008646F6"/>
     <w:rsid w:val="00864EBE"/>
     <w:rsid w:val="008668E4"/>
     <w:rsid w:val="00866B2C"/>
     <w:rsid w:val="00866BE8"/>
     <w:rsid w:val="008674A2"/>
     <w:rsid w:val="008674E3"/>
+    <w:rsid w:val="00867DE7"/>
+    <w:rsid w:val="00867F59"/>
     <w:rsid w:val="00870030"/>
     <w:rsid w:val="00870503"/>
     <w:rsid w:val="00870879"/>
     <w:rsid w:val="00870971"/>
     <w:rsid w:val="008709A9"/>
     <w:rsid w:val="00870E1F"/>
     <w:rsid w:val="008711DC"/>
     <w:rsid w:val="00871B2A"/>
     <w:rsid w:val="00871F89"/>
     <w:rsid w:val="008733BF"/>
     <w:rsid w:val="00873CC9"/>
     <w:rsid w:val="00874032"/>
+    <w:rsid w:val="008744B1"/>
     <w:rsid w:val="008754E5"/>
     <w:rsid w:val="00877836"/>
     <w:rsid w:val="00877C00"/>
     <w:rsid w:val="00877DC7"/>
     <w:rsid w:val="00877E7C"/>
+    <w:rsid w:val="008801D9"/>
     <w:rsid w:val="00880356"/>
     <w:rsid w:val="00880E4C"/>
     <w:rsid w:val="008817A5"/>
     <w:rsid w:val="00881B7C"/>
     <w:rsid w:val="0088215A"/>
     <w:rsid w:val="00882573"/>
     <w:rsid w:val="00882744"/>
     <w:rsid w:val="00882999"/>
     <w:rsid w:val="00882B21"/>
+    <w:rsid w:val="00882F10"/>
     <w:rsid w:val="0088334D"/>
     <w:rsid w:val="008837CE"/>
     <w:rsid w:val="00884893"/>
     <w:rsid w:val="00884C00"/>
     <w:rsid w:val="00885029"/>
     <w:rsid w:val="00885782"/>
     <w:rsid w:val="00885852"/>
     <w:rsid w:val="008858EA"/>
     <w:rsid w:val="008858EB"/>
     <w:rsid w:val="00885D1A"/>
     <w:rsid w:val="0088612E"/>
     <w:rsid w:val="008862B5"/>
     <w:rsid w:val="00886780"/>
     <w:rsid w:val="00886D4B"/>
     <w:rsid w:val="00886F53"/>
     <w:rsid w:val="0088708C"/>
     <w:rsid w:val="008870ED"/>
     <w:rsid w:val="0088733B"/>
     <w:rsid w:val="00887F69"/>
     <w:rsid w:val="008901F5"/>
     <w:rsid w:val="008902CF"/>
+    <w:rsid w:val="00890652"/>
     <w:rsid w:val="0089074C"/>
     <w:rsid w:val="00890931"/>
     <w:rsid w:val="00890B3F"/>
     <w:rsid w:val="00891EA7"/>
     <w:rsid w:val="00891F99"/>
     <w:rsid w:val="0089224B"/>
     <w:rsid w:val="008923E7"/>
     <w:rsid w:val="00893761"/>
     <w:rsid w:val="00893862"/>
     <w:rsid w:val="00893A28"/>
     <w:rsid w:val="00893BE2"/>
     <w:rsid w:val="00893E3B"/>
     <w:rsid w:val="00894D67"/>
     <w:rsid w:val="00894D9C"/>
     <w:rsid w:val="0089540D"/>
     <w:rsid w:val="00895415"/>
     <w:rsid w:val="008955CF"/>
     <w:rsid w:val="00895E2D"/>
     <w:rsid w:val="0089602F"/>
     <w:rsid w:val="00896086"/>
     <w:rsid w:val="0089636C"/>
     <w:rsid w:val="00896666"/>
     <w:rsid w:val="0089758C"/>
     <w:rsid w:val="008976C9"/>
     <w:rsid w:val="00897D5F"/>
@@ -31948,50 +37706,51 @@
     <w:rsid w:val="008A346F"/>
     <w:rsid w:val="008A360C"/>
     <w:rsid w:val="008A376C"/>
     <w:rsid w:val="008A39BC"/>
     <w:rsid w:val="008A3BCD"/>
     <w:rsid w:val="008A3BE0"/>
     <w:rsid w:val="008A3DC4"/>
     <w:rsid w:val="008A3E86"/>
     <w:rsid w:val="008A4943"/>
     <w:rsid w:val="008A4B86"/>
     <w:rsid w:val="008A4C65"/>
     <w:rsid w:val="008A4D1E"/>
     <w:rsid w:val="008A4E9A"/>
     <w:rsid w:val="008A4EFC"/>
     <w:rsid w:val="008A4F3C"/>
     <w:rsid w:val="008A4FFD"/>
     <w:rsid w:val="008A56CA"/>
     <w:rsid w:val="008A5D0F"/>
     <w:rsid w:val="008A6070"/>
     <w:rsid w:val="008A6220"/>
     <w:rsid w:val="008A6B05"/>
     <w:rsid w:val="008A72A3"/>
     <w:rsid w:val="008A7551"/>
     <w:rsid w:val="008A76DD"/>
     <w:rsid w:val="008A7CFE"/>
+    <w:rsid w:val="008B0A13"/>
     <w:rsid w:val="008B0EC0"/>
     <w:rsid w:val="008B1399"/>
     <w:rsid w:val="008B1C4B"/>
     <w:rsid w:val="008B1D9E"/>
     <w:rsid w:val="008B1F60"/>
     <w:rsid w:val="008B2111"/>
     <w:rsid w:val="008B2125"/>
     <w:rsid w:val="008B228E"/>
     <w:rsid w:val="008B26F4"/>
     <w:rsid w:val="008B35F4"/>
     <w:rsid w:val="008B36B1"/>
     <w:rsid w:val="008B3FA8"/>
     <w:rsid w:val="008B47DF"/>
     <w:rsid w:val="008B4AA4"/>
     <w:rsid w:val="008B4C54"/>
     <w:rsid w:val="008B4DE7"/>
     <w:rsid w:val="008B4F51"/>
     <w:rsid w:val="008B5634"/>
     <w:rsid w:val="008B6393"/>
     <w:rsid w:val="008B6513"/>
     <w:rsid w:val="008B6A50"/>
     <w:rsid w:val="008B707F"/>
     <w:rsid w:val="008B74E9"/>
     <w:rsid w:val="008B7881"/>
     <w:rsid w:val="008B7C9A"/>
@@ -32036,219 +37795,232 @@
     <w:rsid w:val="008D2D17"/>
     <w:rsid w:val="008D2DDD"/>
     <w:rsid w:val="008D2F70"/>
     <w:rsid w:val="008D318A"/>
     <w:rsid w:val="008D31BA"/>
     <w:rsid w:val="008D3892"/>
     <w:rsid w:val="008D3EB3"/>
     <w:rsid w:val="008D3F41"/>
     <w:rsid w:val="008D4B97"/>
     <w:rsid w:val="008D4FF5"/>
     <w:rsid w:val="008D5138"/>
     <w:rsid w:val="008D630E"/>
     <w:rsid w:val="008D670A"/>
     <w:rsid w:val="008D6837"/>
     <w:rsid w:val="008D6B80"/>
     <w:rsid w:val="008D6C39"/>
     <w:rsid w:val="008D6FB5"/>
     <w:rsid w:val="008D72B2"/>
     <w:rsid w:val="008E0340"/>
     <w:rsid w:val="008E041D"/>
     <w:rsid w:val="008E06F2"/>
     <w:rsid w:val="008E085D"/>
     <w:rsid w:val="008E174F"/>
     <w:rsid w:val="008E179F"/>
     <w:rsid w:val="008E1D0F"/>
+    <w:rsid w:val="008E21F2"/>
     <w:rsid w:val="008E2535"/>
     <w:rsid w:val="008E26A5"/>
+    <w:rsid w:val="008E2CAA"/>
     <w:rsid w:val="008E35F9"/>
     <w:rsid w:val="008E3BEE"/>
     <w:rsid w:val="008E3FA6"/>
     <w:rsid w:val="008E4202"/>
     <w:rsid w:val="008E59F7"/>
     <w:rsid w:val="008E5C0F"/>
     <w:rsid w:val="008E6026"/>
     <w:rsid w:val="008E62B7"/>
     <w:rsid w:val="008E62BE"/>
     <w:rsid w:val="008E62D9"/>
     <w:rsid w:val="008E667B"/>
     <w:rsid w:val="008E7AB5"/>
     <w:rsid w:val="008F0E15"/>
     <w:rsid w:val="008F0F89"/>
     <w:rsid w:val="008F193B"/>
     <w:rsid w:val="008F1BED"/>
     <w:rsid w:val="008F1FA3"/>
     <w:rsid w:val="008F2383"/>
+    <w:rsid w:val="008F30CE"/>
     <w:rsid w:val="008F3495"/>
     <w:rsid w:val="008F4357"/>
     <w:rsid w:val="008F490B"/>
     <w:rsid w:val="008F4C70"/>
     <w:rsid w:val="008F4D1A"/>
     <w:rsid w:val="008F4FD3"/>
     <w:rsid w:val="008F54B9"/>
     <w:rsid w:val="008F5538"/>
     <w:rsid w:val="008F55FF"/>
     <w:rsid w:val="008F56F1"/>
     <w:rsid w:val="008F629C"/>
+    <w:rsid w:val="008F62BA"/>
     <w:rsid w:val="008F6972"/>
     <w:rsid w:val="008F69A0"/>
     <w:rsid w:val="008F6AD4"/>
     <w:rsid w:val="008F6FBC"/>
     <w:rsid w:val="008F7B9B"/>
     <w:rsid w:val="008F7E37"/>
     <w:rsid w:val="00900251"/>
     <w:rsid w:val="009006C2"/>
+    <w:rsid w:val="009007C6"/>
     <w:rsid w:val="009017B3"/>
     <w:rsid w:val="0090235A"/>
     <w:rsid w:val="00902738"/>
     <w:rsid w:val="00902A7C"/>
     <w:rsid w:val="00902CD2"/>
     <w:rsid w:val="00903710"/>
     <w:rsid w:val="009038CA"/>
     <w:rsid w:val="00903CD7"/>
+    <w:rsid w:val="009042EF"/>
     <w:rsid w:val="00904972"/>
     <w:rsid w:val="009049E7"/>
     <w:rsid w:val="00904ED5"/>
     <w:rsid w:val="00905097"/>
     <w:rsid w:val="00905353"/>
     <w:rsid w:val="00905401"/>
     <w:rsid w:val="00905478"/>
     <w:rsid w:val="00905582"/>
     <w:rsid w:val="009055E7"/>
     <w:rsid w:val="00905EF0"/>
     <w:rsid w:val="0090649E"/>
     <w:rsid w:val="0090786C"/>
     <w:rsid w:val="00910479"/>
+    <w:rsid w:val="009106EC"/>
     <w:rsid w:val="009108E0"/>
     <w:rsid w:val="00910916"/>
     <w:rsid w:val="00910B37"/>
     <w:rsid w:val="00910FD9"/>
     <w:rsid w:val="00911671"/>
     <w:rsid w:val="0091216D"/>
     <w:rsid w:val="00912266"/>
+    <w:rsid w:val="00912314"/>
     <w:rsid w:val="00912D9B"/>
     <w:rsid w:val="00912E76"/>
     <w:rsid w:val="0091301D"/>
     <w:rsid w:val="00913652"/>
     <w:rsid w:val="00913691"/>
     <w:rsid w:val="009139A7"/>
     <w:rsid w:val="00914732"/>
     <w:rsid w:val="009147A1"/>
     <w:rsid w:val="00914EB3"/>
     <w:rsid w:val="0091512A"/>
     <w:rsid w:val="00915172"/>
     <w:rsid w:val="009154B3"/>
     <w:rsid w:val="009159A2"/>
     <w:rsid w:val="00915B6F"/>
     <w:rsid w:val="00915D0A"/>
     <w:rsid w:val="009162F1"/>
     <w:rsid w:val="009164C1"/>
     <w:rsid w:val="0091722A"/>
     <w:rsid w:val="0092096A"/>
     <w:rsid w:val="00920A4A"/>
     <w:rsid w:val="00920AF3"/>
     <w:rsid w:val="00920D3F"/>
     <w:rsid w:val="00921140"/>
     <w:rsid w:val="00921B2D"/>
+    <w:rsid w:val="00922A5F"/>
     <w:rsid w:val="00922C93"/>
     <w:rsid w:val="00923624"/>
     <w:rsid w:val="00923B48"/>
     <w:rsid w:val="00923FD2"/>
     <w:rsid w:val="009247CD"/>
     <w:rsid w:val="00924F61"/>
     <w:rsid w:val="009255CB"/>
     <w:rsid w:val="00926C19"/>
     <w:rsid w:val="00926DB8"/>
     <w:rsid w:val="0092769E"/>
     <w:rsid w:val="009277DE"/>
     <w:rsid w:val="00927985"/>
     <w:rsid w:val="0093033F"/>
     <w:rsid w:val="00930B72"/>
     <w:rsid w:val="00930DEA"/>
     <w:rsid w:val="009310AC"/>
     <w:rsid w:val="00931513"/>
     <w:rsid w:val="00931787"/>
     <w:rsid w:val="00931DF2"/>
     <w:rsid w:val="00931F63"/>
     <w:rsid w:val="00931F93"/>
     <w:rsid w:val="00931FCC"/>
     <w:rsid w:val="009329E5"/>
     <w:rsid w:val="00932B3C"/>
     <w:rsid w:val="00932CA0"/>
     <w:rsid w:val="00933361"/>
     <w:rsid w:val="00934797"/>
     <w:rsid w:val="00934B33"/>
     <w:rsid w:val="00934EEC"/>
     <w:rsid w:val="009351DB"/>
     <w:rsid w:val="009358CA"/>
     <w:rsid w:val="00935D4B"/>
     <w:rsid w:val="00936138"/>
     <w:rsid w:val="00936661"/>
     <w:rsid w:val="009369A0"/>
     <w:rsid w:val="00936D40"/>
     <w:rsid w:val="009372BC"/>
     <w:rsid w:val="0093786A"/>
     <w:rsid w:val="0094112B"/>
     <w:rsid w:val="009412AE"/>
     <w:rsid w:val="009420A2"/>
     <w:rsid w:val="00943337"/>
     <w:rsid w:val="0094354C"/>
     <w:rsid w:val="009436BE"/>
     <w:rsid w:val="00943764"/>
     <w:rsid w:val="00943E7F"/>
+    <w:rsid w:val="0094405E"/>
     <w:rsid w:val="00944B4D"/>
     <w:rsid w:val="00944F65"/>
     <w:rsid w:val="0094508D"/>
+    <w:rsid w:val="00945998"/>
     <w:rsid w:val="00945CFD"/>
     <w:rsid w:val="009460DE"/>
     <w:rsid w:val="00946422"/>
     <w:rsid w:val="00946851"/>
     <w:rsid w:val="00946FCC"/>
     <w:rsid w:val="00947130"/>
     <w:rsid w:val="0094764B"/>
     <w:rsid w:val="0094780B"/>
+    <w:rsid w:val="00947A46"/>
     <w:rsid w:val="00947BC3"/>
     <w:rsid w:val="00947E07"/>
     <w:rsid w:val="009512F4"/>
     <w:rsid w:val="00951701"/>
     <w:rsid w:val="00951F5B"/>
     <w:rsid w:val="0095243C"/>
     <w:rsid w:val="0095264E"/>
     <w:rsid w:val="00952A39"/>
     <w:rsid w:val="00952CD9"/>
     <w:rsid w:val="00953DE7"/>
     <w:rsid w:val="00953DF8"/>
     <w:rsid w:val="00953EBB"/>
     <w:rsid w:val="00954043"/>
     <w:rsid w:val="009541EC"/>
     <w:rsid w:val="00954506"/>
     <w:rsid w:val="0095461C"/>
     <w:rsid w:val="009548F0"/>
     <w:rsid w:val="009558B7"/>
     <w:rsid w:val="009559A0"/>
     <w:rsid w:val="00955A80"/>
     <w:rsid w:val="009560A9"/>
+    <w:rsid w:val="00956205"/>
     <w:rsid w:val="00956F56"/>
     <w:rsid w:val="00957300"/>
     <w:rsid w:val="0095793F"/>
     <w:rsid w:val="00960159"/>
     <w:rsid w:val="009603FA"/>
     <w:rsid w:val="00960D6F"/>
     <w:rsid w:val="009613D0"/>
     <w:rsid w:val="0096166C"/>
     <w:rsid w:val="009622A3"/>
     <w:rsid w:val="00962788"/>
     <w:rsid w:val="0096287A"/>
     <w:rsid w:val="009634DF"/>
     <w:rsid w:val="00964094"/>
     <w:rsid w:val="00964CD3"/>
     <w:rsid w:val="00965999"/>
     <w:rsid w:val="009659C4"/>
     <w:rsid w:val="009660C1"/>
     <w:rsid w:val="0096635F"/>
     <w:rsid w:val="00967071"/>
     <w:rsid w:val="00967930"/>
     <w:rsid w:val="009710B3"/>
     <w:rsid w:val="00971241"/>
     <w:rsid w:val="00971966"/>
     <w:rsid w:val="00971F06"/>
     <w:rsid w:val="0097232E"/>
@@ -32260,126 +38032,134 @@
     <w:rsid w:val="00973CD6"/>
     <w:rsid w:val="009742BB"/>
     <w:rsid w:val="00974D8C"/>
     <w:rsid w:val="00975D07"/>
     <w:rsid w:val="00976226"/>
     <w:rsid w:val="009771D1"/>
     <w:rsid w:val="0097763B"/>
     <w:rsid w:val="009801A9"/>
     <w:rsid w:val="00980306"/>
     <w:rsid w:val="0098057D"/>
     <w:rsid w:val="00980B57"/>
     <w:rsid w:val="009812F9"/>
     <w:rsid w:val="00981648"/>
     <w:rsid w:val="00981F83"/>
     <w:rsid w:val="00981FCA"/>
     <w:rsid w:val="009823DC"/>
     <w:rsid w:val="0098311C"/>
     <w:rsid w:val="00984154"/>
     <w:rsid w:val="00984B4D"/>
     <w:rsid w:val="00984B63"/>
     <w:rsid w:val="009851E3"/>
     <w:rsid w:val="00985758"/>
     <w:rsid w:val="009863AE"/>
     <w:rsid w:val="00986DB3"/>
     <w:rsid w:val="00986F52"/>
+    <w:rsid w:val="009873FE"/>
     <w:rsid w:val="009876E8"/>
     <w:rsid w:val="00987AC9"/>
     <w:rsid w:val="00990347"/>
     <w:rsid w:val="00990499"/>
     <w:rsid w:val="009906F8"/>
     <w:rsid w:val="00990A36"/>
     <w:rsid w:val="009913F3"/>
     <w:rsid w:val="00991665"/>
     <w:rsid w:val="00991872"/>
     <w:rsid w:val="00991914"/>
     <w:rsid w:val="00991BA2"/>
     <w:rsid w:val="009929D7"/>
     <w:rsid w:val="00993294"/>
     <w:rsid w:val="009939A4"/>
     <w:rsid w:val="00994306"/>
     <w:rsid w:val="00994456"/>
     <w:rsid w:val="009946D3"/>
     <w:rsid w:val="00994C97"/>
+    <w:rsid w:val="00994F11"/>
     <w:rsid w:val="00994FAB"/>
     <w:rsid w:val="00996783"/>
     <w:rsid w:val="00997C33"/>
     <w:rsid w:val="009A0825"/>
     <w:rsid w:val="009A08D6"/>
     <w:rsid w:val="009A1361"/>
     <w:rsid w:val="009A1A47"/>
     <w:rsid w:val="009A1D5C"/>
     <w:rsid w:val="009A1EF8"/>
     <w:rsid w:val="009A1F86"/>
     <w:rsid w:val="009A2036"/>
     <w:rsid w:val="009A2159"/>
     <w:rsid w:val="009A2706"/>
     <w:rsid w:val="009A2798"/>
     <w:rsid w:val="009A27BF"/>
     <w:rsid w:val="009A2BCE"/>
     <w:rsid w:val="009A30A6"/>
     <w:rsid w:val="009A327B"/>
     <w:rsid w:val="009A36C3"/>
+    <w:rsid w:val="009A3731"/>
     <w:rsid w:val="009A3819"/>
     <w:rsid w:val="009A39CD"/>
     <w:rsid w:val="009A3CBB"/>
     <w:rsid w:val="009A3DD1"/>
     <w:rsid w:val="009A3F4A"/>
     <w:rsid w:val="009A3FB5"/>
+    <w:rsid w:val="009A4232"/>
     <w:rsid w:val="009A453E"/>
+    <w:rsid w:val="009A4737"/>
     <w:rsid w:val="009A4AF1"/>
     <w:rsid w:val="009A5329"/>
     <w:rsid w:val="009A57A3"/>
     <w:rsid w:val="009A64E0"/>
+    <w:rsid w:val="009A670B"/>
     <w:rsid w:val="009A68A0"/>
+    <w:rsid w:val="009A7356"/>
     <w:rsid w:val="009B0544"/>
     <w:rsid w:val="009B057D"/>
     <w:rsid w:val="009B11B9"/>
     <w:rsid w:val="009B13E0"/>
     <w:rsid w:val="009B1563"/>
     <w:rsid w:val="009B1861"/>
     <w:rsid w:val="009B2060"/>
     <w:rsid w:val="009B2099"/>
     <w:rsid w:val="009B214B"/>
     <w:rsid w:val="009B274E"/>
     <w:rsid w:val="009B298E"/>
     <w:rsid w:val="009B2DA2"/>
     <w:rsid w:val="009B2E3D"/>
     <w:rsid w:val="009B39C7"/>
     <w:rsid w:val="009B3A20"/>
     <w:rsid w:val="009B3F3F"/>
     <w:rsid w:val="009B4023"/>
     <w:rsid w:val="009B41AC"/>
     <w:rsid w:val="009B485E"/>
     <w:rsid w:val="009B4AB3"/>
     <w:rsid w:val="009B4D40"/>
     <w:rsid w:val="009B4EAA"/>
     <w:rsid w:val="009B52B7"/>
     <w:rsid w:val="009B54CD"/>
     <w:rsid w:val="009B5CC7"/>
     <w:rsid w:val="009B601C"/>
     <w:rsid w:val="009B62D5"/>
+    <w:rsid w:val="009B63A6"/>
     <w:rsid w:val="009B65A3"/>
     <w:rsid w:val="009C04CB"/>
     <w:rsid w:val="009C08B7"/>
     <w:rsid w:val="009C0D72"/>
     <w:rsid w:val="009C11B8"/>
     <w:rsid w:val="009C15B9"/>
     <w:rsid w:val="009C1ECD"/>
     <w:rsid w:val="009C275B"/>
     <w:rsid w:val="009C3CB9"/>
     <w:rsid w:val="009C4008"/>
     <w:rsid w:val="009C46AC"/>
     <w:rsid w:val="009C49ED"/>
     <w:rsid w:val="009C599A"/>
     <w:rsid w:val="009C5AD8"/>
     <w:rsid w:val="009C5C60"/>
     <w:rsid w:val="009C6A52"/>
     <w:rsid w:val="009C6BB8"/>
     <w:rsid w:val="009C6F94"/>
     <w:rsid w:val="009C769F"/>
     <w:rsid w:val="009D08E2"/>
     <w:rsid w:val="009D0E37"/>
     <w:rsid w:val="009D0F83"/>
     <w:rsid w:val="009D0FE1"/>
     <w:rsid w:val="009D12D8"/>
     <w:rsid w:val="009D1970"/>
@@ -32416,69 +38196,72 @@
     <w:rsid w:val="009E3E94"/>
     <w:rsid w:val="009E42E8"/>
     <w:rsid w:val="009E47AB"/>
     <w:rsid w:val="009E4840"/>
     <w:rsid w:val="009E5417"/>
     <w:rsid w:val="009E57AD"/>
     <w:rsid w:val="009E591E"/>
     <w:rsid w:val="009E5D94"/>
     <w:rsid w:val="009E6027"/>
     <w:rsid w:val="009E6054"/>
     <w:rsid w:val="009E612D"/>
     <w:rsid w:val="009E685D"/>
     <w:rsid w:val="009E6D6B"/>
     <w:rsid w:val="009E71B8"/>
     <w:rsid w:val="009E7345"/>
     <w:rsid w:val="009F0227"/>
     <w:rsid w:val="009F0AE9"/>
     <w:rsid w:val="009F148F"/>
     <w:rsid w:val="009F172F"/>
     <w:rsid w:val="009F1E6C"/>
     <w:rsid w:val="009F2D16"/>
     <w:rsid w:val="009F3464"/>
     <w:rsid w:val="009F3A57"/>
     <w:rsid w:val="009F4225"/>
     <w:rsid w:val="009F425C"/>
+    <w:rsid w:val="009F4934"/>
     <w:rsid w:val="009F4E1B"/>
     <w:rsid w:val="009F4F6F"/>
     <w:rsid w:val="009F55B6"/>
     <w:rsid w:val="009F57D1"/>
     <w:rsid w:val="009F5AC0"/>
     <w:rsid w:val="009F6189"/>
+    <w:rsid w:val="009F651A"/>
     <w:rsid w:val="009F6770"/>
     <w:rsid w:val="009F6FDB"/>
     <w:rsid w:val="009F743B"/>
     <w:rsid w:val="00A002CD"/>
     <w:rsid w:val="00A00AD6"/>
     <w:rsid w:val="00A00D9A"/>
     <w:rsid w:val="00A01082"/>
     <w:rsid w:val="00A01DC3"/>
     <w:rsid w:val="00A01EC7"/>
     <w:rsid w:val="00A0248E"/>
     <w:rsid w:val="00A02763"/>
     <w:rsid w:val="00A02910"/>
     <w:rsid w:val="00A02D41"/>
+    <w:rsid w:val="00A030C1"/>
     <w:rsid w:val="00A0381B"/>
     <w:rsid w:val="00A040B6"/>
     <w:rsid w:val="00A04C86"/>
     <w:rsid w:val="00A05518"/>
     <w:rsid w:val="00A05B70"/>
     <w:rsid w:val="00A05CBB"/>
     <w:rsid w:val="00A06690"/>
     <w:rsid w:val="00A069C0"/>
     <w:rsid w:val="00A07610"/>
     <w:rsid w:val="00A0791A"/>
     <w:rsid w:val="00A07CC2"/>
     <w:rsid w:val="00A07D47"/>
     <w:rsid w:val="00A10197"/>
     <w:rsid w:val="00A10584"/>
     <w:rsid w:val="00A107F6"/>
     <w:rsid w:val="00A114CB"/>
     <w:rsid w:val="00A11683"/>
     <w:rsid w:val="00A122BC"/>
     <w:rsid w:val="00A12457"/>
     <w:rsid w:val="00A1249D"/>
     <w:rsid w:val="00A12C2C"/>
     <w:rsid w:val="00A13A57"/>
     <w:rsid w:val="00A14344"/>
     <w:rsid w:val="00A14A44"/>
     <w:rsid w:val="00A14E22"/>
@@ -32510,68 +38293,71 @@
     <w:rsid w:val="00A248CA"/>
     <w:rsid w:val="00A24F57"/>
     <w:rsid w:val="00A25427"/>
     <w:rsid w:val="00A26541"/>
     <w:rsid w:val="00A266B4"/>
     <w:rsid w:val="00A270E0"/>
     <w:rsid w:val="00A27729"/>
     <w:rsid w:val="00A2788F"/>
     <w:rsid w:val="00A27D79"/>
     <w:rsid w:val="00A27DEF"/>
     <w:rsid w:val="00A30901"/>
     <w:rsid w:val="00A30922"/>
     <w:rsid w:val="00A3093A"/>
     <w:rsid w:val="00A30A67"/>
     <w:rsid w:val="00A31A6A"/>
     <w:rsid w:val="00A321EE"/>
     <w:rsid w:val="00A326FA"/>
     <w:rsid w:val="00A32735"/>
     <w:rsid w:val="00A33EEF"/>
     <w:rsid w:val="00A341A4"/>
     <w:rsid w:val="00A354DB"/>
     <w:rsid w:val="00A3552B"/>
     <w:rsid w:val="00A35C30"/>
     <w:rsid w:val="00A361C1"/>
     <w:rsid w:val="00A361DB"/>
+    <w:rsid w:val="00A362A0"/>
+    <w:rsid w:val="00A3679C"/>
     <w:rsid w:val="00A367BD"/>
     <w:rsid w:val="00A36AA5"/>
     <w:rsid w:val="00A372AE"/>
     <w:rsid w:val="00A37B09"/>
     <w:rsid w:val="00A37BE7"/>
     <w:rsid w:val="00A37C13"/>
     <w:rsid w:val="00A4000C"/>
     <w:rsid w:val="00A400FF"/>
     <w:rsid w:val="00A4039E"/>
     <w:rsid w:val="00A4076A"/>
     <w:rsid w:val="00A40EED"/>
     <w:rsid w:val="00A411B1"/>
     <w:rsid w:val="00A411C3"/>
     <w:rsid w:val="00A41852"/>
     <w:rsid w:val="00A41948"/>
     <w:rsid w:val="00A42295"/>
     <w:rsid w:val="00A4303F"/>
     <w:rsid w:val="00A437A4"/>
+    <w:rsid w:val="00A43AF4"/>
     <w:rsid w:val="00A43C2A"/>
     <w:rsid w:val="00A43C9B"/>
     <w:rsid w:val="00A4423A"/>
     <w:rsid w:val="00A44B22"/>
     <w:rsid w:val="00A44EC1"/>
     <w:rsid w:val="00A4522E"/>
     <w:rsid w:val="00A45621"/>
     <w:rsid w:val="00A45A60"/>
     <w:rsid w:val="00A45C97"/>
     <w:rsid w:val="00A45E0A"/>
     <w:rsid w:val="00A4671E"/>
     <w:rsid w:val="00A468D1"/>
     <w:rsid w:val="00A469C4"/>
     <w:rsid w:val="00A46F29"/>
     <w:rsid w:val="00A475C1"/>
     <w:rsid w:val="00A476A7"/>
     <w:rsid w:val="00A47CE8"/>
     <w:rsid w:val="00A50339"/>
     <w:rsid w:val="00A505AE"/>
     <w:rsid w:val="00A507D2"/>
     <w:rsid w:val="00A50DED"/>
     <w:rsid w:val="00A51210"/>
     <w:rsid w:val="00A515DF"/>
     <w:rsid w:val="00A516AE"/>
     <w:rsid w:val="00A51773"/>
@@ -32599,340 +38385,368 @@
     <w:rsid w:val="00A62395"/>
     <w:rsid w:val="00A6294B"/>
     <w:rsid w:val="00A62A3D"/>
     <w:rsid w:val="00A63214"/>
     <w:rsid w:val="00A64D6D"/>
     <w:rsid w:val="00A6581E"/>
     <w:rsid w:val="00A65B61"/>
     <w:rsid w:val="00A6637E"/>
     <w:rsid w:val="00A66918"/>
     <w:rsid w:val="00A6698E"/>
     <w:rsid w:val="00A673D1"/>
     <w:rsid w:val="00A67809"/>
     <w:rsid w:val="00A67C0B"/>
     <w:rsid w:val="00A67D05"/>
     <w:rsid w:val="00A7030F"/>
     <w:rsid w:val="00A70375"/>
     <w:rsid w:val="00A7060F"/>
     <w:rsid w:val="00A706B3"/>
     <w:rsid w:val="00A70D1C"/>
     <w:rsid w:val="00A70D69"/>
     <w:rsid w:val="00A70FB3"/>
     <w:rsid w:val="00A72542"/>
     <w:rsid w:val="00A72593"/>
     <w:rsid w:val="00A72844"/>
     <w:rsid w:val="00A72FD9"/>
+    <w:rsid w:val="00A732EB"/>
+    <w:rsid w:val="00A73FC8"/>
     <w:rsid w:val="00A7414D"/>
     <w:rsid w:val="00A7446E"/>
     <w:rsid w:val="00A74AFF"/>
     <w:rsid w:val="00A74D52"/>
+    <w:rsid w:val="00A74E4A"/>
     <w:rsid w:val="00A74EB4"/>
     <w:rsid w:val="00A75758"/>
     <w:rsid w:val="00A75A59"/>
     <w:rsid w:val="00A7667C"/>
     <w:rsid w:val="00A76962"/>
     <w:rsid w:val="00A774B6"/>
     <w:rsid w:val="00A77EC2"/>
     <w:rsid w:val="00A800CD"/>
     <w:rsid w:val="00A80256"/>
     <w:rsid w:val="00A80360"/>
     <w:rsid w:val="00A8084E"/>
     <w:rsid w:val="00A80E0F"/>
     <w:rsid w:val="00A81426"/>
+    <w:rsid w:val="00A81A72"/>
     <w:rsid w:val="00A81D67"/>
     <w:rsid w:val="00A81E2B"/>
     <w:rsid w:val="00A8273C"/>
     <w:rsid w:val="00A82EE7"/>
     <w:rsid w:val="00A831DA"/>
     <w:rsid w:val="00A83E4F"/>
     <w:rsid w:val="00A84325"/>
     <w:rsid w:val="00A84D37"/>
     <w:rsid w:val="00A866DC"/>
     <w:rsid w:val="00A87130"/>
     <w:rsid w:val="00A876A9"/>
+    <w:rsid w:val="00A8770A"/>
     <w:rsid w:val="00A87A58"/>
     <w:rsid w:val="00A9060E"/>
     <w:rsid w:val="00A907CD"/>
     <w:rsid w:val="00A91001"/>
     <w:rsid w:val="00A916B8"/>
     <w:rsid w:val="00A91F47"/>
     <w:rsid w:val="00A921B4"/>
     <w:rsid w:val="00A923EE"/>
+    <w:rsid w:val="00A92945"/>
     <w:rsid w:val="00A929B1"/>
     <w:rsid w:val="00A92CEC"/>
     <w:rsid w:val="00A92F99"/>
     <w:rsid w:val="00A9325F"/>
     <w:rsid w:val="00A93C5B"/>
+    <w:rsid w:val="00A93FF5"/>
+    <w:rsid w:val="00A94095"/>
     <w:rsid w:val="00A9430F"/>
     <w:rsid w:val="00A94A75"/>
     <w:rsid w:val="00A94C72"/>
     <w:rsid w:val="00A94CCE"/>
     <w:rsid w:val="00A9519E"/>
     <w:rsid w:val="00A95A65"/>
     <w:rsid w:val="00A95D09"/>
     <w:rsid w:val="00A95F45"/>
     <w:rsid w:val="00A96457"/>
+    <w:rsid w:val="00A96584"/>
     <w:rsid w:val="00A96592"/>
     <w:rsid w:val="00A968F7"/>
     <w:rsid w:val="00A97043"/>
     <w:rsid w:val="00A979B2"/>
     <w:rsid w:val="00AA0475"/>
     <w:rsid w:val="00AA04BD"/>
     <w:rsid w:val="00AA04D2"/>
     <w:rsid w:val="00AA0559"/>
     <w:rsid w:val="00AA09F5"/>
     <w:rsid w:val="00AA0BBF"/>
     <w:rsid w:val="00AA0BC6"/>
     <w:rsid w:val="00AA0CEE"/>
     <w:rsid w:val="00AA179A"/>
     <w:rsid w:val="00AA17DC"/>
     <w:rsid w:val="00AA2117"/>
     <w:rsid w:val="00AA24F5"/>
     <w:rsid w:val="00AA327F"/>
     <w:rsid w:val="00AA35D6"/>
     <w:rsid w:val="00AA3642"/>
+    <w:rsid w:val="00AA37C9"/>
     <w:rsid w:val="00AA4D44"/>
     <w:rsid w:val="00AA5BF7"/>
     <w:rsid w:val="00AA6138"/>
     <w:rsid w:val="00AA6402"/>
     <w:rsid w:val="00AA7DE3"/>
     <w:rsid w:val="00AB0878"/>
     <w:rsid w:val="00AB0CF1"/>
     <w:rsid w:val="00AB0EE8"/>
     <w:rsid w:val="00AB0F7F"/>
     <w:rsid w:val="00AB211E"/>
     <w:rsid w:val="00AB2611"/>
     <w:rsid w:val="00AB2644"/>
     <w:rsid w:val="00AB29DA"/>
+    <w:rsid w:val="00AB2CB0"/>
     <w:rsid w:val="00AB315D"/>
     <w:rsid w:val="00AB34E4"/>
     <w:rsid w:val="00AB39FB"/>
     <w:rsid w:val="00AB3FFD"/>
     <w:rsid w:val="00AB405A"/>
     <w:rsid w:val="00AB425A"/>
     <w:rsid w:val="00AB498D"/>
     <w:rsid w:val="00AB4E43"/>
     <w:rsid w:val="00AB4E5F"/>
     <w:rsid w:val="00AB58CE"/>
     <w:rsid w:val="00AB5EB5"/>
     <w:rsid w:val="00AB5ED1"/>
     <w:rsid w:val="00AB7D22"/>
     <w:rsid w:val="00AC07E7"/>
     <w:rsid w:val="00AC0B6A"/>
     <w:rsid w:val="00AC1E9E"/>
     <w:rsid w:val="00AC214E"/>
     <w:rsid w:val="00AC2465"/>
     <w:rsid w:val="00AC2BD8"/>
     <w:rsid w:val="00AC32AA"/>
     <w:rsid w:val="00AC3858"/>
     <w:rsid w:val="00AC3F4D"/>
     <w:rsid w:val="00AC400C"/>
     <w:rsid w:val="00AC4043"/>
     <w:rsid w:val="00AC417E"/>
     <w:rsid w:val="00AC4318"/>
     <w:rsid w:val="00AC4379"/>
+    <w:rsid w:val="00AC4D05"/>
     <w:rsid w:val="00AC5356"/>
+    <w:rsid w:val="00AC5AC6"/>
     <w:rsid w:val="00AC5CCF"/>
     <w:rsid w:val="00AC6539"/>
     <w:rsid w:val="00AC6815"/>
     <w:rsid w:val="00AC6DC9"/>
     <w:rsid w:val="00AC7116"/>
+    <w:rsid w:val="00AC736C"/>
     <w:rsid w:val="00AC75CF"/>
     <w:rsid w:val="00AC7695"/>
     <w:rsid w:val="00AC7F57"/>
     <w:rsid w:val="00AD02A0"/>
     <w:rsid w:val="00AD03B1"/>
     <w:rsid w:val="00AD06A5"/>
+    <w:rsid w:val="00AD0757"/>
     <w:rsid w:val="00AD0A7A"/>
     <w:rsid w:val="00AD0EA3"/>
     <w:rsid w:val="00AD1864"/>
     <w:rsid w:val="00AD1E34"/>
     <w:rsid w:val="00AD2382"/>
     <w:rsid w:val="00AD2919"/>
     <w:rsid w:val="00AD2F61"/>
+    <w:rsid w:val="00AD3C09"/>
     <w:rsid w:val="00AD417B"/>
     <w:rsid w:val="00AD4B04"/>
     <w:rsid w:val="00AD5B66"/>
     <w:rsid w:val="00AD5BAE"/>
     <w:rsid w:val="00AD5C4F"/>
     <w:rsid w:val="00AD600C"/>
     <w:rsid w:val="00AD6157"/>
     <w:rsid w:val="00AD62AC"/>
     <w:rsid w:val="00AD675E"/>
     <w:rsid w:val="00AD68AC"/>
     <w:rsid w:val="00AD7C67"/>
     <w:rsid w:val="00AD7E99"/>
     <w:rsid w:val="00AE02DB"/>
     <w:rsid w:val="00AE0456"/>
     <w:rsid w:val="00AE0CB9"/>
     <w:rsid w:val="00AE0FFC"/>
     <w:rsid w:val="00AE1544"/>
     <w:rsid w:val="00AE1E72"/>
     <w:rsid w:val="00AE2F93"/>
     <w:rsid w:val="00AE3028"/>
     <w:rsid w:val="00AE3A14"/>
     <w:rsid w:val="00AE416F"/>
     <w:rsid w:val="00AE460E"/>
     <w:rsid w:val="00AE48A2"/>
     <w:rsid w:val="00AE4D5A"/>
     <w:rsid w:val="00AE4F31"/>
     <w:rsid w:val="00AE517D"/>
     <w:rsid w:val="00AE5266"/>
     <w:rsid w:val="00AE56B2"/>
     <w:rsid w:val="00AE5D43"/>
+    <w:rsid w:val="00AE5DF1"/>
     <w:rsid w:val="00AE68F5"/>
     <w:rsid w:val="00AE6F33"/>
     <w:rsid w:val="00AE7434"/>
     <w:rsid w:val="00AE7738"/>
     <w:rsid w:val="00AE7A1D"/>
     <w:rsid w:val="00AE7CA3"/>
     <w:rsid w:val="00AF055D"/>
     <w:rsid w:val="00AF0903"/>
     <w:rsid w:val="00AF190D"/>
     <w:rsid w:val="00AF1A7D"/>
     <w:rsid w:val="00AF332B"/>
     <w:rsid w:val="00AF3DB0"/>
     <w:rsid w:val="00AF41D1"/>
     <w:rsid w:val="00AF445B"/>
     <w:rsid w:val="00AF459F"/>
     <w:rsid w:val="00AF4745"/>
+    <w:rsid w:val="00AF4948"/>
     <w:rsid w:val="00AF4C61"/>
     <w:rsid w:val="00AF5593"/>
     <w:rsid w:val="00AF5834"/>
     <w:rsid w:val="00AF646A"/>
     <w:rsid w:val="00AF64F2"/>
     <w:rsid w:val="00AF6911"/>
     <w:rsid w:val="00AF6C1A"/>
     <w:rsid w:val="00AF7622"/>
     <w:rsid w:val="00B0005A"/>
     <w:rsid w:val="00B00E73"/>
+    <w:rsid w:val="00B00F66"/>
     <w:rsid w:val="00B017BE"/>
     <w:rsid w:val="00B01A01"/>
     <w:rsid w:val="00B01B6D"/>
     <w:rsid w:val="00B02221"/>
+    <w:rsid w:val="00B024B2"/>
     <w:rsid w:val="00B027BC"/>
     <w:rsid w:val="00B02DA9"/>
     <w:rsid w:val="00B03068"/>
     <w:rsid w:val="00B03625"/>
     <w:rsid w:val="00B03E2B"/>
     <w:rsid w:val="00B042F3"/>
     <w:rsid w:val="00B0456F"/>
     <w:rsid w:val="00B0461B"/>
     <w:rsid w:val="00B04D42"/>
     <w:rsid w:val="00B058E8"/>
     <w:rsid w:val="00B0592F"/>
     <w:rsid w:val="00B06720"/>
     <w:rsid w:val="00B06BD9"/>
+    <w:rsid w:val="00B06F48"/>
     <w:rsid w:val="00B07774"/>
     <w:rsid w:val="00B07C65"/>
     <w:rsid w:val="00B10766"/>
     <w:rsid w:val="00B1076C"/>
     <w:rsid w:val="00B10FB4"/>
     <w:rsid w:val="00B11350"/>
     <w:rsid w:val="00B11489"/>
     <w:rsid w:val="00B1168A"/>
     <w:rsid w:val="00B11FB8"/>
     <w:rsid w:val="00B12A55"/>
     <w:rsid w:val="00B12D67"/>
     <w:rsid w:val="00B1327D"/>
     <w:rsid w:val="00B14286"/>
     <w:rsid w:val="00B142B5"/>
     <w:rsid w:val="00B142C7"/>
     <w:rsid w:val="00B1436C"/>
+    <w:rsid w:val="00B14769"/>
     <w:rsid w:val="00B14C59"/>
     <w:rsid w:val="00B151E2"/>
     <w:rsid w:val="00B15265"/>
     <w:rsid w:val="00B152BF"/>
     <w:rsid w:val="00B154E5"/>
     <w:rsid w:val="00B15794"/>
     <w:rsid w:val="00B15B3F"/>
     <w:rsid w:val="00B15B48"/>
     <w:rsid w:val="00B16931"/>
     <w:rsid w:val="00B16A2E"/>
     <w:rsid w:val="00B16A8E"/>
     <w:rsid w:val="00B16D23"/>
     <w:rsid w:val="00B17154"/>
     <w:rsid w:val="00B171F7"/>
     <w:rsid w:val="00B17711"/>
     <w:rsid w:val="00B1797E"/>
     <w:rsid w:val="00B17B22"/>
+    <w:rsid w:val="00B1C34B"/>
     <w:rsid w:val="00B203B5"/>
     <w:rsid w:val="00B2049E"/>
     <w:rsid w:val="00B20511"/>
     <w:rsid w:val="00B20F7B"/>
     <w:rsid w:val="00B2154F"/>
     <w:rsid w:val="00B21A5B"/>
     <w:rsid w:val="00B21B46"/>
     <w:rsid w:val="00B22304"/>
     <w:rsid w:val="00B22C90"/>
     <w:rsid w:val="00B22CBA"/>
     <w:rsid w:val="00B22DEF"/>
+    <w:rsid w:val="00B24069"/>
     <w:rsid w:val="00B240ED"/>
     <w:rsid w:val="00B24470"/>
     <w:rsid w:val="00B24699"/>
     <w:rsid w:val="00B24883"/>
     <w:rsid w:val="00B257BB"/>
     <w:rsid w:val="00B25BD5"/>
     <w:rsid w:val="00B26056"/>
     <w:rsid w:val="00B26332"/>
     <w:rsid w:val="00B264A7"/>
     <w:rsid w:val="00B2661C"/>
     <w:rsid w:val="00B267D5"/>
     <w:rsid w:val="00B26BDC"/>
     <w:rsid w:val="00B27F78"/>
     <w:rsid w:val="00B30371"/>
     <w:rsid w:val="00B30488"/>
     <w:rsid w:val="00B30A6A"/>
     <w:rsid w:val="00B30E0D"/>
     <w:rsid w:val="00B313CD"/>
     <w:rsid w:val="00B316C3"/>
     <w:rsid w:val="00B31CFC"/>
+    <w:rsid w:val="00B32104"/>
     <w:rsid w:val="00B32745"/>
     <w:rsid w:val="00B32B3F"/>
     <w:rsid w:val="00B32FEB"/>
     <w:rsid w:val="00B3390A"/>
     <w:rsid w:val="00B33951"/>
     <w:rsid w:val="00B33A43"/>
     <w:rsid w:val="00B33C2D"/>
     <w:rsid w:val="00B33F71"/>
     <w:rsid w:val="00B342F6"/>
     <w:rsid w:val="00B349EE"/>
     <w:rsid w:val="00B356CF"/>
+    <w:rsid w:val="00B369CF"/>
     <w:rsid w:val="00B36A5C"/>
     <w:rsid w:val="00B3704B"/>
     <w:rsid w:val="00B370B6"/>
     <w:rsid w:val="00B37E70"/>
+    <w:rsid w:val="00B37EF3"/>
     <w:rsid w:val="00B402CF"/>
     <w:rsid w:val="00B40C90"/>
     <w:rsid w:val="00B410D4"/>
     <w:rsid w:val="00B41726"/>
     <w:rsid w:val="00B41830"/>
     <w:rsid w:val="00B41CE4"/>
     <w:rsid w:val="00B41ED6"/>
     <w:rsid w:val="00B4244E"/>
     <w:rsid w:val="00B4271C"/>
     <w:rsid w:val="00B42E2A"/>
+    <w:rsid w:val="00B42EFC"/>
     <w:rsid w:val="00B43B26"/>
     <w:rsid w:val="00B43D8E"/>
     <w:rsid w:val="00B440B2"/>
     <w:rsid w:val="00B440DD"/>
     <w:rsid w:val="00B4430B"/>
     <w:rsid w:val="00B4437D"/>
     <w:rsid w:val="00B4441D"/>
     <w:rsid w:val="00B44482"/>
     <w:rsid w:val="00B446BE"/>
     <w:rsid w:val="00B449FC"/>
     <w:rsid w:val="00B44D50"/>
     <w:rsid w:val="00B450EE"/>
     <w:rsid w:val="00B4512B"/>
     <w:rsid w:val="00B454CA"/>
     <w:rsid w:val="00B45644"/>
     <w:rsid w:val="00B45EF5"/>
     <w:rsid w:val="00B465DF"/>
     <w:rsid w:val="00B46675"/>
     <w:rsid w:val="00B47A8E"/>
     <w:rsid w:val="00B50291"/>
     <w:rsid w:val="00B502B9"/>
     <w:rsid w:val="00B50593"/>
     <w:rsid w:val="00B50603"/>
     <w:rsid w:val="00B51763"/>
     <w:rsid w:val="00B51900"/>
@@ -32958,92 +38772,95 @@
     <w:rsid w:val="00B61741"/>
     <w:rsid w:val="00B61764"/>
     <w:rsid w:val="00B61978"/>
     <w:rsid w:val="00B61A77"/>
     <w:rsid w:val="00B61ACA"/>
     <w:rsid w:val="00B61BA9"/>
     <w:rsid w:val="00B61D1E"/>
     <w:rsid w:val="00B620E2"/>
     <w:rsid w:val="00B6210E"/>
     <w:rsid w:val="00B6218B"/>
     <w:rsid w:val="00B62320"/>
     <w:rsid w:val="00B62566"/>
     <w:rsid w:val="00B63060"/>
     <w:rsid w:val="00B631EE"/>
     <w:rsid w:val="00B6325A"/>
     <w:rsid w:val="00B632E9"/>
     <w:rsid w:val="00B634C1"/>
     <w:rsid w:val="00B6354D"/>
     <w:rsid w:val="00B637B4"/>
     <w:rsid w:val="00B63E5A"/>
     <w:rsid w:val="00B64320"/>
     <w:rsid w:val="00B64C9D"/>
     <w:rsid w:val="00B65975"/>
     <w:rsid w:val="00B65AF7"/>
     <w:rsid w:val="00B65BC6"/>
+    <w:rsid w:val="00B65CF2"/>
     <w:rsid w:val="00B66495"/>
     <w:rsid w:val="00B665CE"/>
     <w:rsid w:val="00B66AAC"/>
     <w:rsid w:val="00B66E07"/>
     <w:rsid w:val="00B6761D"/>
     <w:rsid w:val="00B67D2F"/>
     <w:rsid w:val="00B70257"/>
     <w:rsid w:val="00B70F2C"/>
     <w:rsid w:val="00B70FFB"/>
     <w:rsid w:val="00B7103D"/>
     <w:rsid w:val="00B7206D"/>
     <w:rsid w:val="00B720C8"/>
     <w:rsid w:val="00B7277C"/>
     <w:rsid w:val="00B72D6D"/>
     <w:rsid w:val="00B73214"/>
     <w:rsid w:val="00B73651"/>
     <w:rsid w:val="00B74465"/>
     <w:rsid w:val="00B74627"/>
     <w:rsid w:val="00B74893"/>
     <w:rsid w:val="00B75A1C"/>
     <w:rsid w:val="00B75F15"/>
     <w:rsid w:val="00B768C2"/>
     <w:rsid w:val="00B76BB7"/>
     <w:rsid w:val="00B76FBE"/>
     <w:rsid w:val="00B7723C"/>
     <w:rsid w:val="00B77742"/>
     <w:rsid w:val="00B778DE"/>
     <w:rsid w:val="00B77AE5"/>
     <w:rsid w:val="00B77DA3"/>
     <w:rsid w:val="00B77E92"/>
     <w:rsid w:val="00B77EC4"/>
     <w:rsid w:val="00B805A4"/>
+    <w:rsid w:val="00B80753"/>
     <w:rsid w:val="00B8094D"/>
     <w:rsid w:val="00B81337"/>
     <w:rsid w:val="00B820D9"/>
     <w:rsid w:val="00B82428"/>
     <w:rsid w:val="00B825B6"/>
     <w:rsid w:val="00B825FC"/>
     <w:rsid w:val="00B82D04"/>
     <w:rsid w:val="00B82EDF"/>
     <w:rsid w:val="00B83354"/>
     <w:rsid w:val="00B833E2"/>
+    <w:rsid w:val="00B84304"/>
     <w:rsid w:val="00B84519"/>
     <w:rsid w:val="00B845C5"/>
     <w:rsid w:val="00B848D5"/>
     <w:rsid w:val="00B84AB7"/>
     <w:rsid w:val="00B84F24"/>
     <w:rsid w:val="00B85109"/>
     <w:rsid w:val="00B8522D"/>
     <w:rsid w:val="00B853B4"/>
     <w:rsid w:val="00B854B6"/>
     <w:rsid w:val="00B85AA9"/>
     <w:rsid w:val="00B85C26"/>
     <w:rsid w:val="00B85E2F"/>
     <w:rsid w:val="00B85F04"/>
     <w:rsid w:val="00B864E3"/>
     <w:rsid w:val="00B8682F"/>
     <w:rsid w:val="00B86895"/>
     <w:rsid w:val="00B868CB"/>
     <w:rsid w:val="00B86CC9"/>
     <w:rsid w:val="00B86F20"/>
     <w:rsid w:val="00B86F92"/>
     <w:rsid w:val="00B87C87"/>
     <w:rsid w:val="00B91049"/>
     <w:rsid w:val="00B9170D"/>
     <w:rsid w:val="00B91EE7"/>
     <w:rsid w:val="00B92292"/>
@@ -33088,181 +38905,195 @@
     <w:rsid w:val="00BA3BBE"/>
     <w:rsid w:val="00BA3F3B"/>
     <w:rsid w:val="00BA3F47"/>
     <w:rsid w:val="00BA405B"/>
     <w:rsid w:val="00BA479C"/>
     <w:rsid w:val="00BA483E"/>
     <w:rsid w:val="00BA4B0F"/>
     <w:rsid w:val="00BA4C0C"/>
     <w:rsid w:val="00BA50F6"/>
     <w:rsid w:val="00BA546B"/>
     <w:rsid w:val="00BA5EB4"/>
     <w:rsid w:val="00BA623E"/>
     <w:rsid w:val="00BA63E7"/>
     <w:rsid w:val="00BA651E"/>
     <w:rsid w:val="00BA70A8"/>
     <w:rsid w:val="00BA72A2"/>
     <w:rsid w:val="00BB243E"/>
     <w:rsid w:val="00BB263E"/>
     <w:rsid w:val="00BB2EF4"/>
     <w:rsid w:val="00BB3497"/>
     <w:rsid w:val="00BB3E74"/>
     <w:rsid w:val="00BB438B"/>
     <w:rsid w:val="00BB5223"/>
     <w:rsid w:val="00BB5677"/>
     <w:rsid w:val="00BB595F"/>
+    <w:rsid w:val="00BB6160"/>
     <w:rsid w:val="00BB63B1"/>
     <w:rsid w:val="00BB6F58"/>
     <w:rsid w:val="00BB71AA"/>
     <w:rsid w:val="00BB7832"/>
     <w:rsid w:val="00BB7B76"/>
     <w:rsid w:val="00BB7C29"/>
     <w:rsid w:val="00BB7DD8"/>
     <w:rsid w:val="00BC0061"/>
     <w:rsid w:val="00BC00AE"/>
     <w:rsid w:val="00BC015E"/>
+    <w:rsid w:val="00BC04C0"/>
     <w:rsid w:val="00BC05D2"/>
     <w:rsid w:val="00BC06A4"/>
     <w:rsid w:val="00BC0C5C"/>
     <w:rsid w:val="00BC0F18"/>
     <w:rsid w:val="00BC1029"/>
     <w:rsid w:val="00BC1081"/>
     <w:rsid w:val="00BC11FD"/>
     <w:rsid w:val="00BC12EB"/>
     <w:rsid w:val="00BC1BA2"/>
     <w:rsid w:val="00BC1E8D"/>
     <w:rsid w:val="00BC238D"/>
     <w:rsid w:val="00BC2619"/>
+    <w:rsid w:val="00BC2B64"/>
     <w:rsid w:val="00BC2C4D"/>
+    <w:rsid w:val="00BC2CE2"/>
     <w:rsid w:val="00BC340D"/>
     <w:rsid w:val="00BC3653"/>
     <w:rsid w:val="00BC4277"/>
     <w:rsid w:val="00BC4768"/>
     <w:rsid w:val="00BC4ACB"/>
     <w:rsid w:val="00BC4AF0"/>
     <w:rsid w:val="00BC517F"/>
     <w:rsid w:val="00BC56F3"/>
     <w:rsid w:val="00BC5762"/>
     <w:rsid w:val="00BC58D7"/>
     <w:rsid w:val="00BC5D65"/>
     <w:rsid w:val="00BC5DEA"/>
     <w:rsid w:val="00BC6254"/>
     <w:rsid w:val="00BC6326"/>
     <w:rsid w:val="00BC69B5"/>
     <w:rsid w:val="00BC7097"/>
     <w:rsid w:val="00BC75E6"/>
     <w:rsid w:val="00BC75FE"/>
     <w:rsid w:val="00BC7610"/>
     <w:rsid w:val="00BC77B5"/>
     <w:rsid w:val="00BD00B0"/>
     <w:rsid w:val="00BD08FD"/>
     <w:rsid w:val="00BD1000"/>
     <w:rsid w:val="00BD171F"/>
     <w:rsid w:val="00BD19D2"/>
     <w:rsid w:val="00BD211F"/>
     <w:rsid w:val="00BD280E"/>
     <w:rsid w:val="00BD296A"/>
     <w:rsid w:val="00BD2E7E"/>
     <w:rsid w:val="00BD333B"/>
     <w:rsid w:val="00BD33D6"/>
     <w:rsid w:val="00BD3869"/>
+    <w:rsid w:val="00BD3874"/>
     <w:rsid w:val="00BD3B82"/>
     <w:rsid w:val="00BD3BC6"/>
     <w:rsid w:val="00BD3C99"/>
     <w:rsid w:val="00BD3FB2"/>
     <w:rsid w:val="00BD42D5"/>
     <w:rsid w:val="00BD4971"/>
     <w:rsid w:val="00BD523D"/>
     <w:rsid w:val="00BD59DC"/>
     <w:rsid w:val="00BD62F1"/>
     <w:rsid w:val="00BD658C"/>
     <w:rsid w:val="00BD68D3"/>
     <w:rsid w:val="00BD6A11"/>
     <w:rsid w:val="00BD6AE4"/>
     <w:rsid w:val="00BD6E51"/>
     <w:rsid w:val="00BD7316"/>
     <w:rsid w:val="00BD7747"/>
     <w:rsid w:val="00BD7B75"/>
+    <w:rsid w:val="00BD7B93"/>
     <w:rsid w:val="00BE14CE"/>
+    <w:rsid w:val="00BE1590"/>
     <w:rsid w:val="00BE16B7"/>
     <w:rsid w:val="00BE190A"/>
     <w:rsid w:val="00BE27CC"/>
     <w:rsid w:val="00BE2C5A"/>
     <w:rsid w:val="00BE2CA3"/>
     <w:rsid w:val="00BE32B1"/>
     <w:rsid w:val="00BE369A"/>
     <w:rsid w:val="00BE48AA"/>
     <w:rsid w:val="00BE4A40"/>
+    <w:rsid w:val="00BE4C11"/>
     <w:rsid w:val="00BE5195"/>
     <w:rsid w:val="00BE54AF"/>
     <w:rsid w:val="00BE5560"/>
+    <w:rsid w:val="00BE579B"/>
+    <w:rsid w:val="00BE5E0E"/>
     <w:rsid w:val="00BE6775"/>
     <w:rsid w:val="00BE70F4"/>
     <w:rsid w:val="00BE7560"/>
     <w:rsid w:val="00BE757C"/>
     <w:rsid w:val="00BE76D0"/>
+    <w:rsid w:val="00BE77AA"/>
     <w:rsid w:val="00BE7EC5"/>
     <w:rsid w:val="00BF00EC"/>
     <w:rsid w:val="00BF02B3"/>
     <w:rsid w:val="00BF0FFF"/>
     <w:rsid w:val="00BF1738"/>
     <w:rsid w:val="00BF2595"/>
     <w:rsid w:val="00BF33F5"/>
     <w:rsid w:val="00BF3A01"/>
     <w:rsid w:val="00BF3BAC"/>
     <w:rsid w:val="00BF54B9"/>
     <w:rsid w:val="00BF5B25"/>
     <w:rsid w:val="00BF7187"/>
     <w:rsid w:val="00BF761E"/>
     <w:rsid w:val="00BF77A9"/>
     <w:rsid w:val="00BF788F"/>
     <w:rsid w:val="00C00270"/>
     <w:rsid w:val="00C0028C"/>
     <w:rsid w:val="00C0068D"/>
     <w:rsid w:val="00C00EC0"/>
     <w:rsid w:val="00C00FB1"/>
     <w:rsid w:val="00C02022"/>
     <w:rsid w:val="00C02183"/>
     <w:rsid w:val="00C02C63"/>
     <w:rsid w:val="00C03325"/>
+    <w:rsid w:val="00C0417F"/>
     <w:rsid w:val="00C04568"/>
     <w:rsid w:val="00C045FB"/>
     <w:rsid w:val="00C046CC"/>
     <w:rsid w:val="00C0483A"/>
     <w:rsid w:val="00C04963"/>
     <w:rsid w:val="00C0549D"/>
     <w:rsid w:val="00C05E08"/>
     <w:rsid w:val="00C06209"/>
     <w:rsid w:val="00C0641C"/>
     <w:rsid w:val="00C06B02"/>
+    <w:rsid w:val="00C06FC9"/>
     <w:rsid w:val="00C07250"/>
     <w:rsid w:val="00C0747A"/>
     <w:rsid w:val="00C07CB5"/>
     <w:rsid w:val="00C1031D"/>
     <w:rsid w:val="00C103B9"/>
     <w:rsid w:val="00C10433"/>
     <w:rsid w:val="00C109DA"/>
+    <w:rsid w:val="00C10DD6"/>
     <w:rsid w:val="00C10E2C"/>
     <w:rsid w:val="00C11382"/>
     <w:rsid w:val="00C117A7"/>
     <w:rsid w:val="00C11B7F"/>
     <w:rsid w:val="00C11D3B"/>
     <w:rsid w:val="00C11F35"/>
     <w:rsid w:val="00C1221F"/>
     <w:rsid w:val="00C12842"/>
     <w:rsid w:val="00C12A0F"/>
     <w:rsid w:val="00C12C41"/>
     <w:rsid w:val="00C12FCD"/>
     <w:rsid w:val="00C131BD"/>
     <w:rsid w:val="00C13755"/>
     <w:rsid w:val="00C13BF3"/>
     <w:rsid w:val="00C13EC9"/>
     <w:rsid w:val="00C14865"/>
     <w:rsid w:val="00C14A06"/>
     <w:rsid w:val="00C156FD"/>
     <w:rsid w:val="00C16309"/>
     <w:rsid w:val="00C16601"/>
     <w:rsid w:val="00C1698D"/>
     <w:rsid w:val="00C16AC7"/>
     <w:rsid w:val="00C173B7"/>
     <w:rsid w:val="00C17798"/>
     <w:rsid w:val="00C17836"/>
@@ -33309,81 +39140,85 @@
     <w:rsid w:val="00C372E9"/>
     <w:rsid w:val="00C374C9"/>
     <w:rsid w:val="00C37D9A"/>
     <w:rsid w:val="00C4071C"/>
     <w:rsid w:val="00C40979"/>
     <w:rsid w:val="00C40C40"/>
     <w:rsid w:val="00C41031"/>
     <w:rsid w:val="00C411FA"/>
     <w:rsid w:val="00C4154C"/>
     <w:rsid w:val="00C41DF8"/>
     <w:rsid w:val="00C4311D"/>
     <w:rsid w:val="00C432A8"/>
     <w:rsid w:val="00C43679"/>
     <w:rsid w:val="00C43EB0"/>
     <w:rsid w:val="00C43F56"/>
     <w:rsid w:val="00C44180"/>
     <w:rsid w:val="00C4474E"/>
     <w:rsid w:val="00C45174"/>
     <w:rsid w:val="00C45434"/>
     <w:rsid w:val="00C455CD"/>
     <w:rsid w:val="00C45833"/>
     <w:rsid w:val="00C45E76"/>
     <w:rsid w:val="00C47508"/>
     <w:rsid w:val="00C47905"/>
     <w:rsid w:val="00C47EAD"/>
+    <w:rsid w:val="00C4DC58"/>
     <w:rsid w:val="00C50162"/>
     <w:rsid w:val="00C50D01"/>
     <w:rsid w:val="00C5127A"/>
     <w:rsid w:val="00C5185E"/>
     <w:rsid w:val="00C51A24"/>
     <w:rsid w:val="00C51A4E"/>
     <w:rsid w:val="00C51A68"/>
     <w:rsid w:val="00C51BF7"/>
     <w:rsid w:val="00C53640"/>
     <w:rsid w:val="00C537A2"/>
+    <w:rsid w:val="00C541BF"/>
     <w:rsid w:val="00C546E6"/>
     <w:rsid w:val="00C54F10"/>
     <w:rsid w:val="00C55773"/>
     <w:rsid w:val="00C557F6"/>
     <w:rsid w:val="00C55864"/>
     <w:rsid w:val="00C55CE1"/>
     <w:rsid w:val="00C55ECE"/>
     <w:rsid w:val="00C5637A"/>
     <w:rsid w:val="00C567EE"/>
     <w:rsid w:val="00C56A7A"/>
     <w:rsid w:val="00C56CC6"/>
     <w:rsid w:val="00C56F96"/>
     <w:rsid w:val="00C574E6"/>
     <w:rsid w:val="00C57965"/>
     <w:rsid w:val="00C57AAD"/>
     <w:rsid w:val="00C60980"/>
     <w:rsid w:val="00C61011"/>
+    <w:rsid w:val="00C616EE"/>
     <w:rsid w:val="00C6177E"/>
     <w:rsid w:val="00C61A5C"/>
     <w:rsid w:val="00C622D5"/>
     <w:rsid w:val="00C62548"/>
+    <w:rsid w:val="00C62AB8"/>
     <w:rsid w:val="00C63CD1"/>
     <w:rsid w:val="00C63E0C"/>
     <w:rsid w:val="00C649AB"/>
     <w:rsid w:val="00C64FAF"/>
     <w:rsid w:val="00C653B3"/>
     <w:rsid w:val="00C663DF"/>
     <w:rsid w:val="00C6715F"/>
     <w:rsid w:val="00C67564"/>
     <w:rsid w:val="00C67682"/>
     <w:rsid w:val="00C67C10"/>
     <w:rsid w:val="00C70A4C"/>
     <w:rsid w:val="00C70F3C"/>
     <w:rsid w:val="00C710D9"/>
     <w:rsid w:val="00C711A9"/>
     <w:rsid w:val="00C72039"/>
     <w:rsid w:val="00C721A8"/>
     <w:rsid w:val="00C7300A"/>
     <w:rsid w:val="00C732F1"/>
     <w:rsid w:val="00C7367F"/>
     <w:rsid w:val="00C73B42"/>
     <w:rsid w:val="00C73C16"/>
     <w:rsid w:val="00C74A6A"/>
     <w:rsid w:val="00C74DB0"/>
     <w:rsid w:val="00C755ED"/>
     <w:rsid w:val="00C75914"/>
@@ -33392,50 +39227,51 @@
     <w:rsid w:val="00C764DD"/>
     <w:rsid w:val="00C769C8"/>
     <w:rsid w:val="00C76B10"/>
     <w:rsid w:val="00C76C87"/>
     <w:rsid w:val="00C77C15"/>
     <w:rsid w:val="00C77FDB"/>
     <w:rsid w:val="00C80375"/>
     <w:rsid w:val="00C8057F"/>
     <w:rsid w:val="00C80750"/>
     <w:rsid w:val="00C80D9B"/>
     <w:rsid w:val="00C8141C"/>
     <w:rsid w:val="00C818D3"/>
     <w:rsid w:val="00C81A37"/>
     <w:rsid w:val="00C81BC3"/>
     <w:rsid w:val="00C81C28"/>
     <w:rsid w:val="00C8263B"/>
     <w:rsid w:val="00C8294A"/>
     <w:rsid w:val="00C82A99"/>
     <w:rsid w:val="00C8334E"/>
     <w:rsid w:val="00C833FC"/>
     <w:rsid w:val="00C837D4"/>
     <w:rsid w:val="00C84240"/>
     <w:rsid w:val="00C85213"/>
     <w:rsid w:val="00C8598E"/>
     <w:rsid w:val="00C85C2D"/>
+    <w:rsid w:val="00C85D4B"/>
     <w:rsid w:val="00C85EA4"/>
     <w:rsid w:val="00C86429"/>
     <w:rsid w:val="00C86C88"/>
     <w:rsid w:val="00C86E35"/>
     <w:rsid w:val="00C870C5"/>
     <w:rsid w:val="00C87295"/>
     <w:rsid w:val="00C87F12"/>
     <w:rsid w:val="00C87FC9"/>
     <w:rsid w:val="00C902FB"/>
     <w:rsid w:val="00C9106D"/>
     <w:rsid w:val="00C91368"/>
     <w:rsid w:val="00C9213E"/>
     <w:rsid w:val="00C9214F"/>
     <w:rsid w:val="00C92578"/>
     <w:rsid w:val="00C92632"/>
     <w:rsid w:val="00C93B80"/>
     <w:rsid w:val="00C94170"/>
     <w:rsid w:val="00C942A0"/>
     <w:rsid w:val="00C9452E"/>
     <w:rsid w:val="00C94898"/>
     <w:rsid w:val="00C94A10"/>
     <w:rsid w:val="00C94A6E"/>
     <w:rsid w:val="00C94A92"/>
     <w:rsid w:val="00C94AEA"/>
     <w:rsid w:val="00C951AA"/>
@@ -33444,319 +39280,335 @@
     <w:rsid w:val="00C95AE5"/>
     <w:rsid w:val="00C96C5D"/>
     <w:rsid w:val="00C96F5B"/>
     <w:rsid w:val="00C96FCF"/>
     <w:rsid w:val="00C96FD3"/>
     <w:rsid w:val="00C9757A"/>
     <w:rsid w:val="00C977DC"/>
     <w:rsid w:val="00CA0059"/>
     <w:rsid w:val="00CA02EC"/>
     <w:rsid w:val="00CA04C9"/>
     <w:rsid w:val="00CA0B28"/>
     <w:rsid w:val="00CA0D58"/>
     <w:rsid w:val="00CA0DC3"/>
     <w:rsid w:val="00CA1405"/>
     <w:rsid w:val="00CA16D1"/>
     <w:rsid w:val="00CA16E0"/>
     <w:rsid w:val="00CA1918"/>
     <w:rsid w:val="00CA1A36"/>
     <w:rsid w:val="00CA203B"/>
     <w:rsid w:val="00CA243B"/>
     <w:rsid w:val="00CA258A"/>
     <w:rsid w:val="00CA2779"/>
     <w:rsid w:val="00CA2FD5"/>
     <w:rsid w:val="00CA30A4"/>
     <w:rsid w:val="00CA30E4"/>
+    <w:rsid w:val="00CA315E"/>
     <w:rsid w:val="00CA35F3"/>
     <w:rsid w:val="00CA36E7"/>
     <w:rsid w:val="00CA381B"/>
     <w:rsid w:val="00CA3EDB"/>
     <w:rsid w:val="00CA3F4D"/>
     <w:rsid w:val="00CA411C"/>
+    <w:rsid w:val="00CA417F"/>
     <w:rsid w:val="00CA4C3A"/>
     <w:rsid w:val="00CA4DFD"/>
     <w:rsid w:val="00CA4E94"/>
     <w:rsid w:val="00CA542A"/>
     <w:rsid w:val="00CA58AB"/>
     <w:rsid w:val="00CA6586"/>
     <w:rsid w:val="00CA6641"/>
     <w:rsid w:val="00CA6DF2"/>
     <w:rsid w:val="00CA72C8"/>
     <w:rsid w:val="00CA74C6"/>
     <w:rsid w:val="00CA7992"/>
     <w:rsid w:val="00CA7AB6"/>
     <w:rsid w:val="00CA7F6E"/>
     <w:rsid w:val="00CB00F2"/>
     <w:rsid w:val="00CB0191"/>
     <w:rsid w:val="00CB1034"/>
     <w:rsid w:val="00CB10A5"/>
     <w:rsid w:val="00CB12EB"/>
+    <w:rsid w:val="00CB2C7A"/>
     <w:rsid w:val="00CB2CDD"/>
     <w:rsid w:val="00CB2E2F"/>
     <w:rsid w:val="00CB30C6"/>
     <w:rsid w:val="00CB33D7"/>
     <w:rsid w:val="00CB33FC"/>
     <w:rsid w:val="00CB360A"/>
     <w:rsid w:val="00CB3696"/>
     <w:rsid w:val="00CB3F07"/>
     <w:rsid w:val="00CB4FF1"/>
     <w:rsid w:val="00CB5AFC"/>
     <w:rsid w:val="00CB5B5C"/>
     <w:rsid w:val="00CB5FCD"/>
     <w:rsid w:val="00CB61C4"/>
+    <w:rsid w:val="00CB6368"/>
     <w:rsid w:val="00CB6BA8"/>
     <w:rsid w:val="00CB7E21"/>
     <w:rsid w:val="00CB7F39"/>
     <w:rsid w:val="00CC0BE2"/>
     <w:rsid w:val="00CC1B02"/>
     <w:rsid w:val="00CC2001"/>
+    <w:rsid w:val="00CC21C2"/>
+    <w:rsid w:val="00CC2526"/>
     <w:rsid w:val="00CC258E"/>
     <w:rsid w:val="00CC2B3B"/>
     <w:rsid w:val="00CC2BB3"/>
     <w:rsid w:val="00CC2D61"/>
     <w:rsid w:val="00CC3014"/>
     <w:rsid w:val="00CC30F2"/>
     <w:rsid w:val="00CC3513"/>
     <w:rsid w:val="00CC367A"/>
     <w:rsid w:val="00CC38BA"/>
     <w:rsid w:val="00CC4601"/>
     <w:rsid w:val="00CC4BF2"/>
     <w:rsid w:val="00CC514F"/>
     <w:rsid w:val="00CC5EC6"/>
     <w:rsid w:val="00CC6282"/>
     <w:rsid w:val="00CC69E7"/>
     <w:rsid w:val="00CC6BEF"/>
+    <w:rsid w:val="00CC7CCA"/>
     <w:rsid w:val="00CD00FD"/>
     <w:rsid w:val="00CD023C"/>
     <w:rsid w:val="00CD0547"/>
     <w:rsid w:val="00CD0682"/>
     <w:rsid w:val="00CD0F08"/>
     <w:rsid w:val="00CD1DB1"/>
+    <w:rsid w:val="00CD1FAA"/>
     <w:rsid w:val="00CD20D0"/>
+    <w:rsid w:val="00CD2117"/>
     <w:rsid w:val="00CD2D00"/>
     <w:rsid w:val="00CD3492"/>
     <w:rsid w:val="00CD35FB"/>
     <w:rsid w:val="00CD45D6"/>
     <w:rsid w:val="00CD46C5"/>
     <w:rsid w:val="00CD4CC6"/>
     <w:rsid w:val="00CD588E"/>
     <w:rsid w:val="00CD594C"/>
     <w:rsid w:val="00CD5979"/>
     <w:rsid w:val="00CD629E"/>
     <w:rsid w:val="00CD6AC7"/>
     <w:rsid w:val="00CD70F4"/>
     <w:rsid w:val="00CD74E6"/>
     <w:rsid w:val="00CD7705"/>
     <w:rsid w:val="00CE04A0"/>
     <w:rsid w:val="00CE0613"/>
     <w:rsid w:val="00CE0810"/>
     <w:rsid w:val="00CE096F"/>
     <w:rsid w:val="00CE0BD2"/>
     <w:rsid w:val="00CE0D61"/>
     <w:rsid w:val="00CE16B5"/>
     <w:rsid w:val="00CE19AA"/>
     <w:rsid w:val="00CE1D99"/>
     <w:rsid w:val="00CE1FAB"/>
     <w:rsid w:val="00CE203A"/>
     <w:rsid w:val="00CE2175"/>
     <w:rsid w:val="00CE221B"/>
     <w:rsid w:val="00CE2941"/>
     <w:rsid w:val="00CE295E"/>
     <w:rsid w:val="00CE296A"/>
     <w:rsid w:val="00CE2C68"/>
     <w:rsid w:val="00CE3171"/>
     <w:rsid w:val="00CE363C"/>
     <w:rsid w:val="00CE3882"/>
     <w:rsid w:val="00CE429F"/>
     <w:rsid w:val="00CE47E3"/>
     <w:rsid w:val="00CE4D93"/>
     <w:rsid w:val="00CE4F99"/>
     <w:rsid w:val="00CE5C94"/>
     <w:rsid w:val="00CE634E"/>
     <w:rsid w:val="00CE6515"/>
     <w:rsid w:val="00CE6FF4"/>
     <w:rsid w:val="00CE7248"/>
     <w:rsid w:val="00CE75BB"/>
     <w:rsid w:val="00CF03A2"/>
     <w:rsid w:val="00CF04CB"/>
+    <w:rsid w:val="00CF0879"/>
     <w:rsid w:val="00CF17EB"/>
     <w:rsid w:val="00CF17F5"/>
     <w:rsid w:val="00CF25E4"/>
     <w:rsid w:val="00CF28C8"/>
     <w:rsid w:val="00CF2EBB"/>
     <w:rsid w:val="00CF3BFE"/>
     <w:rsid w:val="00CF4261"/>
     <w:rsid w:val="00CF47F7"/>
     <w:rsid w:val="00CF4E6F"/>
     <w:rsid w:val="00CF4F58"/>
     <w:rsid w:val="00CF56DC"/>
     <w:rsid w:val="00CF5988"/>
     <w:rsid w:val="00CF5EB3"/>
     <w:rsid w:val="00CF5F24"/>
     <w:rsid w:val="00CF60CE"/>
     <w:rsid w:val="00CF66B7"/>
     <w:rsid w:val="00CF70FE"/>
     <w:rsid w:val="00CF756A"/>
+    <w:rsid w:val="00D00966"/>
     <w:rsid w:val="00D0099F"/>
     <w:rsid w:val="00D01C34"/>
     <w:rsid w:val="00D02042"/>
     <w:rsid w:val="00D021FA"/>
     <w:rsid w:val="00D02206"/>
     <w:rsid w:val="00D02240"/>
     <w:rsid w:val="00D022D8"/>
     <w:rsid w:val="00D0283B"/>
     <w:rsid w:val="00D02A0D"/>
     <w:rsid w:val="00D02B79"/>
     <w:rsid w:val="00D050DF"/>
     <w:rsid w:val="00D0541A"/>
     <w:rsid w:val="00D05438"/>
     <w:rsid w:val="00D056C4"/>
     <w:rsid w:val="00D05942"/>
     <w:rsid w:val="00D063E2"/>
     <w:rsid w:val="00D06645"/>
     <w:rsid w:val="00D06B62"/>
     <w:rsid w:val="00D06C53"/>
     <w:rsid w:val="00D073D6"/>
     <w:rsid w:val="00D07902"/>
+    <w:rsid w:val="00D0EFFA"/>
     <w:rsid w:val="00D10019"/>
     <w:rsid w:val="00D102D4"/>
     <w:rsid w:val="00D102E8"/>
     <w:rsid w:val="00D108AF"/>
     <w:rsid w:val="00D119CD"/>
     <w:rsid w:val="00D12795"/>
     <w:rsid w:val="00D128DF"/>
     <w:rsid w:val="00D129F4"/>
     <w:rsid w:val="00D132BC"/>
     <w:rsid w:val="00D13D70"/>
     <w:rsid w:val="00D14D61"/>
     <w:rsid w:val="00D1511F"/>
     <w:rsid w:val="00D15A2A"/>
     <w:rsid w:val="00D15E47"/>
+    <w:rsid w:val="00D16202"/>
     <w:rsid w:val="00D16914"/>
     <w:rsid w:val="00D16FBB"/>
     <w:rsid w:val="00D16FFE"/>
     <w:rsid w:val="00D17040"/>
     <w:rsid w:val="00D17217"/>
     <w:rsid w:val="00D178F7"/>
     <w:rsid w:val="00D17907"/>
     <w:rsid w:val="00D2058E"/>
     <w:rsid w:val="00D208A7"/>
     <w:rsid w:val="00D2100D"/>
     <w:rsid w:val="00D210A5"/>
     <w:rsid w:val="00D2137A"/>
     <w:rsid w:val="00D217DF"/>
     <w:rsid w:val="00D21BD6"/>
     <w:rsid w:val="00D21BF1"/>
     <w:rsid w:val="00D2232B"/>
     <w:rsid w:val="00D22374"/>
     <w:rsid w:val="00D224BC"/>
     <w:rsid w:val="00D22650"/>
     <w:rsid w:val="00D2286A"/>
     <w:rsid w:val="00D22A65"/>
     <w:rsid w:val="00D22CB8"/>
     <w:rsid w:val="00D233F3"/>
     <w:rsid w:val="00D2340D"/>
     <w:rsid w:val="00D234B2"/>
     <w:rsid w:val="00D235AD"/>
     <w:rsid w:val="00D2376E"/>
     <w:rsid w:val="00D24256"/>
     <w:rsid w:val="00D24B5F"/>
     <w:rsid w:val="00D24FD4"/>
     <w:rsid w:val="00D2576A"/>
     <w:rsid w:val="00D25D2C"/>
     <w:rsid w:val="00D26A9B"/>
     <w:rsid w:val="00D26EF8"/>
+    <w:rsid w:val="00D27229"/>
     <w:rsid w:val="00D27FCC"/>
     <w:rsid w:val="00D3045F"/>
     <w:rsid w:val="00D30589"/>
     <w:rsid w:val="00D306A7"/>
     <w:rsid w:val="00D318C3"/>
     <w:rsid w:val="00D31D64"/>
     <w:rsid w:val="00D321FA"/>
     <w:rsid w:val="00D332F1"/>
     <w:rsid w:val="00D3369B"/>
     <w:rsid w:val="00D33BDB"/>
     <w:rsid w:val="00D3430F"/>
     <w:rsid w:val="00D346D1"/>
     <w:rsid w:val="00D347CD"/>
     <w:rsid w:val="00D34DCA"/>
     <w:rsid w:val="00D353AA"/>
     <w:rsid w:val="00D35A46"/>
     <w:rsid w:val="00D35D05"/>
     <w:rsid w:val="00D362F3"/>
     <w:rsid w:val="00D365FE"/>
     <w:rsid w:val="00D37E5D"/>
     <w:rsid w:val="00D40131"/>
     <w:rsid w:val="00D402EF"/>
     <w:rsid w:val="00D4030A"/>
     <w:rsid w:val="00D403F6"/>
     <w:rsid w:val="00D40553"/>
     <w:rsid w:val="00D405E8"/>
     <w:rsid w:val="00D40E02"/>
     <w:rsid w:val="00D40F23"/>
     <w:rsid w:val="00D41841"/>
     <w:rsid w:val="00D4215A"/>
     <w:rsid w:val="00D424EB"/>
     <w:rsid w:val="00D4339C"/>
     <w:rsid w:val="00D43604"/>
     <w:rsid w:val="00D4391D"/>
     <w:rsid w:val="00D439B8"/>
     <w:rsid w:val="00D43A61"/>
     <w:rsid w:val="00D43B59"/>
     <w:rsid w:val="00D43CEC"/>
     <w:rsid w:val="00D445B1"/>
     <w:rsid w:val="00D4464F"/>
     <w:rsid w:val="00D447A7"/>
     <w:rsid w:val="00D448FC"/>
     <w:rsid w:val="00D44D92"/>
     <w:rsid w:val="00D45329"/>
     <w:rsid w:val="00D46323"/>
     <w:rsid w:val="00D4659E"/>
     <w:rsid w:val="00D47118"/>
     <w:rsid w:val="00D47408"/>
+    <w:rsid w:val="00D50201"/>
     <w:rsid w:val="00D5048A"/>
     <w:rsid w:val="00D50C28"/>
     <w:rsid w:val="00D51754"/>
     <w:rsid w:val="00D51D8D"/>
     <w:rsid w:val="00D5235C"/>
     <w:rsid w:val="00D5248D"/>
     <w:rsid w:val="00D52BC4"/>
     <w:rsid w:val="00D52DB7"/>
     <w:rsid w:val="00D52DED"/>
     <w:rsid w:val="00D53B2A"/>
     <w:rsid w:val="00D540A5"/>
     <w:rsid w:val="00D542F2"/>
     <w:rsid w:val="00D5430D"/>
     <w:rsid w:val="00D55329"/>
     <w:rsid w:val="00D553C4"/>
     <w:rsid w:val="00D555A8"/>
     <w:rsid w:val="00D55714"/>
     <w:rsid w:val="00D55B10"/>
     <w:rsid w:val="00D55E65"/>
     <w:rsid w:val="00D56433"/>
     <w:rsid w:val="00D565C4"/>
     <w:rsid w:val="00D56E71"/>
+    <w:rsid w:val="00D57344"/>
     <w:rsid w:val="00D573CE"/>
     <w:rsid w:val="00D57678"/>
     <w:rsid w:val="00D57708"/>
     <w:rsid w:val="00D57BB3"/>
     <w:rsid w:val="00D602B5"/>
     <w:rsid w:val="00D6084E"/>
     <w:rsid w:val="00D60A15"/>
     <w:rsid w:val="00D61651"/>
     <w:rsid w:val="00D618B6"/>
     <w:rsid w:val="00D61CD3"/>
     <w:rsid w:val="00D62685"/>
     <w:rsid w:val="00D62D0E"/>
     <w:rsid w:val="00D630A7"/>
     <w:rsid w:val="00D63489"/>
     <w:rsid w:val="00D63D33"/>
     <w:rsid w:val="00D640AC"/>
     <w:rsid w:val="00D64268"/>
     <w:rsid w:val="00D643AB"/>
     <w:rsid w:val="00D64585"/>
     <w:rsid w:val="00D64597"/>
     <w:rsid w:val="00D64780"/>
     <w:rsid w:val="00D64AE0"/>
     <w:rsid w:val="00D651C2"/>
     <w:rsid w:val="00D65DCC"/>
     <w:rsid w:val="00D66FF8"/>
@@ -33768,92 +39620,95 @@
     <w:rsid w:val="00D720E6"/>
     <w:rsid w:val="00D7224A"/>
     <w:rsid w:val="00D72A2A"/>
     <w:rsid w:val="00D72AAA"/>
     <w:rsid w:val="00D72ACD"/>
     <w:rsid w:val="00D72CAA"/>
     <w:rsid w:val="00D72D7C"/>
     <w:rsid w:val="00D72E66"/>
     <w:rsid w:val="00D7367A"/>
     <w:rsid w:val="00D73FDE"/>
     <w:rsid w:val="00D74172"/>
     <w:rsid w:val="00D7449E"/>
     <w:rsid w:val="00D7562D"/>
     <w:rsid w:val="00D75703"/>
     <w:rsid w:val="00D76FC5"/>
     <w:rsid w:val="00D77120"/>
     <w:rsid w:val="00D77907"/>
     <w:rsid w:val="00D77ACD"/>
     <w:rsid w:val="00D77E1B"/>
     <w:rsid w:val="00D77F0B"/>
     <w:rsid w:val="00D801DF"/>
     <w:rsid w:val="00D80261"/>
     <w:rsid w:val="00D80749"/>
     <w:rsid w:val="00D808F7"/>
     <w:rsid w:val="00D81110"/>
+    <w:rsid w:val="00D8123E"/>
     <w:rsid w:val="00D81C7E"/>
     <w:rsid w:val="00D81D77"/>
     <w:rsid w:val="00D81E4E"/>
     <w:rsid w:val="00D82098"/>
     <w:rsid w:val="00D820B1"/>
     <w:rsid w:val="00D825E0"/>
+    <w:rsid w:val="00D82A1F"/>
     <w:rsid w:val="00D82A7E"/>
     <w:rsid w:val="00D82B0B"/>
     <w:rsid w:val="00D82B1B"/>
     <w:rsid w:val="00D82ED6"/>
     <w:rsid w:val="00D83279"/>
     <w:rsid w:val="00D83D98"/>
     <w:rsid w:val="00D83FC2"/>
     <w:rsid w:val="00D843BE"/>
     <w:rsid w:val="00D845F7"/>
     <w:rsid w:val="00D8473D"/>
     <w:rsid w:val="00D84B15"/>
     <w:rsid w:val="00D84EDE"/>
     <w:rsid w:val="00D85935"/>
     <w:rsid w:val="00D85A66"/>
     <w:rsid w:val="00D86065"/>
     <w:rsid w:val="00D86662"/>
     <w:rsid w:val="00D86C52"/>
     <w:rsid w:val="00D871E4"/>
     <w:rsid w:val="00D87B58"/>
     <w:rsid w:val="00D87B92"/>
     <w:rsid w:val="00D87DAC"/>
     <w:rsid w:val="00D87E6F"/>
     <w:rsid w:val="00D912C6"/>
     <w:rsid w:val="00D915B3"/>
     <w:rsid w:val="00D91C4D"/>
     <w:rsid w:val="00D92EE3"/>
     <w:rsid w:val="00D92F35"/>
     <w:rsid w:val="00D93081"/>
     <w:rsid w:val="00D93B0C"/>
     <w:rsid w:val="00D94492"/>
     <w:rsid w:val="00D949FE"/>
     <w:rsid w:val="00D94FED"/>
     <w:rsid w:val="00D95373"/>
     <w:rsid w:val="00D95579"/>
     <w:rsid w:val="00D958F1"/>
     <w:rsid w:val="00D95C7F"/>
+    <w:rsid w:val="00D96267"/>
     <w:rsid w:val="00D9648C"/>
     <w:rsid w:val="00D96BC1"/>
     <w:rsid w:val="00D96DA2"/>
     <w:rsid w:val="00D96F3B"/>
     <w:rsid w:val="00D972A1"/>
     <w:rsid w:val="00D9746C"/>
     <w:rsid w:val="00D97551"/>
     <w:rsid w:val="00D9774C"/>
     <w:rsid w:val="00DA0204"/>
     <w:rsid w:val="00DA030C"/>
     <w:rsid w:val="00DA0C01"/>
     <w:rsid w:val="00DA0DAA"/>
     <w:rsid w:val="00DA1973"/>
     <w:rsid w:val="00DA1E2F"/>
     <w:rsid w:val="00DA1EA5"/>
     <w:rsid w:val="00DA2039"/>
     <w:rsid w:val="00DA28D8"/>
     <w:rsid w:val="00DA2CC8"/>
     <w:rsid w:val="00DA2FC9"/>
     <w:rsid w:val="00DA32ED"/>
     <w:rsid w:val="00DA38F8"/>
     <w:rsid w:val="00DA3D2C"/>
     <w:rsid w:val="00DA3FD7"/>
     <w:rsid w:val="00DA4146"/>
     <w:rsid w:val="00DA455F"/>
@@ -33864,222 +39719,240 @@
     <w:rsid w:val="00DA5BC9"/>
     <w:rsid w:val="00DA632C"/>
     <w:rsid w:val="00DA7827"/>
     <w:rsid w:val="00DA7A54"/>
     <w:rsid w:val="00DA7B49"/>
     <w:rsid w:val="00DA7EAA"/>
     <w:rsid w:val="00DB009B"/>
     <w:rsid w:val="00DB0221"/>
     <w:rsid w:val="00DB048F"/>
     <w:rsid w:val="00DB04D0"/>
     <w:rsid w:val="00DB077A"/>
     <w:rsid w:val="00DB090C"/>
     <w:rsid w:val="00DB1EC2"/>
     <w:rsid w:val="00DB254B"/>
     <w:rsid w:val="00DB2DC7"/>
     <w:rsid w:val="00DB321B"/>
     <w:rsid w:val="00DB33F1"/>
     <w:rsid w:val="00DB3964"/>
     <w:rsid w:val="00DB3A14"/>
     <w:rsid w:val="00DB4178"/>
     <w:rsid w:val="00DB5D77"/>
     <w:rsid w:val="00DB6094"/>
     <w:rsid w:val="00DB65CC"/>
     <w:rsid w:val="00DB7558"/>
     <w:rsid w:val="00DB7BE1"/>
+    <w:rsid w:val="00DB7BF6"/>
     <w:rsid w:val="00DB7FFE"/>
     <w:rsid w:val="00DC0042"/>
     <w:rsid w:val="00DC029D"/>
     <w:rsid w:val="00DC0DCF"/>
     <w:rsid w:val="00DC0E3B"/>
     <w:rsid w:val="00DC1A07"/>
     <w:rsid w:val="00DC1D0E"/>
     <w:rsid w:val="00DC2105"/>
     <w:rsid w:val="00DC2900"/>
     <w:rsid w:val="00DC2B56"/>
     <w:rsid w:val="00DC2C68"/>
     <w:rsid w:val="00DC300A"/>
     <w:rsid w:val="00DC36F0"/>
     <w:rsid w:val="00DC3D3F"/>
     <w:rsid w:val="00DC3DF1"/>
     <w:rsid w:val="00DC4074"/>
     <w:rsid w:val="00DC4292"/>
     <w:rsid w:val="00DC450E"/>
     <w:rsid w:val="00DC47E6"/>
     <w:rsid w:val="00DC48F0"/>
     <w:rsid w:val="00DC5113"/>
     <w:rsid w:val="00DC5230"/>
     <w:rsid w:val="00DC56C0"/>
     <w:rsid w:val="00DC5830"/>
     <w:rsid w:val="00DC5CC1"/>
     <w:rsid w:val="00DC6031"/>
     <w:rsid w:val="00DC6078"/>
     <w:rsid w:val="00DC62D3"/>
     <w:rsid w:val="00DC6930"/>
     <w:rsid w:val="00DC71BD"/>
     <w:rsid w:val="00DC74D4"/>
     <w:rsid w:val="00DC7B5F"/>
     <w:rsid w:val="00DD0065"/>
     <w:rsid w:val="00DD0432"/>
+    <w:rsid w:val="00DD167F"/>
     <w:rsid w:val="00DD232F"/>
+    <w:rsid w:val="00DD238E"/>
     <w:rsid w:val="00DD23A3"/>
     <w:rsid w:val="00DD24A4"/>
     <w:rsid w:val="00DD28DB"/>
     <w:rsid w:val="00DD2D97"/>
     <w:rsid w:val="00DD2DF9"/>
     <w:rsid w:val="00DD2FD3"/>
     <w:rsid w:val="00DD2FE9"/>
     <w:rsid w:val="00DD30E3"/>
     <w:rsid w:val="00DD3107"/>
     <w:rsid w:val="00DD3534"/>
     <w:rsid w:val="00DD35D3"/>
     <w:rsid w:val="00DD384C"/>
     <w:rsid w:val="00DD390F"/>
     <w:rsid w:val="00DD4350"/>
+    <w:rsid w:val="00DD436E"/>
     <w:rsid w:val="00DD43DE"/>
     <w:rsid w:val="00DD4AD1"/>
     <w:rsid w:val="00DD4ED1"/>
     <w:rsid w:val="00DD5236"/>
     <w:rsid w:val="00DD5C73"/>
     <w:rsid w:val="00DD5E3C"/>
     <w:rsid w:val="00DD5E80"/>
     <w:rsid w:val="00DD5F30"/>
     <w:rsid w:val="00DD6009"/>
     <w:rsid w:val="00DD64DA"/>
     <w:rsid w:val="00DD6EB2"/>
     <w:rsid w:val="00DD74FD"/>
     <w:rsid w:val="00DD7657"/>
     <w:rsid w:val="00DD7FC6"/>
     <w:rsid w:val="00DE0537"/>
     <w:rsid w:val="00DE0F6A"/>
     <w:rsid w:val="00DE19E5"/>
     <w:rsid w:val="00DE1E47"/>
+    <w:rsid w:val="00DE2117"/>
     <w:rsid w:val="00DE24F3"/>
     <w:rsid w:val="00DE2664"/>
     <w:rsid w:val="00DE2A0C"/>
     <w:rsid w:val="00DE34C4"/>
     <w:rsid w:val="00DE36C9"/>
     <w:rsid w:val="00DE447F"/>
     <w:rsid w:val="00DE4515"/>
+    <w:rsid w:val="00DE4844"/>
     <w:rsid w:val="00DE4DCC"/>
+    <w:rsid w:val="00DE548B"/>
     <w:rsid w:val="00DE584D"/>
     <w:rsid w:val="00DE5CEA"/>
     <w:rsid w:val="00DE5EA6"/>
     <w:rsid w:val="00DE6899"/>
+    <w:rsid w:val="00DE7E41"/>
     <w:rsid w:val="00DE7F26"/>
     <w:rsid w:val="00DF0062"/>
     <w:rsid w:val="00DF05D5"/>
     <w:rsid w:val="00DF0674"/>
     <w:rsid w:val="00DF0B69"/>
+    <w:rsid w:val="00DF0CDA"/>
     <w:rsid w:val="00DF0E96"/>
     <w:rsid w:val="00DF10E4"/>
     <w:rsid w:val="00DF166B"/>
+    <w:rsid w:val="00DF1DB9"/>
     <w:rsid w:val="00DF2189"/>
     <w:rsid w:val="00DF23A0"/>
     <w:rsid w:val="00DF2D65"/>
     <w:rsid w:val="00DF30A8"/>
     <w:rsid w:val="00DF3644"/>
     <w:rsid w:val="00DF39A6"/>
+    <w:rsid w:val="00DF3BDF"/>
     <w:rsid w:val="00DF3E00"/>
+    <w:rsid w:val="00DF5C03"/>
     <w:rsid w:val="00DF5F40"/>
     <w:rsid w:val="00DF662D"/>
     <w:rsid w:val="00DF6A43"/>
     <w:rsid w:val="00DF780E"/>
     <w:rsid w:val="00DF7992"/>
     <w:rsid w:val="00E00000"/>
     <w:rsid w:val="00E006A5"/>
     <w:rsid w:val="00E009A3"/>
     <w:rsid w:val="00E01644"/>
     <w:rsid w:val="00E01DD0"/>
     <w:rsid w:val="00E01E86"/>
     <w:rsid w:val="00E02790"/>
     <w:rsid w:val="00E02A9D"/>
     <w:rsid w:val="00E02DCD"/>
+    <w:rsid w:val="00E0322F"/>
     <w:rsid w:val="00E03C59"/>
     <w:rsid w:val="00E04B37"/>
     <w:rsid w:val="00E050B1"/>
     <w:rsid w:val="00E0530D"/>
     <w:rsid w:val="00E055B2"/>
     <w:rsid w:val="00E0574D"/>
     <w:rsid w:val="00E06290"/>
     <w:rsid w:val="00E0688A"/>
     <w:rsid w:val="00E07391"/>
     <w:rsid w:val="00E07673"/>
     <w:rsid w:val="00E07D26"/>
+    <w:rsid w:val="00E07DB6"/>
     <w:rsid w:val="00E07E56"/>
     <w:rsid w:val="00E101FC"/>
     <w:rsid w:val="00E103B3"/>
     <w:rsid w:val="00E10877"/>
     <w:rsid w:val="00E10891"/>
     <w:rsid w:val="00E10CB0"/>
     <w:rsid w:val="00E10CB2"/>
     <w:rsid w:val="00E11493"/>
     <w:rsid w:val="00E116C2"/>
     <w:rsid w:val="00E11B55"/>
     <w:rsid w:val="00E12243"/>
     <w:rsid w:val="00E124C1"/>
     <w:rsid w:val="00E12E99"/>
     <w:rsid w:val="00E12EE1"/>
     <w:rsid w:val="00E135BE"/>
     <w:rsid w:val="00E148FF"/>
     <w:rsid w:val="00E15670"/>
     <w:rsid w:val="00E15966"/>
+    <w:rsid w:val="00E1636B"/>
     <w:rsid w:val="00E163E2"/>
     <w:rsid w:val="00E17219"/>
     <w:rsid w:val="00E20893"/>
     <w:rsid w:val="00E21DA4"/>
+    <w:rsid w:val="00E21E17"/>
     <w:rsid w:val="00E22014"/>
     <w:rsid w:val="00E22417"/>
     <w:rsid w:val="00E227FC"/>
     <w:rsid w:val="00E22DFB"/>
     <w:rsid w:val="00E23F4C"/>
     <w:rsid w:val="00E24156"/>
     <w:rsid w:val="00E24509"/>
     <w:rsid w:val="00E24DDE"/>
     <w:rsid w:val="00E251A2"/>
     <w:rsid w:val="00E2558E"/>
     <w:rsid w:val="00E25F49"/>
     <w:rsid w:val="00E262A1"/>
     <w:rsid w:val="00E262B2"/>
+    <w:rsid w:val="00E2685B"/>
     <w:rsid w:val="00E2685F"/>
     <w:rsid w:val="00E26AEE"/>
     <w:rsid w:val="00E26E6E"/>
     <w:rsid w:val="00E270D0"/>
     <w:rsid w:val="00E301B6"/>
     <w:rsid w:val="00E304F4"/>
     <w:rsid w:val="00E3064D"/>
     <w:rsid w:val="00E3090F"/>
     <w:rsid w:val="00E30D14"/>
     <w:rsid w:val="00E31727"/>
     <w:rsid w:val="00E31AA3"/>
     <w:rsid w:val="00E31AC0"/>
     <w:rsid w:val="00E3202F"/>
     <w:rsid w:val="00E32E01"/>
     <w:rsid w:val="00E33503"/>
     <w:rsid w:val="00E3354F"/>
     <w:rsid w:val="00E3399C"/>
     <w:rsid w:val="00E33C01"/>
+    <w:rsid w:val="00E34124"/>
     <w:rsid w:val="00E348FD"/>
     <w:rsid w:val="00E35733"/>
     <w:rsid w:val="00E35A26"/>
     <w:rsid w:val="00E35F7B"/>
     <w:rsid w:val="00E365B8"/>
     <w:rsid w:val="00E37447"/>
     <w:rsid w:val="00E3784A"/>
     <w:rsid w:val="00E37E18"/>
     <w:rsid w:val="00E4037B"/>
     <w:rsid w:val="00E4091E"/>
     <w:rsid w:val="00E417D6"/>
     <w:rsid w:val="00E42421"/>
     <w:rsid w:val="00E4277C"/>
     <w:rsid w:val="00E42982"/>
     <w:rsid w:val="00E42A24"/>
     <w:rsid w:val="00E43208"/>
     <w:rsid w:val="00E43627"/>
     <w:rsid w:val="00E440F5"/>
     <w:rsid w:val="00E441FC"/>
     <w:rsid w:val="00E44D0E"/>
     <w:rsid w:val="00E4510F"/>
     <w:rsid w:val="00E45409"/>
     <w:rsid w:val="00E463A9"/>
     <w:rsid w:val="00E46B21"/>
     <w:rsid w:val="00E46F2F"/>
@@ -34114,75 +39987,78 @@
     <w:rsid w:val="00E571FB"/>
     <w:rsid w:val="00E57289"/>
     <w:rsid w:val="00E5746E"/>
     <w:rsid w:val="00E57C91"/>
     <w:rsid w:val="00E57EEF"/>
     <w:rsid w:val="00E57F9A"/>
     <w:rsid w:val="00E60440"/>
     <w:rsid w:val="00E6055C"/>
     <w:rsid w:val="00E606F6"/>
     <w:rsid w:val="00E607AD"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E60F88"/>
     <w:rsid w:val="00E61AFA"/>
     <w:rsid w:val="00E6227D"/>
     <w:rsid w:val="00E62420"/>
     <w:rsid w:val="00E624E8"/>
     <w:rsid w:val="00E62939"/>
     <w:rsid w:val="00E62AB6"/>
     <w:rsid w:val="00E62B70"/>
     <w:rsid w:val="00E62F63"/>
     <w:rsid w:val="00E63032"/>
     <w:rsid w:val="00E63474"/>
     <w:rsid w:val="00E6355A"/>
     <w:rsid w:val="00E63562"/>
     <w:rsid w:val="00E6393A"/>
+    <w:rsid w:val="00E63A76"/>
     <w:rsid w:val="00E63C93"/>
     <w:rsid w:val="00E63DD0"/>
     <w:rsid w:val="00E643BF"/>
     <w:rsid w:val="00E65272"/>
+    <w:rsid w:val="00E65DAC"/>
     <w:rsid w:val="00E669BA"/>
     <w:rsid w:val="00E66EAC"/>
     <w:rsid w:val="00E701E0"/>
     <w:rsid w:val="00E706D4"/>
     <w:rsid w:val="00E708D5"/>
     <w:rsid w:val="00E70D5A"/>
     <w:rsid w:val="00E71F5E"/>
     <w:rsid w:val="00E7249E"/>
     <w:rsid w:val="00E7265E"/>
     <w:rsid w:val="00E72943"/>
     <w:rsid w:val="00E73574"/>
     <w:rsid w:val="00E7373F"/>
     <w:rsid w:val="00E73921"/>
     <w:rsid w:val="00E73B4C"/>
     <w:rsid w:val="00E73CDC"/>
     <w:rsid w:val="00E73ED3"/>
     <w:rsid w:val="00E741B4"/>
     <w:rsid w:val="00E7435B"/>
     <w:rsid w:val="00E746F5"/>
     <w:rsid w:val="00E748DF"/>
     <w:rsid w:val="00E74989"/>
+    <w:rsid w:val="00E75251"/>
     <w:rsid w:val="00E752B2"/>
     <w:rsid w:val="00E7555A"/>
     <w:rsid w:val="00E75853"/>
     <w:rsid w:val="00E77B47"/>
     <w:rsid w:val="00E801E6"/>
     <w:rsid w:val="00E806E6"/>
     <w:rsid w:val="00E80851"/>
     <w:rsid w:val="00E80DA1"/>
     <w:rsid w:val="00E810BA"/>
     <w:rsid w:val="00E815A8"/>
     <w:rsid w:val="00E816BD"/>
     <w:rsid w:val="00E8195C"/>
     <w:rsid w:val="00E81B4E"/>
     <w:rsid w:val="00E820F7"/>
     <w:rsid w:val="00E8235E"/>
     <w:rsid w:val="00E82C24"/>
     <w:rsid w:val="00E82D9A"/>
     <w:rsid w:val="00E8332E"/>
     <w:rsid w:val="00E8347B"/>
     <w:rsid w:val="00E83484"/>
     <w:rsid w:val="00E84D04"/>
     <w:rsid w:val="00E85370"/>
     <w:rsid w:val="00E85735"/>
     <w:rsid w:val="00E85875"/>
     <w:rsid w:val="00E85892"/>
@@ -34192,133 +40068,138 @@
     <w:rsid w:val="00E87E69"/>
     <w:rsid w:val="00E900B1"/>
     <w:rsid w:val="00E90FC2"/>
     <w:rsid w:val="00E90FC4"/>
     <w:rsid w:val="00E91563"/>
     <w:rsid w:val="00E91896"/>
     <w:rsid w:val="00E91BDB"/>
     <w:rsid w:val="00E928F6"/>
     <w:rsid w:val="00E93701"/>
     <w:rsid w:val="00E946C2"/>
     <w:rsid w:val="00E9505D"/>
     <w:rsid w:val="00E95518"/>
     <w:rsid w:val="00E95AC3"/>
     <w:rsid w:val="00E95AE4"/>
     <w:rsid w:val="00E95DE1"/>
     <w:rsid w:val="00E95F46"/>
     <w:rsid w:val="00E965AA"/>
     <w:rsid w:val="00E968DA"/>
     <w:rsid w:val="00E9749F"/>
     <w:rsid w:val="00E976C1"/>
     <w:rsid w:val="00E97BB0"/>
     <w:rsid w:val="00EA0089"/>
     <w:rsid w:val="00EA06C5"/>
     <w:rsid w:val="00EA193C"/>
     <w:rsid w:val="00EA1E44"/>
+    <w:rsid w:val="00EA2220"/>
     <w:rsid w:val="00EA22DE"/>
     <w:rsid w:val="00EA26D7"/>
     <w:rsid w:val="00EA26FF"/>
     <w:rsid w:val="00EA2A5D"/>
     <w:rsid w:val="00EA2CDA"/>
     <w:rsid w:val="00EA2D03"/>
     <w:rsid w:val="00EA2DBB"/>
     <w:rsid w:val="00EA2E2E"/>
     <w:rsid w:val="00EA2EC6"/>
     <w:rsid w:val="00EA2F32"/>
     <w:rsid w:val="00EA3067"/>
     <w:rsid w:val="00EA3325"/>
     <w:rsid w:val="00EA33D0"/>
     <w:rsid w:val="00EA3448"/>
+    <w:rsid w:val="00EA43B6"/>
     <w:rsid w:val="00EA4434"/>
     <w:rsid w:val="00EA4465"/>
     <w:rsid w:val="00EA455C"/>
     <w:rsid w:val="00EA4812"/>
     <w:rsid w:val="00EA4D16"/>
     <w:rsid w:val="00EA4D40"/>
     <w:rsid w:val="00EA4F7C"/>
     <w:rsid w:val="00EA5B7E"/>
     <w:rsid w:val="00EA5E67"/>
     <w:rsid w:val="00EA6671"/>
     <w:rsid w:val="00EA6CB9"/>
     <w:rsid w:val="00EA6D22"/>
     <w:rsid w:val="00EA7C3E"/>
     <w:rsid w:val="00EA7CAA"/>
     <w:rsid w:val="00EB01AC"/>
     <w:rsid w:val="00EB01C8"/>
     <w:rsid w:val="00EB1BA2"/>
     <w:rsid w:val="00EB246E"/>
     <w:rsid w:val="00EB27BA"/>
     <w:rsid w:val="00EB29AA"/>
+    <w:rsid w:val="00EB32AE"/>
     <w:rsid w:val="00EB3354"/>
     <w:rsid w:val="00EB3613"/>
     <w:rsid w:val="00EB3910"/>
     <w:rsid w:val="00EB396E"/>
     <w:rsid w:val="00EB3D2D"/>
     <w:rsid w:val="00EB461D"/>
     <w:rsid w:val="00EB4EBA"/>
     <w:rsid w:val="00EB5458"/>
     <w:rsid w:val="00EB551D"/>
     <w:rsid w:val="00EB5616"/>
     <w:rsid w:val="00EB5EF0"/>
     <w:rsid w:val="00EB66F5"/>
     <w:rsid w:val="00EB6774"/>
     <w:rsid w:val="00EB6967"/>
     <w:rsid w:val="00EB69E1"/>
     <w:rsid w:val="00EB6EE8"/>
+    <w:rsid w:val="00EB75EA"/>
     <w:rsid w:val="00EC00E9"/>
     <w:rsid w:val="00EC03A8"/>
     <w:rsid w:val="00EC0435"/>
     <w:rsid w:val="00EC04C3"/>
     <w:rsid w:val="00EC0842"/>
     <w:rsid w:val="00EC09EE"/>
     <w:rsid w:val="00EC1F0E"/>
     <w:rsid w:val="00EC215D"/>
     <w:rsid w:val="00EC21AD"/>
     <w:rsid w:val="00EC24DF"/>
     <w:rsid w:val="00EC2629"/>
     <w:rsid w:val="00EC2941"/>
     <w:rsid w:val="00EC2BCB"/>
     <w:rsid w:val="00EC3441"/>
     <w:rsid w:val="00EC3762"/>
     <w:rsid w:val="00EC4044"/>
     <w:rsid w:val="00EC4AE8"/>
     <w:rsid w:val="00EC4E45"/>
     <w:rsid w:val="00EC551F"/>
     <w:rsid w:val="00EC67F3"/>
     <w:rsid w:val="00EC6B4D"/>
     <w:rsid w:val="00EC6C90"/>
     <w:rsid w:val="00EC6D1C"/>
     <w:rsid w:val="00EC73CF"/>
     <w:rsid w:val="00ED150D"/>
     <w:rsid w:val="00ED195A"/>
     <w:rsid w:val="00ED1C51"/>
     <w:rsid w:val="00ED2378"/>
     <w:rsid w:val="00ED285F"/>
     <w:rsid w:val="00ED2E9B"/>
     <w:rsid w:val="00ED4906"/>
     <w:rsid w:val="00ED563B"/>
     <w:rsid w:val="00ED58C2"/>
+    <w:rsid w:val="00ED5BB6"/>
     <w:rsid w:val="00ED62F8"/>
     <w:rsid w:val="00ED64A8"/>
     <w:rsid w:val="00ED6547"/>
     <w:rsid w:val="00ED6956"/>
     <w:rsid w:val="00ED723A"/>
     <w:rsid w:val="00ED7312"/>
     <w:rsid w:val="00ED7B35"/>
     <w:rsid w:val="00EE0DAF"/>
     <w:rsid w:val="00EE0E1F"/>
     <w:rsid w:val="00EE0F92"/>
     <w:rsid w:val="00EE1935"/>
     <w:rsid w:val="00EE1EF6"/>
     <w:rsid w:val="00EE285C"/>
     <w:rsid w:val="00EE2B08"/>
     <w:rsid w:val="00EE2B25"/>
     <w:rsid w:val="00EE2E5E"/>
     <w:rsid w:val="00EE3101"/>
     <w:rsid w:val="00EE462A"/>
     <w:rsid w:val="00EE464C"/>
     <w:rsid w:val="00EE4869"/>
     <w:rsid w:val="00EE4960"/>
     <w:rsid w:val="00EE49AA"/>
     <w:rsid w:val="00EE4A24"/>
     <w:rsid w:val="00EE4C61"/>
     <w:rsid w:val="00EE4CFD"/>
@@ -34341,232 +40222,243 @@
     <w:rsid w:val="00EF3F8E"/>
     <w:rsid w:val="00EF4342"/>
     <w:rsid w:val="00EF4D38"/>
     <w:rsid w:val="00EF5A6C"/>
     <w:rsid w:val="00EF5CFF"/>
     <w:rsid w:val="00EF6547"/>
     <w:rsid w:val="00EF699A"/>
     <w:rsid w:val="00EF6BA7"/>
     <w:rsid w:val="00EF6BC8"/>
     <w:rsid w:val="00EF6BEA"/>
     <w:rsid w:val="00EF6D27"/>
     <w:rsid w:val="00EF7088"/>
     <w:rsid w:val="00EF75B5"/>
     <w:rsid w:val="00EF7B2E"/>
     <w:rsid w:val="00F00256"/>
     <w:rsid w:val="00F00342"/>
     <w:rsid w:val="00F0053B"/>
     <w:rsid w:val="00F0059C"/>
     <w:rsid w:val="00F00C71"/>
     <w:rsid w:val="00F023AF"/>
     <w:rsid w:val="00F026B8"/>
     <w:rsid w:val="00F02C57"/>
     <w:rsid w:val="00F02E44"/>
     <w:rsid w:val="00F03A7D"/>
     <w:rsid w:val="00F0402B"/>
+    <w:rsid w:val="00F04403"/>
     <w:rsid w:val="00F047E4"/>
+    <w:rsid w:val="00F04E46"/>
     <w:rsid w:val="00F05186"/>
     <w:rsid w:val="00F0545F"/>
     <w:rsid w:val="00F05601"/>
     <w:rsid w:val="00F06170"/>
     <w:rsid w:val="00F061FB"/>
     <w:rsid w:val="00F06587"/>
     <w:rsid w:val="00F06645"/>
     <w:rsid w:val="00F0707D"/>
     <w:rsid w:val="00F0752D"/>
     <w:rsid w:val="00F0793A"/>
     <w:rsid w:val="00F07E53"/>
     <w:rsid w:val="00F102E7"/>
     <w:rsid w:val="00F10442"/>
     <w:rsid w:val="00F1069D"/>
     <w:rsid w:val="00F106B8"/>
     <w:rsid w:val="00F10CA5"/>
     <w:rsid w:val="00F10E20"/>
     <w:rsid w:val="00F11A47"/>
     <w:rsid w:val="00F11B51"/>
     <w:rsid w:val="00F11C3A"/>
     <w:rsid w:val="00F125CC"/>
     <w:rsid w:val="00F12D32"/>
     <w:rsid w:val="00F12EF4"/>
     <w:rsid w:val="00F12F87"/>
     <w:rsid w:val="00F1378E"/>
     <w:rsid w:val="00F138AD"/>
     <w:rsid w:val="00F13A4A"/>
     <w:rsid w:val="00F13EEC"/>
     <w:rsid w:val="00F1498F"/>
     <w:rsid w:val="00F14E12"/>
     <w:rsid w:val="00F14EFA"/>
     <w:rsid w:val="00F15311"/>
     <w:rsid w:val="00F17EF5"/>
     <w:rsid w:val="00F17FBE"/>
+    <w:rsid w:val="00F20200"/>
     <w:rsid w:val="00F20251"/>
     <w:rsid w:val="00F207BB"/>
     <w:rsid w:val="00F20EAA"/>
     <w:rsid w:val="00F21752"/>
     <w:rsid w:val="00F21BD8"/>
     <w:rsid w:val="00F220FA"/>
     <w:rsid w:val="00F22853"/>
     <w:rsid w:val="00F229C4"/>
     <w:rsid w:val="00F22BEC"/>
     <w:rsid w:val="00F2394A"/>
     <w:rsid w:val="00F23A6E"/>
     <w:rsid w:val="00F23A93"/>
     <w:rsid w:val="00F23CD1"/>
     <w:rsid w:val="00F24CBA"/>
     <w:rsid w:val="00F251D2"/>
     <w:rsid w:val="00F25599"/>
     <w:rsid w:val="00F25D65"/>
+    <w:rsid w:val="00F25F20"/>
     <w:rsid w:val="00F261AF"/>
     <w:rsid w:val="00F26222"/>
     <w:rsid w:val="00F2631B"/>
     <w:rsid w:val="00F2639E"/>
     <w:rsid w:val="00F267D7"/>
     <w:rsid w:val="00F26B2D"/>
     <w:rsid w:val="00F26DFB"/>
     <w:rsid w:val="00F2712F"/>
     <w:rsid w:val="00F27392"/>
     <w:rsid w:val="00F27499"/>
     <w:rsid w:val="00F27A82"/>
     <w:rsid w:val="00F27A97"/>
     <w:rsid w:val="00F27C81"/>
     <w:rsid w:val="00F27D29"/>
     <w:rsid w:val="00F30778"/>
     <w:rsid w:val="00F3086D"/>
     <w:rsid w:val="00F309D8"/>
     <w:rsid w:val="00F30FFA"/>
     <w:rsid w:val="00F31269"/>
     <w:rsid w:val="00F31504"/>
     <w:rsid w:val="00F32129"/>
     <w:rsid w:val="00F321C0"/>
+    <w:rsid w:val="00F322C5"/>
     <w:rsid w:val="00F325B1"/>
     <w:rsid w:val="00F3264B"/>
     <w:rsid w:val="00F329EE"/>
     <w:rsid w:val="00F329F3"/>
     <w:rsid w:val="00F32B15"/>
     <w:rsid w:val="00F32DA2"/>
     <w:rsid w:val="00F330D2"/>
     <w:rsid w:val="00F33440"/>
     <w:rsid w:val="00F33C73"/>
     <w:rsid w:val="00F340E0"/>
     <w:rsid w:val="00F345E1"/>
     <w:rsid w:val="00F34B90"/>
     <w:rsid w:val="00F34E2E"/>
     <w:rsid w:val="00F35003"/>
     <w:rsid w:val="00F353B2"/>
     <w:rsid w:val="00F355B6"/>
     <w:rsid w:val="00F355D9"/>
+    <w:rsid w:val="00F357A5"/>
     <w:rsid w:val="00F35874"/>
     <w:rsid w:val="00F35A63"/>
     <w:rsid w:val="00F35C88"/>
     <w:rsid w:val="00F35D70"/>
     <w:rsid w:val="00F35EDD"/>
     <w:rsid w:val="00F364F7"/>
     <w:rsid w:val="00F367AF"/>
     <w:rsid w:val="00F36874"/>
+    <w:rsid w:val="00F36DAD"/>
     <w:rsid w:val="00F3716E"/>
     <w:rsid w:val="00F37330"/>
     <w:rsid w:val="00F374BB"/>
     <w:rsid w:val="00F37795"/>
     <w:rsid w:val="00F379AD"/>
     <w:rsid w:val="00F379EF"/>
     <w:rsid w:val="00F37B19"/>
     <w:rsid w:val="00F37D6F"/>
     <w:rsid w:val="00F37E97"/>
     <w:rsid w:val="00F4089C"/>
     <w:rsid w:val="00F40D0F"/>
     <w:rsid w:val="00F4104A"/>
     <w:rsid w:val="00F41216"/>
     <w:rsid w:val="00F4125B"/>
     <w:rsid w:val="00F41473"/>
     <w:rsid w:val="00F42100"/>
     <w:rsid w:val="00F4232A"/>
     <w:rsid w:val="00F42848"/>
     <w:rsid w:val="00F42EBC"/>
     <w:rsid w:val="00F43223"/>
     <w:rsid w:val="00F4417D"/>
     <w:rsid w:val="00F44C34"/>
     <w:rsid w:val="00F456B7"/>
     <w:rsid w:val="00F463B7"/>
     <w:rsid w:val="00F46C9D"/>
     <w:rsid w:val="00F46CC8"/>
     <w:rsid w:val="00F46D1A"/>
     <w:rsid w:val="00F46EBB"/>
     <w:rsid w:val="00F47843"/>
+    <w:rsid w:val="00F47C6A"/>
     <w:rsid w:val="00F50856"/>
     <w:rsid w:val="00F50FE7"/>
     <w:rsid w:val="00F510EF"/>
     <w:rsid w:val="00F513F9"/>
     <w:rsid w:val="00F51A87"/>
     <w:rsid w:val="00F5225D"/>
     <w:rsid w:val="00F524BC"/>
     <w:rsid w:val="00F52DB7"/>
     <w:rsid w:val="00F543EE"/>
     <w:rsid w:val="00F54AC0"/>
     <w:rsid w:val="00F54D06"/>
     <w:rsid w:val="00F54FD7"/>
     <w:rsid w:val="00F55415"/>
     <w:rsid w:val="00F55958"/>
     <w:rsid w:val="00F56585"/>
     <w:rsid w:val="00F56B7A"/>
     <w:rsid w:val="00F56D93"/>
     <w:rsid w:val="00F56EF7"/>
     <w:rsid w:val="00F570CE"/>
     <w:rsid w:val="00F57295"/>
     <w:rsid w:val="00F57A06"/>
     <w:rsid w:val="00F57A4C"/>
     <w:rsid w:val="00F602B6"/>
     <w:rsid w:val="00F6053D"/>
     <w:rsid w:val="00F60721"/>
     <w:rsid w:val="00F608C9"/>
     <w:rsid w:val="00F60B5D"/>
     <w:rsid w:val="00F60BB0"/>
     <w:rsid w:val="00F60F79"/>
     <w:rsid w:val="00F6187E"/>
     <w:rsid w:val="00F61FD9"/>
     <w:rsid w:val="00F62205"/>
     <w:rsid w:val="00F62A8B"/>
     <w:rsid w:val="00F63203"/>
     <w:rsid w:val="00F63381"/>
     <w:rsid w:val="00F6347E"/>
     <w:rsid w:val="00F64C20"/>
     <w:rsid w:val="00F64FC3"/>
     <w:rsid w:val="00F65026"/>
     <w:rsid w:val="00F6559C"/>
     <w:rsid w:val="00F65966"/>
     <w:rsid w:val="00F65ED5"/>
     <w:rsid w:val="00F6612A"/>
+    <w:rsid w:val="00F663F0"/>
     <w:rsid w:val="00F66636"/>
     <w:rsid w:val="00F66E2D"/>
     <w:rsid w:val="00F670C2"/>
     <w:rsid w:val="00F67CC7"/>
     <w:rsid w:val="00F67EFD"/>
     <w:rsid w:val="00F7051D"/>
     <w:rsid w:val="00F7172F"/>
     <w:rsid w:val="00F71BC3"/>
     <w:rsid w:val="00F72C78"/>
+    <w:rsid w:val="00F72F8B"/>
     <w:rsid w:val="00F73197"/>
     <w:rsid w:val="00F7373A"/>
+    <w:rsid w:val="00F73B5C"/>
     <w:rsid w:val="00F7425A"/>
     <w:rsid w:val="00F74367"/>
     <w:rsid w:val="00F74870"/>
     <w:rsid w:val="00F74AFE"/>
     <w:rsid w:val="00F75507"/>
     <w:rsid w:val="00F75989"/>
     <w:rsid w:val="00F7641E"/>
     <w:rsid w:val="00F76D22"/>
     <w:rsid w:val="00F770C2"/>
     <w:rsid w:val="00F77333"/>
     <w:rsid w:val="00F77882"/>
     <w:rsid w:val="00F778FF"/>
     <w:rsid w:val="00F77F84"/>
     <w:rsid w:val="00F8018D"/>
     <w:rsid w:val="00F80200"/>
     <w:rsid w:val="00F80AD0"/>
     <w:rsid w:val="00F80DF3"/>
     <w:rsid w:val="00F811F5"/>
     <w:rsid w:val="00F81E6A"/>
     <w:rsid w:val="00F822AB"/>
     <w:rsid w:val="00F82317"/>
     <w:rsid w:val="00F82A0A"/>
     <w:rsid w:val="00F832C3"/>
     <w:rsid w:val="00F834A7"/>
     <w:rsid w:val="00F834E5"/>
@@ -34583,102 +40475,107 @@
     <w:rsid w:val="00F8634D"/>
     <w:rsid w:val="00F87386"/>
     <w:rsid w:val="00F90354"/>
     <w:rsid w:val="00F90BAF"/>
     <w:rsid w:val="00F9111F"/>
     <w:rsid w:val="00F917D4"/>
     <w:rsid w:val="00F91DEE"/>
     <w:rsid w:val="00F92587"/>
     <w:rsid w:val="00F927F8"/>
     <w:rsid w:val="00F92CAC"/>
     <w:rsid w:val="00F92F90"/>
     <w:rsid w:val="00F93377"/>
     <w:rsid w:val="00F9341C"/>
     <w:rsid w:val="00F93850"/>
     <w:rsid w:val="00F93950"/>
     <w:rsid w:val="00F93A64"/>
     <w:rsid w:val="00F94514"/>
     <w:rsid w:val="00F94729"/>
     <w:rsid w:val="00F949D0"/>
     <w:rsid w:val="00F951D6"/>
     <w:rsid w:val="00F951EC"/>
     <w:rsid w:val="00F9532C"/>
     <w:rsid w:val="00F9541C"/>
     <w:rsid w:val="00F9569D"/>
     <w:rsid w:val="00F95E43"/>
+    <w:rsid w:val="00F96157"/>
     <w:rsid w:val="00F970DE"/>
     <w:rsid w:val="00F9728D"/>
     <w:rsid w:val="00F977AD"/>
     <w:rsid w:val="00F977E9"/>
     <w:rsid w:val="00F97B17"/>
+    <w:rsid w:val="00F97BDC"/>
     <w:rsid w:val="00FA0017"/>
     <w:rsid w:val="00FA0194"/>
     <w:rsid w:val="00FA080F"/>
     <w:rsid w:val="00FA08A7"/>
     <w:rsid w:val="00FA0A0F"/>
+    <w:rsid w:val="00FA0BB6"/>
     <w:rsid w:val="00FA1136"/>
     <w:rsid w:val="00FA13BA"/>
     <w:rsid w:val="00FA1808"/>
     <w:rsid w:val="00FA1A70"/>
     <w:rsid w:val="00FA244F"/>
     <w:rsid w:val="00FA2EDB"/>
     <w:rsid w:val="00FA2FA4"/>
     <w:rsid w:val="00FA34E8"/>
     <w:rsid w:val="00FA36E9"/>
     <w:rsid w:val="00FA38C8"/>
     <w:rsid w:val="00FA3ABD"/>
     <w:rsid w:val="00FA3EFF"/>
     <w:rsid w:val="00FA406B"/>
     <w:rsid w:val="00FA4281"/>
+    <w:rsid w:val="00FA47D9"/>
     <w:rsid w:val="00FA4A75"/>
     <w:rsid w:val="00FA5188"/>
     <w:rsid w:val="00FA5FC5"/>
     <w:rsid w:val="00FA63EF"/>
     <w:rsid w:val="00FA6956"/>
     <w:rsid w:val="00FA6E91"/>
     <w:rsid w:val="00FA7195"/>
     <w:rsid w:val="00FA73D7"/>
     <w:rsid w:val="00FA7B1E"/>
     <w:rsid w:val="00FA7FB1"/>
     <w:rsid w:val="00FB04D6"/>
     <w:rsid w:val="00FB0DE8"/>
     <w:rsid w:val="00FB1695"/>
     <w:rsid w:val="00FB1EF9"/>
     <w:rsid w:val="00FB227E"/>
     <w:rsid w:val="00FB5AA9"/>
     <w:rsid w:val="00FB5E45"/>
     <w:rsid w:val="00FB624A"/>
     <w:rsid w:val="00FB68FA"/>
     <w:rsid w:val="00FB6C18"/>
     <w:rsid w:val="00FB71FB"/>
     <w:rsid w:val="00FB7251"/>
     <w:rsid w:val="00FB7413"/>
     <w:rsid w:val="00FB7630"/>
     <w:rsid w:val="00FC1367"/>
     <w:rsid w:val="00FC1ACB"/>
     <w:rsid w:val="00FC1C77"/>
     <w:rsid w:val="00FC20C3"/>
+    <w:rsid w:val="00FC253A"/>
     <w:rsid w:val="00FC288C"/>
     <w:rsid w:val="00FC29BB"/>
     <w:rsid w:val="00FC2B4E"/>
     <w:rsid w:val="00FC2C97"/>
     <w:rsid w:val="00FC3479"/>
     <w:rsid w:val="00FC3605"/>
     <w:rsid w:val="00FC3C7B"/>
     <w:rsid w:val="00FC5D4F"/>
     <w:rsid w:val="00FC602B"/>
     <w:rsid w:val="00FC6263"/>
     <w:rsid w:val="00FC6F7F"/>
     <w:rsid w:val="00FC7864"/>
     <w:rsid w:val="00FC78EF"/>
     <w:rsid w:val="00FC7B47"/>
     <w:rsid w:val="00FD0121"/>
     <w:rsid w:val="00FD0BA0"/>
     <w:rsid w:val="00FD113F"/>
     <w:rsid w:val="00FD1A4D"/>
     <w:rsid w:val="00FD2515"/>
     <w:rsid w:val="00FD3078"/>
     <w:rsid w:val="00FD30D0"/>
     <w:rsid w:val="00FD335F"/>
     <w:rsid w:val="00FD354B"/>
     <w:rsid w:val="00FD385A"/>
     <w:rsid w:val="00FD3AD0"/>
@@ -34700,624 +40597,1517 @@
     <w:rsid w:val="00FD7B5F"/>
     <w:rsid w:val="00FE024B"/>
     <w:rsid w:val="00FE0B73"/>
     <w:rsid w:val="00FE13A2"/>
     <w:rsid w:val="00FE15A5"/>
     <w:rsid w:val="00FE15B7"/>
     <w:rsid w:val="00FE18C4"/>
     <w:rsid w:val="00FE1B82"/>
     <w:rsid w:val="00FE1EB2"/>
     <w:rsid w:val="00FE2191"/>
     <w:rsid w:val="00FE2251"/>
     <w:rsid w:val="00FE2575"/>
     <w:rsid w:val="00FE2685"/>
     <w:rsid w:val="00FE298E"/>
     <w:rsid w:val="00FE2C46"/>
     <w:rsid w:val="00FE302E"/>
     <w:rsid w:val="00FE39DD"/>
     <w:rsid w:val="00FE3CAD"/>
     <w:rsid w:val="00FE3D2A"/>
     <w:rsid w:val="00FE3FFD"/>
     <w:rsid w:val="00FE406B"/>
     <w:rsid w:val="00FE4392"/>
     <w:rsid w:val="00FE5312"/>
     <w:rsid w:val="00FE5645"/>
     <w:rsid w:val="00FE5730"/>
+    <w:rsid w:val="00FE587E"/>
     <w:rsid w:val="00FE65A7"/>
     <w:rsid w:val="00FE6C3C"/>
     <w:rsid w:val="00FF0A24"/>
     <w:rsid w:val="00FF0B2F"/>
     <w:rsid w:val="00FF0F09"/>
     <w:rsid w:val="00FF0F69"/>
     <w:rsid w:val="00FF12E5"/>
     <w:rsid w:val="00FF1FE4"/>
     <w:rsid w:val="00FF2206"/>
     <w:rsid w:val="00FF2292"/>
     <w:rsid w:val="00FF23F1"/>
     <w:rsid w:val="00FF2694"/>
     <w:rsid w:val="00FF3072"/>
     <w:rsid w:val="00FF341B"/>
     <w:rsid w:val="00FF3C75"/>
     <w:rsid w:val="00FF3C9D"/>
     <w:rsid w:val="00FF4366"/>
     <w:rsid w:val="00FF47C9"/>
     <w:rsid w:val="00FF485A"/>
     <w:rsid w:val="00FF48B6"/>
     <w:rsid w:val="00FF4ACE"/>
     <w:rsid w:val="00FF4E73"/>
     <w:rsid w:val="00FF4FAF"/>
     <w:rsid w:val="00FF5775"/>
     <w:rsid w:val="00FF667F"/>
     <w:rsid w:val="00FF6C2F"/>
     <w:rsid w:val="00FF7054"/>
     <w:rsid w:val="00FF76FE"/>
     <w:rsid w:val="00FF7BBA"/>
     <w:rsid w:val="00FF7F54"/>
     <w:rsid w:val="00FF7FBF"/>
+    <w:rsid w:val="01068F6A"/>
     <w:rsid w:val="010885C3"/>
+    <w:rsid w:val="017C0A65"/>
     <w:rsid w:val="019FA6FE"/>
     <w:rsid w:val="01CB89EA"/>
     <w:rsid w:val="01CD8CD1"/>
     <w:rsid w:val="01CEA699"/>
     <w:rsid w:val="01E9F111"/>
+    <w:rsid w:val="01F8309D"/>
+    <w:rsid w:val="024AFD56"/>
+    <w:rsid w:val="0259F65F"/>
+    <w:rsid w:val="025C813C"/>
+    <w:rsid w:val="02895B82"/>
+    <w:rsid w:val="0298D5C6"/>
+    <w:rsid w:val="02A0E89F"/>
+    <w:rsid w:val="02B05448"/>
+    <w:rsid w:val="02E0D0FF"/>
+    <w:rsid w:val="0347A979"/>
     <w:rsid w:val="03551CE2"/>
+    <w:rsid w:val="03570B2F"/>
     <w:rsid w:val="035B2436"/>
+    <w:rsid w:val="035B8260"/>
     <w:rsid w:val="036DD822"/>
+    <w:rsid w:val="0382793E"/>
     <w:rsid w:val="03BC793B"/>
+    <w:rsid w:val="03DA0F54"/>
+    <w:rsid w:val="03F2A7EF"/>
+    <w:rsid w:val="03FDDF04"/>
     <w:rsid w:val="0437704C"/>
+    <w:rsid w:val="0446012A"/>
+    <w:rsid w:val="045571B2"/>
+    <w:rsid w:val="0459C3CD"/>
+    <w:rsid w:val="048411D1"/>
     <w:rsid w:val="0485E228"/>
+    <w:rsid w:val="048D3ABA"/>
     <w:rsid w:val="049D1B31"/>
+    <w:rsid w:val="04AC039B"/>
+    <w:rsid w:val="04BE9D77"/>
+    <w:rsid w:val="04D5997E"/>
     <w:rsid w:val="0509E76F"/>
+    <w:rsid w:val="050C6B56"/>
+    <w:rsid w:val="050DB2D3"/>
+    <w:rsid w:val="0518227D"/>
+    <w:rsid w:val="051968AF"/>
+    <w:rsid w:val="052ACDA6"/>
     <w:rsid w:val="054706EA"/>
+    <w:rsid w:val="0558691C"/>
+    <w:rsid w:val="05770841"/>
     <w:rsid w:val="05AE4FF4"/>
+    <w:rsid w:val="05B4E2A7"/>
     <w:rsid w:val="05DB7DAE"/>
+    <w:rsid w:val="05FF034F"/>
+    <w:rsid w:val="0640EA7A"/>
     <w:rsid w:val="06789607"/>
     <w:rsid w:val="0689D6A7"/>
     <w:rsid w:val="06B94735"/>
+    <w:rsid w:val="06D7C017"/>
+    <w:rsid w:val="06F3EE9E"/>
     <w:rsid w:val="0740F279"/>
+    <w:rsid w:val="0749456A"/>
     <w:rsid w:val="074CA3AC"/>
+    <w:rsid w:val="075F2529"/>
     <w:rsid w:val="07641289"/>
+    <w:rsid w:val="077D10B9"/>
+    <w:rsid w:val="0783E1C5"/>
+    <w:rsid w:val="0786BCF5"/>
+    <w:rsid w:val="078CE51D"/>
     <w:rsid w:val="07FDB4D4"/>
+    <w:rsid w:val="0827EF67"/>
+    <w:rsid w:val="085580FB"/>
     <w:rsid w:val="085B772B"/>
     <w:rsid w:val="0863539B"/>
+    <w:rsid w:val="086C8A6A"/>
+    <w:rsid w:val="086D8867"/>
+    <w:rsid w:val="08AFE78E"/>
+    <w:rsid w:val="08D00BF4"/>
     <w:rsid w:val="0908CC44"/>
+    <w:rsid w:val="0922071A"/>
     <w:rsid w:val="092AFCCD"/>
+    <w:rsid w:val="0934CDDC"/>
+    <w:rsid w:val="0948EF61"/>
     <w:rsid w:val="09754A5C"/>
+    <w:rsid w:val="0984E9E4"/>
     <w:rsid w:val="09856568"/>
+    <w:rsid w:val="09C51C03"/>
     <w:rsid w:val="09E05120"/>
     <w:rsid w:val="09E14DA8"/>
+    <w:rsid w:val="09E4AADF"/>
     <w:rsid w:val="0A0CB692"/>
+    <w:rsid w:val="0A12BA0B"/>
+    <w:rsid w:val="0A39B808"/>
+    <w:rsid w:val="0A3A291D"/>
+    <w:rsid w:val="0A6C71B1"/>
+    <w:rsid w:val="0A753FAD"/>
+    <w:rsid w:val="0A7ACA31"/>
     <w:rsid w:val="0A82C5CE"/>
     <w:rsid w:val="0A96D6BE"/>
+    <w:rsid w:val="0A9F76CC"/>
+    <w:rsid w:val="0AA8A5DE"/>
     <w:rsid w:val="0AC85023"/>
+    <w:rsid w:val="0ACBD25D"/>
     <w:rsid w:val="0AE1AA14"/>
+    <w:rsid w:val="0B01197F"/>
+    <w:rsid w:val="0B0E43BD"/>
+    <w:rsid w:val="0B1FB793"/>
+    <w:rsid w:val="0B4465B0"/>
+    <w:rsid w:val="0B4D078E"/>
+    <w:rsid w:val="0BA89E0F"/>
+    <w:rsid w:val="0BACE595"/>
     <w:rsid w:val="0BCAC867"/>
+    <w:rsid w:val="0BD4A02B"/>
     <w:rsid w:val="0BF32012"/>
+    <w:rsid w:val="0C5665B2"/>
     <w:rsid w:val="0C7EA2BC"/>
+    <w:rsid w:val="0C9517B5"/>
     <w:rsid w:val="0C97E241"/>
     <w:rsid w:val="0C9B6FBB"/>
+    <w:rsid w:val="0CA49E95"/>
     <w:rsid w:val="0CAC23C0"/>
+    <w:rsid w:val="0CBFB868"/>
     <w:rsid w:val="0CD1E97E"/>
     <w:rsid w:val="0CD68105"/>
+    <w:rsid w:val="0CE00F3B"/>
+    <w:rsid w:val="0CF9BF1E"/>
     <w:rsid w:val="0D14C00C"/>
+    <w:rsid w:val="0D27A27B"/>
+    <w:rsid w:val="0D3260A7"/>
+    <w:rsid w:val="0D55EBFF"/>
+    <w:rsid w:val="0D5CE20A"/>
     <w:rsid w:val="0D5E3E9C"/>
     <w:rsid w:val="0D629B01"/>
+    <w:rsid w:val="0DAC614F"/>
     <w:rsid w:val="0DBCE8E0"/>
+    <w:rsid w:val="0DF07B02"/>
+    <w:rsid w:val="0DF09BC3"/>
+    <w:rsid w:val="0E404B16"/>
+    <w:rsid w:val="0E7A1268"/>
+    <w:rsid w:val="0E873E22"/>
+    <w:rsid w:val="0E8EADBB"/>
     <w:rsid w:val="0E8EF41F"/>
+    <w:rsid w:val="0EA73E57"/>
     <w:rsid w:val="0EAE5624"/>
+    <w:rsid w:val="0EBFAA60"/>
+    <w:rsid w:val="0EED3EDE"/>
+    <w:rsid w:val="0F10B24E"/>
+    <w:rsid w:val="0F13DE9B"/>
+    <w:rsid w:val="0F31EE48"/>
+    <w:rsid w:val="0F3433D0"/>
     <w:rsid w:val="0F4E561F"/>
+    <w:rsid w:val="0F7E75F3"/>
     <w:rsid w:val="0F871120"/>
+    <w:rsid w:val="0FC14B12"/>
     <w:rsid w:val="0FC45D6A"/>
+    <w:rsid w:val="0FE2CC52"/>
+    <w:rsid w:val="1019DE82"/>
+    <w:rsid w:val="1051A28F"/>
+    <w:rsid w:val="1061B7A9"/>
     <w:rsid w:val="106629F4"/>
     <w:rsid w:val="106BA343"/>
+    <w:rsid w:val="10E5B819"/>
     <w:rsid w:val="10FA09CB"/>
+    <w:rsid w:val="11185207"/>
+    <w:rsid w:val="11211DEC"/>
+    <w:rsid w:val="1148964D"/>
     <w:rsid w:val="1158D756"/>
+    <w:rsid w:val="11787781"/>
+    <w:rsid w:val="119369D1"/>
     <w:rsid w:val="11DF8DFD"/>
     <w:rsid w:val="11EB3753"/>
     <w:rsid w:val="11EF8BFD"/>
+    <w:rsid w:val="11F09E13"/>
+    <w:rsid w:val="12011E2B"/>
     <w:rsid w:val="12294732"/>
+    <w:rsid w:val="122E7EE7"/>
+    <w:rsid w:val="124540AF"/>
+    <w:rsid w:val="1267EAFD"/>
     <w:rsid w:val="126EDCB4"/>
     <w:rsid w:val="127112A0"/>
+    <w:rsid w:val="1276C2C2"/>
     <w:rsid w:val="1286B680"/>
+    <w:rsid w:val="12AC4AE7"/>
+    <w:rsid w:val="12B59325"/>
+    <w:rsid w:val="12BB0A0A"/>
     <w:rsid w:val="12E59FB7"/>
+    <w:rsid w:val="12E78E60"/>
+    <w:rsid w:val="12FE3416"/>
+    <w:rsid w:val="130BDC97"/>
+    <w:rsid w:val="1328BCD2"/>
+    <w:rsid w:val="132EE17F"/>
     <w:rsid w:val="13310409"/>
+    <w:rsid w:val="13867171"/>
+    <w:rsid w:val="13943E68"/>
+    <w:rsid w:val="13B9A75A"/>
+    <w:rsid w:val="13BB619D"/>
+    <w:rsid w:val="13DB0501"/>
+    <w:rsid w:val="13E468EE"/>
+    <w:rsid w:val="13EF8720"/>
     <w:rsid w:val="13FE62E6"/>
+    <w:rsid w:val="143FB360"/>
     <w:rsid w:val="1447924B"/>
+    <w:rsid w:val="144AC6BD"/>
+    <w:rsid w:val="1486B09A"/>
+    <w:rsid w:val="14A3454E"/>
+    <w:rsid w:val="14B93A88"/>
+    <w:rsid w:val="14F2FE6F"/>
+    <w:rsid w:val="14FC4BAD"/>
     <w:rsid w:val="151444B5"/>
     <w:rsid w:val="152BE036"/>
     <w:rsid w:val="15308722"/>
     <w:rsid w:val="154D7715"/>
+    <w:rsid w:val="157B12A9"/>
+    <w:rsid w:val="1587359D"/>
     <w:rsid w:val="1588CB9B"/>
+    <w:rsid w:val="15922EE3"/>
     <w:rsid w:val="159296F8"/>
+    <w:rsid w:val="15A579F4"/>
+    <w:rsid w:val="15ABD452"/>
+    <w:rsid w:val="15D1E715"/>
+    <w:rsid w:val="15F87794"/>
+    <w:rsid w:val="15F8FBAF"/>
+    <w:rsid w:val="1631CB79"/>
+    <w:rsid w:val="1643D17D"/>
+    <w:rsid w:val="164EAFB9"/>
     <w:rsid w:val="165133A1"/>
+    <w:rsid w:val="1652E31B"/>
+    <w:rsid w:val="1685ABCC"/>
+    <w:rsid w:val="1698858B"/>
+    <w:rsid w:val="16C4E478"/>
+    <w:rsid w:val="16D2627B"/>
+    <w:rsid w:val="16E1FEB8"/>
+    <w:rsid w:val="1730597D"/>
     <w:rsid w:val="17375507"/>
+    <w:rsid w:val="17384EF7"/>
+    <w:rsid w:val="1753895A"/>
     <w:rsid w:val="17647B73"/>
+    <w:rsid w:val="1787EF3D"/>
     <w:rsid w:val="1788A12D"/>
     <w:rsid w:val="179ADDA2"/>
+    <w:rsid w:val="17AE9D49"/>
+    <w:rsid w:val="17C26C53"/>
+    <w:rsid w:val="17DAB690"/>
+    <w:rsid w:val="17EA6418"/>
     <w:rsid w:val="17F7EECC"/>
     <w:rsid w:val="1803DD5F"/>
+    <w:rsid w:val="1808791F"/>
+    <w:rsid w:val="1822B5CF"/>
+    <w:rsid w:val="182BDDE3"/>
+    <w:rsid w:val="182F22CC"/>
+    <w:rsid w:val="18741AC6"/>
+    <w:rsid w:val="18961DFD"/>
+    <w:rsid w:val="18969509"/>
+    <w:rsid w:val="189B3DA6"/>
+    <w:rsid w:val="18B1E287"/>
+    <w:rsid w:val="18CA6A05"/>
+    <w:rsid w:val="18CEC0CC"/>
     <w:rsid w:val="18DBD688"/>
     <w:rsid w:val="19212E0F"/>
+    <w:rsid w:val="19341AC4"/>
+    <w:rsid w:val="19637746"/>
     <w:rsid w:val="19928CC3"/>
     <w:rsid w:val="19C288DD"/>
+    <w:rsid w:val="19D07163"/>
+    <w:rsid w:val="19D96AE1"/>
     <w:rsid w:val="19F02F1D"/>
+    <w:rsid w:val="1A502BD2"/>
+    <w:rsid w:val="1A63C09F"/>
+    <w:rsid w:val="1A6AF995"/>
     <w:rsid w:val="1A6CF678"/>
+    <w:rsid w:val="1A71F29E"/>
     <w:rsid w:val="1AAAA202"/>
+    <w:rsid w:val="1ABA714C"/>
+    <w:rsid w:val="1ABD8A71"/>
+    <w:rsid w:val="1AC7810C"/>
     <w:rsid w:val="1B2A4C94"/>
     <w:rsid w:val="1B5C79F9"/>
     <w:rsid w:val="1B7813E7"/>
+    <w:rsid w:val="1BA1296A"/>
+    <w:rsid w:val="1BEC091E"/>
+    <w:rsid w:val="1C022792"/>
+    <w:rsid w:val="1C04CB4F"/>
+    <w:rsid w:val="1C166B65"/>
+    <w:rsid w:val="1C3F32C8"/>
+    <w:rsid w:val="1C58F081"/>
+    <w:rsid w:val="1C82334E"/>
+    <w:rsid w:val="1CD3941A"/>
+    <w:rsid w:val="1CD4386C"/>
+    <w:rsid w:val="1CD6A198"/>
     <w:rsid w:val="1CDE8C66"/>
+    <w:rsid w:val="1CE45204"/>
+    <w:rsid w:val="1CE6BE84"/>
+    <w:rsid w:val="1D013AF2"/>
+    <w:rsid w:val="1D1C8639"/>
+    <w:rsid w:val="1D212B82"/>
+    <w:rsid w:val="1D32CBBC"/>
+    <w:rsid w:val="1D5BB34E"/>
+    <w:rsid w:val="1D6C6AD2"/>
+    <w:rsid w:val="1D76566C"/>
+    <w:rsid w:val="1D78362B"/>
+    <w:rsid w:val="1D789D21"/>
     <w:rsid w:val="1D821450"/>
+    <w:rsid w:val="1D8DAC7E"/>
+    <w:rsid w:val="1D97A6D3"/>
+    <w:rsid w:val="1DBB1A54"/>
     <w:rsid w:val="1DBE6FF2"/>
+    <w:rsid w:val="1DC06E3B"/>
     <w:rsid w:val="1DD74FFE"/>
+    <w:rsid w:val="1DE58C72"/>
+    <w:rsid w:val="1DE74CFF"/>
     <w:rsid w:val="1DEAFB1E"/>
     <w:rsid w:val="1DEB057D"/>
+    <w:rsid w:val="1DF606A0"/>
+    <w:rsid w:val="1E1E457F"/>
+    <w:rsid w:val="1E3D32B3"/>
+    <w:rsid w:val="1E473F8B"/>
     <w:rsid w:val="1E5F70B0"/>
+    <w:rsid w:val="1E6E6D14"/>
     <w:rsid w:val="1E758CBD"/>
+    <w:rsid w:val="1E7A9C6A"/>
+    <w:rsid w:val="1E7C97AA"/>
+    <w:rsid w:val="1E822AF9"/>
+    <w:rsid w:val="1E92CA56"/>
     <w:rsid w:val="1EAC55DA"/>
+    <w:rsid w:val="1EB33FCD"/>
     <w:rsid w:val="1EE2BAA3"/>
+    <w:rsid w:val="1F0C6170"/>
     <w:rsid w:val="1F0EF5C6"/>
     <w:rsid w:val="1F63B926"/>
+    <w:rsid w:val="1F81AE15"/>
+    <w:rsid w:val="1F988F59"/>
+    <w:rsid w:val="1F9C0D69"/>
+    <w:rsid w:val="1FC5EB59"/>
+    <w:rsid w:val="1FCF9F85"/>
     <w:rsid w:val="1FE4BDD1"/>
+    <w:rsid w:val="1FF4A325"/>
+    <w:rsid w:val="1FF87234"/>
     <w:rsid w:val="2007CF94"/>
+    <w:rsid w:val="201D1DF8"/>
+    <w:rsid w:val="2067F67A"/>
     <w:rsid w:val="207CC22A"/>
     <w:rsid w:val="20C372C7"/>
+    <w:rsid w:val="20F24CDF"/>
+    <w:rsid w:val="20F709EE"/>
+    <w:rsid w:val="20FBE01C"/>
     <w:rsid w:val="2106FB90"/>
+    <w:rsid w:val="21077CD3"/>
+    <w:rsid w:val="212D6C22"/>
     <w:rsid w:val="21657D0C"/>
+    <w:rsid w:val="21A38FA9"/>
     <w:rsid w:val="21B572E6"/>
     <w:rsid w:val="21BA9C9B"/>
     <w:rsid w:val="21D8D01A"/>
+    <w:rsid w:val="21E9A3F3"/>
     <w:rsid w:val="22140550"/>
+    <w:rsid w:val="22209851"/>
+    <w:rsid w:val="2244FD64"/>
     <w:rsid w:val="2262AA78"/>
+    <w:rsid w:val="226D069E"/>
     <w:rsid w:val="2282CB1D"/>
+    <w:rsid w:val="228D5817"/>
+    <w:rsid w:val="22AE014C"/>
     <w:rsid w:val="22B01956"/>
+    <w:rsid w:val="2304BFD3"/>
     <w:rsid w:val="230708AB"/>
     <w:rsid w:val="23183CED"/>
+    <w:rsid w:val="2336858F"/>
+    <w:rsid w:val="2344F308"/>
+    <w:rsid w:val="2396E4BE"/>
     <w:rsid w:val="239ABB7D"/>
+    <w:rsid w:val="23BF8210"/>
     <w:rsid w:val="2416D4BF"/>
+    <w:rsid w:val="242ACDCA"/>
+    <w:rsid w:val="242BC4F5"/>
     <w:rsid w:val="24477189"/>
     <w:rsid w:val="2451DF3A"/>
     <w:rsid w:val="2468D356"/>
     <w:rsid w:val="246BE30C"/>
     <w:rsid w:val="246CD287"/>
+    <w:rsid w:val="2477EEC1"/>
     <w:rsid w:val="24CD4E80"/>
+    <w:rsid w:val="24D8B1AC"/>
+    <w:rsid w:val="2517F5F9"/>
     <w:rsid w:val="2523191D"/>
     <w:rsid w:val="2568AB0B"/>
+    <w:rsid w:val="25733CE9"/>
+    <w:rsid w:val="257C61B0"/>
+    <w:rsid w:val="2593EB65"/>
     <w:rsid w:val="259E3A13"/>
+    <w:rsid w:val="25B1049E"/>
+    <w:rsid w:val="25B2C585"/>
+    <w:rsid w:val="25E166DB"/>
     <w:rsid w:val="25F33BE6"/>
+    <w:rsid w:val="2601121D"/>
+    <w:rsid w:val="26157A80"/>
     <w:rsid w:val="261F268C"/>
+    <w:rsid w:val="26215516"/>
+    <w:rsid w:val="2677FF5F"/>
     <w:rsid w:val="2683EF99"/>
     <w:rsid w:val="26A4FF53"/>
+    <w:rsid w:val="26A83FEE"/>
+    <w:rsid w:val="26B0E6AE"/>
+    <w:rsid w:val="26C8F523"/>
     <w:rsid w:val="26CCB7AA"/>
     <w:rsid w:val="26E34B4E"/>
+    <w:rsid w:val="26F0B860"/>
     <w:rsid w:val="2714C861"/>
+    <w:rsid w:val="272C4C22"/>
+    <w:rsid w:val="272DF468"/>
+    <w:rsid w:val="2732B9F7"/>
+    <w:rsid w:val="273D9084"/>
+    <w:rsid w:val="2758F7F9"/>
     <w:rsid w:val="27663178"/>
     <w:rsid w:val="2773DF11"/>
     <w:rsid w:val="279020D4"/>
     <w:rsid w:val="27902803"/>
+    <w:rsid w:val="27AC0E55"/>
     <w:rsid w:val="27D0625A"/>
     <w:rsid w:val="27DD393D"/>
+    <w:rsid w:val="281189D6"/>
     <w:rsid w:val="28273D65"/>
     <w:rsid w:val="2831647F"/>
+    <w:rsid w:val="284B2134"/>
+    <w:rsid w:val="284B375C"/>
+    <w:rsid w:val="286BAE22"/>
+    <w:rsid w:val="28BEAAED"/>
+    <w:rsid w:val="28D58C7A"/>
+    <w:rsid w:val="28D82922"/>
     <w:rsid w:val="29085A55"/>
+    <w:rsid w:val="291A6B5B"/>
+    <w:rsid w:val="294D4B36"/>
+    <w:rsid w:val="295EDBBE"/>
     <w:rsid w:val="295F0B3C"/>
+    <w:rsid w:val="29A9C7D7"/>
+    <w:rsid w:val="29D15D96"/>
+    <w:rsid w:val="29E0CF3B"/>
+    <w:rsid w:val="29E14E92"/>
+    <w:rsid w:val="29FE1E02"/>
+    <w:rsid w:val="2A23547E"/>
+    <w:rsid w:val="2A257B0E"/>
+    <w:rsid w:val="2A2F2E3E"/>
     <w:rsid w:val="2A355D98"/>
+    <w:rsid w:val="2A5D44CA"/>
     <w:rsid w:val="2A74601D"/>
+    <w:rsid w:val="2A9FF508"/>
+    <w:rsid w:val="2AAF4053"/>
     <w:rsid w:val="2AB1EAEF"/>
     <w:rsid w:val="2AB2C8D8"/>
     <w:rsid w:val="2ABDAA61"/>
+    <w:rsid w:val="2AC63926"/>
+    <w:rsid w:val="2AD12E67"/>
+    <w:rsid w:val="2B03716F"/>
+    <w:rsid w:val="2B0CE092"/>
     <w:rsid w:val="2B270E5D"/>
+    <w:rsid w:val="2B31991D"/>
     <w:rsid w:val="2B405877"/>
     <w:rsid w:val="2B449894"/>
+    <w:rsid w:val="2B654847"/>
     <w:rsid w:val="2B72BD34"/>
     <w:rsid w:val="2B72D985"/>
+    <w:rsid w:val="2BD78FD8"/>
     <w:rsid w:val="2C0F1796"/>
     <w:rsid w:val="2C32C152"/>
     <w:rsid w:val="2C46CF51"/>
+    <w:rsid w:val="2C5F8346"/>
+    <w:rsid w:val="2C74E5D7"/>
     <w:rsid w:val="2C7E1CA0"/>
     <w:rsid w:val="2C837899"/>
     <w:rsid w:val="2C9158C6"/>
+    <w:rsid w:val="2C934B9C"/>
     <w:rsid w:val="2CE79BB7"/>
+    <w:rsid w:val="2CFB4082"/>
+    <w:rsid w:val="2D31F00A"/>
+    <w:rsid w:val="2D57D9F7"/>
+    <w:rsid w:val="2D57EC2C"/>
     <w:rsid w:val="2DA1BF57"/>
+    <w:rsid w:val="2DD0C404"/>
+    <w:rsid w:val="2DDF7234"/>
     <w:rsid w:val="2DEA05BD"/>
     <w:rsid w:val="2DFFAC9A"/>
+    <w:rsid w:val="2E072648"/>
+    <w:rsid w:val="2E3E673C"/>
+    <w:rsid w:val="2E46D02A"/>
+    <w:rsid w:val="2E66E792"/>
+    <w:rsid w:val="2E67773F"/>
+    <w:rsid w:val="2E6D73C7"/>
     <w:rsid w:val="2E7B5CE0"/>
     <w:rsid w:val="2E7C31C9"/>
+    <w:rsid w:val="2EC560B9"/>
     <w:rsid w:val="2F071CE2"/>
+    <w:rsid w:val="2F0961B5"/>
     <w:rsid w:val="2F11D050"/>
+    <w:rsid w:val="2F23B570"/>
+    <w:rsid w:val="2F46FF29"/>
+    <w:rsid w:val="2F5DBD41"/>
+    <w:rsid w:val="2F728442"/>
     <w:rsid w:val="2FD7F8EC"/>
+    <w:rsid w:val="3015BA28"/>
     <w:rsid w:val="302AE77A"/>
+    <w:rsid w:val="3034CD96"/>
     <w:rsid w:val="304B4F25"/>
+    <w:rsid w:val="3066583C"/>
     <w:rsid w:val="3069EFA4"/>
+    <w:rsid w:val="3077DFD5"/>
+    <w:rsid w:val="307B1F69"/>
     <w:rsid w:val="30813013"/>
+    <w:rsid w:val="30C47E25"/>
     <w:rsid w:val="30CC72CC"/>
+    <w:rsid w:val="30DCACF8"/>
     <w:rsid w:val="30FD12C7"/>
+    <w:rsid w:val="3104B95F"/>
     <w:rsid w:val="31092F4C"/>
     <w:rsid w:val="318985F6"/>
+    <w:rsid w:val="318C3FBE"/>
+    <w:rsid w:val="318E85CA"/>
     <w:rsid w:val="3197A1D0"/>
+    <w:rsid w:val="31BAF138"/>
     <w:rsid w:val="31DE879D"/>
+    <w:rsid w:val="31E69391"/>
     <w:rsid w:val="31EE043A"/>
     <w:rsid w:val="31EEF4A6"/>
     <w:rsid w:val="32B4A2FF"/>
+    <w:rsid w:val="32B84786"/>
+    <w:rsid w:val="32B9CA6A"/>
+    <w:rsid w:val="32BDA293"/>
     <w:rsid w:val="32C26E34"/>
+    <w:rsid w:val="32C30C64"/>
+    <w:rsid w:val="32D23A4B"/>
     <w:rsid w:val="32E92805"/>
+    <w:rsid w:val="32F336B4"/>
+    <w:rsid w:val="32FC4B92"/>
     <w:rsid w:val="330C91CE"/>
+    <w:rsid w:val="330D356F"/>
     <w:rsid w:val="331CAEC4"/>
     <w:rsid w:val="3329E10D"/>
+    <w:rsid w:val="333417B4"/>
     <w:rsid w:val="3338F81A"/>
+    <w:rsid w:val="3362802C"/>
+    <w:rsid w:val="3365141F"/>
+    <w:rsid w:val="33657671"/>
     <w:rsid w:val="33910EFE"/>
+    <w:rsid w:val="33B4B8F1"/>
     <w:rsid w:val="33BB9C91"/>
     <w:rsid w:val="33BFF0CB"/>
     <w:rsid w:val="33E2ABA4"/>
     <w:rsid w:val="33ED6D7C"/>
+    <w:rsid w:val="340683ED"/>
+    <w:rsid w:val="34108436"/>
+    <w:rsid w:val="34282790"/>
     <w:rsid w:val="342BD182"/>
+    <w:rsid w:val="342E9983"/>
     <w:rsid w:val="343D783B"/>
+    <w:rsid w:val="345FEE4C"/>
+    <w:rsid w:val="346EDAC4"/>
     <w:rsid w:val="3481C652"/>
     <w:rsid w:val="3481DB8B"/>
     <w:rsid w:val="348503EB"/>
     <w:rsid w:val="34E50C44"/>
     <w:rsid w:val="352D2693"/>
+    <w:rsid w:val="3543C59B"/>
+    <w:rsid w:val="3544F349"/>
     <w:rsid w:val="354EFDAC"/>
     <w:rsid w:val="356329EE"/>
+    <w:rsid w:val="358239AF"/>
+    <w:rsid w:val="3594D5E0"/>
     <w:rsid w:val="35A009EC"/>
+    <w:rsid w:val="35B07EFE"/>
     <w:rsid w:val="35B80FFE"/>
     <w:rsid w:val="35D281E8"/>
+    <w:rsid w:val="3601C855"/>
+    <w:rsid w:val="3619903C"/>
+    <w:rsid w:val="369A4688"/>
+    <w:rsid w:val="36A4724A"/>
+    <w:rsid w:val="36D3081F"/>
     <w:rsid w:val="36D3BC6C"/>
+    <w:rsid w:val="36D9DDC3"/>
     <w:rsid w:val="36DDDE38"/>
+    <w:rsid w:val="372213B6"/>
+    <w:rsid w:val="37236890"/>
     <w:rsid w:val="372A744C"/>
+    <w:rsid w:val="372DAA1C"/>
+    <w:rsid w:val="37336748"/>
     <w:rsid w:val="3746FD72"/>
+    <w:rsid w:val="37537E94"/>
+    <w:rsid w:val="377B652F"/>
+    <w:rsid w:val="37AC92F2"/>
     <w:rsid w:val="37B39D51"/>
     <w:rsid w:val="37B7AB2F"/>
     <w:rsid w:val="37D9AB18"/>
+    <w:rsid w:val="37DA4091"/>
+    <w:rsid w:val="37E341E6"/>
     <w:rsid w:val="37E3E6A4"/>
+    <w:rsid w:val="37FE094E"/>
+    <w:rsid w:val="37FE104D"/>
     <w:rsid w:val="380429CB"/>
     <w:rsid w:val="38092712"/>
+    <w:rsid w:val="3830C9B4"/>
     <w:rsid w:val="383AF6BC"/>
+    <w:rsid w:val="384C56F6"/>
     <w:rsid w:val="388A199C"/>
     <w:rsid w:val="3894F219"/>
+    <w:rsid w:val="38957DC3"/>
     <w:rsid w:val="38A1C645"/>
+    <w:rsid w:val="38B4C217"/>
+    <w:rsid w:val="38E16F82"/>
     <w:rsid w:val="38E2768A"/>
     <w:rsid w:val="38EC5CF0"/>
+    <w:rsid w:val="39003805"/>
+    <w:rsid w:val="3910466C"/>
+    <w:rsid w:val="392125BA"/>
+    <w:rsid w:val="39538D57"/>
+    <w:rsid w:val="3998378C"/>
+    <w:rsid w:val="399BFF11"/>
+    <w:rsid w:val="39D9D4F3"/>
+    <w:rsid w:val="39ED7605"/>
     <w:rsid w:val="39FE3EBC"/>
+    <w:rsid w:val="39FF7D0D"/>
+    <w:rsid w:val="3A27AFCF"/>
     <w:rsid w:val="3A2AD87D"/>
     <w:rsid w:val="3A358370"/>
+    <w:rsid w:val="3A42F8C2"/>
     <w:rsid w:val="3A4D3B1F"/>
     <w:rsid w:val="3A622661"/>
+    <w:rsid w:val="3AC97628"/>
+    <w:rsid w:val="3AD743B2"/>
     <w:rsid w:val="3ADE6DD2"/>
     <w:rsid w:val="3AF69438"/>
+    <w:rsid w:val="3AFDEB6B"/>
     <w:rsid w:val="3B0209F9"/>
+    <w:rsid w:val="3B139BAD"/>
+    <w:rsid w:val="3B242DC6"/>
+    <w:rsid w:val="3B43DDC9"/>
+    <w:rsid w:val="3B458F0A"/>
+    <w:rsid w:val="3B49CD78"/>
+    <w:rsid w:val="3B648035"/>
+    <w:rsid w:val="3B7123AB"/>
+    <w:rsid w:val="3B85A308"/>
+    <w:rsid w:val="3B9303F4"/>
     <w:rsid w:val="3B99B6AD"/>
     <w:rsid w:val="3B9FD876"/>
     <w:rsid w:val="3BF261C1"/>
     <w:rsid w:val="3C4BAF29"/>
     <w:rsid w:val="3C9336CA"/>
     <w:rsid w:val="3CC77A80"/>
+    <w:rsid w:val="3CDC2806"/>
     <w:rsid w:val="3CE5B2AF"/>
     <w:rsid w:val="3CF9746A"/>
     <w:rsid w:val="3CFAE050"/>
+    <w:rsid w:val="3D05EE5A"/>
+    <w:rsid w:val="3D111B15"/>
+    <w:rsid w:val="3D491E81"/>
     <w:rsid w:val="3D5B8B69"/>
+    <w:rsid w:val="3D5CB17E"/>
+    <w:rsid w:val="3D7D039C"/>
+    <w:rsid w:val="3D94E233"/>
+    <w:rsid w:val="3DA7C860"/>
+    <w:rsid w:val="3DAFA9EB"/>
+    <w:rsid w:val="3DDB1188"/>
     <w:rsid w:val="3DDCB5F8"/>
+    <w:rsid w:val="3DFCAD45"/>
+    <w:rsid w:val="3E07B6B4"/>
+    <w:rsid w:val="3E10B259"/>
+    <w:rsid w:val="3E1150CF"/>
+    <w:rsid w:val="3E4B7B8A"/>
     <w:rsid w:val="3E657CDD"/>
     <w:rsid w:val="3E70D751"/>
+    <w:rsid w:val="3E842CC6"/>
     <w:rsid w:val="3EBF43C7"/>
+    <w:rsid w:val="3EC58B6D"/>
+    <w:rsid w:val="3ED3E34E"/>
+    <w:rsid w:val="3EF47EA5"/>
     <w:rsid w:val="3F25643A"/>
+    <w:rsid w:val="3F280651"/>
+    <w:rsid w:val="3F826B0C"/>
     <w:rsid w:val="3FADDAA1"/>
+    <w:rsid w:val="3FB2E839"/>
+    <w:rsid w:val="3FB3C402"/>
+    <w:rsid w:val="3FB48D90"/>
     <w:rsid w:val="3FB688F3"/>
+    <w:rsid w:val="3FBC0124"/>
     <w:rsid w:val="3FBF20C2"/>
     <w:rsid w:val="3FC1C036"/>
+    <w:rsid w:val="3FD72DBD"/>
     <w:rsid w:val="3FF5BFDD"/>
+    <w:rsid w:val="4002EC67"/>
+    <w:rsid w:val="400F2A32"/>
+    <w:rsid w:val="408496A4"/>
     <w:rsid w:val="40A8A464"/>
+    <w:rsid w:val="40CAD52F"/>
+    <w:rsid w:val="40DB188B"/>
+    <w:rsid w:val="40F632EA"/>
+    <w:rsid w:val="41060463"/>
+    <w:rsid w:val="41061D71"/>
     <w:rsid w:val="410F418A"/>
+    <w:rsid w:val="4118C28C"/>
+    <w:rsid w:val="4128F738"/>
+    <w:rsid w:val="4157749D"/>
+    <w:rsid w:val="41612CED"/>
+    <w:rsid w:val="4179E309"/>
+    <w:rsid w:val="417E9095"/>
+    <w:rsid w:val="417F4BFE"/>
+    <w:rsid w:val="418F8F09"/>
     <w:rsid w:val="41E4A38E"/>
     <w:rsid w:val="41E66EF7"/>
+    <w:rsid w:val="41FD4A3F"/>
     <w:rsid w:val="421609B3"/>
+    <w:rsid w:val="422EDFDF"/>
+    <w:rsid w:val="42427274"/>
+    <w:rsid w:val="42495AAF"/>
+    <w:rsid w:val="4254377C"/>
     <w:rsid w:val="4293F114"/>
     <w:rsid w:val="42A4548F"/>
+    <w:rsid w:val="42A78ABB"/>
     <w:rsid w:val="42CC7BC5"/>
     <w:rsid w:val="42FA3B1F"/>
     <w:rsid w:val="433C90B5"/>
+    <w:rsid w:val="4343615B"/>
     <w:rsid w:val="434D991A"/>
     <w:rsid w:val="43504692"/>
+    <w:rsid w:val="4398CBF2"/>
+    <w:rsid w:val="439AC6C5"/>
+    <w:rsid w:val="43A11487"/>
+    <w:rsid w:val="43A2F1FB"/>
+    <w:rsid w:val="43A91165"/>
+    <w:rsid w:val="43E37862"/>
+    <w:rsid w:val="4415046A"/>
+    <w:rsid w:val="441D2622"/>
+    <w:rsid w:val="442FABE6"/>
+    <w:rsid w:val="4449B454"/>
+    <w:rsid w:val="44594E51"/>
+    <w:rsid w:val="4469CBEB"/>
+    <w:rsid w:val="44819467"/>
+    <w:rsid w:val="44B621FA"/>
     <w:rsid w:val="44DB780A"/>
+    <w:rsid w:val="44DDB4DF"/>
+    <w:rsid w:val="44E15E63"/>
     <w:rsid w:val="451D8467"/>
     <w:rsid w:val="452DB02E"/>
+    <w:rsid w:val="45529402"/>
+    <w:rsid w:val="4560F42B"/>
     <w:rsid w:val="4569191D"/>
+    <w:rsid w:val="457DCDFC"/>
     <w:rsid w:val="458976D8"/>
+    <w:rsid w:val="45BAEF05"/>
+    <w:rsid w:val="45EE39B8"/>
     <w:rsid w:val="45F1749E"/>
+    <w:rsid w:val="462BCD99"/>
+    <w:rsid w:val="466AD78E"/>
+    <w:rsid w:val="467E93B5"/>
+    <w:rsid w:val="467F9D28"/>
+    <w:rsid w:val="46856006"/>
+    <w:rsid w:val="46AE2659"/>
     <w:rsid w:val="46CB756F"/>
+    <w:rsid w:val="46E178E4"/>
+    <w:rsid w:val="46E5D587"/>
     <w:rsid w:val="46EC0885"/>
+    <w:rsid w:val="4706D54D"/>
+    <w:rsid w:val="47088D3E"/>
+    <w:rsid w:val="470E9139"/>
     <w:rsid w:val="470E9718"/>
+    <w:rsid w:val="4753A8D4"/>
     <w:rsid w:val="47C4C87B"/>
     <w:rsid w:val="47D2210E"/>
+    <w:rsid w:val="47E34009"/>
+    <w:rsid w:val="47E9D75D"/>
+    <w:rsid w:val="47EE0D98"/>
     <w:rsid w:val="47F40877"/>
+    <w:rsid w:val="480910B8"/>
     <w:rsid w:val="481C2B5F"/>
     <w:rsid w:val="482406E7"/>
     <w:rsid w:val="48293F8C"/>
+    <w:rsid w:val="482987C5"/>
     <w:rsid w:val="483CA196"/>
+    <w:rsid w:val="48573333"/>
+    <w:rsid w:val="48710475"/>
+    <w:rsid w:val="48A15CC4"/>
+    <w:rsid w:val="48AE7B74"/>
+    <w:rsid w:val="48C678EF"/>
+    <w:rsid w:val="48C9E55E"/>
+    <w:rsid w:val="48EECEAA"/>
+    <w:rsid w:val="48F2C8AA"/>
     <w:rsid w:val="49096F91"/>
     <w:rsid w:val="4930D506"/>
+    <w:rsid w:val="49457ABE"/>
     <w:rsid w:val="4951C592"/>
+    <w:rsid w:val="496EA2C4"/>
+    <w:rsid w:val="49B44C05"/>
+    <w:rsid w:val="49D05EA5"/>
     <w:rsid w:val="49E63A88"/>
+    <w:rsid w:val="49F5F869"/>
+    <w:rsid w:val="49F8008D"/>
+    <w:rsid w:val="49FC4B5F"/>
     <w:rsid w:val="4A136BDC"/>
     <w:rsid w:val="4A26B89D"/>
+    <w:rsid w:val="4A29E95C"/>
+    <w:rsid w:val="4A5D89E7"/>
+    <w:rsid w:val="4A7643D9"/>
+    <w:rsid w:val="4A9108B6"/>
+    <w:rsid w:val="4A966091"/>
+    <w:rsid w:val="4AAB86A3"/>
     <w:rsid w:val="4AB4FB35"/>
+    <w:rsid w:val="4ACD001F"/>
+    <w:rsid w:val="4AE1F46F"/>
+    <w:rsid w:val="4AE70324"/>
     <w:rsid w:val="4B0163C5"/>
+    <w:rsid w:val="4B3FED81"/>
     <w:rsid w:val="4B60781D"/>
+    <w:rsid w:val="4B97DE92"/>
+    <w:rsid w:val="4BACDC77"/>
+    <w:rsid w:val="4BD1503C"/>
     <w:rsid w:val="4BF3104F"/>
+    <w:rsid w:val="4BF668BF"/>
+    <w:rsid w:val="4BF78E16"/>
     <w:rsid w:val="4BFEA3DF"/>
     <w:rsid w:val="4C2A9F3F"/>
+    <w:rsid w:val="4C67EA19"/>
+    <w:rsid w:val="4C76A734"/>
+    <w:rsid w:val="4C9E2A17"/>
+    <w:rsid w:val="4CA9CEA1"/>
+    <w:rsid w:val="4CC346B5"/>
     <w:rsid w:val="4CD9714A"/>
+    <w:rsid w:val="4D01707D"/>
+    <w:rsid w:val="4D0A9401"/>
+    <w:rsid w:val="4D0FCD57"/>
+    <w:rsid w:val="4D1AE05C"/>
+    <w:rsid w:val="4D58EC6B"/>
+    <w:rsid w:val="4D80546D"/>
+    <w:rsid w:val="4DA41B8B"/>
+    <w:rsid w:val="4DB33705"/>
+    <w:rsid w:val="4DB5836F"/>
     <w:rsid w:val="4DCF5614"/>
+    <w:rsid w:val="4DDBBEFD"/>
     <w:rsid w:val="4DEBA75F"/>
     <w:rsid w:val="4E079D94"/>
+    <w:rsid w:val="4E2FD55F"/>
     <w:rsid w:val="4E395CC5"/>
+    <w:rsid w:val="4E4B9DB7"/>
+    <w:rsid w:val="4E5181BE"/>
     <w:rsid w:val="4E749EAC"/>
+    <w:rsid w:val="4E80D5A0"/>
     <w:rsid w:val="4E92E7FD"/>
+    <w:rsid w:val="4E97DC41"/>
     <w:rsid w:val="4EA45D7E"/>
     <w:rsid w:val="4ED97C9A"/>
     <w:rsid w:val="4EF801C0"/>
+    <w:rsid w:val="4F0297D0"/>
     <w:rsid w:val="4F09E275"/>
+    <w:rsid w:val="4F31AB91"/>
+    <w:rsid w:val="4F3A4244"/>
+    <w:rsid w:val="4F58D60E"/>
     <w:rsid w:val="4F81A441"/>
     <w:rsid w:val="4FA8B06B"/>
+    <w:rsid w:val="4FAC60F0"/>
+    <w:rsid w:val="4FCA7DD4"/>
     <w:rsid w:val="4FDDDC33"/>
+    <w:rsid w:val="4FF636F6"/>
+    <w:rsid w:val="5012391B"/>
     <w:rsid w:val="50154D23"/>
     <w:rsid w:val="501A53A0"/>
     <w:rsid w:val="501ACC07"/>
     <w:rsid w:val="505B6E0A"/>
     <w:rsid w:val="505B7E99"/>
     <w:rsid w:val="5073386C"/>
+    <w:rsid w:val="50815AF4"/>
+    <w:rsid w:val="5094D834"/>
+    <w:rsid w:val="509DA3ED"/>
+    <w:rsid w:val="50A81985"/>
     <w:rsid w:val="50BEEE4F"/>
     <w:rsid w:val="50DF1D72"/>
+    <w:rsid w:val="510152FC"/>
     <w:rsid w:val="5110D5A6"/>
+    <w:rsid w:val="51184AF5"/>
     <w:rsid w:val="514378B5"/>
     <w:rsid w:val="5187E4DA"/>
+    <w:rsid w:val="5195B9BF"/>
     <w:rsid w:val="51BC80A4"/>
+    <w:rsid w:val="51BEB76F"/>
+    <w:rsid w:val="51C7BCC3"/>
+    <w:rsid w:val="51EEC0F0"/>
     <w:rsid w:val="51F5625D"/>
     <w:rsid w:val="5216B700"/>
     <w:rsid w:val="5218824A"/>
+    <w:rsid w:val="521C2CEE"/>
+    <w:rsid w:val="521C6D4B"/>
+    <w:rsid w:val="521E4F38"/>
+    <w:rsid w:val="5248EA06"/>
     <w:rsid w:val="525D1729"/>
     <w:rsid w:val="5268E906"/>
+    <w:rsid w:val="52894A0A"/>
+    <w:rsid w:val="52CE3AEC"/>
+    <w:rsid w:val="52EF4AB2"/>
+    <w:rsid w:val="53000DE6"/>
+    <w:rsid w:val="530FD4F6"/>
+    <w:rsid w:val="53267047"/>
+    <w:rsid w:val="537CDE20"/>
+    <w:rsid w:val="53907125"/>
+    <w:rsid w:val="53A96972"/>
+    <w:rsid w:val="53CDFC19"/>
     <w:rsid w:val="53D00C69"/>
+    <w:rsid w:val="53D9BE42"/>
+    <w:rsid w:val="5431EE15"/>
+    <w:rsid w:val="543BA169"/>
+    <w:rsid w:val="5445E2C9"/>
     <w:rsid w:val="54579326"/>
     <w:rsid w:val="5473CD39"/>
+    <w:rsid w:val="54824A02"/>
+    <w:rsid w:val="54B361FB"/>
+    <w:rsid w:val="54DD2617"/>
+    <w:rsid w:val="550ED566"/>
     <w:rsid w:val="55120F95"/>
+    <w:rsid w:val="5549E278"/>
     <w:rsid w:val="556377FB"/>
     <w:rsid w:val="5568833A"/>
+    <w:rsid w:val="557DF75F"/>
+    <w:rsid w:val="55CCADB1"/>
+    <w:rsid w:val="55D219F0"/>
+    <w:rsid w:val="55D7C8BD"/>
+    <w:rsid w:val="55E7E6C8"/>
     <w:rsid w:val="56331C6C"/>
+    <w:rsid w:val="56539F75"/>
+    <w:rsid w:val="5668B1F0"/>
+    <w:rsid w:val="566E5167"/>
+    <w:rsid w:val="5670C2C3"/>
     <w:rsid w:val="567896BC"/>
+    <w:rsid w:val="567B014B"/>
     <w:rsid w:val="56DDC0C3"/>
+    <w:rsid w:val="57072210"/>
+    <w:rsid w:val="5722A8E4"/>
+    <w:rsid w:val="5722FCF4"/>
+    <w:rsid w:val="577004E7"/>
     <w:rsid w:val="577BB6F1"/>
     <w:rsid w:val="57ADD150"/>
+    <w:rsid w:val="57E25F7A"/>
+    <w:rsid w:val="57EA6761"/>
     <w:rsid w:val="57F01BE9"/>
     <w:rsid w:val="57F92E86"/>
     <w:rsid w:val="57FB0354"/>
+    <w:rsid w:val="580A24A3"/>
+    <w:rsid w:val="581B5802"/>
+    <w:rsid w:val="58271CD6"/>
     <w:rsid w:val="58314F50"/>
     <w:rsid w:val="585C6DF1"/>
+    <w:rsid w:val="587F9BBD"/>
     <w:rsid w:val="58843273"/>
     <w:rsid w:val="5896E57C"/>
+    <w:rsid w:val="589B860B"/>
     <w:rsid w:val="589ECD48"/>
+    <w:rsid w:val="58AB6DDB"/>
+    <w:rsid w:val="58D7B138"/>
+    <w:rsid w:val="58DBCE12"/>
     <w:rsid w:val="58E31165"/>
     <w:rsid w:val="58EEE0FF"/>
+    <w:rsid w:val="590DCE63"/>
+    <w:rsid w:val="592782C6"/>
+    <w:rsid w:val="594F4782"/>
+    <w:rsid w:val="594FE969"/>
     <w:rsid w:val="595C23A9"/>
     <w:rsid w:val="5988972B"/>
+    <w:rsid w:val="598DC6D9"/>
+    <w:rsid w:val="598F53CD"/>
     <w:rsid w:val="59975D5C"/>
     <w:rsid w:val="599BB81D"/>
     <w:rsid w:val="59A43698"/>
+    <w:rsid w:val="59AF7FA4"/>
+    <w:rsid w:val="59B54EF6"/>
     <w:rsid w:val="59C19D99"/>
+    <w:rsid w:val="59D0257D"/>
+    <w:rsid w:val="59D64AD4"/>
+    <w:rsid w:val="59F09AF3"/>
     <w:rsid w:val="59F1F6E2"/>
     <w:rsid w:val="59F2BEAA"/>
     <w:rsid w:val="5A322E9A"/>
+    <w:rsid w:val="5A53CDD2"/>
     <w:rsid w:val="5A63ABBB"/>
+    <w:rsid w:val="5A75B7AF"/>
+    <w:rsid w:val="5A7F0AD8"/>
+    <w:rsid w:val="5A8BE4D2"/>
     <w:rsid w:val="5A90A5A1"/>
+    <w:rsid w:val="5AB6992D"/>
+    <w:rsid w:val="5AC08D3C"/>
+    <w:rsid w:val="5ADA1C3D"/>
     <w:rsid w:val="5ADDFEFB"/>
+    <w:rsid w:val="5AF8A1AC"/>
+    <w:rsid w:val="5B0C2A42"/>
     <w:rsid w:val="5B0CEAAB"/>
+    <w:rsid w:val="5B27C126"/>
     <w:rsid w:val="5B6352A7"/>
+    <w:rsid w:val="5B7E87AF"/>
+    <w:rsid w:val="5B8A2A53"/>
+    <w:rsid w:val="5B8CB962"/>
+    <w:rsid w:val="5B91A268"/>
     <w:rsid w:val="5BA94C62"/>
+    <w:rsid w:val="5BB8A30E"/>
+    <w:rsid w:val="5BDFA766"/>
+    <w:rsid w:val="5C27CF3D"/>
+    <w:rsid w:val="5C36B381"/>
+    <w:rsid w:val="5C39BD25"/>
+    <w:rsid w:val="5C4787CD"/>
+    <w:rsid w:val="5C4D383B"/>
+    <w:rsid w:val="5C68A367"/>
+    <w:rsid w:val="5C817336"/>
     <w:rsid w:val="5C82BDF2"/>
+    <w:rsid w:val="5C8A15E8"/>
+    <w:rsid w:val="5C8A3568"/>
+    <w:rsid w:val="5CA513D4"/>
+    <w:rsid w:val="5CAEDBFB"/>
     <w:rsid w:val="5CD305FB"/>
     <w:rsid w:val="5CDA430A"/>
     <w:rsid w:val="5CDD37BD"/>
+    <w:rsid w:val="5CED7624"/>
     <w:rsid w:val="5D14C480"/>
+    <w:rsid w:val="5D193AE8"/>
+    <w:rsid w:val="5D1F7313"/>
+    <w:rsid w:val="5D246B32"/>
     <w:rsid w:val="5D2D794F"/>
+    <w:rsid w:val="5D30ECFE"/>
+    <w:rsid w:val="5D371DBD"/>
     <w:rsid w:val="5D390228"/>
     <w:rsid w:val="5D4FEE5C"/>
     <w:rsid w:val="5D784754"/>
     <w:rsid w:val="5D832EC4"/>
+    <w:rsid w:val="5D9A294A"/>
+    <w:rsid w:val="5DA6DBB9"/>
     <w:rsid w:val="5DAF14DD"/>
     <w:rsid w:val="5DC80A56"/>
     <w:rsid w:val="5DF23226"/>
+    <w:rsid w:val="5DF893CB"/>
     <w:rsid w:val="5E088BEF"/>
+    <w:rsid w:val="5E0FDE76"/>
+    <w:rsid w:val="5E1F9AD1"/>
+    <w:rsid w:val="5E2B02F3"/>
+    <w:rsid w:val="5E2B81B7"/>
     <w:rsid w:val="5E3DD23D"/>
     <w:rsid w:val="5E54A18C"/>
+    <w:rsid w:val="5E567482"/>
     <w:rsid w:val="5E647E3E"/>
+    <w:rsid w:val="5E8C4338"/>
+    <w:rsid w:val="5E9A7FA3"/>
+    <w:rsid w:val="5EB9978C"/>
+    <w:rsid w:val="5EC88CB3"/>
+    <w:rsid w:val="5EFFD5EE"/>
+    <w:rsid w:val="5F0B2F15"/>
+    <w:rsid w:val="5F19D67E"/>
+    <w:rsid w:val="5F25731A"/>
     <w:rsid w:val="5F2B1441"/>
+    <w:rsid w:val="5F31DB6F"/>
+    <w:rsid w:val="5F6419D8"/>
+    <w:rsid w:val="5F779CD9"/>
+    <w:rsid w:val="5FC69EA7"/>
+    <w:rsid w:val="5FF76430"/>
     <w:rsid w:val="6008A940"/>
+    <w:rsid w:val="604723C1"/>
+    <w:rsid w:val="6065E33F"/>
+    <w:rsid w:val="607785C7"/>
     <w:rsid w:val="60841615"/>
     <w:rsid w:val="6090249D"/>
+    <w:rsid w:val="60D1AB19"/>
+    <w:rsid w:val="60FC7BD6"/>
     <w:rsid w:val="61090B2D"/>
     <w:rsid w:val="610AB160"/>
+    <w:rsid w:val="6125599F"/>
+    <w:rsid w:val="6135453B"/>
     <w:rsid w:val="613DC743"/>
+    <w:rsid w:val="615B76BD"/>
+    <w:rsid w:val="6163EE8C"/>
     <w:rsid w:val="61674B42"/>
+    <w:rsid w:val="61798D30"/>
     <w:rsid w:val="61802BDC"/>
     <w:rsid w:val="618F2E34"/>
+    <w:rsid w:val="61A24CD7"/>
     <w:rsid w:val="61A751AA"/>
+    <w:rsid w:val="61CE88D5"/>
+    <w:rsid w:val="61F0638A"/>
+    <w:rsid w:val="621BCAC2"/>
+    <w:rsid w:val="622851D2"/>
+    <w:rsid w:val="623A256E"/>
+    <w:rsid w:val="623C7BE7"/>
+    <w:rsid w:val="62471743"/>
+    <w:rsid w:val="62BA8DCC"/>
+    <w:rsid w:val="62F23296"/>
+    <w:rsid w:val="62FB83D8"/>
+    <w:rsid w:val="632107F5"/>
+    <w:rsid w:val="63520A07"/>
     <w:rsid w:val="635D1BE8"/>
+    <w:rsid w:val="636A866C"/>
     <w:rsid w:val="63793ADC"/>
     <w:rsid w:val="638FCA67"/>
+    <w:rsid w:val="63B4E091"/>
+    <w:rsid w:val="63C18847"/>
     <w:rsid w:val="63C6D75D"/>
+    <w:rsid w:val="6425B63C"/>
+    <w:rsid w:val="64328FE9"/>
+    <w:rsid w:val="6457DA4F"/>
+    <w:rsid w:val="64583AAC"/>
     <w:rsid w:val="645A7CA4"/>
     <w:rsid w:val="648D456B"/>
     <w:rsid w:val="64D2AD47"/>
+    <w:rsid w:val="64FD1568"/>
+    <w:rsid w:val="651A503A"/>
+    <w:rsid w:val="65285A5C"/>
+    <w:rsid w:val="6533EA22"/>
+    <w:rsid w:val="6539A21D"/>
+    <w:rsid w:val="654AF9A7"/>
+    <w:rsid w:val="6558B2D7"/>
     <w:rsid w:val="655A5448"/>
+    <w:rsid w:val="6567B924"/>
     <w:rsid w:val="65B31951"/>
+    <w:rsid w:val="65C7BA77"/>
     <w:rsid w:val="65F64D05"/>
+    <w:rsid w:val="65F77701"/>
     <w:rsid w:val="661368FA"/>
+    <w:rsid w:val="662F6F7B"/>
+    <w:rsid w:val="66356239"/>
+    <w:rsid w:val="665D9AFE"/>
+    <w:rsid w:val="6676AA85"/>
+    <w:rsid w:val="667A7006"/>
     <w:rsid w:val="668AFE8F"/>
+    <w:rsid w:val="66919D6F"/>
+    <w:rsid w:val="66A0590C"/>
+    <w:rsid w:val="66B14347"/>
+    <w:rsid w:val="66DCA07D"/>
+    <w:rsid w:val="670B4780"/>
     <w:rsid w:val="670C7F9B"/>
+    <w:rsid w:val="6714EB1D"/>
     <w:rsid w:val="671A1D1F"/>
     <w:rsid w:val="671CAC54"/>
     <w:rsid w:val="6735CE3A"/>
     <w:rsid w:val="675776C0"/>
+    <w:rsid w:val="675D829A"/>
+    <w:rsid w:val="67774BBA"/>
     <w:rsid w:val="677CCF43"/>
+    <w:rsid w:val="67A618AE"/>
     <w:rsid w:val="67B110D3"/>
+    <w:rsid w:val="67C24C6D"/>
+    <w:rsid w:val="68002253"/>
+    <w:rsid w:val="681FFB69"/>
     <w:rsid w:val="682EB24E"/>
+    <w:rsid w:val="683E6155"/>
     <w:rsid w:val="6841D4E1"/>
+    <w:rsid w:val="6855F404"/>
     <w:rsid w:val="6859311B"/>
     <w:rsid w:val="6866FE79"/>
+    <w:rsid w:val="687EC805"/>
+    <w:rsid w:val="688A38AE"/>
     <w:rsid w:val="68A131B5"/>
+    <w:rsid w:val="68A1A715"/>
     <w:rsid w:val="68C2DA8B"/>
+    <w:rsid w:val="68E89ADA"/>
     <w:rsid w:val="690F72A4"/>
+    <w:rsid w:val="6927696C"/>
+    <w:rsid w:val="69376835"/>
+    <w:rsid w:val="6956D5F0"/>
     <w:rsid w:val="695AE07A"/>
     <w:rsid w:val="697B0267"/>
+    <w:rsid w:val="698E4B71"/>
     <w:rsid w:val="69B4A194"/>
+    <w:rsid w:val="69E88D21"/>
+    <w:rsid w:val="69F20940"/>
     <w:rsid w:val="69F389EE"/>
+    <w:rsid w:val="6A10D18C"/>
     <w:rsid w:val="6A158E7B"/>
+    <w:rsid w:val="6A28237A"/>
     <w:rsid w:val="6A2AA9E6"/>
     <w:rsid w:val="6A40A319"/>
+    <w:rsid w:val="6A5D59A8"/>
+    <w:rsid w:val="6A5FCC90"/>
     <w:rsid w:val="6A799C6C"/>
     <w:rsid w:val="6A8A7AB1"/>
+    <w:rsid w:val="6A90A27D"/>
+    <w:rsid w:val="6A96A31B"/>
     <w:rsid w:val="6AEA58D8"/>
+    <w:rsid w:val="6B5BDAA5"/>
     <w:rsid w:val="6B61C945"/>
     <w:rsid w:val="6B7B326E"/>
+    <w:rsid w:val="6BC73022"/>
+    <w:rsid w:val="6BC8CDA0"/>
+    <w:rsid w:val="6BF66B54"/>
+    <w:rsid w:val="6C041167"/>
     <w:rsid w:val="6C05D65D"/>
+    <w:rsid w:val="6C1CC827"/>
     <w:rsid w:val="6C35FB41"/>
+    <w:rsid w:val="6C3F4EA7"/>
+    <w:rsid w:val="6C72D3F7"/>
+    <w:rsid w:val="6C7BF055"/>
+    <w:rsid w:val="6C845447"/>
+    <w:rsid w:val="6C84725E"/>
     <w:rsid w:val="6C88CFEE"/>
     <w:rsid w:val="6C8BC9D4"/>
     <w:rsid w:val="6C9037D6"/>
     <w:rsid w:val="6CB20F46"/>
+    <w:rsid w:val="6CC11590"/>
     <w:rsid w:val="6CCCE185"/>
+    <w:rsid w:val="6CDA2E45"/>
     <w:rsid w:val="6CEB32F8"/>
+    <w:rsid w:val="6D1AE70E"/>
     <w:rsid w:val="6D30A8ED"/>
+    <w:rsid w:val="6D360E77"/>
     <w:rsid w:val="6D49F445"/>
+    <w:rsid w:val="6D517BC5"/>
+    <w:rsid w:val="6D5190E7"/>
+    <w:rsid w:val="6D737840"/>
     <w:rsid w:val="6D792608"/>
+    <w:rsid w:val="6D81AD9A"/>
     <w:rsid w:val="6D857549"/>
+    <w:rsid w:val="6DB43E70"/>
+    <w:rsid w:val="6DC89FE2"/>
+    <w:rsid w:val="6DE02A0C"/>
     <w:rsid w:val="6DF6F073"/>
     <w:rsid w:val="6E354CD8"/>
+    <w:rsid w:val="6E434971"/>
     <w:rsid w:val="6E611EC1"/>
+    <w:rsid w:val="6E912CB4"/>
+    <w:rsid w:val="6E9DD2AD"/>
     <w:rsid w:val="6EC15611"/>
+    <w:rsid w:val="6EE39129"/>
     <w:rsid w:val="6EF0E23F"/>
     <w:rsid w:val="6F110225"/>
+    <w:rsid w:val="6F14F954"/>
     <w:rsid w:val="6F284485"/>
     <w:rsid w:val="6F337DC9"/>
     <w:rsid w:val="6F617601"/>
+    <w:rsid w:val="6F6B5AF5"/>
+    <w:rsid w:val="6F7E4F6B"/>
+    <w:rsid w:val="6F939A60"/>
+    <w:rsid w:val="6FA69DF3"/>
+    <w:rsid w:val="6FD71B37"/>
+    <w:rsid w:val="7012BB8F"/>
+    <w:rsid w:val="7016C2C8"/>
     <w:rsid w:val="701D9B55"/>
+    <w:rsid w:val="702798BB"/>
     <w:rsid w:val="70398423"/>
+    <w:rsid w:val="704715DA"/>
     <w:rsid w:val="704DA716"/>
     <w:rsid w:val="7060DD5F"/>
+    <w:rsid w:val="706D8F62"/>
     <w:rsid w:val="707CDF24"/>
+    <w:rsid w:val="708648AA"/>
     <w:rsid w:val="70C577DD"/>
+    <w:rsid w:val="710A8B01"/>
+    <w:rsid w:val="710E03A4"/>
     <w:rsid w:val="7136C433"/>
     <w:rsid w:val="7144E635"/>
+    <w:rsid w:val="716264CF"/>
     <w:rsid w:val="7169CE7A"/>
     <w:rsid w:val="717BB15F"/>
     <w:rsid w:val="7182B05F"/>
     <w:rsid w:val="718FE577"/>
+    <w:rsid w:val="71DA0D5E"/>
+    <w:rsid w:val="7201AE52"/>
+    <w:rsid w:val="7252A930"/>
     <w:rsid w:val="7262548E"/>
+    <w:rsid w:val="72871409"/>
+    <w:rsid w:val="72B97074"/>
+    <w:rsid w:val="72CC0C11"/>
+    <w:rsid w:val="72F792F1"/>
     <w:rsid w:val="73000191"/>
+    <w:rsid w:val="7318C62E"/>
+    <w:rsid w:val="732033F4"/>
+    <w:rsid w:val="7344F171"/>
     <w:rsid w:val="73580557"/>
+    <w:rsid w:val="7363ADB9"/>
     <w:rsid w:val="73938ACA"/>
+    <w:rsid w:val="7399D15B"/>
+    <w:rsid w:val="73A546F4"/>
+    <w:rsid w:val="73B44572"/>
+    <w:rsid w:val="73B568C6"/>
+    <w:rsid w:val="73DB89A6"/>
+    <w:rsid w:val="73E17249"/>
+    <w:rsid w:val="73F21956"/>
+    <w:rsid w:val="740E834F"/>
     <w:rsid w:val="740F3C8E"/>
+    <w:rsid w:val="7429C0CB"/>
     <w:rsid w:val="742D32A1"/>
+    <w:rsid w:val="7436BE18"/>
     <w:rsid w:val="7466226B"/>
+    <w:rsid w:val="746762C7"/>
+    <w:rsid w:val="746C0613"/>
     <w:rsid w:val="748BE7A0"/>
     <w:rsid w:val="7495034C"/>
+    <w:rsid w:val="74A61690"/>
     <w:rsid w:val="74B80E6F"/>
     <w:rsid w:val="74B84FF1"/>
     <w:rsid w:val="74E45228"/>
+    <w:rsid w:val="74F404B9"/>
     <w:rsid w:val="751EBE88"/>
+    <w:rsid w:val="7527D3F3"/>
     <w:rsid w:val="753D8DE6"/>
+    <w:rsid w:val="7543FAF4"/>
     <w:rsid w:val="754E27E2"/>
     <w:rsid w:val="75621D6A"/>
     <w:rsid w:val="7579CDF2"/>
     <w:rsid w:val="7581A57D"/>
+    <w:rsid w:val="758AD1FD"/>
+    <w:rsid w:val="75957C8B"/>
     <w:rsid w:val="75CF1133"/>
     <w:rsid w:val="75D2AC8C"/>
+    <w:rsid w:val="76060E42"/>
     <w:rsid w:val="762F7A30"/>
     <w:rsid w:val="7678258D"/>
+    <w:rsid w:val="76847181"/>
+    <w:rsid w:val="768C2002"/>
+    <w:rsid w:val="76A79C12"/>
+    <w:rsid w:val="76A8D398"/>
+    <w:rsid w:val="76ACC3B7"/>
+    <w:rsid w:val="76CBE7CA"/>
     <w:rsid w:val="76DCC80E"/>
+    <w:rsid w:val="76DFFDA8"/>
+    <w:rsid w:val="76F1686A"/>
+    <w:rsid w:val="76F4F068"/>
+    <w:rsid w:val="77063566"/>
+    <w:rsid w:val="770AB745"/>
+    <w:rsid w:val="77468DE9"/>
     <w:rsid w:val="77519A79"/>
     <w:rsid w:val="7765D499"/>
+    <w:rsid w:val="776DD247"/>
+    <w:rsid w:val="776F1F78"/>
+    <w:rsid w:val="77783E41"/>
+    <w:rsid w:val="77ABF396"/>
     <w:rsid w:val="77B127A8"/>
     <w:rsid w:val="77B47E03"/>
+    <w:rsid w:val="77B782E1"/>
+    <w:rsid w:val="77DCA54B"/>
     <w:rsid w:val="77EFA906"/>
     <w:rsid w:val="781B82A9"/>
     <w:rsid w:val="781E0393"/>
+    <w:rsid w:val="78401357"/>
+    <w:rsid w:val="78508BA6"/>
+    <w:rsid w:val="78582466"/>
     <w:rsid w:val="785E1FF0"/>
+    <w:rsid w:val="7892DFE6"/>
     <w:rsid w:val="789815B9"/>
+    <w:rsid w:val="78AA822F"/>
     <w:rsid w:val="78D3B94A"/>
     <w:rsid w:val="78E7DA5F"/>
     <w:rsid w:val="78E9BBF5"/>
     <w:rsid w:val="78F9E125"/>
     <w:rsid w:val="79269133"/>
+    <w:rsid w:val="796DC476"/>
     <w:rsid w:val="798AF338"/>
+    <w:rsid w:val="799319E1"/>
+    <w:rsid w:val="79AA5E89"/>
+    <w:rsid w:val="79C71B75"/>
+    <w:rsid w:val="79D50981"/>
+    <w:rsid w:val="79DB1A54"/>
+    <w:rsid w:val="7A041096"/>
     <w:rsid w:val="7A19C844"/>
     <w:rsid w:val="7A33C547"/>
+    <w:rsid w:val="7A407FF3"/>
+    <w:rsid w:val="7A52BEDB"/>
+    <w:rsid w:val="7A82E6FB"/>
+    <w:rsid w:val="7A9A8655"/>
+    <w:rsid w:val="7AA227BC"/>
+    <w:rsid w:val="7AA2B7C2"/>
+    <w:rsid w:val="7ABD6728"/>
     <w:rsid w:val="7AC076D5"/>
+    <w:rsid w:val="7AF00906"/>
     <w:rsid w:val="7AFEAAEE"/>
     <w:rsid w:val="7B440EC2"/>
+    <w:rsid w:val="7B86077C"/>
+    <w:rsid w:val="7B87E30F"/>
+    <w:rsid w:val="7B930778"/>
+    <w:rsid w:val="7BA01C03"/>
     <w:rsid w:val="7BD6BBA1"/>
+    <w:rsid w:val="7BDA888F"/>
+    <w:rsid w:val="7C045FDA"/>
+    <w:rsid w:val="7C305949"/>
     <w:rsid w:val="7C366D10"/>
+    <w:rsid w:val="7C37F2F2"/>
+    <w:rsid w:val="7C4671B1"/>
+    <w:rsid w:val="7C58BCFE"/>
+    <w:rsid w:val="7C58DBF4"/>
+    <w:rsid w:val="7C70D562"/>
+    <w:rsid w:val="7C851921"/>
+    <w:rsid w:val="7C9E81C7"/>
     <w:rsid w:val="7CA547BB"/>
+    <w:rsid w:val="7CCA5CA0"/>
+    <w:rsid w:val="7CD4DE38"/>
     <w:rsid w:val="7CE59954"/>
+    <w:rsid w:val="7CE6FA40"/>
     <w:rsid w:val="7CEE9EB0"/>
+    <w:rsid w:val="7CF874E1"/>
+    <w:rsid w:val="7D22E0C0"/>
+    <w:rsid w:val="7D22FF63"/>
     <w:rsid w:val="7D236138"/>
     <w:rsid w:val="7D301B84"/>
     <w:rsid w:val="7D59E082"/>
+    <w:rsid w:val="7D6FCF1B"/>
+    <w:rsid w:val="7D8F3B12"/>
+    <w:rsid w:val="7DB7D9AF"/>
     <w:rsid w:val="7DD52B1D"/>
     <w:rsid w:val="7DE31BB7"/>
+    <w:rsid w:val="7DF961E3"/>
+    <w:rsid w:val="7E43CEA3"/>
+    <w:rsid w:val="7E630E61"/>
     <w:rsid w:val="7E757346"/>
+    <w:rsid w:val="7E855B54"/>
+    <w:rsid w:val="7E8762AD"/>
     <w:rsid w:val="7E9FA087"/>
+    <w:rsid w:val="7EACE80D"/>
+    <w:rsid w:val="7EB42325"/>
+    <w:rsid w:val="7EBE9DF7"/>
+    <w:rsid w:val="7EFE941B"/>
+    <w:rsid w:val="7F2A61B7"/>
+    <w:rsid w:val="7F4503E7"/>
+    <w:rsid w:val="7F78D0A3"/>
+    <w:rsid w:val="7F8135AC"/>
     <w:rsid w:val="7F887486"/>
     <w:rsid w:val="7FAC7894"/>
     <w:rsid w:val="7FB999C6"/>
+    <w:rsid w:val="7FD15B13"/>
     <w:rsid w:val="7FFB3EB0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7FB3A3FC"/>
-  <w15:docId w15:val="{E6E23F7D-CA89-44BF-AEB2-1D210E85A415}"/>
+  <w15:docId w15:val="{C1A822CE-2CFF-4419-A2BC-E869C38B8117}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -35675,51 +42465,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00506B17"/>
+    <w:rsid w:val="00956205"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00BB5677"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="2D029A"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
@@ -36725,51 +43515,51 @@
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeadText2Char">
     <w:name w:val="Head Text 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HeadText2"/>
     <w:rsid w:val="00980306"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="003A0874"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeadText3">
     <w:name w:val="Head Text 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeadText3Char"/>
     <w:rsid w:val="00BC4768"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="907"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
@@ -39532,50 +46322,62 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2132701760">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1160384997">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1249997784">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1277297143">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -40252,71 +47054,75 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-32373&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27867&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OIGProcurementSupport@mass.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2020-07/Standardized%20environmental%20criteria%20%28Sustainable%20procurement%20guide_%20Annex%206%29.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27946&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamie-brunelle@idexx.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28036&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27930&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27943&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:terms.review@sciex.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27873&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27931&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27870&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27872&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27867&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27943&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2024-08/Safer%20medical%20products%20criteria%20August%202020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD06-OSD06-29104&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mt@westcarb.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28035&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27859&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27943&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/job-aids-for-buyers-using-commbuys" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:june@esafetyinc.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-32045&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bwynn@wynninnovations.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2023-12/HCWH%20glove%20guidance%20Dec.%202023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gbc-word-edit.officeapps.live.com/we/Don.Ackerman@LGCGroup.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27952&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/public-safety-and-security-contract-user-guides" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/public-construction" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:seth.cory@avantorsciences.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27862&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleIII/Chapter30/section39m" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actdatabase.mygreenlab.org/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lindsay_willett@agilent.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27948&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jim.losinski@thomassci.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/job-aids-for-buyers-using-commbuys" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28982&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zack.newsome@mckesson.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27860&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2021-10/HAN%20Resusables%20Oct%202021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27876&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facilities-general-contract-user-guides" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oig-forms-guides-and-advisories" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energystar.gov/products" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sales-b@govsci.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.kusiak@thomassci.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hannah.spiri@avantorsciences.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27928&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/waste-management-and-recycling-contract-user-guides" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27918&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27929&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:james.curtis@schoolspecialty.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleXXI/Chapter149/section44a" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@lumiquick.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27861&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27947&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/get-public-procurement-assistance-from-our-chapter-30b-team" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://greenhealthapproved.org/greenhealth-approved-products" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27875&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27932&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27878&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27877&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gbc-word-edit.officeapps.live.com/we/wordeditorframe.aspx?ui=en-US&amp;rs=en-US&amp;wopisrc=https%3A%2F%2Fmassgov.sharepoint.com%2Fsites%2FOSD-TEAMS-CUGProject%2F_vti_bin%2Fwopi.ashx%2Ffiles%2F03b4363d2741410f925cc568e8e3748b&amp;wdenableroaming=1&amp;mscc=1&amp;hid=0238CCA1-30FA-A000-30A2-8F5671011A67.0&amp;uih=sharepointcom&amp;wdlcid=en-US&amp;jsapi=1&amp;jsapiver=v2&amp;corrid=878a82b4-72fa-018e-56d4-74adfc39be71&amp;usid=878a82b4-72fa-018e-56d4-74adfc39be71&amp;newsession=1&amp;sftc=1&amp;uihit=docaspx&amp;muv=1&amp;ats=PairwiseBroker&amp;cac=1&amp;sams=1&amp;mtf=1&amp;sfp=1&amp;sdp=1&amp;hch=1&amp;hwfh=1&amp;dchat=1&amp;sc=%7B%22pmo%22%3A%22https%3A%2F%2Fmassgov.sharepoint.com%22%2C%22pmshare%22%3Atrue%7D&amp;ctp=LeastProtected&amp;rct=Normal&amp;wdorigin=ItemsView&amp;wdhostclicktime=1759616653899&amp;csiro=1&amp;instantedit=1&amp;wopicomplete=1&amp;wdredirectionreason=Unified_SingleFlush" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27858&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erik.schranz@sciex.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tfranco@lumiquick.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC01-30252&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28034&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@wilkem.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-28036&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27867&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/designing-and-constructing-public-facilities-manual/download" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2020-07/Standardized%20environmental%20criteria%20%28Sustainable%20procurement%20guide_%20Annex%206%29.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27859&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/job-aids-for-buyers-using-commbuys" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aron_gyuris@bio-rad.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-26-1080-OSD03-OSD03-37988&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27862&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27947&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kimberly.mccall@abbott.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27952&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/public-safety-and-security-contract-user-guides" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:30BHotline@mass.gov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2024-08/Safer%20medical%20products%20criteria%20August%202020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27867&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27877&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD06-OSD06-29104&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-26-1080-OSD03-OSD03-37889&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27948&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rachel.frieders@promega.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:james.curtis@schoolspecialty.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmclean@westnetmed.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@wilkem.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27918&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27870&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27861&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facilities-general-contract-user-guides" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:darius@transmed-usa.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hannah.spiri@avantorsciences.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actdatabase.mygreenlab.org/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2023-12/HCWH%20glove%20guidance%20Dec.%202023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rwalter@caymanchem.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sales-b@govsci.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27931&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27858&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gbc-word-edit.officeapps.live.com/we/wordeditorframe.aspx?ui=en-US&amp;rs=en-US&amp;wopisrc=https%3A%2F%2Fmassgov.sharepoint.com%2Fsites%2FOSD-TEAMS-CUGProject%2F_vti_bin%2Fwopi.ashx%2Ffiles%2F03b4363d2741410f925cc568e8e3748b&amp;wdenableroaming=1&amp;mscc=1&amp;hid=0238CCA1-30FA-A000-30A2-8F5671011A67.0&amp;uih=sharepointcom&amp;wdlcid=en-US&amp;jsapi=1&amp;jsapiver=v2&amp;corrid=878a82b4-72fa-018e-56d4-74adfc39be71&amp;usid=878a82b4-72fa-018e-56d4-74adfc39be71&amp;newsession=1&amp;sftc=1&amp;uihit=docaspx&amp;muv=1&amp;ats=PairwiseBroker&amp;cac=1&amp;sams=1&amp;mtf=1&amp;sfp=1&amp;sdp=1&amp;hch=1&amp;hwfh=1&amp;dchat=1&amp;sc=%7B%22pmo%22%3A%22https%3A%2F%2Fmassgov.sharepoint.com%22%2C%22pmshare%22%3Atrue%7D&amp;ctp=LeastProtected&amp;rct=Normal&amp;wdorigin=ItemsView&amp;wdhostclicktime=1759616653899&amp;csiro=1&amp;instantedit=1&amp;wopicomplete=1&amp;wdredirectionreason=Unified_SingleFlush" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-28035&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC01-30252&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-28034&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27875&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-26-1080-OSD03-OSD03-38004&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-28982&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Don.Ackerman@LGCGroup.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/waste-management-and-recycling-contract-user-guides" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/department-of-labor-standards" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2021-10/HAN%20Resusables%20Oct%202021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27878&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gia@steritechus.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-26-1080-OSD03-OSD03-37804&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bwynn@wynninnovations.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energystar.gov/products" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27932&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lindsay_willett@agilent.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patrick@medzah.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27873&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmason@wt-forensics.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27876&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CPlotz@medline.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-32373&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleXXI/Chapter149/section44a" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aprimmer@unitedcham.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27867&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27943&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://greenhealthapproved.org/greenhealth-approved-products" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27946&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamie-brunelle@idexx.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27930&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/job-aids-for-buyers-using-commbuys" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:june@esafetyinc.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27860&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27943&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27943&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27928&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@lumiquick.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-26-1080-OSD03-OSD03-37805&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-23-1080-OSD03-SRC01-27929&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mt@westcarb.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-26-1080-OSD03-OSD03-37903&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-32045&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -40577,72 +47383,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4acca893a766136a5bafeab47b9027e1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e0e5592891313212390eddb4a3d5f9a" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -40831,112 +47641,102 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
-[...15 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B5B963D-6BD4-45EB-802B-0A3FDB830110}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>26</Pages>
-[...1 lines deleted...]
-  <Characters>49265</Characters>
+  <Pages>27</Pages>
+  <Words>9026</Words>
+  <Characters>51451</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>410</Lines>
-  <Paragraphs>115</Paragraphs>
+  <Lines>428</Lines>
+  <Paragraphs>120</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>57792</CharactersWithSpaces>
+  <CharactersWithSpaces>60357</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>