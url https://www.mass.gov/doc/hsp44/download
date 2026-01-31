--- v0 (2025-10-30)
+++ v1 (2026-01-31)
@@ -162,51 +162,51 @@
       <w:r w:rsidR="003E0898">
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="390D03BC" w14:textId="14BDB73B" w:rsidR="00C9452E" w:rsidRDefault="00C9452E" w:rsidP="00666B28">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="11875" w:type="dxa"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
         <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
         <w:tblCaption w:val="Contract Overview"/>
         <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3865"/>
         <w:gridCol w:w="8010"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="00D61E25">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="53018A46">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1662"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -313,51 +313,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F95BE1">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>617-359-7271</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18E36C1D" w14:textId="46737729" w:rsidR="00B1168A" w:rsidRPr="00F95BE1" w:rsidRDefault="00B1168A" w:rsidP="00B1168A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="00F95BE1">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="53018A46">
         <w:trPr>
           <w:trHeight w:val="1071"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="000A0D78" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -439,51 +439,51 @@
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F95BE1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximum End Date: </w:t>
             </w:r>
             <w:r w:rsidRPr="00F95BE1">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>June 30, 2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="00F95BE1">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="53018A46">
         <w:trPr>
           <w:trHeight w:val="1299"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006626DD" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006626DD">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -526,126 +526,108 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA0BD1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HSP44000000000000000</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="583A2B05" w14:textId="77777777" w:rsidR="00F95BE1" w:rsidRDefault="00F95BE1" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="34C47EF3" w14:textId="68DF6EC9" w:rsidR="002B4F4A" w:rsidRPr="00136526" w:rsidRDefault="002B4F4A" w:rsidP="00953689">
+          <w:p w14:paraId="54405467" w14:textId="281A3C35" w:rsidR="002B4F4A" w:rsidRPr="00136526" w:rsidRDefault="002B4F4A" w:rsidP="53018A46">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D6578">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="53018A46">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>N</w:t>
-[...5 lines deleted...]
-                <w:bCs/>
+              <w:t>Note:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="53018A46">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ote</w:t>
-[...5 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> *The asterisk is required when referencing the contract in </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34C47EF3" w14:textId="7C40DBA2" w:rsidR="002B4F4A" w:rsidRPr="00136526" w:rsidRDefault="6181AFF7" w:rsidP="53018A46">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="53018A46">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="002B4F4A" w:rsidRPr="53018A46">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>*The asterisk is required when referencing the contract in the MMARS</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:t>he</w:t>
+            </w:r>
+            <w:r w:rsidR="5E5AC91C" w:rsidRPr="53018A46">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> system</w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> Massachusetts Management Accounting and Reporting System.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="00F95BE1">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="53018A46">
         <w:trPr>
           <w:trHeight w:val="103"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -678,51 +660,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> required for purchasing. Refer to the </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Quote_Response_and" w:history="1">
               <w:r w:rsidR="0064148A" w:rsidRPr="00F95BE1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="0064148A" w:rsidRPr="00F95BE1">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section for guidelines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="00F95BE1">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="53018A46">
         <w:trPr>
           <w:trHeight w:val="103"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -764,156 +746,98 @@
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69C38038" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="00F95BE1">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="53018A46">
         <w:trPr>
           <w:trHeight w:val="1101"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00D61E25" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D61E25">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49072243" w14:textId="77777777" w:rsidR="00F95BE1" w:rsidRPr="00D61E25" w:rsidRDefault="00F95BE1" w:rsidP="00F95BE1">
+          <w:p w14:paraId="14685198" w14:textId="543F7985" w:rsidR="00D61E25" w:rsidRPr="00D61E25" w:rsidRDefault="0E66336D" w:rsidP="00F95BE1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D61E25">
+            <w:r w:rsidRPr="2272E2AB">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">07/01/2025: Update was made to adopt a new template and streamline language and content  </w:t>
-[...57 lines deleted...]
-              <w:t>/25: Update to correct UNSPSC code</w:t>
+              <w:t>01/12/26 revision made to update contact information for McKesson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EE53A3B" w14:textId="3ADB882A" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="00F95BE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3346,97 +3270,113 @@
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc210985965"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
         <w:t>Summary</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="0EE23395" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="0EE23395" w14:textId="161B0E6B" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This Statewide Contract (SWC) is for </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">medical commodities for medical, surgical, urological, or wound care that are used for the provision of healthcare in any setting, with a </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>unit cost of $5,000 or less</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. For items over $5,000 per unit, please refer to the </w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>HSP43 GPO Medical Commodities &amp; Equipment Statewide Contract</w:t>
+          <w:t xml:space="preserve">HSP43 GPO Medical Commodities </w:t>
+        </w:r>
+        <w:r w:rsidR="00F048B1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>and</w:t>
+        </w:r>
+        <w:r w:rsidRPr="011762F0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Equipment Statewide Contract</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16E19833" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">HSP44 complements </w:t>
       </w:r>
       <w:hyperlink r:id="rId22">
@@ -3684,92 +3624,108 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>HSP44 contract is available to all States, U.S. territories and all associate</w:t>
       </w:r>
       <w:r w:rsidR="00D61E25">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> cities, towns, counties, districts, other political subdivisions, public institutions, institutions of higher education, and all eligible entities which may use statewide contracts. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BD34BBC" w14:textId="2B7C8C7C" w:rsidR="00EA0124" w:rsidRPr="00A12C2C" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="6BD34BBC" w14:textId="2BBD327C" w:rsidR="00EA0124" w:rsidRPr="00A12C2C" w:rsidRDefault="00EA0124" w:rsidP="2272E2AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="2272E2AB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, please see the HSP44 Request for Response (RFR) that is available on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId23">
-        <w:r w:rsidRPr="011762F0">
+        <w:r w:rsidRPr="2272E2AB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">Master Blanket </w:t>
         </w:r>
-        <w:r w:rsidR="00D61E25" w:rsidRPr="011762F0">
+        <w:r w:rsidR="00D61E25" w:rsidRPr="2272E2AB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Purchase</w:t>
         </w:r>
-        <w:r w:rsidRPr="011762F0">
+        <w:r w:rsidRPr="2272E2AB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t xml:space="preserve"> Order (MBPO) PO-23-1080-OSD03-SRC02-25879</w:t>
+          <w:t xml:space="preserve"> Order (</w:t>
+        </w:r>
+        <w:r w:rsidR="0880B65C" w:rsidRPr="2272E2AB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>MASTER BLANKET PURCHASE ORDER</w:t>
+        </w:r>
+        <w:r w:rsidRPr="2272E2AB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>) PO-23-1080-OSD03-SRC02-25879</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="2272E2AB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68FA877E" w14:textId="25F900CF" w:rsidR="00815201" w:rsidRDefault="00815201" w:rsidP="00815201">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C7194">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="000C7194" w:rsidRPr="000C7194">
         <w:rPr>
@@ -4194,77 +4150,105 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Free Delivery</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> within seven (7) calendar days for orders of $50.00 or more </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F059EB0" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
+    <w:p w14:paraId="3F059EB0" w14:textId="5295D677" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="343C03E7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Time and Efficiency</w:t>
       </w:r>
-      <w:r w:rsidRPr="011762F0">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> by eliminating the time-consuming process of developing solicitations, issuing bids, and evaluation responses. OSD has vetted Vendors and established terms, which streamlines procurement.  OSD also provides proactive management and oversight of vendors.</w:t>
+      <w:r w:rsidRPr="343C03E7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by eliminating the time-consuming process of developing solicitations, issuing bids, and evaluation responses. O</w:t>
+      </w:r>
+      <w:r w:rsidR="505BB2B7" w:rsidRPr="343C03E7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">perational Services Division </w:t>
+      </w:r>
+      <w:r w:rsidRPr="343C03E7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">has vetted Vendors and established terms, which streamlines procurement.  </w:t>
+      </w:r>
+      <w:r w:rsidR="7BCCD3AB" w:rsidRPr="343C03E7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Operational Services Division</w:t>
+      </w:r>
+      <w:r w:rsidRPr="343C03E7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> also provides proactive management and oversight of vendors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55A58B9F" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Compliance Assurance, </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
@@ -4547,63 +4531,70 @@
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc210985968"/>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
       <w:r w:rsidR="008B1C4B">
         <w:t>May</w:t>
       </w:r>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> Use the Contract</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="35BECEC7" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="003C62B7" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
-[...11 lines deleted...]
-        <w:t>The following is a complete list of the types of organizations generally allowed to use the Operational Service Division’s (OSD's) Statewide Contracts (SWCs).</w:t>
+    <w:p w14:paraId="35BECEC7" w14:textId="5D9A38B8" w:rsidR="00EA0124" w:rsidRPr="003C62B7" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0FB0B5B6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The following is a complete list of the types of organizations generally allowed to use the Operational Service Division’s Statewide Contracts</w:t>
+      </w:r>
+      <w:r w:rsidR="017392E0" w:rsidRPr="0FB0B5B6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="740F7CE2" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002552A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Executive Agencies and Departments</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5112,215 +5103,317 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> If a vendor is not honoring their discount pricing from the price file, then the buyer should contact the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_top">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Category Manager</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40752FCA" w14:textId="65177E96" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
+    <w:p w14:paraId="40752FCA" w14:textId="6D64DEC5" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="011762F0">
-[...4 lines deleted...]
-        <w:t>Pricing will be based on the Vendor Price File or Punch Out catalog supplied by the Vendor and accepted by OSD. Buyers can negotiate Market Share Discounts with the vendor which may further reduce the Net Price.</w:t>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pricing will be based on the Vendor Price File or Punch Out catalog supplied by the Vendor and accepted by O</w:t>
+      </w:r>
+      <w:r w:rsidR="371925D4" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">perational </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="1A190739" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervices </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="33AC59F3" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ivision</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Buyers can negotiate Market Share Discounts with the vendor which may further reduce the Net Price.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AB72602" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
+    <w:p w14:paraId="6AB72602" w14:textId="3EB558B8" w:rsidR="00EA0124" w:rsidRDefault="7A2BE40D" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Add a Product:</w:t>
       </w:r>
-      <w:r w:rsidRPr="011762F0">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Contact a Vendor or Vendors on the Contract for a Quote when a product is not on the Price List. The quoted and accepted net price remains in effect until the next update of the price list. These additionally quoted products can be ordered from the vendor’s catalog using the line item “Additional items quoted by the vendor per the RFR”. </w:t>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Contact a Vendor or Vendors on the Contract for a Quote when a product is not on the Price List. The quoted and accepted net price remains in effect until the next update of the price list. These additionally quoted products can be ordered from the vendor’s catalog using the line item “Additional items quoted by the vendor per the R</w:t>
+      </w:r>
+      <w:r w:rsidR="65779F0E" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">equest </w:t>
+      </w:r>
+      <w:r w:rsidR="533D3DFF" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="2205D4E5" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="07E284F8" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>esponse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07F4AED7" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42F43A50" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRPr="00BC75FE" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
+    <w:p w14:paraId="42F43A50" w14:textId="65E28645" w:rsidR="00F35A63" w:rsidRPr="00BC75FE" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC75FE">
+      <w:r w:rsidRPr="2272E2AB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC75FE">
+      <w:r w:rsidRPr="2272E2AB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Product pricing may be found on the </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
-        <w:r w:rsidRPr="00BC75FE">
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor">
+        <w:r w:rsidRPr="2272E2AB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor information</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BC75FE">
+      <w:r w:rsidRPr="2272E2AB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC75FE">
+      <w:r w:rsidRPr="2272E2AB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>page, where links to all the vendors’ MBPOs are provided.</w:t>
+        <w:t xml:space="preserve">page, where links to all the vendors’ </w:t>
+      </w:r>
+      <w:r w:rsidR="0880B65C" w:rsidRPr="2272E2AB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MASTER BLANKET PURCHASE ORDER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2272E2AB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s are provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6DD92B" w14:textId="4DCB77A0" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Quote_Response_and"/>
       <w:bookmarkStart w:id="18" w:name="_Toc210985970"/>
       <w:bookmarkStart w:id="19" w:name="_Toc194066598"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Quote Response and Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="11B91197" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc194066596"/>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyers should always reference HSP44 when requesting quotes from HSP44 Vendors. HSP44 should be referenced on all quotes and invoices. This ensures Buyers receive Statewide Contract pricing. Please note the following items when requesting and accepting quotes from vendors:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E486E1" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="005A4CF1" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Quotes should be awarded based on best value.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="711721FA" w14:textId="7B9CC3A3" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045606B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Proprietary products or Sole Source Vendors:</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -5417,134 +5510,182 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) are not allowed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7DDDD1" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00563C91" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Any special handling fees and expedited shipping fees must be agreed upon in advance by both parties.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB354FF" w14:textId="6000CE4A" w:rsidR="00EA0124" w:rsidRPr="00540D82" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
+    <w:p w14:paraId="3AB354FF" w14:textId="1FE01D0E" w:rsidR="00EA0124" w:rsidRPr="00540D82" w:rsidRDefault="7A2BE40D" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Payments for products or services provided must be paid within forty-five (45) days per Massachusetts Bill</w:t>
       </w:r>
-      <w:r w:rsidR="0045606B">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="77BAD546" w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Payment Policy, or sooner if a Buyer would like to utilize the Prompt Payment Discount (PPD) available. </w:t>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Payment Policy, or sooner if a Buyer would like to utilize the Prompt Payment Discount available. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD08BB6" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="005A4CF1" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
+    <w:p w14:paraId="0CD08BB6" w14:textId="1C42DD81" w:rsidR="00EA0124" w:rsidRPr="005A4CF1" w:rsidRDefault="7A2BE40D" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="011762F0">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Buyers are not required to sign additional agreements with Vendors that conflict with the Request for Response (RFR) Terms and Conditions. For more information, please see the </w:t>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Buyers are not required to sign additional agreements with Vendors that conflict with the Request for Response Terms and Conditions. For more information, please see the </w:t>
       </w:r>
       <w:hyperlink r:id="rId30">
-        <w:r w:rsidRPr="011762F0">
+        <w:r w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Master Blanket Purchase Order (MBPO)</w:t>
+          <w:t>Master Blanket Purchase Order (</w:t>
+        </w:r>
+        <w:r w:rsidR="0196132B" w:rsidRPr="649B5C45">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>MASTER BLANKET PURCHASE ORDER</w:t>
+        </w:r>
+        <w:r w:rsidRPr="649B5C45">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="011762F0">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> which holds the HSP44 RFR and contact the </w:t>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which holds the HSP44 R</w:t>
+      </w:r>
+      <w:r w:rsidR="28711846" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">equest </w:t>
+      </w:r>
+      <w:r w:rsidR="14566B3E" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="182D1F0B" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>esponse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and contact the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_top">
-        <w:r w:rsidRPr="011762F0">
+        <w:r w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Category Manager</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> if you have any questions. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="378C8D20" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00783A49" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045606B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Product Trials, Pilots, and Demonstrations:</w:t>
@@ -5582,75 +5723,88 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For a full description of how to complete a quote in COMMBUYS visit the </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00F50376">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Job Aids for Buyers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F50376">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage, and select:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20ECCA43" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00F50376" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="20ECCA43" w14:textId="3D141903" w:rsidR="00EA0124" w:rsidRPr="00F50376" w:rsidRDefault="7A2BE40D" w:rsidP="649B5C45">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F50376">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">The COMMBUYS Purchase Orders section and choose Request Quotes From Vendors on Statewide Contracts job aid. </w:t>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The COMMBUYS Purchase Orders section and choose Request Quotes </w:t>
+      </w:r>
+      <w:r w:rsidR="07E3BF3A" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rom Vendors on Statewide Contracts job aid. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45336D7C" w14:textId="04C58DEE" w:rsidR="00ED723A" w:rsidRDefault="00ED723A" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc210985971"/>
       <w:r w:rsidRPr="00564A93">
+        <w:lastRenderedPageBreak/>
         <w:t>Purchase</w:t>
       </w:r>
       <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="4406D4DF" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="00F50376" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F50376">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -5710,115 +5864,180 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB15C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This contract has multiple ways of purchasing: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B1A34C0" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60B20128" w14:textId="12E51EC6" w:rsidR="00EA0124" w:rsidRPr="00653261" w:rsidRDefault="00EA0124" w:rsidP="00653261">
+    <w:p w14:paraId="60B20128" w14:textId="2E513F24" w:rsidR="00EA0124" w:rsidRPr="00653261" w:rsidRDefault="7A2BE40D" w:rsidP="00653261">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="011762F0">
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="37CEB7C7" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">overnment to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="2695749E" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>usiness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Punchout:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Buyers may purchase directly from the vendor’s eCommerce site using the Government to Business functionality in COMMBUYS.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ee the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor">
-        <w:r w:rsidRPr="011762F0">
+        <w:r w:rsidRPr="53018A46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Vendor MBPO Listing</w:t>
+          <w:t xml:space="preserve">Vendor </w:t>
+        </w:r>
+        <w:r w:rsidR="0196132B" w:rsidRPr="53018A46">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>MASTER BLANKET PURCHASE ORDER</w:t>
+        </w:r>
+        <w:r w:rsidRPr="53018A46">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Listing</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="011762F0">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for</w:t>
+      </w:r>
+      <w:r w:rsidR="556DCF17" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Government to Business</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Punchout-enabled vendors. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A COMMBUYS punchout provides the ability to purchase directly from the website of certain vendors. Buyers can “punch out” to a vendor’s online shopping website to search for and choose the desired items. Once the items are selected and checked out, the system transfers these items to COMMBUYS to complete a release requisition. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26A1EA8B" w14:textId="77777777" w:rsidR="00653261" w:rsidRPr="00653261" w:rsidRDefault="00653261" w:rsidP="00653261">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27E3409C" w14:textId="5B57BDC1" w:rsidR="00EA0124" w:rsidRPr="005B3917" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -5845,88 +6064,102 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3917">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ut-</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3917">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Participating Vendors:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54327BC9" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="005B3917" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
+    <w:p w14:paraId="54327BC9" w14:textId="4F848061" w:rsidR="00EA0124" w:rsidRPr="005B3917" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3917">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Geriatric Medical &amp; Surgical Supply</w:t>
+        <w:t xml:space="preserve">Geriatric Medical </w:t>
+      </w:r>
+      <w:r w:rsidR="003052C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3917">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Surgical Supply</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC3A311" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="005B3917" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
+    <w:p w14:paraId="2FC3A311" w14:textId="7E7C55A2" w:rsidR="00EA0124" w:rsidRPr="005B3917" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B3917">
-[...4 lines deleted...]
-        <w:t>McKesson Medical-Surgical Government Solutions, L.L.C. (MMSGS)</w:t>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>McKesson Medical-Surgical Government Solutions, L.L.C.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F537CDE" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="005B3917" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B3917">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Medline Industries, Inc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40EA4B9B" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="005B3917" w:rsidRDefault="00EA0124" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -5995,340 +6228,491 @@
         <w:t>Please note other Vendors will be added when they establish a Punch</w:t>
       </w:r>
       <w:r w:rsidR="00653261">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ut catalog for COMMBUYS. Refer to “Direct Purchase” section below for access to all Vendors. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D019B8F" w14:textId="52FE54C7" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="0D019B8F" w14:textId="05704885" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="7A2BE40D" w:rsidP="00EA0124">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">See the </w:t>
       </w:r>
       <w:hyperlink r:id="rId32">
-        <w:r w:rsidRPr="011762F0">
+        <w:r w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Purchase from a COMMBUYS G2B Punchout</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details. To set up a COMMBUYS buyer account, contact your organization’s COMMBUYS </w:t>
       </w:r>
-      <w:r w:rsidR="00653261">
+      <w:r w:rsidR="2EA7C3F7" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dministrator. For questions about Punch</w:t>
       </w:r>
-      <w:r w:rsidR="00653261">
+      <w:r w:rsidR="2EA7C3F7" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ut purchasing, please contact the OSD Help Desk by email </w:t>
+        <w:t>ut purchasing, please contact the O</w:t>
+      </w:r>
+      <w:r w:rsidR="328A05FD" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">perational </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="07246F7F" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervices </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="2AE353FF" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ivision</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Help Desk by email </w:t>
       </w:r>
       <w:hyperlink r:id="rId33">
-        <w:r w:rsidRPr="011762F0">
+        <w:r w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSDhelpdesk@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or call (888) 627-8283.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B9730D" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="11B9730D" w14:textId="273C42BA" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="7A2BE40D" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Direct Purchase of Fixed Price Items on COMMBUYS:</w:t>
       </w:r>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Used for products with fixed pricing as listed in vendor’s catalog or price file. </w:t>
       </w:r>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ee the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor">
-        <w:r w:rsidRPr="011762F0">
+        <w:r w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Vendor MBPO Listing</w:t>
+          <w:t xml:space="preserve">Vendor </w:t>
+        </w:r>
+        <w:r w:rsidR="0196132B" w:rsidRPr="649B5C45">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>MASTER BLANKET PURCHASE ORDER</w:t>
+        </w:r>
+        <w:r w:rsidRPr="649B5C45">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Listing</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="011762F0">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> for a list of eligible vendors. This option is for users with Basic Purchaser or Department Access privileges in COMMBUYS. Once the requisition is approved, a Purchase Order (PO) is generated and can be sent to the vendor. Requisitions are documents used to request goods and services. A requisition is the first document used to generate a PO. </w:t>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for a list of eligible vendors. This option is for users with Basic Purchaser or Department Access privileges in COMMBUYS. Once the requisition is approved, a Purchase Order</w:t>
+      </w:r>
+      <w:r w:rsidR="35ACE9CE" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>generated and can be sent to the vendor. Requisitions are documents used to request goods and services. A requisition is the first document used to generate a P</w:t>
+      </w:r>
+      <w:r w:rsidR="78F06A0E" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>urchase order.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="127F72BF" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">See the </w:t>
       </w:r>
       <w:hyperlink r:id="rId34">
         <w:r w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E61C5A1" w14:textId="1C8EA55A" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="3E61C5A1" w14:textId="54CFB7BB" w:rsidR="00EA0124" w:rsidRDefault="7A2BE40D" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Direct Purchase of Non-Fixed Price Item ($0 Line Item) on Vendor’s MBPO</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00653261">
+        <w:t xml:space="preserve">Direct Purchase of Non-Fixed Price Item ($0 Line Item) on Vendor’s </w:t>
+      </w:r>
+      <w:r w:rsidR="0196132B" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in COMMBUYS</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="011762F0">
+        <w:t>MASTER BLANKET PURCHASE ORDER</w:t>
+      </w:r>
+      <w:r w:rsidR="2EA7C3F7" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> in COMMBUYS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="011762F0">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">accepted net price remains in effect until the next update of the vendor’s price list. These additionally quoted products can be ordered from the Vendor’s catalog using the line item “non-catalog item quoted by Vendor per RFR.” </w:t>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Applicable to new items or bulk prices that may require customized quoting. The quoted and accepted net price remains in effect until the next update of the vendor’s price list. These additionally quoted products can be ordered from the Vendor’s catalog using the line item “non-catalog item quoted by Vendor per R</w:t>
+      </w:r>
+      <w:r w:rsidR="6170012F" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">equest for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="06560CA3" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>esponse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="688C3CFF" w14:textId="77777777" w:rsidR="00653261" w:rsidRDefault="00653261" w:rsidP="00653261">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47E78CD3" w14:textId="670CEE16" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="47E78CD3" w14:textId="5949CA13" w:rsidR="00EA0124" w:rsidRPr="003B0898" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="2272E2AB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="2272E2AB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ee the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor">
-        <w:r w:rsidRPr="011762F0">
+        <w:r w:rsidRPr="2272E2AB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Vendor MBPO Listing</w:t>
+          <w:t xml:space="preserve">Vendor </w:t>
+        </w:r>
+        <w:r w:rsidR="0880B65C" w:rsidRPr="2272E2AB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>MASTER BLANKET PURCHASE ORDER</w:t>
+        </w:r>
+        <w:r w:rsidRPr="2272E2AB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Listing</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="2272E2AB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for a list of eligible vendors. The Buyer can create a Release Requisition in COMMBUYS, submit the requisition for approval in COMMBUYS, and then send the vendor a Release Purchase Order.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1912649B" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">See the </w:t>
       </w:r>
       <w:hyperlink r:id="rId35">
         <w:r w:rsidRPr="003B0898">
           <w:rPr>
@@ -6413,64 +6797,85 @@
     <w:p w14:paraId="281EDBE7" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers can solicit quotes directly from multiple vendors outside of COMMBUYS by email or phone. To ensure buyer receives contract pricing, always reference HSP44 when requesting quotes and ensure HSP44 is referenced on all quotes received. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E6E6B0" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F2CC980" w14:textId="77777777" w:rsidR="00EA0124" w:rsidRDefault="00EA0124" w:rsidP="00EA0124">
+    <w:p w14:paraId="2F2CC980" w14:textId="5570B592" w:rsidR="00EA0124" w:rsidRDefault="7A2BE40D" w:rsidP="00EA0124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="011762F0">
-[...4 lines deleted...]
-        <w:t>All quotes should clearly indicate Free on Board (FOB) destination, with all charges for transportation and unloading prepaid by the Vendor.</w:t>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>All quotes should clearly indicate Free on</w:t>
+      </w:r>
+      <w:r w:rsidR="12D62B20" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="046289A5" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oard destination, with all charges for transportation and unloading prepaid by the Vendor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B11B24D" w14:textId="284CB1C5" w:rsidR="008A72A3" w:rsidRDefault="008A72A3" w:rsidP="00B56090">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MMARS and COMMBUYS do not interface. Payment request and invoice must be reported in both MMARS and COMMBUYS.</w:t>
       </w:r>
@@ -6533,281 +6938,196 @@
         </w:rPr>
         <w:t>services</w:t>
       </w:r>
       <w:r w:rsidR="00A72542" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> connecting </w:t>
       </w:r>
       <w:r w:rsidR="00731D28" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">government buyers </w:t>
       </w:r>
       <w:r w:rsidR="00A069C0" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and businesses</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
       <w:r w:rsidR="00124E63" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>It aims to streamline the purchasing process, ensuring transparency</w:t>
       </w:r>
       <w:r w:rsidR="00E93701">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00124E63" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>efficiency in the procurement process.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="370E26D7" w14:textId="1F0CF014" w:rsidR="0082614B" w:rsidRPr="00136C46" w:rsidRDefault="0082614B" w:rsidP="00FE302E">
-[...74 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="370E26D7" w14:textId="6B77FBC9" w:rsidR="0082614B" w:rsidRPr="00136C46" w:rsidRDefault="0082614B" w:rsidP="53018A46">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For Executive Agencies, COMMBUYS is required. Per 801 CMR 21.00, Executive Agencies must use established Statewide Contracts for the purchase of products and services. </w:t>
+      </w:r>
+      <w:r w:rsidR="001468E4" w:rsidRPr="53018A46">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To set up a COMMBUYS buyer account or to update an existing agency account,</w:t>
       </w:r>
-      <w:r w:rsidR="00B3390A">
-[...17 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00B3390A" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the buyers must </w:t>
+      </w:r>
+      <w:r w:rsidR="0065246C" w:rsidRPr="53018A46">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
-      <w:r w:rsidR="00A17CD7">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00A17CD7" w:rsidRPr="53018A46">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
-        <w:r w:rsidR="00B3390A">
+      <w:hyperlink r:id="rId36">
+        <w:r w:rsidR="00B3390A" w:rsidRPr="53018A46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00B3390A" w:rsidRPr="53018A46">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0065246C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="0065246C" w:rsidRPr="53018A46">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or call</w:t>
       </w:r>
-      <w:r w:rsidR="00A17CD7">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00A17CD7" w:rsidRPr="53018A46">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3390A">
-[...17 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00B3390A" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-888-627-8283</w:t>
+      </w:r>
+      <w:r w:rsidR="001468E4" w:rsidRPr="53018A46">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6D23F5" w14:textId="74989048" w:rsidR="006C26B7" w:rsidRPr="00136C46" w:rsidRDefault="0005780F" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>While COMMBUYS use is not mandated for Non-Executive Agencies</w:t>
       </w:r>
       <w:r w:rsidR="00F76D22">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other Eligible Entities</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, it is highly recommended to streamline the procurement process and </w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">assist buyers in </w:t>
@@ -7119,316 +7439,338 @@
         <w:t xml:space="preserve">select </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Blankets</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the drop-down list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF16B5B" w14:textId="5CCEF41D" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00CF04CB" w:rsidP="00AB211E">
+    <w:p w14:paraId="5FF16B5B" w14:textId="68943428" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00CF04CB" w:rsidP="2272E2AB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Select</w:t>
       </w:r>
-      <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00AB211E" w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Search icon. </w:t>
       </w:r>
-      <w:r w:rsidR="002542E6" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="002542E6" w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The r</w:t>
       </w:r>
-      <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00AB211E" w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">elated </w:t>
       </w:r>
-      <w:r w:rsidR="00837172" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00837172" w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Master Blanket Purchase Orders (</w:t>
       </w:r>
-      <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
-[...9 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="0880B65C" w:rsidRPr="2272E2AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MASTER BLANKET PURCHASE ORDER</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB211E" w:rsidRPr="2272E2AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00837172" w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00AB211E" w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> information opens in a table format. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5DE19C" w14:textId="04D79911" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
+    <w:p w14:paraId="6C5DE19C" w14:textId="20ADB9F6" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="77094002" w:rsidP="2272E2AB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view </w:t>
       </w:r>
-      <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
+      <w:r w:rsidR="05B94ABA" w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00F951D6" w:rsidRPr="00136C46">
+      <w:r w:rsidR="1B61B61E" w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>associated</w:t>
       </w:r>
-      <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
+      <w:r w:rsidR="05B94ABA" w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contract documents, under the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Blanket #</w:t>
-[...99 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+        <w:t xml:space="preserve">Blanket </w:t>
+      </w:r>
+      <w:r w:rsidR="088C48FE" w:rsidRPr="53018A46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Agency Attachments</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+        <w:t>number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> column, </w:t>
+      </w:r>
+      <w:r w:rsidR="42D03033" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="2C1CCB54" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Purchase Order </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">link. </w:t>
+      </w:r>
+      <w:r w:rsidR="31956293" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="0196132B" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MASTER BLANKET PURCHASE ORDER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> opens for the selected </w:t>
+      </w:r>
+      <w:r w:rsidR="40A34C2D" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0D3698D6" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">urchase </w:t>
+      </w:r>
+      <w:r w:rsidR="40A34C2D" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="3AE9E21B" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rder</w:t>
+      </w:r>
+      <w:r w:rsidR="40A34C2D" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the attachments </w:t>
+      </w:r>
+      <w:r w:rsidR="45F7A81E" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be found in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agency Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section.</w:t>
       </w:r>
-      <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
+      <w:r w:rsidR="5EC673CF" w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25607E40" w14:textId="421BC5CB" w:rsidR="00530D68" w:rsidRPr="000F1DA7" w:rsidRDefault="00D618B6" w:rsidP="000F1DA7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
@@ -7469,1101 +7811,1247 @@
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="000F1DA7" w:rsidRPr="002E43CA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Master Blanket Purchase Order PO-23-1080-OSD03-SRC02-25879</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="46D46942" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc194066602"/>
       <w:bookmarkStart w:id="27" w:name="_Toc210985974"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="60A82AFB" w14:textId="075909B7" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
-[...9 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="60A82AFB" w14:textId="7352179E" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="2272E2AB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To find vendor-specific documents, including </w:t>
       </w:r>
-      <w:r w:rsidR="000F1DA7">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="000F1DA7" w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendor’s net price files, </w:t>
       </w:r>
-      <w:r w:rsidR="000B307C">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="000B307C" w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F55958" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00F55958" w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">links to </w:t>
       </w:r>
-      <w:r w:rsidR="002E618D" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="002E618D" w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidRPr="2272E2AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individual vendor </w:t>
+      </w:r>
+      <w:r w:rsidR="0880B65C" w:rsidRPr="2272E2AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MASTER BLANKET PURCHASE ORDER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2272E2AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s on the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor">
+        <w:r w:rsidRPr="2272E2AB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page</w:t>
       </w:r>
-      <w:r w:rsidR="00F33440" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00F33440" w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and follow these steps:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAA3403" w14:textId="22E92C57" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="005F4220">
+    <w:p w14:paraId="1EAA3403" w14:textId="35F49F10" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="698F5AC4" w:rsidP="2272E2AB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
-          <w:bCs/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
-        <w:r w:rsidRPr="00EB01C8">
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor">
+        <w:r w:rsidRPr="53018A46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EB01C8">
-        <w:rPr>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> page, u</w:t>
+      </w:r>
+      <w:r w:rsidR="24F29706" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nder the </w:t>
+      </w:r>
+      <w:r w:rsidR="24F29706" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> page, u</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Master Blanket Purchase Order </w:t>
+      </w:r>
+      <w:r w:rsidR="669F9482" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">nder the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
+        <w:t>number</w:t>
+      </w:r>
+      <w:r w:rsidR="24F29706" w:rsidRPr="53018A46">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Column, </w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="24F29706" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Column, </w:t>
+      </w:r>
+      <w:r w:rsidR="42D03033" w:rsidRPr="53018A46">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
-      <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="24F29706" w:rsidRPr="53018A46">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the applicable </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB01C8">
-[...25 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Purchase Order</w:t>
+      </w:r>
+      <w:r w:rsidR="24F29706" w:rsidRPr="53018A46">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> link. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB01C8">
-[...5 lines deleted...]
-        <w:t>The Master Blanket Purchase Order (MBPO) opens for the selected PO.</w:t>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Master Blanket Purchase Order</w:t>
+      </w:r>
+      <w:r w:rsidR="55F33DA1" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>opens for the selected P</w:t>
+      </w:r>
+      <w:r w:rsidR="4D9DFD7C" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>urchase Order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0681DD01" w14:textId="33618CF0" w:rsidR="00554AF0" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="005F4220">
+    <w:p w14:paraId="0681DD01" w14:textId="63E378F5" w:rsidR="00554AF0" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="2272E2AB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2272E2AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On the </w:t>
+      </w:r>
+      <w:r w:rsidR="0880B65C" w:rsidRPr="2272E2AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MASTER BLANKET PURCHASE ORDER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2272E2AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, scroll down to the </w:t>
+      </w:r>
+      <w:r w:rsidR="002E618D" w:rsidRPr="2272E2AB">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB01C8">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section to find the vendor-specific documents</w:t>
       </w:r>
-      <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="002E618D" w:rsidRPr="2272E2AB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B41098" w14:textId="04D66C77" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view, </w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36BC0800" w14:textId="780C2B4A" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
+    <w:p w14:paraId="36BC0800" w14:textId="4EC9FAB3" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="79190DA3" w:rsidP="000D7FAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Toc201925128"/>
       <w:bookmarkStart w:id="29" w:name="_Toc210985975"/>
-      <w:r w:rsidRPr="00B6218B">
+      <w:r>
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
-      <w:r w:rsidR="006C2DAB">
+      <w:r w:rsidR="64B112AE">
         <w:t>Office</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (SD</w:t>
-[...5 lines deleted...]
-        <w:t>) Requirements</w:t>
+        <w:t xml:space="preserve"> Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00EA4D16">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EE2B732" w14:textId="4A9ACBA9" w:rsidR="00FF0F69" w:rsidRDefault="00FF0F69" w:rsidP="003813D4">
+    <w:p w14:paraId="2EE2B732" w14:textId="34582F2E" w:rsidR="00FF0F69" w:rsidRDefault="5755C4C2" w:rsidP="649B5C45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...46 lines deleted...]
-        <w:t>, and departmental policies, laws, and regulations.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Executive Departments must use diverse and small businesses to the extent possible based on contract terms, Supplier Diversity Office, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
+    <w:p w14:paraId="40C47129" w14:textId="2C3AA25E" w:rsidR="00D16914" w:rsidRDefault="3EBE7A11" w:rsidP="649B5C45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...52 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Small Business Purchasing Program applies to small procurements ($250,000 or below annually), while the Supplier Diversity Program applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
+      </w:r>
+      <w:r w:rsidR="45A6043D" w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D16914">
-[...5 lines deleted...]
-        <w:t>f Work (SOWs).</w:t>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f Work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="003813D4">
+    <w:p w14:paraId="763DAE00" w14:textId="0C8ED98B" w:rsidR="00A31A6A" w:rsidRDefault="70689819" w:rsidP="649B5C45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="009E12A3">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operational Services Division provides a list of </w:t>
+      </w:r>
+      <w:r w:rsidR="18B6EDE9" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>certified</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> businesses through the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39">
+        <w:r w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A4039E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="000B307C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="144C99E0" w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
-      <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="479A52D2" w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r w:rsidR="00BD658C" w:rsidRPr="00BD658C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="33A1F11C" w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">SDO </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="4AF72A59" w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Programs (SD</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">upplier </w:t>
+      </w:r>
+      <w:r w:rsidR="33A1F11C" w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="75C4EACE" w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and SBPP)</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
+        <w:t xml:space="preserve">iversity </w:t>
+      </w:r>
+      <w:r w:rsidR="479A52D2" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:r w:rsidR="4A4A1A0D" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="479A52D2" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tab on the index (scroll to view the tab).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
+    <w:p w14:paraId="57F758EA" w14:textId="1042A817" w:rsidR="00CF5EB3" w:rsidRDefault="73EB0344" w:rsidP="00CF5EB3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc210985976"/>
-      <w:r w:rsidRPr="00DD5236">
-        <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
+      <w:r>
+        <w:t>Supplier Diversity Program Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5236">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="005F4220">
+    <w:p w14:paraId="7774F470" w14:textId="0A369B0B" w:rsidR="007002E9" w:rsidRDefault="65159A4C" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007002E9">
-[...4 lines deleted...]
-        <w:t>In cases where all other factors are equal, and particularly when adhering to a best value approach, the department will favor the vendor with stronger SDP commitment.</w:t>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In cases where all other factors are equal, and particularly when adhering to a best value approach, the department will favor the vendor with stronger S</w:t>
+      </w:r>
+      <w:r w:rsidR="4BBE02BC" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upplier </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="26273D0A" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iversity </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="094985D7" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rogram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commitment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="570E0460" w14:textId="513A2E36" w:rsidR="00053531" w:rsidRPr="007002E9" w:rsidRDefault="00053531" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="009E2D17">
+    <w:p w14:paraId="1B925288" w14:textId="10B08B1B" w:rsidR="003813D4" w:rsidRDefault="79190DA3" w:rsidP="649B5C45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...29 lines deleted...]
-        <w:r w:rsidRPr="009E12A3">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendor S</w:t>
+      </w:r>
+      <w:r w:rsidR="21FF127B" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upplier </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="1644CC21" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iversity </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="67A20AAA" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rogram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commitment percentages may be found on the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor">
+        <w:r w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009E12A3">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc210985977"/>
       <w:r w:rsidRPr="007418B6">
         <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
+    <w:p w14:paraId="1B1D11BB" w14:textId="04125E04" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C6101">
-[...4 lines deleted...]
-        <w:t>If available, departments must notify at least two certified small businesses capable of providing the product or service. Bids received from SBPP-participating small businesses must be evaluated, and if one meets the department’s best value criteria, the contract must be awarded to that vendor.</w:t>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>If available, departments must notify at least two certified small businesses capable of providing the product or service. Bids received from</w:t>
+      </w:r>
+      <w:r w:rsidR="2F533A58" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Small Business Purchasing Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -participating small businesses must be evaluated, and if one meets the department’s best value criteria, the contract must be awarded to that vendor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ACB0633" w14:textId="181C0B0C" w:rsidR="003C6101" w:rsidRDefault="008F629C" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+      <w:hyperlink r:id="rId41" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
         <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="003C6101">
+    <w:p w14:paraId="6EE73878" w14:textId="69713988" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="74B95073" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6956">
-[...7 lines deleted...]
-        <w:r w:rsidRPr="00ED6956">
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendor </w:t>
+      </w:r>
+      <w:r w:rsidR="6B981B04" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Small Business Purchasing Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Certification status can be found on the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor">
+        <w:r w:rsidRPr="53018A46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00ED6956">
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E2D17">
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>SDO Certification Type</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00ED6956">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="23FD6AD6" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upplier </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="65F08E1A" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iversity </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Certification Type</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C87046" w14:textId="57B56541" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc210985978"/>
       <w:bookmarkStart w:id="33" w:name="_Toc194066607"/>
       <w:r w:rsidRPr="003066B4">
-        <w:lastRenderedPageBreak/>
         <w:t>Subcontractor</w:t>
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="004D3A5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="477867D8" w14:textId="05E5B09F" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
+    <w:p w14:paraId="477867D8" w14:textId="7072A76B" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="5028930E" w:rsidP="000E3C80">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
-        <w:r w:rsidRPr="009E12A3">
+      <w:hyperlink r:id="rId42">
+        <w:r w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
-        <w:r w:rsidRPr="009E12A3">
+      <w:hyperlink r:id="rId43">
+        <w:r w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Standard Contract Form</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, as well as other applicable terms of this </w:t>
       </w:r>
-      <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidR="42BEB887" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Statewide Contract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5256B326" w14:textId="4D19389C" w:rsidR="006D5ABC" w:rsidRDefault="00A87A58" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Toc210985979"/>
       <w:bookmarkStart w:id="35" w:name="_Toc194066609"/>
       <w:r w:rsidRPr="00A87A58">
         <w:t>Shipping, Delivery, and Returns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidR="003B7672">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="4FD86F45" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="000F1DA7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc194066610"/>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For shipping, delivery, and returns, please follow these guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D317EA9" w14:textId="4D2FAC28" w:rsidR="000F1DA7" w:rsidRPr="002E43CA" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
+    <w:p w14:paraId="3D317EA9" w14:textId="7F676FC8" w:rsidR="000F1DA7" w:rsidRPr="002E43CA" w:rsidRDefault="02BF66CF" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="011762F0">
-[...4 lines deleted...]
-        <w:t>All quotations shall indicate Free on Board (FOB) destination. FOB destination means delivered and unloaded to all the departments, cities, towns, and political subdivisions within the Commonwealth of Massachusetts, with all charges for transportation and unloading prepaid by the vendor.</w:t>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>All quotations shall indicate Free on</w:t>
+      </w:r>
+      <w:r w:rsidR="1CD1B700" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="06F6363C" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oard</w:t>
+      </w:r>
+      <w:r w:rsidR="04D3038C" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">destination. </w:t>
+      </w:r>
+      <w:r w:rsidR="7D49B8DA" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Free on</w:t>
+      </w:r>
+      <w:r w:rsidR="42751002" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="7D49B8DA" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Board</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> destination means delivered and unloaded to all the departments, cities, towns, and political subdivisions within the Commonwealth of Massachusetts, with all charges for transportation and unloading prepaid by the vendor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED4F602" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRPr="004C4D7B" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Delivery arrangements for items that require special handling may be made by mutual agreement between the buyer and vendor. Shipping charges may be negotiated and allowed under reasonable circumstances including but not limited to rush shipping requests by the buyer. Vendors are not allowed to request an exception for shipping charges.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AEE71AF" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRPr="009B13EA" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -8651,51 +9139,59 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Standard Delivery Cost/Changes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20B0DF18" w14:textId="47CBBE3D" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">There is no charge for deliveries made within seven (7) calendar days for orders of $50.00 or more that are placed on the same day and will be shipped to the same delivery address.  Shipping can be done by the Vendor or drop shipping directly from the manufacturer or other source. </w:t>
+        <w:t xml:space="preserve">There is no charge for deliveries made within seven (7) calendar days for orders of $50.00 or more that are placed on the same day and will be shipped to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="011762F0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">same delivery address.  Shipping can be done by the Vendor or drop shipping directly from the manufacturer or other source. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C6B4ED2" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRPr="001C3E5C" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C3E5C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8998,129 +9494,112 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refurbished and Remanufactured Equipment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F98DE5D" w14:textId="27BCD8CE" w:rsidR="00443ABB" w:rsidRPr="00443ABB" w:rsidRDefault="000F1DA7" w:rsidP="00443ABB">
+    <w:p w14:paraId="3F98DE5D" w14:textId="0900C8E4" w:rsidR="00443ABB" w:rsidRPr="00443ABB" w:rsidRDefault="02BF66CF" w:rsidP="00443ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443ABB">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>In the event that</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00443ABB">
+        <w:t xml:space="preserve">In the event that refurbished or remanufactured equipment is requested and sold, </w:t>
+      </w:r>
+      <w:r w:rsidR="522428E5" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> refurbished or remanufactured equipment is requested and sold, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00443ABB">
+        <w:t xml:space="preserve">all unusable parts are to be removed and replaced with new or remanufactured parts, which meet original equipment manufacturers standards and any governing standards and/or regulations.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00443ABB" w:rsidRPr="011762F0">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="522428E5" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ll unusable parts are to be removed and replaced with new or remanufactured parts, which meet original equipment manufacturers (OEM) standards and any governing standards and/or regulations</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00443ABB">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00443ABB">
+        <w:t xml:space="preserve">emanufactured” or “reconditioned” is defined as products or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">emanufactured” or “reconditioned” is defined as products or equipment partially or fully manufactured from existing product materials where such materials are cleaned and repaired to the extent possible and reused in the new product or equipment in accordance with the original manufacturer’s specifications. </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">equipment partially or fully manufactured from existing product materials where such materials are cleaned and repaired to the extent possible and reused in the new product or equipment in accordance with the original manufacturer’s specifications. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36CDF2BE" w14:textId="0A60D35A" w:rsidR="000F1DA7" w:rsidRPr="00443ABB" w:rsidRDefault="000F1DA7" w:rsidP="00443ABB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00443ABB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Recalls or Notices of Defects</w:t>
       </w:r>
@@ -9144,51 +9623,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors are required to notify Buyers in a timely fashion about recalls, notices of defects and/or Failure to Supply, and provide an adequate opportunity to work together with the Buyers to maintain operations and resolve product availability issues.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8B9284" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Buyers should ensure their contact information is current and up to date with Vendors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E80B16A" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRDefault="000F1DA7" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyers are NOT responsible for the costs associated with the replacement of recalled and/or defective products and equipment, or the Vendor’s Failure to Supply, and have the option of receiving a credit instead.</w:t>
       </w:r>
     </w:p>
@@ -9296,51 +9774,51 @@
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
       <w:r w:rsidR="006A0936">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">percentage </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>discount given to the buyer if the invoice is paid within a specified time, in accordance with the</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47">
+      <w:hyperlink r:id="rId44">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Bill Paying Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000F1DA7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F1DA7">
         <w:rPr>
@@ -9365,220 +9843,203 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table and the price files within each Vendor’s </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidR="000F1DA7" w:rsidRPr="006B2A7D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Master Blanket Purchase Order</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000F1DA7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38DF9C3E" w14:textId="379CCB22" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="00F52DB7" w:rsidP="00F52DB7">
+    <w:p w14:paraId="3C477754" w14:textId="592E90ED" w:rsidR="000F1DA7" w:rsidRPr="00F345EE" w:rsidRDefault="095316F6" w:rsidP="000F1DA7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="009E12A3">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Volume Discount:</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A discount if a certain volume of product or service is purchased.</w:t>
       </w:r>
-      <w:r w:rsidR="000F1DA7">
+      <w:r w:rsidR="02BF66CF" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B2FF0">
+      <w:r w:rsidR="4EA98F5B" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
-      <w:r w:rsidR="000F1DA7" w:rsidRPr="011762F0">
+      <w:r w:rsidR="02BF66CF" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>may be offered by Vendor and must be approved by OSD.</w:t>
+        <w:t>may be offered by Vendor and must be approved by O</w:t>
+      </w:r>
+      <w:r w:rsidR="5514D653" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>perational Services Division.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60875876" w14:textId="77777777" w:rsidR="000F1DA7" w:rsidRPr="00F345EE" w:rsidRDefault="000F1DA7" w:rsidP="000F1DA7">
+    <w:p w14:paraId="60875876" w14:textId="13D37518" w:rsidR="000F1DA7" w:rsidRPr="00F345EE" w:rsidRDefault="02BF66CF" w:rsidP="000F1DA7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Market Share Discounts:</w:t>
       </w:r>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vendors and buyers may negotiate market share discounts when buyer agrees to purchase at least (n) % of their medical commodities from the Vendor or has a monthly dollar sales volume of at least (n) $ with the Vendor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9FFCE7" w14:textId="30AD2D1F" w:rsidR="00BC6254" w:rsidRPr="00BC6254" w:rsidRDefault="00BC6254" w:rsidP="00BC6254">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="001978DC">
+    <w:p w14:paraId="1F9FFCE7" w14:textId="49889510" w:rsidR="00BC6254" w:rsidRPr="00BC6254" w:rsidRDefault="7C5DE7A4" w:rsidP="53018A46">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> V</w:t>
-[...10 lines deleted...]
-        <w:r w:rsidRPr="009E12A3">
+        <w:t xml:space="preserve"> Vendor discounts are detailed in the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor">
+        <w:r w:rsidRPr="53018A46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> table and the price files within each vendor's Master Blanket Purchase Order </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> table and the price files within each vendor's Master Blanket Purchase Order</w:t>
+      </w:r>
+      <w:r w:rsidR="16641FAA" w:rsidRPr="53018A46">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009E12A3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MBPO</w:t>
-[...17 lines deleted...]
-      <w:r>
+        <w:t>or Master Contract Record</w:t>
+      </w:r>
+      <w:r w:rsidR="34D156E7" w:rsidRPr="53018A46">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A76A16" w14:textId="7923D1A1" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Toc194066612"/>
       <w:bookmarkStart w:id="41" w:name="_Toc210985982"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Emergency Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidR="00FE1EB2" w:rsidRPr="0011288D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="00280EC3" w:rsidP="00280EC3">
       <w:pPr>
@@ -9593,314 +10054,321 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A7E73">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="00003B08" w:rsidRPr="00003B08">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>801 CMR 21.05(3)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="_Toc194066614"/>
       <w:bookmarkStart w:id="43" w:name="_Toc210985983"/>
       <w:r w:rsidRPr="00564A93">
+        <w:lastRenderedPageBreak/>
         <w:t>Vendor Performance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0752D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="005F4220">
+    <w:p w14:paraId="6EAD9AC7" w14:textId="12CAF627" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="4375F40E" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A36AA5">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
-      <w:r w:rsidR="00387453">
+      <w:r w:rsidR="4355AF16" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
-        <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
+      <w:hyperlink r:id="rId47">
+        <w:r w:rsidR="4355AF16" w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
-[...6 lines deleted...]
-      <w:r w:rsidR="00387453">
+      <w:r w:rsidR="4355AF16" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="25889D4E" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On the Procurated website, </w:t>
+      </w:r>
+      <w:r w:rsidR="4AFCED2F" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">select an </w:t>
+      </w:r>
+      <w:r w:rsidR="1354E8E2" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operational Services Division </w:t>
+      </w:r>
+      <w:r w:rsidR="4AFCED2F" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>contract, c</w:t>
+      </w:r>
+      <w:r w:rsidR="7D1EC689" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hoose</w:t>
+      </w:r>
+      <w:r w:rsidR="4AFCED2F" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000C4CD8">
-[...27 lines deleted...]
-      <w:r w:rsidR="003F621F" w:rsidRPr="00E8347B">
+      <w:r w:rsidR="4AFCED2F" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Select</w:t>
       </w:r>
-      <w:r w:rsidR="003F621F">
+      <w:r w:rsidR="4AFCED2F" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00E8347B">
+      <w:r w:rsidR="52C4F05A" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="006061C4">
+      <w:r w:rsidR="596418F4" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>then c</w:t>
       </w:r>
-      <w:r w:rsidR="00BE76D0">
+      <w:r w:rsidR="7D1EC689" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hoose</w:t>
       </w:r>
-      <w:r w:rsidR="006061C4">
+      <w:r w:rsidR="596418F4" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006061C4" w:rsidRPr="00E8347B">
+      <w:r w:rsidR="596418F4" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide a Review</w:t>
       </w:r>
-      <w:r w:rsidR="006061C4">
+      <w:r w:rsidR="596418F4" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
-      <w:r w:rsidR="00E8347B">
+      <w:r w:rsidR="52C4F05A" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:r w:rsidR="00B94333">
+      <w:r w:rsidR="07EEA17E" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>licable</w:t>
       </w:r>
-      <w:r w:rsidR="00E8347B">
+      <w:r w:rsidR="52C4F05A" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vendor listed.</w:t>
       </w:r>
-      <w:r w:rsidR="00116495">
+      <w:r w:rsidR="0D3F4941" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F3CD7E" w14:textId="0DD9D231" w:rsidR="0060320F" w:rsidRPr="009E12A3" w:rsidRDefault="0060320F" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Buyers are encouraged to reach out to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51">
+      <w:hyperlink r:id="rId48">
         <w:r w:rsidR="009B2FF0" w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Category Manager</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009B2FF0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if vendors are not meeting their contractual obligations</w:t>
       </w:r>
       <w:r w:rsidR="00443ABB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  B</w:t>
@@ -9918,237 +10386,370 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00EF1817" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be evaluated on their current performance and may be asked to work with the Commonwealth toward improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECCA573" w14:textId="1FFE7CB8" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00D86662" w:rsidP="005F4220">
+    <w:p w14:paraId="2ECCA573" w14:textId="4D30292F" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="34B295E5" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="001123CE">
+      <w:r w:rsidR="1DBB9FE3" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> performance is unacceptable but </w:t>
       </w:r>
-      <w:r w:rsidR="008B4DE7">
+      <w:r w:rsidR="2E6460B1" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be corrected, the </w:t>
       </w:r>
-      <w:r w:rsidR="006F661A">
+      <w:r w:rsidR="7A105BEC" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be given the opportunity to develop and implement a </w:t>
       </w:r>
-      <w:r w:rsidR="00A11683">
+      <w:r w:rsidR="07E4404B" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">orrective </w:t>
       </w:r>
-      <w:r w:rsidR="00A11683">
+      <w:r w:rsidR="07E4404B" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ction </w:t>
       </w:r>
-      <w:r w:rsidR="00A11683">
+      <w:r w:rsidR="07E4404B" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
-[...18 lines deleted...]
-        <w:t>, working collaboratively with OSD and the relevant purchasing entities.</w:t>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lan, working collaboratively with O</w:t>
+      </w:r>
+      <w:r w:rsidR="22DAE078" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">perational </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="6B4B7718" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervices </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="5E80C115" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ivision</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the relevant purchasing entities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2740164E" w14:textId="5D21A87A" w:rsidR="00291F79" w:rsidRPr="009E12A3" w:rsidRDefault="00291F79" w:rsidP="005F4220">
+    <w:p w14:paraId="2740164E" w14:textId="35754EE7" w:rsidR="00291F79" w:rsidRPr="009E12A3" w:rsidRDefault="3C48990E" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="001123CE">
+      <w:r w:rsidR="1DBB9FE3" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
-[...6 lines deleted...]
-      <w:r w:rsidR="00DD0432" w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> performance is inadequate or breaches the R</w:t>
+      </w:r>
+      <w:r w:rsidR="2664C374" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">equest for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="14D0AF14" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>esponse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terms, </w:t>
+      </w:r>
+      <w:r w:rsidR="0C8A23BF" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">including attachments and agreements, </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
-[...6 lines deleted...]
-      <w:r w:rsidR="004F6F66">
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the O</w:t>
+      </w:r>
+      <w:r w:rsidR="38B3ABC9" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">perational </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="055CD9C3" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervices </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="4D09FE2F" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ivision</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Category Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="05C4FBDD" w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> may issue a warning, implement a </w:t>
       </w:r>
-      <w:r w:rsidR="005E3B6E">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="009E12A3">
+      <w:r w:rsidR="3BF0C938" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="5C72ED25" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orrective </w:t>
+      </w:r>
+      <w:r w:rsidR="3BF0C938" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="554F2365" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ction </w:t>
+      </w:r>
+      <w:r w:rsidR="3BF0C938" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="3519EF0C" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, or suspend/terminate the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CA7FE22" w14:textId="44C5BAF5" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
@@ -10355,500 +10956,581 @@
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Payments for products or services provided must be paid </w:t>
       </w:r>
       <w:r w:rsidR="0059231F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>45 days per Massachusetts Bill Payment Policy, or sooner if applying Prompt Payment Discount.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC49F8A" w14:textId="0274391B" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="005F4220">
+    <w:p w14:paraId="3BC49F8A" w14:textId="03D33709" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="2C373B9D" w:rsidP="649B5C45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...14 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Buyers are not required to sign additional agreements with vendors that conflict with the Request for Response Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="5BB25331" w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00ED285F">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="5BB25331" w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ontact </w:t>
       </w:r>
-      <w:r w:rsidR="0059140B">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="79E81D1F" w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52">
-        <w:r w:rsidR="009B2FF0" w:rsidRPr="011762F0">
+      <w:hyperlink r:id="rId49">
+        <w:r w:rsidR="4EA98F5B" w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Category Manager</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009B2FF0">
+      <w:r w:rsidR="4EA98F5B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for gui</w:t>
       </w:r>
-      <w:r w:rsidR="00861069">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="2AD82B3F" w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dance</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E12A3">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012945E2" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18BD570A" w14:textId="46C875D9" w:rsidR="00BC5DEA" w:rsidRPr="002E2D42" w:rsidRDefault="00BC5DEA" w:rsidP="00633557">
+    <w:p w14:paraId="18BD570A" w14:textId="46C875D9" w:rsidR="00BC5DEA" w:rsidRPr="002E2D42" w:rsidRDefault="75C01320" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="_Toc194066616"/>
       <w:bookmarkStart w:id="47" w:name="_Toc210985985"/>
-      <w:r w:rsidRPr="002E2D42">
+      <w:r>
         <w:t>Adding a Product</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
-      <w:r w:rsidR="00DD0065" w:rsidRPr="00DD0065">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="4BA3B621">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E2D8E16" w14:textId="77777777" w:rsidR="00443ABB" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
+    <w:p w14:paraId="2E2D8E16" w14:textId="02155345" w:rsidR="00443ABB" w:rsidRDefault="4EA98F5B" w:rsidP="009B2FF0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="_Toc194066618"/>
-      <w:r w:rsidRPr="011762F0">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">meets the Contract’s established specifications and scope, the Vendor may be able to add it to their product offerings, without approval by OSD. </w:t>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If a product cannot be found in the Vendor’s price sheet or PunchOut catalog, it is recommended to contact the Vendor directly to inquire if it is available for purchase on this contract. If the product meets the Contract’s established specifications and scope, the Vendor may be able to add it to their product offerings, without approval by O</w:t>
+      </w:r>
+      <w:r w:rsidR="7D4F079A" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">perational </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="3FB10EE9" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervices </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="4056B6AC" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ivision</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D31EA6B" w14:textId="17EED9B4" w:rsidR="009B2FF0" w:rsidRPr="006A3652" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
-[...14 lines deleted...]
-        <w:r w:rsidRPr="011762F0">
+    <w:p w14:paraId="4D31EA6B" w14:textId="7C100EB3" w:rsidR="009B2FF0" w:rsidRPr="006A3652" w:rsidRDefault="4EA98F5B" w:rsidP="009B2FF0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contract users should always reference HSP44 when contacting Vendors to ensure they are receiving contract pricing. Quotes should be awarded based on best value. The quoted and accepted net price remains in effect until the next update of the price list. These additionally quoted products can be ordered from the vendor’s catalog using the line item “non-catalog item quoted by vendor per </w:t>
+      </w:r>
+      <w:r w:rsidR="1E633CA2" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="5FF56CDD" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">equest </w:t>
+      </w:r>
+      <w:r w:rsidR="159C53F8" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="6C4D4C34" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="7266B50A" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>esponse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Please contact the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50">
+        <w:r w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Category Manager</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for guidance on this. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287EE5A1" w14:textId="114A3765" w:rsidR="00EF4D38" w:rsidRDefault="00EF4D38" w:rsidP="00633557">
+    <w:p w14:paraId="287EE5A1" w14:textId="4BD6F854" w:rsidR="00EF4D38" w:rsidRDefault="62B464DB" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="_Toc210985986"/>
-      <w:r w:rsidRPr="00D40F23">
+      <w:r>
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
-      <w:r w:rsidR="00C73C16">
+      <w:r w:rsidR="25C3F8CF">
         <w:t>and Services</w:t>
       </w:r>
-      <w:r w:rsidR="000702C6">
-        <w:t xml:space="preserve"> (EPPS)</w:t>
+      <w:r w:rsidR="249A0367">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
-      <w:r w:rsidR="00131479">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="348FBDED" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
+    <w:p w14:paraId="348FBDED" w14:textId="73F13737" w:rsidR="009B2FF0" w:rsidRDefault="4EA98F5B" w:rsidP="649B5C45">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="_Memorandum_of_Understanding"/>
       <w:bookmarkStart w:id="51" w:name="_Toc194066619"/>
       <w:bookmarkEnd w:id="50"/>
-      <w:r w:rsidRPr="011762F0">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>This contract provides environmentally preferable options wherever possible (e.g., reusable options, options with reduced toxins, options that provide reduced fuel usage, or provide other environmental benefits). To find more sustainable medical supplies and equipment, request products that meet one or more of the following:  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="011762F0">
+        <w:t>This contract provides environmentally preferable options wherever possible (e</w:t>
+      </w:r>
+      <w:r w:rsidR="5C1BFAB7" w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>xample:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reusable options, options with reduced toxins, options that provide reduced fuel usage, or provide other environmental benefits). To find more sustainable medical supplies and equipment, request products that meet one or more of the following:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="097603B8" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Are </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54">
+      <w:hyperlink r:id="rId51">
         <w:r w:rsidRPr="4678418A">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Practice Green Health Approved</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (which means products meet their </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55">
+      <w:hyperlink r:id="rId52">
         <w:r w:rsidRPr="4678418A">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Standardized Healthcare Criteria</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>) </w:t>
       </w:r>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F795C6C" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="005F4220">
+    <w:p w14:paraId="0F795C6C" w14:textId="1CA421D9" w:rsidR="009B2FF0" w:rsidRDefault="4EA98F5B" w:rsidP="649B5C45">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="4678418A">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>For Medical Products: Meet the standards established by </w:t>
       </w:r>
-      <w:r w:rsidRPr="4678418A">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56">
-        <w:r w:rsidRPr="4678418A">
+      <w:hyperlink r:id="rId53">
+        <w:r w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>HealthCare Without Harm’s Safer Medical Products</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="4678418A">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="4678418A">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="4678418A">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>meaning products do not contain polyvinyl chloride (PVC) or diethylhexyl phthalate (DEHP)</w:t>
-[...6 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve">meaning products do not contain polyvinyl chloride or diethylhexyl phthalate </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DDB6603" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">For Gloves: Meet the standards established by </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57">
+      <w:hyperlink r:id="rId54">
         <w:r w:rsidRPr="4678418A">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>HealthCare Without Harm’s Sustainable Glove Criteria</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="4678418A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24E56592" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="005F4220">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Are reusable (see Practice Greenhealth and Healthcare Without Harm’s guidance </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58">
+      <w:hyperlink r:id="rId55">
         <w:r w:rsidRPr="011762F0">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Transition from Single-Use Disposables to Reusables</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -10919,361 +11601,371 @@
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5920C366" w14:textId="48D95497" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Practice Green Health and HealthCare Without Harm work to make identification of sustainable products easier for healthcare product purchasers. </w:t>
       </w:r>
       <w:r w:rsidRPr="011762F0">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F5080E" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="000F760A" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
+    <w:p w14:paraId="58F5080E" w14:textId="31FCC230" w:rsidR="009B2FF0" w:rsidRPr="000F760A" w:rsidRDefault="4EA98F5B" w:rsidP="009B2FF0">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F760A">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learn More:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F760A">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Explore the </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="000F760A">
+        <w:t xml:space="preserve"> Explore the Environmentally Preferable Products Procurement Program and discover detailed guidance in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56">
+        <w:r w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Environmentally Preferable Products (EPP) Procurement Program</w:t>
+          <w:t>E</w:t>
         </w:r>
-      </w:hyperlink>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="000F760A">
+        <w:r w:rsidR="04EF5F70" w:rsidRPr="649B5C45">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>EPP Products and Services Guide</w:t>
+          <w:t>nvironmentally Preferable</w:t>
+        </w:r>
+        <w:r w:rsidRPr="649B5C45">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Products and Services Guide</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000F760A">
+      <w:r w:rsidRPr="649B5C45">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
+    <w:p w14:paraId="401E5311" w14:textId="6B02F2FE" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="33819E72" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="52" w:name="_Toc194066620"/>
       <w:bookmarkStart w:id="53" w:name="_Toc210985987"/>
       <w:bookmarkEnd w:id="51"/>
-      <w:r w:rsidRPr="003066B4">
-        <w:lastRenderedPageBreak/>
+      <w:r>
         <w:t>Instructions for</w:t>
       </w:r>
-      <w:r w:rsidR="00BA483E">
+      <w:r w:rsidR="4C01543C">
+        <w:t xml:space="preserve"> Massachusetts Management Accounting and Reporting System</w:t>
+      </w:r>
+      <w:r w:rsidR="4EEF1EB4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Users</w:t>
+      <w:r>
+        <w:t>Users</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
     </w:p>
-    <w:p w14:paraId="7E58B0D1" w14:textId="1A6F9C5B" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="00DC48F0">
+    <w:p w14:paraId="7E58B0D1" w14:textId="0D6D3598" w:rsidR="00266475" w:rsidRDefault="0B86620B" w:rsidP="00DC48F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F493B">
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">When placing orders with a contractor, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BD68D3" w:rsidRPr="00E006A5">
+        <w:t>When placing orders with a contractor,</w:t>
+      </w:r>
+      <w:r w:rsidR="4BE5E731" w:rsidRPr="53018A46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MMARS</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006F493B">
+        <w:t xml:space="preserve"> Massachusetts Management Accounting and Reporting System </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> users </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00075074">
+        <w:t xml:space="preserve">users </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F493B">
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> include a reference to the Statewide Contract ID number </w:t>
       </w:r>
-      <w:r w:rsidR="009B2FF0" w:rsidRPr="009B2FF0">
+      <w:r w:rsidR="4EA98F5B" w:rsidRPr="53018A46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>HSP44</w:t>
       </w:r>
-      <w:r w:rsidR="009B2FF0">
+      <w:r w:rsidR="4EA98F5B" w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F493B">
+      <w:r w:rsidRPr="53018A46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>in the Agreement ID field in MMARS for encumbrances related to purchases from Statewide Contracts.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>in the Agreement I</w:t>
+      </w:r>
+      <w:r w:rsidR="4026E288" w:rsidRPr="53018A46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">dentification </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">field in </w:t>
+      </w:r>
+      <w:r w:rsidR="34C2CFFC" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Massachusetts Management Accounting and Reporting System </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for encumbrances related to purchases from Statewide Contracts. </w:t>
       </w:r>
       <w:bookmarkStart w:id="54" w:name="_Contract_Summary"/>
       <w:bookmarkStart w:id="55" w:name="_Who_Can_Use_2"/>
       <w:bookmarkStart w:id="56" w:name="_Find_Bid/Contract_Documents"/>
       <w:bookmarkStart w:id="57" w:name="_Who_Can_Use_3"/>
       <w:bookmarkStart w:id="58" w:name="_Contract_Categories_3"/>
       <w:bookmarkStart w:id="59" w:name="_Additional_Information/FAQs_3"/>
       <w:bookmarkStart w:id="60" w:name="_Frequently_Purchased_Items"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
-      <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
-[...6 lines deleted...]
-      <w:r w:rsidR="00376AED">
+      <w:r w:rsidR="550013FA" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please address all inquiries regarding </w:t>
+      </w:r>
+      <w:r w:rsidR="32338231" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Massachusetts Management Accounting and Reporting System </w:t>
+      </w:r>
+      <w:r w:rsidR="550013FA" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">technical support and job aids </w:t>
+      </w:r>
+      <w:r w:rsidR="11FF5FE6" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by emailing </w:t>
+      </w:r>
+      <w:r w:rsidR="4457744F" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="19F5B8FB" w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00376AED" w:rsidRPr="00E006A5">
-[...37 lines deleted...]
-        <w:r w:rsidR="003764F5">
+      <w:hyperlink r:id="rId57">
+        <w:r w:rsidR="4457744F" w:rsidRPr="53018A46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A63214">
+      <w:r w:rsidR="34BB05E3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00417EA8">
+      <w:r w:rsidR="19F5B8FB" w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="00E9505D">
+      <w:r w:rsidR="0DF884BF" w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="003764F5">
+      <w:r w:rsidR="4457744F" w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> calling</w:t>
       </w:r>
-      <w:r w:rsidR="00E9505D">
+      <w:r w:rsidR="0DF884BF" w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00417EA8" w:rsidRPr="00D27BA2">
-[...13 lines deleted...]
-      <w:r w:rsidR="00A63214">
+      <w:r w:rsidR="19F5B8FB" w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>617-973-2468.</w:t>
+      </w:r>
+      <w:r w:rsidR="34BB05E3" w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="292CC82B" w14:textId="570B910E" w:rsidR="009B2FF0" w:rsidRPr="002E2D42" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="_Toc210985988"/>
       <w:r>
         <w:t>Geographical Service Area</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
     </w:p>
     <w:p w14:paraId="3997CE2A" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="009B2FF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -11282,51 +11974,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="00806E61">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s will be able to provide the requested service(s) throughout the Commonwealth.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00266475" w:rsidRDefault="00266475" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00266475" w:rsidSect="003E7DC2">
-          <w:footerReference w:type="first" r:id="rId62"/>
+          <w:footerReference w:type="first" r:id="rId58"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66F6F6D9" w14:textId="572D18D1" w:rsidR="00E51057" w:rsidRPr="00ED150D" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:u w:val="double"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="62" w:name="_Appendix_A:_Vendor"/>
       <w:bookmarkStart w:id="63" w:name="_Vendor_Specific_Information"/>
       <w:bookmarkStart w:id="64" w:name="_Vendor_Information*"/>
       <w:bookmarkStart w:id="65" w:name="_Vendor_List_and"/>
       <w:bookmarkStart w:id="66" w:name="_Appendix_A:_1"/>
       <w:bookmarkStart w:id="67" w:name="_Toc194066623"/>
       <w:bookmarkStart w:id="68" w:name="_Toc210985989"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
@@ -11335,129 +12027,136 @@
       <w:bookmarkEnd w:id="66"/>
       <w:r w:rsidRPr="00ED150D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r w:rsidRPr="00B142B5">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="14269" w:type="dxa"/>
+        <w:tblW w:w="14640" w:type="dxa"/>
         <w:tblInd w:w="-815" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vendor Information Table"/>
         <w:tblDescription w:val="This table includes the following column headings and information: vendor name, Master Blanket Purchase Order Number, MMARS Vendor Code, MMARS Vendor Line, Contact Person, Phone number, Email, Categories, Regions, Discounts (PPD, Dock Delivery, Other), MBE, WMBE, WBE, Vetran status, Minimum Order, and list of any other imporatant items.  "/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2520"/>
-        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="2445"/>
+        <w:gridCol w:w="1605"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1440"/>
-        <w:gridCol w:w="2430"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1309"/>
+        <w:gridCol w:w="2280"/>
+        <w:gridCol w:w="1425"/>
+        <w:gridCol w:w="1590"/>
+        <w:gridCol w:w="1425"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="18598502" w14:textId="77777777" w:rsidTr="009B2FF0">
+      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="18598502" w14:textId="77777777" w:rsidTr="53018A46">
         <w:trPr>
           <w:trHeight w:val="692"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2445" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1743D6B4" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="1743D6B4" w14:textId="2A34E3A6" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="4EA98F5B" w:rsidP="649B5C45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA3325">
+            <w:r w:rsidRPr="649B5C45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vendor</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1605" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="20908265" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="20908265" w14:textId="4AB50961" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="4EA98F5B" w:rsidP="649B5C45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA3325">
+            <w:r w:rsidRPr="649B5C45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Master Blanket Purchase Order #</w:t>
+              <w:t xml:space="preserve">Master Blanket Purchase Order </w:t>
+            </w:r>
+            <w:r w:rsidR="2AEB8E42" w:rsidRPr="649B5C45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="62E72FB6" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11502,283 +12201,359 @@
           <w:p w14:paraId="5511219B" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA3325">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contact Person</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0D4309CF" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="0D4309CF" w14:textId="6F349612" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="4EA98F5B" w:rsidP="649B5C45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA3325">
+            <w:r w:rsidRPr="649B5C45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Phone #</w:t>
+              <w:t xml:space="preserve">Phone </w:t>
+            </w:r>
+            <w:r w:rsidR="38134021" w:rsidRPr="649B5C45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="5FDBFD26" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA3325">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="158B886D" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="7BB9205A" w14:textId="345C8C7D" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="6AB6DDB4" w:rsidP="5F87D5CD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA3325">
+            <w:r w:rsidRPr="5F87D5CD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Discounts</w:t>
-[...59 lines deleted...]
-              <w:t>Other)</w:t>
+              <w:t>Prompt Pay Discount</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="081B05D3" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="081B05D3" w14:textId="461208E5" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="4EA98F5B" w:rsidP="649B5C45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="649B5C45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>SDO Certification Type</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00EA3325">
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="486A80CA" w:rsidRPr="649B5C45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">upplier </w:t>
+            </w:r>
+            <w:r w:rsidRPr="649B5C45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="143907DC" w:rsidRPr="649B5C45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>iversity O</w:t>
+            </w:r>
+            <w:r w:rsidR="15D7C8DE" w:rsidRPr="649B5C45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ffice</w:t>
+            </w:r>
+            <w:r w:rsidRPr="649B5C45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Certification Type </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1309" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0FBB1D23" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="0FBB1D23" w14:textId="60E042F8" w:rsidR="009B2FF0" w:rsidRPr="00EA3325" w:rsidRDefault="009B2FF0" w:rsidP="5F87D5CD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5F87D5CD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>SDP Commitment Percentage</w:t>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="7702A0BB" w:rsidRPr="5F87D5CD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">upplier </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5F87D5CD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="4F57BEE6" w:rsidRPr="5F87D5CD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iversity </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5F87D5CD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="523D9137" w:rsidRPr="5F87D5CD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>rogram</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5F87D5CD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Commitment Percentage</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="4C27C539" w14:textId="77777777" w:rsidTr="009B2FF0">
+      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="4C27C539" w14:textId="77777777" w:rsidTr="53018A46">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D506788" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="3D506788" w14:textId="166168AC" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="4EA98F5B" w:rsidP="2272E2AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B0041A">
+            <w:r w:rsidRPr="649B5C45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>[Master Contract Record] [Master MBPO] (All contract documents)**</w:t>
+              <w:t xml:space="preserve">[Master Contract Record] [Master </w:t>
+            </w:r>
+            <w:r w:rsidR="0196132B" w:rsidRPr="649B5C45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>MASTER BLANKET PURCHASE ORDER</w:t>
+            </w:r>
+            <w:r w:rsidRPr="649B5C45">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>] (All contract documents)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50A0A306" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC02-25879</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D9AF61F" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00D941EC" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -11868,255 +12643,252 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="28958616" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1B1C7C94">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">617-359-7271 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B45B81C" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="08B69042" w14:textId="02BFB7A8" w:rsidR="012788F2" w:rsidRDefault="012788F2" w:rsidP="649B5C45">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="1B1C7C94">
-[...31 lines deleted...]
-              <w:r w:rsidRPr="1B1C7C94">
+            <w:hyperlink r:id="rId60">
+              <w:r w:rsidRPr="649B5C45">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>sonia.castro@mass.gov</w:t>
+                <w:t>Tina Sang</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="1B1C7C94">
+          </w:p>
+          <w:p w14:paraId="57B51A62" w14:textId="19F79E89" w:rsidR="012788F2" w:rsidRDefault="012788F2" w:rsidP="649B5C45">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
+            <w:hyperlink r:id="rId61">
+              <w:r w:rsidRPr="649B5C45">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>Sonia Castro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p w14:paraId="6C4BDBBC" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3539AC11" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="008AC9E4" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1309" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="676FEEC4" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="52EDF6B1" w14:textId="77777777" w:rsidTr="009B2FF0">
+      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="52EDF6B1" w14:textId="77777777" w:rsidTr="53018A46">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC5EFDA" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="2CC5EFDA" w14:textId="7A04B3B6" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Geriatric Medical &amp; Surgical Supply</w:t>
+              <w:t xml:space="preserve">Geriatric Medical </w:t>
+            </w:r>
+            <w:r w:rsidR="00F0139E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0041A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Surgical Supply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="408F575C" w14:textId="37DBBE7E" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-25915</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5617441B" w14:textId="7DF61F7F" w:rsidR="009B2FF0" w:rsidRPr="00874AB1" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r w:rsidRPr="1B1C7C94">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>25980</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="559C97EC" w14:textId="4ED86257" w:rsidR="009B2FF0" w:rsidRDefault="009B2FF0" w:rsidP="00D941EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="737D29F3" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -12148,429 +12920,438 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A3CB753" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-305-3144 X350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0651EF7B" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68">
+            <w:hyperlink r:id="rId64">
               <w:r w:rsidRPr="011762F0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>jj.pistoor@gerimed.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="011762F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="105CECC5" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="105CECC5" w14:textId="128D6517" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="53018A46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B0041A">
+            <w:r w:rsidRPr="53018A46">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PPD- 10 days: 1%</w:t>
+              <w:t>10 days: 1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57F4060D" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1309" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4798FB50" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="5C4E6756" w14:textId="77777777" w:rsidTr="009B2FF0">
+      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="5C4E6756" w14:textId="77777777" w:rsidTr="53018A46">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E1DBAD9" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>McKesson Medical-Surgical Government Solutions LLC (MMSGS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2595C271" w14:textId="3630CF80" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-25934</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D5137F2" w14:textId="48CFD54E" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>25978</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FDC4962" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="2FDC4962" w14:textId="6CC48325" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="460C7D46" w:rsidP="2272E2AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B0041A">
+            <w:r w:rsidRPr="2272E2AB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Zack Newsome</w:t>
+              <w:t xml:space="preserve">Rob Thomas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30F801DB" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="30F801DB" w14:textId="0EEE2CAC" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="460C7D46" w:rsidP="2272E2AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B0041A">
+            <w:r w:rsidRPr="2272E2AB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>904-790-9210</w:t>
+              <w:t>330-518-1350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="356BEC73" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="4DCC6E35" w14:textId="5EC2ACE4" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="460C7D46" w:rsidP="2272E2AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId71">
-              <w:r w:rsidRPr="011762F0">
+            <w:hyperlink r:id="rId67">
+              <w:r w:rsidRPr="2272E2AB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>zack.newsome@mckesson.com</w:t>
+                <w:t>robert.thomas@mckesson.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="011762F0">
+          </w:p>
+          <w:p w14:paraId="356BEC73" w14:textId="62EA0A46" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="460C7D46" w:rsidP="2272E2AB">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="2272E2AB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="085AD2F8" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="085AD2F8" w14:textId="4847C8B2" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="53018A46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B0041A">
+            <w:r w:rsidRPr="53018A46">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PPD- 10 days: 1%</w:t>
+              <w:t>10 days: 1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F5C29BF" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1309" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DBA39F6" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="6048D111" w14:textId="77777777" w:rsidTr="009B2FF0">
+      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="6048D111" w14:textId="77777777" w:rsidTr="53018A46">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46DF2755" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Medline Industries, Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79F4C097" w14:textId="3AE6443D" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-25878</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D8D6375" w14:textId="656C17A6" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>25979</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="742D4A0E" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1B1C7C94">
@@ -12585,186 +13366,186 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="087EF107" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1B1C7C94">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>847-643-3672</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08F1496D" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId74">
+            <w:hyperlink r:id="rId70">
               <w:r w:rsidRPr="1B1C7C94">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>cplotz@medline.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="1B1C7C94">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="58585B"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9A90B3" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="2B9A90B3" w14:textId="35D32F2C" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="53018A46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B0041A">
+            <w:r w:rsidRPr="53018A46">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PPD- 10 days: 1%</w:t>
+              <w:t>10 days: 1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63ADDC0C" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1309" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FDF9AF8" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="317CA695" w14:textId="77777777" w:rsidTr="009B2FF0">
+      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="317CA695" w14:textId="77777777" w:rsidTr="53018A46">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6489631F" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MedSupply Corp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05AC9653" w14:textId="3DC0ABB0" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-25914</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="490F9D82" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -12802,206 +13583,206 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="486C914C" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>248-597-9004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="080EF0BF" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r w:rsidRPr="00E34FBD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>tmirza@med-supply.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40368496" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="40368496" w14:textId="0F0B9C9F" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="53018A46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="011762F0">
+            <w:r w:rsidRPr="53018A46">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PPD- 10 days: 1.5%; 15 days: 1.25%</w:t>
+              <w:t>10 days: 1.5%; 15 days: 1.25%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="068946FD" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1309" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B74F8E1" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="4E1A9A8B" w14:textId="77777777" w:rsidTr="009B2FF0">
+      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="4E1A9A8B" w14:textId="77777777" w:rsidTr="53018A46">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="160F699D" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Steri-Tech Medical Innovations LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68536A73" w14:textId="3C5543FF" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId77">
+            <w:hyperlink r:id="rId73">
               <w:r w:rsidRPr="011762F0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-25896</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6327A361" w14:textId="76DFE8D2" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>29007</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02B3A5C5" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1B1C7C94">
@@ -13016,188 +13797,334 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40EB2EC3" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>987-677-7887</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="196DD187" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId79">
+            <w:hyperlink r:id="rId75">
               <w:r w:rsidRPr="1B1C7C94">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>jorge@steritechmed.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="1B1C7C94">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="250BD4A1" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="250BD4A1" w14:textId="5D363D73" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="53018A46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B0041A">
+            <w:r w:rsidRPr="53018A46">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PPD- 10 days: 1%</w:t>
+              <w:t>10 days: 1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51E8DAE3" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="51E8DAE3" w14:textId="37E33051" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="6A090AEB" w:rsidP="53018A46">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="011762F0">
+            <w:r w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Service-Disabled Veteran-Owned Business</w:t>
+            </w:r>
+            <w:r w:rsidR="4EA98F5B" w:rsidRPr="53018A46">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>SDVOBE, VBE, MBE, DOBE and SBPP</w:t>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="78227F6C" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="4EA98F5B" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="5B23B33C" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eteran </w:t>
+            </w:r>
+            <w:r w:rsidR="4EA98F5B" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="550CFA4C" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">usiness </w:t>
+            </w:r>
+            <w:r w:rsidR="4EA98F5B" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="40635ED7" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>nterprise</w:t>
+            </w:r>
+            <w:r w:rsidR="4EA98F5B" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>, M</w:t>
+            </w:r>
+            <w:r w:rsidR="07CB8BCE" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inority </w:t>
+            </w:r>
+            <w:r w:rsidR="4EA98F5B" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="55170438" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">usiness </w:t>
+            </w:r>
+            <w:r w:rsidR="4EA98F5B" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="4B207F6A" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>nterprise</w:t>
+            </w:r>
+            <w:r w:rsidR="4EA98F5B" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="418703F6" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Disability-Owned Business Enterprises</w:t>
+            </w:r>
+            <w:r w:rsidR="4EA98F5B" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="399BB2BB" w:rsidRPr="53018A46">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Small Business Purchasing Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1309" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D220B5B" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="3AD3FB88" w14:textId="77777777" w:rsidTr="009B2FF0">
+      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="3AD3FB88" w14:textId="77777777" w:rsidTr="53018A46">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DA7A354" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Trans Med USA Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5331CFBD" w14:textId="2F07A791" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01</w:t>
               </w:r>
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>-25877</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -13244,210 +14171,211 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="431F4973" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>978-649-1970</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2251A14A" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId81">
+            <w:hyperlink r:id="rId77">
               <w:r w:rsidRPr="011762F0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>darius@transmed-usa.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="011762F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30A54590" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="30A54590" w14:textId="72CED009" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="53018A46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B0041A">
+            <w:r w:rsidRPr="53018A46">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PPD- 10 days: 1%</w:t>
+              <w:t>10 days: 1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F6A6932" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="011762F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1309" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="405292BC" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="44C3289F" w14:textId="77777777" w:rsidTr="009B2FF0">
+      <w:tr w:rsidR="009B2FF0" w:rsidRPr="00ED150D" w14:paraId="44C3289F" w14:textId="77777777" w:rsidTr="53018A46">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="716563F3" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Westnet Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59B84F6C" w14:textId="7487BDC5" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r w:rsidRPr="00641745">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-25916</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ECBBCAD" w14:textId="7A61CD4B" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r w:rsidRPr="00B0041A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>25977</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3911F58A" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
@@ -13462,281 +14390,268 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01058DEC" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-828-7772</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D224198" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId84">
+            <w:hyperlink r:id="rId80">
               <w:r w:rsidRPr="011762F0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>tmclean@westnetmed.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="011762F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="363B3A2A" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="363B3A2A" w14:textId="32CDB03C" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="53018A46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B0041A">
+            <w:r w:rsidRPr="53018A46">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PPD- 10 days: 1%</w:t>
+              <w:t>10 days: 1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19332950" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
+          <w:p w14:paraId="19332950" w14:textId="758D06A3" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="7D6239EC" w:rsidP="53018A46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="011762F0">
+            <w:r w:rsidRPr="53018A46">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>DBE</w:t>
+              <w:t>Disadvantaged Business Enterprise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1309" w:type="dxa"/>
+            <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AC4A38C" w14:textId="77777777" w:rsidR="009B2FF0" w:rsidRPr="00B0041A" w:rsidRDefault="009B2FF0" w:rsidP="00E07B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0041A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="387CC61A" w14:textId="43B83474" w:rsidR="00304C6F" w:rsidRDefault="00275216" w:rsidP="009B2FF0">
+    <w:p w14:paraId="387CC61A" w14:textId="7E98C69D" w:rsidR="00304C6F" w:rsidRDefault="00275216" w:rsidP="53018A46">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="69" w:name="_Appendix_A:_[add"/>
       <w:bookmarkStart w:id="70" w:name="_Toc210985990"/>
       <w:bookmarkStart w:id="71" w:name="_Toc194066624"/>
       <w:bookmarkEnd w:id="69"/>
-      <w:r w:rsidRPr="00275216">
-        <w:lastRenderedPageBreak/>
+      <w:r>
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
-      <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
+      <w:r w:rsidR="00F0545F" w:rsidRPr="53018A46">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="00275216">
-[...9 lines deleted...]
-        <w:t>)</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
-      <w:r w:rsidR="00F0545F" w:rsidRPr="00E23F4C">
-[...4 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="71"/>
     </w:p>
-    <w:p w14:paraId="59BFD38A" w14:textId="5D3E8D1B" w:rsidR="00E53E55" w:rsidRDefault="00D119CD" w:rsidP="00304C6F">
-[...13 lines deleted...]
-      <w:r w:rsidR="00E53E55" w:rsidRPr="00E53E55">
+    <w:p w14:paraId="59BFD38A" w14:textId="55383A77" w:rsidR="00E53E55" w:rsidRDefault="3AAD18C0" w:rsidP="53018A46">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>United Nations Standard Products and Services Code</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53018A46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53E55" w:rsidRPr="53018A46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r w:rsidR="009B2FF0" w:rsidRPr="009B2FF0">
+      <w:r w:rsidR="009B2FF0" w:rsidRPr="53018A46">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>HSP44</w:t>
       </w:r>
-      <w:r w:rsidR="009B2FF0">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="009B2FF0" w:rsidRPr="53018A46">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50D2EC25" w14:textId="77777777" w:rsidR="00D941EC" w:rsidRPr="00D941EC" w:rsidRDefault="00D941EC" w:rsidP="00D941EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D941EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>42190000 - Medical facility products</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B85F581" w14:textId="3AAE829A" w:rsidR="00931DF2" w:rsidRPr="009B2FF0" w:rsidRDefault="00931DF2" w:rsidP="00D941EC"/>
     <w:sectPr w:rsidR="00931DF2" w:rsidRPr="009B2FF0" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="225E29AA" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="027DAE78" w14:textId="77777777" w:rsidR="00E93123" w:rsidRDefault="00E93123" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11711A67" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253"/>
+    <w:p w14:paraId="2A9AD5C9" w14:textId="77777777" w:rsidR="00E93123" w:rsidRDefault="00E93123"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CD14011" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="06E26751" w14:textId="77777777" w:rsidR="00E93123" w:rsidRDefault="00E93123" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42939CE0" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253"/>
+    <w:p w14:paraId="36A253E3" w14:textId="77777777" w:rsidR="00E93123" w:rsidRDefault="00E93123"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="00C0635C" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253">
+    <w:p w14:paraId="163E1C02" w14:textId="77777777" w:rsidR="00E93123" w:rsidRDefault="00E93123">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -14173,51 +15088,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="786E47D9" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="14883228" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
@@ -14667,51 +15582,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="786F5E3D" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="62F7B3EE" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
@@ -15037,73 +15952,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36F66C89" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="4B09839C" w14:textId="77777777" w:rsidR="00E93123" w:rsidRDefault="00E93123" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26AE9465" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253"/>
+    <w:p w14:paraId="470ADBED" w14:textId="77777777" w:rsidR="00E93123" w:rsidRDefault="00E93123"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46D997CE" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="59F94288" w14:textId="77777777" w:rsidR="00E93123" w:rsidRDefault="00E93123" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A1A6B5" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253"/>
+    <w:p w14:paraId="4A7A3758" w14:textId="77777777" w:rsidR="00E93123" w:rsidRDefault="00E93123"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5BA848EF" w14:textId="77777777" w:rsidR="00CD1253" w:rsidRDefault="00CD1253">
+    <w:p w14:paraId="0DCC7348" w14:textId="77777777" w:rsidR="00E93123" w:rsidRDefault="00E93123">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A9B9F4D" w14:textId="519FEDEC" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00196519" w:rsidP="007A023C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -15343,51 +16258,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="0348371C" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="0B4CECD1" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -15690,51 +16605,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="26DA2755" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="3BBECF8D" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18000,51 +18915,51 @@
   <w:num w:numId="16" w16cid:durableId="1526821401">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="773786529">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1615557764">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="31812843">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1310553039">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="509762962">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="89"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -19064,50 +19979,51 @@
     <w:rsid w:val="00296375"/>
     <w:rsid w:val="00296560"/>
     <w:rsid w:val="00296719"/>
     <w:rsid w:val="00296F0D"/>
     <w:rsid w:val="00296F64"/>
     <w:rsid w:val="00297106"/>
     <w:rsid w:val="00297429"/>
     <w:rsid w:val="002974C8"/>
     <w:rsid w:val="002974DB"/>
     <w:rsid w:val="00299973"/>
     <w:rsid w:val="002A02A8"/>
     <w:rsid w:val="002A03A1"/>
     <w:rsid w:val="002A0E8C"/>
     <w:rsid w:val="002A10B9"/>
     <w:rsid w:val="002A1148"/>
     <w:rsid w:val="002A1A05"/>
     <w:rsid w:val="002A1C92"/>
     <w:rsid w:val="002A2001"/>
     <w:rsid w:val="002A22A0"/>
     <w:rsid w:val="002A23C2"/>
     <w:rsid w:val="002A310B"/>
     <w:rsid w:val="002A326F"/>
     <w:rsid w:val="002A3ACC"/>
     <w:rsid w:val="002A3E20"/>
     <w:rsid w:val="002A3E79"/>
+    <w:rsid w:val="002A3EC7"/>
     <w:rsid w:val="002A3ED3"/>
     <w:rsid w:val="002A3FC0"/>
     <w:rsid w:val="002A400F"/>
     <w:rsid w:val="002A40B2"/>
     <w:rsid w:val="002A40E1"/>
     <w:rsid w:val="002A4290"/>
     <w:rsid w:val="002A464F"/>
     <w:rsid w:val="002A4C9A"/>
     <w:rsid w:val="002A530A"/>
     <w:rsid w:val="002A5B1A"/>
     <w:rsid w:val="002A642B"/>
     <w:rsid w:val="002B02C8"/>
     <w:rsid w:val="002B04B8"/>
     <w:rsid w:val="002B052E"/>
     <w:rsid w:val="002B068D"/>
     <w:rsid w:val="002B06A1"/>
     <w:rsid w:val="002B0A51"/>
     <w:rsid w:val="002B0D95"/>
     <w:rsid w:val="002B1342"/>
     <w:rsid w:val="002B167F"/>
     <w:rsid w:val="002B2726"/>
     <w:rsid w:val="002B2B23"/>
     <w:rsid w:val="002B36A0"/>
     <w:rsid w:val="002B384F"/>
     <w:rsid w:val="002B4F4A"/>
@@ -19203,50 +20119,51 @@
     <w:rsid w:val="002F677F"/>
     <w:rsid w:val="002F67D2"/>
     <w:rsid w:val="002F71E0"/>
     <w:rsid w:val="002F75FB"/>
     <w:rsid w:val="003007DC"/>
     <w:rsid w:val="00300D98"/>
     <w:rsid w:val="00300E7C"/>
     <w:rsid w:val="0030133C"/>
     <w:rsid w:val="00301501"/>
     <w:rsid w:val="003018A4"/>
     <w:rsid w:val="00301931"/>
     <w:rsid w:val="00301B4D"/>
     <w:rsid w:val="00301C2C"/>
     <w:rsid w:val="00302709"/>
     <w:rsid w:val="00302C4E"/>
     <w:rsid w:val="003030C9"/>
     <w:rsid w:val="0030386D"/>
     <w:rsid w:val="00303C3D"/>
     <w:rsid w:val="00303D78"/>
     <w:rsid w:val="00304398"/>
     <w:rsid w:val="00304890"/>
     <w:rsid w:val="0030497D"/>
     <w:rsid w:val="00304C6F"/>
     <w:rsid w:val="00305245"/>
     <w:rsid w:val="00305298"/>
+    <w:rsid w:val="003052C0"/>
     <w:rsid w:val="003058A3"/>
     <w:rsid w:val="00305D00"/>
     <w:rsid w:val="00305D8A"/>
     <w:rsid w:val="00305DAC"/>
     <w:rsid w:val="00305DFC"/>
     <w:rsid w:val="003066B4"/>
     <w:rsid w:val="003070B0"/>
     <w:rsid w:val="003077B9"/>
     <w:rsid w:val="00307B90"/>
     <w:rsid w:val="00307F54"/>
     <w:rsid w:val="0031019F"/>
     <w:rsid w:val="00310944"/>
     <w:rsid w:val="00311C44"/>
     <w:rsid w:val="003121D1"/>
     <w:rsid w:val="0031246D"/>
     <w:rsid w:val="003135FE"/>
     <w:rsid w:val="003137C5"/>
     <w:rsid w:val="00313846"/>
     <w:rsid w:val="00313D61"/>
     <w:rsid w:val="00314899"/>
     <w:rsid w:val="00314AFF"/>
     <w:rsid w:val="00314F50"/>
     <w:rsid w:val="00315038"/>
     <w:rsid w:val="00315187"/>
     <w:rsid w:val="003151C6"/>
@@ -23123,50 +24040,51 @@
     <w:rsid w:val="00D128DF"/>
     <w:rsid w:val="00D129F4"/>
     <w:rsid w:val="00D132BC"/>
     <w:rsid w:val="00D13D70"/>
     <w:rsid w:val="00D14D61"/>
     <w:rsid w:val="00D1511F"/>
     <w:rsid w:val="00D15A2A"/>
     <w:rsid w:val="00D15E47"/>
     <w:rsid w:val="00D16914"/>
     <w:rsid w:val="00D16FBB"/>
     <w:rsid w:val="00D16FFE"/>
     <w:rsid w:val="00D17040"/>
     <w:rsid w:val="00D17217"/>
     <w:rsid w:val="00D178F7"/>
     <w:rsid w:val="00D17907"/>
     <w:rsid w:val="00D2058E"/>
     <w:rsid w:val="00D208A7"/>
     <w:rsid w:val="00D2100D"/>
     <w:rsid w:val="00D210A5"/>
     <w:rsid w:val="00D2137A"/>
     <w:rsid w:val="00D217DF"/>
     <w:rsid w:val="00D21BD6"/>
     <w:rsid w:val="00D21BF1"/>
     <w:rsid w:val="00D2232B"/>
     <w:rsid w:val="00D22374"/>
+    <w:rsid w:val="00D223C0"/>
     <w:rsid w:val="00D224BC"/>
     <w:rsid w:val="00D22650"/>
     <w:rsid w:val="00D2286A"/>
     <w:rsid w:val="00D22A65"/>
     <w:rsid w:val="00D22CB8"/>
     <w:rsid w:val="00D233F3"/>
     <w:rsid w:val="00D2340D"/>
     <w:rsid w:val="00D234B2"/>
     <w:rsid w:val="00D235AD"/>
     <w:rsid w:val="00D2376E"/>
     <w:rsid w:val="00D24256"/>
     <w:rsid w:val="00D24B5F"/>
     <w:rsid w:val="00D24FD4"/>
     <w:rsid w:val="00D2576A"/>
     <w:rsid w:val="00D25D2C"/>
     <w:rsid w:val="00D26A9B"/>
     <w:rsid w:val="00D26EF8"/>
     <w:rsid w:val="00D27FCC"/>
     <w:rsid w:val="00D3045F"/>
     <w:rsid w:val="00D30589"/>
     <w:rsid w:val="00D306A7"/>
     <w:rsid w:val="00D318C3"/>
     <w:rsid w:val="00D31D64"/>
     <w:rsid w:val="00D321FA"/>
     <w:rsid w:val="00D332F1"/>
@@ -23678,50 +24596,51 @@
     <w:rsid w:val="00E81B4E"/>
     <w:rsid w:val="00E820F7"/>
     <w:rsid w:val="00E8235E"/>
     <w:rsid w:val="00E82C24"/>
     <w:rsid w:val="00E82D9A"/>
     <w:rsid w:val="00E8332E"/>
     <w:rsid w:val="00E8347B"/>
     <w:rsid w:val="00E83484"/>
     <w:rsid w:val="00E83997"/>
     <w:rsid w:val="00E84D04"/>
     <w:rsid w:val="00E85370"/>
     <w:rsid w:val="00E85735"/>
     <w:rsid w:val="00E85875"/>
     <w:rsid w:val="00E85892"/>
     <w:rsid w:val="00E85CDF"/>
     <w:rsid w:val="00E870A4"/>
     <w:rsid w:val="00E87947"/>
     <w:rsid w:val="00E87E69"/>
     <w:rsid w:val="00E900B1"/>
     <w:rsid w:val="00E90FC2"/>
     <w:rsid w:val="00E90FC4"/>
     <w:rsid w:val="00E91563"/>
     <w:rsid w:val="00E91896"/>
     <w:rsid w:val="00E91BDB"/>
     <w:rsid w:val="00E928F6"/>
+    <w:rsid w:val="00E93123"/>
     <w:rsid w:val="00E93701"/>
     <w:rsid w:val="00E946C2"/>
     <w:rsid w:val="00E9505D"/>
     <w:rsid w:val="00E95518"/>
     <w:rsid w:val="00E95AC3"/>
     <w:rsid w:val="00E95AE4"/>
     <w:rsid w:val="00E95DE1"/>
     <w:rsid w:val="00E95F46"/>
     <w:rsid w:val="00E965AA"/>
     <w:rsid w:val="00E968DA"/>
     <w:rsid w:val="00E9749F"/>
     <w:rsid w:val="00E976C1"/>
     <w:rsid w:val="00E97BB0"/>
     <w:rsid w:val="00EA0089"/>
     <w:rsid w:val="00EA0124"/>
     <w:rsid w:val="00EA06C5"/>
     <w:rsid w:val="00EA193C"/>
     <w:rsid w:val="00EA1E44"/>
     <w:rsid w:val="00EA22DE"/>
     <w:rsid w:val="00EA26D7"/>
     <w:rsid w:val="00EA26FF"/>
     <w:rsid w:val="00EA2A5D"/>
     <w:rsid w:val="00EA2CDA"/>
     <w:rsid w:val="00EA2D03"/>
     <w:rsid w:val="00EA2DBB"/>
@@ -23769,51 +24688,50 @@
     <w:rsid w:val="00EB6EE8"/>
     <w:rsid w:val="00EC00E9"/>
     <w:rsid w:val="00EC03A8"/>
     <w:rsid w:val="00EC0435"/>
     <w:rsid w:val="00EC04C3"/>
     <w:rsid w:val="00EC0842"/>
     <w:rsid w:val="00EC09EE"/>
     <w:rsid w:val="00EC1F0E"/>
     <w:rsid w:val="00EC215D"/>
     <w:rsid w:val="00EC21AD"/>
     <w:rsid w:val="00EC24DF"/>
     <w:rsid w:val="00EC2629"/>
     <w:rsid w:val="00EC2941"/>
     <w:rsid w:val="00EC2BCB"/>
     <w:rsid w:val="00EC3441"/>
     <w:rsid w:val="00EC3762"/>
     <w:rsid w:val="00EC4044"/>
     <w:rsid w:val="00EC4AE8"/>
     <w:rsid w:val="00EC4E45"/>
     <w:rsid w:val="00EC551F"/>
     <w:rsid w:val="00EC67F3"/>
     <w:rsid w:val="00EC6B4D"/>
     <w:rsid w:val="00EC6C90"/>
     <w:rsid w:val="00EC6D1C"/>
     <w:rsid w:val="00EC73CF"/>
-    <w:rsid w:val="00ED0FAE"/>
     <w:rsid w:val="00ED150D"/>
     <w:rsid w:val="00ED195A"/>
     <w:rsid w:val="00ED1C51"/>
     <w:rsid w:val="00ED2378"/>
     <w:rsid w:val="00ED285F"/>
     <w:rsid w:val="00ED2E9B"/>
     <w:rsid w:val="00ED4906"/>
     <w:rsid w:val="00ED563B"/>
     <w:rsid w:val="00ED58C2"/>
     <w:rsid w:val="00ED62F8"/>
     <w:rsid w:val="00ED64A8"/>
     <w:rsid w:val="00ED6547"/>
     <w:rsid w:val="00ED6956"/>
     <w:rsid w:val="00ED723A"/>
     <w:rsid w:val="00ED7312"/>
     <w:rsid w:val="00ED7B35"/>
     <w:rsid w:val="00EE0DAF"/>
     <w:rsid w:val="00EE0E1F"/>
     <w:rsid w:val="00EE0F92"/>
     <w:rsid w:val="00EE1935"/>
     <w:rsid w:val="00EE1EF6"/>
     <w:rsid w:val="00EE285C"/>
     <w:rsid w:val="00EE2B08"/>
     <w:rsid w:val="00EE2B25"/>
     <w:rsid w:val="00EE2E5E"/>
@@ -23839,57 +24757,59 @@
     <w:rsid w:val="00EE7A5E"/>
     <w:rsid w:val="00EF0700"/>
     <w:rsid w:val="00EF07F4"/>
     <w:rsid w:val="00EF1817"/>
     <w:rsid w:val="00EF31B8"/>
     <w:rsid w:val="00EF3E70"/>
     <w:rsid w:val="00EF3F8E"/>
     <w:rsid w:val="00EF4342"/>
     <w:rsid w:val="00EF4D38"/>
     <w:rsid w:val="00EF5A6C"/>
     <w:rsid w:val="00EF5CFF"/>
     <w:rsid w:val="00EF6547"/>
     <w:rsid w:val="00EF699A"/>
     <w:rsid w:val="00EF6BA7"/>
     <w:rsid w:val="00EF6BC8"/>
     <w:rsid w:val="00EF6BEA"/>
     <w:rsid w:val="00EF6D27"/>
     <w:rsid w:val="00EF7088"/>
     <w:rsid w:val="00EF75B5"/>
     <w:rsid w:val="00EF7B2E"/>
     <w:rsid w:val="00F00256"/>
     <w:rsid w:val="00F00342"/>
     <w:rsid w:val="00F0053B"/>
     <w:rsid w:val="00F0059C"/>
     <w:rsid w:val="00F00C71"/>
+    <w:rsid w:val="00F0139E"/>
     <w:rsid w:val="00F023AF"/>
     <w:rsid w:val="00F026B8"/>
     <w:rsid w:val="00F02C57"/>
     <w:rsid w:val="00F02E44"/>
     <w:rsid w:val="00F03A7D"/>
     <w:rsid w:val="00F0402B"/>
     <w:rsid w:val="00F047E4"/>
+    <w:rsid w:val="00F048B1"/>
     <w:rsid w:val="00F05186"/>
     <w:rsid w:val="00F0545F"/>
     <w:rsid w:val="00F05601"/>
     <w:rsid w:val="00F06170"/>
     <w:rsid w:val="00F061FB"/>
     <w:rsid w:val="00F06587"/>
     <w:rsid w:val="00F06645"/>
     <w:rsid w:val="00F0707D"/>
     <w:rsid w:val="00F0752D"/>
     <w:rsid w:val="00F0793A"/>
     <w:rsid w:val="00F07E53"/>
     <w:rsid w:val="00F102E7"/>
     <w:rsid w:val="00F10442"/>
     <w:rsid w:val="00F1069D"/>
     <w:rsid w:val="00F106B8"/>
     <w:rsid w:val="00F10CA5"/>
     <w:rsid w:val="00F10E20"/>
     <w:rsid w:val="00F11B51"/>
     <w:rsid w:val="00F11C3A"/>
     <w:rsid w:val="00F125CC"/>
     <w:rsid w:val="00F12D32"/>
     <w:rsid w:val="00F12EF4"/>
     <w:rsid w:val="00F12F87"/>
     <w:rsid w:val="00F1378E"/>
     <w:rsid w:val="00F138AD"/>
@@ -24235,498 +25155,763 @@
     <w:rsid w:val="00FF12E5"/>
     <w:rsid w:val="00FF1FE4"/>
     <w:rsid w:val="00FF2206"/>
     <w:rsid w:val="00FF2292"/>
     <w:rsid w:val="00FF23F1"/>
     <w:rsid w:val="00FF2694"/>
     <w:rsid w:val="00FF3072"/>
     <w:rsid w:val="00FF341B"/>
     <w:rsid w:val="00FF3C75"/>
     <w:rsid w:val="00FF3C9D"/>
     <w:rsid w:val="00FF4366"/>
     <w:rsid w:val="00FF47C9"/>
     <w:rsid w:val="00FF485A"/>
     <w:rsid w:val="00FF48B6"/>
     <w:rsid w:val="00FF4ACE"/>
     <w:rsid w:val="00FF4E73"/>
     <w:rsid w:val="00FF4FAF"/>
     <w:rsid w:val="00FF5775"/>
     <w:rsid w:val="00FF667F"/>
     <w:rsid w:val="00FF6C2F"/>
     <w:rsid w:val="00FF76FE"/>
     <w:rsid w:val="00FF7BBA"/>
     <w:rsid w:val="00FF7F54"/>
     <w:rsid w:val="00FF7FBF"/>
     <w:rsid w:val="010885C3"/>
+    <w:rsid w:val="010D3A77"/>
+    <w:rsid w:val="012788F2"/>
+    <w:rsid w:val="017392E0"/>
+    <w:rsid w:val="0196132B"/>
     <w:rsid w:val="019FA6FE"/>
     <w:rsid w:val="01CB89EA"/>
     <w:rsid w:val="01CD8CD1"/>
     <w:rsid w:val="01CEA699"/>
     <w:rsid w:val="01E9F111"/>
+    <w:rsid w:val="02BF66CF"/>
     <w:rsid w:val="03551CE2"/>
     <w:rsid w:val="035B2436"/>
     <w:rsid w:val="036DD822"/>
+    <w:rsid w:val="03A80F3F"/>
     <w:rsid w:val="03BC793B"/>
     <w:rsid w:val="0437704C"/>
+    <w:rsid w:val="046289A5"/>
+    <w:rsid w:val="04682F0C"/>
     <w:rsid w:val="0485E228"/>
     <w:rsid w:val="049D1B31"/>
+    <w:rsid w:val="04D3038C"/>
+    <w:rsid w:val="04EF5F70"/>
     <w:rsid w:val="0509E76F"/>
     <w:rsid w:val="054706EA"/>
+    <w:rsid w:val="055CD9C3"/>
+    <w:rsid w:val="059B3820"/>
     <w:rsid w:val="05AE4FF4"/>
+    <w:rsid w:val="05B94ABA"/>
+    <w:rsid w:val="05C4FBDD"/>
     <w:rsid w:val="05DB7DAE"/>
+    <w:rsid w:val="06560CA3"/>
     <w:rsid w:val="06789607"/>
     <w:rsid w:val="0689D6A7"/>
     <w:rsid w:val="06B94735"/>
+    <w:rsid w:val="06F6363C"/>
+    <w:rsid w:val="07246F7F"/>
     <w:rsid w:val="0740F279"/>
     <w:rsid w:val="074CA3AC"/>
     <w:rsid w:val="07641289"/>
+    <w:rsid w:val="07CB8BCE"/>
+    <w:rsid w:val="07E284F8"/>
+    <w:rsid w:val="07E3BF3A"/>
+    <w:rsid w:val="07E4404B"/>
+    <w:rsid w:val="07EEA17E"/>
     <w:rsid w:val="07FDB4D4"/>
+    <w:rsid w:val="08556EFD"/>
     <w:rsid w:val="085B772B"/>
     <w:rsid w:val="0863539B"/>
+    <w:rsid w:val="0880B65C"/>
+    <w:rsid w:val="088C48FE"/>
+    <w:rsid w:val="08955432"/>
     <w:rsid w:val="0908CC44"/>
     <w:rsid w:val="092AFCCD"/>
+    <w:rsid w:val="094985D7"/>
+    <w:rsid w:val="095316F6"/>
     <w:rsid w:val="09754A5C"/>
     <w:rsid w:val="09856568"/>
     <w:rsid w:val="09E05120"/>
     <w:rsid w:val="09E14DA8"/>
     <w:rsid w:val="0A0CB692"/>
     <w:rsid w:val="0A82C5CE"/>
     <w:rsid w:val="0A96D6BE"/>
     <w:rsid w:val="0AC85023"/>
     <w:rsid w:val="0AE1AA14"/>
+    <w:rsid w:val="0B86620B"/>
+    <w:rsid w:val="0BA5B89B"/>
     <w:rsid w:val="0BCAC867"/>
     <w:rsid w:val="0C7EA2BC"/>
+    <w:rsid w:val="0C8A23BF"/>
     <w:rsid w:val="0C97E241"/>
     <w:rsid w:val="0C9B6FBB"/>
     <w:rsid w:val="0CAC23C0"/>
     <w:rsid w:val="0CD1E97E"/>
     <w:rsid w:val="0CD68105"/>
+    <w:rsid w:val="0D105358"/>
     <w:rsid w:val="0D14C00C"/>
+    <w:rsid w:val="0D3698D6"/>
+    <w:rsid w:val="0D3F4941"/>
     <w:rsid w:val="0D5E3E9C"/>
     <w:rsid w:val="0D629B01"/>
     <w:rsid w:val="0DBCE8E0"/>
+    <w:rsid w:val="0DF884BF"/>
+    <w:rsid w:val="0E66336D"/>
     <w:rsid w:val="0E8EF41F"/>
     <w:rsid w:val="0EAE5624"/>
     <w:rsid w:val="0F4E561F"/>
     <w:rsid w:val="0F871120"/>
+    <w:rsid w:val="0FB0B5B6"/>
     <w:rsid w:val="0FC45D6A"/>
     <w:rsid w:val="106BA343"/>
     <w:rsid w:val="10FA09CB"/>
     <w:rsid w:val="11DF8DFD"/>
     <w:rsid w:val="11EB3753"/>
     <w:rsid w:val="11EF8BFD"/>
+    <w:rsid w:val="11FF5FE6"/>
+    <w:rsid w:val="120073A0"/>
     <w:rsid w:val="12294732"/>
     <w:rsid w:val="126EDCB4"/>
     <w:rsid w:val="127112A0"/>
     <w:rsid w:val="1286B680"/>
+    <w:rsid w:val="12D62B20"/>
     <w:rsid w:val="12E59FB7"/>
+    <w:rsid w:val="1354E8E2"/>
     <w:rsid w:val="13FE62E6"/>
+    <w:rsid w:val="141A910A"/>
+    <w:rsid w:val="143907DC"/>
     <w:rsid w:val="1447924B"/>
+    <w:rsid w:val="144C99E0"/>
+    <w:rsid w:val="14566B3E"/>
+    <w:rsid w:val="14D0AF14"/>
     <w:rsid w:val="151444B5"/>
     <w:rsid w:val="152BE036"/>
     <w:rsid w:val="15308722"/>
     <w:rsid w:val="154D7715"/>
     <w:rsid w:val="1588CB9B"/>
     <w:rsid w:val="159296F8"/>
+    <w:rsid w:val="159C53F8"/>
+    <w:rsid w:val="15D7C8DE"/>
+    <w:rsid w:val="1644CC21"/>
     <w:rsid w:val="165133A1"/>
+    <w:rsid w:val="16641FAA"/>
     <w:rsid w:val="17375507"/>
     <w:rsid w:val="17647B73"/>
     <w:rsid w:val="1788A12D"/>
     <w:rsid w:val="179ADDA2"/>
+    <w:rsid w:val="17ACF021"/>
     <w:rsid w:val="1803DD5F"/>
+    <w:rsid w:val="182D1F0B"/>
+    <w:rsid w:val="18B6EDE9"/>
     <w:rsid w:val="18DBD688"/>
     <w:rsid w:val="19212E0F"/>
     <w:rsid w:val="19928CC3"/>
     <w:rsid w:val="19C288DD"/>
+    <w:rsid w:val="19F5B8FB"/>
+    <w:rsid w:val="1A07F747"/>
+    <w:rsid w:val="1A190739"/>
     <w:rsid w:val="1A6CF678"/>
     <w:rsid w:val="1B2A4C94"/>
+    <w:rsid w:val="1B61B61E"/>
     <w:rsid w:val="1B7813E7"/>
+    <w:rsid w:val="1C2FDF92"/>
+    <w:rsid w:val="1C4FCC08"/>
+    <w:rsid w:val="1CD1B700"/>
+    <w:rsid w:val="1D771DE4"/>
     <w:rsid w:val="1D821450"/>
+    <w:rsid w:val="1DBB9FE3"/>
     <w:rsid w:val="1DBE6FF2"/>
     <w:rsid w:val="1DD74FFE"/>
     <w:rsid w:val="1DEAFB1E"/>
     <w:rsid w:val="1DEB057D"/>
+    <w:rsid w:val="1E3D5274"/>
+    <w:rsid w:val="1E4A2879"/>
     <w:rsid w:val="1E5F70B0"/>
+    <w:rsid w:val="1E633CA2"/>
     <w:rsid w:val="1E758CBD"/>
     <w:rsid w:val="1EAC55DA"/>
     <w:rsid w:val="1EE2BAA3"/>
     <w:rsid w:val="1F0EF5C6"/>
+    <w:rsid w:val="1F18EC91"/>
+    <w:rsid w:val="1F48148F"/>
     <w:rsid w:val="1F63B926"/>
+    <w:rsid w:val="1F6B1A9F"/>
     <w:rsid w:val="1FE4BDD1"/>
     <w:rsid w:val="2007CF94"/>
     <w:rsid w:val="207CC22A"/>
     <w:rsid w:val="20C372C7"/>
     <w:rsid w:val="2106FB90"/>
+    <w:rsid w:val="21087F43"/>
     <w:rsid w:val="21657D0C"/>
     <w:rsid w:val="21B572E6"/>
     <w:rsid w:val="21BA9C9B"/>
     <w:rsid w:val="21D8D01A"/>
+    <w:rsid w:val="21E0750B"/>
+    <w:rsid w:val="21FF127B"/>
+    <w:rsid w:val="2205D4E5"/>
     <w:rsid w:val="22140550"/>
+    <w:rsid w:val="221B0D4D"/>
     <w:rsid w:val="2262AA78"/>
+    <w:rsid w:val="2272E2AB"/>
     <w:rsid w:val="2282CB1D"/>
     <w:rsid w:val="22B01956"/>
+    <w:rsid w:val="22DAE078"/>
+    <w:rsid w:val="22FE26DF"/>
     <w:rsid w:val="230708AB"/>
     <w:rsid w:val="23183CED"/>
     <w:rsid w:val="239ABB7D"/>
+    <w:rsid w:val="23FD6AD6"/>
     <w:rsid w:val="2416D4BF"/>
     <w:rsid w:val="24477189"/>
     <w:rsid w:val="2451DF3A"/>
     <w:rsid w:val="2468D356"/>
     <w:rsid w:val="246BE30C"/>
     <w:rsid w:val="246CD287"/>
+    <w:rsid w:val="249A0367"/>
+    <w:rsid w:val="24F29706"/>
     <w:rsid w:val="2523191D"/>
     <w:rsid w:val="2568AB0B"/>
+    <w:rsid w:val="25889D4E"/>
     <w:rsid w:val="259E3A13"/>
+    <w:rsid w:val="25C3F8CF"/>
     <w:rsid w:val="25F33BE6"/>
     <w:rsid w:val="261F268C"/>
+    <w:rsid w:val="26273D0A"/>
+    <w:rsid w:val="2664C374"/>
     <w:rsid w:val="2683EF99"/>
+    <w:rsid w:val="2695749E"/>
     <w:rsid w:val="26A4FF53"/>
     <w:rsid w:val="26CCB7AA"/>
     <w:rsid w:val="26E34B4E"/>
     <w:rsid w:val="2714C861"/>
     <w:rsid w:val="27663178"/>
     <w:rsid w:val="2773DF11"/>
     <w:rsid w:val="279020D4"/>
     <w:rsid w:val="27902803"/>
     <w:rsid w:val="27D0625A"/>
     <w:rsid w:val="27DD393D"/>
     <w:rsid w:val="28273D65"/>
+    <w:rsid w:val="28711846"/>
+    <w:rsid w:val="2894DCF7"/>
     <w:rsid w:val="29085A55"/>
     <w:rsid w:val="295F0B3C"/>
+    <w:rsid w:val="29ACEC2F"/>
+    <w:rsid w:val="29D86A08"/>
     <w:rsid w:val="2A355D98"/>
     <w:rsid w:val="2A74601D"/>
     <w:rsid w:val="2AB1EAEF"/>
     <w:rsid w:val="2AB2C8D8"/>
+    <w:rsid w:val="2ABCCABF"/>
+    <w:rsid w:val="2AD82B3F"/>
+    <w:rsid w:val="2AE353FF"/>
+    <w:rsid w:val="2AEB8E42"/>
     <w:rsid w:val="2B270E5D"/>
     <w:rsid w:val="2B405877"/>
     <w:rsid w:val="2B449894"/>
     <w:rsid w:val="2B72BD34"/>
     <w:rsid w:val="2B72D985"/>
+    <w:rsid w:val="2BF6AB9B"/>
     <w:rsid w:val="2C0F1796"/>
+    <w:rsid w:val="2C1CCB54"/>
     <w:rsid w:val="2C32C152"/>
+    <w:rsid w:val="2C373B9D"/>
     <w:rsid w:val="2C46CF51"/>
     <w:rsid w:val="2C837899"/>
     <w:rsid w:val="2C9158C6"/>
+    <w:rsid w:val="2CCE8B1F"/>
+    <w:rsid w:val="2D3895B6"/>
     <w:rsid w:val="2DA1BF57"/>
     <w:rsid w:val="2DEA05BD"/>
     <w:rsid w:val="2DFFAC9A"/>
+    <w:rsid w:val="2E5720D3"/>
+    <w:rsid w:val="2E6460B1"/>
+    <w:rsid w:val="2E79A785"/>
     <w:rsid w:val="2E7B5CE0"/>
     <w:rsid w:val="2E7C31C9"/>
+    <w:rsid w:val="2EA7C3F7"/>
     <w:rsid w:val="2F071CE2"/>
     <w:rsid w:val="2F11D050"/>
+    <w:rsid w:val="2F533A58"/>
+    <w:rsid w:val="2FF32CCB"/>
     <w:rsid w:val="302AE77A"/>
     <w:rsid w:val="304B4F25"/>
     <w:rsid w:val="3069EFA4"/>
     <w:rsid w:val="30813013"/>
+    <w:rsid w:val="308D0CCC"/>
     <w:rsid w:val="30CC72CC"/>
     <w:rsid w:val="30FD12C7"/>
     <w:rsid w:val="31092F4C"/>
     <w:rsid w:val="318985F6"/>
+    <w:rsid w:val="31956293"/>
     <w:rsid w:val="31DE879D"/>
     <w:rsid w:val="31EE043A"/>
+    <w:rsid w:val="322B4841"/>
+    <w:rsid w:val="32338231"/>
+    <w:rsid w:val="323BA1B5"/>
+    <w:rsid w:val="328A05FD"/>
+    <w:rsid w:val="329FF16D"/>
     <w:rsid w:val="32B4A2FF"/>
     <w:rsid w:val="32C26E34"/>
     <w:rsid w:val="32E92805"/>
     <w:rsid w:val="330C91CE"/>
     <w:rsid w:val="331CAEC4"/>
     <w:rsid w:val="3329E10D"/>
     <w:rsid w:val="3338F81A"/>
+    <w:rsid w:val="33819E72"/>
     <w:rsid w:val="33910EFE"/>
+    <w:rsid w:val="33A1F11C"/>
+    <w:rsid w:val="33AC59F3"/>
     <w:rsid w:val="33BB9C91"/>
     <w:rsid w:val="33E2ABA4"/>
     <w:rsid w:val="33ED6D7C"/>
     <w:rsid w:val="342BD182"/>
+    <w:rsid w:val="343C03E7"/>
     <w:rsid w:val="343D783B"/>
     <w:rsid w:val="3481C652"/>
     <w:rsid w:val="3481DB8B"/>
     <w:rsid w:val="348503EB"/>
+    <w:rsid w:val="34B295E5"/>
+    <w:rsid w:val="34BB05E3"/>
+    <w:rsid w:val="34C2CFFC"/>
+    <w:rsid w:val="34D156E7"/>
+    <w:rsid w:val="3519EF0C"/>
     <w:rsid w:val="354EFDAC"/>
     <w:rsid w:val="356329EE"/>
     <w:rsid w:val="35A009EC"/>
+    <w:rsid w:val="35ACE9CE"/>
     <w:rsid w:val="35B80FFE"/>
     <w:rsid w:val="36D3BC6C"/>
+    <w:rsid w:val="371925D4"/>
+    <w:rsid w:val="372629C7"/>
     <w:rsid w:val="3746FD72"/>
     <w:rsid w:val="37B39D51"/>
     <w:rsid w:val="37B7AB2F"/>
+    <w:rsid w:val="37CEB7C7"/>
     <w:rsid w:val="37D9AB18"/>
+    <w:rsid w:val="37E32035"/>
     <w:rsid w:val="37E3E6A4"/>
     <w:rsid w:val="380429CB"/>
     <w:rsid w:val="38092712"/>
+    <w:rsid w:val="38134021"/>
     <w:rsid w:val="383AF6BC"/>
     <w:rsid w:val="388A199C"/>
     <w:rsid w:val="3894F219"/>
     <w:rsid w:val="38A1C645"/>
+    <w:rsid w:val="38B3ABC9"/>
     <w:rsid w:val="38E2768A"/>
     <w:rsid w:val="38EC5CF0"/>
+    <w:rsid w:val="399BB2BB"/>
+    <w:rsid w:val="39C7A854"/>
     <w:rsid w:val="39FE3EBC"/>
     <w:rsid w:val="3A2AD87D"/>
     <w:rsid w:val="3A358370"/>
     <w:rsid w:val="3A4D3B1F"/>
+    <w:rsid w:val="3AAD18C0"/>
     <w:rsid w:val="3ADE6DD2"/>
+    <w:rsid w:val="3AE9E21B"/>
     <w:rsid w:val="3AF69438"/>
     <w:rsid w:val="3B0209F9"/>
     <w:rsid w:val="3B99B6AD"/>
     <w:rsid w:val="3B9FD876"/>
+    <w:rsid w:val="3BF0C938"/>
     <w:rsid w:val="3BF261C1"/>
+    <w:rsid w:val="3C48990E"/>
     <w:rsid w:val="3C4BAF29"/>
     <w:rsid w:val="3C9336CA"/>
     <w:rsid w:val="3CC77A80"/>
+    <w:rsid w:val="3CEEB298"/>
     <w:rsid w:val="3CF9746A"/>
     <w:rsid w:val="3D5B8B69"/>
     <w:rsid w:val="3DDCB5F8"/>
     <w:rsid w:val="3E657CDD"/>
     <w:rsid w:val="3E70D751"/>
+    <w:rsid w:val="3EBE7A11"/>
     <w:rsid w:val="3EBF43C7"/>
     <w:rsid w:val="3F25643A"/>
     <w:rsid w:val="3FADDAA1"/>
+    <w:rsid w:val="3FB10EE9"/>
     <w:rsid w:val="3FB688F3"/>
     <w:rsid w:val="3FBF20C2"/>
     <w:rsid w:val="3FC1C036"/>
     <w:rsid w:val="3FF5BFDD"/>
+    <w:rsid w:val="4026E288"/>
+    <w:rsid w:val="4056B6AC"/>
+    <w:rsid w:val="40635ED7"/>
+    <w:rsid w:val="40A34C2D"/>
     <w:rsid w:val="410F418A"/>
+    <w:rsid w:val="412A3018"/>
+    <w:rsid w:val="418703F6"/>
     <w:rsid w:val="41E4A38E"/>
     <w:rsid w:val="41E66EF7"/>
     <w:rsid w:val="421609B3"/>
+    <w:rsid w:val="42751002"/>
+    <w:rsid w:val="42BEB887"/>
     <w:rsid w:val="42CC7BC5"/>
+    <w:rsid w:val="42D03033"/>
+    <w:rsid w:val="42E1C5D9"/>
     <w:rsid w:val="42FA3B1F"/>
+    <w:rsid w:val="431C0829"/>
     <w:rsid w:val="433C90B5"/>
+    <w:rsid w:val="434BF8AE"/>
     <w:rsid w:val="43504692"/>
+    <w:rsid w:val="4355AF16"/>
+    <w:rsid w:val="4375F40E"/>
+    <w:rsid w:val="4457744F"/>
+    <w:rsid w:val="4498D4AA"/>
     <w:rsid w:val="44DB780A"/>
     <w:rsid w:val="451D8467"/>
     <w:rsid w:val="452DB02E"/>
     <w:rsid w:val="4569191D"/>
+    <w:rsid w:val="45A6043D"/>
     <w:rsid w:val="45F1749E"/>
+    <w:rsid w:val="45F7A81E"/>
+    <w:rsid w:val="460C7D46"/>
+    <w:rsid w:val="4619E606"/>
+    <w:rsid w:val="46791995"/>
     <w:rsid w:val="46EC0885"/>
     <w:rsid w:val="470E9718"/>
+    <w:rsid w:val="47167E54"/>
+    <w:rsid w:val="479A52D2"/>
     <w:rsid w:val="47C4C87B"/>
     <w:rsid w:val="47D2210E"/>
     <w:rsid w:val="47F40877"/>
     <w:rsid w:val="481C2B5F"/>
     <w:rsid w:val="482406E7"/>
     <w:rsid w:val="48293F8C"/>
     <w:rsid w:val="483CA196"/>
+    <w:rsid w:val="486A80CA"/>
     <w:rsid w:val="49096F91"/>
     <w:rsid w:val="4930D506"/>
     <w:rsid w:val="4951C592"/>
     <w:rsid w:val="49E63A88"/>
     <w:rsid w:val="4A136BDC"/>
     <w:rsid w:val="4A26B89D"/>
+    <w:rsid w:val="4A4A1A0D"/>
+    <w:rsid w:val="4AF72A59"/>
+    <w:rsid w:val="4AFCED2F"/>
     <w:rsid w:val="4B0163C5"/>
+    <w:rsid w:val="4B207F6A"/>
     <w:rsid w:val="4B60781D"/>
+    <w:rsid w:val="4BA3B621"/>
+    <w:rsid w:val="4BBE02BC"/>
+    <w:rsid w:val="4BE5E731"/>
     <w:rsid w:val="4BF3104F"/>
     <w:rsid w:val="4BFEA3DF"/>
+    <w:rsid w:val="4C01543C"/>
+    <w:rsid w:val="4C056530"/>
     <w:rsid w:val="4C2A9F3F"/>
     <w:rsid w:val="4CD9714A"/>
+    <w:rsid w:val="4D09FE2F"/>
+    <w:rsid w:val="4D9DFD7C"/>
     <w:rsid w:val="4DCF5614"/>
     <w:rsid w:val="4DEBA75F"/>
+    <w:rsid w:val="4DF7C71D"/>
     <w:rsid w:val="4E079D94"/>
     <w:rsid w:val="4E395CC5"/>
+    <w:rsid w:val="4EA3F101"/>
+    <w:rsid w:val="4EA98F5B"/>
     <w:rsid w:val="4ED97C9A"/>
+    <w:rsid w:val="4EEF1EB4"/>
     <w:rsid w:val="4EF801C0"/>
     <w:rsid w:val="4F09E275"/>
+    <w:rsid w:val="4F57BEE6"/>
     <w:rsid w:val="4F81A441"/>
     <w:rsid w:val="4FA8B06B"/>
     <w:rsid w:val="4FDDDC33"/>
     <w:rsid w:val="50154D23"/>
     <w:rsid w:val="501ACC07"/>
+    <w:rsid w:val="5028930E"/>
     <w:rsid w:val="505B6E0A"/>
     <w:rsid w:val="505B7E99"/>
+    <w:rsid w:val="505BB2B7"/>
     <w:rsid w:val="5073386C"/>
     <w:rsid w:val="50BEEE4F"/>
     <w:rsid w:val="50DF1D72"/>
     <w:rsid w:val="5110D5A6"/>
     <w:rsid w:val="514378B5"/>
     <w:rsid w:val="5187E4DA"/>
+    <w:rsid w:val="518F0D83"/>
+    <w:rsid w:val="51AEE2C2"/>
     <w:rsid w:val="51BC80A4"/>
     <w:rsid w:val="51F5625D"/>
+    <w:rsid w:val="521051FA"/>
+    <w:rsid w:val="522428E5"/>
+    <w:rsid w:val="523D9137"/>
     <w:rsid w:val="525D1729"/>
     <w:rsid w:val="5268E906"/>
+    <w:rsid w:val="52C4F05A"/>
+    <w:rsid w:val="53018A46"/>
+    <w:rsid w:val="533D3DFF"/>
+    <w:rsid w:val="5355DB0D"/>
     <w:rsid w:val="53D00C69"/>
     <w:rsid w:val="54579326"/>
     <w:rsid w:val="5473CD39"/>
+    <w:rsid w:val="550013FA"/>
+    <w:rsid w:val="550CFA4C"/>
+    <w:rsid w:val="5514D653"/>
+    <w:rsid w:val="55170438"/>
+    <w:rsid w:val="554F2365"/>
     <w:rsid w:val="556377FB"/>
     <w:rsid w:val="5568833A"/>
+    <w:rsid w:val="556DCF17"/>
+    <w:rsid w:val="55F33DA1"/>
     <w:rsid w:val="56331C6C"/>
     <w:rsid w:val="567896BC"/>
+    <w:rsid w:val="5755C4C2"/>
     <w:rsid w:val="577BB6F1"/>
+    <w:rsid w:val="57906644"/>
     <w:rsid w:val="57ADD150"/>
     <w:rsid w:val="57F01BE9"/>
     <w:rsid w:val="57FB0354"/>
     <w:rsid w:val="58314F50"/>
     <w:rsid w:val="585C6DF1"/>
     <w:rsid w:val="58843273"/>
     <w:rsid w:val="5896E57C"/>
     <w:rsid w:val="589ECD48"/>
+    <w:rsid w:val="58E9FBB9"/>
     <w:rsid w:val="58EEE0FF"/>
     <w:rsid w:val="595C23A9"/>
+    <w:rsid w:val="596418F4"/>
     <w:rsid w:val="5988972B"/>
     <w:rsid w:val="59975D5C"/>
     <w:rsid w:val="59A43698"/>
     <w:rsid w:val="59C19D99"/>
     <w:rsid w:val="59F1F6E2"/>
     <w:rsid w:val="59F2BEAA"/>
     <w:rsid w:val="5A322E9A"/>
     <w:rsid w:val="5A63ABBB"/>
     <w:rsid w:val="5A90A5A1"/>
     <w:rsid w:val="5ADDFEFB"/>
     <w:rsid w:val="5B0CEAAB"/>
+    <w:rsid w:val="5B23B33C"/>
     <w:rsid w:val="5B6352A7"/>
     <w:rsid w:val="5BA94C62"/>
+    <w:rsid w:val="5BB25331"/>
+    <w:rsid w:val="5C1BFAB7"/>
+    <w:rsid w:val="5C72ED25"/>
     <w:rsid w:val="5C82BDF2"/>
+    <w:rsid w:val="5C98E142"/>
+    <w:rsid w:val="5CBD0643"/>
     <w:rsid w:val="5CDD37BD"/>
+    <w:rsid w:val="5D0C8F92"/>
     <w:rsid w:val="5D14C480"/>
     <w:rsid w:val="5D2D794F"/>
     <w:rsid w:val="5D390228"/>
     <w:rsid w:val="5D784754"/>
     <w:rsid w:val="5DC80A56"/>
     <w:rsid w:val="5DF23226"/>
     <w:rsid w:val="5E088BEF"/>
     <w:rsid w:val="5E3DD23D"/>
     <w:rsid w:val="5E54A18C"/>
+    <w:rsid w:val="5E5AC91C"/>
     <w:rsid w:val="5E647E3E"/>
+    <w:rsid w:val="5E80C115"/>
+    <w:rsid w:val="5EC673CF"/>
+    <w:rsid w:val="5ECEF2AC"/>
     <w:rsid w:val="5F2B1441"/>
+    <w:rsid w:val="5F87D5CD"/>
+    <w:rsid w:val="5FF56CDD"/>
     <w:rsid w:val="60841615"/>
     <w:rsid w:val="6090249D"/>
     <w:rsid w:val="61090B2D"/>
     <w:rsid w:val="610AB160"/>
     <w:rsid w:val="613DC743"/>
     <w:rsid w:val="61674B42"/>
+    <w:rsid w:val="6170012F"/>
     <w:rsid w:val="61802BDC"/>
+    <w:rsid w:val="6181AFF7"/>
     <w:rsid w:val="618F2E34"/>
     <w:rsid w:val="61A751AA"/>
+    <w:rsid w:val="62AA832E"/>
+    <w:rsid w:val="62B464DB"/>
+    <w:rsid w:val="62CF42D4"/>
     <w:rsid w:val="635D1BE8"/>
     <w:rsid w:val="63793ADC"/>
     <w:rsid w:val="638FCA67"/>
     <w:rsid w:val="63C6D75D"/>
+    <w:rsid w:val="641364B4"/>
     <w:rsid w:val="645A7CA4"/>
     <w:rsid w:val="648D456B"/>
+    <w:rsid w:val="649B5C45"/>
+    <w:rsid w:val="64B112AE"/>
     <w:rsid w:val="64D2AD47"/>
+    <w:rsid w:val="65159A4C"/>
     <w:rsid w:val="655A5448"/>
+    <w:rsid w:val="65779F0E"/>
     <w:rsid w:val="65B31951"/>
+    <w:rsid w:val="65F08E1A"/>
     <w:rsid w:val="65F64D05"/>
     <w:rsid w:val="661368FA"/>
     <w:rsid w:val="668AFE8F"/>
+    <w:rsid w:val="669F9482"/>
+    <w:rsid w:val="67046C20"/>
     <w:rsid w:val="670C7F9B"/>
     <w:rsid w:val="671A1D1F"/>
     <w:rsid w:val="671CAC54"/>
     <w:rsid w:val="675776C0"/>
     <w:rsid w:val="677CCF43"/>
+    <w:rsid w:val="67A20AAA"/>
+    <w:rsid w:val="67E290B6"/>
     <w:rsid w:val="682EB24E"/>
     <w:rsid w:val="6841D4E1"/>
     <w:rsid w:val="6859311B"/>
+    <w:rsid w:val="686443CE"/>
     <w:rsid w:val="6866FE79"/>
     <w:rsid w:val="68A131B5"/>
     <w:rsid w:val="68C2DA8B"/>
     <w:rsid w:val="690F72A4"/>
     <w:rsid w:val="695AE07A"/>
+    <w:rsid w:val="69678B39"/>
     <w:rsid w:val="697B0267"/>
+    <w:rsid w:val="698F5AC4"/>
     <w:rsid w:val="69F389EE"/>
+    <w:rsid w:val="6A090AEB"/>
     <w:rsid w:val="6A158E7B"/>
     <w:rsid w:val="6A2AA9E6"/>
     <w:rsid w:val="6A40A319"/>
     <w:rsid w:val="6A799C6C"/>
     <w:rsid w:val="6A8A7AB1"/>
+    <w:rsid w:val="6AB6DDB4"/>
     <w:rsid w:val="6AEA58D8"/>
+    <w:rsid w:val="6B4B7718"/>
     <w:rsid w:val="6B61C945"/>
+    <w:rsid w:val="6B981B04"/>
     <w:rsid w:val="6C05D65D"/>
     <w:rsid w:val="6C35FB41"/>
+    <w:rsid w:val="6C4D4C34"/>
     <w:rsid w:val="6C88CFEE"/>
+    <w:rsid w:val="6C8BB342"/>
     <w:rsid w:val="6C8BC9D4"/>
     <w:rsid w:val="6C9037D6"/>
     <w:rsid w:val="6CB20F46"/>
     <w:rsid w:val="6CCCE185"/>
     <w:rsid w:val="6CEB32F8"/>
     <w:rsid w:val="6D30A8ED"/>
     <w:rsid w:val="6D792608"/>
+    <w:rsid w:val="6D849AB8"/>
+    <w:rsid w:val="6D8C74C4"/>
     <w:rsid w:val="6DF6F073"/>
     <w:rsid w:val="6E354CD8"/>
     <w:rsid w:val="6E611EC1"/>
     <w:rsid w:val="6EC15611"/>
     <w:rsid w:val="6EF0E23F"/>
     <w:rsid w:val="6F284485"/>
     <w:rsid w:val="6F337DC9"/>
     <w:rsid w:val="6F617601"/>
+    <w:rsid w:val="6F7EA1EB"/>
     <w:rsid w:val="701D9B55"/>
     <w:rsid w:val="70398423"/>
     <w:rsid w:val="704DA716"/>
     <w:rsid w:val="7060DD5F"/>
+    <w:rsid w:val="70689819"/>
     <w:rsid w:val="707CDF24"/>
     <w:rsid w:val="70C577DD"/>
+    <w:rsid w:val="70EC1880"/>
+    <w:rsid w:val="71396063"/>
     <w:rsid w:val="7144E635"/>
     <w:rsid w:val="7169CE7A"/>
     <w:rsid w:val="717BB15F"/>
     <w:rsid w:val="7182B05F"/>
     <w:rsid w:val="7262548E"/>
+    <w:rsid w:val="7266B50A"/>
     <w:rsid w:val="73000191"/>
     <w:rsid w:val="73580557"/>
     <w:rsid w:val="73938ACA"/>
+    <w:rsid w:val="73EB0344"/>
     <w:rsid w:val="740F3C8E"/>
     <w:rsid w:val="742D32A1"/>
     <w:rsid w:val="7466226B"/>
     <w:rsid w:val="748BE7A0"/>
     <w:rsid w:val="7495034C"/>
     <w:rsid w:val="74B80E6F"/>
+    <w:rsid w:val="74B95073"/>
     <w:rsid w:val="74E45228"/>
     <w:rsid w:val="751EBE88"/>
     <w:rsid w:val="754E27E2"/>
     <w:rsid w:val="7581A57D"/>
+    <w:rsid w:val="75C01320"/>
+    <w:rsid w:val="75C4EACE"/>
     <w:rsid w:val="75CF1133"/>
     <w:rsid w:val="75D2AC8C"/>
     <w:rsid w:val="7678258D"/>
     <w:rsid w:val="76DCC80E"/>
+    <w:rsid w:val="7702A0BB"/>
+    <w:rsid w:val="77094002"/>
     <w:rsid w:val="77519A79"/>
     <w:rsid w:val="7765D499"/>
     <w:rsid w:val="77B127A8"/>
     <w:rsid w:val="77B47E03"/>
+    <w:rsid w:val="77BAD546"/>
     <w:rsid w:val="77EFA906"/>
     <w:rsid w:val="781B82A9"/>
     <w:rsid w:val="781E0393"/>
+    <w:rsid w:val="78227F6C"/>
     <w:rsid w:val="785E1FF0"/>
     <w:rsid w:val="789815B9"/>
     <w:rsid w:val="78D3B94A"/>
     <w:rsid w:val="78E7DA5F"/>
     <w:rsid w:val="78E9BBF5"/>
+    <w:rsid w:val="78F06A0E"/>
     <w:rsid w:val="78F9E125"/>
+    <w:rsid w:val="79190DA3"/>
     <w:rsid w:val="79269133"/>
     <w:rsid w:val="798AF338"/>
+    <w:rsid w:val="79C94B40"/>
+    <w:rsid w:val="79D15C4D"/>
+    <w:rsid w:val="79E81D1F"/>
+    <w:rsid w:val="79EAF741"/>
+    <w:rsid w:val="7A105BEC"/>
     <w:rsid w:val="7A19C844"/>
+    <w:rsid w:val="7A2BE40D"/>
     <w:rsid w:val="7A33C547"/>
     <w:rsid w:val="7AC076D5"/>
     <w:rsid w:val="7AFEAAEE"/>
     <w:rsid w:val="7B440EC2"/>
+    <w:rsid w:val="7BCCD3AB"/>
     <w:rsid w:val="7BD6BBA1"/>
     <w:rsid w:val="7C366D10"/>
+    <w:rsid w:val="7C5DE7A4"/>
     <w:rsid w:val="7CA547BB"/>
     <w:rsid w:val="7CE59954"/>
     <w:rsid w:val="7CEE9EB0"/>
+    <w:rsid w:val="7D1EC689"/>
     <w:rsid w:val="7D236138"/>
     <w:rsid w:val="7D301B84"/>
+    <w:rsid w:val="7D49B8DA"/>
+    <w:rsid w:val="7D4F079A"/>
     <w:rsid w:val="7D59E082"/>
+    <w:rsid w:val="7D6239EC"/>
     <w:rsid w:val="7DD52B1D"/>
     <w:rsid w:val="7DE31BB7"/>
     <w:rsid w:val="7E757346"/>
     <w:rsid w:val="7E9FA087"/>
+    <w:rsid w:val="7F2BB1C0"/>
+    <w:rsid w:val="7F3B6690"/>
     <w:rsid w:val="7F887486"/>
     <w:rsid w:val="7FAC7894"/>
     <w:rsid w:val="7FB999C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -29745,51 +30930,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/med56/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp43/download" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jj.pistoor@gerimed.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmclean@westnetmed.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2021-10/HAN%20Resusables%20Oct%202021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cplotz@medline.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge@steritechmed.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp43/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/med57/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2024-08/Safer%20medical%20products%20criteria%20August%202020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25934&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25896&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amanda.ferdinand@mass.gov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25878&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25877&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp45/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25980&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://greenhealthapproved.org/greenhealth-approved-products" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25978&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25914&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25977&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2023-12/HCWH%20glove%20guidance%20Dec.%202023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/osd-training" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25979&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-29007&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:darius@transmed-usa.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2020-07/Standardized%20environmental%20criteria%20%28Sustainable%20procurement%20guide_%20Annex%206%29.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmirza@med-supply.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zack.newsome@mckesson.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/statewide-contract-benefits-and-eligible-entities" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp43/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25915&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25916&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/med56/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp43/download" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25980&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25878&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2024-08/Safer%20medical%20products%20criteria%20August%202020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-29007&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25977&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp43/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/med57/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amanda.ferdinand@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-epp-and-services-guide" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jj.pistoor@gerimed.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25979&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:darius@transmed-usa.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://greenhealthapproved.org/greenhealth-approved-products" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmirza@med-supply.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmclean@westnetmed.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp45/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robert.thomas@mckesson.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2023-12/HCWH%20glove%20guidance%20Dec.%202023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25915&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cplotz@medline.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge@steritechmed.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25879&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/osd-training" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2020-07/Standardized%20environmental%20criteria%20%28Sustainable%20procurement%20guide_%20Annex%206%29.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25934&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25896&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25916&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.j.sang2@mass.gov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://practicegreenhealth.org/sites/default/files/2021-10/HAN%20Resusables%20Oct%202021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25877&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25914&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/statewide-contract-benefits-and-eligible-entities" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp43/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-25978&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -30070,61 +31255,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b6ea81047b344181ee716fe9b46053cf" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4acca893a766136a5bafeab47b9027e1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e0e5592891313212390eddb4a3d5f9a" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -30313,1583 +31513,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E1D5752-0B72-4836-A624-3CEAFE41A4A1}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>19</Pages>
-  <Words>6221</Words>
-  <Characters>35464</Characters>
+  <Words>6234</Words>
+  <Characters>35535</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>295</Lines>
+  <Lines>296</Lines>
   <Paragraphs>83</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41602</CharactersWithSpaces>
+  <CharactersWithSpaces>41686</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1442 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">