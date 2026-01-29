--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="22228"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\swaters\Desktop\Desktop\Access &amp; Opportunity\Certification\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/suzzette_waters_mass_gov/Documents/Access &amp; Opportunity/Certification/Applications/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2CFEB466-9659-4E5A-A4A1-A58FF96E2B31}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="2" documentId="8_{BB7BB495-271D-4C79-94E6-8B1E7E0238E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{40ECE411-6A20-442E-A27D-26F2C8A166F1}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Completed_ In Progress Projects" sheetId="1" r:id="rId1"/>
-    <sheet name="Sheet1" sheetId="2" r:id="rId2"/>
+    <sheet name="dropdown fields" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Completed_ In Progress Projects'!$A$1:$AO$25</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="96">
   <si>
     <t>Doors &amp; Windows</t>
   </si>
   <si>
     <t>HVAC</t>
   </si>
   <si>
     <t>Deleading</t>
   </si>
   <si>
     <t>Demolition</t>
   </si>
   <si>
     <t>Electrical</t>
   </si>
   <si>
     <t>Alarm Systems</t>
   </si>
   <si>
     <t>Asbestos Removal</t>
   </si>
   <si>
     <t>Electronic Security Systems</t>
   </si>
   <si>
@@ -337,79 +337,76 @@
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Private</t>
   </si>
   <si>
     <t>Who should letter go to?</t>
   </si>
   <si>
     <t>Eval Request Letter?</t>
   </si>
   <si>
     <t>Shirley Celestin</t>
   </si>
   <si>
     <t>Melissa Dugan</t>
   </si>
   <si>
     <t>Matt Ryan</t>
   </si>
   <si>
     <t>Rachael Baglione</t>
   </si>
   <si>
+    <t>Christine McCorkindale</t>
+  </si>
+  <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Owner</t>
   </si>
   <si>
     <t>Evaluator</t>
-  </si>
-[...4 lines deleted...]
-    <t>John Brennan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode=";;;"/>
     <numFmt numFmtId="166" formatCode="[&lt;=9999999]###\-####;\(###\)\ ###\-####"/>
     <numFmt numFmtId="167" formatCode="00000"/>
   </numFmts>
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -454,114 +451,96 @@
     </font>
     <font>
       <i/>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="20"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="20"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...16 lines deleted...]
-    </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="44"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="8"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="20">
+  <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -691,601 +670,421 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...45 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="100">
+  <cellXfs count="68">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...11 lines deleted...]
-      <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment textRotation="45" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment textRotation="45" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...2 lines deleted...]
-      <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="4" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="1" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="12" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="12" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf numFmtId="1" fontId="14" fillId="4" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="14" fillId="4" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="1" fontId="1" fillId="7" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="1" fillId="7" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="1" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="7" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment textRotation="45" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment textRotation="45"/>
+      <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-[...34 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1422,3666 +1221,2526 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:user@domain.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:user@domain.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BT88"/>
+  <dimension ref="A1:BQ88"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="3" topLeftCell="W4" activePane="bottomRight" state="frozen"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="AK20" sqref="AK20"/>
+      <selection pane="bottomRight" activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.85546875" style="2" customWidth="1"/>
     <col min="3" max="3" width="18.5703125" style="2" customWidth="1"/>
-    <col min="4" max="4" width="21.140625" style="40" customWidth="1"/>
+    <col min="4" max="4" width="21.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="18.140625" style="2" customWidth="1"/>
-    <col min="6" max="6" width="20" style="40" customWidth="1"/>
+    <col min="6" max="6" width="20" style="1" customWidth="1"/>
     <col min="7" max="7" width="18.140625" style="2" customWidth="1"/>
-    <col min="8" max="8" width="21.140625" style="40" customWidth="1"/>
-    <col min="9" max="9" width="20.7109375" style="40" customWidth="1"/>
+    <col min="8" max="8" width="21.140625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="20.7109375" style="1" customWidth="1"/>
     <col min="10" max="12" width="14.7109375" style="1" customWidth="1"/>
     <col min="13" max="13" width="20.42578125" style="2" customWidth="1"/>
     <col min="14" max="14" width="16" style="2" customWidth="1"/>
     <col min="15" max="15" width="18.42578125" style="2" customWidth="1"/>
     <col min="16" max="16" width="24.5703125" style="2" customWidth="1"/>
     <col min="17" max="17" width="18" style="2" customWidth="1"/>
     <col min="18" max="18" width="16.7109375" style="2" customWidth="1"/>
     <col min="19" max="19" width="22.85546875" style="2" customWidth="1"/>
-    <col min="20" max="20" width="20.5703125" style="46" customWidth="1"/>
+    <col min="20" max="20" width="20.5703125" style="2" customWidth="1"/>
     <col min="21" max="21" width="18.7109375" style="2" customWidth="1"/>
-    <col min="22" max="22" width="21.28515625" style="46" customWidth="1"/>
+    <col min="22" max="22" width="21.28515625" style="2" customWidth="1"/>
     <col min="23" max="23" width="18.7109375" style="2" customWidth="1"/>
-    <col min="24" max="24" width="20.85546875" style="46" customWidth="1"/>
+    <col min="24" max="24" width="20.85546875" style="2" customWidth="1"/>
     <col min="25" max="25" width="40" style="2" customWidth="1"/>
-    <col min="26" max="26" width="20.7109375" style="22" hidden="1" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="73" max="16384" width="9.140625" style="1"/>
+    <col min="26" max="26" width="20.7109375" style="18" hidden="1" customWidth="1"/>
+    <col min="27" max="29" width="18.7109375" style="18" hidden="1" customWidth="1"/>
+    <col min="30" max="30" width="17.42578125" style="27" hidden="1" customWidth="1"/>
+    <col min="31" max="32" width="14.7109375" style="27" hidden="1" customWidth="1"/>
+    <col min="33" max="33" width="16" style="27" hidden="1" customWidth="1"/>
+    <col min="34" max="34" width="14.7109375" style="27" hidden="1" customWidth="1"/>
+    <col min="35" max="35" width="9.140625" style="19" hidden="1" customWidth="1"/>
+    <col min="36" max="36" width="18.7109375" style="19" customWidth="1"/>
+    <col min="37" max="37" width="21.85546875" style="19" customWidth="1"/>
+    <col min="38" max="38" width="19.140625" style="19" customWidth="1"/>
+    <col min="39" max="39" width="15.7109375" style="19" customWidth="1"/>
+    <col min="40" max="40" width="14.7109375" style="19" customWidth="1"/>
+    <col min="41" max="41" width="17.7109375" style="19" customWidth="1"/>
+    <col min="42" max="42" width="9.140625" style="19" hidden="1" customWidth="1"/>
+    <col min="43" max="43" width="19.140625" style="19" hidden="1" customWidth="1"/>
+    <col min="44" max="44" width="9.140625" style="19" hidden="1" customWidth="1"/>
+    <col min="45" max="45" width="24.140625" style="19" hidden="1" customWidth="1"/>
+    <col min="46" max="47" width="9.140625" style="19" hidden="1" customWidth="1"/>
+    <col min="48" max="69" width="9.140625" style="19" customWidth="1"/>
+    <col min="70" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:72" ht="84" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:69" ht="84" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="16" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="15"/>
       <c r="C1" s="14"/>
-      <c r="D1" s="94" t="s">
+      <c r="D1" s="65" t="s">
         <v>77</v>
       </c>
-      <c r="E1" s="95"/>
-[...13 lines deleted...]
-      <c r="S1" s="90" t="s">
+      <c r="E1" s="66"/>
+      <c r="F1" s="67"/>
+      <c r="G1" s="66"/>
+      <c r="H1" s="67"/>
+      <c r="I1" s="67"/>
+      <c r="J1" s="66"/>
+      <c r="K1" s="22"/>
+      <c r="L1" s="22"/>
+      <c r="M1" s="21"/>
+      <c r="N1" s="21"/>
+      <c r="O1" s="21"/>
+      <c r="P1" s="21"/>
+      <c r="Q1" s="21"/>
+      <c r="R1" s="21"/>
+      <c r="S1" s="62" t="s">
         <v>56</v>
       </c>
-      <c r="T1" s="91"/>
-[...9 lines deleted...]
-      <c r="AD1" s="30" t="s">
+      <c r="T1" s="63"/>
+      <c r="U1" s="63"/>
+      <c r="V1" s="63"/>
+      <c r="W1" s="63"/>
+      <c r="X1" s="64"/>
+      <c r="Y1" s="21"/>
+      <c r="AD1" s="27" t="s">
         <v>41</v>
       </c>
-      <c r="AE1" s="30" t="s">
+      <c r="AE1" s="27" t="s">
         <v>5</v>
       </c>
-      <c r="AF1" s="30"/>
-[...2 lines deleted...]
-      <c r="AJ1" s="57" t="s">
+      <c r="AJ1" s="43" t="s">
         <v>80</v>
       </c>
-      <c r="AK1" s="58"/>
-[...7 lines deleted...]
-      <c r="B2" s="36" t="s">
+      <c r="AK1" s="44"/>
+      <c r="AL1" s="45"/>
+      <c r="AM1" s="45"/>
+      <c r="AN1" s="45"/>
+      <c r="AO1" s="46"/>
+    </row>
+    <row r="2" spans="1:69" s="24" customFormat="1" ht="110.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="39"/>
+      <c r="B2" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="C2" s="34" t="s">
+      <c r="C2" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D2" s="38" t="s">
+      <c r="D2" s="30" t="s">
         <v>51</v>
       </c>
-      <c r="E2" s="34" t="s">
+      <c r="E2" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="F2" s="38" t="s">
+      <c r="F2" s="30" t="s">
         <v>52</v>
       </c>
-      <c r="G2" s="34" t="s">
+      <c r="G2" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="H2" s="38" t="s">
+      <c r="H2" s="30" t="s">
         <v>53</v>
       </c>
-      <c r="I2" s="38" t="s">
+      <c r="I2" s="30" t="s">
         <v>59</v>
       </c>
-      <c r="J2" s="34" t="s">
+      <c r="J2" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="K2" s="34" t="s">
+      <c r="K2" s="30" t="s">
         <v>78</v>
       </c>
-      <c r="L2" s="34" t="s">
+      <c r="L2" s="30" t="s">
         <v>42</v>
       </c>
-      <c r="M2" s="35" t="s">
+      <c r="M2" s="31" t="s">
         <v>54</v>
       </c>
-      <c r="N2" s="34" t="s">
+      <c r="N2" s="30" t="s">
         <v>62</v>
       </c>
-      <c r="O2" s="34" t="s">
+      <c r="O2" s="30" t="s">
         <v>63</v>
       </c>
-      <c r="P2" s="35" t="s">
+      <c r="P2" s="31" t="s">
         <v>79</v>
       </c>
-      <c r="Q2" s="34" t="s">
+      <c r="Q2" s="30" t="s">
         <v>64</v>
       </c>
-      <c r="R2" s="34" t="s">
+      <c r="R2" s="30" t="s">
         <v>55</v>
       </c>
-      <c r="S2" s="32" t="s">
+      <c r="S2" s="28" t="s">
         <v>57</v>
       </c>
-      <c r="T2" s="42" t="s">
+      <c r="T2" s="28" t="s">
         <v>32</v>
       </c>
-      <c r="U2" s="32" t="s">
+      <c r="U2" s="28" t="s">
         <v>35</v>
       </c>
-      <c r="V2" s="42" t="s">
+      <c r="V2" s="28" t="s">
         <v>33</v>
       </c>
-      <c r="W2" s="32" t="s">
+      <c r="W2" s="28" t="s">
         <v>36</v>
       </c>
-      <c r="X2" s="42" t="s">
+      <c r="X2" s="28" t="s">
         <v>34</v>
       </c>
-      <c r="Y2" s="34" t="s">
+      <c r="Y2" s="30" t="s">
         <v>67</v>
       </c>
-      <c r="Z2" s="50"/>
-[...3 lines deleted...]
-      <c r="AD2" s="30" t="s">
+      <c r="Z2" s="37"/>
+      <c r="AA2" s="37"/>
+      <c r="AB2" s="37"/>
+      <c r="AC2" s="37"/>
+      <c r="AD2" s="27" t="s">
         <v>5</v>
       </c>
-      <c r="AE2" s="30" t="s">
+      <c r="AE2" s="27" t="s">
         <v>6</v>
       </c>
-      <c r="AF2" s="30"/>
-[...3 lines deleted...]
-      <c r="AJ2" s="62" t="s">
+      <c r="AF2" s="27"/>
+      <c r="AG2" s="27"/>
+      <c r="AH2" s="27"/>
+      <c r="AI2" s="23"/>
+      <c r="AJ2" s="47" t="s">
         <v>81</v>
       </c>
-      <c r="AK2" s="63" t="s">
+      <c r="AK2" s="48" t="s">
         <v>82</v>
       </c>
-      <c r="AL2" s="64" t="s">
+      <c r="AL2" s="48" t="s">
         <v>83</v>
       </c>
-      <c r="AM2" s="63" t="s">
+      <c r="AM2" s="48" t="s">
         <v>84</v>
       </c>
-      <c r="AN2" s="63" t="s">
+      <c r="AN2" s="48" t="s">
         <v>85</v>
       </c>
-      <c r="AO2" s="63" t="s">
+      <c r="AO2" s="48" t="s">
         <v>86</v>
       </c>
-      <c r="AP2" s="80"/>
-[...31 lines deleted...]
-    <row r="3" spans="1:72" s="27" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AP2" s="23"/>
+      <c r="AQ2" s="23"/>
+      <c r="AR2" s="56"/>
+      <c r="AS2" s="23"/>
+      <c r="AT2" s="23"/>
+      <c r="AU2" s="23"/>
+      <c r="AV2" s="23"/>
+      <c r="AW2" s="23"/>
+      <c r="AX2" s="23"/>
+      <c r="AY2" s="23"/>
+      <c r="AZ2" s="23"/>
+      <c r="BA2" s="23"/>
+      <c r="BB2" s="23"/>
+      <c r="BC2" s="23"/>
+      <c r="BD2" s="23"/>
+      <c r="BE2" s="23"/>
+      <c r="BF2" s="23"/>
+      <c r="BG2" s="23"/>
+      <c r="BH2" s="23"/>
+      <c r="BI2" s="23"/>
+      <c r="BJ2" s="23"/>
+      <c r="BK2" s="23"/>
+      <c r="BL2" s="23"/>
+      <c r="BM2" s="23"/>
+      <c r="BN2" s="23"/>
+      <c r="BO2" s="23"/>
+      <c r="BP2" s="23"/>
+      <c r="BQ2" s="23"/>
+    </row>
+    <row r="3" spans="1:69" s="24" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>39</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D3" s="39">
+      <c r="D3" s="5">
         <v>1200000</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="F3" s="39">
+      <c r="F3" s="5">
         <v>400000</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="H3" s="39">
+      <c r="H3" s="5">
         <v>200000</v>
       </c>
-      <c r="I3" s="39">
+      <c r="I3" s="5">
         <v>4000000</v>
       </c>
       <c r="J3" s="6">
         <v>39462</v>
       </c>
       <c r="K3" s="6">
         <v>41044</v>
       </c>
       <c r="L3" s="17">
         <v>0.6</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="O3" s="29" t="s">
+      <c r="O3" s="26" t="s">
         <v>49</v>
       </c>
       <c r="P3" s="5" t="s">
         <v>61</v>
       </c>
       <c r="Q3" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="R3" s="29" t="s">
+      <c r="R3" s="26" t="s">
         <v>49</v>
       </c>
-      <c r="S3" s="33" t="s">
+      <c r="S3" s="29" t="s">
         <v>21</v>
       </c>
-      <c r="T3" s="43">
+      <c r="T3" s="33">
         <v>400000</v>
       </c>
-      <c r="U3" s="33" t="s">
+      <c r="U3" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="V3" s="43">
+      <c r="V3" s="33">
         <v>300000</v>
       </c>
-      <c r="W3" s="33" t="s">
+      <c r="W3" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="X3" s="47">
+      <c r="X3" s="35">
         <v>250000</v>
       </c>
-      <c r="Y3" s="54"/>
-[...4 lines deleted...]
-      <c r="AD3" s="30" t="s">
+      <c r="Y3" s="40"/>
+      <c r="Z3" s="38"/>
+      <c r="AA3" s="38"/>
+      <c r="AB3" s="38"/>
+      <c r="AC3" s="38"/>
+      <c r="AD3" s="27" t="s">
         <v>6</v>
       </c>
-      <c r="AE3" s="30" t="s">
+      <c r="AE3" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="AF3" s="30"/>
-[...41 lines deleted...]
-    <row r="4" spans="1:72" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AF3" s="27"/>
+      <c r="AG3" s="2"/>
+      <c r="AH3" s="27"/>
+      <c r="AI3" s="23"/>
+      <c r="AJ3" s="49"/>
+      <c r="AK3" s="50"/>
+      <c r="AL3" s="51"/>
+      <c r="AM3" s="50"/>
+      <c r="AN3" s="50"/>
+      <c r="AO3" s="52"/>
+      <c r="AP3" s="23"/>
+      <c r="AQ3" s="23"/>
+      <c r="AR3" s="23"/>
+      <c r="AS3" s="23"/>
+      <c r="AT3" s="23"/>
+      <c r="AU3" s="23"/>
+      <c r="AV3" s="23"/>
+      <c r="AW3" s="23"/>
+      <c r="AX3" s="23"/>
+      <c r="AY3" s="23"/>
+      <c r="AZ3" s="23"/>
+      <c r="BA3" s="23"/>
+      <c r="BB3" s="23"/>
+      <c r="BC3" s="23"/>
+      <c r="BD3" s="23"/>
+      <c r="BE3" s="23"/>
+      <c r="BF3" s="23"/>
+      <c r="BG3" s="23"/>
+      <c r="BH3" s="23"/>
+      <c r="BI3" s="23"/>
+      <c r="BJ3" s="23"/>
+      <c r="BK3" s="23"/>
+      <c r="BL3" s="23"/>
+      <c r="BM3" s="23"/>
+      <c r="BN3" s="23"/>
+      <c r="BO3" s="23"/>
+      <c r="BP3" s="23"/>
+      <c r="BQ3" s="23"/>
+    </row>
+    <row r="4" spans="1:69" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="7">
         <v>1</v>
       </c>
       <c r="B4" s="8"/>
-      <c r="C4" s="8"/>
-      <c r="D4" s="37"/>
+      <c r="C4" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="12"/>
       <c r="E4" s="8"/>
-      <c r="F4" s="37"/>
+      <c r="F4" s="12"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
-      <c r="I4" s="37"/>
-      <c r="J4" s="37"/>
+      <c r="I4" s="12"/>
+      <c r="J4" s="12"/>
       <c r="K4" s="9"/>
-      <c r="L4" s="23"/>
+      <c r="L4" s="20"/>
       <c r="M4" s="8"/>
       <c r="N4" s="8"/>
       <c r="O4" s="10"/>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="10"/>
       <c r="S4" s="11"/>
-      <c r="T4" s="44"/>
+      <c r="T4" s="34"/>
       <c r="U4" s="11"/>
-      <c r="V4" s="44"/>
+      <c r="V4" s="34"/>
       <c r="W4" s="11"/>
-      <c r="X4" s="48"/>
+      <c r="X4" s="36"/>
       <c r="Y4" s="8"/>
-      <c r="Z4" s="28"/>
-[...3 lines deleted...]
-      <c r="AD4" s="30" t="s">
+      <c r="Z4" s="25"/>
+      <c r="AA4" s="25"/>
+      <c r="AB4" s="25"/>
+      <c r="AC4" s="25"/>
+      <c r="AD4" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="AE4" s="30" t="s">
+      <c r="AE4" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="AF4" s="30"/>
-[...8 lines deleted...]
-    <row r="5" spans="1:72" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AJ4" s="53"/>
+      <c r="AK4" s="54"/>
+      <c r="AL4" s="55"/>
+      <c r="AM4" s="54"/>
+      <c r="AN4" s="54"/>
+      <c r="AO4" s="54"/>
+      <c r="AQ4" s="19" t="s">
+        <v>91</v>
+      </c>
+      <c r="AR4" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="AS4" s="19" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="5" spans="1:69" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="7">
         <v>2</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="8"/>
-      <c r="D5" s="37"/>
+      <c r="D5" s="12"/>
       <c r="E5" s="8"/>
-      <c r="F5" s="37"/>
+      <c r="F5" s="12"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
-      <c r="I5" s="37"/>
+      <c r="I5" s="12"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
-      <c r="L5" s="23"/>
+      <c r="L5" s="20"/>
       <c r="M5" s="8"/>
       <c r="N5" s="8"/>
       <c r="O5" s="10"/>
       <c r="P5" s="8"/>
       <c r="Q5" s="8"/>
       <c r="R5" s="10"/>
       <c r="S5" s="11"/>
-      <c r="T5" s="44"/>
+      <c r="T5" s="34"/>
       <c r="U5" s="11"/>
-      <c r="V5" s="44"/>
+      <c r="V5" s="34"/>
       <c r="W5" s="11"/>
-      <c r="X5" s="48"/>
+      <c r="X5" s="36"/>
       <c r="Y5" s="8"/>
-      <c r="Z5" s="28"/>
-[...3 lines deleted...]
-      <c r="AD5" s="30" t="s">
+      <c r="Z5" s="25"/>
+      <c r="AA5" s="25"/>
+      <c r="AB5" s="25"/>
+      <c r="AC5" s="25"/>
+      <c r="AD5" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="AE5" s="30" t="s">
+      <c r="AE5" s="27" t="s">
         <v>0</v>
       </c>
-      <c r="AF5" s="30"/>
-[...9 lines deleted...]
-    <row r="6" spans="1:72" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AJ5" s="53"/>
+      <c r="AK5" s="54"/>
+      <c r="AL5" s="55"/>
+      <c r="AM5" s="54"/>
+      <c r="AN5" s="54"/>
+      <c r="AO5" s="54"/>
+      <c r="AQ5" s="19" t="s">
+        <v>89</v>
+      </c>
+      <c r="AR5" s="19" t="s">
+        <v>93</v>
+      </c>
+      <c r="AS5" s="19" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="6" spans="1:69" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="3">
         <v>3</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
-      <c r="D6" s="37"/>
+      <c r="D6" s="12"/>
       <c r="E6" s="8"/>
-      <c r="F6" s="37"/>
-      <c r="G6" s="41"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="8"/>
       <c r="H6" s="8"/>
-      <c r="I6" s="37"/>
+      <c r="I6" s="12"/>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
-      <c r="L6" s="23"/>
+      <c r="L6" s="20"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
       <c r="O6" s="10"/>
       <c r="P6" s="8"/>
       <c r="Q6" s="8"/>
       <c r="R6" s="10"/>
       <c r="S6" s="11"/>
-      <c r="T6" s="44"/>
+      <c r="T6" s="34"/>
       <c r="U6" s="11"/>
-      <c r="V6" s="44"/>
+      <c r="V6" s="34"/>
       <c r="W6" s="11"/>
-      <c r="X6" s="48"/>
+      <c r="X6" s="36"/>
       <c r="Y6" s="8"/>
-      <c r="Z6" s="28"/>
-[...3 lines deleted...]
-      <c r="AD6" s="30" t="s">
+      <c r="Z6" s="25"/>
+      <c r="AA6" s="25"/>
+      <c r="AB6" s="25"/>
+      <c r="AC6" s="25"/>
+      <c r="AD6" s="27" t="s">
         <v>0</v>
       </c>
-      <c r="AE6" s="30" t="s">
+      <c r="AE6" s="27" t="s">
         <v>46</v>
       </c>
-      <c r="AF6" s="30"/>
-[...9 lines deleted...]
-    <row r="7" spans="1:72" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AJ6" s="53"/>
+      <c r="AK6" s="54"/>
+      <c r="AL6" s="55"/>
+      <c r="AM6" s="54"/>
+      <c r="AN6" s="54"/>
+      <c r="AO6" s="54"/>
+      <c r="AQ6" s="19" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="7" spans="1:69" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="4">
         <v>4</v>
       </c>
       <c r="B7" s="8"/>
       <c r="C7" s="8"/>
-      <c r="D7" s="37"/>
+      <c r="D7" s="12"/>
       <c r="E7" s="8"/>
-      <c r="F7" s="37"/>
+      <c r="F7" s="12"/>
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
-      <c r="I7" s="37"/>
+      <c r="I7" s="12"/>
       <c r="J7" s="12"/>
       <c r="K7" s="12"/>
-      <c r="L7" s="23"/>
+      <c r="L7" s="20"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="10"/>
       <c r="P7" s="8"/>
       <c r="Q7" s="8"/>
       <c r="R7" s="10"/>
       <c r="S7" s="11"/>
-      <c r="T7" s="44"/>
+      <c r="T7" s="34"/>
       <c r="U7" s="11"/>
-      <c r="V7" s="44"/>
+      <c r="V7" s="34"/>
       <c r="W7" s="11"/>
-      <c r="X7" s="48"/>
-[...5 lines deleted...]
-      <c r="AD7" s="30" t="s">
+      <c r="X7" s="36"/>
+      <c r="Y7" s="41"/>
+      <c r="Z7" s="25"/>
+      <c r="AA7" s="25"/>
+      <c r="AB7" s="25"/>
+      <c r="AC7" s="25"/>
+      <c r="AD7" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="AE7" s="30" t="s">
+      <c r="AE7" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="AF7" s="30"/>
-[...9 lines deleted...]
-    <row r="8" spans="1:72" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AJ7" s="53"/>
+      <c r="AK7" s="54"/>
+      <c r="AL7" s="55"/>
+      <c r="AM7" s="54"/>
+      <c r="AN7" s="54"/>
+      <c r="AO7" s="54"/>
+      <c r="AQ7" s="19" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="8" spans="1:69" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="4">
         <v>5</v>
       </c>
       <c r="B8" s="8"/>
       <c r="C8" s="8"/>
-      <c r="D8" s="37"/>
+      <c r="D8" s="12"/>
       <c r="E8" s="8"/>
-      <c r="F8" s="37"/>
+      <c r="F8" s="12"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
-      <c r="I8" s="37"/>
+      <c r="I8" s="12"/>
       <c r="J8" s="12"/>
       <c r="K8" s="12"/>
-      <c r="L8" s="23"/>
+      <c r="L8" s="20"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="10"/>
       <c r="P8" s="8"/>
       <c r="Q8" s="8"/>
       <c r="R8" s="10"/>
       <c r="S8" s="11"/>
-      <c r="T8" s="44"/>
+      <c r="T8" s="34"/>
       <c r="U8" s="11"/>
-      <c r="V8" s="44"/>
+      <c r="V8" s="34"/>
       <c r="W8" s="11"/>
-      <c r="X8" s="48"/>
-[...5 lines deleted...]
-      <c r="AD8" s="30" t="s">
+      <c r="X8" s="36"/>
+      <c r="Y8" s="41"/>
+      <c r="Z8" s="25"/>
+      <c r="AA8" s="25"/>
+      <c r="AB8" s="25"/>
+      <c r="AC8" s="25"/>
+      <c r="AD8" s="27" t="s">
         <v>7</v>
       </c>
-      <c r="AE8" s="30" t="s">
+      <c r="AE8" s="27" t="s">
         <v>7</v>
       </c>
-      <c r="AF8" s="30"/>
-[...8 lines deleted...]
-    <row r="9" spans="1:72" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AJ8" s="53"/>
+      <c r="AK8" s="54"/>
+      <c r="AL8" s="55"/>
+      <c r="AM8" s="54"/>
+      <c r="AN8" s="54"/>
+      <c r="AO8" s="54"/>
+      <c r="AQ8" s="19" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="9" spans="1:69" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="4">
         <v>6</v>
       </c>
       <c r="B9" s="8"/>
       <c r="C9" s="8"/>
-      <c r="D9" s="37"/>
+      <c r="D9" s="12"/>
       <c r="E9" s="8"/>
-      <c r="F9" s="37"/>
+      <c r="F9" s="12"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
-      <c r="I9" s="37"/>
+      <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
-      <c r="L9" s="23"/>
+      <c r="L9" s="20"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="10"/>
       <c r="P9" s="8"/>
       <c r="Q9" s="8"/>
       <c r="R9" s="10"/>
       <c r="S9" s="11"/>
-      <c r="T9" s="44"/>
+      <c r="T9" s="34"/>
       <c r="U9" s="11"/>
-      <c r="V9" s="44"/>
+      <c r="V9" s="34"/>
       <c r="W9" s="11"/>
-      <c r="X9" s="48"/>
-[...5 lines deleted...]
-      <c r="AD9" s="30" t="s">
+      <c r="X9" s="36"/>
+      <c r="Y9" s="41"/>
+      <c r="Z9" s="25"/>
+      <c r="AA9" s="25"/>
+      <c r="AB9" s="25"/>
+      <c r="AC9" s="25"/>
+      <c r="AD9" s="27" t="s">
         <v>8</v>
       </c>
-      <c r="AE9" s="30" t="s">
+      <c r="AE9" s="27" t="s">
         <v>8</v>
       </c>
-      <c r="AF9" s="30"/>
-[...9 lines deleted...]
-    <row r="10" spans="1:72" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AJ9" s="53"/>
+      <c r="AK9" s="54"/>
+      <c r="AL9" s="55"/>
+      <c r="AM9" s="54"/>
+      <c r="AN9" s="54"/>
+      <c r="AO9" s="54"/>
+    </row>
+    <row r="10" spans="1:69" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="4">
         <v>7</v>
       </c>
       <c r="B10" s="8"/>
       <c r="C10" s="8"/>
-      <c r="D10" s="37"/>
+      <c r="D10" s="12"/>
       <c r="E10" s="8"/>
-      <c r="F10" s="37"/>
+      <c r="F10" s="12"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
-      <c r="I10" s="37"/>
+      <c r="I10" s="12"/>
       <c r="J10" s="12"/>
       <c r="K10" s="12"/>
-      <c r="L10" s="23"/>
+      <c r="L10" s="20"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="10"/>
       <c r="P10" s="8"/>
       <c r="Q10" s="8"/>
       <c r="R10" s="10"/>
       <c r="S10" s="11"/>
-      <c r="T10" s="44"/>
+      <c r="T10" s="34"/>
       <c r="U10" s="11"/>
-      <c r="V10" s="44"/>
+      <c r="V10" s="34"/>
       <c r="W10" s="11"/>
-      <c r="X10" s="48"/>
-[...5 lines deleted...]
-      <c r="AD10" s="30" t="s">
+      <c r="X10" s="36"/>
+      <c r="Y10" s="41"/>
+      <c r="Z10" s="25"/>
+      <c r="AA10" s="25"/>
+      <c r="AB10" s="25"/>
+      <c r="AC10" s="25"/>
+      <c r="AD10" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="AE10" s="30" t="s">
+      <c r="AE10" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="AF10" s="30"/>
-[...9 lines deleted...]
-    <row r="11" spans="1:72" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AJ10" s="53"/>
+      <c r="AK10" s="54"/>
+      <c r="AL10" s="55"/>
+      <c r="AM10" s="54"/>
+      <c r="AN10" s="54"/>
+      <c r="AO10" s="54"/>
+    </row>
+    <row r="11" spans="1:69" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="4">
         <v>8</v>
       </c>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
-      <c r="D11" s="37"/>
+      <c r="D11" s="12"/>
       <c r="E11" s="8"/>
-      <c r="F11" s="37"/>
+      <c r="F11" s="12"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
-      <c r="I11" s="37"/>
+      <c r="I11" s="12"/>
       <c r="J11" s="12"/>
       <c r="K11" s="12"/>
-      <c r="L11" s="23"/>
+      <c r="L11" s="20"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="10"/>
       <c r="P11" s="8"/>
       <c r="Q11" s="8"/>
       <c r="R11" s="10"/>
       <c r="S11" s="11"/>
-      <c r="T11" s="44"/>
+      <c r="T11" s="34"/>
       <c r="U11" s="11"/>
-      <c r="V11" s="44"/>
+      <c r="V11" s="34"/>
       <c r="W11" s="11"/>
-      <c r="X11" s="48"/>
-[...5 lines deleted...]
-      <c r="AD11" s="30" t="s">
+      <c r="X11" s="36"/>
+      <c r="Y11" s="41"/>
+      <c r="Z11" s="25"/>
+      <c r="AA11" s="25"/>
+      <c r="AB11" s="25"/>
+      <c r="AC11" s="25"/>
+      <c r="AD11" s="27" t="s">
         <v>10</v>
       </c>
-      <c r="AE11" s="30" t="s">
+      <c r="AE11" s="27" t="s">
         <v>10</v>
       </c>
-      <c r="AF11" s="30"/>
-[...9 lines deleted...]
-    <row r="12" spans="1:72" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AJ11" s="53"/>
+      <c r="AK11" s="54"/>
+      <c r="AL11" s="55"/>
+      <c r="AM11" s="54"/>
+      <c r="AN11" s="54"/>
+      <c r="AO11" s="54"/>
+    </row>
+    <row r="12" spans="1:69" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="4">
         <v>9</v>
       </c>
       <c r="B12" s="8"/>
       <c r="C12" s="8"/>
-      <c r="D12" s="37"/>
+      <c r="D12" s="12"/>
       <c r="E12" s="8"/>
-      <c r="F12" s="37"/>
+      <c r="F12" s="12"/>
       <c r="G12" s="8"/>
       <c r="H12" s="8"/>
-      <c r="I12" s="37"/>
+      <c r="I12" s="12"/>
       <c r="J12" s="12"/>
       <c r="K12" s="12"/>
-      <c r="L12" s="23"/>
+      <c r="L12" s="20"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="10"/>
       <c r="P12" s="8"/>
       <c r="Q12" s="8"/>
       <c r="R12" s="10"/>
       <c r="S12" s="11"/>
-      <c r="T12" s="44"/>
+      <c r="T12" s="34"/>
       <c r="U12" s="11"/>
-      <c r="V12" s="44"/>
+      <c r="V12" s="34"/>
       <c r="W12" s="11"/>
-      <c r="X12" s="48"/>
-[...5 lines deleted...]
-      <c r="AD12" s="30" t="s">
+      <c r="X12" s="36"/>
+      <c r="Y12" s="41"/>
+      <c r="Z12" s="25"/>
+      <c r="AA12" s="25"/>
+      <c r="AB12" s="25"/>
+      <c r="AC12" s="25"/>
+      <c r="AD12" s="27" t="s">
         <v>11</v>
       </c>
-      <c r="AE12" s="30" t="s">
+      <c r="AE12" s="27" t="s">
         <v>43</v>
       </c>
-      <c r="AF12" s="30"/>
-[...9 lines deleted...]
-    <row r="13" spans="1:72" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AJ12" s="53"/>
+      <c r="AK12" s="54"/>
+      <c r="AL12" s="55"/>
+      <c r="AM12" s="54"/>
+      <c r="AN12" s="54"/>
+      <c r="AO12" s="54"/>
+    </row>
+    <row r="13" spans="1:69" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="4">
         <v>10</v>
       </c>
       <c r="B13" s="8"/>
       <c r="C13" s="8"/>
-      <c r="D13" s="37"/>
+      <c r="D13" s="12"/>
       <c r="E13" s="8"/>
-      <c r="F13" s="37"/>
+      <c r="F13" s="12"/>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
-      <c r="I13" s="37"/>
+      <c r="I13" s="12"/>
       <c r="J13" s="12"/>
       <c r="K13" s="12"/>
-      <c r="L13" s="23"/>
+      <c r="L13" s="20"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="10"/>
       <c r="P13" s="8"/>
       <c r="Q13" s="8"/>
       <c r="R13" s="10"/>
       <c r="S13" s="11"/>
-      <c r="T13" s="44"/>
+      <c r="T13" s="34"/>
       <c r="U13" s="11"/>
-      <c r="V13" s="44"/>
+      <c r="V13" s="34"/>
       <c r="W13" s="11"/>
-      <c r="X13" s="48"/>
-[...5 lines deleted...]
-      <c r="AD13" s="30" t="s">
+      <c r="X13" s="36"/>
+      <c r="Y13" s="41"/>
+      <c r="Z13" s="25"/>
+      <c r="AA13" s="25"/>
+      <c r="AB13" s="25"/>
+      <c r="AC13" s="25"/>
+      <c r="AD13" s="27" t="s">
         <v>12</v>
       </c>
-      <c r="AE13" s="30" t="s">
+      <c r="AE13" s="27" t="s">
         <v>11</v>
       </c>
-      <c r="AF13" s="30"/>
-[...9 lines deleted...]
-    <row r="14" spans="1:72" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AJ13" s="53"/>
+      <c r="AK13" s="54"/>
+      <c r="AL13" s="55"/>
+      <c r="AM13" s="54"/>
+      <c r="AN13" s="54"/>
+      <c r="AO13" s="54"/>
+    </row>
+    <row r="14" spans="1:69" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="4">
         <v>11</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
-      <c r="D14" s="37"/>
+      <c r="D14" s="12"/>
       <c r="E14" s="8"/>
-      <c r="F14" s="37"/>
+      <c r="F14" s="12"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
-      <c r="I14" s="37"/>
+      <c r="I14" s="12"/>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
-      <c r="L14" s="23"/>
+      <c r="L14" s="20"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="10"/>
       <c r="P14" s="8"/>
       <c r="Q14" s="8"/>
       <c r="R14" s="10"/>
       <c r="S14" s="11"/>
-      <c r="T14" s="44"/>
+      <c r="T14" s="34"/>
       <c r="U14" s="11"/>
-      <c r="V14" s="44"/>
+      <c r="V14" s="34"/>
       <c r="W14" s="11"/>
-      <c r="X14" s="48"/>
-[...5 lines deleted...]
-      <c r="AD14" s="30" t="s">
+      <c r="X14" s="36"/>
+      <c r="Y14" s="41"/>
+      <c r="Z14" s="25"/>
+      <c r="AA14" s="25"/>
+      <c r="AB14" s="25"/>
+      <c r="AC14" s="25"/>
+      <c r="AD14" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="AE14" s="30" t="s">
+      <c r="AE14" s="27" t="s">
         <v>12</v>
       </c>
-      <c r="AF14" s="30"/>
-[...9 lines deleted...]
-    <row r="15" spans="1:72" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AJ14" s="53"/>
+      <c r="AK14" s="54"/>
+      <c r="AL14" s="55"/>
+      <c r="AM14" s="54"/>
+      <c r="AN14" s="54"/>
+      <c r="AO14" s="54"/>
+    </row>
+    <row r="15" spans="1:69" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4">
         <v>12</v>
       </c>
       <c r="B15" s="8"/>
       <c r="C15" s="8"/>
-      <c r="D15" s="37"/>
+      <c r="D15" s="12"/>
       <c r="E15" s="8"/>
-      <c r="F15" s="37"/>
+      <c r="F15" s="12"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
-      <c r="I15" s="37"/>
+      <c r="I15" s="12"/>
       <c r="J15" s="12"/>
       <c r="K15" s="12"/>
-      <c r="L15" s="23"/>
+      <c r="L15" s="20"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="10"/>
       <c r="P15" s="8"/>
       <c r="Q15" s="8"/>
       <c r="R15" s="10"/>
       <c r="S15" s="11"/>
-      <c r="T15" s="44"/>
+      <c r="T15" s="34"/>
       <c r="U15" s="11"/>
-      <c r="V15" s="44"/>
+      <c r="V15" s="34"/>
       <c r="W15" s="11"/>
-      <c r="X15" s="48"/>
-[...5 lines deleted...]
-      <c r="AD15" s="30" t="s">
+      <c r="X15" s="36"/>
+      <c r="Y15" s="41"/>
+      <c r="Z15" s="25"/>
+      <c r="AA15" s="25"/>
+      <c r="AB15" s="25"/>
+      <c r="AC15" s="25"/>
+      <c r="AD15" s="27" t="s">
         <v>14</v>
       </c>
-      <c r="AE15" s="30" t="s">
+      <c r="AE15" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="AF15" s="30"/>
-[...9 lines deleted...]
-    <row r="16" spans="1:72" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AJ15" s="53"/>
+      <c r="AK15" s="54"/>
+      <c r="AL15" s="55"/>
+      <c r="AM15" s="54"/>
+      <c r="AN15" s="54"/>
+      <c r="AO15" s="54"/>
+    </row>
+    <row r="16" spans="1:69" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4">
         <v>13</v>
       </c>
       <c r="B16" s="8"/>
       <c r="C16" s="8"/>
-      <c r="D16" s="37"/>
+      <c r="D16" s="12"/>
       <c r="E16" s="8"/>
-      <c r="F16" s="37"/>
+      <c r="F16" s="12"/>
       <c r="G16" s="8"/>
       <c r="H16" s="8"/>
-      <c r="I16" s="37"/>
+      <c r="I16" s="12"/>
       <c r="J16" s="12"/>
       <c r="K16" s="12"/>
-      <c r="L16" s="23"/>
+      <c r="L16" s="20"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="10"/>
       <c r="P16" s="8"/>
       <c r="Q16" s="8"/>
       <c r="R16" s="10"/>
       <c r="S16" s="11"/>
-      <c r="T16" s="44"/>
+      <c r="T16" s="34"/>
       <c r="U16" s="11"/>
-      <c r="V16" s="44"/>
+      <c r="V16" s="34"/>
       <c r="W16" s="11"/>
-      <c r="X16" s="48"/>
-[...5 lines deleted...]
-      <c r="AD16" s="30" t="s">
+      <c r="X16" s="36"/>
+      <c r="Y16" s="41"/>
+      <c r="Z16" s="25"/>
+      <c r="AA16" s="25"/>
+      <c r="AB16" s="25"/>
+      <c r="AC16" s="25"/>
+      <c r="AD16" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="AE16" s="30" t="s">
+      <c r="AE16" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="AF16" s="30"/>
-[...7 lines deleted...]
-      <c r="AO16" s="70"/>
+      <c r="AJ16" s="53"/>
+      <c r="AK16" s="54"/>
+      <c r="AL16" s="55"/>
+      <c r="AM16" s="54"/>
+      <c r="AN16" s="54"/>
+      <c r="AO16" s="54"/>
     </row>
     <row r="17" spans="1:41" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4">
         <v>14</v>
       </c>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
-      <c r="D17" s="37"/>
+      <c r="D17" s="12"/>
       <c r="E17" s="8"/>
-      <c r="F17" s="37"/>
+      <c r="F17" s="12"/>
       <c r="G17" s="8"/>
       <c r="H17" s="8"/>
-      <c r="I17" s="37"/>
+      <c r="I17" s="12"/>
       <c r="J17" s="12"/>
       <c r="K17" s="12"/>
-      <c r="L17" s="23"/>
+      <c r="L17" s="20"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="10"/>
       <c r="P17" s="8"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="10"/>
       <c r="S17" s="11"/>
-      <c r="T17" s="44"/>
+      <c r="T17" s="34"/>
       <c r="U17" s="11"/>
-      <c r="V17" s="44"/>
+      <c r="V17" s="34"/>
       <c r="W17" s="11"/>
-      <c r="X17" s="48"/>
-[...5 lines deleted...]
-      <c r="AD17" s="30" t="s">
+      <c r="X17" s="36"/>
+      <c r="Y17" s="41"/>
+      <c r="Z17" s="25"/>
+      <c r="AA17" s="25"/>
+      <c r="AB17" s="25"/>
+      <c r="AC17" s="25"/>
+      <c r="AD17" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="AE17" s="30" t="s">
+      <c r="AE17" s="27" t="s">
         <v>14</v>
       </c>
-      <c r="AF17" s="30"/>
-[...7 lines deleted...]
-      <c r="AO17" s="70"/>
+      <c r="AJ17" s="53"/>
+      <c r="AK17" s="54"/>
+      <c r="AL17" s="55"/>
+      <c r="AM17" s="54"/>
+      <c r="AN17" s="54"/>
+      <c r="AO17" s="54"/>
     </row>
     <row r="18" spans="1:41" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4">
         <v>15</v>
       </c>
       <c r="B18" s="8"/>
       <c r="C18" s="8"/>
-      <c r="D18" s="37"/>
+      <c r="D18" s="12"/>
       <c r="E18" s="8"/>
-      <c r="F18" s="37"/>
+      <c r="F18" s="12"/>
       <c r="G18" s="8"/>
       <c r="H18" s="8"/>
-      <c r="I18" s="37"/>
+      <c r="I18" s="12"/>
       <c r="J18" s="12"/>
       <c r="K18" s="12"/>
-      <c r="L18" s="23"/>
+      <c r="L18" s="20"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="10"/>
       <c r="P18" s="8"/>
       <c r="Q18" s="8"/>
       <c r="R18" s="10"/>
       <c r="S18" s="11"/>
-      <c r="T18" s="44"/>
+      <c r="T18" s="34"/>
       <c r="U18" s="11"/>
-      <c r="V18" s="44"/>
+      <c r="V18" s="34"/>
       <c r="W18" s="11"/>
-      <c r="X18" s="48"/>
-[...5 lines deleted...]
-      <c r="AD18" s="30" t="s">
+      <c r="X18" s="36"/>
+      <c r="Y18" s="41"/>
+      <c r="Z18" s="25"/>
+      <c r="AA18" s="25"/>
+      <c r="AB18" s="25"/>
+      <c r="AC18" s="25"/>
+      <c r="AD18" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="AE18" s="30" t="s">
+      <c r="AE18" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="AF18" s="30"/>
-[...7 lines deleted...]
-      <c r="AO18" s="70"/>
+      <c r="AJ18" s="53"/>
+      <c r="AK18" s="54"/>
+      <c r="AL18" s="55"/>
+      <c r="AM18" s="54"/>
+      <c r="AN18" s="54"/>
+      <c r="AO18" s="54"/>
     </row>
     <row r="19" spans="1:41" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4">
         <v>16</v>
       </c>
       <c r="B19" s="8"/>
       <c r="C19" s="8"/>
-      <c r="D19" s="37"/>
+      <c r="D19" s="12"/>
       <c r="E19" s="8"/>
-      <c r="F19" s="37"/>
+      <c r="F19" s="12"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
-      <c r="I19" s="37"/>
+      <c r="I19" s="12"/>
       <c r="J19" s="12"/>
       <c r="K19" s="12"/>
-      <c r="L19" s="23"/>
+      <c r="L19" s="20"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="10"/>
       <c r="P19" s="8"/>
       <c r="Q19" s="8"/>
       <c r="R19" s="10"/>
       <c r="S19" s="11"/>
-      <c r="T19" s="44"/>
+      <c r="T19" s="34"/>
       <c r="U19" s="11"/>
-      <c r="V19" s="44"/>
+      <c r="V19" s="34"/>
       <c r="W19" s="11"/>
-      <c r="X19" s="48"/>
-[...5 lines deleted...]
-      <c r="AD19" s="30" t="s">
+      <c r="X19" s="36"/>
+      <c r="Y19" s="41"/>
+      <c r="Z19" s="25"/>
+      <c r="AA19" s="25"/>
+      <c r="AB19" s="25"/>
+      <c r="AC19" s="25"/>
+      <c r="AD19" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="AE19" s="30" t="s">
+      <c r="AE19" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="AF19" s="30"/>
-[...7 lines deleted...]
-      <c r="AO19" s="70"/>
+      <c r="AJ19" s="53"/>
+      <c r="AK19" s="54"/>
+      <c r="AL19" s="55"/>
+      <c r="AM19" s="54"/>
+      <c r="AN19" s="54"/>
+      <c r="AO19" s="54"/>
     </row>
     <row r="20" spans="1:41" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4">
         <v>17</v>
       </c>
       <c r="B20" s="8"/>
       <c r="C20" s="8"/>
-      <c r="D20" s="37"/>
+      <c r="D20" s="12"/>
       <c r="E20" s="8"/>
-      <c r="F20" s="37"/>
+      <c r="F20" s="12"/>
       <c r="G20" s="8"/>
       <c r="H20" s="8"/>
-      <c r="I20" s="37"/>
+      <c r="I20" s="12"/>
       <c r="J20" s="12"/>
       <c r="K20" s="12"/>
-      <c r="L20" s="23"/>
+      <c r="L20" s="20"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="10"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
       <c r="R20" s="10"/>
       <c r="S20" s="11"/>
-      <c r="T20" s="44"/>
+      <c r="T20" s="34"/>
       <c r="U20" s="11"/>
-      <c r="V20" s="44"/>
+      <c r="V20" s="34"/>
       <c r="W20" s="11"/>
-      <c r="X20" s="48"/>
-[...5 lines deleted...]
-      <c r="AD20" s="30" t="s">
+      <c r="X20" s="36"/>
+      <c r="Y20" s="41"/>
+      <c r="Z20" s="25"/>
+      <c r="AA20" s="25"/>
+      <c r="AB20" s="25"/>
+      <c r="AC20" s="25"/>
+      <c r="AD20" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="AE20" s="30" t="s">
+      <c r="AE20" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="AF20" s="30"/>
-[...7 lines deleted...]
-      <c r="AO20" s="70"/>
+      <c r="AJ20" s="53"/>
+      <c r="AK20" s="54"/>
+      <c r="AL20" s="55"/>
+      <c r="AM20" s="54"/>
+      <c r="AN20" s="54"/>
+      <c r="AO20" s="54"/>
     </row>
     <row r="21" spans="1:41" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="4">
         <v>18</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
-      <c r="D21" s="37"/>
+      <c r="D21" s="12"/>
       <c r="E21" s="8"/>
-      <c r="F21" s="37"/>
+      <c r="F21" s="12"/>
       <c r="G21" s="8"/>
       <c r="H21" s="8"/>
-      <c r="I21" s="37"/>
+      <c r="I21" s="12"/>
       <c r="J21" s="12"/>
       <c r="K21" s="12"/>
-      <c r="L21" s="23"/>
+      <c r="L21" s="20"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="10"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
       <c r="R21" s="10"/>
       <c r="S21" s="11"/>
-      <c r="T21" s="44"/>
+      <c r="T21" s="34"/>
       <c r="U21" s="11"/>
-      <c r="V21" s="44"/>
+      <c r="V21" s="34"/>
       <c r="W21" s="11"/>
-      <c r="X21" s="48"/>
-[...5 lines deleted...]
-      <c r="AD21" s="30" t="s">
+      <c r="X21" s="36"/>
+      <c r="Y21" s="41"/>
+      <c r="Z21" s="25"/>
+      <c r="AA21" s="25"/>
+      <c r="AB21" s="25"/>
+      <c r="AC21" s="25"/>
+      <c r="AD21" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="AE21" s="30" t="s">
+      <c r="AE21" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="AF21" s="30"/>
-[...7 lines deleted...]
-      <c r="AO21" s="70"/>
+      <c r="AJ21" s="53"/>
+      <c r="AK21" s="54"/>
+      <c r="AL21" s="55"/>
+      <c r="AM21" s="54"/>
+      <c r="AN21" s="54"/>
+      <c r="AO21" s="54"/>
     </row>
     <row r="22" spans="1:41" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="4">
         <v>19</v>
       </c>
       <c r="B22" s="8"/>
       <c r="C22" s="8"/>
-      <c r="D22" s="37"/>
+      <c r="D22" s="12"/>
       <c r="E22" s="8"/>
-      <c r="F22" s="37"/>
+      <c r="F22" s="12"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
-      <c r="I22" s="37"/>
+      <c r="I22" s="12"/>
       <c r="J22" s="12"/>
       <c r="K22" s="12"/>
-      <c r="L22" s="23"/>
+      <c r="L22" s="20"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="10"/>
       <c r="P22" s="8"/>
       <c r="Q22" s="8"/>
       <c r="R22" s="10"/>
       <c r="S22" s="11"/>
-      <c r="T22" s="44"/>
+      <c r="T22" s="34"/>
       <c r="U22" s="11"/>
-      <c r="V22" s="44"/>
+      <c r="V22" s="34"/>
       <c r="W22" s="11"/>
-      <c r="X22" s="48"/>
-[...5 lines deleted...]
-      <c r="AD22" s="30" t="s">
+      <c r="X22" s="36"/>
+      <c r="Y22" s="41"/>
+      <c r="Z22" s="25"/>
+      <c r="AA22" s="25"/>
+      <c r="AB22" s="25"/>
+      <c r="AC22" s="25"/>
+      <c r="AD22" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="AE22" s="30" t="s">
+      <c r="AE22" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="AF22" s="30"/>
-[...7 lines deleted...]
-      <c r="AO22" s="70"/>
+      <c r="AJ22" s="53"/>
+      <c r="AK22" s="54"/>
+      <c r="AL22" s="55"/>
+      <c r="AM22" s="54"/>
+      <c r="AN22" s="54"/>
+      <c r="AO22" s="54"/>
     </row>
     <row r="23" spans="1:41" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="4">
         <v>20</v>
       </c>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
-      <c r="D23" s="37"/>
+      <c r="D23" s="12"/>
       <c r="E23" s="8"/>
-      <c r="F23" s="37"/>
+      <c r="F23" s="12"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
-      <c r="I23" s="37"/>
+      <c r="I23" s="12"/>
       <c r="J23" s="12"/>
       <c r="K23" s="12"/>
-      <c r="L23" s="23"/>
+      <c r="L23" s="20"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="10"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
       <c r="R23" s="10"/>
       <c r="S23" s="11"/>
-      <c r="T23" s="44"/>
+      <c r="T23" s="34"/>
       <c r="U23" s="11"/>
-      <c r="V23" s="44"/>
+      <c r="V23" s="34"/>
       <c r="W23" s="11"/>
-      <c r="X23" s="44"/>
-[...5 lines deleted...]
-      <c r="AD23" s="30" t="s">
+      <c r="X23" s="34"/>
+      <c r="Y23" s="41"/>
+      <c r="Z23" s="25"/>
+      <c r="AA23" s="25"/>
+      <c r="AB23" s="25"/>
+      <c r="AC23" s="25"/>
+      <c r="AD23" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="AE23" s="30" t="s">
+      <c r="AE23" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="AF23" s="30"/>
-[...7 lines deleted...]
-      <c r="AO23" s="70"/>
+      <c r="AJ23" s="53"/>
+      <c r="AK23" s="54"/>
+      <c r="AL23" s="55"/>
+      <c r="AM23" s="54"/>
+      <c r="AN23" s="54"/>
+      <c r="AO23" s="54"/>
     </row>
     <row r="24" spans="1:41" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="4">
         <v>21</v>
       </c>
-      <c r="B24" s="72"/>
-[...27 lines deleted...]
-      <c r="AD24" s="30" t="s">
+      <c r="B24" s="57"/>
+      <c r="C24" s="57"/>
+      <c r="D24" s="58"/>
+      <c r="E24" s="57"/>
+      <c r="F24" s="58"/>
+      <c r="G24" s="57"/>
+      <c r="H24" s="58"/>
+      <c r="I24" s="58"/>
+      <c r="J24" s="58"/>
+      <c r="K24" s="58"/>
+      <c r="L24" s="58"/>
+      <c r="M24" s="57"/>
+      <c r="N24" s="57"/>
+      <c r="O24" s="59"/>
+      <c r="P24" s="57"/>
+      <c r="Q24" s="57"/>
+      <c r="R24" s="59"/>
+      <c r="S24" s="60"/>
+      <c r="T24" s="61"/>
+      <c r="U24" s="60"/>
+      <c r="V24" s="61"/>
+      <c r="W24" s="60"/>
+      <c r="X24" s="61"/>
+      <c r="Y24" s="41"/>
+      <c r="Z24" s="25"/>
+      <c r="AA24" s="25"/>
+      <c r="AB24" s="25"/>
+      <c r="AC24" s="25"/>
+      <c r="AD24" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="AE24" s="30" t="s">
+      <c r="AE24" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="AF24" s="30"/>
-[...7 lines deleted...]
-      <c r="AO24" s="70"/>
+      <c r="AJ24" s="53"/>
+      <c r="AK24" s="54"/>
+      <c r="AL24" s="55"/>
+      <c r="AM24" s="54"/>
+      <c r="AN24" s="54"/>
+      <c r="AO24" s="54"/>
     </row>
     <row r="25" spans="1:41" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="4">
         <v>22</v>
       </c>
-      <c r="B25" s="72"/>
-[...27 lines deleted...]
-      <c r="AD25" s="30" t="s">
+      <c r="B25" s="57"/>
+      <c r="C25" s="57"/>
+      <c r="D25" s="58"/>
+      <c r="E25" s="57"/>
+      <c r="F25" s="58"/>
+      <c r="G25" s="57"/>
+      <c r="H25" s="58"/>
+      <c r="I25" s="58"/>
+      <c r="J25" s="58"/>
+      <c r="K25" s="58"/>
+      <c r="L25" s="58"/>
+      <c r="M25" s="57"/>
+      <c r="N25" s="57"/>
+      <c r="O25" s="59"/>
+      <c r="P25" s="57"/>
+      <c r="Q25" s="57"/>
+      <c r="R25" s="59"/>
+      <c r="S25" s="60"/>
+      <c r="T25" s="61"/>
+      <c r="U25" s="60"/>
+      <c r="V25" s="61"/>
+      <c r="W25" s="60"/>
+      <c r="X25" s="61"/>
+      <c r="Y25" s="41"/>
+      <c r="Z25" s="25"/>
+      <c r="AA25" s="25"/>
+      <c r="AB25" s="25"/>
+      <c r="AC25" s="25"/>
+      <c r="AD25" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="AE25" s="30" t="s">
+      <c r="AE25" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="AF25" s="30"/>
-[...7 lines deleted...]
-      <c r="AO25" s="70"/>
+      <c r="AJ25" s="53"/>
+      <c r="AK25" s="54"/>
+      <c r="AL25" s="55"/>
+      <c r="AM25" s="54"/>
+      <c r="AN25" s="54"/>
+      <c r="AO25" s="54"/>
     </row>
     <row r="26" spans="1:41" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A26" s="21"/>
-[...22 lines deleted...]
-      <c r="X26" s="45"/>
+      <c r="A26" s="19"/>
+      <c r="B26" s="18"/>
+      <c r="C26" s="18"/>
+      <c r="D26" s="19"/>
+      <c r="E26" s="18"/>
+      <c r="F26" s="19"/>
+      <c r="G26" s="18"/>
+      <c r="H26" s="19"/>
+      <c r="I26" s="19"/>
+      <c r="J26" s="19"/>
+      <c r="K26" s="19"/>
+      <c r="L26" s="19"/>
+      <c r="M26" s="18"/>
+      <c r="N26" s="18"/>
+      <c r="O26" s="18"/>
+      <c r="P26" s="18"/>
+      <c r="Q26" s="18"/>
+      <c r="R26" s="18"/>
+      <c r="S26" s="18"/>
+      <c r="T26" s="18"/>
+      <c r="U26" s="18"/>
+      <c r="V26" s="18"/>
+      <c r="W26" s="18"/>
+      <c r="X26" s="18"/>
       <c r="AC26" s="13"/>
-      <c r="AD26" s="30" t="s">
+      <c r="AD26" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="AE26" s="30" t="s">
+      <c r="AE26" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="AF26" s="30"/>
-[...1 lines deleted...]
-      <c r="AH26" s="30"/>
     </row>
     <row r="27" spans="1:41" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A27" s="21"/>
-[...22 lines deleted...]
-      <c r="X27" s="45"/>
+      <c r="A27" s="19"/>
+      <c r="B27" s="18"/>
+      <c r="C27" s="18"/>
+      <c r="D27" s="19"/>
+      <c r="E27" s="18"/>
+      <c r="F27" s="19"/>
+      <c r="G27" s="18"/>
+      <c r="H27" s="19"/>
+      <c r="I27" s="19"/>
+      <c r="J27" s="19"/>
+      <c r="K27" s="19"/>
+      <c r="L27" s="19"/>
+      <c r="M27" s="18"/>
+      <c r="N27" s="18"/>
+      <c r="O27" s="18"/>
+      <c r="P27" s="18"/>
+      <c r="Q27" s="18"/>
+      <c r="R27" s="18"/>
+      <c r="S27" s="18"/>
+      <c r="T27" s="18"/>
+      <c r="U27" s="18"/>
+      <c r="V27" s="18"/>
+      <c r="W27" s="18"/>
+      <c r="X27" s="18"/>
       <c r="AC27" s="13"/>
-      <c r="AD27" s="30" t="s">
+      <c r="AD27" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="AE27" s="30" t="s">
+      <c r="AE27" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="AF27" s="30"/>
-[...1 lines deleted...]
-      <c r="AH27" s="30"/>
     </row>
     <row r="28" spans="1:41" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A28" s="21"/>
-[...22 lines deleted...]
-      <c r="X28" s="45"/>
+      <c r="A28" s="19"/>
+      <c r="B28" s="18"/>
+      <c r="C28" s="18"/>
+      <c r="D28" s="19"/>
+      <c r="E28" s="18"/>
+      <c r="F28" s="19"/>
+      <c r="G28" s="18"/>
+      <c r="H28" s="19"/>
+      <c r="I28" s="19"/>
+      <c r="J28" s="19"/>
+      <c r="K28" s="19"/>
+      <c r="L28" s="19"/>
+      <c r="M28" s="18"/>
+      <c r="N28" s="18"/>
+      <c r="O28" s="18"/>
+      <c r="P28" s="18"/>
+      <c r="Q28" s="18"/>
+      <c r="R28" s="18"/>
+      <c r="S28" s="18"/>
+      <c r="T28" s="18"/>
+      <c r="U28" s="18"/>
+      <c r="V28" s="18"/>
+      <c r="W28" s="18"/>
+      <c r="X28" s="18"/>
       <c r="AC28" s="13"/>
-      <c r="AD28" s="30" t="s">
+      <c r="AD28" s="27" t="s">
         <v>26</v>
       </c>
-      <c r="AE28" s="30" t="s">
+      <c r="AE28" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="AF28" s="30"/>
-[...1 lines deleted...]
-      <c r="AH28" s="30"/>
     </row>
     <row r="29" spans="1:41" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A29" s="21"/>
-[...22 lines deleted...]
-      <c r="X29" s="45"/>
+      <c r="A29" s="19"/>
+      <c r="B29" s="18"/>
+      <c r="C29" s="18"/>
+      <c r="D29" s="19"/>
+      <c r="E29" s="18"/>
+      <c r="F29" s="19"/>
+      <c r="G29" s="18"/>
+      <c r="H29" s="19"/>
+      <c r="I29" s="19"/>
+      <c r="J29" s="19"/>
+      <c r="K29" s="19"/>
+      <c r="L29" s="19"/>
+      <c r="M29" s="18"/>
+      <c r="N29" s="18"/>
+      <c r="O29" s="18"/>
+      <c r="P29" s="18"/>
+      <c r="Q29" s="18"/>
+      <c r="R29" s="18"/>
+      <c r="S29" s="18"/>
+      <c r="T29" s="18"/>
+      <c r="U29" s="18"/>
+      <c r="V29" s="18"/>
+      <c r="W29" s="18"/>
+      <c r="X29" s="18"/>
       <c r="AC29" s="13"/>
-      <c r="AD29" s="31" t="s">
+      <c r="AD29" s="27" t="s">
         <v>68</v>
       </c>
-      <c r="AE29" s="30" t="s">
+      <c r="AE29" s="27" t="s">
         <v>45</v>
       </c>
-      <c r="AF29" s="30"/>
-[...1 lines deleted...]
-      <c r="AH29" s="30"/>
     </row>
     <row r="30" spans="1:41" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A30" s="21"/>
-[...23 lines deleted...]
-      <c r="Y30" s="22"/>
+      <c r="A30" s="19"/>
+      <c r="B30" s="18"/>
+      <c r="C30" s="18"/>
+      <c r="D30" s="19"/>
+      <c r="E30" s="18"/>
+      <c r="F30" s="19"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="19"/>
+      <c r="I30" s="19"/>
+      <c r="J30" s="19"/>
+      <c r="K30" s="19"/>
+      <c r="L30" s="19"/>
+      <c r="M30" s="18"/>
+      <c r="N30" s="18"/>
+      <c r="O30" s="18"/>
+      <c r="P30" s="18"/>
+      <c r="Q30" s="18"/>
+      <c r="R30" s="18"/>
+      <c r="S30" s="18"/>
+      <c r="T30" s="18"/>
+      <c r="U30" s="18"/>
+      <c r="V30" s="18"/>
+      <c r="W30" s="18"/>
+      <c r="X30" s="18"/>
+      <c r="Y30" s="18"/>
       <c r="AC30" s="13"/>
-      <c r="AD30" s="31" t="s">
+      <c r="AD30" s="27" t="s">
         <v>69</v>
       </c>
-      <c r="AE30" s="30" t="s">
+      <c r="AE30" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="AF30" s="30"/>
-[...1 lines deleted...]
-      <c r="AH30" s="30"/>
     </row>
     <row r="31" spans="1:41" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A31" s="21"/>
-[...24 lines deleted...]
-      <c r="AD31" s="31" t="s">
+      <c r="A31" s="19"/>
+      <c r="B31" s="18"/>
+      <c r="C31" s="18"/>
+      <c r="D31" s="19"/>
+      <c r="E31" s="18"/>
+      <c r="F31" s="19"/>
+      <c r="G31" s="18"/>
+      <c r="H31" s="19"/>
+      <c r="I31" s="19"/>
+      <c r="J31" s="19"/>
+      <c r="K31" s="19"/>
+      <c r="L31" s="19"/>
+      <c r="M31" s="18"/>
+      <c r="N31" s="18"/>
+      <c r="O31" s="18"/>
+      <c r="P31" s="18"/>
+      <c r="Q31" s="18"/>
+      <c r="R31" s="18"/>
+      <c r="S31" s="18"/>
+      <c r="T31" s="18"/>
+      <c r="U31" s="18"/>
+      <c r="V31" s="18"/>
+      <c r="W31" s="18"/>
+      <c r="X31" s="18"/>
+      <c r="Y31" s="18"/>
+      <c r="AD31" s="27" t="s">
         <v>72</v>
       </c>
-      <c r="AE31" s="30" t="s">
+      <c r="AE31" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="AF31" s="30"/>
-[...1 lines deleted...]
-      <c r="AH31" s="30"/>
     </row>
     <row r="32" spans="1:41" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A32" s="21"/>
-[...24 lines deleted...]
-      <c r="AD32" s="31" t="s">
+      <c r="A32" s="19"/>
+      <c r="B32" s="18"/>
+      <c r="C32" s="18"/>
+      <c r="D32" s="19"/>
+      <c r="E32" s="18"/>
+      <c r="F32" s="19"/>
+      <c r="G32" s="18"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="19"/>
+      <c r="J32" s="19"/>
+      <c r="K32" s="19"/>
+      <c r="L32" s="19"/>
+      <c r="M32" s="18"/>
+      <c r="N32" s="18"/>
+      <c r="O32" s="18"/>
+      <c r="P32" s="18"/>
+      <c r="Q32" s="18"/>
+      <c r="R32" s="18"/>
+      <c r="S32" s="18"/>
+      <c r="T32" s="18"/>
+      <c r="U32" s="18"/>
+      <c r="V32" s="18"/>
+      <c r="W32" s="18"/>
+      <c r="X32" s="18"/>
+      <c r="Y32" s="18"/>
+      <c r="AD32" s="27" t="s">
         <v>74</v>
       </c>
-      <c r="AE32" s="30" t="s">
+      <c r="AE32" s="27" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="33" spans="2:72" s="21" customFormat="1" x14ac:dyDescent="0.2">
-[...25 lines deleted...]
-      <c r="AD33" s="31" t="s">
+    <row r="33" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="18"/>
+      <c r="C33" s="18"/>
+      <c r="E33" s="18"/>
+      <c r="G33" s="18"/>
+      <c r="M33" s="18"/>
+      <c r="N33" s="18"/>
+      <c r="O33" s="18"/>
+      <c r="P33" s="18"/>
+      <c r="Q33" s="18"/>
+      <c r="R33" s="18"/>
+      <c r="S33" s="18"/>
+      <c r="T33" s="18"/>
+      <c r="U33" s="18"/>
+      <c r="V33" s="18"/>
+      <c r="W33" s="18"/>
+      <c r="X33" s="18"/>
+      <c r="Y33" s="18"/>
+      <c r="Z33" s="18"/>
+      <c r="AA33" s="18"/>
+      <c r="AB33" s="18"/>
+      <c r="AC33" s="18"/>
+      <c r="AD33" s="27" t="s">
         <v>76</v>
       </c>
-      <c r="AE33" s="31" t="s">
+      <c r="AE33" s="27" t="s">
         <v>60</v>
       </c>
-      <c r="AF33" s="31"/>
-[...60 lines deleted...]
-      <c r="AD34" s="56" t="s">
+      <c r="AF33" s="27"/>
+      <c r="AG33" s="27"/>
+      <c r="AH33" s="27"/>
+    </row>
+    <row r="34" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="18"/>
+      <c r="C34" s="18"/>
+      <c r="E34" s="18"/>
+      <c r="G34" s="18"/>
+      <c r="M34" s="18"/>
+      <c r="N34" s="18"/>
+      <c r="O34" s="18"/>
+      <c r="P34" s="18"/>
+      <c r="Q34" s="18"/>
+      <c r="R34" s="18"/>
+      <c r="S34" s="18"/>
+      <c r="T34" s="18"/>
+      <c r="U34" s="18"/>
+      <c r="V34" s="18"/>
+      <c r="W34" s="18"/>
+      <c r="X34" s="18"/>
+      <c r="Y34" s="18"/>
+      <c r="Z34" s="18"/>
+      <c r="AA34" s="18"/>
+      <c r="AB34" s="18"/>
+      <c r="AC34" s="18"/>
+      <c r="AD34" s="42" t="s">
         <v>70</v>
       </c>
-      <c r="AF34" s="31"/>
-[...55 lines deleted...]
-      <c r="Y35" s="22"/>
+      <c r="AF34" s="27"/>
+      <c r="AG34" s="27"/>
+      <c r="AH34" s="27"/>
+    </row>
+    <row r="35" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="18"/>
+      <c r="C35" s="18"/>
+      <c r="E35" s="18"/>
+      <c r="G35" s="18"/>
+      <c r="M35" s="18"/>
+      <c r="N35" s="18"/>
+      <c r="O35" s="18"/>
+      <c r="P35" s="18"/>
+      <c r="Q35" s="18"/>
+      <c r="R35" s="18"/>
+      <c r="S35" s="18"/>
+      <c r="T35" s="18"/>
+      <c r="U35" s="18"/>
+      <c r="V35" s="18"/>
+      <c r="W35" s="18"/>
+      <c r="X35" s="18"/>
+      <c r="Y35" s="18"/>
       <c r="Z35" s="18"/>
       <c r="AA35" s="18"/>
-      <c r="AB35" s="19"/>
-[...1 lines deleted...]
-      <c r="AD35" s="31" t="s">
+      <c r="AD35" s="27" t="s">
         <v>71</v>
       </c>
-      <c r="AF35" s="31"/>
-[...55 lines deleted...]
-      <c r="Y36" s="22"/>
+      <c r="AF35" s="27"/>
+      <c r="AG35" s="27"/>
+      <c r="AH35" s="27"/>
+    </row>
+    <row r="36" spans="2:34" s="19" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B36" s="18"/>
+      <c r="C36" s="18"/>
+      <c r="E36" s="18"/>
+      <c r="G36" s="18"/>
+      <c r="M36" s="18"/>
+      <c r="N36" s="18"/>
+      <c r="O36" s="18"/>
+      <c r="P36" s="18"/>
+      <c r="Q36" s="18"/>
+      <c r="R36" s="18"/>
+      <c r="S36" s="18"/>
+      <c r="T36" s="18"/>
+      <c r="U36" s="18"/>
+      <c r="V36" s="18"/>
+      <c r="W36" s="18"/>
+      <c r="X36" s="18"/>
+      <c r="Y36" s="18"/>
       <c r="Z36" s="18"/>
       <c r="AA36" s="18"/>
-      <c r="AB36" s="19"/>
-[...1 lines deleted...]
-      <c r="AD36" s="31" t="s">
+      <c r="AD36" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="AF36" s="31"/>
-[...55 lines deleted...]
-      <c r="Y37" s="22"/>
+      <c r="AF36" s="27"/>
+      <c r="AG36" s="27"/>
+      <c r="AH36" s="27"/>
+    </row>
+    <row r="37" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="18"/>
+      <c r="C37" s="18"/>
+      <c r="E37" s="18"/>
+      <c r="G37" s="18"/>
+      <c r="M37" s="18"/>
+      <c r="N37" s="18"/>
+      <c r="O37" s="18"/>
+      <c r="P37" s="18"/>
+      <c r="Q37" s="18"/>
+      <c r="R37" s="18"/>
+      <c r="S37" s="18"/>
+      <c r="T37" s="18"/>
+      <c r="U37" s="18"/>
+      <c r="V37" s="18"/>
+      <c r="W37" s="18"/>
+      <c r="X37" s="18"/>
+      <c r="Y37" s="18"/>
       <c r="Z37" s="18"/>
       <c r="AA37" s="18"/>
-      <c r="AB37" s="19"/>
-[...1 lines deleted...]
-      <c r="AD37" s="31" t="s">
+      <c r="AD37" s="27" t="s">
         <v>75</v>
       </c>
-      <c r="AF37" s="31"/>
-[...55 lines deleted...]
-      <c r="Y38" s="22"/>
+      <c r="AF37" s="27"/>
+      <c r="AG37" s="27"/>
+      <c r="AH37" s="27"/>
+    </row>
+    <row r="38" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="18"/>
+      <c r="C38" s="18"/>
+      <c r="E38" s="18"/>
+      <c r="G38" s="18"/>
+      <c r="M38" s="18"/>
+      <c r="N38" s="18"/>
+      <c r="O38" s="18"/>
+      <c r="P38" s="18"/>
+      <c r="Q38" s="18"/>
+      <c r="R38" s="18"/>
+      <c r="S38" s="18"/>
+      <c r="T38" s="18"/>
+      <c r="U38" s="18"/>
+      <c r="V38" s="18"/>
+      <c r="W38" s="18"/>
+      <c r="X38" s="18"/>
+      <c r="Y38" s="18"/>
       <c r="Z38" s="18"/>
       <c r="AA38" s="18"/>
-      <c r="AB38" s="19"/>
-[...58 lines deleted...]
-      <c r="Y39" s="22"/>
+      <c r="AE38" s="27"/>
+      <c r="AF38" s="27"/>
+      <c r="AG38" s="27"/>
+      <c r="AH38" s="27"/>
+    </row>
+    <row r="39" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="18"/>
+      <c r="C39" s="18"/>
+      <c r="E39" s="18"/>
+      <c r="G39" s="18"/>
+      <c r="M39" s="18"/>
+      <c r="N39" s="18"/>
+      <c r="O39" s="18"/>
+      <c r="P39" s="18"/>
+      <c r="Q39" s="18"/>
+      <c r="R39" s="18"/>
+      <c r="S39" s="18"/>
+      <c r="T39" s="18"/>
+      <c r="U39" s="18"/>
+      <c r="V39" s="18"/>
+      <c r="W39" s="18"/>
+      <c r="X39" s="18"/>
+      <c r="Y39" s="18"/>
       <c r="Z39" s="18"/>
       <c r="AA39" s="18"/>
-      <c r="AB39" s="19"/>
-[...58 lines deleted...]
-      <c r="Y40" s="22"/>
+      <c r="AE39" s="27"/>
+      <c r="AF39" s="27"/>
+      <c r="AG39" s="27"/>
+      <c r="AH39" s="27"/>
+    </row>
+    <row r="40" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="18"/>
+      <c r="C40" s="18"/>
+      <c r="E40" s="18"/>
+      <c r="G40" s="18"/>
+      <c r="M40" s="18"/>
+      <c r="N40" s="18"/>
+      <c r="O40" s="18"/>
+      <c r="P40" s="18"/>
+      <c r="Q40" s="18"/>
+      <c r="R40" s="18"/>
+      <c r="S40" s="18"/>
+      <c r="T40" s="18"/>
+      <c r="U40" s="18"/>
+      <c r="V40" s="18"/>
+      <c r="W40" s="18"/>
+      <c r="X40" s="18"/>
+      <c r="Y40" s="18"/>
       <c r="Z40" s="18"/>
       <c r="AA40" s="18"/>
-      <c r="AB40" s="19"/>
-[...58 lines deleted...]
-      <c r="Y41" s="22"/>
+      <c r="AE40" s="27"/>
+      <c r="AF40" s="27"/>
+      <c r="AG40" s="27"/>
+      <c r="AH40" s="27"/>
+    </row>
+    <row r="41" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="18"/>
+      <c r="C41" s="18"/>
+      <c r="E41" s="18"/>
+      <c r="G41" s="18"/>
+      <c r="M41" s="18"/>
+      <c r="N41" s="18"/>
+      <c r="O41" s="18"/>
+      <c r="P41" s="18"/>
+      <c r="Q41" s="18"/>
+      <c r="R41" s="18"/>
+      <c r="S41" s="18"/>
+      <c r="T41" s="18"/>
+      <c r="U41" s="18"/>
+      <c r="V41" s="18"/>
+      <c r="W41" s="18"/>
+      <c r="X41" s="18"/>
+      <c r="Y41" s="18"/>
       <c r="Z41" s="18"/>
       <c r="AA41" s="18"/>
-      <c r="AB41" s="19"/>
-[...58 lines deleted...]
-      <c r="Y42" s="22"/>
+      <c r="AE41" s="27"/>
+      <c r="AF41" s="27"/>
+      <c r="AG41" s="27"/>
+      <c r="AH41" s="27"/>
+    </row>
+    <row r="42" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="18"/>
+      <c r="C42" s="18"/>
+      <c r="E42" s="18"/>
+      <c r="G42" s="18"/>
+      <c r="M42" s="18"/>
+      <c r="N42" s="18"/>
+      <c r="O42" s="18"/>
+      <c r="P42" s="18"/>
+      <c r="Q42" s="18"/>
+      <c r="R42" s="18"/>
+      <c r="S42" s="18"/>
+      <c r="T42" s="18"/>
+      <c r="U42" s="18"/>
+      <c r="V42" s="18"/>
+      <c r="W42" s="18"/>
+      <c r="X42" s="18"/>
+      <c r="Y42" s="18"/>
       <c r="Z42" s="18"/>
       <c r="AA42" s="18"/>
-      <c r="AB42" s="19"/>
-[...58 lines deleted...]
-      <c r="Y43" s="22"/>
+      <c r="AE42" s="27"/>
+      <c r="AF42" s="27"/>
+      <c r="AG42" s="27"/>
+      <c r="AH42" s="27"/>
+    </row>
+    <row r="43" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="18"/>
+      <c r="C43" s="18"/>
+      <c r="E43" s="18"/>
+      <c r="G43" s="18"/>
+      <c r="M43" s="18"/>
+      <c r="N43" s="18"/>
+      <c r="O43" s="18"/>
+      <c r="P43" s="18"/>
+      <c r="Q43" s="18"/>
+      <c r="R43" s="18"/>
+      <c r="S43" s="18"/>
+      <c r="T43" s="18"/>
+      <c r="U43" s="18"/>
+      <c r="V43" s="18"/>
+      <c r="W43" s="18"/>
+      <c r="X43" s="18"/>
+      <c r="Y43" s="18"/>
       <c r="Z43" s="18"/>
       <c r="AA43" s="18"/>
-      <c r="AB43" s="19"/>
-[...59 lines deleted...]
-      <c r="Y44" s="22"/>
+      <c r="AD43" s="27"/>
+      <c r="AE43" s="27"/>
+      <c r="AF43" s="27"/>
+      <c r="AG43" s="27"/>
+      <c r="AH43" s="27"/>
+    </row>
+    <row r="44" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="18"/>
+      <c r="C44" s="18"/>
+      <c r="E44" s="18"/>
+      <c r="G44" s="18"/>
+      <c r="M44" s="18"/>
+      <c r="N44" s="18"/>
+      <c r="O44" s="18"/>
+      <c r="P44" s="18"/>
+      <c r="Q44" s="18"/>
+      <c r="R44" s="18"/>
+      <c r="S44" s="18"/>
+      <c r="T44" s="18"/>
+      <c r="U44" s="18"/>
+      <c r="V44" s="18"/>
+      <c r="W44" s="18"/>
+      <c r="X44" s="18"/>
+      <c r="Y44" s="18"/>
       <c r="Z44" s="18"/>
       <c r="AA44" s="18"/>
-      <c r="AB44" s="19"/>
-[...59 lines deleted...]
-      <c r="Y45" s="22"/>
+      <c r="AD44" s="27"/>
+      <c r="AE44" s="27"/>
+      <c r="AF44" s="27"/>
+      <c r="AG44" s="27"/>
+      <c r="AH44" s="27"/>
+    </row>
+    <row r="45" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="18"/>
+      <c r="C45" s="18"/>
+      <c r="E45" s="18"/>
+      <c r="G45" s="18"/>
+      <c r="M45" s="18"/>
+      <c r="N45" s="18"/>
+      <c r="O45" s="18"/>
+      <c r="P45" s="18"/>
+      <c r="Q45" s="18"/>
+      <c r="R45" s="18"/>
+      <c r="S45" s="18"/>
+      <c r="T45" s="18"/>
+      <c r="U45" s="18"/>
+      <c r="V45" s="18"/>
+      <c r="W45" s="18"/>
+      <c r="X45" s="18"/>
+      <c r="Y45" s="18"/>
       <c r="Z45" s="18"/>
       <c r="AA45" s="18"/>
-      <c r="AB45" s="19"/>
-[...59 lines deleted...]
-      <c r="Y46" s="22"/>
+      <c r="AD45" s="27"/>
+      <c r="AE45" s="27"/>
+      <c r="AF45" s="27"/>
+      <c r="AG45" s="27"/>
+      <c r="AH45" s="27"/>
+    </row>
+    <row r="46" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="18"/>
+      <c r="C46" s="18"/>
+      <c r="E46" s="18"/>
+      <c r="G46" s="18"/>
+      <c r="M46" s="18"/>
+      <c r="N46" s="18"/>
+      <c r="O46" s="18"/>
+      <c r="P46" s="18"/>
+      <c r="Q46" s="18"/>
+      <c r="R46" s="18"/>
+      <c r="S46" s="18"/>
+      <c r="T46" s="18"/>
+      <c r="U46" s="18"/>
+      <c r="V46" s="18"/>
+      <c r="W46" s="18"/>
+      <c r="X46" s="18"/>
+      <c r="Y46" s="18"/>
       <c r="Z46" s="18"/>
       <c r="AA46" s="18"/>
-      <c r="AB46" s="19"/>
-[...59 lines deleted...]
-      <c r="Y47" s="22"/>
+      <c r="AD46" s="27"/>
+      <c r="AE46" s="27"/>
+      <c r="AF46" s="27"/>
+      <c r="AG46" s="27"/>
+      <c r="AH46" s="27"/>
+    </row>
+    <row r="47" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="18"/>
+      <c r="C47" s="18"/>
+      <c r="E47" s="18"/>
+      <c r="G47" s="18"/>
+      <c r="M47" s="18"/>
+      <c r="N47" s="18"/>
+      <c r="O47" s="18"/>
+      <c r="P47" s="18"/>
+      <c r="Q47" s="18"/>
+      <c r="R47" s="18"/>
+      <c r="S47" s="18"/>
+      <c r="T47" s="18"/>
+      <c r="U47" s="18"/>
+      <c r="V47" s="18"/>
+      <c r="W47" s="18"/>
+      <c r="X47" s="18"/>
+      <c r="Y47" s="18"/>
       <c r="Z47" s="18"/>
       <c r="AA47" s="18"/>
-      <c r="AB47" s="19"/>
-[...59 lines deleted...]
-      <c r="Y48" s="22"/>
+      <c r="AD47" s="27"/>
+      <c r="AE47" s="27"/>
+      <c r="AF47" s="27"/>
+      <c r="AG47" s="27"/>
+      <c r="AH47" s="27"/>
+    </row>
+    <row r="48" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="18"/>
+      <c r="C48" s="18"/>
+      <c r="E48" s="18"/>
+      <c r="G48" s="18"/>
+      <c r="M48" s="18"/>
+      <c r="N48" s="18"/>
+      <c r="O48" s="18"/>
+      <c r="P48" s="18"/>
+      <c r="Q48" s="18"/>
+      <c r="R48" s="18"/>
+      <c r="S48" s="18"/>
+      <c r="T48" s="18"/>
+      <c r="U48" s="18"/>
+      <c r="V48" s="18"/>
+      <c r="W48" s="18"/>
+      <c r="X48" s="18"/>
+      <c r="Y48" s="18"/>
       <c r="Z48" s="18"/>
       <c r="AA48" s="18"/>
-      <c r="AB48" s="19"/>
-[...59 lines deleted...]
-      <c r="Y49" s="22"/>
+      <c r="AD48" s="27"/>
+      <c r="AE48" s="27"/>
+      <c r="AF48" s="27"/>
+      <c r="AG48" s="27"/>
+      <c r="AH48" s="27"/>
+    </row>
+    <row r="49" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="18"/>
+      <c r="C49" s="18"/>
+      <c r="E49" s="18"/>
+      <c r="G49" s="18"/>
+      <c r="M49" s="18"/>
+      <c r="N49" s="18"/>
+      <c r="O49" s="18"/>
+      <c r="P49" s="18"/>
+      <c r="Q49" s="18"/>
+      <c r="R49" s="18"/>
+      <c r="S49" s="18"/>
+      <c r="T49" s="18"/>
+      <c r="U49" s="18"/>
+      <c r="V49" s="18"/>
+      <c r="W49" s="18"/>
+      <c r="X49" s="18"/>
+      <c r="Y49" s="18"/>
       <c r="Z49" s="18"/>
       <c r="AA49" s="18"/>
-      <c r="AB49" s="19"/>
-[...59 lines deleted...]
-      <c r="Y50" s="22"/>
+      <c r="AD49" s="27"/>
+      <c r="AE49" s="27"/>
+      <c r="AF49" s="27"/>
+      <c r="AG49" s="27"/>
+      <c r="AH49" s="27"/>
+    </row>
+    <row r="50" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="18"/>
+      <c r="C50" s="18"/>
+      <c r="E50" s="18"/>
+      <c r="G50" s="18"/>
+      <c r="M50" s="18"/>
+      <c r="N50" s="18"/>
+      <c r="O50" s="18"/>
+      <c r="P50" s="18"/>
+      <c r="Q50" s="18"/>
+      <c r="R50" s="18"/>
+      <c r="S50" s="18"/>
+      <c r="T50" s="18"/>
+      <c r="U50" s="18"/>
+      <c r="V50" s="18"/>
+      <c r="W50" s="18"/>
+      <c r="X50" s="18"/>
+      <c r="Y50" s="18"/>
       <c r="Z50" s="18"/>
       <c r="AA50" s="18"/>
-      <c r="AB50" s="19"/>
-[...59 lines deleted...]
-      <c r="Y51" s="22"/>
+      <c r="AD50" s="27"/>
+      <c r="AE50" s="27"/>
+      <c r="AF50" s="27"/>
+      <c r="AG50" s="27"/>
+      <c r="AH50" s="27"/>
+    </row>
+    <row r="51" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="18"/>
+      <c r="C51" s="18"/>
+      <c r="E51" s="18"/>
+      <c r="G51" s="18"/>
+      <c r="M51" s="18"/>
+      <c r="N51" s="18"/>
+      <c r="O51" s="18"/>
+      <c r="P51" s="18"/>
+      <c r="Q51" s="18"/>
+      <c r="R51" s="18"/>
+      <c r="S51" s="18"/>
+      <c r="T51" s="18"/>
+      <c r="U51" s="18"/>
+      <c r="V51" s="18"/>
+      <c r="W51" s="18"/>
+      <c r="X51" s="18"/>
+      <c r="Y51" s="18"/>
       <c r="Z51" s="18"/>
       <c r="AA51" s="18"/>
-      <c r="AB51" s="19"/>
-[...59 lines deleted...]
-      <c r="Y52" s="22"/>
+      <c r="AD51" s="27"/>
+      <c r="AE51" s="27"/>
+      <c r="AF51" s="27"/>
+      <c r="AG51" s="27"/>
+      <c r="AH51" s="27"/>
+    </row>
+    <row r="52" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="18"/>
+      <c r="C52" s="18"/>
+      <c r="E52" s="18"/>
+      <c r="G52" s="18"/>
+      <c r="M52" s="18"/>
+      <c r="N52" s="18"/>
+      <c r="O52" s="18"/>
+      <c r="P52" s="18"/>
+      <c r="Q52" s="18"/>
+      <c r="R52" s="18"/>
+      <c r="S52" s="18"/>
+      <c r="T52" s="18"/>
+      <c r="U52" s="18"/>
+      <c r="V52" s="18"/>
+      <c r="W52" s="18"/>
+      <c r="X52" s="18"/>
+      <c r="Y52" s="18"/>
       <c r="Z52" s="18"/>
       <c r="AA52" s="18"/>
-      <c r="AB52" s="19"/>
-[...59 lines deleted...]
-      <c r="Y53" s="22"/>
+      <c r="AD52" s="27"/>
+      <c r="AE52" s="27"/>
+      <c r="AF52" s="27"/>
+      <c r="AG52" s="27"/>
+      <c r="AH52" s="27"/>
+    </row>
+    <row r="53" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="18"/>
+      <c r="C53" s="18"/>
+      <c r="E53" s="18"/>
+      <c r="G53" s="18"/>
+      <c r="M53" s="18"/>
+      <c r="N53" s="18"/>
+      <c r="O53" s="18"/>
+      <c r="P53" s="18"/>
+      <c r="Q53" s="18"/>
+      <c r="R53" s="18"/>
+      <c r="S53" s="18"/>
+      <c r="T53" s="18"/>
+      <c r="U53" s="18"/>
+      <c r="V53" s="18"/>
+      <c r="W53" s="18"/>
+      <c r="X53" s="18"/>
+      <c r="Y53" s="18"/>
       <c r="Z53" s="18"/>
       <c r="AA53" s="18"/>
-      <c r="AB53" s="19"/>
-[...59 lines deleted...]
-      <c r="Y54" s="22"/>
+      <c r="AD53" s="27"/>
+      <c r="AE53" s="27"/>
+      <c r="AF53" s="27"/>
+      <c r="AG53" s="27"/>
+      <c r="AH53" s="27"/>
+    </row>
+    <row r="54" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="18"/>
+      <c r="C54" s="18"/>
+      <c r="E54" s="18"/>
+      <c r="G54" s="18"/>
+      <c r="M54" s="18"/>
+      <c r="N54" s="18"/>
+      <c r="O54" s="18"/>
+      <c r="P54" s="18"/>
+      <c r="Q54" s="18"/>
+      <c r="R54" s="18"/>
+      <c r="S54" s="18"/>
+      <c r="T54" s="18"/>
+      <c r="U54" s="18"/>
+      <c r="V54" s="18"/>
+      <c r="W54" s="18"/>
+      <c r="X54" s="18"/>
+      <c r="Y54" s="18"/>
       <c r="Z54" s="18"/>
-      <c r="AA54" s="20"/>
-[...323 lines deleted...]
-      <c r="Y64" s="22"/>
+      <c r="AD54" s="27"/>
+      <c r="AE54" s="27"/>
+      <c r="AF54" s="27"/>
+      <c r="AG54" s="27"/>
+      <c r="AH54" s="27"/>
+    </row>
+    <row r="55" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="18"/>
+      <c r="C55" s="18"/>
+      <c r="E55" s="18"/>
+      <c r="G55" s="18"/>
+      <c r="M55" s="18"/>
+      <c r="N55" s="18"/>
+      <c r="O55" s="18"/>
+      <c r="P55" s="18"/>
+      <c r="Q55" s="18"/>
+      <c r="R55" s="18"/>
+      <c r="S55" s="18"/>
+      <c r="T55" s="18"/>
+      <c r="U55" s="18"/>
+      <c r="V55" s="18"/>
+      <c r="W55" s="18"/>
+      <c r="X55" s="18"/>
+      <c r="Y55" s="18"/>
+      <c r="AD55" s="27"/>
+      <c r="AE55" s="27"/>
+      <c r="AF55" s="27"/>
+      <c r="AG55" s="27"/>
+      <c r="AH55" s="27"/>
+    </row>
+    <row r="56" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="18"/>
+      <c r="C56" s="18"/>
+      <c r="E56" s="18"/>
+      <c r="G56" s="18"/>
+      <c r="M56" s="18"/>
+      <c r="N56" s="18"/>
+      <c r="O56" s="18"/>
+      <c r="P56" s="18"/>
+      <c r="Q56" s="18"/>
+      <c r="R56" s="18"/>
+      <c r="S56" s="18"/>
+      <c r="T56" s="18"/>
+      <c r="U56" s="18"/>
+      <c r="V56" s="18"/>
+      <c r="W56" s="18"/>
+      <c r="X56" s="18"/>
+      <c r="Y56" s="18"/>
+      <c r="AD56" s="27"/>
+      <c r="AE56" s="27"/>
+      <c r="AF56" s="27"/>
+      <c r="AG56" s="27"/>
+      <c r="AH56" s="27"/>
+    </row>
+    <row r="57" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B57" s="18"/>
+      <c r="C57" s="18"/>
+      <c r="E57" s="18"/>
+      <c r="G57" s="18"/>
+      <c r="M57" s="18"/>
+      <c r="N57" s="18"/>
+      <c r="O57" s="18"/>
+      <c r="P57" s="18"/>
+      <c r="Q57" s="18"/>
+      <c r="R57" s="18"/>
+      <c r="S57" s="18"/>
+      <c r="T57" s="18"/>
+      <c r="U57" s="18"/>
+      <c r="V57" s="18"/>
+      <c r="W57" s="18"/>
+      <c r="X57" s="18"/>
+      <c r="Y57" s="18"/>
+      <c r="AD57" s="27"/>
+      <c r="AE57" s="27"/>
+      <c r="AF57" s="27"/>
+      <c r="AG57" s="27"/>
+      <c r="AH57" s="27"/>
+    </row>
+    <row r="58" spans="2:34" s="19" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="18"/>
+      <c r="C58" s="18"/>
+      <c r="E58" s="18"/>
+      <c r="G58" s="18"/>
+      <c r="M58" s="18"/>
+      <c r="N58" s="18"/>
+      <c r="O58" s="18"/>
+      <c r="P58" s="18"/>
+      <c r="Q58" s="18"/>
+      <c r="R58" s="18"/>
+      <c r="S58" s="18"/>
+      <c r="T58" s="18"/>
+      <c r="U58" s="18"/>
+      <c r="V58" s="18"/>
+      <c r="W58" s="18"/>
+      <c r="X58" s="18"/>
+      <c r="Y58" s="18"/>
+      <c r="AD58" s="27"/>
+      <c r="AE58" s="27"/>
+      <c r="AF58" s="27"/>
+      <c r="AG58" s="27"/>
+      <c r="AH58" s="27"/>
+    </row>
+    <row r="59" spans="2:34" x14ac:dyDescent="0.2">
+      <c r="Y59" s="18"/>
+      <c r="Z59" s="19"/>
+      <c r="AA59" s="19"/>
+      <c r="AB59" s="19"/>
+      <c r="AC59" s="19"/>
+    </row>
+    <row r="60" spans="2:34" x14ac:dyDescent="0.2">
+      <c r="Y60" s="18"/>
+      <c r="Z60" s="19"/>
+      <c r="AA60" s="19"/>
+      <c r="AB60" s="19"/>
+      <c r="AC60" s="19"/>
+    </row>
+    <row r="61" spans="2:34" x14ac:dyDescent="0.2">
+      <c r="Y61" s="18"/>
+      <c r="Z61" s="19"/>
+      <c r="AA61" s="19"/>
+      <c r="AB61" s="19"/>
+      <c r="AC61" s="19"/>
+    </row>
+    <row r="62" spans="2:34" x14ac:dyDescent="0.2">
+      <c r="Y62" s="18"/>
+      <c r="Z62" s="19"/>
+      <c r="AA62" s="19"/>
+      <c r="AB62" s="19"/>
+      <c r="AC62" s="19"/>
+    </row>
+    <row r="63" spans="2:34" x14ac:dyDescent="0.2">
+      <c r="Y63" s="18"/>
+    </row>
+    <row r="64" spans="2:34" x14ac:dyDescent="0.2">
+      <c r="Y64" s="18"/>
     </row>
     <row r="65" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y65" s="22"/>
+      <c r="Y65" s="18"/>
     </row>
     <row r="66" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y66" s="22"/>
+      <c r="Y66" s="18"/>
     </row>
     <row r="67" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y67" s="22"/>
+      <c r="Y67" s="18"/>
     </row>
     <row r="68" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y68" s="22"/>
+      <c r="Y68" s="18"/>
     </row>
     <row r="69" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y69" s="22"/>
+      <c r="Y69" s="18"/>
     </row>
     <row r="70" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y70" s="22"/>
+      <c r="Y70" s="18"/>
     </row>
     <row r="71" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y71" s="22"/>
+      <c r="Y71" s="18"/>
     </row>
     <row r="72" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y72" s="22"/>
+      <c r="Y72" s="18"/>
     </row>
     <row r="73" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y73" s="22"/>
+      <c r="Y73" s="18"/>
     </row>
     <row r="74" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y74" s="22"/>
+      <c r="Y74" s="18"/>
     </row>
     <row r="75" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y75" s="22"/>
+      <c r="Y75" s="18"/>
     </row>
     <row r="76" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y76" s="22"/>
+      <c r="Y76" s="18"/>
     </row>
     <row r="77" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y77" s="22"/>
+      <c r="Y77" s="18"/>
     </row>
     <row r="78" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y78" s="22"/>
+      <c r="Y78" s="18"/>
     </row>
     <row r="79" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y79" s="22"/>
+      <c r="Y79" s="18"/>
     </row>
     <row r="80" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y80" s="22"/>
+      <c r="Y80" s="18"/>
     </row>
     <row r="81" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y81" s="22"/>
+      <c r="Y81" s="18"/>
     </row>
     <row r="82" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y82" s="22"/>
+      <c r="Y82" s="18"/>
     </row>
     <row r="83" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y83" s="22"/>
+      <c r="Y83" s="18"/>
     </row>
     <row r="84" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y84" s="22"/>
+      <c r="Y84" s="18"/>
     </row>
     <row r="85" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y85" s="22"/>
+      <c r="Y85" s="18"/>
     </row>
     <row r="86" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y86" s="22"/>
+      <c r="Y86" s="18"/>
     </row>
     <row r="87" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y87" s="22"/>
+      <c r="Y87" s="18"/>
     </row>
     <row r="88" spans="25:25" x14ac:dyDescent="0.2">
-      <c r="Y88" s="22"/>
+      <c r="Y88" s="18"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="AQ4:AQ8">
     <sortCondition ref="AQ4"/>
   </sortState>
   <dataConsolidate/>
   <mergeCells count="2">
     <mergeCell ref="S1:X1"/>
     <mergeCell ref="D1:J1"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
-  <dataValidations xWindow="419" yWindow="852" count="5">
+  <dataValidations xWindow="419" yWindow="852" count="8">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Click Arrow and Select Category" sqref="C24:C25 G24:G25 E24:E25" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>#REF!</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Z4:AC25" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>#REF!</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Click Arrow and Select Category" sqref="G4:G23" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>$AD$1:$AD$28</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="X24:X65536 T24:T65536 U4:U65536 S4:S65536 S1:X1 W4:W65536 V24:V65536" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>$AE$1:$AE$33</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Click Arrow and Select Category" sqref="C4:C23 E4:E23" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>$AD$1:$AD$37</formula1>
     </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AL4:AM25 AO4:AO25" xr:uid="{00000000-0002-0000-0000-000005000000}">
+      <formula1>$AR$4:$AR$5</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AN4:AN25" xr:uid="{00000000-0002-0000-0000-000006000000}">
+      <formula1>$AS$4:$AS$5</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AK1:AK1048576" xr:uid="{00000000-0002-0000-0000-000007000000}">
+      <formula1>$AQ$4:$AQ$8</formula1>
+    </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="O3" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="R3" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="17" scale="35" orientation="landscape" r:id="rId3"/>
   <headerFooter alignWithMargins="0"/>
-  <extLst>
-[...22 lines deleted...]
-  </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:D11"/>
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
-  <cols>
-[...89 lines deleted...]
-  </sheetData>
+  <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Completed_ In Progress Projects</vt:lpstr>
-      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>dropdown fields</vt:lpstr>
       <vt:lpstr>'Completed_ In Progress Projects'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>completed projects</Manager>
   <Company>DCAMM Contractor Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>completed projects</dc:title>
   <dc:subject>completed projects</dc:subject>
   <dc:creator>Certification</dc:creator>
   <cp:keywords>Completed projects</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>completed projects</cp:category>
 </cp:coreProperties>
 </file>