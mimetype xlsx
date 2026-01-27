--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -1,426 +1,428 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ALockett\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/jacquiline_brown_mass_gov/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{71A76171-2851-418C-A775-0AF1B4C2E63F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{87242E13-05FB-4418-8D3D-215272206C91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{4C5E65F9-6AE8-4D25-88D8-9EE7C686431A}"/>
+    <workbookView xWindow="19090" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{D485E5EC-3FBE-41DD-9677-23BBBB8586D5}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="2" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$6:$M$165</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$M$175</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$6:$M$170</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$M$177</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L154" i="2" l="1"/>
-[...3 lines deleted...]
-  <c r="L74" i="2"/>
+  <c r="L27" i="2" l="1"/>
+  <c r="L26" i="2"/>
+  <c r="L139" i="2"/>
+  <c r="L138" i="2"/>
+  <c r="K155" i="2"/>
+  <c r="L155" i="2" s="1"/>
+  <c r="L49" i="2"/>
+  <c r="L79" i="2"/>
+  <c r="L75" i="2"/>
   <c r="K43" i="2"/>
   <c r="L43" i="2"/>
   <c r="K42" i="2"/>
   <c r="L42" i="2"/>
-  <c r="K148" i="2"/>
-[...1 lines deleted...]
-  <c r="H148" i="2"/>
+  <c r="K149" i="2"/>
+  <c r="L149" i="2" s="1"/>
+  <c r="H149" i="2"/>
   <c r="K39" i="2"/>
-  <c r="L39" i="2"/>
-[...1 lines deleted...]
-  <c r="L46" i="2"/>
+  <c r="L39" i="2" s="1"/>
   <c r="K47" i="2"/>
-  <c r="L47" i="2"/>
-[...11 lines deleted...]
-  <c r="E21" i="2"/>
+  <c r="L47" i="2" s="1"/>
+  <c r="K48" i="2"/>
+  <c r="L48" i="2"/>
+  <c r="K107" i="2"/>
+  <c r="L107" i="2" s="1"/>
+  <c r="H151" i="2"/>
+  <c r="K108" i="2"/>
+  <c r="L108" i="2" s="1"/>
+  <c r="H108" i="2"/>
+  <c r="H107" i="2"/>
+  <c r="H92" i="2"/>
+  <c r="E24" i="2"/>
+  <c r="E23" i="2"/>
   <c r="E20" i="2"/>
   <c r="E19" i="2"/>
   <c r="E18" i="2"/>
   <c r="E17" i="2"/>
+  <c r="E16" i="2"/>
+  <c r="E15" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Brown, Jacquiline (OSD)</author>
     <author>ANF</author>
   </authors>
   <commentList>
-    <comment ref="B7" authorId="0" shapeId="0" xr:uid="{157F25A5-1AA2-4280-B553-44C678756E7E}">
+    <comment ref="B7" authorId="0" shapeId="0" xr:uid="{52A34DF3-9259-4093-8012-4F033DE0E4FE}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Brown, Jacquiline (OSD):</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 files under advocate 237451423
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="A10" authorId="0" shapeId="0" xr:uid="{195C7DE0-D483-4F56-9E76-2C4562F9E6D2}">
+    <comment ref="A10" authorId="0" shapeId="0" xr:uid="{880502B2-2906-4C4E-9E8C-ECF37F1C4CC8}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Brown, Jacquiline (OSD):</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 formerly NE Behavioral Health</t>
         </r>
       </text>
     </comment>
-    <comment ref="A15" authorId="0" shapeId="0" xr:uid="{E49F14A3-413E-4105-8D8D-AA90239FF559}">
+    <comment ref="A13" authorId="0" shapeId="0" xr:uid="{FE385FCF-E418-468A-8BB7-F4C4D3BE2F6D}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Brown, Jacquiline (OSD): Per MK the program mis closing 6/30/23</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="D41" authorId="1" shapeId="0" xr:uid="{E3CE0E01-D2C5-438A-B6AE-EF9CEAA69308}">
+    <comment ref="D41" authorId="1" shapeId="0" xr:uid="{88146745-A5F7-4783-9E11-D846F701BCEC}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>ANF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 AKA Durham Center</t>
         </r>
       </text>
     </comment>
-    <comment ref="A55" authorId="0" shapeId="0" xr:uid="{D210EFAF-1EE2-410D-B9B8-F3CBE5F0B1C6}">
+    <comment ref="A56" authorId="0" shapeId="0" xr:uid="{BEED2C4E-08E1-4505-B68B-11DBF271431A}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Brown, Jacquiline (OSD):</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 WAS Childrens study home </t>
         </r>
       </text>
     </comment>
-    <comment ref="A106" authorId="0" shapeId="0" xr:uid="{253C1CCC-3152-4BB3-8C4D-F1B7D7DF0258}">
+    <comment ref="A100" authorId="0" shapeId="0" xr:uid="{7B5E6783-D89C-43AD-BBF5-4686E7D9FAB5}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Brown, Jacquiline (OSD): was McLean Hospital, Inc.</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="A121" authorId="0" shapeId="0" xr:uid="{90F6E9AB-4F41-421A-80B3-22EA025C6E21}">
+    <comment ref="A121" authorId="0" shapeId="0" xr:uid="{B734D952-673F-40E7-9DEB-16064A7355F9}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Brown, Jacquiline (OSD):</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 formerly NE Pediatric Nursing Hom</t>
         </r>
       </text>
     </comment>
-    <comment ref="A131" authorId="0" shapeId="0" xr:uid="{BCCF775C-05D2-4C49-AB5A-573F2770BA47}">
+    <comment ref="A133" authorId="0" shapeId="0" xr:uid="{4D070ED1-B860-408A-B8C9-01875A09B0A9}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Brown, Jacquiline (OSD):</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Formerly Doctor Franklin Perkins</t>
         </r>
       </text>
     </comment>
-    <comment ref="A132" authorId="0" shapeId="0" xr:uid="{B718AE51-815D-4B7D-943D-4D26B8332FA6}">
+    <comment ref="A134" authorId="0" shapeId="0" xr:uid="{0E4C1258-60B0-4065-B128-444B5A76056F}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Brown, Jacquiline (OSD):</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Formerly Doctor Franklin Perkins</t>
         </r>
       </text>
     </comment>
-    <comment ref="L154" authorId="0" shapeId="0" xr:uid="{ADFCFBCD-B442-47D5-AE53-7D693EFF3EED}">
+    <comment ref="L155" authorId="0" shapeId="0" xr:uid="{960BE5DF-EAA4-4207-8BF9-F336F0B80428}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Brown, Jacquiline (OSD):</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 UFR not filed rate not increased</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="654" uniqueCount="295">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="662" uniqueCount="296">
   <si>
     <t>Program</t>
   </si>
   <si>
     <t xml:space="preserve">Program </t>
   </si>
   <si>
     <t xml:space="preserve"> Days of</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Operation</t>
   </si>
   <si>
     <t>Amego</t>
   </si>
   <si>
     <t>Res Ed</t>
   </si>
   <si>
     <t>Autistic</t>
   </si>
   <si>
     <t>Day</t>
   </si>
   <si>
     <t>Bay Cove</t>
   </si>
   <si>
-    <t>Beverly School for the Deaf</t>
-[...1 lines deleted...]
-  <si>
     <t>042103886</t>
   </si>
   <si>
     <t>Day Education</t>
   </si>
   <si>
     <t>Boston College Campus School</t>
   </si>
   <si>
     <t>Campus School</t>
   </si>
   <si>
     <t>Boston Higashi School</t>
   </si>
   <si>
     <t>222803661</t>
   </si>
   <si>
     <t>Residential Ed.</t>
   </si>
   <si>
     <t>Braintree St. Coletta</t>
   </si>
   <si>
     <t>Brandon Residential Treatment Center</t>
@@ -1202,143 +1204,105 @@
   <si>
     <t>1 (FY 26)</t>
   </si>
   <si>
     <t>1 (FY26)</t>
   </si>
   <si>
     <t>CIF 26</t>
   </si>
   <si>
     <t>BASE 2025</t>
   </si>
   <si>
     <t>Fiscal Year 2026</t>
   </si>
   <si>
     <t>West Meadow or ATC</t>
   </si>
   <si>
     <t>League School of Autisum, Inc.</t>
   </si>
   <si>
     <t>Partners in Child Development</t>
   </si>
   <si>
-    <t xml:space="preserve"> FY 26 Special Education Programs</t>
-[...1 lines deleted...]
-  <si>
     <t>Advocates</t>
   </si>
   <si>
     <t xml:space="preserve">South Shore Stars and Learning Center </t>
   </si>
   <si>
     <t>South Shore Stars  School</t>
   </si>
   <si>
     <t>237097840</t>
   </si>
   <si>
     <t>1 (FY 27)</t>
   </si>
   <si>
     <t>2(FY 2027)</t>
   </si>
   <si>
     <t>1 (FY2027)</t>
+  </si>
+  <si>
+    <t>Notes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Children's Center for Communication Inc. </t>
+  </si>
+  <si>
+    <t>FY 26 Special Education Programs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_([$$-409]* #,##0.00_);_([$$-409]* \(#,##0.00\);_([$$-409]* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="[$$-409]#,##0.00_);\([$$-409]#,##0.00\)"/>
     <numFmt numFmtId="166" formatCode="[$$-409]#,##0.000_);\([$$-409]#,##0.000\)"/>
-    <numFmt numFmtId="168" formatCode="000000000"/>
+    <numFmt numFmtId="167" formatCode="000000000"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...42 lines deleted...]
-      <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
@@ -1347,75 +1311,113 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C6500"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <b/>
+      <sz val="12.5"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <name val="Calibri"/>
+      <sz val="12.5"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12.5"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12.5"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12.5"/>
+      <color rgb="FF9C0006"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12.5"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12.5"/>
+      <color rgb="FFED0000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12.5"/>
+      <color theme="7"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-      <name val="Calibri"/>
+      <sz val="18"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="14"/>
-      <name val="Calibri"/>
+      <sz val="18"/>
+      <color rgb="FFF1F1F1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="18"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="13">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
@@ -1443,51 +1445,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0070C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="30">
+  <borders count="31">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1816,756 +1818,833 @@
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color rgb="FF3F3F3F"/>
       </left>
       <right style="double">
         <color rgb="FF3F3F3F"/>
       </right>
       <top style="double">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom style="double">
         <color rgb="FF3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="5" borderId="29" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="29" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="16" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="308">
+  <cellXfs count="334">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="10" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="17" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="11" fillId="8" borderId="17" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="11" fillId="11" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="11" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="18" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="11" fillId="10" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="10" fillId="10" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="8" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="167" fontId="11" fillId="10" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="10" fillId="10" borderId="27" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="8" borderId="27" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="10" borderId="28" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="8" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="11" fillId="8" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="7" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="7" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="11" fillId="7" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="11" fillId="7" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="7" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="22" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="7" borderId="1" xfId="8" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="22" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="10" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="10" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="10" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="11" fillId="10" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="11" fillId="10" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="12" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="8" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="11" fillId="8" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="22" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="12" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="22" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="21" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="15" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="21" xfId="5" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="11" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="8" borderId="21" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="11" fillId="8" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="8" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="0" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="10" borderId="1" xfId="8" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="3" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="23" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="2" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="12" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="11" fillId="10" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="10" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="8" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1"/>
-[...21 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="22" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="15" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="0" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="8" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="22" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="8" borderId="1" xfId="8" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="22" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="21" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="21" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="11" fillId="0" borderId="21" xfId="5" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="11" fillId="7" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="8" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="11" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="22" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="10" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="10" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="22" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="8" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="22" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="22" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="9" borderId="1" xfId="3" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="9" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="9" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="11" fillId="9" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="10" fillId="9" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="11" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="11" fillId="8" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="11" fillId="0" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="7" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="11" fillId="8" borderId="7" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="11" fillId="0" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="8" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="0" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="0" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="8" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="20" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="20" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="10" borderId="5" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="8" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="7" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="10" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="7" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="3" xfId="3" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="10" borderId="5" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="7" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="10" fillId="10" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="10" borderId="7" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="10" borderId="18" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="10" borderId="8" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="10" borderId="13" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="7" borderId="12" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="10" fillId="10" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="10" borderId="14" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="10" fillId="10" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="10" borderId="18" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="11" fillId="10" borderId="8" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="11" fillId="10" borderId="5" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="10" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="8" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="10" borderId="7" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="30" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="12" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="14" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="11" fillId="8" borderId="13" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="13" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="8" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="8" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="8" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="8" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="11" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="20" fillId="11" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="11" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="19" fillId="11" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="7" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="20" fillId="11" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="20" fillId="8" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="20" fillId="11" borderId="11" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="11" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...344 lines deleted...]
-    <xf numFmtId="168" fontId="18" fillId="11" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="20" fillId="11" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...134 lines deleted...]
-    <xf numFmtId="164" fontId="19" fillId="10" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="49" fontId="18" fillId="11" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="20" fillId="11" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="20" fillId="8" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="20" fillId="11" borderId="24" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="10" fillId="10" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="Accent2" xfId="1" builtinId="33"/>
     <cellStyle name="Accent6" xfId="2" builtinId="49"/>
     <cellStyle name="Bad" xfId="3" builtinId="27"/>
     <cellStyle name="Check Cell" xfId="4" builtinId="23"/>
-    <cellStyle name="Comma 2" xfId="5" xr:uid="{C0339221-F275-42FD-A874-C9CED07C53DD}"/>
+    <cellStyle name="Comma 2" xfId="5" xr:uid="{12E2F04B-7562-4076-AFB5-47CF24A9638E}"/>
     <cellStyle name="Currency" xfId="6" builtinId="4"/>
-    <cellStyle name="Currency 2" xfId="7" xr:uid="{7DBDEE18-580D-4E03-8F45-8CA3A272961B}"/>
+    <cellStyle name="Currency 2" xfId="7" xr:uid="{8A77A58A-1FE3-48F1-9AD8-8D95A9196637}"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="9" xr:uid="{F86C217C-A06F-4664-A8A4-86B0FA5F028D}"/>
-[...1 lines deleted...]
-    <cellStyle name="Normal 3" xfId="11" xr:uid="{63EC4306-3751-4B87-B65E-E32D1E0A7321}"/>
+    <cellStyle name="Normal 2" xfId="9" xr:uid="{19DBE159-4ADA-4E3D-A2A5-B3285B56FF0C}"/>
+    <cellStyle name="Normal 2 2" xfId="10" xr:uid="{DCD5B0C1-6996-4267-9878-E6292951DA21}"/>
+    <cellStyle name="Normal 3" xfId="11" xr:uid="{3660A2B4-4F13-4796-BA3D-36AC5EEF71BE}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -2609,55 +2688,55 @@
       <rgbColor rgb="00336666"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00663300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00424242"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://massgov-my.sharepoint.com/personal/jacquiline_brown_mass_gov/Documents/SharePoint%20Transfer%20(8.2.23)/SpedPr25/Tuitions/Copy%20of%20FY25_InState_sped-prices_04042024%20-%20with%20DA%20codes.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/personal/jacquiline_brown_mass_gov/Documents/SharePoint%20Transfer%20(8.2.23)/SpedPr25/Tuitions/Copy%20of%20FY25_InState_sped-prices_04042024%20-%20with%20DA%20codes.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/jabrown/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/7AMXE5D7/FY25_InState_sped-prices_04042024%20-%20with%20DA%20codes.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\jabrown\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\7AMXE5D7\FY25_InState_sped-prices_04042024%20-%20with%20DA%20codes.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="FY25"/>
       <sheetName val="DA codes 06-13-2024"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1">
         <row r="17">
           <cell r="AR17">
             <v>51160101</v>
           </cell>
         </row>
         <row r="18">
           <cell r="AR18">
             <v>50080102</v>
           </cell>
         </row>
         <row r="19">
           <cell r="AR19">
             <v>50080101</v>
           </cell>
@@ -2978,6771 +3057,6849 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F29E605-EBAC-4524-83EE-296F1B21B3C6}">
-  <dimension ref="A1:N175"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7DC05F6E-C561-4885-81A3-5DD9679F874D}">
+  <dimension ref="A1:N180"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A35" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="F9" sqref="F9"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A4" zoomScale="110" zoomScaleNormal="110" zoomScaleSheetLayoutView="110" workbookViewId="0">
+      <selection activeCell="F16" sqref="F16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="10.1796875" defaultRowHeight="16.5" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="33" style="9" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="10.1796875" style="1"/>
+    <col min="1" max="1" width="35.54296875" style="137" customWidth="1"/>
+    <col min="2" max="2" width="10.1796875" style="69" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="9.54296875" style="9" customWidth="1"/>
+    <col min="4" max="4" width="20.81640625" style="9" customWidth="1"/>
+    <col min="5" max="5" width="10.453125" style="167" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11" style="71" customWidth="1"/>
+    <col min="7" max="7" width="8.984375E-2" style="211" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="10.7265625" style="211" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="15.26953125" style="211" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="8.984375E-2" style="178" hidden="1" customWidth="1"/>
+    <col min="11" max="11" width="13.7265625" style="178" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="12" style="178" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="16" style="113" customWidth="1"/>
+    <col min="14" max="16384" width="10.1796875" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="44" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...22 lines deleted...]
-      <c r="C2" s="74" t="s">
+    <row r="1" spans="1:14" ht="44" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A1" s="315" t="s">
+        <v>295</v>
+      </c>
+      <c r="B1" s="1"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="3"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="4"/>
+      <c r="G1" s="5"/>
+      <c r="H1" s="5"/>
+      <c r="I1" s="5"/>
+      <c r="J1" s="6"/>
+      <c r="K1" s="6"/>
+      <c r="L1" s="6"/>
+      <c r="M1" s="7"/>
+      <c r="N1" s="8"/>
+    </row>
+    <row r="2" spans="1:14" ht="27.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A2" s="316">
+        <v>46020</v>
+      </c>
+      <c r="B2" s="317"/>
+      <c r="C2" s="318" t="s">
+        <v>216</v>
+      </c>
+      <c r="D2" s="319"/>
+      <c r="E2" s="320"/>
+      <c r="F2" s="320"/>
+      <c r="G2" s="321"/>
+      <c r="H2" s="321"/>
+      <c r="I2" s="321"/>
+      <c r="J2" s="322"/>
+      <c r="K2" s="321"/>
+      <c r="L2" s="323"/>
+      <c r="M2" s="10"/>
+      <c r="N2" s="8"/>
+    </row>
+    <row r="3" spans="1:14" ht="36" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A3" s="324"/>
+      <c r="B3" s="325" t="s">
+        <v>253</v>
+      </c>
+      <c r="C3" s="326" t="s">
         <v>217</v>
       </c>
-      <c r="D2" s="75"/>
-[...13 lines deleted...]
-      <c r="B3" s="246" t="s">
+      <c r="D3" s="327"/>
+      <c r="E3" s="328"/>
+      <c r="F3" s="329"/>
+      <c r="G3" s="330"/>
+      <c r="H3" s="330"/>
+      <c r="I3" s="330"/>
+      <c r="J3" s="331"/>
+      <c r="K3" s="330"/>
+      <c r="L3" s="332"/>
+      <c r="M3" s="12"/>
+      <c r="N3" s="8"/>
+    </row>
+    <row r="4" spans="1:14" ht="24" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A4" s="13" t="s">
         <v>254</v>
       </c>
-      <c r="C3" s="247" t="s">
-[...19 lines deleted...]
-      <c r="C4" s="252" t="s">
+      <c r="B4" s="14"/>
+      <c r="C4" s="15" t="s">
         <v>0</v>
       </c>
-      <c r="D4" s="253" t="s">
+      <c r="D4" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="E4" s="252" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="252" t="s">
+      <c r="E4" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="F4" s="15" t="s">
         <v>2</v>
       </c>
-      <c r="G4" s="307" t="s">
-[...3 lines deleted...]
-      <c r="I4" s="237" t="s">
+      <c r="G4" s="333" t="s">
+        <v>275</v>
+      </c>
+      <c r="H4" s="333"/>
+      <c r="I4" s="17" t="s">
+        <v>281</v>
+      </c>
+      <c r="J4" s="18"/>
+      <c r="K4" s="333" t="s">
         <v>282</v>
       </c>
-      <c r="J4" s="238"/>
-[...10 lines deleted...]
-      <c r="C5" s="258" t="s">
+      <c r="L4" s="333"/>
+      <c r="M4" s="13"/>
+      <c r="N4" s="8"/>
+    </row>
+    <row r="5" spans="1:14" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A5" s="19"/>
+      <c r="B5" s="20"/>
+      <c r="C5" s="21" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="259" t="s">
+      <c r="D5" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="258" t="s">
+      <c r="E5" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="F5" s="258" t="s">
+      <c r="F5" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="G5" s="260" t="s">
+      <c r="G5" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="H5" s="23" t="s">
         <v>167</v>
       </c>
-      <c r="H5" s="260" t="s">
-[...2 lines deleted...]
-      <c r="I5" s="260" t="s">
+      <c r="I5" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="J5" s="24" t="s">
+        <v>280</v>
+      </c>
+      <c r="K5" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="L5" s="25" t="s">
         <v>167</v>
       </c>
-      <c r="J5" s="261" t="s">
-[...31 lines deleted...]
-      <c r="B7" s="149">
+      <c r="M5" s="19" t="s">
+        <v>293</v>
+      </c>
+      <c r="N5" s="8"/>
+    </row>
+    <row r="6" spans="1:14" hidden="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="13"/>
+      <c r="B6" s="14"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="15"/>
+      <c r="F6" s="15"/>
+      <c r="G6" s="17"/>
+      <c r="H6" s="17"/>
+      <c r="I6" s="17"/>
+      <c r="J6" s="18"/>
+      <c r="K6" s="17"/>
+      <c r="L6" s="17"/>
+      <c r="M6" s="11"/>
+      <c r="N6" s="8"/>
+    </row>
+    <row r="7" spans="1:14" ht="14.65" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A7" s="26" t="s">
+        <v>286</v>
+      </c>
+      <c r="B7" s="27">
         <v>42300014</v>
       </c>
-      <c r="C7" s="165" t="s">
+      <c r="C7" s="28" t="s">
         <v>9</v>
       </c>
-      <c r="D7" s="244" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="86">
+      <c r="D7" s="28" t="s">
+        <v>162</v>
+      </c>
+      <c r="E7" s="29">
         <v>51011001</v>
       </c>
-      <c r="F7" s="168">
+      <c r="F7" s="30">
         <v>221</v>
       </c>
-      <c r="G7" s="63">
+      <c r="G7" s="31">
         <v>136615.263622</v>
       </c>
-      <c r="H7" s="63">
+      <c r="H7" s="31">
         <v>618.16861367420813</v>
       </c>
-      <c r="I7" s="63">
+      <c r="I7" s="31">
         <v>136615.263622</v>
       </c>
-      <c r="J7" s="137">
-[...2 lines deleted...]
-      <c r="K7" s="140">
+      <c r="J7" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K7" s="33">
         <v>141629.04</v>
       </c>
-      <c r="L7" s="143">
+      <c r="L7" s="34">
         <v>640.85</v>
       </c>
-      <c r="M7" s="187"/>
-[...3 lines deleted...]
-      <c r="A8" s="181" t="s">
+      <c r="M7" s="35"/>
+      <c r="N7" s="8"/>
+    </row>
+    <row r="8" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A8" s="36" t="s">
         <v>6</v>
       </c>
-      <c r="B8" s="105">
+      <c r="B8" s="37">
         <v>237131690</v>
       </c>
-      <c r="C8" s="97" t="s">
+      <c r="C8" s="38" t="s">
         <v>9</v>
       </c>
-      <c r="D8" s="100" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="101">
+      <c r="D8" s="38" t="s">
+        <v>205</v>
+      </c>
+      <c r="E8" s="39">
         <v>50010102</v>
       </c>
-      <c r="F8" s="98">
+      <c r="F8" s="40">
         <v>237</v>
       </c>
-      <c r="G8" s="99">
+      <c r="G8" s="41">
         <v>155276.43</v>
       </c>
-      <c r="H8" s="99">
+      <c r="H8" s="41">
         <v>655.16999999999996</v>
       </c>
-      <c r="I8" s="99">
+      <c r="I8" s="41">
         <v>155276.43</v>
       </c>
-      <c r="J8" s="137">
-[...2 lines deleted...]
-      <c r="K8" s="99">
+      <c r="J8" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K8" s="41">
         <v>160975.07</v>
       </c>
-      <c r="L8" s="157">
+      <c r="L8" s="42">
         <v>679.22</v>
       </c>
-      <c r="M8" s="182" t="s">
+      <c r="M8" s="43" t="s">
+        <v>277</v>
+      </c>
+      <c r="N8" s="8"/>
+    </row>
+    <row r="9" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A9" s="44" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" s="45">
+        <v>237131690</v>
+      </c>
+      <c r="C9" s="46" t="s">
+        <v>7</v>
+      </c>
+      <c r="D9" s="46" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" s="47">
+        <v>50010101</v>
+      </c>
+      <c r="F9" s="48">
+        <v>365</v>
+      </c>
+      <c r="G9" s="49">
+        <v>311280.38</v>
+      </c>
+      <c r="H9" s="49">
+        <v>852.82</v>
+      </c>
+      <c r="I9" s="41">
+        <v>311280.38</v>
+      </c>
+      <c r="J9" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K9" s="41">
+        <v>322704.36</v>
+      </c>
+      <c r="L9" s="42">
+        <v>884.12</v>
+      </c>
+      <c r="M9" s="43" t="s">
         <v>278</v>
       </c>
-      <c r="N8" s="160"/>
-[...8 lines deleted...]
-      <c r="C9" s="17" t="s">
+      <c r="N9" s="8"/>
+    </row>
+    <row r="10" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A10" s="50" t="s">
+        <v>249</v>
+      </c>
+      <c r="B10" s="51">
+        <v>42777145</v>
+      </c>
+      <c r="C10" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="53" t="s">
+        <v>106</v>
+      </c>
+      <c r="E10" s="47">
+        <v>50410301</v>
+      </c>
+      <c r="F10" s="54">
+        <v>216</v>
+      </c>
+      <c r="G10" s="49">
+        <v>98139.02</v>
+      </c>
+      <c r="H10" s="49">
+        <v>454.35</v>
+      </c>
+      <c r="I10" s="41">
+        <v>98139.02</v>
+      </c>
+      <c r="J10" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K10" s="41">
+        <v>101740.72</v>
+      </c>
+      <c r="L10" s="42">
+        <v>471.02</v>
+      </c>
+      <c r="M10" s="43" t="s">
+        <v>248</v>
+      </c>
+      <c r="N10" s="8"/>
+    </row>
+    <row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A11" s="55" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="56">
+        <v>42103545</v>
+      </c>
+      <c r="C11" s="57" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="58" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="59">
+        <v>50060101</v>
+      </c>
+      <c r="F11" s="60">
+        <v>198</v>
+      </c>
+      <c r="G11" s="61">
+        <v>119770.11</v>
+      </c>
+      <c r="H11" s="61">
+        <v>604.9</v>
+      </c>
+      <c r="I11" s="62">
+        <v>119770.11</v>
+      </c>
+      <c r="J11" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K11" s="62">
+        <v>124165.67</v>
+      </c>
+      <c r="L11" s="64">
+        <v>627.1</v>
+      </c>
+      <c r="M11" s="65" t="s">
+        <v>291</v>
+      </c>
+      <c r="N11" s="8"/>
+    </row>
+    <row r="12" spans="1:14" ht="31" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="68" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="69">
+        <v>222803661</v>
+      </c>
+      <c r="C12" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="70">
+        <v>50070101</v>
+      </c>
+      <c r="F12" s="71">
+        <v>217</v>
+      </c>
+      <c r="G12" s="72">
+        <v>101213.39</v>
+      </c>
+      <c r="H12" s="72">
+        <v>466.42</v>
+      </c>
+      <c r="I12" s="31">
+        <v>101213.39</v>
+      </c>
+      <c r="J12" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K12" s="33">
+        <v>104927.92</v>
+      </c>
+      <c r="L12" s="34">
+        <v>483.54</v>
+      </c>
+      <c r="M12" s="73"/>
+      <c r="N12" s="8"/>
+    </row>
+    <row r="13" spans="1:14" s="67" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A13" s="231" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="74" t="s">
+        <v>16</v>
+      </c>
+      <c r="C13" s="232" t="s">
         <v>7</v>
       </c>
-      <c r="D9" s="39" t="s">
-[...5 lines deleted...]
-      <c r="F9" s="16">
+      <c r="D13" s="232" t="s">
+        <v>17</v>
+      </c>
+      <c r="E13" s="70">
+        <v>50070102</v>
+      </c>
+      <c r="F13" s="233">
+        <v>304</v>
+      </c>
+      <c r="G13" s="72">
+        <v>0</v>
+      </c>
+      <c r="H13" s="72">
+        <v>0</v>
+      </c>
+      <c r="I13" s="31">
+        <v>0</v>
+      </c>
+      <c r="J13" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K13" s="33">
+        <v>0</v>
+      </c>
+      <c r="L13" s="34">
+        <v>0</v>
+      </c>
+      <c r="M13" s="73"/>
+      <c r="N13" s="66"/>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.4">
+      <c r="A14" s="68" t="s">
+        <v>15</v>
+      </c>
+      <c r="B14" s="69" t="s">
+        <v>16</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>195</v>
+      </c>
+      <c r="E14" s="70">
+        <v>50070103</v>
+      </c>
+      <c r="F14" s="71">
         <v>365</v>
       </c>
-      <c r="G9" s="55">
-[...23 lines deleted...]
-      <c r="A10" s="184" t="s">
+      <c r="G14" s="72">
+        <v>297540.67</v>
+      </c>
+      <c r="H14" s="72">
+        <v>815.18</v>
+      </c>
+      <c r="I14" s="31">
+        <v>297540.67</v>
+      </c>
+      <c r="J14" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K14" s="33">
+        <v>308460.40999999997</v>
+      </c>
+      <c r="L14" s="34">
+        <v>845.1</v>
+      </c>
+      <c r="M14" s="73"/>
+      <c r="N14" s="8"/>
+    </row>
+    <row r="15" spans="1:14" ht="0.4" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A15" s="68" t="s">
         <v>250</v>
       </c>
-      <c r="B10" s="107">
-[...2 lines deleted...]
-      <c r="C10" s="11" t="s">
+      <c r="B15" s="69">
+        <v>853643319</v>
+      </c>
+      <c r="C15" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="D10" s="35" t="s">
-[...278 lines deleted...]
-      <c r="A17" s="191" t="s">
+      <c r="D15" s="9" t="s">
         <v>251</v>
       </c>
-      <c r="B17" s="112">
-[...8 lines deleted...]
-      <c r="E17" s="86">
+      <c r="E15" s="70">
         <f>[1]FY25!$AR$17</f>
         <v>51160101</v>
       </c>
-      <c r="F17" s="18">
+      <c r="F15" s="71">
         <v>223</v>
       </c>
-      <c r="G17" s="54">
+      <c r="G15" s="72">
         <v>119735.17</v>
       </c>
-      <c r="H17" s="54">
+      <c r="H15" s="72">
         <v>536.92999999999995</v>
       </c>
-      <c r="I17" s="63">
+      <c r="I15" s="31">
         <v>119735.17</v>
       </c>
-      <c r="J17" s="137">
-[...2 lines deleted...]
-      <c r="K17" s="140">
+      <c r="J15" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K15" s="33">
         <v>124129.45</v>
       </c>
-      <c r="L17" s="143">
+      <c r="L15" s="34">
         <v>556.63</v>
       </c>
-      <c r="M17" s="189"/>
-[...6 lines deleted...]
-      <c r="B18" s="148">
+      <c r="M15" s="73"/>
+      <c r="N15" s="8"/>
+    </row>
+    <row r="16" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A16" s="76" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="77">
         <v>43015339</v>
       </c>
-      <c r="C18" s="150" t="s">
+      <c r="C16" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="D18" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="151">
+      <c r="D16" s="78" t="s">
+        <v>197</v>
+      </c>
+      <c r="E16" s="79">
         <f>[1]FY25!$AR$18</f>
         <v>50080102</v>
       </c>
-      <c r="F18" s="31">
+      <c r="F16" s="80">
         <v>365</v>
       </c>
-      <c r="G18" s="152">
+      <c r="G16" s="81">
         <v>264108.34999999998</v>
       </c>
-      <c r="H18" s="152">
+      <c r="H16" s="81">
         <v>723.58</v>
       </c>
-      <c r="I18" s="140">
+      <c r="I16" s="33">
         <v>264108.34999999998</v>
       </c>
-      <c r="J18" s="137">
-[...2 lines deleted...]
-      <c r="K18" s="140">
+      <c r="J16" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K16" s="33">
         <v>273801.13</v>
       </c>
-      <c r="L18" s="143">
+      <c r="L16" s="34">
         <v>750.14</v>
       </c>
-      <c r="M18" s="193"/>
-[...3 lines deleted...]
-      <c r="A19" s="192" t="s">
+      <c r="M16" s="82"/>
+      <c r="N16" s="8"/>
+    </row>
+    <row r="17" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A17" s="76" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" s="77">
+        <v>43015339</v>
+      </c>
+      <c r="C17" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="78" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="148">
-[...8 lines deleted...]
-      <c r="E19" s="151">
+      <c r="E17" s="265">
         <f>[1]FY25!$AR$19</f>
         <v>50080101</v>
       </c>
-      <c r="F19" s="31">
+      <c r="F17" s="80">
         <v>216</v>
       </c>
-      <c r="G19" s="152">
+      <c r="G17" s="81">
         <v>103846</v>
       </c>
-      <c r="H19" s="152">
+      <c r="H17" s="81">
         <v>480.77</v>
       </c>
-      <c r="I19" s="140">
+      <c r="I17" s="33">
         <v>103846</v>
       </c>
-      <c r="J19" s="137">
-[...2 lines deleted...]
-      <c r="K19" s="140">
+      <c r="J17" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K17" s="33">
         <v>107657.15</v>
       </c>
-      <c r="L19" s="143">
+      <c r="L17" s="34">
         <v>498.41</v>
       </c>
-      <c r="M19" s="193"/>
-[...6 lines deleted...]
-      <c r="B20" s="156">
+      <c r="M17" s="82"/>
+      <c r="N17" s="8"/>
+    </row>
+    <row r="18" spans="1:14" ht="34.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A18" s="83" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" s="84">
         <v>43379875</v>
       </c>
-      <c r="C20" s="153" t="s">
+      <c r="C18" s="85" t="s">
         <v>9</v>
       </c>
-      <c r="D20" s="154" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="151">
+      <c r="D18" s="86" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18" s="79">
         <f>[1]FY25!$AR$20</f>
         <v>50110101</v>
       </c>
-      <c r="F20" s="155">
+      <c r="F18" s="87">
         <v>180</v>
       </c>
-      <c r="G20" s="152">
+      <c r="G18" s="81">
         <v>66662.960000000006</v>
       </c>
-      <c r="H20" s="152">
+      <c r="H18" s="81">
         <v>370.35</v>
       </c>
-      <c r="I20" s="140">
+      <c r="I18" s="33">
         <v>66662.960000000006</v>
       </c>
-      <c r="J20" s="137">
-[...2 lines deleted...]
-      <c r="K20" s="140">
+      <c r="J18" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K18" s="33">
         <v>69109.490000000005</v>
       </c>
-      <c r="L20" s="143">
+      <c r="L18" s="34">
         <v>383.94</v>
       </c>
-      <c r="M20" s="193"/>
-[...6 lines deleted...]
-      <c r="B21" s="109">
+      <c r="M18" s="82"/>
+      <c r="N18" s="8"/>
+    </row>
+    <row r="19" spans="1:14" ht="37.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A19" s="88" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" s="89">
         <v>42541474</v>
       </c>
-      <c r="C21" s="15" t="s">
+      <c r="C19" s="67" t="s">
         <v>9</v>
       </c>
-      <c r="D21" s="38" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="87">
+      <c r="D19" s="90" t="s">
+        <v>179</v>
+      </c>
+      <c r="E19" s="70">
         <f>[1]FY25!$AR$21</f>
         <v>50800001</v>
       </c>
-      <c r="F21" s="20">
+      <c r="F19" s="91">
         <v>216</v>
       </c>
-      <c r="G21" s="54">
+      <c r="G19" s="72">
         <v>109764.55</v>
       </c>
-      <c r="H21" s="54">
+      <c r="H19" s="72">
         <v>508.17</v>
       </c>
-      <c r="I21" s="63">
+      <c r="I19" s="31">
         <v>109764.55</v>
       </c>
-      <c r="J21" s="137">
-[...2 lines deleted...]
-      <c r="K21" s="140">
+      <c r="J19" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K19" s="33">
         <v>113792.91</v>
       </c>
-      <c r="L21" s="143">
+      <c r="L19" s="34">
         <v>526.82000000000005</v>
       </c>
-      <c r="M21" s="189"/>
-[...6 lines deleted...]
-      <c r="B22" s="106">
+      <c r="M19" s="73"/>
+      <c r="N19" s="8"/>
+    </row>
+    <row r="20" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A20" s="44" t="s">
+        <v>265</v>
+      </c>
+      <c r="B20" s="45">
         <v>42104871</v>
       </c>
-      <c r="C22" s="17" t="s">
+      <c r="C20" s="46" t="s">
         <v>9</v>
       </c>
-      <c r="D22" s="39" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="88">
+      <c r="D20" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="E20" s="47">
         <f>[1]FY25!$AR$22</f>
         <v>50130102</v>
       </c>
-      <c r="F22" s="16">
+      <c r="F20" s="48">
         <v>216</v>
       </c>
-      <c r="G22" s="55">
+      <c r="G20" s="49">
         <v>113837.69</v>
       </c>
-      <c r="H22" s="55">
+      <c r="H20" s="49">
         <v>527.03</v>
       </c>
-      <c r="I22" s="99">
+      <c r="I20" s="41">
         <v>113837.69</v>
       </c>
-      <c r="J22" s="137">
-[...2 lines deleted...]
-      <c r="K22" s="99">
+      <c r="J20" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K20" s="41">
         <v>118015.53</v>
       </c>
-      <c r="L22" s="157">
+      <c r="L20" s="42">
         <v>546.37</v>
       </c>
-      <c r="M22" s="182" t="s">
-[...8 lines deleted...]
-      <c r="B23" s="106" t="s">
+      <c r="M20" s="43" t="s">
+        <v>279</v>
+      </c>
+      <c r="N20" s="8"/>
+    </row>
+    <row r="21" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A21" s="44" t="s">
+        <v>265</v>
+      </c>
+      <c r="B21" s="45" t="s">
+        <v>23</v>
+      </c>
+      <c r="C21" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="D21" s="46" t="s">
         <v>24</v>
       </c>
-      <c r="C23" s="17" t="s">
+      <c r="E21" s="47">
+        <v>50130101</v>
+      </c>
+      <c r="F21" s="48">
+        <v>216</v>
+      </c>
+      <c r="G21" s="49">
+        <v>121633.93</v>
+      </c>
+      <c r="H21" s="49">
+        <v>563.12</v>
+      </c>
+      <c r="I21" s="41">
+        <v>121633.93</v>
+      </c>
+      <c r="J21" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K21" s="41">
+        <v>126097.9</v>
+      </c>
+      <c r="L21" s="42">
+        <v>583.79</v>
+      </c>
+      <c r="M21" s="43" t="s">
+        <v>279</v>
+      </c>
+      <c r="N21" s="8"/>
+    </row>
+    <row r="22" spans="1:14" ht="19.399999999999999" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A22" s="44" t="s">
+        <v>265</v>
+      </c>
+      <c r="B22" s="45" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22" s="46" t="s">
+        <v>7</v>
+      </c>
+      <c r="D22" s="46" t="s">
+        <v>25</v>
+      </c>
+      <c r="E22" s="47">
+        <v>50130103</v>
+      </c>
+      <c r="F22" s="48">
+        <v>365</v>
+      </c>
+      <c r="G22" s="49">
+        <v>317623.78999999998</v>
+      </c>
+      <c r="H22" s="49">
+        <v>870.2</v>
+      </c>
+      <c r="I22" s="41">
+        <v>317623.78999999998</v>
+      </c>
+      <c r="J22" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K22" s="41">
+        <v>329280.58</v>
+      </c>
+      <c r="L22" s="42">
+        <v>902.14</v>
+      </c>
+      <c r="M22" s="43" t="s">
+        <v>279</v>
+      </c>
+      <c r="N22" s="8"/>
+    </row>
+    <row r="23" spans="1:14" ht="14.9" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="68" t="s">
+        <v>222</v>
+      </c>
+      <c r="B23" s="92">
+        <v>272283580</v>
+      </c>
+      <c r="C23" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="D23" s="39" t="s">
-[...86 lines deleted...]
-      <c r="E25" s="87">
+      <c r="D23" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23" s="70">
         <f>[2]FY25!$AR$25</f>
         <v>51150101</v>
       </c>
-      <c r="F25" s="3">
+      <c r="F23" s="71">
         <v>226</v>
       </c>
-      <c r="G25" s="54">
+      <c r="G23" s="72">
         <v>119950.17</v>
       </c>
-      <c r="H25" s="54">
+      <c r="H23" s="72">
         <v>530.75</v>
       </c>
-      <c r="I25" s="63">
+      <c r="I23" s="31">
         <v>119950.17</v>
       </c>
-      <c r="J25" s="137">
-[...2 lines deleted...]
-      <c r="K25" s="140">
+      <c r="J23" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K23" s="33">
         <v>124352.34</v>
       </c>
-      <c r="L25" s="143">
+      <c r="L23" s="34">
         <v>550.23</v>
       </c>
-      <c r="M25" s="195"/>
-[...3 lines deleted...]
-      <c r="A26" s="188" t="s">
+      <c r="M23" s="93"/>
+      <c r="N23" s="8"/>
+    </row>
+    <row r="24" spans="1:14" ht="14.9" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A24" s="68" t="s">
+        <v>174</v>
+      </c>
+      <c r="B24" s="92">
+        <v>43244814</v>
+      </c>
+      <c r="C24" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D24" s="9" t="s">
         <v>175</v>
       </c>
-      <c r="B26" s="113">
-[...8 lines deleted...]
-      <c r="E26" s="87">
+      <c r="E24" s="70">
         <f>[1]FY25!$AR$26</f>
         <v>51060101</v>
       </c>
-      <c r="F26" s="3">
+      <c r="F24" s="71">
         <v>220</v>
       </c>
-      <c r="G26" s="54">
+      <c r="G24" s="72">
         <v>107730.97</v>
       </c>
-      <c r="H26" s="54">
+      <c r="H24" s="72">
         <v>489.69</v>
       </c>
-      <c r="I26" s="63">
+      <c r="I24" s="31">
         <v>107730.97</v>
       </c>
-      <c r="J26" s="137">
-[...2 lines deleted...]
-      <c r="K26" s="140">
+      <c r="J24" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K24" s="33">
         <v>111684.7</v>
       </c>
-      <c r="L26" s="143">
+      <c r="L24" s="34">
         <v>507.66</v>
       </c>
-      <c r="M26" s="195"/>
-[...6 lines deleted...]
-      <c r="B27" s="114">
+      <c r="M24" s="93"/>
+      <c r="N24" s="8"/>
+    </row>
+    <row r="25" spans="1:14" s="95" customFormat="1" ht="38" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A25" s="68" t="s">
+        <v>174</v>
+      </c>
+      <c r="B25" s="92">
         <v>43244814</v>
       </c>
-      <c r="C27" s="6" t="s">
+      <c r="C25" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="D27" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="87">
+      <c r="D25" s="9" t="s">
+        <v>257</v>
+      </c>
+      <c r="E25" s="70">
         <v>51060102</v>
       </c>
-      <c r="F27" s="3">
+      <c r="F25" s="71">
         <v>210</v>
       </c>
-      <c r="G27" s="54">
+      <c r="G25" s="72">
         <v>90084.34</v>
       </c>
-      <c r="H27" s="54">
+      <c r="H25" s="72">
         <v>428.97</v>
       </c>
-      <c r="I27" s="63">
+      <c r="I25" s="31">
         <v>90084.34</v>
       </c>
-      <c r="J27" s="137">
-[...2 lines deleted...]
-      <c r="K27" s="140">
+      <c r="J25" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K25" s="33">
         <v>93390.44</v>
       </c>
-      <c r="L27" s="143">
+      <c r="L25" s="34">
         <v>444.72</v>
       </c>
-      <c r="M27" s="196"/>
-[...3 lines deleted...]
-      <c r="A28" s="192" t="s">
+      <c r="M25" s="96"/>
+      <c r="N25" s="94"/>
+    </row>
+    <row r="26" spans="1:14" s="95" customFormat="1" ht="36.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A26" s="226" t="s">
+        <v>294</v>
+      </c>
+      <c r="B26" s="227">
+        <v>42103886</v>
+      </c>
+      <c r="C26" s="228" t="s">
+        <v>9</v>
+      </c>
+      <c r="D26" s="229" t="s">
+        <v>182</v>
+      </c>
+      <c r="E26" s="79">
+        <v>51090102</v>
+      </c>
+      <c r="F26" s="230">
+        <v>204</v>
+      </c>
+      <c r="G26" s="81">
+        <v>101885.24</v>
+      </c>
+      <c r="H26" s="81">
+        <v>499.44</v>
+      </c>
+      <c r="I26" s="33">
+        <v>101885.24</v>
+      </c>
+      <c r="J26" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K26" s="33">
+        <v>147376.1</v>
+      </c>
+      <c r="L26" s="34">
+        <f>K26/F26</f>
+        <v>722.4318627450981</v>
+      </c>
+      <c r="M26" s="82">
+        <v>46023</v>
+      </c>
+      <c r="N26" s="94"/>
+    </row>
+    <row r="27" spans="1:14" ht="35.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A27" s="226" t="s">
+        <v>294</v>
+      </c>
+      <c r="B27" s="227" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" s="228" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" s="229" t="s">
+        <v>183</v>
+      </c>
+      <c r="E27" s="79">
+        <v>51090101</v>
+      </c>
+      <c r="F27" s="230">
+        <v>204</v>
+      </c>
+      <c r="G27" s="81">
+        <v>124631.06</v>
+      </c>
+      <c r="H27" s="81">
+        <v>610.94000000000005</v>
+      </c>
+      <c r="I27" s="33">
+        <v>124631.06</v>
+      </c>
+      <c r="J27" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K27" s="33">
+        <v>147376.1</v>
+      </c>
+      <c r="L27" s="34">
+        <f>K27/F27</f>
+        <v>722.4318627450981</v>
+      </c>
+      <c r="M27" s="82">
+        <v>46023</v>
+      </c>
+      <c r="N27" s="8"/>
+    </row>
+    <row r="28" spans="1:14" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A28" s="76" t="s">
+        <v>26</v>
+      </c>
+      <c r="B28" s="97">
+        <v>42104008</v>
+      </c>
+      <c r="C28" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="D28" s="78" t="s">
         <v>27</v>
       </c>
-      <c r="B28" s="133">
-[...2 lines deleted...]
-      <c r="C28" s="150" t="s">
+      <c r="E28" s="79">
+        <v>50200101</v>
+      </c>
+      <c r="F28" s="80">
+        <v>192</v>
+      </c>
+      <c r="G28" s="81">
+        <v>71860.539999999994</v>
+      </c>
+      <c r="H28" s="81">
+        <v>374.27</v>
+      </c>
+      <c r="I28" s="33">
+        <v>71860.539999999994</v>
+      </c>
+      <c r="J28" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K28" s="33">
+        <v>74497.820000000007</v>
+      </c>
+      <c r="L28" s="34">
+        <v>388.01</v>
+      </c>
+      <c r="M28" s="98"/>
+      <c r="N28" s="94"/>
+    </row>
+    <row r="29" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A29" s="76" t="s">
+        <v>133</v>
+      </c>
+      <c r="B29" s="99" t="s">
+        <v>28</v>
+      </c>
+      <c r="C29" s="78" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" s="78" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="79">
+        <v>50210102</v>
+      </c>
+      <c r="F29" s="80">
+        <v>24</v>
+      </c>
+      <c r="G29" s="81">
+        <v>7399.71</v>
+      </c>
+      <c r="H29" s="81">
+        <v>308.32</v>
+      </c>
+      <c r="I29" s="33">
+        <v>7399.71</v>
+      </c>
+      <c r="J29" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K29" s="33">
+        <v>7671.28</v>
+      </c>
+      <c r="L29" s="34">
+        <v>319.64</v>
+      </c>
+      <c r="M29" s="100"/>
+      <c r="N29" s="8"/>
+    </row>
+    <row r="30" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A30" s="76" t="s">
+        <v>133</v>
+      </c>
+      <c r="B30" s="97" t="s">
+        <v>28</v>
+      </c>
+      <c r="C30" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="D28" s="43" t="s">
-[...33 lines deleted...]
-      <c r="B29" s="134" t="s">
+      <c r="D30" s="78" t="s">
         <v>29</v>
       </c>
-      <c r="C29" s="150" t="s">
+      <c r="E30" s="79">
+        <v>50210101</v>
+      </c>
+      <c r="F30" s="80">
+        <v>180</v>
+      </c>
+      <c r="G30" s="81">
+        <v>72267.41</v>
+      </c>
+      <c r="H30" s="81">
+        <v>401.49</v>
+      </c>
+      <c r="I30" s="33">
+        <v>72267.41</v>
+      </c>
+      <c r="J30" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K30" s="33">
+        <v>74919.62</v>
+      </c>
+      <c r="L30" s="34">
+        <v>416.22</v>
+      </c>
+      <c r="M30" s="100"/>
+      <c r="N30" s="8"/>
+    </row>
+    <row r="31" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A31" s="68" t="s">
+        <v>30</v>
+      </c>
+      <c r="B31" s="69">
+        <v>222725934</v>
+      </c>
+      <c r="C31" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E31" s="70">
+        <v>50250102</v>
+      </c>
+      <c r="F31" s="71">
+        <v>20</v>
+      </c>
+      <c r="G31" s="72">
+        <v>9097.89</v>
+      </c>
+      <c r="H31" s="72">
+        <v>454.89</v>
+      </c>
+      <c r="I31" s="31">
+        <v>9097.89</v>
+      </c>
+      <c r="J31" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K31" s="33">
+        <v>9431.7800000000007</v>
+      </c>
+      <c r="L31" s="34">
+        <v>471.59</v>
+      </c>
+      <c r="M31" s="101"/>
+      <c r="N31" s="8"/>
+    </row>
+    <row r="32" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A32" s="68" t="s">
+        <v>30</v>
+      </c>
+      <c r="B32" s="69" t="s">
+        <v>31</v>
+      </c>
+      <c r="C32" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D32" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="D29" s="43" t="s">
-[...5 lines deleted...]
-      <c r="F29" s="31">
+      <c r="E32" s="70">
+        <v>50250101</v>
+      </c>
+      <c r="F32" s="71">
+        <v>180</v>
+      </c>
+      <c r="G32" s="72">
+        <v>102252.59</v>
+      </c>
+      <c r="H32" s="72">
+        <v>568.07000000000005</v>
+      </c>
+      <c r="I32" s="31">
+        <v>102252.59</v>
+      </c>
+      <c r="J32" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K32" s="33">
+        <v>106005.26</v>
+      </c>
+      <c r="L32" s="34">
+        <v>588.91999999999996</v>
+      </c>
+      <c r="M32" s="101"/>
+      <c r="N32" s="8"/>
+    </row>
+    <row r="33" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A33" s="102" t="s">
+        <v>129</v>
+      </c>
+      <c r="B33" s="103" t="s">
+        <v>34</v>
+      </c>
+      <c r="C33" s="104" t="s">
+        <v>9</v>
+      </c>
+      <c r="D33" s="105" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="70">
+        <v>50240101</v>
+      </c>
+      <c r="F33" s="106">
+        <v>180</v>
+      </c>
+      <c r="G33" s="72">
+        <v>93770.95</v>
+      </c>
+      <c r="H33" s="72">
+        <v>520.95000000000005</v>
+      </c>
+      <c r="I33" s="31">
+        <v>93770.95</v>
+      </c>
+      <c r="J33" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K33" s="33">
+        <v>97212.34</v>
+      </c>
+      <c r="L33" s="34">
+        <v>540.07000000000005</v>
+      </c>
+      <c r="M33" s="101"/>
+      <c r="N33" s="8"/>
+    </row>
+    <row r="34" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A34" s="68" t="s">
+        <v>129</v>
+      </c>
+      <c r="B34" s="69" t="s">
+        <v>34</v>
+      </c>
+      <c r="C34" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D34" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="E34" s="70">
+        <v>50240102</v>
+      </c>
+      <c r="F34" s="71">
+        <v>180</v>
+      </c>
+      <c r="G34" s="72">
+        <v>39203.35</v>
+      </c>
+      <c r="H34" s="72">
+        <v>217.8</v>
+      </c>
+      <c r="I34" s="31">
+        <v>39203.35</v>
+      </c>
+      <c r="J34" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K34" s="33">
+        <v>40642.11</v>
+      </c>
+      <c r="L34" s="34">
+        <v>225.79</v>
+      </c>
+      <c r="M34" s="73"/>
+      <c r="N34" s="8"/>
+    </row>
+    <row r="35" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A35" s="68" t="s">
+        <v>129</v>
+      </c>
+      <c r="B35" s="69" t="s">
+        <v>34</v>
+      </c>
+      <c r="C35" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D35" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E35" s="70">
+        <v>50240001</v>
+      </c>
+      <c r="F35" s="71">
         <v>24</v>
       </c>
-      <c r="G29" s="152">
-[...27 lines deleted...]
-      <c r="C30" s="150" t="s">
+      <c r="G35" s="72">
+        <v>9875.85</v>
+      </c>
+      <c r="H35" s="72">
+        <v>411.49</v>
+      </c>
+      <c r="I35" s="31">
+        <v>9875.85</v>
+      </c>
+      <c r="J35" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K35" s="33">
+        <v>10238.290000000001</v>
+      </c>
+      <c r="L35" s="34">
+        <v>426.6</v>
+      </c>
+      <c r="M35" s="73"/>
+      <c r="N35" s="8"/>
+    </row>
+    <row r="36" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A36" s="55" t="s">
+        <v>130</v>
+      </c>
+      <c r="B36" s="107" t="s">
+        <v>36</v>
+      </c>
+      <c r="C36" s="57" t="s">
         <v>9</v>
       </c>
-      <c r="D30" s="43" t="s">
-[...5 lines deleted...]
-      <c r="F30" s="31">
+      <c r="D36" s="58" t="s">
+        <v>37</v>
+      </c>
+      <c r="E36" s="59">
+        <v>50260101</v>
+      </c>
+      <c r="F36" s="60">
         <v>180</v>
       </c>
-      <c r="G30" s="152">
-[...64 lines deleted...]
-      <c r="B32" s="110" t="s">
+      <c r="G36" s="61">
+        <v>115271.14</v>
+      </c>
+      <c r="H36" s="61">
+        <v>640.4</v>
+      </c>
+      <c r="I36" s="62">
+        <v>115271.14</v>
+      </c>
+      <c r="J36" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K36" s="62">
+        <v>119501.6</v>
+      </c>
+      <c r="L36" s="64">
+        <v>663.9</v>
+      </c>
+      <c r="M36" s="65" t="s">
+        <v>290</v>
+      </c>
+      <c r="N36" s="8"/>
+    </row>
+    <row r="37" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A37" s="108" t="s">
+        <v>130</v>
+      </c>
+      <c r="B37" s="109" t="s">
+        <v>36</v>
+      </c>
+      <c r="C37" s="110" t="s">
         <v>32</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D37" s="110" t="s">
+        <v>38</v>
+      </c>
+      <c r="E37" s="59">
+        <v>50260102</v>
+      </c>
+      <c r="F37" s="111">
+        <v>25</v>
+      </c>
+      <c r="G37" s="61">
+        <v>9957.6200000000008</v>
+      </c>
+      <c r="H37" s="61">
+        <v>398.3</v>
+      </c>
+      <c r="I37" s="62">
+        <v>9957.6200000000008</v>
+      </c>
+      <c r="J37" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K37" s="62">
+        <v>10323.06</v>
+      </c>
+      <c r="L37" s="64">
+        <v>412.92</v>
+      </c>
+      <c r="M37" s="65" t="s">
+        <v>290</v>
+      </c>
+      <c r="N37" s="8"/>
+    </row>
+    <row r="38" spans="1:14" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A38" s="68" t="s">
+        <v>206</v>
+      </c>
+      <c r="B38" s="112" t="s">
+        <v>228</v>
+      </c>
+      <c r="C38" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="D32" s="2" t="s">
-[...237 lines deleted...]
-      <c r="B38" s="115" t="s">
+      <c r="D38" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="E38" s="70">
+        <v>50270101</v>
+      </c>
+      <c r="F38" s="71">
+        <v>226</v>
+      </c>
+      <c r="G38" s="72">
+        <v>157490.23000000001</v>
+      </c>
+      <c r="H38" s="72">
+        <v>696.86</v>
+      </c>
+      <c r="I38" s="31">
+        <v>157490.23000000001</v>
+      </c>
+      <c r="J38" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K38" s="33">
+        <v>163270.12</v>
+      </c>
+      <c r="L38" s="34">
+        <v>722.43</v>
+      </c>
+      <c r="M38" s="73"/>
+      <c r="N38" s="8"/>
+    </row>
+    <row r="39" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A39" s="76" t="s">
+        <v>185</v>
+      </c>
+      <c r="B39" s="99" t="s">
         <v>229</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...39 lines deleted...]
-      <c r="C39" s="150" t="s">
+      <c r="C39" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="D39" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="151">
+      <c r="D39" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="E39" s="79">
         <v>50450101</v>
       </c>
-      <c r="F39" s="31">
+      <c r="F39" s="80">
         <v>365</v>
       </c>
-      <c r="G39" s="152">
+      <c r="G39" s="81">
         <v>369298.8</v>
       </c>
-      <c r="H39" s="152">
+      <c r="H39" s="81">
         <v>1011.78</v>
       </c>
-      <c r="I39" s="140">
+      <c r="I39" s="33">
         <v>433093.05</v>
       </c>
-      <c r="J39" s="137">
-[...2 lines deleted...]
-      <c r="K39" s="140">
+      <c r="J39" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K39" s="33">
         <f>J39*I39</f>
         <v>448987.56493499997</v>
       </c>
-      <c r="L39" s="143">
+      <c r="L39" s="34">
         <f>K39/F39</f>
         <v>1230.102917630137</v>
       </c>
-      <c r="N39" s="160"/>
-[...2 lines deleted...]
-      <c r="A40" s="188" t="s">
+      <c r="N39" s="8"/>
+    </row>
+    <row r="40" spans="1:14" ht="37" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A40" s="68" t="s">
+        <v>134</v>
+      </c>
+      <c r="B40" s="114" t="s">
+        <v>230</v>
+      </c>
+      <c r="C40" s="115" t="s">
+        <v>9</v>
+      </c>
+      <c r="D40" s="116" t="s">
+        <v>82</v>
+      </c>
+      <c r="E40" s="70">
+        <v>50280101</v>
+      </c>
+      <c r="F40" s="117">
+        <v>218</v>
+      </c>
+      <c r="G40" s="72">
+        <v>98344.24</v>
+      </c>
+      <c r="H40" s="72">
+        <v>451.12</v>
+      </c>
+      <c r="I40" s="31">
+        <v>98344.24</v>
+      </c>
+      <c r="J40" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K40" s="33">
+        <v>101953.47</v>
+      </c>
+      <c r="L40" s="34">
+        <v>467.68</v>
+      </c>
+      <c r="M40" s="234"/>
+      <c r="N40" s="8"/>
+    </row>
+    <row r="41" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A41" s="68" t="s">
         <v>135</v>
       </c>
-      <c r="B40" s="119" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="22" t="s">
+      <c r="B41" s="69" t="s">
+        <v>219</v>
+      </c>
+      <c r="C41" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="D40" s="40" t="s">
-[...44 lines deleted...]
-      <c r="E41" s="87">
+      <c r="D41" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="E41" s="70">
         <v>51050001</v>
       </c>
-      <c r="F41" s="3">
+      <c r="F41" s="71">
         <v>216</v>
       </c>
-      <c r="G41" s="54">
+      <c r="G41" s="72">
         <v>115566.57</v>
       </c>
-      <c r="H41" s="54">
+      <c r="H41" s="72">
         <v>535.03</v>
       </c>
-      <c r="I41" s="63">
+      <c r="I41" s="31">
         <v>115566.57</v>
       </c>
-      <c r="J41" s="137">
-[...2 lines deleted...]
-      <c r="K41" s="140">
+      <c r="J41" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K41" s="33">
         <v>119807.86</v>
       </c>
-      <c r="L41" s="143">
+      <c r="L41" s="34">
         <v>554.66999999999996</v>
       </c>
-      <c r="M41" s="199"/>
-[...6 lines deleted...]
-      <c r="B42" s="109">
+      <c r="M41" s="101"/>
+      <c r="N41" s="8"/>
+    </row>
+    <row r="42" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A42" s="88" t="s">
+        <v>135</v>
+      </c>
+      <c r="B42" s="89">
         <v>231390618</v>
       </c>
-      <c r="C42" s="15" t="s">
+      <c r="C42" s="67" t="s">
         <v>7</v>
       </c>
-      <c r="D42" s="154" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="87">
+      <c r="D42" s="86" t="s">
+        <v>283</v>
+      </c>
+      <c r="E42" s="70">
         <v>50290103</v>
       </c>
-      <c r="F42" s="20">
+      <c r="F42" s="91">
         <v>365</v>
       </c>
-      <c r="G42" s="54">
+      <c r="G42" s="72">
         <v>256664.44</v>
       </c>
-      <c r="H42" s="54">
+      <c r="H42" s="72">
         <v>703.19</v>
       </c>
-      <c r="I42" s="239">
+      <c r="I42" s="118">
         <v>270474.74</v>
       </c>
-      <c r="J42" s="137">
-[...2 lines deleted...]
-      <c r="K42" s="140">
+      <c r="J42" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K42" s="33">
         <f>J42*I42</f>
         <v>280401.16295799997</v>
       </c>
-      <c r="L42" s="143">
+      <c r="L42" s="34">
         <f>K42/F42</f>
         <v>768.22236426849304</v>
       </c>
-      <c r="M42" s="199"/>
-[...4 lines deleted...]
-        <v>136</v>
+      <c r="M42" s="101"/>
+      <c r="N42" s="8"/>
+    </row>
+    <row r="43" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A43" s="119" t="s">
+        <v>135</v>
       </c>
       <c r="B43" s="120" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C43" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="C43" s="121" t="s">
         <v>9</v>
       </c>
-      <c r="D43" s="47" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="87">
+      <c r="D43" s="122" t="s">
+        <v>51</v>
+      </c>
+      <c r="E43" s="70">
         <v>50290101</v>
       </c>
-      <c r="F43" s="45">
+      <c r="F43" s="123">
         <v>216</v>
       </c>
-      <c r="G43" s="79">
+      <c r="G43" s="124">
         <v>77780.399999999994</v>
       </c>
-      <c r="H43" s="79">
+      <c r="H43" s="124">
         <v>360.09</v>
       </c>
-      <c r="I43" s="144">
+      <c r="I43" s="125">
         <v>97153.86</v>
       </c>
-      <c r="J43" s="137">
-[...2 lines deleted...]
-      <c r="K43" s="140">
+      <c r="J43" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K43" s="33">
         <f>J43*I43</f>
         <v>100719.40666199999</v>
       </c>
-      <c r="L43" s="143">
+      <c r="L43" s="34">
         <f>K43/F43</f>
         <v>466.2935493611111</v>
       </c>
-      <c r="M43" s="189"/>
-[...3 lines deleted...]
-      <c r="A44" s="64" t="s">
+      <c r="M43" s="73"/>
+      <c r="N43" s="8"/>
+    </row>
+    <row r="44" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A44" s="297"/>
+      <c r="B44" s="298"/>
+      <c r="C44" s="299"/>
+      <c r="D44" s="300"/>
+      <c r="E44" s="270"/>
+      <c r="F44" s="301"/>
+      <c r="G44" s="125"/>
+      <c r="H44" s="302"/>
+      <c r="I44" s="302"/>
+      <c r="J44" s="32"/>
+      <c r="K44" s="33"/>
+      <c r="L44" s="303"/>
+      <c r="M44" s="304"/>
+      <c r="N44" s="8"/>
+    </row>
+    <row r="45" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A45" s="240" t="s">
+        <v>254</v>
+      </c>
+      <c r="B45" s="109"/>
+      <c r="C45" s="254" t="s">
+        <v>0</v>
+      </c>
+      <c r="D45" s="261" t="s">
+        <v>1</v>
+      </c>
+      <c r="E45" s="254" t="s">
+        <v>196</v>
+      </c>
+      <c r="F45" s="254" t="s">
+        <v>2</v>
+      </c>
+      <c r="G45" s="281" t="s">
+        <v>275</v>
+      </c>
+      <c r="H45" s="281"/>
+      <c r="I45" s="287" t="s">
+        <v>275</v>
+      </c>
+      <c r="J45" s="32"/>
+      <c r="K45" s="289" t="s">
+        <v>282</v>
+      </c>
+      <c r="L45" s="287"/>
+      <c r="M45" s="293"/>
+      <c r="N45" s="8"/>
+    </row>
+    <row r="46" spans="1:14" ht="25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A46" s="19"/>
+      <c r="B46" s="20"/>
+      <c r="C46" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D46" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="E46" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="F46" s="21" t="s">
+        <v>5</v>
+      </c>
+      <c r="G46" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="H46" s="23" t="s">
+        <v>167</v>
+      </c>
+      <c r="I46" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="J46" s="24" t="s">
+        <v>280</v>
+      </c>
+      <c r="K46" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="L46" s="25" t="s">
+        <v>167</v>
+      </c>
+      <c r="M46" s="19" t="s">
+        <v>293</v>
+      </c>
+      <c r="N46" s="8"/>
+    </row>
+    <row r="47" spans="1:14" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A47" s="237" t="s">
+        <v>131</v>
+      </c>
+      <c r="B47" s="245" t="s">
+        <v>41</v>
+      </c>
+      <c r="C47" s="251" t="s">
+        <v>7</v>
+      </c>
+      <c r="D47" s="260" t="s">
+        <v>156</v>
+      </c>
+      <c r="E47" s="266">
+        <v>50330101</v>
+      </c>
+      <c r="F47" s="271">
+        <v>365</v>
+      </c>
+      <c r="G47" s="279">
+        <v>287967.68</v>
+      </c>
+      <c r="H47" s="283">
+        <v>788.95</v>
+      </c>
+      <c r="I47" s="285">
+        <v>309312.15000000002</v>
+      </c>
+      <c r="J47" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K47" s="279">
+        <f>I47*J47</f>
+        <v>320663.90590499999</v>
+      </c>
+      <c r="L47" s="290">
+        <f>K47/F47</f>
+        <v>878.53124905479444</v>
+      </c>
+      <c r="M47" s="292" t="s">
+        <v>290</v>
+      </c>
+      <c r="N47" s="8"/>
+    </row>
+    <row r="48" spans="1:14" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A48" s="241" t="s">
+        <v>131</v>
+      </c>
+      <c r="B48" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="C48" s="255" t="s">
+        <v>7</v>
+      </c>
+      <c r="D48" s="262" t="s">
+        <v>42</v>
+      </c>
+      <c r="E48" s="267">
+        <v>50330102</v>
+      </c>
+      <c r="F48" s="274">
+        <v>365</v>
+      </c>
+      <c r="G48" s="282">
+        <v>318561.32</v>
+      </c>
+      <c r="H48" s="284">
+        <v>872.77</v>
+      </c>
+      <c r="I48" s="288">
+        <v>334986.62</v>
+      </c>
+      <c r="J48" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K48" s="282">
+        <f>I48*J48</f>
+        <v>347280.62895399996</v>
+      </c>
+      <c r="L48" s="291">
+        <f>K48/F48</f>
+        <v>951.45377795616423</v>
+      </c>
+      <c r="M48" s="292" t="s">
+        <v>290</v>
+      </c>
+      <c r="N48" s="8"/>
+    </row>
+    <row r="49" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A49" s="238" t="s">
+        <v>143</v>
+      </c>
+      <c r="B49" s="246">
+        <v>42593666</v>
+      </c>
+      <c r="C49" s="252" t="s">
+        <v>7</v>
+      </c>
+      <c r="D49" s="252" t="s">
+        <v>177</v>
+      </c>
+      <c r="E49" s="79">
+        <v>50340101</v>
+      </c>
+      <c r="F49" s="272">
+        <v>365</v>
+      </c>
+      <c r="G49" s="33">
+        <v>220404.77</v>
+      </c>
+      <c r="H49" s="33">
+        <v>603.85</v>
+      </c>
+      <c r="I49" s="33">
+        <v>220404.77</v>
+      </c>
+      <c r="J49" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K49" s="33">
+        <v>251873.84</v>
+      </c>
+      <c r="L49" s="34">
+        <f>K49/F49</f>
+        <v>690.06531506849319</v>
+      </c>
+      <c r="M49" s="82">
+        <v>45901</v>
+      </c>
+      <c r="N49" s="8"/>
+    </row>
+    <row r="50" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A50" s="83" t="s">
+        <v>143</v>
+      </c>
+      <c r="B50" s="69">
+        <v>42593666</v>
+      </c>
+      <c r="C50" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D50" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E50" s="70">
+        <v>50340001</v>
+      </c>
+      <c r="F50" s="71">
+        <v>216</v>
+      </c>
+      <c r="G50" s="72">
+        <v>130925.42</v>
+      </c>
+      <c r="H50" s="72">
+        <v>606.14</v>
+      </c>
+      <c r="I50" s="31">
+        <v>130925.42</v>
+      </c>
+      <c r="J50" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K50" s="33">
+        <v>135730.38</v>
+      </c>
+      <c r="L50" s="34">
+        <v>628.38</v>
+      </c>
+      <c r="M50" s="73"/>
+      <c r="N50" s="8"/>
+    </row>
+    <row r="51" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A51" s="55" t="s">
+        <v>43</v>
+      </c>
+      <c r="B51" s="107" t="s">
+        <v>227</v>
+      </c>
+      <c r="C51" s="57" t="s">
+        <v>7</v>
+      </c>
+      <c r="D51" s="58" t="s">
+        <v>44</v>
+      </c>
+      <c r="E51" s="59">
+        <v>50350101</v>
+      </c>
+      <c r="F51" s="60">
+        <v>365</v>
+      </c>
+      <c r="G51" s="61">
+        <v>253075.02</v>
+      </c>
+      <c r="H51" s="61">
+        <v>693.36</v>
+      </c>
+      <c r="I51" s="62">
+        <v>253075.02</v>
+      </c>
+      <c r="J51" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K51" s="62">
+        <v>262362.87</v>
+      </c>
+      <c r="L51" s="64">
+        <v>718.8</v>
+      </c>
+      <c r="M51" s="65" t="s">
+        <v>290</v>
+      </c>
+      <c r="N51" s="8"/>
+    </row>
+    <row r="52" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A52" s="55" t="s">
+        <v>43</v>
+      </c>
+      <c r="B52" s="107" t="s">
+        <v>227</v>
+      </c>
+      <c r="C52" s="57" t="s">
+        <v>9</v>
+      </c>
+      <c r="D52" s="58" t="s">
+        <v>51</v>
+      </c>
+      <c r="E52" s="59">
+        <v>50350102</v>
+      </c>
+      <c r="F52" s="60">
+        <v>216</v>
+      </c>
+      <c r="G52" s="61">
+        <v>89042.37</v>
+      </c>
+      <c r="H52" s="61">
+        <v>412.23</v>
+      </c>
+      <c r="I52" s="62">
+        <v>89042.37</v>
+      </c>
+      <c r="J52" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K52" s="62">
+        <v>92310.22</v>
+      </c>
+      <c r="L52" s="64">
+        <v>427.36</v>
+      </c>
+      <c r="M52" s="65" t="s">
+        <v>290</v>
+      </c>
+      <c r="N52" s="8"/>
+    </row>
+    <row r="53" spans="1:14" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A53" s="83" t="s">
+        <v>144</v>
+      </c>
+      <c r="B53" s="131" t="s">
+        <v>220</v>
+      </c>
+      <c r="C53" s="67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D53" s="90" t="s">
+        <v>45</v>
+      </c>
+      <c r="E53" s="70">
+        <v>50370101</v>
+      </c>
+      <c r="F53" s="91">
+        <v>200</v>
+      </c>
+      <c r="G53" s="72">
+        <v>129052.06</v>
+      </c>
+      <c r="H53" s="72">
+        <v>645.26</v>
+      </c>
+      <c r="I53" s="31">
+        <v>129052.06</v>
+      </c>
+      <c r="J53" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K53" s="33">
+        <v>133788.26999999999</v>
+      </c>
+      <c r="L53" s="34">
+        <v>668.94</v>
+      </c>
+      <c r="M53" s="132"/>
+      <c r="N53" s="8"/>
+    </row>
+    <row r="54" spans="1:14" s="78" customFormat="1" ht="19.399999999999999" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A54" s="134" t="s">
         <v>255</v>
       </c>
-      <c r="B44" s="103"/>
-[...41 lines deleted...]
-      <c r="H45" s="72" t="s">
+      <c r="B54" s="135">
+        <v>42104849</v>
+      </c>
+      <c r="C54" s="136" t="s">
+        <v>9</v>
+      </c>
+      <c r="D54" s="136" t="s">
+        <v>109</v>
+      </c>
+      <c r="E54" s="70">
+        <v>50780101</v>
+      </c>
+      <c r="F54" s="71">
+        <v>234</v>
+      </c>
+      <c r="G54" s="72">
+        <v>178896.63</v>
+      </c>
+      <c r="H54" s="72">
+        <v>764.52</v>
+      </c>
+      <c r="I54" s="31">
+        <v>178896.63</v>
+      </c>
+      <c r="J54" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K54" s="33">
+        <v>185462.14</v>
+      </c>
+      <c r="L54" s="34">
+        <v>792.57</v>
+      </c>
+      <c r="M54" s="73"/>
+      <c r="N54" s="133"/>
+    </row>
+    <row r="55" spans="1:14" ht="16.399999999999999" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A55" s="134" t="s">
+        <v>255</v>
+      </c>
+      <c r="B55" s="135" t="s">
+        <v>85</v>
+      </c>
+      <c r="C55" s="136" t="s">
+        <v>7</v>
+      </c>
+      <c r="D55" s="136" t="s">
+        <v>110</v>
+      </c>
+      <c r="E55" s="70">
+        <v>50780102</v>
+      </c>
+      <c r="F55" s="71">
+        <v>365</v>
+      </c>
+      <c r="G55" s="72">
+        <v>390813.21</v>
+      </c>
+      <c r="H55" s="72">
+        <v>1070.72</v>
+      </c>
+      <c r="I55" s="31">
+        <v>390813.21</v>
+      </c>
+      <c r="J55" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K55" s="33">
+        <v>405156.05</v>
+      </c>
+      <c r="L55" s="34">
+        <v>1110.02</v>
+      </c>
+      <c r="M55" s="73"/>
+      <c r="N55" s="8"/>
+    </row>
+    <row r="56" spans="1:14" ht="16.399999999999999" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A56" s="44" t="s">
+        <v>271</v>
+      </c>
+      <c r="B56" s="45">
+        <v>42105939</v>
+      </c>
+      <c r="C56" s="46" t="s">
+        <v>9</v>
+      </c>
+      <c r="D56" s="46" t="s">
+        <v>208</v>
+      </c>
+      <c r="E56" s="47">
+        <v>50190201</v>
+      </c>
+      <c r="F56" s="48">
+        <v>216</v>
+      </c>
+      <c r="G56" s="49">
+        <v>65440.62</v>
+      </c>
+      <c r="H56" s="49">
+        <v>302.97000000000003</v>
+      </c>
+      <c r="I56" s="41">
+        <v>65440.62</v>
+      </c>
+      <c r="J56" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K56" s="41">
+        <v>67842.289999999994</v>
+      </c>
+      <c r="L56" s="42">
+        <v>314.08</v>
+      </c>
+      <c r="M56" s="43" t="s">
+        <v>279</v>
+      </c>
+      <c r="N56" s="8"/>
+    </row>
+    <row r="57" spans="1:14" ht="16.399999999999999" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A57" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="B57" s="112" t="s">
+        <v>47</v>
+      </c>
+      <c r="C57" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D57" s="137" t="s">
+        <v>198</v>
+      </c>
+      <c r="E57" s="70">
+        <v>50420101</v>
+      </c>
+      <c r="F57" s="71">
+        <v>365</v>
+      </c>
+      <c r="G57" s="72">
+        <v>466978.44</v>
+      </c>
+      <c r="H57" s="72">
+        <v>1279.3900000000001</v>
+      </c>
+      <c r="I57" s="31">
+        <v>466978.44</v>
+      </c>
+      <c r="J57" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K57" s="33">
+        <v>484116.55</v>
+      </c>
+      <c r="L57" s="34">
+        <v>1326.35</v>
+      </c>
+      <c r="M57" s="73"/>
+      <c r="N57" s="8"/>
+    </row>
+    <row r="58" spans="1:14" ht="33" x14ac:dyDescent="0.4">
+      <c r="A58" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="B58" s="89" t="s">
+        <v>47</v>
+      </c>
+      <c r="C58" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D58" s="137" t="s">
+        <v>245</v>
+      </c>
+      <c r="E58" s="70">
+        <v>50420104</v>
+      </c>
+      <c r="F58" s="71">
+        <v>216</v>
+      </c>
+      <c r="G58" s="72">
+        <v>150616.18</v>
+      </c>
+      <c r="H58" s="72">
+        <v>697.3</v>
+      </c>
+      <c r="I58" s="31">
+        <v>150616.18</v>
+      </c>
+      <c r="J58" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K58" s="33">
+        <v>156143.79500000001</v>
+      </c>
+      <c r="L58" s="34">
+        <v>722.89</v>
+      </c>
+      <c r="M58" s="73"/>
+      <c r="N58" s="8"/>
+    </row>
+    <row r="59" spans="1:14" ht="31.15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A59" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="B59" s="69" t="s">
+        <v>47</v>
+      </c>
+      <c r="C59" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D59" s="9" t="s">
+        <v>247</v>
+      </c>
+      <c r="E59" s="70">
+        <v>50420103</v>
+      </c>
+      <c r="F59" s="71">
+        <v>365</v>
+      </c>
+      <c r="G59" s="72">
+        <v>341761.37</v>
+      </c>
+      <c r="H59" s="72">
+        <v>936.33</v>
+      </c>
+      <c r="I59" s="31">
+        <v>341761.37</v>
+      </c>
+      <c r="J59" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K59" s="33">
+        <v>354304.01500000001</v>
+      </c>
+      <c r="L59" s="34">
+        <v>970.7</v>
+      </c>
+      <c r="M59" s="234"/>
+      <c r="N59" s="8"/>
+    </row>
+    <row r="60" spans="1:14" ht="36.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A60" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="B60" s="69" t="s">
+        <v>47</v>
+      </c>
+      <c r="C60" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D60" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="E60" s="70">
+        <v>50420102</v>
+      </c>
+      <c r="F60" s="71">
+        <v>365</v>
+      </c>
+      <c r="G60" s="72">
+        <v>440427.34</v>
+      </c>
+      <c r="H60" s="72">
+        <v>1206.6500000000001</v>
+      </c>
+      <c r="I60" s="31">
+        <v>440427.34</v>
+      </c>
+      <c r="J60" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K60" s="33">
+        <v>456591.02500000002</v>
+      </c>
+      <c r="L60" s="34">
+        <v>1250.93</v>
+      </c>
+      <c r="M60" s="73"/>
+      <c r="N60" s="8"/>
+    </row>
+    <row r="61" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A61" s="88" t="s">
+        <v>46</v>
+      </c>
+      <c r="B61" s="89" t="s">
+        <v>47</v>
+      </c>
+      <c r="C61" s="67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D61" s="90" t="s">
+        <v>158</v>
+      </c>
+      <c r="E61" s="70">
+        <v>50420001</v>
+      </c>
+      <c r="F61" s="91">
+        <v>216</v>
+      </c>
+      <c r="G61" s="72">
+        <v>74687.63</v>
+      </c>
+      <c r="H61" s="72">
+        <v>345.78</v>
+      </c>
+      <c r="I61" s="31">
+        <v>74687.63</v>
+      </c>
+      <c r="J61" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K61" s="33">
+        <v>77428.67</v>
+      </c>
+      <c r="L61" s="34">
+        <v>358.46606481481479</v>
+      </c>
+      <c r="M61" s="73"/>
+      <c r="N61" s="8"/>
+    </row>
+    <row r="62" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A62" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B62" s="56">
+        <v>42104764</v>
+      </c>
+      <c r="C62" s="128" t="s">
+        <v>9</v>
+      </c>
+      <c r="D62" s="129" t="s">
+        <v>225</v>
+      </c>
+      <c r="E62" s="59">
+        <v>50440402</v>
+      </c>
+      <c r="F62" s="130">
+        <v>180</v>
+      </c>
+      <c r="G62" s="61">
+        <v>106041.72</v>
+      </c>
+      <c r="H62" s="61">
+        <v>589.12</v>
+      </c>
+      <c r="I62" s="62">
+        <v>106041.72</v>
+      </c>
+      <c r="J62" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K62" s="62">
+        <v>109933.455</v>
+      </c>
+      <c r="L62" s="64">
+        <v>610.7413951333333</v>
+      </c>
+      <c r="M62" s="65" t="s">
+        <v>292</v>
+      </c>
+      <c r="N62" s="8"/>
+    </row>
+    <row r="63" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A63" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B63" s="56">
+        <v>42104764</v>
+      </c>
+      <c r="C63" s="128" t="s">
+        <v>7</v>
+      </c>
+      <c r="D63" s="129" t="s">
+        <v>226</v>
+      </c>
+      <c r="E63" s="59">
+        <v>50440401</v>
+      </c>
+      <c r="F63" s="130">
+        <v>365</v>
+      </c>
+      <c r="G63" s="61">
+        <v>286226.55</v>
+      </c>
+      <c r="H63" s="61">
+        <v>784.18</v>
+      </c>
+      <c r="I63" s="62">
+        <v>286226.55</v>
+      </c>
+      <c r="J63" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K63" s="62">
+        <v>296731.065</v>
+      </c>
+      <c r="L63" s="64">
+        <v>812.96182023287668</v>
+      </c>
+      <c r="M63" s="65" t="s">
+        <v>292</v>
+      </c>
+      <c r="N63" s="8"/>
+    </row>
+    <row r="64" spans="1:14" s="75" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="A64" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B64" s="56" t="s">
+        <v>50</v>
+      </c>
+      <c r="C64" s="128" t="s">
+        <v>32</v>
+      </c>
+      <c r="D64" s="129" t="s">
+        <v>238</v>
+      </c>
+      <c r="E64" s="59">
+        <v>50440403</v>
+      </c>
+      <c r="F64" s="130">
+        <v>36</v>
+      </c>
+      <c r="G64" s="61">
+        <v>14139.97</v>
+      </c>
+      <c r="H64" s="61">
+        <v>392.78</v>
+      </c>
+      <c r="I64" s="62">
+        <v>14139.97</v>
+      </c>
+      <c r="J64" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K64" s="62">
+        <v>14658.91</v>
+      </c>
+      <c r="L64" s="64">
+        <v>407.19185830555551</v>
+      </c>
+      <c r="M64" s="65" t="s">
+        <v>292</v>
+      </c>
+      <c r="N64" s="138"/>
+    </row>
+    <row r="65" spans="1:14" s="75" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="A65" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B65" s="107" t="s">
+        <v>50</v>
+      </c>
+      <c r="C65" s="57" t="s">
+        <v>9</v>
+      </c>
+      <c r="D65" s="58" t="s">
+        <v>188</v>
+      </c>
+      <c r="E65" s="59">
+        <v>50440101</v>
+      </c>
+      <c r="F65" s="60">
+        <v>216</v>
+      </c>
+      <c r="G65" s="61">
+        <v>120818.44</v>
+      </c>
+      <c r="H65" s="61">
+        <v>559.34</v>
+      </c>
+      <c r="I65" s="62">
+        <v>120818.44</v>
+      </c>
+      <c r="J65" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K65" s="62">
+        <v>125252.48</v>
+      </c>
+      <c r="L65" s="64">
+        <v>579.87257753703705</v>
+      </c>
+      <c r="M65" s="65" t="s">
+        <v>292</v>
+      </c>
+      <c r="N65" s="138"/>
+    </row>
+    <row r="66" spans="1:14" s="75" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="A66" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B66" s="56">
+        <v>42104764</v>
+      </c>
+      <c r="C66" s="57" t="s">
+        <v>7</v>
+      </c>
+      <c r="D66" s="58" t="s">
+        <v>189</v>
+      </c>
+      <c r="E66" s="59">
+        <v>50440102</v>
+      </c>
+      <c r="F66" s="60">
+        <v>365</v>
+      </c>
+      <c r="G66" s="61">
+        <v>304957.89</v>
+      </c>
+      <c r="H66" s="61">
+        <v>835.5</v>
+      </c>
+      <c r="I66" s="62">
+        <v>304957.89</v>
+      </c>
+      <c r="J66" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K66" s="62">
+        <v>316149.84000000003</v>
+      </c>
+      <c r="L66" s="64">
+        <v>866.16395770684937</v>
+      </c>
+      <c r="M66" s="65" t="s">
+        <v>292</v>
+      </c>
+      <c r="N66" s="138"/>
+    </row>
+    <row r="67" spans="1:14" s="75" customFormat="1" ht="33" x14ac:dyDescent="0.4">
+      <c r="A67" s="134" t="s">
+        <v>223</v>
+      </c>
+      <c r="B67" s="69">
+        <v>800457637</v>
+      </c>
+      <c r="C67" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D67" s="137" t="s">
+        <v>213</v>
+      </c>
+      <c r="E67" s="70">
+        <v>51040101</v>
+      </c>
+      <c r="F67" s="71">
+        <v>216</v>
+      </c>
+      <c r="G67" s="72">
+        <v>154805.26999999999</v>
+      </c>
+      <c r="H67" s="72">
+        <v>716.69</v>
+      </c>
+      <c r="I67" s="31">
+        <v>154805.26999999999</v>
+      </c>
+      <c r="J67" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K67" s="33">
+        <v>160486.62</v>
+      </c>
+      <c r="L67" s="34">
+        <v>742.99362689351847</v>
+      </c>
+      <c r="M67" s="73"/>
+      <c r="N67" s="138"/>
+    </row>
+    <row r="68" spans="1:14" s="75" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="A68" s="88" t="s">
+        <v>53</v>
+      </c>
+      <c r="B68" s="89" t="s">
+        <v>54</v>
+      </c>
+      <c r="C68" s="67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D68" s="90" t="s">
+        <v>55</v>
+      </c>
+      <c r="E68" s="70">
+        <v>50460101</v>
+      </c>
+      <c r="F68" s="91">
+        <v>220</v>
+      </c>
+      <c r="G68" s="72">
+        <v>109656</v>
+      </c>
+      <c r="H68" s="72">
+        <v>498.44</v>
+      </c>
+      <c r="I68" s="31">
+        <v>109656</v>
+      </c>
+      <c r="J68" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K68" s="33">
+        <v>113680.37</v>
+      </c>
+      <c r="L68" s="34">
+        <v>516.72895454545449</v>
+      </c>
+      <c r="M68" s="35"/>
+      <c r="N68" s="138"/>
+    </row>
+    <row r="69" spans="1:14" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A69" s="139" t="s">
+        <v>132</v>
+      </c>
+      <c r="B69" s="140" t="s">
+        <v>231</v>
+      </c>
+      <c r="C69" s="141" t="s">
+        <v>9</v>
+      </c>
+      <c r="D69" s="142" t="s">
+        <v>56</v>
+      </c>
+      <c r="E69" s="70">
+        <v>50360101</v>
+      </c>
+      <c r="F69" s="143">
+        <v>180</v>
+      </c>
+      <c r="G69" s="72">
+        <v>116584.98</v>
+      </c>
+      <c r="H69" s="72">
+        <v>647.69000000000005</v>
+      </c>
+      <c r="I69" s="31">
+        <v>116584.98</v>
+      </c>
+      <c r="J69" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K69" s="33">
+        <v>120863.65</v>
+      </c>
+      <c r="L69" s="34">
+        <v>671.46471536666661</v>
+      </c>
+      <c r="M69" s="73"/>
+      <c r="N69" s="8"/>
+    </row>
+    <row r="70" spans="1:14" s="95" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A70" s="144" t="s">
+        <v>132</v>
+      </c>
+      <c r="B70" s="140" t="s">
+        <v>231</v>
+      </c>
+      <c r="C70" s="145" t="s">
+        <v>32</v>
+      </c>
+      <c r="D70" s="145" t="s">
+        <v>114</v>
+      </c>
+      <c r="E70" s="70">
+        <v>50360102</v>
+      </c>
+      <c r="F70" s="146">
+        <v>25</v>
+      </c>
+      <c r="G70" s="72">
+        <v>10677.49</v>
+      </c>
+      <c r="H70" s="72">
+        <v>427.1</v>
+      </c>
+      <c r="I70" s="31">
+        <v>10677.49</v>
+      </c>
+      <c r="J70" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K70" s="33">
+        <v>11069.35</v>
+      </c>
+      <c r="L70" s="34">
+        <v>442.77415531999998</v>
+      </c>
+      <c r="M70" s="73"/>
+      <c r="N70" s="94"/>
+    </row>
+    <row r="71" spans="1:14" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A71" s="88" t="s">
         <v>168</v>
       </c>
-      <c r="I45" s="146" t="s">
-[...6 lines deleted...]
-      <c r="L45" s="72" t="s">
+      <c r="B71" s="131" t="s">
+        <v>57</v>
+      </c>
+      <c r="C71" s="67" t="s">
+        <v>32</v>
+      </c>
+      <c r="D71" s="90" t="s">
+        <v>58</v>
+      </c>
+      <c r="E71" s="70">
+        <v>50470102</v>
+      </c>
+      <c r="F71" s="91">
+        <v>20</v>
+      </c>
+      <c r="G71" s="72">
+        <v>11902.87</v>
+      </c>
+      <c r="H71" s="72">
+        <v>595.14</v>
+      </c>
+      <c r="I71" s="31">
+        <v>11902.87</v>
+      </c>
+      <c r="J71" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K71" s="33">
+        <v>12339.71</v>
+      </c>
+      <c r="L71" s="34">
+        <v>616.98</v>
+      </c>
+      <c r="M71" s="147"/>
+      <c r="N71" s="138"/>
+    </row>
+    <row r="72" spans="1:14" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A72" s="102" t="s">
         <v>168</v>
       </c>
-      <c r="M45" s="202"/>
-[...9 lines deleted...]
-      <c r="C46" s="288" t="s">
+      <c r="B72" s="148" t="s">
+        <v>57</v>
+      </c>
+      <c r="C72" s="104" t="s">
+        <v>9</v>
+      </c>
+      <c r="D72" s="105" t="s">
+        <v>59</v>
+      </c>
+      <c r="E72" s="70">
+        <v>50470101</v>
+      </c>
+      <c r="F72" s="106">
+        <v>180</v>
+      </c>
+      <c r="G72" s="72">
+        <v>137712.64000000001</v>
+      </c>
+      <c r="H72" s="72">
+        <v>765.07</v>
+      </c>
+      <c r="I72" s="31">
+        <v>137712.64000000001</v>
+      </c>
+      <c r="J72" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K72" s="33">
+        <v>142766.69</v>
+      </c>
+      <c r="L72" s="34">
+        <v>793.14829937777779</v>
+      </c>
+      <c r="M72" s="235"/>
+      <c r="N72" s="138"/>
+    </row>
+    <row r="73" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A73" s="68" t="s">
+        <v>170</v>
+      </c>
+      <c r="B73" s="112" t="s">
+        <v>232</v>
+      </c>
+      <c r="C73" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="D46" s="289" t="s">
-[...5 lines deleted...]
-      <c r="F46" s="290">
+      <c r="D73" s="9" t="s">
+        <v>171</v>
+      </c>
+      <c r="E73" s="70">
+        <v>50480101</v>
+      </c>
+      <c r="F73" s="71">
         <v>365</v>
       </c>
-      <c r="G46" s="275">
-[...31 lines deleted...]
-      <c r="C47" s="293" t="s">
+      <c r="G73" s="72">
+        <v>347793.47</v>
+      </c>
+      <c r="H73" s="72">
+        <v>952.86</v>
+      </c>
+      <c r="I73" s="31">
+        <v>347793.47</v>
+      </c>
+      <c r="J73" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K73" s="33">
+        <v>360557.49</v>
+      </c>
+      <c r="L73" s="34">
+        <v>987.82874068219166</v>
+      </c>
+      <c r="M73" s="149"/>
+      <c r="N73" s="8"/>
+    </row>
+    <row r="74" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A74" s="68" t="s">
+        <v>215</v>
+      </c>
+      <c r="B74" s="69">
+        <v>42526357</v>
+      </c>
+      <c r="C74" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D74" s="9" t="s">
+        <v>214</v>
+      </c>
+      <c r="E74" s="70">
+        <v>50490701</v>
+      </c>
+      <c r="F74" s="71">
+        <v>198</v>
+      </c>
+      <c r="G74" s="72">
+        <v>71459.23</v>
+      </c>
+      <c r="H74" s="72">
+        <v>360.91</v>
+      </c>
+      <c r="I74" s="31">
+        <v>71459.23</v>
+      </c>
+      <c r="J74" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K74" s="33">
+        <v>74081.78</v>
+      </c>
+      <c r="L74" s="34">
+        <v>374.1504229343434</v>
+      </c>
+      <c r="M74" s="147"/>
+      <c r="N74" s="8"/>
+    </row>
+    <row r="75" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A75" s="76" t="s">
+        <v>215</v>
+      </c>
+      <c r="B75" s="97" t="s">
+        <v>60</v>
+      </c>
+      <c r="C75" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="D75" s="150" t="s">
+        <v>10</v>
+      </c>
+      <c r="E75" s="79">
+        <v>50040101</v>
+      </c>
+      <c r="F75" s="151">
+        <v>202</v>
+      </c>
+      <c r="G75" s="81">
+        <v>100216.16</v>
+      </c>
+      <c r="H75" s="81">
+        <v>455.53</v>
+      </c>
+      <c r="I75" s="33">
+        <v>100216.16</v>
+      </c>
+      <c r="J75" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K75" s="33">
+        <v>103639.78</v>
+      </c>
+      <c r="L75" s="34">
+        <f>K75/F75</f>
+        <v>513.06821782178213</v>
+      </c>
+      <c r="M75" s="100"/>
+      <c r="N75" s="8"/>
+    </row>
+    <row r="76" spans="1:14" ht="14.9" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A76" s="76" t="s">
+        <v>215</v>
+      </c>
+      <c r="B76" s="97">
+        <v>42526357</v>
+      </c>
+      <c r="C76" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="D47" s="294" t="s">
-[...5 lines deleted...]
-      <c r="F47" s="283">
+      <c r="D76" s="78" t="s">
+        <v>151</v>
+      </c>
+      <c r="E76" s="79">
+        <v>50490101</v>
+      </c>
+      <c r="F76" s="80">
         <v>365</v>
       </c>
-      <c r="G47" s="274">
-[...31 lines deleted...]
-      <c r="C48" s="281" t="s">
+      <c r="G76" s="81">
+        <v>296798.77</v>
+      </c>
+      <c r="H76" s="81">
+        <v>813.15</v>
+      </c>
+      <c r="I76" s="33">
+        <v>296798.77</v>
+      </c>
+      <c r="J76" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K76" s="33">
+        <v>307691.28000000003</v>
+      </c>
+      <c r="L76" s="34">
+        <v>842.98982153150689</v>
+      </c>
+      <c r="M76" s="100"/>
+      <c r="N76" s="8"/>
+    </row>
+    <row r="77" spans="1:14" s="78" customFormat="1" ht="14.9" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A77" s="76" t="s">
+        <v>215</v>
+      </c>
+      <c r="B77" s="97">
+        <v>42526357</v>
+      </c>
+      <c r="C77" s="78" t="s">
         <v>7</v>
       </c>
-      <c r="D48" s="282" t="s">
-[...5 lines deleted...]
-      <c r="F48" s="285">
+      <c r="D77" s="78" t="s">
+        <v>244</v>
+      </c>
+      <c r="E77" s="79">
+        <v>50490102</v>
+      </c>
+      <c r="F77" s="80">
         <v>365</v>
       </c>
-      <c r="G48" s="274">
-[...29 lines deleted...]
-      <c r="C49" s="281" t="s">
+      <c r="G77" s="81">
+        <v>337921.97</v>
+      </c>
+      <c r="H77" s="81">
+        <v>925.81</v>
+      </c>
+      <c r="I77" s="33">
+        <v>337921.97</v>
+      </c>
+      <c r="J77" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K77" s="33">
+        <v>350323.71</v>
+      </c>
+      <c r="L77" s="34">
+        <v>959.7909761616437</v>
+      </c>
+      <c r="M77" s="152"/>
+      <c r="N77" s="133"/>
+    </row>
+    <row r="78" spans="1:14" s="78" customFormat="1" ht="14.9" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A78" s="76" t="s">
+        <v>215</v>
+      </c>
+      <c r="B78" s="97" t="s">
+        <v>60</v>
+      </c>
+      <c r="C78" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="D78" s="78" t="s">
+        <v>120</v>
+      </c>
+      <c r="E78" s="79">
+        <v>50490601</v>
+      </c>
+      <c r="F78" s="80">
+        <v>365</v>
+      </c>
+      <c r="G78" s="81">
+        <v>267155.28000000003</v>
+      </c>
+      <c r="H78" s="81">
+        <v>731.93</v>
+      </c>
+      <c r="I78" s="33">
+        <v>267155.28000000003</v>
+      </c>
+      <c r="J78" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K78" s="33">
+        <v>276959.88</v>
+      </c>
+      <c r="L78" s="34">
+        <v>758.79418842739722</v>
+      </c>
+      <c r="M78" s="100"/>
+      <c r="N78" s="133"/>
+    </row>
+    <row r="79" spans="1:14" s="78" customFormat="1" ht="14.9" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A79" s="76" t="s">
+        <v>215</v>
+      </c>
+      <c r="B79" s="97" t="s">
+        <v>60</v>
+      </c>
+      <c r="C79" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="D49" s="282" t="s">
-[...5 lines deleted...]
-      <c r="F49" s="285">
+      <c r="D79" s="78" t="s">
+        <v>112</v>
+      </c>
+      <c r="E79" s="79">
+        <v>50490501</v>
+      </c>
+      <c r="F79" s="80">
+        <v>202</v>
+      </c>
+      <c r="G79" s="81">
+        <v>73812.39</v>
+      </c>
+      <c r="H79" s="81">
+        <v>341.72</v>
+      </c>
+      <c r="I79" s="33">
+        <v>73812.39</v>
+      </c>
+      <c r="J79" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K79" s="33">
+        <v>76480.56</v>
+      </c>
+      <c r="L79" s="34">
+        <f>K79/F79</f>
+        <v>378.61663366336631</v>
+      </c>
+      <c r="M79" s="100"/>
+      <c r="N79" s="133"/>
+    </row>
+    <row r="80" spans="1:14" s="78" customFormat="1" ht="14.9" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A80" s="68" t="s">
+        <v>215</v>
+      </c>
+      <c r="B80" s="69" t="s">
+        <v>60</v>
+      </c>
+      <c r="C80" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D80" s="9" t="s">
+        <v>212</v>
+      </c>
+      <c r="E80" s="70">
+        <v>50610101</v>
+      </c>
+      <c r="F80" s="71">
+        <v>202</v>
+      </c>
+      <c r="G80" s="72">
+        <v>85315.63</v>
+      </c>
+      <c r="H80" s="72">
+        <v>422.35</v>
+      </c>
+      <c r="I80" s="31">
+        <v>85315.63</v>
+      </c>
+      <c r="J80" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K80" s="33">
+        <v>88446.71</v>
+      </c>
+      <c r="L80" s="34">
+        <v>437.85501792574257</v>
+      </c>
+      <c r="M80" s="147"/>
+      <c r="N80" s="133"/>
+    </row>
+    <row r="81" spans="1:14" s="78" customFormat="1" ht="14.9" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A81" s="153" t="s">
+        <v>61</v>
+      </c>
+      <c r="B81" s="154">
+        <v>42429311</v>
+      </c>
+      <c r="C81" s="115" t="s">
+        <v>9</v>
+      </c>
+      <c r="D81" s="116" t="s">
+        <v>63</v>
+      </c>
+      <c r="E81" s="70">
+        <v>50530101</v>
+      </c>
+      <c r="F81" s="117">
+        <v>180</v>
+      </c>
+      <c r="G81" s="72">
+        <v>72078.070000000007</v>
+      </c>
+      <c r="H81" s="72">
+        <v>400.43</v>
+      </c>
+      <c r="I81" s="31">
+        <v>72078.070000000007</v>
+      </c>
+      <c r="J81" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K81" s="33">
+        <v>74723.33</v>
+      </c>
+      <c r="L81" s="34">
+        <v>415.1296111111111</v>
+      </c>
+      <c r="M81" s="93"/>
+      <c r="N81" s="133"/>
+    </row>
+    <row r="82" spans="1:14" ht="17" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A82" s="153" t="s">
+        <v>61</v>
+      </c>
+      <c r="B82" s="114" t="s">
+        <v>62</v>
+      </c>
+      <c r="C82" s="115" t="s">
+        <v>7</v>
+      </c>
+      <c r="D82" s="116" t="s">
+        <v>64</v>
+      </c>
+      <c r="E82" s="70">
+        <v>50530102</v>
+      </c>
+      <c r="F82" s="117">
+        <v>240</v>
+      </c>
+      <c r="G82" s="72">
+        <v>95828.87</v>
+      </c>
+      <c r="H82" s="72">
+        <v>399.29</v>
+      </c>
+      <c r="I82" s="31">
+        <v>95828.87</v>
+      </c>
+      <c r="J82" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K82" s="33">
+        <v>99345.78</v>
+      </c>
+      <c r="L82" s="34">
+        <v>413.9407897041666</v>
+      </c>
+      <c r="M82" s="93"/>
+      <c r="N82" s="8"/>
+    </row>
+    <row r="83" spans="1:14" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A83" s="50" t="s">
+        <v>108</v>
+      </c>
+      <c r="B83" s="51" t="s">
+        <v>233</v>
+      </c>
+      <c r="C83" s="52" t="s">
+        <v>7</v>
+      </c>
+      <c r="D83" s="53" t="s">
+        <v>39</v>
+      </c>
+      <c r="E83" s="47">
+        <v>50540101</v>
+      </c>
+      <c r="F83" s="54">
+        <v>365</v>
+      </c>
+      <c r="G83" s="49">
+        <v>313638.5</v>
+      </c>
+      <c r="H83" s="49">
+        <v>859.28</v>
+      </c>
+      <c r="I83" s="41">
+        <v>313638.5</v>
+      </c>
+      <c r="J83" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K83" s="41">
+        <v>325149.03000000003</v>
+      </c>
+      <c r="L83" s="42">
+        <v>890.81926835616423</v>
+      </c>
+      <c r="M83" s="43" t="s">
+        <v>279</v>
+      </c>
+      <c r="N83" s="94"/>
+    </row>
+    <row r="84" spans="1:14" s="95" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A84" s="102" t="s">
+        <v>284</v>
+      </c>
+      <c r="B84" s="103" t="s">
+        <v>65</v>
+      </c>
+      <c r="C84" s="104" t="s">
+        <v>9</v>
+      </c>
+      <c r="D84" s="105" t="s">
+        <v>66</v>
+      </c>
+      <c r="E84" s="70">
+        <v>50550101</v>
+      </c>
+      <c r="F84" s="106">
         <v>216</v>
       </c>
-      <c r="G49" s="274">
-[...29 lines deleted...]
-      <c r="C50" s="15" t="s">
+      <c r="G84" s="72">
+        <v>131756.93</v>
+      </c>
+      <c r="H84" s="72">
+        <v>609.99</v>
+      </c>
+      <c r="I84" s="31">
+        <v>131756.93</v>
+      </c>
+      <c r="J84" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K84" s="33">
+        <v>136592.41</v>
+      </c>
+      <c r="L84" s="34">
+        <v>632.37226542129622</v>
+      </c>
+      <c r="M84" s="35"/>
+      <c r="N84" s="94"/>
+    </row>
+    <row r="85" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A85" s="102" t="s">
+        <v>284</v>
+      </c>
+      <c r="B85" s="148" t="s">
+        <v>65</v>
+      </c>
+      <c r="C85" s="104" t="s">
+        <v>7</v>
+      </c>
+      <c r="D85" s="105" t="s">
+        <v>67</v>
+      </c>
+      <c r="E85" s="70">
+        <v>50550102</v>
+      </c>
+      <c r="F85" s="106">
+        <v>365</v>
+      </c>
+      <c r="G85" s="72">
+        <v>281304.43</v>
+      </c>
+      <c r="H85" s="72">
+        <v>770.7</v>
+      </c>
+      <c r="I85" s="31">
+        <v>281304.43</v>
+      </c>
+      <c r="J85" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K85" s="33">
+        <v>291628.3</v>
+      </c>
+      <c r="L85" s="34">
+        <v>798.98165090684927</v>
+      </c>
+      <c r="M85" s="35"/>
+      <c r="N85" s="8"/>
+    </row>
+    <row r="86" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A86" s="68" t="s">
+        <v>161</v>
+      </c>
+      <c r="B86" s="69">
+        <v>237064431</v>
+      </c>
+      <c r="C86" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="D50" s="38" t="s">
-[...36 lines deleted...]
-      <c r="C51" s="150" t="s">
+      <c r="D86" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E86" s="70">
+        <v>50560105</v>
+      </c>
+      <c r="F86" s="71">
+        <v>198</v>
+      </c>
+      <c r="G86" s="72">
+        <v>101177.95</v>
+      </c>
+      <c r="H86" s="72">
+        <v>511</v>
+      </c>
+      <c r="I86" s="31">
+        <v>101177.95</v>
+      </c>
+      <c r="J86" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K86" s="33">
+        <v>104891.18</v>
+      </c>
+      <c r="L86" s="34">
+        <v>529.75343820707064</v>
+      </c>
+      <c r="M86" s="235"/>
+      <c r="N86" s="8"/>
+    </row>
+    <row r="87" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A87" s="68" t="s">
+        <v>161</v>
+      </c>
+      <c r="B87" s="69" t="s">
+        <v>68</v>
+      </c>
+      <c r="C87" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D87" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" s="70">
+        <v>50560202</v>
+      </c>
+      <c r="F87" s="71">
+        <v>198</v>
+      </c>
+      <c r="G87" s="72">
+        <v>112120.67</v>
+      </c>
+      <c r="H87" s="72">
+        <v>566.27</v>
+      </c>
+      <c r="I87" s="31">
+        <v>112120.67</v>
+      </c>
+      <c r="J87" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K87" s="33">
+        <v>116235.5</v>
+      </c>
+      <c r="L87" s="34">
+        <v>587.04797267171716</v>
+      </c>
+      <c r="M87" s="101"/>
+      <c r="N87" s="8"/>
+    </row>
+    <row r="88" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A88" s="68" t="s">
+        <v>161</v>
+      </c>
+      <c r="B88" s="69" t="s">
+        <v>68</v>
+      </c>
+      <c r="C88" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="D51" s="43" t="s">
-[...5 lines deleted...]
-      <c r="F51" s="31">
+      <c r="D88" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E88" s="70">
+        <v>50560203</v>
+      </c>
+      <c r="F88" s="71">
+        <v>198</v>
+      </c>
+      <c r="G88" s="72">
+        <v>145432.62</v>
+      </c>
+      <c r="H88" s="72">
+        <v>734.51</v>
+      </c>
+      <c r="I88" s="31">
+        <v>145432.62</v>
+      </c>
+      <c r="J88" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K88" s="33">
+        <v>150770</v>
+      </c>
+      <c r="L88" s="34">
+        <v>761.46463209090905</v>
+      </c>
+      <c r="M88" s="101"/>
+      <c r="N88" s="8"/>
+    </row>
+    <row r="89" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A89" s="68" t="s">
+        <v>161</v>
+      </c>
+      <c r="B89" s="69" t="s">
+        <v>68</v>
+      </c>
+      <c r="C89" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D89" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="E89" s="70">
+        <v>50560204</v>
+      </c>
+      <c r="F89" s="71">
         <v>365</v>
       </c>
-      <c r="G51" s="152">
-[...30 lines deleted...]
-      <c r="C52" s="1" t="s">
+      <c r="G89" s="72">
+        <v>503703.54</v>
+      </c>
+      <c r="H89" s="72">
+        <v>1380.01</v>
+      </c>
+      <c r="I89" s="31">
+        <v>503703.54</v>
+      </c>
+      <c r="J89" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K89" s="33">
+        <v>522189.46</v>
+      </c>
+      <c r="L89" s="34">
+        <v>1430.656054569863</v>
+      </c>
+      <c r="M89" s="234"/>
+      <c r="N89" s="8"/>
+    </row>
+    <row r="90" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A90" s="68" t="s">
+        <v>161</v>
+      </c>
+      <c r="B90" s="69" t="s">
+        <v>68</v>
+      </c>
+      <c r="C90" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="D90" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="E90" s="70">
+        <v>50560205</v>
+      </c>
+      <c r="F90" s="71">
+        <v>216</v>
+      </c>
+      <c r="G90" s="72">
+        <v>187581.74</v>
+      </c>
+      <c r="H90" s="72">
+        <v>868.43</v>
+      </c>
+      <c r="I90" s="31">
+        <v>187581.74</v>
+      </c>
+      <c r="J90" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K90" s="33">
+        <v>194465.99</v>
+      </c>
+      <c r="L90" s="34">
+        <v>900.30550860185178</v>
+      </c>
+      <c r="M90" s="101"/>
+      <c r="N90" s="8"/>
+    </row>
+    <row r="91" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A91" s="155" t="s">
+        <v>69</v>
+      </c>
+      <c r="B91" s="156" t="s">
+        <v>234</v>
+      </c>
+      <c r="C91" s="157" t="s">
         <v>9</v>
       </c>
-      <c r="D52" s="2" t="s">
-[...1546 lines deleted...]
-      <c r="E90" s="87">
+      <c r="D91" s="78" t="s">
+        <v>146</v>
+      </c>
+      <c r="E91" s="70">
         <v>50570101</v>
-      </c>
-[...38 lines deleted...]
-        <v>50580101</v>
       </c>
       <c r="F91" s="80">
         <v>180</v>
       </c>
-      <c r="G91" s="79">
+      <c r="G91" s="72">
+        <v>131793.51999999999</v>
+      </c>
+      <c r="H91" s="72">
+        <v>732.19</v>
+      </c>
+      <c r="I91" s="31">
+        <v>131793.51999999999</v>
+      </c>
+      <c r="J91" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K91" s="33">
+        <v>136630.34</v>
+      </c>
+      <c r="L91" s="34">
+        <v>759.05745657777766</v>
+      </c>
+      <c r="M91" s="158"/>
+      <c r="N91" s="8"/>
+    </row>
+    <row r="92" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A92" s="134" t="s">
+        <v>141</v>
+      </c>
+      <c r="B92" s="131">
+        <v>237068067</v>
+      </c>
+      <c r="C92" s="136" t="s">
+        <v>9</v>
+      </c>
+      <c r="D92" s="9" t="s">
+        <v>165</v>
+      </c>
+      <c r="E92" s="70">
+        <v>50580101</v>
+      </c>
+      <c r="F92" s="71">
+        <v>180</v>
+      </c>
+      <c r="G92" s="72">
         <v>84969.1</v>
       </c>
-      <c r="H91" s="79">
-        <f>G91/F91</f>
+      <c r="H92" s="72">
+        <f>G92/F92</f>
         <v>472.0505555555556</v>
       </c>
-      <c r="I91" s="144">
+      <c r="I92" s="31">
         <v>84969.1</v>
       </c>
-      <c r="J91" s="137">
-[...2 lines deleted...]
-      <c r="K91" s="142">
+      <c r="J92" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K92" s="33">
         <v>88087.47</v>
       </c>
-      <c r="L91" s="143">
+      <c r="L92" s="34">
         <v>489.37481094444445</v>
       </c>
-      <c r="M91" s="216"/>
-[...7 lines deleted...]
-      <c r="C92" s="85" t="s">
+      <c r="M92" s="159"/>
+      <c r="N92" s="8"/>
+    </row>
+    <row r="93" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A93" s="44" t="s">
+        <v>194</v>
+      </c>
+      <c r="B93" s="249">
+        <v>42109859</v>
+      </c>
+      <c r="C93" s="256" t="s">
+        <v>9</v>
+      </c>
+      <c r="D93" s="263" t="s">
+        <v>200</v>
+      </c>
+      <c r="E93" s="47">
+        <v>50590102</v>
+      </c>
+      <c r="F93" s="275">
+        <v>241</v>
+      </c>
+      <c r="G93" s="49">
+        <v>145672.26</v>
+      </c>
+      <c r="H93" s="49">
+        <v>604.45000000000005</v>
+      </c>
+      <c r="I93" s="41">
+        <v>145672.26</v>
+      </c>
+      <c r="J93" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K93" s="41">
+        <v>151018.431942</v>
+      </c>
+      <c r="L93" s="42">
+        <v>626.63249768464732</v>
+      </c>
+      <c r="M93" s="43" t="s">
+        <v>279</v>
+      </c>
+      <c r="N93" s="8"/>
+    </row>
+    <row r="94" spans="1:14" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A94" s="239" t="s">
+        <v>194</v>
+      </c>
+      <c r="B94" s="247" t="s">
+        <v>73</v>
+      </c>
+      <c r="C94" s="253" t="s">
+        <v>7</v>
+      </c>
+      <c r="D94" s="253" t="s">
+        <v>199</v>
+      </c>
+      <c r="E94" s="47">
+        <v>50590101</v>
+      </c>
+      <c r="F94" s="273">
+        <v>365</v>
+      </c>
+      <c r="G94" s="280">
+        <v>315546.09999999998</v>
+      </c>
+      <c r="H94" s="280">
+        <v>864.51</v>
+      </c>
+      <c r="I94" s="286">
+        <v>315546.09999999998</v>
+      </c>
+      <c r="J94" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K94" s="286">
+        <v>327126.64186999993</v>
+      </c>
+      <c r="L94" s="42">
+        <v>896.23737498630123</v>
+      </c>
+      <c r="M94" s="43" t="s">
+        <v>279</v>
+      </c>
+      <c r="N94" s="138"/>
+    </row>
+    <row r="95" spans="1:14" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A95" s="240" t="s">
+        <v>254</v>
+      </c>
+      <c r="B95" s="109"/>
+      <c r="C95" s="254" t="s">
         <v>0</v>
       </c>
-      <c r="D92" s="65" t="s">
+      <c r="D95" s="261" t="s">
         <v>1</v>
       </c>
-      <c r="E92" s="66"/>
-      <c r="F92" s="85" t="s">
+      <c r="E95" s="254" t="s">
+        <v>196</v>
+      </c>
+      <c r="F95" s="254" t="s">
         <v>2</v>
       </c>
-      <c r="G92" s="305" t="s">
+      <c r="G95" s="281" t="s">
+        <v>275</v>
+      </c>
+      <c r="H95" s="281"/>
+      <c r="I95" s="287" t="s">
+        <v>275</v>
+      </c>
+      <c r="J95" s="32"/>
+      <c r="K95" s="289" t="s">
+        <v>282</v>
+      </c>
+      <c r="L95" s="287"/>
+      <c r="M95" s="293"/>
+      <c r="N95" s="138"/>
+    </row>
+    <row r="96" spans="1:14" s="75" customFormat="1" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A96" s="19"/>
+      <c r="B96" s="20"/>
+      <c r="C96" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D96" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="E96" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="F96" s="21" t="s">
+        <v>5</v>
+      </c>
+      <c r="G96" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="H96" s="23" t="s">
+        <v>167</v>
+      </c>
+      <c r="I96" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="J96" s="24" t="s">
+        <v>280</v>
+      </c>
+      <c r="K96" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="L96" s="25" t="s">
+        <v>167</v>
+      </c>
+      <c r="M96" s="19" t="s">
+        <v>293</v>
+      </c>
+      <c r="N96" s="138"/>
+    </row>
+    <row r="97" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A97" s="242" t="s">
+        <v>70</v>
+      </c>
+      <c r="B97" s="126">
+        <v>42381515</v>
+      </c>
+      <c r="C97" s="257" t="s">
+        <v>9</v>
+      </c>
+      <c r="D97" s="257" t="s">
+        <v>71</v>
+      </c>
+      <c r="E97" s="268">
+        <v>50390101</v>
+      </c>
+      <c r="F97" s="276">
+        <v>180</v>
+      </c>
+      <c r="G97" s="279">
+        <v>82466.460000000006</v>
+      </c>
+      <c r="H97" s="283">
+        <v>458.15</v>
+      </c>
+      <c r="I97" s="285">
+        <v>82466.460000000006</v>
+      </c>
+      <c r="J97" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K97" s="279">
+        <v>85492.979082000005</v>
+      </c>
+      <c r="L97" s="290">
+        <v>474.9609949</v>
+      </c>
+      <c r="M97" s="292" t="s">
+        <v>290</v>
+      </c>
+      <c r="N97" s="8"/>
+    </row>
+    <row r="98" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A98" s="243" t="s">
+        <v>70</v>
+      </c>
+      <c r="B98" s="127">
+        <v>42381515</v>
+      </c>
+      <c r="C98" s="258" t="s">
+        <v>32</v>
+      </c>
+      <c r="D98" s="258" t="s">
+        <v>72</v>
+      </c>
+      <c r="E98" s="269">
+        <v>50390102</v>
+      </c>
+      <c r="F98" s="277">
+        <v>20</v>
+      </c>
+      <c r="G98" s="282">
+        <v>7617.42</v>
+      </c>
+      <c r="H98" s="284">
+        <v>380.87</v>
+      </c>
+      <c r="I98" s="288">
+        <v>7617.42</v>
+      </c>
+      <c r="J98" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K98" s="282">
+        <v>7896.9793140000002</v>
+      </c>
+      <c r="L98" s="291">
+        <v>394.84896570000001</v>
+      </c>
+      <c r="M98" s="296" t="s">
+        <v>290</v>
+      </c>
+      <c r="N98" s="8"/>
+    </row>
+    <row r="99" spans="1:14" ht="17" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A99" s="26" t="s">
+        <v>273</v>
+      </c>
+      <c r="B99" s="27" t="s">
+        <v>139</v>
+      </c>
+      <c r="C99" s="28" t="s">
+        <v>9</v>
+      </c>
+      <c r="D99" s="28" t="s">
+        <v>118</v>
+      </c>
+      <c r="E99" s="70">
+        <v>50640201</v>
+      </c>
+      <c r="F99" s="30">
+        <v>216</v>
+      </c>
+      <c r="G99" s="31">
+        <v>136060.1</v>
+      </c>
+      <c r="H99" s="31">
+        <v>629.91</v>
+      </c>
+      <c r="I99" s="31">
+        <v>136060.1</v>
+      </c>
+      <c r="J99" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K99" s="33">
+        <v>141053.51</v>
+      </c>
+      <c r="L99" s="34">
+        <v>653.02548921296307</v>
+      </c>
+      <c r="M99" s="73"/>
+      <c r="N99" s="8"/>
+    </row>
+    <row r="100" spans="1:14" ht="34" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A100" s="68" t="s">
+        <v>274</v>
+      </c>
+      <c r="B100" s="69">
+        <v>43230035</v>
+      </c>
+      <c r="C100" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D100" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E100" s="70">
+        <v>50640101</v>
+      </c>
+      <c r="F100" s="71">
+        <v>198</v>
+      </c>
+      <c r="G100" s="72">
+        <v>93671.25</v>
+      </c>
+      <c r="H100" s="72">
+        <v>473.09</v>
+      </c>
+      <c r="I100" s="31">
+        <v>93671.25</v>
+      </c>
+      <c r="J100" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K100" s="33">
+        <v>97108.98</v>
+      </c>
+      <c r="L100" s="34">
+        <v>490.44941856060603</v>
+      </c>
+      <c r="M100" s="73"/>
+      <c r="N100" s="8"/>
+    </row>
+    <row r="101" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A101" s="88" t="s">
+        <v>186</v>
+      </c>
+      <c r="B101" s="89">
+        <v>43099610</v>
+      </c>
+      <c r="C101" s="67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D101" s="90" t="s">
+        <v>187</v>
+      </c>
+      <c r="E101" s="70">
+        <v>50600101</v>
+      </c>
+      <c r="F101" s="91">
+        <v>180</v>
+      </c>
+      <c r="G101" s="72">
+        <v>61419.839999999997</v>
+      </c>
+      <c r="H101" s="72">
+        <v>341.22</v>
+      </c>
+      <c r="I101" s="31">
+        <v>61419.839999999997</v>
+      </c>
+      <c r="J101" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K101" s="33">
+        <v>63673.948127999996</v>
+      </c>
+      <c r="L101" s="34">
+        <v>353.74415626666666</v>
+      </c>
+      <c r="M101" s="73"/>
+      <c r="N101" s="8"/>
+    </row>
+    <row r="102" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A102" s="153" t="s">
+        <v>123</v>
+      </c>
+      <c r="B102" s="154">
+        <v>42197449</v>
+      </c>
+      <c r="C102" s="115" t="s">
+        <v>9</v>
+      </c>
+      <c r="D102" s="116" t="s">
+        <v>148</v>
+      </c>
+      <c r="E102" s="70">
+        <v>50620402</v>
+      </c>
+      <c r="F102" s="117">
+        <v>235</v>
+      </c>
+      <c r="G102" s="72">
+        <v>153054.35999999999</v>
+      </c>
+      <c r="H102" s="72">
+        <v>651.29999999999995</v>
+      </c>
+      <c r="I102" s="31">
+        <v>153054.35999999999</v>
+      </c>
+      <c r="J102" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K102" s="33">
+        <v>158671.46</v>
+      </c>
+      <c r="L102" s="34">
+        <v>675.19768090212767</v>
+      </c>
+      <c r="M102" s="73"/>
+      <c r="N102" s="8"/>
+    </row>
+    <row r="103" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A103" s="153" t="s">
+        <v>123</v>
+      </c>
+      <c r="B103" s="154" t="s">
+        <v>97</v>
+      </c>
+      <c r="C103" s="115" t="s">
+        <v>7</v>
+      </c>
+      <c r="D103" s="116" t="s">
+        <v>149</v>
+      </c>
+      <c r="E103" s="70">
+        <v>50620101</v>
+      </c>
+      <c r="F103" s="117">
+        <v>365</v>
+      </c>
+      <c r="G103" s="72">
+        <v>318254.94</v>
+      </c>
+      <c r="H103" s="72">
+        <v>871.93</v>
+      </c>
+      <c r="I103" s="31">
+        <v>318254.94</v>
+      </c>
+      <c r="J103" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K103" s="33">
+        <v>329934.90000000002</v>
+      </c>
+      <c r="L103" s="34">
+        <v>903.9312227342466</v>
+      </c>
+      <c r="M103" s="73"/>
+      <c r="N103" s="8"/>
+    </row>
+    <row r="104" spans="1:14" ht="14.9" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A104" s="88" t="s">
+        <v>123</v>
+      </c>
+      <c r="B104" s="89" t="s">
+        <v>97</v>
+      </c>
+      <c r="C104" s="67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D104" s="160" t="s">
+        <v>269</v>
+      </c>
+      <c r="E104" s="70">
+        <v>50620301</v>
+      </c>
+      <c r="F104" s="91">
+        <v>235</v>
+      </c>
+      <c r="G104" s="72">
+        <v>153727.25</v>
+      </c>
+      <c r="H104" s="72">
+        <v>654.16</v>
+      </c>
+      <c r="I104" s="31">
+        <v>153727.25</v>
+      </c>
+      <c r="J104" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K104" s="33">
+        <v>159369.04</v>
+      </c>
+      <c r="L104" s="34">
+        <v>678.16612797872335</v>
+      </c>
+      <c r="M104" s="73"/>
+      <c r="N104" s="8"/>
+    </row>
+    <row r="105" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A105" s="88" t="s">
+        <v>123</v>
+      </c>
+      <c r="B105" s="89" t="s">
+        <v>97</v>
+      </c>
+      <c r="C105" s="67" t="s">
+        <v>7</v>
+      </c>
+      <c r="D105" s="160" t="s">
+        <v>269</v>
+      </c>
+      <c r="E105" s="70">
+        <v>50620302</v>
+      </c>
+      <c r="F105" s="91">
+        <v>365</v>
+      </c>
+      <c r="G105" s="72">
+        <v>333612.49</v>
+      </c>
+      <c r="H105" s="72">
+        <v>914.01</v>
+      </c>
+      <c r="I105" s="31">
+        <v>333612.49</v>
+      </c>
+      <c r="J105" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K105" s="33">
+        <v>345856.07</v>
+      </c>
+      <c r="L105" s="34">
+        <v>947.55087228219168</v>
+      </c>
+      <c r="M105" s="73"/>
+      <c r="N105" s="8"/>
+    </row>
+    <row r="106" spans="1:14" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A106" s="102" t="s">
+        <v>123</v>
+      </c>
+      <c r="B106" s="148" t="s">
+        <v>97</v>
+      </c>
+      <c r="C106" s="104" t="s">
+        <v>9</v>
+      </c>
+      <c r="D106" s="105" t="s">
+        <v>142</v>
+      </c>
+      <c r="E106" s="70">
+        <v>50620401</v>
+      </c>
+      <c r="F106" s="106">
+        <v>222</v>
+      </c>
+      <c r="G106" s="72">
+        <v>156195.29999999999</v>
+      </c>
+      <c r="H106" s="72">
+        <v>703.58</v>
+      </c>
+      <c r="I106" s="31">
+        <v>156195.29999999999</v>
+      </c>
+      <c r="J106" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K106" s="33">
+        <v>161927.67000000001</v>
+      </c>
+      <c r="L106" s="34">
+        <v>729.40390770270255</v>
+      </c>
+      <c r="M106" s="161"/>
+      <c r="N106" s="8"/>
+    </row>
+    <row r="107" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A107" s="68" t="s">
+        <v>270</v>
+      </c>
+      <c r="B107" s="69">
+        <v>42432430</v>
+      </c>
+      <c r="C107" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D107" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E107" s="70">
+        <v>50630101</v>
+      </c>
+      <c r="F107" s="71">
+        <v>365</v>
+      </c>
+      <c r="G107" s="72">
+        <v>218223.53</v>
+      </c>
+      <c r="H107" s="72">
+        <f>G107/F107</f>
+        <v>597.8726849315068</v>
+      </c>
+      <c r="I107" s="31">
+        <v>218223.53</v>
+      </c>
+      <c r="J107" s="162">
+        <v>1.0236000000000001</v>
+      </c>
+      <c r="K107" s="33">
+        <f>I107*J107</f>
+        <v>223373.60530800003</v>
+      </c>
+      <c r="L107" s="34">
+        <f>K107/F107</f>
+        <v>611.98248029589047</v>
+      </c>
+      <c r="M107" s="35"/>
+      <c r="N107" s="8"/>
+    </row>
+    <row r="108" spans="1:14" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A108" s="68" t="s">
+        <v>270</v>
+      </c>
+      <c r="B108" s="69" t="s">
+        <v>74</v>
+      </c>
+      <c r="C108" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D108" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E108" s="70">
+        <v>50630001</v>
+      </c>
+      <c r="F108" s="71">
+        <v>216</v>
+      </c>
+      <c r="G108" s="72">
+        <v>75710.33</v>
+      </c>
+      <c r="H108" s="72">
+        <f>G108/F108</f>
+        <v>350.51078703703706</v>
+      </c>
+      <c r="I108" s="31">
+        <v>75710.33</v>
+      </c>
+      <c r="J108" s="162">
+        <v>1.0236000000000001</v>
+      </c>
+      <c r="K108" s="33">
+        <f>I108*J108</f>
+        <v>77497.093788000013</v>
+      </c>
+      <c r="L108" s="34">
+        <f>K108/F108</f>
+        <v>358.78284161111117</v>
+      </c>
+      <c r="M108" s="35"/>
+      <c r="N108" s="138"/>
+    </row>
+    <row r="109" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A109" s="102" t="s">
+        <v>218</v>
+      </c>
+      <c r="B109" s="148">
+        <v>42296947</v>
+      </c>
+      <c r="C109" s="104" t="s">
+        <v>9</v>
+      </c>
+      <c r="D109" s="105" t="s">
+        <v>224</v>
+      </c>
+      <c r="E109" s="70">
+        <v>50180101</v>
+      </c>
+      <c r="F109" s="106">
+        <v>221</v>
+      </c>
+      <c r="G109" s="72">
+        <v>92171.19</v>
+      </c>
+      <c r="H109" s="72">
+        <v>417.06</v>
+      </c>
+      <c r="I109" s="31">
+        <v>92171.19</v>
+      </c>
+      <c r="J109" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K109" s="33">
+        <v>95553.87</v>
+      </c>
+      <c r="L109" s="34">
+        <v>432.37046458371043</v>
+      </c>
+      <c r="M109" s="73"/>
+      <c r="N109" s="8"/>
+    </row>
+    <row r="110" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A110" s="88" t="s">
+        <v>77</v>
+      </c>
+      <c r="B110" s="89">
+        <v>236399542</v>
+      </c>
+      <c r="C110" s="67" t="s">
+        <v>7</v>
+      </c>
+      <c r="D110" s="90" t="s">
+        <v>78</v>
+      </c>
+      <c r="E110" s="70">
+        <v>50650102</v>
+      </c>
+      <c r="F110" s="91">
+        <v>365</v>
+      </c>
+      <c r="G110" s="72">
+        <v>354283.45</v>
+      </c>
+      <c r="H110" s="72">
+        <v>970.64</v>
+      </c>
+      <c r="I110" s="31">
+        <v>354283.45</v>
+      </c>
+      <c r="J110" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K110" s="33">
+        <v>367285.65</v>
+      </c>
+      <c r="L110" s="34">
+        <v>1006.262061958904</v>
+      </c>
+      <c r="M110" s="73"/>
+      <c r="N110" s="8"/>
+    </row>
+    <row r="111" spans="1:14" ht="21.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A111" s="88" t="s">
+        <v>77</v>
+      </c>
+      <c r="B111" s="89">
+        <v>236399542</v>
+      </c>
+      <c r="C111" s="67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D111" s="90" t="s">
+        <v>111</v>
+      </c>
+      <c r="E111" s="70">
+        <v>50650101</v>
+      </c>
+      <c r="F111" s="91">
+        <v>237</v>
+      </c>
+      <c r="G111" s="72">
+        <v>150257.62</v>
+      </c>
+      <c r="H111" s="72">
+        <v>634</v>
+      </c>
+      <c r="I111" s="31">
+        <v>150257.62</v>
+      </c>
+      <c r="J111" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K111" s="33">
+        <v>155772.07</v>
+      </c>
+      <c r="L111" s="34">
+        <v>657.26613778059073</v>
+      </c>
+      <c r="M111" s="73"/>
+      <c r="N111" s="8"/>
+    </row>
+    <row r="112" spans="1:14" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A112" s="163" t="s">
+        <v>210</v>
+      </c>
+      <c r="B112" s="164">
+        <v>364760914</v>
+      </c>
+      <c r="C112" s="165" t="s">
+        <v>9</v>
+      </c>
+      <c r="D112" s="166" t="s">
+        <v>211</v>
+      </c>
+      <c r="E112" s="167">
+        <v>51140101</v>
+      </c>
+      <c r="F112" s="71">
+        <v>180</v>
+      </c>
+      <c r="G112" s="72">
+        <v>110903.74</v>
+      </c>
+      <c r="H112" s="72">
+        <v>616.13</v>
+      </c>
+      <c r="I112" s="31">
+        <v>110903.74</v>
+      </c>
+      <c r="J112" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K112" s="33">
+        <v>114973.91</v>
+      </c>
+      <c r="L112" s="34">
+        <v>638.74392921111109</v>
+      </c>
+      <c r="M112" s="168"/>
+      <c r="N112" s="8"/>
+    </row>
+    <row r="113" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A113" s="55" t="s">
+        <v>169</v>
+      </c>
+      <c r="B113" s="56">
+        <v>43494340</v>
+      </c>
+      <c r="C113" s="57" t="s">
+        <v>9</v>
+      </c>
+      <c r="D113" s="58" t="s">
+        <v>176</v>
+      </c>
+      <c r="E113" s="169">
+        <v>50890101</v>
+      </c>
+      <c r="F113" s="130">
+        <v>216</v>
+      </c>
+      <c r="G113" s="61">
+        <v>149190.25</v>
+      </c>
+      <c r="H113" s="61">
+        <v>690.7</v>
+      </c>
+      <c r="I113" s="62">
+        <v>149190.25</v>
+      </c>
+      <c r="J113" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K113" s="62">
+        <v>154665.53</v>
+      </c>
+      <c r="L113" s="64">
+        <v>716.04413043981481</v>
+      </c>
+      <c r="M113" s="65" t="s">
+        <v>290</v>
+      </c>
+      <c r="N113" s="8"/>
+    </row>
+    <row r="114" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A114" s="68" t="s">
+        <v>145</v>
+      </c>
+      <c r="B114" s="69">
+        <v>42883771</v>
+      </c>
+      <c r="C114" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D114" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E114" s="167">
+        <v>50680101</v>
+      </c>
+      <c r="F114" s="91">
+        <v>220</v>
+      </c>
+      <c r="G114" s="72">
+        <v>105428.11</v>
+      </c>
+      <c r="H114" s="72">
+        <v>479.22</v>
+      </c>
+      <c r="I114" s="31">
+        <v>105428.11</v>
+      </c>
+      <c r="J114" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K114" s="33">
+        <v>109297.32</v>
+      </c>
+      <c r="L114" s="34">
+        <v>496.80600744090907</v>
+      </c>
+      <c r="M114" s="170"/>
+      <c r="N114" s="8"/>
+    </row>
+    <row r="115" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A115" s="68" t="s">
+        <v>126</v>
+      </c>
+      <c r="B115" s="69">
+        <v>10672424</v>
+      </c>
+      <c r="C115" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D115" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="E115" s="167">
+        <v>50670101</v>
+      </c>
+      <c r="F115" s="91">
+        <v>224</v>
+      </c>
+      <c r="G115" s="72">
+        <v>142995.37</v>
+      </c>
+      <c r="H115" s="72">
+        <v>638.37</v>
+      </c>
+      <c r="I115" s="31">
+        <v>142995.37</v>
+      </c>
+      <c r="J115" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K115" s="33">
+        <v>148243.29999999999</v>
+      </c>
+      <c r="L115" s="34">
+        <v>661.80044678124989</v>
+      </c>
+      <c r="M115" s="170"/>
+      <c r="N115" s="8"/>
+    </row>
+    <row r="116" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A116" s="68" t="s">
+        <v>154</v>
+      </c>
+      <c r="B116" s="69">
+        <v>161748440</v>
+      </c>
+      <c r="C116" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D116" s="9" t="s">
+        <v>155</v>
+      </c>
+      <c r="E116" s="70">
+        <v>51030100</v>
+      </c>
+      <c r="F116" s="71">
+        <v>198</v>
+      </c>
+      <c r="G116" s="72">
+        <v>83554.960000000006</v>
+      </c>
+      <c r="H116" s="72">
+        <v>421.99</v>
+      </c>
+      <c r="I116" s="31">
+        <v>83554.960000000006</v>
+      </c>
+      <c r="J116" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K116" s="33">
+        <v>86621.43</v>
+      </c>
+      <c r="L116" s="34">
+        <v>437.48195470707077</v>
+      </c>
+      <c r="M116" s="73"/>
+      <c r="N116" s="8"/>
+    </row>
+    <row r="117" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A117" s="88" t="s">
+        <v>80</v>
+      </c>
+      <c r="B117" s="89">
+        <v>42708762</v>
+      </c>
+      <c r="C117" s="67" t="s">
+        <v>7</v>
+      </c>
+      <c r="D117" s="90" t="s">
+        <v>121</v>
+      </c>
+      <c r="E117" s="70">
+        <v>50690105</v>
+      </c>
+      <c r="F117" s="91">
+        <v>365</v>
+      </c>
+      <c r="G117" s="72">
+        <v>455372.43</v>
+      </c>
+      <c r="H117" s="72">
+        <v>1247.5999999999999</v>
+      </c>
+      <c r="I117" s="31">
+        <v>455372.43</v>
+      </c>
+      <c r="J117" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K117" s="33">
+        <v>472084.6</v>
+      </c>
+      <c r="L117" s="34">
+        <v>1293.382460769863</v>
+      </c>
+      <c r="M117" s="73"/>
+      <c r="N117" s="8"/>
+    </row>
+    <row r="118" spans="1:14" ht="15.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A118" s="88" t="s">
+        <v>80</v>
+      </c>
+      <c r="B118" s="89" t="s">
+        <v>81</v>
+      </c>
+      <c r="C118" s="67" t="s">
+        <v>7</v>
+      </c>
+      <c r="D118" s="90" t="s">
+        <v>122</v>
+      </c>
+      <c r="E118" s="70">
+        <v>50690104</v>
+      </c>
+      <c r="F118" s="91">
+        <v>365</v>
+      </c>
+      <c r="G118" s="72">
+        <v>312921.24</v>
+      </c>
+      <c r="H118" s="72">
+        <v>857.32</v>
+      </c>
+      <c r="I118" s="31">
+        <v>312921.24</v>
+      </c>
+      <c r="J118" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K118" s="33">
+        <v>324405.45</v>
+      </c>
+      <c r="L118" s="34">
+        <v>888.78205344657533</v>
+      </c>
+      <c r="M118" s="73"/>
+      <c r="N118" s="8"/>
+    </row>
+    <row r="119" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A119" s="153" t="s">
+        <v>80</v>
+      </c>
+      <c r="B119" s="154" t="s">
+        <v>81</v>
+      </c>
+      <c r="C119" s="115" t="s">
+        <v>7</v>
+      </c>
+      <c r="D119" s="116" t="s">
+        <v>147</v>
+      </c>
+      <c r="E119" s="70">
+        <v>50690103</v>
+      </c>
+      <c r="F119" s="117">
+        <v>365</v>
+      </c>
+      <c r="G119" s="72">
+        <v>421220.59</v>
+      </c>
+      <c r="H119" s="72">
+        <v>1154.03</v>
+      </c>
+      <c r="I119" s="31">
+        <v>421220.59</v>
+      </c>
+      <c r="J119" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K119" s="33">
+        <v>436679.39</v>
+      </c>
+      <c r="L119" s="34">
+        <v>1196.38187850137</v>
+      </c>
+      <c r="M119" s="73"/>
+      <c r="N119" s="8"/>
+    </row>
+    <row r="120" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A120" s="88" t="s">
+        <v>80</v>
+      </c>
+      <c r="B120" s="89" t="s">
+        <v>81</v>
+      </c>
+      <c r="C120" s="67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D120" s="90" t="s">
+        <v>116</v>
+      </c>
+      <c r="E120" s="70">
+        <v>50690102</v>
+      </c>
+      <c r="F120" s="91">
+        <v>226</v>
+      </c>
+      <c r="G120" s="72">
+        <v>156954.84</v>
+      </c>
+      <c r="H120" s="72">
+        <v>694.49</v>
+      </c>
+      <c r="I120" s="31">
+        <v>156954.84</v>
+      </c>
+      <c r="J120" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K120" s="33">
+        <v>162715.07999999999</v>
+      </c>
+      <c r="L120" s="34">
+        <v>719.97824171681418</v>
+      </c>
+      <c r="M120" s="73"/>
+      <c r="N120" s="8"/>
+    </row>
+    <row r="121" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A121" s="68" t="s">
+        <v>258</v>
+      </c>
+      <c r="B121" s="112" t="s">
+        <v>264</v>
+      </c>
+      <c r="C121" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D121" s="9" t="s">
+        <v>259</v>
+      </c>
+      <c r="E121" s="70">
+        <v>50700101</v>
+      </c>
+      <c r="F121" s="71">
+        <v>251</v>
+      </c>
+      <c r="G121" s="72">
+        <v>80665.259999999995</v>
+      </c>
+      <c r="H121" s="72">
+        <v>321.38</v>
+      </c>
+      <c r="I121" s="31">
+        <v>80665.259999999995</v>
+      </c>
+      <c r="J121" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K121" s="33">
+        <v>83625.67</v>
+      </c>
+      <c r="L121" s="34">
+        <v>333.17</v>
+      </c>
+      <c r="M121" s="172"/>
+      <c r="N121" s="8"/>
+    </row>
+    <row r="122" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A122" s="68" t="s">
+        <v>285</v>
+      </c>
+      <c r="B122" s="112" t="s">
+        <v>235</v>
+      </c>
+      <c r="C122" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D122" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E122" s="70">
+        <v>50770101</v>
+      </c>
+      <c r="F122" s="71">
+        <v>198</v>
+      </c>
+      <c r="G122" s="72">
+        <v>130972.12</v>
+      </c>
+      <c r="H122" s="72">
+        <v>661.48</v>
+      </c>
+      <c r="I122" s="31">
+        <v>130972.12</v>
+      </c>
+      <c r="J122" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K122" s="33">
+        <v>135778.79999999999</v>
+      </c>
+      <c r="L122" s="34">
+        <v>685.75149901010093</v>
+      </c>
+      <c r="M122" s="236"/>
+      <c r="N122" s="8"/>
+    </row>
+    <row r="123" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A123" s="88" t="s">
+        <v>83</v>
+      </c>
+      <c r="B123" s="131" t="s">
+        <v>84</v>
+      </c>
+      <c r="C123" s="67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D123" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E123" s="70">
+        <v>50760101</v>
+      </c>
+      <c r="F123" s="91">
+        <v>205</v>
+      </c>
+      <c r="G123" s="72">
+        <v>171055.39</v>
+      </c>
+      <c r="H123" s="72">
+        <v>834.42</v>
+      </c>
+      <c r="I123" s="31">
+        <v>171055.39</v>
+      </c>
+      <c r="J123" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K123" s="33">
+        <v>177333.12</v>
+      </c>
+      <c r="L123" s="34">
+        <v>865.03962347804872</v>
+      </c>
+      <c r="M123" s="73"/>
+      <c r="N123" s="8"/>
+    </row>
+    <row r="124" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A124" s="88" t="s">
+        <v>83</v>
+      </c>
+      <c r="B124" s="89" t="s">
+        <v>84</v>
+      </c>
+      <c r="C124" s="67" t="s">
+        <v>7</v>
+      </c>
+      <c r="D124" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E124" s="70">
+        <v>50760102</v>
+      </c>
+      <c r="F124" s="91">
+        <v>283</v>
+      </c>
+      <c r="G124" s="72">
+        <v>334167.78000000003</v>
+      </c>
+      <c r="H124" s="72">
+        <v>1180.8</v>
+      </c>
+      <c r="I124" s="31">
+        <v>334167.78000000003</v>
+      </c>
+      <c r="J124" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K124" s="33">
+        <v>346431.74</v>
+      </c>
+      <c r="L124" s="34">
+        <v>1224.1404152862192</v>
+      </c>
+      <c r="M124" s="73"/>
+      <c r="N124" s="8"/>
+    </row>
+    <row r="125" spans="1:14" ht="0.65" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A125" s="88" t="s">
+        <v>83</v>
+      </c>
+      <c r="B125" s="89">
+        <v>42103616</v>
+      </c>
+      <c r="C125" s="67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D125" s="160" t="s">
+        <v>239</v>
+      </c>
+      <c r="E125" s="70">
+        <v>50760105</v>
+      </c>
+      <c r="F125" s="91">
+        <v>205</v>
+      </c>
+      <c r="G125" s="72">
+        <v>221732.37</v>
+      </c>
+      <c r="H125" s="72">
+        <v>1081.6199999999999</v>
+      </c>
+      <c r="I125" s="31">
+        <v>221732.37</v>
+      </c>
+      <c r="J125" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K125" s="33">
+        <v>229869.95</v>
+      </c>
+      <c r="L125" s="34">
+        <v>1121.3168194097561</v>
+      </c>
+      <c r="M125" s="73"/>
+      <c r="N125" s="8"/>
+    </row>
+    <row r="126" spans="1:14" ht="14.15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A126" s="88" t="s">
+        <v>83</v>
+      </c>
+      <c r="B126" s="69">
+        <v>42103616</v>
+      </c>
+      <c r="C126" s="67" t="s">
+        <v>7</v>
+      </c>
+      <c r="D126" s="9" t="s">
+        <v>243</v>
+      </c>
+      <c r="E126" s="70">
+        <v>50760106</v>
+      </c>
+      <c r="F126" s="71">
+        <v>283</v>
+      </c>
+      <c r="G126" s="72">
+        <v>421662.15</v>
+      </c>
+      <c r="H126" s="72">
+        <v>1489.97</v>
+      </c>
+      <c r="I126" s="31">
+        <v>421662.15</v>
+      </c>
+      <c r="J126" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K126" s="33">
+        <v>437137.15</v>
+      </c>
+      <c r="L126" s="34">
+        <v>1544.6542434805654</v>
+      </c>
+      <c r="M126" s="73"/>
+      <c r="N126" s="8"/>
+    </row>
+    <row r="127" spans="1:14" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A127" s="88" t="s">
+        <v>83</v>
+      </c>
+      <c r="B127" s="89" t="s">
+        <v>84</v>
+      </c>
+      <c r="C127" s="67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D127" s="9" t="s">
+        <v>240</v>
+      </c>
+      <c r="E127" s="70">
+        <v>50760107</v>
+      </c>
+      <c r="F127" s="91">
+        <v>205</v>
+      </c>
+      <c r="G127" s="72">
+        <v>255749.95</v>
+      </c>
+      <c r="H127" s="72">
+        <v>1247.56</v>
+      </c>
+      <c r="I127" s="31">
+        <v>255749.95</v>
+      </c>
+      <c r="J127" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K127" s="33">
+        <v>265135.96999999997</v>
+      </c>
+      <c r="L127" s="34">
+        <v>1293.3462105609756</v>
+      </c>
+      <c r="M127" s="73"/>
+      <c r="N127" s="8"/>
+    </row>
+    <row r="128" spans="1:14" ht="21.65" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A128" s="88" t="s">
+        <v>83</v>
+      </c>
+      <c r="B128" s="89" t="s">
+        <v>84</v>
+      </c>
+      <c r="C128" s="67" t="s">
+        <v>7</v>
+      </c>
+      <c r="D128" s="160" t="s">
+        <v>241</v>
+      </c>
+      <c r="E128" s="70">
+        <v>50760108</v>
+      </c>
+      <c r="F128" s="91">
+        <v>283</v>
+      </c>
+      <c r="G128" s="72">
+        <v>491491.23</v>
+      </c>
+      <c r="H128" s="72">
+        <v>1736.72</v>
+      </c>
+      <c r="I128" s="31">
+        <v>491491.23</v>
+      </c>
+      <c r="J128" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K128" s="33">
+        <v>509528.96</v>
+      </c>
+      <c r="L128" s="34">
+        <v>1800.4556824770316</v>
+      </c>
+      <c r="M128" s="73"/>
+      <c r="N128" s="8"/>
+    </row>
+    <row r="129" spans="1:14" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A129" s="68" t="s">
+        <v>152</v>
+      </c>
+      <c r="B129" s="69">
+        <v>208511604</v>
+      </c>
+      <c r="C129" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D129" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" s="70">
+        <v>50990002</v>
+      </c>
+      <c r="F129" s="71">
+        <v>221</v>
+      </c>
+      <c r="G129" s="72">
+        <v>165561.01</v>
+      </c>
+      <c r="H129" s="72">
+        <v>749.14</v>
+      </c>
+      <c r="I129" s="31">
+        <v>165561.01</v>
+      </c>
+      <c r="J129" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K129" s="33">
+        <v>171637.1</v>
+      </c>
+      <c r="L129" s="34">
+        <v>776.63845731674212</v>
+      </c>
+      <c r="M129" s="35"/>
+      <c r="N129" s="8"/>
+    </row>
+    <row r="130" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A130" s="68" t="s">
+        <v>152</v>
+      </c>
+      <c r="B130" s="69">
+        <v>208511604</v>
+      </c>
+      <c r="C130" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D130" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="E130" s="70">
+        <v>50990003</v>
+      </c>
+      <c r="F130" s="71">
+        <v>221</v>
+      </c>
+      <c r="G130" s="72">
+        <v>119978.41</v>
+      </c>
+      <c r="H130" s="72">
+        <v>542.89</v>
+      </c>
+      <c r="I130" s="31">
+        <v>119978.41</v>
+      </c>
+      <c r="J130" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K130" s="33">
+        <v>124381.62</v>
+      </c>
+      <c r="L130" s="34">
+        <v>562.81274953393665</v>
+      </c>
+      <c r="M130" s="35"/>
+      <c r="N130" s="8"/>
+    </row>
+    <row r="131" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A131" s="173" t="s">
+        <v>252</v>
+      </c>
+      <c r="B131" s="131" t="s">
+        <v>256</v>
+      </c>
+      <c r="C131" s="67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D131" s="174" t="s">
+        <v>262</v>
+      </c>
+      <c r="E131" s="70">
+        <v>50820101</v>
+      </c>
+      <c r="F131" s="91">
+        <v>216</v>
+      </c>
+      <c r="G131" s="72">
+        <v>88461.59</v>
+      </c>
+      <c r="H131" s="72">
+        <v>409.54</v>
+      </c>
+      <c r="I131" s="31">
+        <v>88461.59</v>
+      </c>
+      <c r="J131" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K131" s="33">
+        <v>91708.13</v>
+      </c>
+      <c r="L131" s="34">
+        <v>424.57467756018514</v>
+      </c>
+      <c r="M131" s="35"/>
+      <c r="N131" s="8"/>
+    </row>
+    <row r="132" spans="1:14" ht="26" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A132" s="173" t="s">
+        <v>252</v>
+      </c>
+      <c r="B132" s="131" t="s">
+        <v>256</v>
+      </c>
+      <c r="C132" s="67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D132" s="175" t="s">
+        <v>263</v>
+      </c>
+      <c r="E132" s="70">
+        <v>50820202</v>
+      </c>
+      <c r="F132" s="91">
+        <v>216</v>
+      </c>
+      <c r="G132" s="72">
+        <v>91364.78</v>
+      </c>
+      <c r="H132" s="72">
+        <v>422.99</v>
+      </c>
+      <c r="I132" s="31">
+        <v>91364.78</v>
+      </c>
+      <c r="J132" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K132" s="33">
+        <v>94717.87</v>
+      </c>
+      <c r="L132" s="34">
+        <v>438.50864549074072</v>
+      </c>
+      <c r="M132" s="35"/>
+      <c r="N132" s="8"/>
+    </row>
+    <row r="133" spans="1:14" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A133" s="173" t="s">
+        <v>252</v>
+      </c>
+      <c r="B133" s="131" t="s">
+        <v>256</v>
+      </c>
+      <c r="C133" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D133" s="137" t="s">
+        <v>260</v>
+      </c>
+      <c r="E133" s="70">
+        <v>50300102</v>
+      </c>
+      <c r="F133" s="71">
+        <v>365</v>
+      </c>
+      <c r="G133" s="72">
+        <v>283818.86</v>
+      </c>
+      <c r="H133" s="72">
+        <v>777.59</v>
+      </c>
+      <c r="I133" s="31">
+        <v>283818.86</v>
+      </c>
+      <c r="J133" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K133" s="33">
+        <v>294235.01</v>
+      </c>
+      <c r="L133" s="34">
+        <v>806.12332099178082</v>
+      </c>
+      <c r="M133" s="35"/>
+      <c r="N133" s="8"/>
+    </row>
+    <row r="134" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A134" s="173" t="s">
+        <v>252</v>
+      </c>
+      <c r="B134" s="131" t="s">
+        <v>256</v>
+      </c>
+      <c r="C134" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="D134" s="137" t="s">
+        <v>261</v>
+      </c>
+      <c r="E134" s="70">
+        <v>50300101</v>
+      </c>
+      <c r="F134" s="71">
+        <v>218</v>
+      </c>
+      <c r="G134" s="72">
+        <v>96353.84</v>
+      </c>
+      <c r="H134" s="72">
+        <v>441.99</v>
+      </c>
+      <c r="I134" s="31">
+        <v>96353.84</v>
+      </c>
+      <c r="J134" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K134" s="33">
+        <v>99890.03</v>
+      </c>
+      <c r="L134" s="34">
+        <v>458.21112811009169</v>
+      </c>
+      <c r="M134" s="35"/>
+      <c r="N134" s="8"/>
+    </row>
+    <row r="135" spans="1:14" ht="34.15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A135" s="88" t="s">
+        <v>180</v>
+      </c>
+      <c r="B135" s="89">
+        <v>43097170</v>
+      </c>
+      <c r="C135" s="67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D135" s="90" t="s">
+        <v>181</v>
+      </c>
+      <c r="E135" s="70">
+        <v>51070001</v>
+      </c>
+      <c r="F135" s="91">
+        <v>226</v>
+      </c>
+      <c r="G135" s="72">
+        <v>93250.23</v>
+      </c>
+      <c r="H135" s="72">
+        <v>412.61</v>
+      </c>
+      <c r="I135" s="31">
+        <v>93250.23</v>
+      </c>
+      <c r="J135" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K135" s="33">
+        <v>96672.51</v>
+      </c>
+      <c r="L135" s="34">
+        <v>427.75448425221236</v>
+      </c>
+      <c r="M135" s="176"/>
+      <c r="N135" s="8"/>
+    </row>
+    <row r="136" spans="1:14" ht="29" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A136" s="102" t="s">
+        <v>86</v>
+      </c>
+      <c r="B136" s="103" t="s">
+        <v>87</v>
+      </c>
+      <c r="C136" s="104" t="s">
+        <v>7</v>
+      </c>
+      <c r="D136" s="105" t="s">
+        <v>88</v>
+      </c>
+      <c r="E136" s="70">
+        <v>50810101</v>
+      </c>
+      <c r="F136" s="106">
+        <v>244</v>
+      </c>
+      <c r="G136" s="72">
+        <v>109473.77</v>
+      </c>
+      <c r="H136" s="72">
+        <v>448.66</v>
+      </c>
+      <c r="I136" s="31">
+        <v>109473.77</v>
+      </c>
+      <c r="J136" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K136" s="33">
+        <v>113491.46</v>
+      </c>
+      <c r="L136" s="34">
+        <v>465.128923602459</v>
+      </c>
+      <c r="M136" s="73"/>
+      <c r="N136" s="8"/>
+    </row>
+    <row r="137" spans="1:14" ht="27" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A137" s="102" t="s">
+        <v>86</v>
+      </c>
+      <c r="B137" s="148" t="s">
+        <v>87</v>
+      </c>
+      <c r="C137" s="104" t="s">
+        <v>9</v>
+      </c>
+      <c r="D137" s="105" t="s">
+        <v>192</v>
+      </c>
+      <c r="E137" s="70">
+        <v>50810102</v>
+      </c>
+      <c r="F137" s="106">
+        <v>180</v>
+      </c>
+      <c r="G137" s="72">
+        <v>63500.59</v>
+      </c>
+      <c r="H137" s="72">
+        <v>352.78</v>
+      </c>
+      <c r="I137" s="31">
+        <v>63500.59</v>
+      </c>
+      <c r="J137" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K137" s="33">
+        <v>65831.06</v>
+      </c>
+      <c r="L137" s="34">
+        <v>365.72812029444441</v>
+      </c>
+      <c r="M137" s="73"/>
+      <c r="N137" s="8"/>
+    </row>
+    <row r="138" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A138" s="76" t="s">
+        <v>124</v>
+      </c>
+      <c r="B138" s="177" t="s">
+        <v>89</v>
+      </c>
+      <c r="C138" s="78" t="s">
+        <v>9</v>
+      </c>
+      <c r="D138" s="78" t="s">
+        <v>90</v>
+      </c>
+      <c r="E138" s="79">
+        <v>50830101</v>
+      </c>
+      <c r="F138" s="80">
+        <v>180</v>
+      </c>
+      <c r="G138" s="49">
+        <v>70547.94</v>
+      </c>
+      <c r="H138" s="49">
+        <v>391.93</v>
+      </c>
+      <c r="I138" s="41">
+        <v>70547.94</v>
+      </c>
+      <c r="J138" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K138" s="33">
+        <v>84639.58</v>
+      </c>
+      <c r="L138" s="34">
+        <f>K138/F138</f>
+        <v>470.21988888888887</v>
+      </c>
+      <c r="M138" s="82">
+        <v>45992</v>
+      </c>
+      <c r="N138" s="8"/>
+    </row>
+    <row r="139" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A139" s="76" t="s">
+        <v>124</v>
+      </c>
+      <c r="B139" s="45" t="s">
+        <v>89</v>
+      </c>
+      <c r="C139" s="78" t="s">
+        <v>7</v>
+      </c>
+      <c r="D139" s="78" t="s">
+        <v>91</v>
+      </c>
+      <c r="E139" s="79">
+        <v>50830102</v>
+      </c>
+      <c r="F139" s="80">
+        <v>365</v>
+      </c>
+      <c r="G139" s="49">
+        <v>252636.52</v>
+      </c>
+      <c r="H139" s="49">
+        <v>692.15</v>
+      </c>
+      <c r="I139" s="41">
+        <v>252636.52</v>
+      </c>
+      <c r="J139" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K139" s="33">
+        <v>279155.20000000001</v>
+      </c>
+      <c r="L139" s="34">
+        <f>K139/F139</f>
+        <v>764.80876712328768</v>
+      </c>
+      <c r="M139" s="82">
+        <v>45992</v>
+      </c>
+      <c r="N139" s="8"/>
+    </row>
+    <row r="140" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A140" s="76" t="s">
+        <v>124</v>
+      </c>
+      <c r="B140" s="45" t="s">
+        <v>89</v>
+      </c>
+      <c r="C140" s="78" t="s">
+        <v>32</v>
+      </c>
+      <c r="D140" s="78" t="s">
+        <v>184</v>
+      </c>
+      <c r="E140" s="79">
+        <v>50830103</v>
+      </c>
+      <c r="F140" s="80">
+        <v>36</v>
+      </c>
+      <c r="G140" s="49">
+        <v>11893.87</v>
+      </c>
+      <c r="H140" s="49">
+        <v>330.39</v>
+      </c>
+      <c r="I140" s="41">
+        <v>11893.87</v>
+      </c>
+      <c r="J140" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K140" s="33">
+        <v>12330.38</v>
+      </c>
+      <c r="L140" s="34">
+        <v>342.51041747222223</v>
+      </c>
+      <c r="M140" s="82"/>
+      <c r="N140" s="8"/>
+    </row>
+    <row r="141" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="N141" s="8"/>
+    </row>
+    <row r="142" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A142" s="240" t="s">
+        <v>254</v>
+      </c>
+      <c r="B142" s="109"/>
+      <c r="C142" s="254" t="s">
+        <v>0</v>
+      </c>
+      <c r="D142" s="261" t="s">
+        <v>1</v>
+      </c>
+      <c r="E142" s="254" t="s">
+        <v>196</v>
+      </c>
+      <c r="F142" s="254" t="s">
+        <v>2</v>
+      </c>
+      <c r="G142" s="281" t="s">
+        <v>275</v>
+      </c>
+      <c r="H142" s="281"/>
+      <c r="I142" s="287" t="s">
+        <v>275</v>
+      </c>
+      <c r="J142" s="32"/>
+      <c r="K142" s="289" t="s">
+        <v>282</v>
+      </c>
+      <c r="L142" s="287"/>
+      <c r="M142" s="293"/>
+      <c r="N142" s="8"/>
+    </row>
+    <row r="143" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A143" s="19"/>
+      <c r="B143" s="20"/>
+      <c r="C143" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D143" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="E143" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="F143" s="21" t="s">
+        <v>5</v>
+      </c>
+      <c r="G143" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="H143" s="23" t="s">
+        <v>167</v>
+      </c>
+      <c r="I143" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="J143" s="24" t="s">
+        <v>280</v>
+      </c>
+      <c r="K143" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="L143" s="25" t="s">
+        <v>167</v>
+      </c>
+      <c r="M143" s="19" t="s">
+        <v>293</v>
+      </c>
+      <c r="N143" s="8"/>
+    </row>
+    <row r="144" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A144" s="244" t="s">
+        <v>136</v>
+      </c>
+      <c r="B144" s="250" t="s">
+        <v>92</v>
+      </c>
+      <c r="C144" s="259" t="s">
+        <v>9</v>
+      </c>
+      <c r="D144" s="264" t="s">
+        <v>93</v>
+      </c>
+      <c r="E144" s="70">
+        <v>50850101</v>
+      </c>
+      <c r="F144" s="278">
+        <v>180</v>
+      </c>
+      <c r="G144" s="31">
+        <v>111762.9</v>
+      </c>
+      <c r="H144" s="31">
+        <v>620.91</v>
+      </c>
+      <c r="I144" s="31">
+        <v>111762.9</v>
+      </c>
+      <c r="J144" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K144" s="33">
+        <v>115864.6</v>
+      </c>
+      <c r="L144" s="34">
+        <v>643.69221349999987</v>
+      </c>
+      <c r="M144" s="73"/>
+      <c r="N144" s="8"/>
+    </row>
+    <row r="145" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A145" s="153" t="s">
+        <v>136</v>
+      </c>
+      <c r="B145" s="154" t="s">
+        <v>92</v>
+      </c>
+      <c r="C145" s="115" t="s">
+        <v>32</v>
+      </c>
+      <c r="D145" s="116" t="s">
+        <v>94</v>
+      </c>
+      <c r="E145" s="70">
+        <v>50850102</v>
+      </c>
+      <c r="F145" s="117">
+        <v>30</v>
+      </c>
+      <c r="G145" s="72">
+        <v>9405.6</v>
+      </c>
+      <c r="H145" s="72">
+        <v>313.52</v>
+      </c>
+      <c r="I145" s="31">
+        <v>9405.6</v>
+      </c>
+      <c r="J145" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K145" s="33">
+        <v>9750.8799999999992</v>
+      </c>
+      <c r="L145" s="178">
+        <v>325.026184</v>
+      </c>
+      <c r="M145" s="132"/>
+      <c r="N145" s="8"/>
+    </row>
+    <row r="146" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A146" s="153" t="s">
+        <v>136</v>
+      </c>
+      <c r="B146" s="154" t="s">
+        <v>92</v>
+      </c>
+      <c r="C146" s="115" t="s">
+        <v>9</v>
+      </c>
+      <c r="D146" s="116" t="s">
+        <v>95</v>
+      </c>
+      <c r="E146" s="70">
+        <v>50850201</v>
+      </c>
+      <c r="F146" s="117">
+        <v>180</v>
+      </c>
+      <c r="G146" s="72">
+        <v>99139.13</v>
+      </c>
+      <c r="H146" s="72">
+        <v>550.77</v>
+      </c>
+      <c r="I146" s="31">
+        <v>99139.13</v>
+      </c>
+      <c r="J146" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K146" s="33">
+        <v>102777.54</v>
+      </c>
+      <c r="L146" s="178">
+        <v>570.98631150555548</v>
+      </c>
+      <c r="M146" s="132"/>
+      <c r="N146" s="8"/>
+    </row>
+    <row r="147" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A147" s="68" t="s">
+        <v>125</v>
+      </c>
+      <c r="B147" s="69">
+        <v>43293659</v>
+      </c>
+      <c r="C147" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D147" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="E147" s="70">
+        <v>50860101</v>
+      </c>
+      <c r="F147" s="71">
+        <v>251</v>
+      </c>
+      <c r="G147" s="72">
+        <v>64411.96</v>
+      </c>
+      <c r="H147" s="72">
+        <v>256.62</v>
+      </c>
+      <c r="I147" s="31">
+        <v>64411.96</v>
+      </c>
+      <c r="J147" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K147" s="33">
+        <v>66775.88</v>
+      </c>
+      <c r="L147" s="178">
+        <v>266.03935829482066</v>
+      </c>
+      <c r="M147" s="73"/>
+      <c r="N147" s="8"/>
+    </row>
+    <row r="148" spans="1:14" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A148" s="68" t="s">
+        <v>125</v>
+      </c>
+      <c r="B148" s="69">
+        <v>43293659</v>
+      </c>
+      <c r="C148" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D148" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="E148" s="70">
+        <v>50860103</v>
+      </c>
+      <c r="F148" s="71">
+        <v>365</v>
+      </c>
+      <c r="G148" s="72">
+        <v>263968.73</v>
+      </c>
+      <c r="H148" s="72">
+        <v>723.2</v>
+      </c>
+      <c r="I148" s="31">
+        <v>263968.73</v>
+      </c>
+      <c r="J148" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K148" s="33">
+        <v>273656.38</v>
+      </c>
+      <c r="L148" s="178">
+        <v>749.74351339999998</v>
+      </c>
+      <c r="M148" s="73"/>
+      <c r="N148" s="138"/>
+    </row>
+    <row r="149" spans="1:14" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A149" s="68" t="s">
+        <v>287</v>
+      </c>
+      <c r="B149" s="179" t="s">
+        <v>289</v>
+      </c>
+      <c r="C149" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D149" s="9" t="s">
+        <v>288</v>
+      </c>
+      <c r="E149" s="71">
+        <v>51180101</v>
+      </c>
+      <c r="F149" s="71">
+        <v>180</v>
+      </c>
+      <c r="G149" s="72">
+        <v>69484.52</v>
+      </c>
+      <c r="H149" s="72">
+        <f>G149/F149</f>
+        <v>386.02511111111113</v>
+      </c>
+      <c r="I149" s="31">
+        <v>69484.52</v>
+      </c>
+      <c r="J149" s="162">
+        <v>1.0236000000000001</v>
+      </c>
+      <c r="K149" s="33">
+        <f>I149*J149</f>
+        <v>71124.354672000016</v>
+      </c>
+      <c r="L149" s="178">
+        <f>K149/F149</f>
+        <v>395.13530373333344</v>
+      </c>
+      <c r="M149" s="73"/>
+      <c r="N149" s="138"/>
+    </row>
+    <row r="150" spans="1:14" s="75" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A150" s="180" t="s">
+        <v>190</v>
+      </c>
+      <c r="B150" s="181">
+        <v>273575446</v>
+      </c>
+      <c r="C150" s="182" t="s">
+        <v>9</v>
+      </c>
+      <c r="D150" s="183" t="s">
+        <v>191</v>
+      </c>
+      <c r="E150" s="59">
+        <v>50120101</v>
+      </c>
+      <c r="F150" s="184">
+        <v>180</v>
+      </c>
+      <c r="G150" s="61">
+        <v>52420.83</v>
+      </c>
+      <c r="H150" s="61">
+        <v>291.23</v>
+      </c>
+      <c r="I150" s="62">
+        <v>52420.83</v>
+      </c>
+      <c r="J150" s="63">
+        <v>1.0367</v>
+      </c>
+      <c r="K150" s="62">
+        <v>54344.67</v>
+      </c>
+      <c r="L150" s="185">
+        <v>301.91485811666666</v>
+      </c>
+      <c r="M150" s="65" t="s">
+        <v>290</v>
+      </c>
+      <c r="N150" s="138"/>
+    </row>
+    <row r="151" spans="1:14" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A151" s="186" t="s">
+        <v>190</v>
+      </c>
+      <c r="B151" s="187">
+        <v>273575446</v>
+      </c>
+      <c r="C151" s="188" t="s">
+        <v>32</v>
+      </c>
+      <c r="D151" s="150" t="s">
+        <v>191</v>
+      </c>
+      <c r="E151" s="79">
+        <v>50120102</v>
+      </c>
+      <c r="F151" s="151">
+        <v>24</v>
+      </c>
+      <c r="G151" s="81">
+        <v>7702.89</v>
+      </c>
+      <c r="H151" s="81">
+        <f>G151/F151</f>
+        <v>320.95375000000001</v>
+      </c>
+      <c r="I151" s="33">
+        <v>7702.89</v>
+      </c>
+      <c r="J151" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K151" s="33">
+        <v>7985.59</v>
+      </c>
+      <c r="L151" s="178">
+        <v>332.73275262499999</v>
+      </c>
+      <c r="M151" s="294"/>
+      <c r="N151" s="8"/>
+    </row>
+    <row r="152" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A152" s="189" t="s">
+        <v>172</v>
+      </c>
+      <c r="B152" s="69">
+        <v>202007062</v>
+      </c>
+      <c r="C152" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D152" s="9" t="s">
+        <v>173</v>
+      </c>
+      <c r="E152" s="70">
+        <v>51080001</v>
+      </c>
+      <c r="F152" s="71">
+        <v>220</v>
+      </c>
+      <c r="G152" s="72">
+        <v>95145.01</v>
+      </c>
+      <c r="H152" s="72">
+        <v>432.48</v>
+      </c>
+      <c r="I152" s="31">
+        <v>95145.01</v>
+      </c>
+      <c r="J152" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K152" s="33">
+        <v>98636.83</v>
+      </c>
+      <c r="L152" s="178">
+        <v>448.34923575909085</v>
+      </c>
+      <c r="M152" s="73"/>
+      <c r="N152" s="8"/>
+    </row>
+    <row r="153" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A153" s="68" t="s">
+        <v>201</v>
+      </c>
+      <c r="B153" s="112" t="s">
+        <v>202</v>
+      </c>
+      <c r="C153" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D153" s="9" t="s">
+        <v>203</v>
+      </c>
+      <c r="E153" s="270">
+        <v>50880102</v>
+      </c>
+      <c r="F153" s="71">
+        <v>224</v>
+      </c>
+      <c r="G153" s="72">
+        <v>102298.58</v>
+      </c>
+      <c r="H153" s="72">
+        <v>456.69</v>
+      </c>
+      <c r="I153" s="31">
+        <v>102298.58</v>
+      </c>
+      <c r="J153" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K153" s="33">
+        <v>106052.94</v>
+      </c>
+      <c r="L153" s="178">
+        <v>473.45061556249999</v>
+      </c>
+      <c r="M153" s="132"/>
+      <c r="N153" s="8"/>
+    </row>
+    <row r="154" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A154" s="68" t="s">
+        <v>201</v>
+      </c>
+      <c r="B154" s="69" t="s">
+        <v>202</v>
+      </c>
+      <c r="C154" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D154" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="E154" s="70">
+        <v>50880101</v>
+      </c>
+      <c r="F154" s="71">
+        <v>365</v>
+      </c>
+      <c r="G154" s="72">
+        <v>276321.78000000003</v>
+      </c>
+      <c r="H154" s="72">
+        <v>757.05</v>
+      </c>
+      <c r="I154" s="31">
+        <v>276321.78000000003</v>
+      </c>
+      <c r="J154" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K154" s="33">
+        <v>286462.78999999998</v>
+      </c>
+      <c r="L154" s="178">
+        <v>784.82955979726034</v>
+      </c>
+      <c r="M154" s="235"/>
+      <c r="N154" s="8"/>
+    </row>
+    <row r="155" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A155" s="88" t="s">
+        <v>163</v>
+      </c>
+      <c r="B155" s="89">
+        <v>760845512</v>
+      </c>
+      <c r="C155" s="67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D155" s="90" t="s">
+        <v>164</v>
+      </c>
+      <c r="E155" s="70">
+        <v>51000100</v>
+      </c>
+      <c r="F155" s="91">
+        <v>198</v>
+      </c>
+      <c r="G155" s="72">
+        <v>65087.71</v>
+      </c>
+      <c r="H155" s="72">
+        <v>328.73</v>
+      </c>
+      <c r="I155" s="31">
+        <v>65087.71</v>
+      </c>
+      <c r="J155" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K155" s="33">
+        <f>I155*J155</f>
+        <v>67476.428956999996</v>
+      </c>
+      <c r="L155" s="178">
+        <f>K155/F155</f>
+        <v>340.7900452373737</v>
+      </c>
+      <c r="M155" s="295">
+        <v>45962</v>
+      </c>
+      <c r="N155" s="8"/>
+    </row>
+    <row r="156" spans="1:14" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A156" s="102" t="s">
+        <v>104</v>
+      </c>
+      <c r="B156" s="103" t="s">
+        <v>115</v>
+      </c>
+      <c r="C156" s="104" t="s">
+        <v>32</v>
+      </c>
+      <c r="D156" s="105" t="s">
+        <v>113</v>
+      </c>
+      <c r="E156" s="70">
+        <v>50910102</v>
+      </c>
+      <c r="F156" s="106">
+        <v>30</v>
+      </c>
+      <c r="G156" s="72">
+        <v>7904.43</v>
+      </c>
+      <c r="H156" s="72">
+        <v>263.48</v>
+      </c>
+      <c r="I156" s="31">
+        <v>7904.43</v>
+      </c>
+      <c r="J156" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K156" s="33">
+        <v>8194.5225809999993</v>
+      </c>
+      <c r="L156" s="178">
+        <v>273.1507527</v>
+      </c>
+      <c r="M156" s="73"/>
+      <c r="N156" s="8"/>
+    </row>
+    <row r="157" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A157" s="102" t="s">
+        <v>104</v>
+      </c>
+      <c r="B157" s="103" t="s">
+        <v>115</v>
+      </c>
+      <c r="C157" s="104" t="s">
+        <v>9</v>
+      </c>
+      <c r="D157" s="105" t="s">
+        <v>104</v>
+      </c>
+      <c r="E157" s="70">
+        <v>50910101</v>
+      </c>
+      <c r="F157" s="106">
+        <v>180</v>
+      </c>
+      <c r="G157" s="72">
+        <v>66316.81</v>
+      </c>
+      <c r="H157" s="72">
+        <v>368.43</v>
+      </c>
+      <c r="I157" s="31">
+        <v>66316.81</v>
+      </c>
+      <c r="J157" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K157" s="33">
+        <v>68750.636927</v>
+      </c>
+      <c r="L157" s="178">
+        <v>381.94798292777779</v>
+      </c>
+      <c r="M157" s="73"/>
+      <c r="N157" s="8"/>
+    </row>
+    <row r="158" spans="1:14" s="75" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="A158" s="190" t="s">
+        <v>209</v>
+      </c>
+      <c r="B158" s="191" t="s">
+        <v>98</v>
+      </c>
+      <c r="C158" s="192" t="s">
+        <v>9</v>
+      </c>
+      <c r="D158" s="193" t="s">
+        <v>99</v>
+      </c>
+      <c r="E158" s="194">
+        <v>50930101</v>
+      </c>
+      <c r="F158" s="195">
+        <v>198</v>
+      </c>
+      <c r="G158" s="196">
+        <v>76010.05</v>
+      </c>
+      <c r="H158" s="196">
+        <v>383.89</v>
+      </c>
+      <c r="I158" s="197">
+        <v>76010.05</v>
+      </c>
+      <c r="J158" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K158" s="197">
+        <v>78799.62</v>
+      </c>
+      <c r="L158" s="198">
+        <v>397.9778729040404</v>
+      </c>
+      <c r="M158" s="199" t="s">
         <v>276</v>
       </c>
-      <c r="H92" s="306"/>
-      <c r="I92" s="145" t="s">
+      <c r="N158" s="138"/>
+    </row>
+    <row r="159" spans="1:14" x14ac:dyDescent="0.4">
+      <c r="A159" s="190" t="s">
+        <v>209</v>
+      </c>
+      <c r="B159" s="200" t="s">
+        <v>98</v>
+      </c>
+      <c r="C159" s="201" t="s">
+        <v>9</v>
+      </c>
+      <c r="D159" s="201" t="s">
+        <v>100</v>
+      </c>
+      <c r="E159" s="194">
+        <v>50930202</v>
+      </c>
+      <c r="F159" s="202">
+        <v>216</v>
+      </c>
+      <c r="G159" s="196">
+        <v>117842.16</v>
+      </c>
+      <c r="H159" s="196">
+        <v>545.57000000000005</v>
+      </c>
+      <c r="I159" s="197">
+        <v>117842.16</v>
+      </c>
+      <c r="J159" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K159" s="197">
+        <v>122166.97</v>
+      </c>
+      <c r="L159" s="198">
+        <v>565.58781144444447</v>
+      </c>
+      <c r="M159" s="199" t="s">
         <v>276</v>
       </c>
-      <c r="J92" s="137"/>
-[...46 lines deleted...]
-      <c r="C94" s="95" t="s">
+      <c r="N159" s="8"/>
+    </row>
+    <row r="160" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A160" s="153" t="s">
+        <v>209</v>
+      </c>
+      <c r="B160" s="69" t="s">
+        <v>98</v>
+      </c>
+      <c r="C160" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D160" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="E160" s="70">
+        <v>50930201</v>
+      </c>
+      <c r="F160" s="71">
+        <v>365</v>
+      </c>
+      <c r="G160" s="72">
+        <v>326341.17</v>
+      </c>
+      <c r="H160" s="72">
+        <v>894.09</v>
+      </c>
+      <c r="I160" s="31">
+        <v>326341.17</v>
+      </c>
+      <c r="J160" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K160" s="33">
+        <v>338317.89</v>
+      </c>
+      <c r="L160" s="178">
+        <v>926.89833133972593</v>
+      </c>
+      <c r="M160" s="73"/>
+      <c r="N160" s="8"/>
+    </row>
+    <row r="161" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A161" s="88" t="s">
+        <v>137</v>
+      </c>
+      <c r="B161" s="131" t="s">
+        <v>101</v>
+      </c>
+      <c r="C161" s="67" t="s">
+        <v>7</v>
+      </c>
+      <c r="D161" s="90" t="s">
+        <v>242</v>
+      </c>
+      <c r="E161" s="70">
+        <v>50940102</v>
+      </c>
+      <c r="F161" s="91">
+        <v>365</v>
+      </c>
+      <c r="G161" s="72">
+        <v>327351.63</v>
+      </c>
+      <c r="H161" s="72">
+        <v>896.85</v>
+      </c>
+      <c r="I161" s="31">
+        <v>327351.63</v>
+      </c>
+      <c r="J161" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K161" s="33">
+        <v>339365.43482099997</v>
+      </c>
+      <c r="L161" s="178">
+        <v>929.76831457808214</v>
+      </c>
+      <c r="M161" s="73"/>
+      <c r="N161" s="8"/>
+    </row>
+    <row r="162" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A162" s="88" t="s">
+        <v>137</v>
+      </c>
+      <c r="B162" s="89" t="s">
+        <v>101</v>
+      </c>
+      <c r="C162" s="67" t="s">
         <v>9</v>
       </c>
-      <c r="D94" s="96" t="s">
-[...38 lines deleted...]
-      <c r="C95" s="17" t="s">
+      <c r="D162" s="90" t="s">
+        <v>119</v>
+      </c>
+      <c r="E162" s="70">
+        <v>50940101</v>
+      </c>
+      <c r="F162" s="91">
+        <v>220</v>
+      </c>
+      <c r="G162" s="72">
+        <v>86650.63</v>
+      </c>
+      <c r="H162" s="72">
+        <v>393.87</v>
+      </c>
+      <c r="I162" s="31">
+        <v>86650.63</v>
+      </c>
+      <c r="J162" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K162" s="33">
+        <v>89830.708121000003</v>
+      </c>
+      <c r="L162" s="178">
+        <v>408.32140055000002</v>
+      </c>
+      <c r="M162" s="73"/>
+      <c r="N162" s="8"/>
+    </row>
+    <row r="163" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A163" s="88" t="s">
+        <v>193</v>
+      </c>
+      <c r="B163" s="89">
+        <v>42939430</v>
+      </c>
+      <c r="C163" s="67" t="s">
         <v>7</v>
       </c>
-      <c r="D95" s="39" t="s">
-[...5 lines deleted...]
-      <c r="F95" s="16">
+      <c r="D163" s="90" t="s">
+        <v>39</v>
+      </c>
+      <c r="E163" s="70">
+        <v>50950101</v>
+      </c>
+      <c r="F163" s="91">
         <v>365</v>
       </c>
-      <c r="G95" s="55">
-[...29 lines deleted...]
-      <c r="C96" s="270" t="s">
+      <c r="G163" s="72">
+        <v>383256.35</v>
+      </c>
+      <c r="H163" s="72">
+        <v>1050.02</v>
+      </c>
+      <c r="I163" s="31">
+        <v>383256.35</v>
+      </c>
+      <c r="J163" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K163" s="33">
+        <v>397321.86</v>
+      </c>
+      <c r="L163" s="178">
+        <v>1088.5530357397258</v>
+      </c>
+      <c r="M163" s="73"/>
+      <c r="N163" s="8"/>
+    </row>
+    <row r="164" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A164" s="88" t="s">
+        <v>102</v>
+      </c>
+      <c r="B164" s="131" t="s">
+        <v>236</v>
+      </c>
+      <c r="C164" s="67" t="s">
         <v>9</v>
       </c>
-      <c r="D96" s="271" t="s">
-[...5 lines deleted...]
-      <c r="F96" s="273">
+      <c r="D164" s="90" t="s">
+        <v>9</v>
+      </c>
+      <c r="E164" s="70">
+        <v>50960101</v>
+      </c>
+      <c r="F164" s="91">
         <v>180</v>
       </c>
-      <c r="G96" s="274">
-[...71 lines deleted...]
-      <c r="C98" s="15" t="s">
+      <c r="G164" s="72">
+        <v>83170.960000000006</v>
+      </c>
+      <c r="H164" s="72">
+        <v>462.06</v>
+      </c>
+      <c r="I164" s="31">
+        <v>83170.960000000006</v>
+      </c>
+      <c r="J164" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K164" s="33">
+        <v>86223.33</v>
+      </c>
+      <c r="L164" s="178">
+        <v>479.01852351111114</v>
+      </c>
+      <c r="M164" s="203"/>
+      <c r="N164" s="8"/>
+    </row>
+    <row r="165" spans="1:14" ht="27" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A165" s="68" t="s">
+        <v>103</v>
+      </c>
+      <c r="B165" s="112" t="s">
+        <v>237</v>
+      </c>
+      <c r="C165" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="D98" s="38" t="s">
-[...5 lines deleted...]
-      <c r="F98" s="20">
+      <c r="D165" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="E165" s="70">
+        <v>50970101</v>
+      </c>
+      <c r="F165" s="71">
         <v>180</v>
       </c>
-      <c r="G98" s="54">
-[...27 lines deleted...]
-      <c r="C99" s="22" t="s">
+      <c r="G165" s="72">
+        <v>71062.710000000006</v>
+      </c>
+      <c r="H165" s="72">
+        <v>394.79</v>
+      </c>
+      <c r="I165" s="31">
+        <v>71062.710000000006</v>
+      </c>
+      <c r="J165" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K165" s="33">
+        <v>73670.710000000006</v>
+      </c>
+      <c r="L165" s="178">
+        <v>409.28173031666665</v>
+      </c>
+      <c r="M165" s="159"/>
+      <c r="N165" s="8"/>
+    </row>
+    <row r="166" spans="1:14" ht="27" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A166" s="68" t="s">
+        <v>266</v>
+      </c>
+      <c r="B166" s="204" t="s">
+        <v>267</v>
+      </c>
+      <c r="C166" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="D99" s="40" t="s">
-[...573 lines deleted...]
-      <c r="F113" s="20">
+      <c r="D166" s="9" t="s">
+        <v>268</v>
+      </c>
+      <c r="E166" s="70">
+        <v>51170101</v>
+      </c>
+      <c r="F166" s="71">
         <v>224</v>
       </c>
-      <c r="G113" s="54">
-[...230 lines deleted...]
-      <c r="D119" s="38" t="s">
+      <c r="G166" s="72">
+        <v>114498.469</v>
+      </c>
+      <c r="H166" s="72">
+        <v>511.154</v>
+      </c>
+      <c r="I166" s="31">
+        <v>114498.469</v>
+      </c>
+      <c r="J166" s="32">
+        <v>1.0367</v>
+      </c>
+      <c r="K166" s="33">
+        <v>118700.56</v>
+      </c>
+      <c r="L166" s="178">
+        <v>529.91322684062493</v>
+      </c>
+      <c r="M166" s="171"/>
+      <c r="N166" s="8"/>
+    </row>
+    <row r="167" spans="1:14" ht="14.9" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A167" s="305"/>
+      <c r="B167" s="97"/>
+      <c r="C167" s="306"/>
+      <c r="D167" s="307"/>
+      <c r="E167" s="306"/>
+      <c r="F167" s="308"/>
+      <c r="G167" s="309"/>
+      <c r="H167" s="309"/>
+      <c r="I167" s="310"/>
+      <c r="J167" s="32"/>
+      <c r="K167" s="310"/>
+      <c r="L167" s="309"/>
+      <c r="M167" s="311"/>
+      <c r="N167" s="8"/>
+    </row>
+    <row r="168" spans="1:14" ht="14.9" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A168" s="305"/>
+      <c r="B168" s="97"/>
+      <c r="C168" s="306"/>
+      <c r="D168" s="307"/>
+      <c r="E168" s="312"/>
+      <c r="F168" s="306"/>
+      <c r="G168" s="309"/>
+      <c r="H168" s="309"/>
+      <c r="I168" s="310"/>
+      <c r="J168" s="32"/>
+      <c r="K168" s="310"/>
+      <c r="L168" s="309"/>
+      <c r="M168" s="311"/>
+      <c r="N168" s="8"/>
+    </row>
+    <row r="169" spans="1:14" ht="14.9" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A169" s="76"/>
+      <c r="B169" s="97"/>
+      <c r="C169" s="78"/>
+      <c r="D169" s="78"/>
+      <c r="E169" s="313"/>
+      <c r="F169" s="80"/>
+      <c r="G169" s="81"/>
+      <c r="H169" s="81"/>
+      <c r="I169" s="33"/>
+      <c r="J169" s="32"/>
+      <c r="K169" s="33"/>
+      <c r="M169" s="294"/>
+      <c r="N169" s="8"/>
+    </row>
+    <row r="170" spans="1:14" x14ac:dyDescent="0.4">
+      <c r="A170" s="305"/>
+      <c r="B170" s="97"/>
+      <c r="C170" s="306"/>
+      <c r="D170" s="307"/>
+      <c r="E170" s="313"/>
+      <c r="F170" s="306"/>
+      <c r="G170" s="309"/>
+      <c r="H170" s="309"/>
+      <c r="I170" s="310"/>
+      <c r="J170" s="32"/>
+      <c r="K170" s="310"/>
+      <c r="L170" s="309"/>
+      <c r="M170" s="314"/>
+      <c r="N170" s="8"/>
+    </row>
+    <row r="171" spans="1:14" x14ac:dyDescent="0.4">
+      <c r="A171" s="68"/>
+      <c r="G171" s="205"/>
+      <c r="H171" s="205"/>
+      <c r="I171" s="205"/>
+      <c r="J171" s="206"/>
+      <c r="K171" s="206"/>
+      <c r="M171" s="171"/>
+      <c r="N171" s="8"/>
+    </row>
+    <row r="172" spans="1:14" ht="38.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A172" s="207" t="s">
         <v>117</v>
       </c>
-      <c r="E119" s="87">
-[...1412 lines deleted...]
-      <c r="A155" s="200" t="s">
+      <c r="D172" s="208"/>
+      <c r="E172" s="209"/>
+      <c r="F172" s="210"/>
+      <c r="M172" s="171"/>
+      <c r="N172" s="8"/>
+    </row>
+    <row r="173" spans="1:14" x14ac:dyDescent="0.4">
+      <c r="A173" s="207" t="s">
         <v>105</v>
       </c>
-      <c r="B155" s="116" t="s">
-[...467 lines deleted...]
-      <c r="A169" s="188" t="s">
+      <c r="M173" s="171"/>
+      <c r="N173" s="8"/>
+    </row>
+    <row r="174" spans="1:14" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A174" s="68" t="s">
+        <v>159</v>
+      </c>
+      <c r="M174" s="171"/>
+      <c r="N174" s="8"/>
+    </row>
+    <row r="175" spans="1:14" ht="35" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A175" s="68" t="s">
         <v>160</v>
       </c>
-      <c r="M169" s="204"/>
-[...61 lines deleted...]
-      <c r="M175" s="170"/>
+      <c r="M175" s="171"/>
+      <c r="N175" s="8"/>
+    </row>
+    <row r="176" spans="1:14" ht="37.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A176" s="68" t="s">
+        <v>246</v>
+      </c>
+      <c r="C176" s="71"/>
+      <c r="D176" s="212"/>
+      <c r="M176" s="171"/>
+      <c r="N176" s="8"/>
+    </row>
+    <row r="177" spans="1:14" ht="29.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A177" s="68" t="s">
+        <v>207</v>
+      </c>
+      <c r="M177" s="171"/>
+      <c r="N177" s="8"/>
+    </row>
+    <row r="178" spans="1:14" ht="0.4" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A178" s="68" t="s">
+        <v>272</v>
+      </c>
+      <c r="M178" s="171"/>
+      <c r="N178" s="8"/>
+    </row>
+    <row r="179" spans="1:14" ht="17" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A179" s="213"/>
+      <c r="B179" s="214"/>
+      <c r="C179" s="215"/>
+      <c r="D179" s="215"/>
+      <c r="E179" s="216"/>
+      <c r="F179" s="217"/>
+      <c r="G179" s="218"/>
+      <c r="H179" s="218"/>
+      <c r="I179" s="218"/>
+      <c r="J179" s="219"/>
+      <c r="K179" s="219"/>
+      <c r="L179" s="219"/>
+      <c r="M179" s="220"/>
+      <c r="N179" s="8"/>
+    </row>
+    <row r="180" spans="1:14" x14ac:dyDescent="0.4">
+      <c r="A180" s="221"/>
+      <c r="B180" s="27"/>
+      <c r="C180" s="28"/>
+      <c r="D180" s="222"/>
+      <c r="E180" s="223"/>
+      <c r="F180" s="30"/>
+      <c r="G180" s="224"/>
+      <c r="H180" s="224"/>
+      <c r="I180" s="224"/>
+      <c r="J180" s="34"/>
+      <c r="K180" s="34"/>
+      <c r="L180" s="34"/>
+      <c r="M180" s="225"/>
     </row>
   </sheetData>
-  <autoFilter ref="A6:M165" xr:uid="{91382A70-B18D-466F-9EB0-52B05DA3B576}"/>
-[...2 lines deleted...]
-    <mergeCell ref="K137:L137"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="gmUu1S+QZEkzGOMoYCcfljwVMraife2a6Y0MCNpR0HxEUaFYlASpEfd6klqWi9rUthPjHDNsoldrrl3lV8YHSg==" saltValue="V6GlcAFQoTc1zSu0nF1k5A==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" sort="0" selectUnlockedCells="1"/>
+  <autoFilter ref="A6:M170" xr:uid="{5D55AEF0-9483-404B-A479-5A342EAF42D5}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:M170">
+      <sortCondition ref="A6:A170"/>
+    </sortState>
+  </autoFilter>
+  <mergeCells count="2">
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="K4:L4"/>
-    <mergeCell ref="G44:H44"/>
-[...2 lines deleted...]
-    <mergeCell ref="K92:L92"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="64" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="3" manualBreakCount="3">
-    <brk id="43" max="16383" man="1"/>
-[...1 lines deleted...]
-    <brk id="136" max="16383" man="1"/>
+    <brk id="43" max="12" man="1"/>
+    <brk id="94" max="12" man="1"/>
+    <brk id="141" max="16383" man="1"/>
   </rowBreaks>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004109C90223FB7C4B9CAF6661548384FA" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a7ff4d8653c84f9e37347fa09a97a7b2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c71a2117-05ec-4805-8471-aa9ec9b58a70" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6f85cd47c6bafd03b2237737f547e69b" ns2:_="" ns3:_="">
     <xsd:import namespace="c71a2117-05ec-4805-8471-aa9ec9b58a70"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c71a2117-05ec-4805-8471-aa9ec9b58a70" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -9869,98 +10026,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E4D36B0-DFDC-47B1-AD6B-54A07D05FDED}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E64B311-909E-49E4-ABFC-BFA80BD2F9AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8B22645-522A-4598-B33F-E5BD2DDCF4A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{448475C5-3F59-4DFA-BD9C-FC9646EA846F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c71a2117-05ec-4805-8471-aa9ec9b58a70"/>
     <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">