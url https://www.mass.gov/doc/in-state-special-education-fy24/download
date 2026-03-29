--- v1 (2026-01-27)
+++ v2 (2026-03-29)
@@ -1,749 +1,338 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/jacquiline_brown_mass_gov/Documents/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/jacquiline_brown_mass_gov/Documents/SharePoint Transfer (8.2.23)/SpedPr26/Tuitions/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{87242E13-05FB-4418-8D3D-215272206C91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{09358FD7-3A65-41AD-A42D-6AD4C66C046C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="19090" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{D485E5EC-3FBE-41DD-9677-23BBBB8586D5}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="1" xr2:uid="{D485E5EC-3FBE-41DD-9677-23BBBB8586D5}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="2" r:id="rId1"/>
+    <sheet name="Instructions " sheetId="5" r:id="rId1"/>
+    <sheet name="In State Special Ed. Prices" sheetId="4" r:id="rId2"/>
   </sheets>
-  <externalReferences>
-[...2 lines deleted...]
-  </externalReferences>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$6:$M$170</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$M$177</definedName>
+    <definedName name="DayOfOperation">FY26_In_State_Education_Prices[Days of Operation]</definedName>
+    <definedName name="DESEProgram">FY26_In_State_Education_Prices[DESE Program]</definedName>
+    <definedName name="FiscalYear2026">FY26_In_State_Education_Prices[Fiscal Year 2026]</definedName>
+    <definedName name="Notes">FY26_In_State_Education_Prices[Notes]</definedName>
+    <definedName name="ProgramName">FY26_In_State_Education_Prices[Program Name]</definedName>
+    <definedName name="ProgramType">FY26_In_State_Education_Prices[Program Type]</definedName>
+    <definedName name="SchoolName">FY26_In_State_Education_Prices[[School Name ]]</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...293 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="662" uniqueCount="296">
-[...17 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="609" uniqueCount="235">
   <si>
     <t>Amego</t>
   </si>
   <si>
     <t>Res Ed</t>
   </si>
   <si>
     <t>Autistic</t>
   </si>
   <si>
     <t>Day</t>
   </si>
   <si>
     <t>Bay Cove</t>
   </si>
   <si>
-    <t>042103886</t>
-[...1 lines deleted...]
-  <si>
     <t>Day Education</t>
   </si>
   <si>
     <t>Boston College Campus School</t>
   </si>
   <si>
     <t>Campus School</t>
   </si>
   <si>
     <t>Boston Higashi School</t>
   </si>
   <si>
-    <t>222803661</t>
-[...4 lines deleted...]
-  <si>
     <t>Braintree St. Coletta</t>
   </si>
   <si>
     <t>Brandon Residential Treatment Center</t>
   </si>
   <si>
     <t>Intensive Day</t>
   </si>
   <si>
     <t>Corwin-Russell</t>
   </si>
   <si>
     <t>Camp Sunshine Day</t>
   </si>
   <si>
-    <t>042104871</t>
-[...1 lines deleted...]
-  <si>
     <t>Day/Vocational</t>
   </si>
   <si>
     <t>Residential</t>
   </si>
   <si>
     <t>Clarke School for the Deaf</t>
   </si>
   <si>
     <t>Clarke School East</t>
   </si>
   <si>
-    <t>042576523</t>
-[...1 lines deleted...]
-  <si>
     <t>766 School</t>
   </si>
   <si>
     <t>Community Therapeutic Day School</t>
   </si>
   <si>
-    <t>222725934</t>
-[...1 lines deleted...]
-  <si>
     <t>Summer</t>
   </si>
   <si>
     <t>Day School</t>
   </si>
   <si>
-    <t>042539383</t>
-[...1 lines deleted...]
-  <si>
     <t>766 Day School</t>
   </si>
   <si>
-    <t>042104328</t>
-[...1 lines deleted...]
-  <si>
     <t>Cotting Day</t>
   </si>
   <si>
     <t>Cotting Summer</t>
   </si>
   <si>
     <t>Intensive</t>
   </si>
   <si>
-    <t>231390618</t>
-[...4 lines deleted...]
-  <si>
     <t>BDU</t>
   </si>
   <si>
     <t>Fall River Deaconess, Inc.</t>
   </si>
   <si>
     <t>Residential Program</t>
   </si>
   <si>
     <t>Kennedy Day</t>
   </si>
   <si>
     <t>Hillcrest Educational Centers, Inc.</t>
   </si>
   <si>
-    <t>042848510</t>
-[...1 lines deleted...]
-  <si>
     <t>Intensive Tx Unit</t>
   </si>
   <si>
     <t>Home for Little Wanderers</t>
   </si>
   <si>
-    <t>042104764</t>
-[...1 lines deleted...]
-  <si>
     <t>Day Program</t>
   </si>
   <si>
     <t>Main Program</t>
   </si>
   <si>
     <t>Italian Home for Children, Inc.</t>
   </si>
   <si>
-    <t>042103799</t>
-[...1 lines deleted...]
-  <si>
     <t>Italian Home Day</t>
   </si>
   <si>
     <t>Farr Academy</t>
   </si>
   <si>
-    <t>042103860</t>
-[...1 lines deleted...]
-  <si>
     <t>Manville-Summer</t>
   </si>
   <si>
     <t>Manville</t>
   </si>
   <si>
-    <t>042526357</t>
-[...1 lines deleted...]
-  <si>
     <t>Landmark Foundation</t>
   </si>
   <si>
-    <t>042429311</t>
-[...1 lines deleted...]
-  <si>
     <t>Landmark Day</t>
   </si>
   <si>
     <t>Landmark Residential</t>
   </si>
   <si>
-    <t>046139988</t>
-[...1 lines deleted...]
-  <si>
     <t>Day Ed</t>
   </si>
   <si>
     <t>Fine House</t>
   </si>
   <si>
-    <t>237064431</t>
-[...1 lines deleted...]
-  <si>
     <t>Lighthouse School</t>
   </si>
   <si>
     <t>Margaret Gifford School</t>
   </si>
   <si>
     <t>Gifford School</t>
   </si>
   <si>
     <t>Gifford Summer</t>
   </si>
   <si>
-    <t>042109859</t>
-[...4 lines deleted...]
-  <si>
     <t>McAuley Nazareth</t>
   </si>
   <si>
     <t>Arlington-Academy</t>
   </si>
   <si>
     <t>Melmark Home, Inc.</t>
   </si>
   <si>
     <t>Melmark N.E.</t>
   </si>
   <si>
     <t>N.E.A.R.I.</t>
   </si>
   <si>
     <t>New England Center for Children</t>
   </si>
   <si>
-    <t>042708762</t>
-[...1 lines deleted...]
-  <si>
     <t>New Directions</t>
   </si>
   <si>
     <t>Perkins School for the Blind</t>
   </si>
   <si>
-    <t>042103616</t>
-[...4 lines deleted...]
-  <si>
     <t>Riverview School</t>
   </si>
   <si>
-    <t>042240919</t>
-[...1 lines deleted...]
-  <si>
     <t>Riverview</t>
   </si>
   <si>
-    <t>042104866</t>
-[...1 lines deleted...]
-  <si>
     <t>St. Ann's Day School</t>
   </si>
   <si>
     <t>St. Ann's Residential</t>
   </si>
   <si>
-    <t>042730069</t>
-[...1 lines deleted...]
-  <si>
     <t>Dearborn Academy</t>
   </si>
   <si>
     <t>Dearborn Summer</t>
   </si>
   <si>
     <t>Seaport Campus</t>
   </si>
   <si>
     <t>Stetson School</t>
   </si>
   <si>
-    <t>042197449</t>
-[...4 lines deleted...]
-  <si>
     <t>Beacon High School</t>
   </si>
   <si>
     <t>Walker School</t>
   </si>
   <si>
-    <t>042630450</t>
-[...1 lines deleted...]
-  <si>
     <t>Willie Ross School for the Deaf</t>
   </si>
   <si>
     <t>Willow Hill School</t>
   </si>
   <si>
     <t>Valley West Day School</t>
   </si>
   <si>
-    <t>Notes:</t>
-[...1 lines deleted...]
-  <si>
     <t>Solstice Day Program</t>
   </si>
   <si>
     <t xml:space="preserve">Day </t>
   </si>
   <si>
     <t>Latham Centers, Inc.</t>
   </si>
   <si>
     <t>Learning Center Day</t>
   </si>
   <si>
     <t>Learning Center Res</t>
   </si>
   <si>
     <t>Melmark Day</t>
   </si>
   <si>
     <t>Victor School</t>
   </si>
   <si>
     <t>Valley West Summer</t>
   </si>
   <si>
     <t>Farr Academy Summer</t>
   </si>
   <si>
-    <t>043220344</t>
-[...1 lines deleted...]
-  <si>
     <t>Intensive Instruction</t>
   </si>
   <si>
-    <t xml:space="preserve">THIS PRICE LIST IS UPDATED REGULARLY. </t>
-[...1 lines deleted...]
-  <si>
     <t>CNS</t>
   </si>
   <si>
     <t>Wayside Academy</t>
   </si>
   <si>
     <t>Meadowridge</t>
   </si>
   <si>
     <t>N.E.C.C. Severe</t>
   </si>
   <si>
     <t>N.E.C.C. Residen</t>
   </si>
   <si>
     <t>May Institute</t>
   </si>
   <si>
     <t>Saint Ann's Home, Inc.</t>
   </si>
   <si>
     <t>Seven Hills Foundation, Inc.</t>
   </si>
   <si>
     <t>Nashoba Learning Group, Inc.</t>
@@ -763,53 +352,50 @@
   <si>
     <t>Evergreen Center, Inc.</t>
   </si>
   <si>
     <t>James Farr Academy</t>
   </si>
   <si>
     <t>Clearway School, Inc.</t>
   </si>
   <si>
     <t>Cutchins Programs for Children &amp; Fam.</t>
   </si>
   <si>
     <t>Devereux Foundation of Mass., Inc.</t>
   </si>
   <si>
     <t>Schools for Children</t>
   </si>
   <si>
     <t>Wayside Youth and Family Support Ntwk.</t>
   </si>
   <si>
     <t>Groton - Clin Nursery</t>
   </si>
   <si>
-    <t>043230035</t>
-[...1 lines deleted...]
-  <si>
     <t>Broccoli Hall, Inc.</t>
   </si>
   <si>
     <t>Little People's School</t>
   </si>
   <si>
     <t>West Springfield</t>
   </si>
   <si>
     <t>F. L. Chamberlain School, Inc.</t>
   </si>
   <si>
     <t>Franciscan Children's Hospital</t>
   </si>
   <si>
     <t>N. E. Adolescent Research Institute</t>
   </si>
   <si>
     <t>Comp. Services Prog.</t>
   </si>
   <si>
     <t>Intermediate</t>
   </si>
   <si>
     <t>Randolph Day</t>
@@ -823,74 +409,65 @@
   <si>
     <t>Berkshire Meadows</t>
   </si>
   <si>
     <t>Realizing Children's Strengths</t>
   </si>
   <si>
     <t>Day Ed.</t>
   </si>
   <si>
     <t>New England Academy</t>
   </si>
   <si>
     <t>NE Academy</t>
   </si>
   <si>
     <t>Multi H.</t>
   </si>
   <si>
     <t>Crossroads School</t>
   </si>
   <si>
     <t>Housatonic Academy</t>
   </si>
   <si>
-    <t xml:space="preserve">1. Program reconstruction requested pursuant to 808 CMR 1.06(3). </t>
-[...4 lines deleted...]
-  <si>
     <t>Learning Ctr. for the Deaf</t>
   </si>
   <si>
     <t>Darnell School</t>
   </si>
   <si>
     <t>Summit Academy</t>
   </si>
   <si>
     <t>Sch. for Alt. Learners</t>
   </si>
   <si>
     <t>Learning Prep School</t>
   </si>
   <si>
-    <t>Annual Price</t>
-[...1 lines deleted...]
-  <si>
     <t>Daily Price</t>
   </si>
   <si>
     <t>Judge Baker Children's Center, Inc.</t>
   </si>
   <si>
     <t>Milestones, Inc.</t>
   </si>
   <si>
     <t>Judge Rotenberg Educational Center</t>
   </si>
   <si>
     <t>Judge Rotenberg</t>
   </si>
   <si>
     <t>Springdale Education Center</t>
   </si>
   <si>
     <t>Springdale Ed. Center</t>
   </si>
   <si>
     <t>Center for School Crisis Inter. &amp; Assess.</t>
   </si>
   <si>
     <t>Center School</t>
@@ -934,1719 +511,527 @@
   <si>
     <t>Southeast Campus Day</t>
   </si>
   <si>
     <t>Southeast Campus Res.</t>
   </si>
   <si>
     <t>Specialized Education Services, Inc.</t>
   </si>
   <si>
     <t>High Road School of MA.</t>
   </si>
   <si>
     <t>Riverview Day</t>
   </si>
   <si>
     <t>Whitney Academy, Inc.</t>
   </si>
   <si>
     <t>MAB Community Services</t>
   </si>
   <si>
     <t>Residential Ed. 365</t>
   </si>
   <si>
-    <t>DESE</t>
-[...1 lines deleted...]
-  <si>
     <t>Intensive Res.</t>
   </si>
   <si>
     <t>Autism Spectrum Disorders</t>
   </si>
   <si>
     <t>IVY Street School</t>
   </si>
   <si>
     <t>IVY Street School Day Program</t>
   </si>
   <si>
     <t>Stevens Children's Home</t>
   </si>
   <si>
-    <t>042105950</t>
-[...1 lines deleted...]
-  <si>
     <t>Stevens Home</t>
   </si>
   <si>
     <t>Stevens Home  Day Program</t>
   </si>
   <si>
     <t xml:space="preserve">Amego School Day </t>
   </si>
   <si>
     <t>Crossroads School  Children, Inc.</t>
   </si>
   <si>
-    <t>4. New Program</t>
-[...1 lines deleted...]
-  <si>
     <t>Mill Pond Day Program</t>
   </si>
   <si>
     <t>Walker, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">Merrimac Heights Academy </t>
   </si>
   <si>
     <t>Merrimac Heights Academy Day Program</t>
   </si>
   <si>
     <t xml:space="preserve"> Granite Day Ed</t>
   </si>
   <si>
     <t xml:space="preserve">Hopeful Journeys </t>
   </si>
   <si>
     <t>Anchor Academy</t>
   </si>
   <si>
     <t>Justice Resource Institute</t>
   </si>
   <si>
-    <t xml:space="preserve"> Highlighted  Areas Indicates Price May Increase. </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Meeting Street School </t>
   </si>
   <si>
-    <t>030284103</t>
-[...4 lines deleted...]
-  <si>
     <t>CARES</t>
   </si>
   <si>
     <t>Center for Applied Behavioral Instruction</t>
   </si>
   <si>
     <t>Hopeful Journeys Education Center, Inc.</t>
   </si>
   <si>
     <t>Schwartz Center Day</t>
   </si>
   <si>
     <t>Clifford Day</t>
   </si>
   <si>
     <t>Clifford Res</t>
   </si>
   <si>
-    <t>042103766</t>
-[...31 lines deleted...]
-  <si>
     <t>Clifford Academy 36 Day</t>
   </si>
   <si>
     <t>Intermediate Day Program</t>
   </si>
   <si>
     <t>Intensive Day Program</t>
   </si>
   <si>
     <t>Intensive Residential Program</t>
   </si>
   <si>
     <t>Residential Education</t>
   </si>
   <si>
     <t>Intermediate Res.</t>
   </si>
   <si>
     <t>Littleton Academy</t>
   </si>
   <si>
     <t>Hillcrest Inten -Day program</t>
   </si>
   <si>
-    <t>3. Extraordinary Relief Requested pursuant to 808CMR 1.06 (4).</t>
-[...1 lines deleted...]
-  <si>
     <t>Hillcrest Centers</t>
   </si>
   <si>
-    <t>2 (FY23)</t>
-[...1 lines deleted...]
-  <si>
     <t>Beth Israel Lahey Health</t>
   </si>
   <si>
     <t>Branches School of the Berkshire</t>
   </si>
   <si>
     <t xml:space="preserve">Branches School </t>
   </si>
   <si>
     <t>RFK Community Alliance</t>
   </si>
   <si>
-    <t>FEIN #</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">School Name </t>
   </si>
   <si>
     <t>Guild for Human Services</t>
   </si>
   <si>
-    <t>042103834</t>
-[...1 lines deleted...]
-  <si>
     <t>Curtis Blake Day School</t>
   </si>
   <si>
     <t>New England Long Term Care</t>
   </si>
   <si>
     <t xml:space="preserve">NELTC Day Progrram </t>
   </si>
   <si>
     <t>Doctor Franklin Perkins School Intensive Residential Program</t>
   </si>
   <si>
     <t xml:space="preserve">Doctor Franklin Perkins School Day Program </t>
   </si>
   <si>
     <t>RFK Academy Day Program</t>
   </si>
   <si>
     <t>Don Watson Academy Day Program</t>
   </si>
   <si>
-    <t>042912578</t>
-[...1 lines deleted...]
-  <si>
     <t>Cardinal Cushing  Ctr.</t>
   </si>
   <si>
     <t xml:space="preserve">Your Educational Success </t>
   </si>
   <si>
-    <t>001519704</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> YES Day Program </t>
   </si>
   <si>
     <t xml:space="preserve">Norwood Rehabilitative </t>
   </si>
   <si>
     <t>McAuley Nazareth Inc.</t>
   </si>
   <si>
     <t>Helix Human Services, Inc</t>
   </si>
   <si>
-    <t>5. Corrected tuition</t>
-[...1 lines deleted...]
-  <si>
     <t>Mass General Brigham Inc.  and Affiliates AKA McLean</t>
   </si>
   <si>
     <t>Mass General Brigham Inc.  and Affiliates" AKA McLean</t>
   </si>
   <si>
-    <t>Fiscal Year 2025</t>
-[...19 lines deleted...]
-  <si>
     <t>Fiscal Year 2026</t>
   </si>
   <si>
     <t>West Meadow or ATC</t>
   </si>
   <si>
     <t>League School of Autisum, Inc.</t>
   </si>
   <si>
     <t>Partners in Child Development</t>
   </si>
   <si>
     <t>Advocates</t>
   </si>
   <si>
     <t xml:space="preserve">South Shore Stars and Learning Center </t>
   </si>
   <si>
     <t>South Shore Stars  School</t>
   </si>
   <si>
-    <t>237097840</t>
-[...4 lines deleted...]
-  <si>
     <t>2(FY 2027)</t>
   </si>
   <si>
     <t>1 (FY2027)</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t xml:space="preserve">Children's Center for Communication Inc. </t>
   </si>
   <si>
-    <t>FY 26 Special Education Programs</t>
+    <t>Program Type</t>
+  </si>
+  <si>
+    <t>Program Name</t>
+  </si>
+  <si>
+    <t>DESE Program</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Note column indicates that prices may change and type of change.  A number  1 denotes a Program reconstruction request pursuant to 808 CMR 1.06(3).  A number  2  denotes that Special Circumstances was requested pursuant to 808 CMR 1.06(7)(c).  A number 3 denotes a Extraordinary Relief Request pursuant to 808 CMR 1.06 (4). The Note column also includes the effective date of a price change other than 7/1/25. </t>
+  </si>
+  <si>
+    <t>Positive Regard Network</t>
+  </si>
+  <si>
+    <t>Tate Learning Center</t>
+  </si>
+  <si>
+    <t>TBA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 (FY 2026) </t>
+  </si>
+  <si>
+    <t>1 (FY 2026)</t>
+  </si>
+  <si>
+    <t>1 (FY 2027)</t>
+  </si>
+  <si>
+    <t>1 (FY 2025)</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>End of Worksheet</t>
+  </si>
+  <si>
+    <t>Fiscal Year 2026. Last updated March 2026.</t>
+  </si>
+  <si>
+    <t>Days of Operation</t>
+  </si>
+  <si>
+    <t>2 (FY 2023)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="6">
+  <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
-    <numFmt numFmtId="164" formatCode="_([$$-409]* #,##0.00_);_([$$-409]* \(#,##0.00\);_([$$-409]* &quot;-&quot;??_);_(@_)"/>
-[...2 lines deleted...]
-    <numFmt numFmtId="167" formatCode="000000000"/>
+    <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="21" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="9"/>
-[...11 lines deleted...]
-    <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="0"/>
+      <sz val="10"/>
       <name val="Calibri"/>
-      <family val="2"/>
-[...27 lines deleted...]
-      <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="12.5"/>
-[...54 lines deleted...]
-      <name val="Aptos Narrow"/>
+      <sz val="12"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="13">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...59 lines deleted...]
-    </fill>
   </fills>
-  <borders count="31">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...374 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="12">
+  <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="29" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="9" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="334">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="167" fontId="10" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...282 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...453 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="12">
-[...7 lines deleted...]
-    <cellStyle name="Neutral" xfId="8" builtinId="28"/>
+  <cellStyles count="6">
+    <cellStyle name="Comma 2" xfId="1" xr:uid="{12E2F04B-7562-4076-AFB5-47CF24A9638E}"/>
+    <cellStyle name="Currency 2" xfId="2" xr:uid="{8A77A58A-1FE3-48F1-9AD8-8D95A9196637}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="9" xr:uid="{19DBE159-4ADA-4E3D-A2A5-B3285B56FF0C}"/>
-[...1 lines deleted...]
-    <cellStyle name="Normal 3" xfId="11" xr:uid="{3660A2B4-4F13-4796-BA3D-36AC5EEF71BE}"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{19DBE159-4ADA-4E3D-A2A5-B3285B56FF0C}"/>
+    <cellStyle name="Normal 2 2" xfId="4" xr:uid="{DCD5B0C1-6996-4267-9878-E6292951DA21}"/>
+    <cellStyle name="Normal 3" xfId="5" xr:uid="{3660A2B4-4F13-4796-BA3D-36AC5EEF71BE}"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="10">
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="1" formatCode="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="1" formatCode="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
       <rgbColor rgb="00800080"/>
       <rgbColor rgb="00008080"/>
@@ -2684,131 +1069,68 @@
       <rgbColor rgb="00996666"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="003333CC"/>
       <rgbColor rgb="00336666"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00663300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00424242"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
-<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...76 lines deleted...]
-</externalLink>
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{B3BAF610-0F74-4764-BBD6-4B6CFD52B6EB}" name="FY26_In_State_Education_Prices" displayName="FY26_In_State_Education_Prices" ref="A2:H154" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
+  <autoFilter ref="A2:H154" xr:uid="{B3BAF610-0F74-4764-BBD6-4B6CFD52B6EB}"/>
+  <tableColumns count="8">
+    <tableColumn id="1" xr3:uid="{9A5D1A64-469A-42A9-9673-81B91EF3BCE0}" name="School Name " dataDxfId="7"/>
+    <tableColumn id="2" xr3:uid="{46F48E2B-B44A-4467-AB23-798505FFAE2F}" name="Program Type" dataDxfId="6"/>
+    <tableColumn id="3" xr3:uid="{11B2C5D2-2C1E-4B6F-A546-19016EBB6B28}" name="Program Name" dataDxfId="5"/>
+    <tableColumn id="4" xr3:uid="{EE3D3795-262A-4B44-874D-737933C52F6B}" name="DESE Program" dataDxfId="4"/>
+    <tableColumn id="5" xr3:uid="{0AE72D3E-CE37-41FC-A3CD-8CD9AFF5A29B}" name="Days of Operation" dataDxfId="3"/>
+    <tableColumn id="6" xr3:uid="{19EA95D9-5CE9-4511-B6F7-6DCC4B176834}" name="Fiscal Year 2026" dataDxfId="2"/>
+    <tableColumn id="7" xr3:uid="{F6772507-4403-4A6F-B437-E884222B4719}" name="Daily Price" dataDxfId="1"/>
+    <tableColumn id="8" xr3:uid="{4DADE53F-EF6F-4BFA-BDB3-6E4523D15725}" name="Notes" dataDxfId="0"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium1" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3052,6854 +1374,4118 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7DC05F6E-C561-4885-81A3-5DD9679F874D}">
-  <dimension ref="A1:N180"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E23705F-F4DA-47B0-9F25-8B9545EFBCAE}">
+  <dimension ref="A1:A2"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A4" zoomScale="110" zoomScaleNormal="110" zoomScaleSheetLayoutView="110" workbookViewId="0">
-      <selection activeCell="F16" sqref="F16"/>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="80.1796875" style="1" customWidth="1"/>
+    <col min="2" max="16384" width="8.7265625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:1" ht="93" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="2" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="3" t="s">
+        <v>231</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AA6DC3EF-6B95-4633-9E20-75251FF39CD9}">
+  <dimension ref="A1:H155"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="J3" sqref="J3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.1796875" defaultRowHeight="16.5" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="35.54296875" style="137" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="10.1796875" style="9"/>
+    <col min="1" max="1" width="14.6328125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="15" style="3" customWidth="1"/>
+    <col min="3" max="4" width="15.54296875" style="3" customWidth="1"/>
+    <col min="5" max="5" width="18.08984375" style="3" customWidth="1"/>
+    <col min="6" max="6" width="16.81640625" style="3" customWidth="1"/>
+    <col min="7" max="7" width="11.90625" style="3" customWidth="1"/>
+    <col min="8" max="8" width="10.6328125" style="3" bestFit="1" customWidth="1"/>
+    <col min="9" max="16384" width="8.7265625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="44" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-[...22 lines deleted...]
-      <c r="C2" s="318" t="s">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A1" s="3" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A2" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="C2" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D2" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F2" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G2" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="H2" s="6" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A3" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D3" s="4">
+        <v>51011001</v>
+      </c>
+      <c r="E3" s="4">
+        <v>221</v>
+      </c>
+      <c r="F3" s="5">
+        <v>141629.04</v>
+      </c>
+      <c r="G3" s="5">
+        <v>640.85</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="D4" s="4">
+        <v>50010102</v>
+      </c>
+      <c r="E4" s="4">
+        <v>237</v>
+      </c>
+      <c r="F4" s="5">
+        <v>160975.07</v>
+      </c>
+      <c r="G4" s="5">
+        <v>679.22</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A5" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D5" s="4">
+        <v>50010101</v>
+      </c>
+      <c r="E5" s="4">
+        <v>365</v>
+      </c>
+      <c r="F5" s="5">
+        <v>322704.36</v>
+      </c>
+      <c r="G5" s="5">
+        <v>884.12</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A6" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D6" s="4">
+        <v>50410301</v>
+      </c>
+      <c r="E6" s="4">
         <v>216</v>
       </c>
-      <c r="D2" s="319"/>
-[...16 lines deleted...]
-      <c r="C3" s="326" t="s">
+      <c r="F6" s="5">
+        <v>101740.72</v>
+      </c>
+      <c r="G6" s="5">
+        <v>471.02</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A7" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="4">
+        <v>50060101</v>
+      </c>
+      <c r="E7" s="4">
+        <v>198</v>
+      </c>
+      <c r="F7" s="5">
+        <v>124165.67</v>
+      </c>
+      <c r="G7" s="5">
+        <v>627.1</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A8" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="D8" s="4">
+        <v>50070101</v>
+      </c>
+      <c r="E8" s="4">
         <v>217</v>
       </c>
-      <c r="D3" s="327"/>
-[...19 lines deleted...]
-      <c r="D4" s="16" t="s">
+      <c r="F8" s="5">
+        <v>104927.92</v>
+      </c>
+      <c r="G8" s="5">
+        <v>483.54</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A9" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="E4" s="15" t="s">
+      <c r="C9" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="D9" s="4">
+        <v>50070103</v>
+      </c>
+      <c r="E9" s="4">
+        <v>365</v>
+      </c>
+      <c r="F9" s="5">
+        <v>308460.40999999997</v>
+      </c>
+      <c r="G9" s="5">
+        <v>845.1</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A10" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="D10" s="4">
+        <v>51160101</v>
+      </c>
+      <c r="E10" s="4">
+        <v>223</v>
+      </c>
+      <c r="F10" s="5">
+        <v>124129.45</v>
+      </c>
+      <c r="G10" s="5">
+        <v>556.63</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A11" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="D11" s="4">
+        <v>50080102</v>
+      </c>
+      <c r="E11" s="4">
+        <v>365</v>
+      </c>
+      <c r="F11" s="5">
+        <v>273801.13</v>
+      </c>
+      <c r="G11" s="5">
+        <v>750.14</v>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A12" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" s="4">
+        <v>50080101</v>
+      </c>
+      <c r="E12" s="4">
+        <v>216</v>
+      </c>
+      <c r="F12" s="5">
+        <v>107657.15</v>
+      </c>
+      <c r="G12" s="5">
+        <v>498.41</v>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A13" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" s="4">
+        <v>50110101</v>
+      </c>
+      <c r="E13" s="4">
+        <v>180</v>
+      </c>
+      <c r="F13" s="5">
+        <v>69109.490000000005</v>
+      </c>
+      <c r="G13" s="5">
+        <v>383.94</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A14" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D14" s="4">
+        <v>50800001</v>
+      </c>
+      <c r="E14" s="4">
+        <v>216</v>
+      </c>
+      <c r="F14" s="5">
+        <v>113792.91</v>
+      </c>
+      <c r="G14" s="5">
+        <v>526.82000000000005</v>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A15" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="4">
+        <v>50130102</v>
+      </c>
+      <c r="E15" s="4">
+        <v>216</v>
+      </c>
+      <c r="F15" s="5">
+        <v>118015.53</v>
+      </c>
+      <c r="G15" s="5">
+        <v>546.37</v>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A16" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D16" s="4">
+        <v>50130101</v>
+      </c>
+      <c r="E16" s="4">
+        <v>216</v>
+      </c>
+      <c r="F16" s="5">
+        <v>126097.9</v>
+      </c>
+      <c r="G16" s="5">
+        <v>583.79</v>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A17" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" s="4">
+        <v>50130103</v>
+      </c>
+      <c r="E17" s="4">
+        <v>365</v>
+      </c>
+      <c r="F17" s="5">
+        <v>329280.58</v>
+      </c>
+      <c r="G17" s="5">
+        <v>902.14</v>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A18" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D18" s="4">
+        <v>51150101</v>
+      </c>
+      <c r="E18" s="4">
+        <v>226</v>
+      </c>
+      <c r="F18" s="5">
+        <v>124352.34</v>
+      </c>
+      <c r="G18" s="5">
+        <v>550.23</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A19" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="D19" s="4">
+        <v>51060101</v>
+      </c>
+      <c r="E19" s="4">
+        <v>220</v>
+      </c>
+      <c r="F19" s="5">
+        <v>111684.7</v>
+      </c>
+      <c r="G19" s="5">
+        <v>507.66</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A20" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="D20" s="4">
+        <v>51060102</v>
+      </c>
+      <c r="E20" s="4">
+        <v>210</v>
+      </c>
+      <c r="F20" s="5">
+        <v>93390.44</v>
+      </c>
+      <c r="G20" s="5">
+        <v>444.72</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A21" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="D21" s="4">
+        <v>51090102</v>
+      </c>
+      <c r="E21" s="4">
+        <v>204</v>
+      </c>
+      <c r="F21" s="5">
+        <v>147376.1</v>
+      </c>
+      <c r="G21" s="5">
+        <v>722.4318627450981</v>
+      </c>
+      <c r="H21" s="7">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A22" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="D22" s="4">
+        <v>51090101</v>
+      </c>
+      <c r="E22" s="4">
+        <v>204</v>
+      </c>
+      <c r="F22" s="5">
+        <v>147376.1</v>
+      </c>
+      <c r="G22" s="5">
+        <v>722.4318627450981</v>
+      </c>
+      <c r="H22" s="7">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A23" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" s="4">
+        <v>50200101</v>
+      </c>
+      <c r="E23" s="4">
+        <v>192</v>
+      </c>
+      <c r="F23" s="5">
+        <v>74497.820000000007</v>
+      </c>
+      <c r="G23" s="5">
+        <v>388.01</v>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A24" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" s="4">
+        <v>50210102</v>
+      </c>
+      <c r="E24" s="4">
+        <v>24</v>
+      </c>
+      <c r="F24" s="5">
+        <v>7671.28</v>
+      </c>
+      <c r="G24" s="5">
+        <v>319.64</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A25" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" s="4">
+        <v>50210101</v>
+      </c>
+      <c r="E25" s="4">
+        <v>180</v>
+      </c>
+      <c r="F25" s="5">
+        <v>74919.62</v>
+      </c>
+      <c r="G25" s="5">
+        <v>416.22</v>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A26" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" s="4">
+        <v>50250102</v>
+      </c>
+      <c r="E26" s="4">
+        <v>20</v>
+      </c>
+      <c r="F26" s="5">
+        <v>9431.7800000000007</v>
+      </c>
+      <c r="G26" s="5">
+        <v>471.59</v>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A27" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D27" s="4">
+        <v>50250101</v>
+      </c>
+      <c r="E27" s="4">
+        <v>180</v>
+      </c>
+      <c r="F27" s="5">
+        <v>106005.26</v>
+      </c>
+      <c r="G27" s="5">
+        <v>588.91999999999996</v>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A28" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D28" s="4">
+        <v>50240101</v>
+      </c>
+      <c r="E28" s="4">
+        <v>180</v>
+      </c>
+      <c r="F28" s="5">
+        <v>97212.34</v>
+      </c>
+      <c r="G28" s="5">
+        <v>540.07000000000005</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A29" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D29" s="4">
+        <v>50240102</v>
+      </c>
+      <c r="E29" s="4">
+        <v>180</v>
+      </c>
+      <c r="F29" s="5">
+        <v>40642.11</v>
+      </c>
+      <c r="G29" s="5">
+        <v>225.79</v>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A30" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" s="4">
+        <v>50240001</v>
+      </c>
+      <c r="E30" s="4">
+        <v>24</v>
+      </c>
+      <c r="F30" s="5">
+        <v>10238.290000000001</v>
+      </c>
+      <c r="G30" s="5">
+        <v>426.6</v>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A31" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D31" s="4">
+        <v>50260101</v>
+      </c>
+      <c r="E31" s="4">
+        <v>180</v>
+      </c>
+      <c r="F31" s="5">
+        <v>119501.6</v>
+      </c>
+      <c r="G31" s="5">
+        <v>663.9</v>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A32" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D32" s="4">
+        <v>50260102</v>
+      </c>
+      <c r="E32" s="4">
+        <v>25</v>
+      </c>
+      <c r="F32" s="5">
+        <v>10323.06</v>
+      </c>
+      <c r="G32" s="5">
+        <v>412.92</v>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A33" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="D33" s="4">
+        <v>50270101</v>
+      </c>
+      <c r="E33" s="4">
+        <v>226</v>
+      </c>
+      <c r="F33" s="5">
+        <v>163270.12</v>
+      </c>
+      <c r="G33" s="5">
+        <v>722.43</v>
+      </c>
+      <c r="H33" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A34" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="4">
+        <v>50450101</v>
+      </c>
+      <c r="E34" s="4">
+        <v>365</v>
+      </c>
+      <c r="F34" s="5">
+        <v>448987.56</v>
+      </c>
+      <c r="G34" s="5">
+        <v>1230.102904109589</v>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A35" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D35" s="4">
+        <v>50280101</v>
+      </c>
+      <c r="E35" s="4">
+        <v>218</v>
+      </c>
+      <c r="F35" s="5">
+        <v>101953.47</v>
+      </c>
+      <c r="G35" s="5">
+        <v>467.68</v>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A36" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="D36" s="4">
+        <v>51050001</v>
+      </c>
+      <c r="E36" s="4">
+        <v>216</v>
+      </c>
+      <c r="F36" s="5">
+        <v>119807.86</v>
+      </c>
+      <c r="G36" s="5">
+        <v>554.66999999999996</v>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A37" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="D37" s="4">
+        <v>50290103</v>
+      </c>
+      <c r="E37" s="4">
+        <v>365</v>
+      </c>
+      <c r="F37" s="5">
+        <v>280401.15999999997</v>
+      </c>
+      <c r="G37" s="5">
+        <v>768.22235616438354</v>
+      </c>
+      <c r="H37" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A38" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D38" s="4">
+        <v>50290101</v>
+      </c>
+      <c r="E38" s="4">
+        <v>216</v>
+      </c>
+      <c r="F38" s="5">
+        <v>100719.41</v>
+      </c>
+      <c r="G38" s="5">
+        <v>466.29356481481483</v>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A39" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="D39" s="4">
+        <v>50330101</v>
+      </c>
+      <c r="E39" s="4">
+        <v>365</v>
+      </c>
+      <c r="F39" s="5">
+        <v>320663.90999999997</v>
+      </c>
+      <c r="G39" s="5">
+        <v>878.53126027397252</v>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A40" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D40" s="4">
+        <v>50330102</v>
+      </c>
+      <c r="E40" s="4">
+        <v>365</v>
+      </c>
+      <c r="F40" s="5">
+        <v>347280.63</v>
+      </c>
+      <c r="G40" s="5">
+        <v>951.4537808219178</v>
+      </c>
+      <c r="H40" s="5" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A41" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="D41" s="4">
+        <v>50340101</v>
+      </c>
+      <c r="E41" s="4">
+        <v>365</v>
+      </c>
+      <c r="F41" s="5">
+        <v>251873.84</v>
+      </c>
+      <c r="G41" s="5">
+        <v>690.06531506849319</v>
+      </c>
+      <c r="H41" s="7">
+        <v>45901</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A42" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D42" s="4">
+        <v>50340001</v>
+      </c>
+      <c r="E42" s="4">
+        <v>216</v>
+      </c>
+      <c r="F42" s="5">
+        <v>135730.38</v>
+      </c>
+      <c r="G42" s="5">
+        <v>628.38</v>
+      </c>
+      <c r="H42" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A43" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D43" s="4">
+        <v>50350101</v>
+      </c>
+      <c r="E43" s="4">
+        <v>365</v>
+      </c>
+      <c r="F43" s="5">
+        <v>262362.87</v>
+      </c>
+      <c r="G43" s="5">
+        <v>718.8</v>
+      </c>
+      <c r="H43" s="5" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A44" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D44" s="4">
+        <v>50350102</v>
+      </c>
+      <c r="E44" s="4">
+        <v>216</v>
+      </c>
+      <c r="F44" s="5">
+        <v>92310.22</v>
+      </c>
+      <c r="G44" s="5">
+        <v>427.36</v>
+      </c>
+      <c r="H44" s="5" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A45" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D45" s="4">
+        <v>50370101</v>
+      </c>
+      <c r="E45" s="4">
+        <v>200</v>
+      </c>
+      <c r="F45" s="5">
+        <v>133788.26999999999</v>
+      </c>
+      <c r="G45" s="5">
+        <v>668.94</v>
+      </c>
+      <c r="H45" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A46" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="D46" s="4">
+        <v>50780101</v>
+      </c>
+      <c r="E46" s="4">
+        <v>234</v>
+      </c>
+      <c r="F46" s="5">
+        <v>185462.14</v>
+      </c>
+      <c r="G46" s="5">
+        <v>792.57</v>
+      </c>
+      <c r="H46" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A47" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D47" s="4">
+        <v>50780102</v>
+      </c>
+      <c r="E47" s="4">
+        <v>365</v>
+      </c>
+      <c r="F47" s="5">
+        <v>405156.05</v>
+      </c>
+      <c r="G47" s="5">
+        <v>1110.02</v>
+      </c>
+      <c r="H47" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A48" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="D48" s="4">
+        <v>50190201</v>
+      </c>
+      <c r="E48" s="4">
+        <v>216</v>
+      </c>
+      <c r="F48" s="5">
+        <v>124905.88</v>
+      </c>
+      <c r="G48" s="5">
+        <v>578.267962962963</v>
+      </c>
+      <c r="H48" s="7">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A49" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="D49" s="4">
+        <v>50420101</v>
+      </c>
+      <c r="E49" s="4">
+        <v>365</v>
+      </c>
+      <c r="F49" s="5">
+        <v>484116.55</v>
+      </c>
+      <c r="G49" s="5">
+        <v>1326.35</v>
+      </c>
+      <c r="H49" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A50" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="D50" s="4">
+        <v>50420104</v>
+      </c>
+      <c r="E50" s="4">
+        <v>216</v>
+      </c>
+      <c r="F50" s="5">
+        <v>156143.79500000001</v>
+      </c>
+      <c r="G50" s="5">
+        <v>722.89</v>
+      </c>
+      <c r="H50" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A51" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="D51" s="4">
+        <v>50420103</v>
+      </c>
+      <c r="E51" s="4">
+        <v>365</v>
+      </c>
+      <c r="F51" s="5">
+        <v>354304.01500000001</v>
+      </c>
+      <c r="G51" s="5">
+        <v>970.7</v>
+      </c>
+      <c r="H51" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A52" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D52" s="4">
+        <v>50420102</v>
+      </c>
+      <c r="E52" s="4">
+        <v>365</v>
+      </c>
+      <c r="F52" s="5">
+        <v>456591.02500000002</v>
+      </c>
+      <c r="G52" s="5">
+        <v>1250.93</v>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A53" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D53" s="4">
+        <v>50420001</v>
+      </c>
+      <c r="E53" s="4">
+        <v>216</v>
+      </c>
+      <c r="F53" s="5">
+        <v>77428.67</v>
+      </c>
+      <c r="G53" s="5">
+        <v>358.46606481481479</v>
+      </c>
+      <c r="H53" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A54" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="D54" s="4">
+        <v>50440402</v>
+      </c>
+      <c r="E54" s="4">
+        <v>180</v>
+      </c>
+      <c r="F54" s="5">
+        <v>109933.455</v>
+      </c>
+      <c r="G54" s="5">
+        <v>610.7413951333333</v>
+      </c>
+      <c r="H54" s="5" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A55" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="D55" s="4">
+        <v>50440401</v>
+      </c>
+      <c r="E55" s="4">
+        <v>365</v>
+      </c>
+      <c r="F55" s="5">
+        <v>296731.065</v>
+      </c>
+      <c r="G55" s="5">
+        <v>812.96182023287668</v>
+      </c>
+      <c r="H55" s="5" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A56" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="D56" s="4">
+        <v>50440403</v>
+      </c>
+      <c r="E56" s="4">
+        <v>36</v>
+      </c>
+      <c r="F56" s="5">
+        <v>14658.91</v>
+      </c>
+      <c r="G56" s="5">
+        <v>407.19185830555551</v>
+      </c>
+      <c r="H56" s="5" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A57" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="D57" s="4">
+        <v>50440101</v>
+      </c>
+      <c r="E57" s="4">
+        <v>216</v>
+      </c>
+      <c r="F57" s="5">
+        <v>125252.48</v>
+      </c>
+      <c r="G57" s="5">
+        <v>579.87257753703705</v>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A58" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="D58" s="4">
+        <v>50440102</v>
+      </c>
+      <c r="E58" s="4">
+        <v>365</v>
+      </c>
+      <c r="F58" s="5">
+        <v>316149.84000000003</v>
+      </c>
+      <c r="G58" s="5">
+        <v>866.16395770684937</v>
+      </c>
+      <c r="H58" s="5" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A59" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="D59" s="4">
+        <v>51040101</v>
+      </c>
+      <c r="E59" s="4">
+        <v>216</v>
+      </c>
+      <c r="F59" s="5">
+        <v>160486.62</v>
+      </c>
+      <c r="G59" s="5">
+        <v>742.99362689351847</v>
+      </c>
+      <c r="H59" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A60" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D60" s="4">
+        <v>50460101</v>
+      </c>
+      <c r="E60" s="4">
+        <v>216</v>
+      </c>
+      <c r="F60" s="5">
+        <v>132693.31</v>
+      </c>
+      <c r="G60" s="5">
+        <v>614.32000000000005</v>
+      </c>
+      <c r="H60" s="7">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A61" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="D61" s="4">
+        <v>50360101</v>
+      </c>
+      <c r="E61" s="4">
+        <v>180</v>
+      </c>
+      <c r="F61" s="5">
+        <v>120863.65</v>
+      </c>
+      <c r="G61" s="5">
+        <v>671.46471536666661</v>
+      </c>
+      <c r="H61" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A62" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="D62" s="4">
+        <v>50360102</v>
+      </c>
+      <c r="E62" s="4">
+        <v>25</v>
+      </c>
+      <c r="F62" s="5">
+        <v>11069.35</v>
+      </c>
+      <c r="G62" s="5">
+        <v>442.77415531999998</v>
+      </c>
+      <c r="H62" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A63" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D63" s="4">
+        <v>50470102</v>
+      </c>
+      <c r="E63" s="4">
+        <v>20</v>
+      </c>
+      <c r="F63" s="5">
+        <v>12339.71</v>
+      </c>
+      <c r="G63" s="5">
+        <v>616.98</v>
+      </c>
+      <c r="H63" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A64" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D64" s="4">
+        <v>50470101</v>
+      </c>
+      <c r="E64" s="4">
+        <v>180</v>
+      </c>
+      <c r="F64" s="5">
+        <v>142766.69</v>
+      </c>
+      <c r="G64" s="5">
+        <v>793.14829937777779</v>
+      </c>
+      <c r="H64" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A65" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="D65" s="4">
+        <v>50480101</v>
+      </c>
+      <c r="E65" s="4">
+        <v>365</v>
+      </c>
+      <c r="F65" s="5">
+        <v>360557.49</v>
+      </c>
+      <c r="G65" s="5">
+        <v>987.82874068219166</v>
+      </c>
+      <c r="H65" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A66" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="D66" s="4">
+        <v>50490701</v>
+      </c>
+      <c r="E66" s="4">
+        <v>198</v>
+      </c>
+      <c r="F66" s="5">
+        <v>74081.78</v>
+      </c>
+      <c r="G66" s="5">
+        <v>374.1504229343434</v>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A67" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D67" s="4">
+        <v>50040101</v>
+      </c>
+      <c r="E67" s="4">
+        <v>202</v>
+      </c>
+      <c r="F67" s="5">
+        <v>103639.78</v>
+      </c>
+      <c r="G67" s="5">
+        <v>513.06821782178213</v>
+      </c>
+      <c r="H67" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A68" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D68" s="4">
+        <v>50490101</v>
+      </c>
+      <c r="E68" s="4">
+        <v>365</v>
+      </c>
+      <c r="F68" s="5">
+        <v>307691.28000000003</v>
+      </c>
+      <c r="G68" s="5">
+        <v>842.98982153150689</v>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A69" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="D69" s="4">
+        <v>50490102</v>
+      </c>
+      <c r="E69" s="4">
+        <v>365</v>
+      </c>
+      <c r="F69" s="5">
+        <v>350323.71</v>
+      </c>
+      <c r="G69" s="5">
+        <v>959.7909761616437</v>
+      </c>
+      <c r="H69" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A70" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D70" s="4">
+        <v>50490601</v>
+      </c>
+      <c r="E70" s="4">
+        <v>365</v>
+      </c>
+      <c r="F70" s="5">
+        <v>276959.88</v>
+      </c>
+      <c r="G70" s="5">
+        <v>758.79418842739722</v>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A71" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D71" s="4">
+        <v>50490501</v>
+      </c>
+      <c r="E71" s="4">
+        <v>202</v>
+      </c>
+      <c r="F71" s="5">
+        <v>76480.56</v>
+      </c>
+      <c r="G71" s="5">
+        <v>378.61663366336631</v>
+      </c>
+      <c r="H71" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A72" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="D72" s="4">
+        <v>50610101</v>
+      </c>
+      <c r="E72" s="4">
+        <v>202</v>
+      </c>
+      <c r="F72" s="5">
+        <v>88446.71</v>
+      </c>
+      <c r="G72" s="5">
+        <v>437.85501792574257</v>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A73" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D73" s="4">
+        <v>50530101</v>
+      </c>
+      <c r="E73" s="4">
+        <v>180</v>
+      </c>
+      <c r="F73" s="5">
+        <v>74723.33</v>
+      </c>
+      <c r="G73" s="5">
+        <v>415.1296111111111</v>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A74" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D74" s="4">
+        <v>50530102</v>
+      </c>
+      <c r="E74" s="4">
+        <v>240</v>
+      </c>
+      <c r="F74" s="5">
+        <v>99345.78</v>
+      </c>
+      <c r="G74" s="5">
+        <v>413.9407897041666</v>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A75" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D75" s="4">
+        <v>50540101</v>
+      </c>
+      <c r="E75" s="4">
+        <v>365</v>
+      </c>
+      <c r="F75" s="5">
+        <v>370270.84</v>
+      </c>
+      <c r="G75" s="5">
+        <v>1014.44</v>
+      </c>
+      <c r="H75" s="7">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A76" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D76" s="4">
+        <v>50550101</v>
+      </c>
+      <c r="E76" s="4">
+        <v>216</v>
+      </c>
+      <c r="F76" s="5">
+        <v>136592.41</v>
+      </c>
+      <c r="G76" s="5">
+        <v>632.37226542129622</v>
+      </c>
+      <c r="H76" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A77" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D77" s="4">
+        <v>50550102</v>
+      </c>
+      <c r="E77" s="4">
+        <v>365</v>
+      </c>
+      <c r="F77" s="5">
+        <v>291628.3</v>
+      </c>
+      <c r="G77" s="5">
+        <v>798.98165090684927</v>
+      </c>
+      <c r="H77" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A78" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D78" s="4">
+        <v>50560105</v>
+      </c>
+      <c r="E78" s="4">
+        <v>198</v>
+      </c>
+      <c r="F78" s="5">
+        <v>104891.18</v>
+      </c>
+      <c r="G78" s="5">
+        <v>529.75343820707064</v>
+      </c>
+      <c r="H78" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A79" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D79" s="4">
+        <v>50560202</v>
+      </c>
+      <c r="E79" s="4">
+        <v>198</v>
+      </c>
+      <c r="F79" s="5">
+        <v>116235.5</v>
+      </c>
+      <c r="G79" s="5">
+        <v>587.04797267171716</v>
+      </c>
+      <c r="H79" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A80" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D80" s="4">
+        <v>50560203</v>
+      </c>
+      <c r="E80" s="4">
+        <v>198</v>
+      </c>
+      <c r="F80" s="5">
+        <v>150770</v>
+      </c>
+      <c r="G80" s="5">
+        <v>761.46463209090905</v>
+      </c>
+      <c r="H80" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A81" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="D81" s="4">
+        <v>50560204</v>
+      </c>
+      <c r="E81" s="4">
+        <v>365</v>
+      </c>
+      <c r="F81" s="5">
+        <v>522189.46</v>
+      </c>
+      <c r="G81" s="5">
+        <v>1430.656054569863</v>
+      </c>
+      <c r="H81" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A82" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="D82" s="4">
+        <v>50560205</v>
+      </c>
+      <c r="E82" s="4">
+        <v>216</v>
+      </c>
+      <c r="F82" s="5">
+        <v>194465.99</v>
+      </c>
+      <c r="G82" s="5">
+        <v>900.30550860185178</v>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A83" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="D83" s="4">
+        <v>50570101</v>
+      </c>
+      <c r="E83" s="4">
+        <v>180</v>
+      </c>
+      <c r="F83" s="5">
+        <v>136630.34</v>
+      </c>
+      <c r="G83" s="5">
+        <v>759.05745657777766</v>
+      </c>
+      <c r="H83" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A84" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="D84" s="4">
+        <v>50580101</v>
+      </c>
+      <c r="E84" s="4">
+        <v>180</v>
+      </c>
+      <c r="F84" s="5">
+        <v>88087.47</v>
+      </c>
+      <c r="G84" s="5">
+        <v>489.37481094444445</v>
+      </c>
+      <c r="H84" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A85" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="D85" s="4">
+        <v>50590102</v>
+      </c>
+      <c r="E85" s="4">
+        <v>230</v>
+      </c>
+      <c r="F85" s="5">
+        <v>198558.63</v>
+      </c>
+      <c r="G85" s="5">
+        <v>863.3</v>
+      </c>
+      <c r="H85" s="7">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A86" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="D86" s="4">
+        <v>50590101</v>
+      </c>
+      <c r="E86" s="4">
+        <v>365</v>
+      </c>
+      <c r="F86" s="5">
+        <v>371810.72</v>
+      </c>
+      <c r="G86" s="5">
+        <v>1018.66</v>
+      </c>
+      <c r="H86" s="7">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A87" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D87" s="4">
+        <v>50390101</v>
+      </c>
+      <c r="E87" s="4">
+        <v>180</v>
+      </c>
+      <c r="F87" s="5">
+        <v>85492.979082000005</v>
+      </c>
+      <c r="G87" s="5">
+        <v>474.9609949</v>
+      </c>
+      <c r="H87" s="5" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A88" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D88" s="4">
+        <v>50390102</v>
+      </c>
+      <c r="E88" s="4">
+        <v>20</v>
+      </c>
+      <c r="F88" s="5">
+        <v>7896.9793140000002</v>
+      </c>
+      <c r="G88" s="5">
+        <v>394.84896570000001</v>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A89" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D89" s="4">
+        <v>50640201</v>
+      </c>
+      <c r="E89" s="4">
+        <v>216</v>
+      </c>
+      <c r="F89" s="5">
+        <v>141053.51</v>
+      </c>
+      <c r="G89" s="5">
+        <v>653.02548921296307</v>
+      </c>
+      <c r="H89" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A90" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D90" s="4">
+        <v>50640101</v>
+      </c>
+      <c r="E90" s="4">
+        <v>198</v>
+      </c>
+      <c r="F90" s="5">
+        <v>97108.98</v>
+      </c>
+      <c r="G90" s="5">
+        <v>490.44941856060603</v>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A91" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="D91" s="4">
+        <v>50600101</v>
+      </c>
+      <c r="E91" s="4">
+        <v>180</v>
+      </c>
+      <c r="F91" s="5">
+        <v>63673.948127999996</v>
+      </c>
+      <c r="G91" s="5">
+        <v>353.74415626666666</v>
+      </c>
+      <c r="H91" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A92" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D92" s="4">
+        <v>50620402</v>
+      </c>
+      <c r="E92" s="4">
+        <v>235</v>
+      </c>
+      <c r="F92" s="5">
+        <v>158671.46</v>
+      </c>
+      <c r="G92" s="5">
+        <v>675.19768090212767</v>
+      </c>
+      <c r="H92" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A93" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D93" s="4">
+        <v>50620101</v>
+      </c>
+      <c r="E93" s="4">
+        <v>365</v>
+      </c>
+      <c r="F93" s="5">
+        <v>329934.90000000002</v>
+      </c>
+      <c r="G93" s="5">
+        <v>903.9312227342466</v>
+      </c>
+      <c r="H93" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A94" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="D94" s="4">
+        <v>50620301</v>
+      </c>
+      <c r="E94" s="4">
+        <v>235</v>
+      </c>
+      <c r="F94" s="5">
+        <v>159369.04</v>
+      </c>
+      <c r="G94" s="5">
+        <v>678.16612797872335</v>
+      </c>
+      <c r="H94" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A95" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="D95" s="4">
+        <v>50620302</v>
+      </c>
+      <c r="E95" s="4">
+        <v>365</v>
+      </c>
+      <c r="F95" s="5">
+        <v>345856.07</v>
+      </c>
+      <c r="G95" s="5">
+        <v>947.55087228219168</v>
+      </c>
+      <c r="H95" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A96" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D96" s="4">
+        <v>50620401</v>
+      </c>
+      <c r="E96" s="4">
+        <v>222</v>
+      </c>
+      <c r="F96" s="5">
+        <v>161927.67000000001</v>
+      </c>
+      <c r="G96" s="5">
+        <v>729.40390770270255</v>
+      </c>
+      <c r="H96" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A97" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D97" s="4">
+        <v>50630101</v>
+      </c>
+      <c r="E97" s="4">
+        <v>365</v>
+      </c>
+      <c r="F97" s="5">
+        <v>223373.61</v>
+      </c>
+      <c r="G97" s="5">
+        <v>611.98249315068495</v>
+      </c>
+      <c r="H97" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A98" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D98" s="4">
+        <v>50630001</v>
+      </c>
+      <c r="E98" s="4">
+        <v>216</v>
+      </c>
+      <c r="F98" s="5">
+        <v>77497.09</v>
+      </c>
+      <c r="G98" s="5">
+        <v>358.78282407407409</v>
+      </c>
+      <c r="H98" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A99" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="D99" s="4">
+        <v>50180101</v>
+      </c>
+      <c r="E99" s="4">
+        <v>221</v>
+      </c>
+      <c r="F99" s="5">
+        <v>95553.87</v>
+      </c>
+      <c r="G99" s="5">
+        <v>432.37046458371043</v>
+      </c>
+      <c r="H99" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A100" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D100" s="4">
+        <v>50650102</v>
+      </c>
+      <c r="E100" s="4">
+        <v>365</v>
+      </c>
+      <c r="F100" s="5">
+        <v>367285.65</v>
+      </c>
+      <c r="G100" s="5">
+        <v>1006.262061958904</v>
+      </c>
+      <c r="H100" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A101" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D101" s="4">
+        <v>50650101</v>
+      </c>
+      <c r="E101" s="4">
+        <v>237</v>
+      </c>
+      <c r="F101" s="5">
+        <v>155772.07</v>
+      </c>
+      <c r="G101" s="5">
+        <v>657.26613778059073</v>
+      </c>
+      <c r="H101" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A102" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="D102" s="4">
+        <v>51140101</v>
+      </c>
+      <c r="E102" s="4">
+        <v>180</v>
+      </c>
+      <c r="F102" s="5">
+        <v>114973.91</v>
+      </c>
+      <c r="G102" s="5">
+        <v>638.74392921111109</v>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A103" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D103" s="4">
+        <v>50890101</v>
+      </c>
+      <c r="E103" s="4">
+        <v>216</v>
+      </c>
+      <c r="F103" s="5">
+        <v>154665.53</v>
+      </c>
+      <c r="G103" s="5">
+        <v>716.04413043981481</v>
+      </c>
+      <c r="H103" s="5" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A104" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D104" s="4">
+        <v>50680101</v>
+      </c>
+      <c r="E104" s="4">
+        <v>220</v>
+      </c>
+      <c r="F104" s="5">
+        <v>109297.32</v>
+      </c>
+      <c r="G104" s="5">
+        <v>496.80600744090907</v>
+      </c>
+      <c r="H104" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A105" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D105" s="4">
+        <v>50670101</v>
+      </c>
+      <c r="E105" s="4">
+        <v>224</v>
+      </c>
+      <c r="F105" s="5">
+        <v>148243.29999999999</v>
+      </c>
+      <c r="G105" s="5">
+        <v>661.80044678124989</v>
+      </c>
+      <c r="H105" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A106" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D106" s="4">
+        <v>51030100</v>
+      </c>
+      <c r="E106" s="4">
+        <v>198</v>
+      </c>
+      <c r="F106" s="5">
+        <v>86621.43</v>
+      </c>
+      <c r="G106" s="5">
+        <v>437.48195470707077</v>
+      </c>
+      <c r="H106" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A107" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D107" s="4">
+        <v>50690105</v>
+      </c>
+      <c r="E107" s="4">
+        <v>365</v>
+      </c>
+      <c r="F107" s="5">
+        <v>472084.6</v>
+      </c>
+      <c r="G107" s="5">
+        <v>1293.382460769863</v>
+      </c>
+      <c r="H107" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A108" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D108" s="4">
+        <v>50690104</v>
+      </c>
+      <c r="E108" s="4">
+        <v>365</v>
+      </c>
+      <c r="F108" s="5">
+        <v>324405.45</v>
+      </c>
+      <c r="G108" s="5">
+        <v>888.78205344657533</v>
+      </c>
+      <c r="H108" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A109" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D109" s="4">
+        <v>50690103</v>
+      </c>
+      <c r="E109" s="4">
+        <v>365</v>
+      </c>
+      <c r="F109" s="5">
+        <v>436679.39</v>
+      </c>
+      <c r="G109" s="5">
+        <v>1196.38187850137</v>
+      </c>
+      <c r="H109" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A110" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="D110" s="4">
+        <v>50690102</v>
+      </c>
+      <c r="E110" s="4">
+        <v>226</v>
+      </c>
+      <c r="F110" s="5">
+        <v>162715.07999999999</v>
+      </c>
+      <c r="G110" s="5">
+        <v>719.97824171681418</v>
+      </c>
+      <c r="H110" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A111" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="D111" s="4">
+        <v>50700101</v>
+      </c>
+      <c r="E111" s="4">
+        <v>251</v>
+      </c>
+      <c r="F111" s="5">
+        <v>83625.67</v>
+      </c>
+      <c r="G111" s="5">
+        <v>333.17</v>
+      </c>
+      <c r="H111" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A112" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D112" s="4">
+        <v>50770101</v>
+      </c>
+      <c r="E112" s="4">
+        <v>198</v>
+      </c>
+      <c r="F112" s="5">
+        <v>135778.79999999999</v>
+      </c>
+      <c r="G112" s="5">
+        <v>685.75149901010093</v>
+      </c>
+      <c r="H112" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A113" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D113" s="4">
+        <v>50760101</v>
+      </c>
+      <c r="E113" s="4">
+        <v>205</v>
+      </c>
+      <c r="F113" s="5">
+        <v>177333.12</v>
+      </c>
+      <c r="G113" s="5">
+        <v>865.03962347804872</v>
+      </c>
+      <c r="H113" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A114" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D114" s="4">
+        <v>50760102</v>
+      </c>
+      <c r="E114" s="4">
+        <v>283</v>
+      </c>
+      <c r="F114" s="5">
+        <v>346431.74</v>
+      </c>
+      <c r="G114" s="5">
+        <v>1224.1404152862192</v>
+      </c>
+      <c r="H114" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A115" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D115" s="4">
+        <v>50760105</v>
+      </c>
+      <c r="E115" s="4">
+        <v>205</v>
+      </c>
+      <c r="F115" s="5">
+        <v>229869.95</v>
+      </c>
+      <c r="G115" s="5">
+        <v>1121.3168194097561</v>
+      </c>
+      <c r="H115" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A116" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="D116" s="4">
+        <v>50760106</v>
+      </c>
+      <c r="E116" s="4">
+        <v>283</v>
+      </c>
+      <c r="F116" s="5">
+        <v>437137.15</v>
+      </c>
+      <c r="G116" s="5">
+        <v>1544.6542434805654</v>
+      </c>
+      <c r="H116" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A117" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D117" s="4">
+        <v>50760107</v>
+      </c>
+      <c r="E117" s="4">
+        <v>205</v>
+      </c>
+      <c r="F117" s="5">
+        <v>265135.96999999997</v>
+      </c>
+      <c r="G117" s="5">
+        <v>1293.3462105609756</v>
+      </c>
+      <c r="H117" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A118" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="D118" s="4">
+        <v>50760108</v>
+      </c>
+      <c r="E118" s="4">
+        <v>283</v>
+      </c>
+      <c r="F118" s="5">
+        <v>509528.96</v>
+      </c>
+      <c r="G118" s="5">
+        <v>1800.4556824770316</v>
+      </c>
+      <c r="H118" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A119" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="E119" s="4">
+        <v>220</v>
+      </c>
+      <c r="F119" s="5">
+        <v>159503.76</v>
+      </c>
+      <c r="G119" s="5">
+        <v>725.02</v>
+      </c>
+      <c r="H119" s="7">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A120" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D120" s="4">
+        <v>50990002</v>
+      </c>
+      <c r="E120" s="4">
+        <v>221</v>
+      </c>
+      <c r="F120" s="5">
+        <v>171637.1</v>
+      </c>
+      <c r="G120" s="5">
+        <v>776.63845731674212</v>
+      </c>
+      <c r="H120" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A121" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="D121" s="4">
+        <v>50990003</v>
+      </c>
+      <c r="E121" s="4">
+        <v>221</v>
+      </c>
+      <c r="F121" s="5">
+        <v>124381.62</v>
+      </c>
+      <c r="G121" s="5">
+        <v>562.81274953393665</v>
+      </c>
+      <c r="H121" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A122" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="D122" s="4">
+        <v>50820101</v>
+      </c>
+      <c r="E122" s="4">
+        <v>216</v>
+      </c>
+      <c r="F122" s="5">
+        <v>91708.13</v>
+      </c>
+      <c r="G122" s="5">
+        <v>424.57467756018514</v>
+      </c>
+      <c r="H122" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A123" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="D123" s="4">
+        <v>50820202</v>
+      </c>
+      <c r="E123" s="4">
+        <v>216</v>
+      </c>
+      <c r="F123" s="5">
+        <v>94717.87</v>
+      </c>
+      <c r="G123" s="5">
+        <v>438.50864549074072</v>
+      </c>
+      <c r="H123" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A124" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C124" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="F4" s="15" t="s">
-[...169 lines deleted...]
-      <c r="F9" s="48">
+      <c r="D124" s="4">
+        <v>50300102</v>
+      </c>
+      <c r="E124" s="4">
         <v>365</v>
       </c>
-      <c r="G9" s="49">
-[...38 lines deleted...]
-      <c r="F10" s="54">
+      <c r="F124" s="5">
+        <v>294235.01</v>
+      </c>
+      <c r="G124" s="5">
+        <v>806.12332099178082</v>
+      </c>
+      <c r="H124" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A125" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C125" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="D125" s="4">
+        <v>50300101</v>
+      </c>
+      <c r="E125" s="4">
+        <v>218</v>
+      </c>
+      <c r="F125" s="5">
+        <v>99890.03</v>
+      </c>
+      <c r="G125" s="5">
+        <v>458.21112811009169</v>
+      </c>
+      <c r="H125" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A126" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="D126" s="4">
+        <v>51070001</v>
+      </c>
+      <c r="E126" s="4">
+        <v>226</v>
+      </c>
+      <c r="F126" s="5">
+        <v>96672.51</v>
+      </c>
+      <c r="G126" s="5">
+        <v>427.75448425221236</v>
+      </c>
+      <c r="H126" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A127" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D127" s="4">
+        <v>50810101</v>
+      </c>
+      <c r="E127" s="4">
+        <v>244</v>
+      </c>
+      <c r="F127" s="5">
+        <v>113491.46</v>
+      </c>
+      <c r="G127" s="5">
+        <v>465.128923602459</v>
+      </c>
+      <c r="H127" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A128" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C128" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="D128" s="4">
+        <v>50810102</v>
+      </c>
+      <c r="E128" s="4">
+        <v>180</v>
+      </c>
+      <c r="F128" s="5">
+        <v>65831.06</v>
+      </c>
+      <c r="G128" s="5">
+        <v>365.72812029444441</v>
+      </c>
+      <c r="H128" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A129" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D129" s="4">
+        <v>50830101</v>
+      </c>
+      <c r="E129" s="4">
+        <v>180</v>
+      </c>
+      <c r="F129" s="5">
+        <v>84639.58</v>
+      </c>
+      <c r="G129" s="5">
+        <v>470.21988888888887</v>
+      </c>
+      <c r="H129" s="7">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A130" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B130" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="D130" s="4">
+        <v>50830102</v>
+      </c>
+      <c r="E130" s="4">
+        <v>365</v>
+      </c>
+      <c r="F130" s="5">
+        <v>279155.20000000001</v>
+      </c>
+      <c r="G130" s="5">
+        <v>764.80876712328768</v>
+      </c>
+      <c r="H130" s="7">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A131" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="D131" s="4">
+        <v>50830103</v>
+      </c>
+      <c r="E131" s="4">
+        <v>36</v>
+      </c>
+      <c r="F131" s="5">
+        <v>12330.38</v>
+      </c>
+      <c r="G131" s="5">
+        <v>342.51041747222223</v>
+      </c>
+      <c r="H131" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A132" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C132" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D132" s="4">
+        <v>50850101</v>
+      </c>
+      <c r="E132" s="4">
+        <v>180</v>
+      </c>
+      <c r="F132" s="5">
+        <v>115864.6</v>
+      </c>
+      <c r="G132" s="5">
+        <v>643.69221349999987</v>
+      </c>
+      <c r="H132" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A133" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B133" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D133" s="4">
+        <v>50850102</v>
+      </c>
+      <c r="E133" s="4">
+        <v>30</v>
+      </c>
+      <c r="F133" s="5">
+        <v>9750.8799999999992</v>
+      </c>
+      <c r="G133" s="5">
+        <v>325.026184</v>
+      </c>
+      <c r="H133" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A134" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B134" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D134" s="4">
+        <v>50850201</v>
+      </c>
+      <c r="E134" s="4">
+        <v>180</v>
+      </c>
+      <c r="F134" s="5">
+        <v>102777.54</v>
+      </c>
+      <c r="G134" s="5">
+        <v>570.98631150555548</v>
+      </c>
+      <c r="H134" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A135" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D135" s="4">
+        <v>50860101</v>
+      </c>
+      <c r="E135" s="4">
+        <v>251</v>
+      </c>
+      <c r="F135" s="5">
+        <v>66775.88</v>
+      </c>
+      <c r="G135" s="5">
+        <v>266.03935829482066</v>
+      </c>
+      <c r="H135" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A136" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B136" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D136" s="4">
+        <v>50860103</v>
+      </c>
+      <c r="E136" s="4">
+        <v>365</v>
+      </c>
+      <c r="F136" s="5">
+        <v>273656.38</v>
+      </c>
+      <c r="G136" s="5">
+        <v>749.74351339999998</v>
+      </c>
+      <c r="H136" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A137" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="B137" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C137" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="D137" s="4">
+        <v>51180101</v>
+      </c>
+      <c r="E137" s="4">
+        <v>180</v>
+      </c>
+      <c r="F137" s="5">
+        <v>71124.350000000006</v>
+      </c>
+      <c r="G137" s="5">
+        <v>395.13527777777779</v>
+      </c>
+      <c r="H137" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A138" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B138" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C138" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="D138" s="4">
+        <v>50120101</v>
+      </c>
+      <c r="E138" s="4">
+        <v>180</v>
+      </c>
+      <c r="F138" s="5">
+        <v>54344.67</v>
+      </c>
+      <c r="G138" s="5">
+        <v>301.91485811666666</v>
+      </c>
+      <c r="H138" s="5" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A139" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C139" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="D139" s="4">
+        <v>50120102</v>
+      </c>
+      <c r="E139" s="4">
+        <v>24</v>
+      </c>
+      <c r="F139" s="5">
+        <v>7985.59</v>
+      </c>
+      <c r="G139" s="5">
+        <v>332.73275262499999</v>
+      </c>
+      <c r="H139" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A140" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B140" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C140" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="D140" s="4">
+        <v>51080001</v>
+      </c>
+      <c r="E140" s="4">
+        <v>220</v>
+      </c>
+      <c r="F140" s="5">
+        <v>98636.83</v>
+      </c>
+      <c r="G140" s="5">
+        <v>448.34923575909085</v>
+      </c>
+      <c r="H140" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A141" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B141" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C141" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="D141" s="4">
+        <v>50880102</v>
+      </c>
+      <c r="E141" s="4">
+        <v>224</v>
+      </c>
+      <c r="F141" s="5">
+        <v>106052.94</v>
+      </c>
+      <c r="G141" s="5">
+        <v>473.45061556249999</v>
+      </c>
+      <c r="H141" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A142" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B142" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C142" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="D142" s="4">
+        <v>50880101</v>
+      </c>
+      <c r="E142" s="4">
+        <v>365</v>
+      </c>
+      <c r="F142" s="5">
+        <v>286462.78999999998</v>
+      </c>
+      <c r="G142" s="5">
+        <v>784.82955979726034</v>
+      </c>
+      <c r="H142" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A143" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B143" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C143" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D143" s="4">
+        <v>51000100</v>
+      </c>
+      <c r="E143" s="4">
+        <v>198</v>
+      </c>
+      <c r="F143" s="5">
+        <v>67476.429999999993</v>
+      </c>
+      <c r="G143" s="5">
+        <v>340.79005050505049</v>
+      </c>
+      <c r="H143" s="7">
+        <v>45962</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A144" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B144" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C144" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="D144" s="4">
+        <v>50910102</v>
+      </c>
+      <c r="E144" s="4">
+        <v>30</v>
+      </c>
+      <c r="F144" s="5">
+        <v>8194.5225809999993</v>
+      </c>
+      <c r="G144" s="5">
+        <v>273.1507527</v>
+      </c>
+      <c r="H144" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A145" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C145" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D145" s="4">
+        <v>50910101</v>
+      </c>
+      <c r="E145" s="4">
+        <v>180</v>
+      </c>
+      <c r="F145" s="5">
+        <v>68750.636927</v>
+      </c>
+      <c r="G145" s="5">
+        <v>381.94798292777779</v>
+      </c>
+      <c r="H145" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A146" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B146" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C146" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D146" s="4">
+        <v>50930101</v>
+      </c>
+      <c r="E146" s="4">
+        <v>198</v>
+      </c>
+      <c r="F146" s="5">
+        <v>78799.62</v>
+      </c>
+      <c r="G146" s="5">
+        <v>397.9778729040404</v>
+      </c>
+      <c r="H146" s="5" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A147" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B147" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C147" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D147" s="4">
+        <v>50930202</v>
+      </c>
+      <c r="E147" s="4">
         <v>216</v>
       </c>
-      <c r="G10" s="49">
-[...160 lines deleted...]
-      <c r="F14" s="71">
+      <c r="F147" s="5">
+        <v>122166.97</v>
+      </c>
+      <c r="G147" s="5">
+        <v>565.58781144444447</v>
+      </c>
+      <c r="H147" s="5" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A148" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B148" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C148" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D148" s="4">
+        <v>50930201</v>
+      </c>
+      <c r="E148" s="4">
         <v>365</v>
       </c>
-      <c r="G14" s="72">
-[...78 lines deleted...]
-      <c r="F16" s="80">
+      <c r="F148" s="5">
+        <v>338317.89</v>
+      </c>
+      <c r="G148" s="5">
+        <v>926.89833133972593</v>
+      </c>
+      <c r="H148" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A149" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B149" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C149" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="D149" s="4">
+        <v>50940102</v>
+      </c>
+      <c r="E149" s="4">
         <v>365</v>
       </c>
-      <c r="G16" s="81">
-[...78 lines deleted...]
-      <c r="F18" s="87">
+      <c r="F149" s="5">
+        <v>339365.43482099997</v>
+      </c>
+      <c r="G149" s="5">
+        <v>929.76831457808214</v>
+      </c>
+      <c r="H149" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A150" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B150" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C150" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D150" s="4">
+        <v>50940101</v>
+      </c>
+      <c r="E150" s="4">
+        <v>220</v>
+      </c>
+      <c r="F150" s="5">
+        <v>89830.708121000003</v>
+      </c>
+      <c r="G150" s="5">
+        <v>408.32140055000002</v>
+      </c>
+      <c r="H150" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A151" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B151" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C151" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D151" s="4">
+        <v>50950101</v>
+      </c>
+      <c r="E151" s="4">
+        <v>365</v>
+      </c>
+      <c r="F151" s="5">
+        <v>397321.86</v>
+      </c>
+      <c r="G151" s="5">
+        <v>1088.5530357397258</v>
+      </c>
+      <c r="H151" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A152" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C152" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D152" s="4">
+        <v>50960101</v>
+      </c>
+      <c r="E152" s="4">
         <v>180</v>
       </c>
-      <c r="G18" s="81">
-[...492 lines deleted...]
-      <c r="F30" s="80">
+      <c r="F152" s="5">
+        <v>86223.33</v>
+      </c>
+      <c r="G152" s="5">
+        <v>479.01852351111114</v>
+      </c>
+      <c r="H152" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A153" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B153" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D153" s="4">
+        <v>50970101</v>
+      </c>
+      <c r="E153" s="4">
         <v>180</v>
       </c>
-      <c r="G30" s="81">
-[...1546 lines deleted...]
-      <c r="B69" s="140" t="s">
+      <c r="F153" s="5">
+        <v>73670.710000000006</v>
+      </c>
+      <c r="G153" s="5">
+        <v>409.28173031666665</v>
+      </c>
+      <c r="H153" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A154" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B154" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C154" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="D154" s="4">
+        <v>51170101</v>
+      </c>
+      <c r="E154" s="4">
+        <v>224</v>
+      </c>
+      <c r="F154" s="5">
+        <v>118700.56</v>
+      </c>
+      <c r="G154" s="5">
+        <v>529.91322684062493</v>
+      </c>
+      <c r="H154" s="5" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A155" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="C69" s="141" t="s">
-[...4052 lines deleted...]
-      <c r="M180" s="225"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="gmUu1S+QZEkzGOMoYCcfljwVMraife2a6Y0MCNpR0HxEUaFYlASpEfd6klqWi9rUthPjHDNsoldrrl3lV8YHSg==" saltValue="V6GlcAFQoTc1zSu0nF1k5A==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" sort="0" selectUnlockedCells="1"/>
-[...8 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="64" orientation="portrait" r:id="rId1"/>
-[...5 lines deleted...]
-  <legacyDrawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004109C90223FB7C4B9CAF6661548384FA" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a7ff4d8653c84f9e37347fa09a97a7b2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c71a2117-05ec-4805-8471-aa9ec9b58a70" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6f85cd47c6bafd03b2237737f547e69b" ns2:_="" ns3:_="">
     <xsd:import namespace="c71a2117-05ec-4805-8471-aa9ec9b58a70"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c71a2117-05ec-4805-8471-aa9ec9b58a70" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -10026,132 +5612,163 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8B22645-522A-4598-B33F-E5BD2DDCF4A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{448475C5-3F59-4DFA-BD9C-FC9646EA846F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c71a2117-05ec-4805-8471-aa9ec9b58a70"/>
     <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E4D36B0-DFDC-47B1-AD6B-54A07D05FDED}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="c71a2117-05ec-4805-8471-aa9ec9b58a70"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E64B311-909E-49E4-ABFC-BFA80BD2F9AD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
+    <vt:vector size="9" baseType="lpstr">
+      <vt:lpstr>Instructions </vt:lpstr>
+      <vt:lpstr>In State Special Ed. Prices</vt:lpstr>
+      <vt:lpstr>DayOfOperation</vt:lpstr>
+      <vt:lpstr>DESEProgram</vt:lpstr>
+      <vt:lpstr>FiscalYear2026</vt:lpstr>
+      <vt:lpstr>Notes</vt:lpstr>
+      <vt:lpstr>ProgramName</vt:lpstr>
+      <vt:lpstr>ProgramType</vt:lpstr>
+      <vt:lpstr>SchoolName</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>Special-education-Prices-FY2026</dc:title>
   <dc:creator>Unknown User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Editor">
     <vt:lpwstr>Brown, Jacquiline (OSD)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:lpwstr>35000.0000000000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="display_urn:schemas-microsoft-com:office:office#Author">
     <vt:lpwstr>Brown, Jacquiline (OSD)</vt:lpwstr>
   </property>
 </Properties>
 </file>