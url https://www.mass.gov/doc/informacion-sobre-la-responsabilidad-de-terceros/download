--- v0 (2025-10-22)
+++ v1 (2026-03-30)
@@ -3,164 +3,178 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="54C21058" w14:textId="271ED391" w:rsidR="002373D7" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="004D1E95">
+    <w:p w14:paraId="54C21058" w14:textId="20BA0BB2" w:rsidR="002373D7" w:rsidRPr="00965AE6" w:rsidRDefault="00307CF6" w:rsidP="004D1E95">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1980"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965AE6">
+      <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:lang w:val="es-419"/>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0AEFD833" wp14:editId="2E45DDA4">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="image1.png" descr="MassHealth Logo" title="MassHealth Logo"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DD69CDA" wp14:editId="1D4C2559">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1517904" cy="804672"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="20969"/>
+                <wp:lineTo x="21419" y="20969"/>
+                <wp:lineTo x="21419" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="1471306096" name="image1.png" descr="MassHealth logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image1.png"/>
+                    <pic:cNvPr id="1" name="image1.png" descr="MassHealth logo"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1213281" cy="606691"/>
+                      <a:ext cx="1517904" cy="804672"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="004D1E95" w:rsidRPr="00965AE6">
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Formulario </w:t>
+      </w:r>
+      <w:r w:rsidR="00B266F1" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>de Información</w:t>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00965AE6">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00B266F1" w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>de Información</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>sobre la</w:t>
       </w:r>
-      <w:r w:rsidRPr="00965AE6">
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> responsabilidad de terceros (TPL-I)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DDC1C9D" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+    <w:p w14:paraId="0DDC1C9D" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00307CF6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>INSTRUCCIONES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20016EA4" w14:textId="39ECE1C8" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00F80F13">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Complete el Paso 1: Información sobre el jefe del hogar.</w:t>
@@ -185,1002 +199,1014 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Complete el Paso 2: Actualización de información sobre la responsabilidad de terceros.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E06A844" w14:textId="7AEB739E" w:rsidR="00D61A25" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00F80F13">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve">Envíe el formulario a la Unidad de Responsabilidad de Terceros de MassHealth por correo electrónico, </w:t>
+        <w:t xml:space="preserve">Envíe el formulario a la Unidad de Responsabilidad de Terceros de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por correo electrónico, </w:t>
       </w:r>
       <w:r w:rsidR="00081063" w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">por </w:t>
       </w:r>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>fax o por correo postal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0CF42B" w14:textId="6D3A8AD6" w:rsidR="00D61A25" w:rsidRPr="00965AE6" w:rsidRDefault="008146B8" w:rsidP="00BC6A54">
+    <w:p w14:paraId="70053897" w14:textId="2705FCDB" w:rsidR="002373D7" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00307CF6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>PASO 1: Información del jefe del hogar (Usted debe completar esta sección.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17ACB2D0" w14:textId="7BE8AAD5" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="006D4416">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del jefe del hogar:</w:t>
+      </w:r>
+      <w:r w:rsidR="009821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009821DA" w:rsidRPr="009821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Apellido, nombre, inicial del segundo nombre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="625C07D2" w14:textId="339653F4" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:lang w:val="es-419"/>
-[...77 lines deleted...]
-        <w:t>Número de ID de MassHealth o Número de Seguro Social (SSN) del jefe del hogar:</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número de ID de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del jefe del hogar:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7284CF81" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5580"/>
           <w:tab w:val="left" w:pos="9630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Teléfono del jefe del hogar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E69498" w14:textId="7FA4DB7A" w:rsidR="00CD1A59" w:rsidRPr="00965AE6" w:rsidRDefault="008146B8" w:rsidP="00985D40">
-[...24 lines deleted...]
-    <w:p w14:paraId="5ABF6F77" w14:textId="236D35B6" w:rsidR="00D045B9" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+    <w:p w14:paraId="5ABF6F77" w14:textId="0CDB7DF6" w:rsidR="00D045B9" w:rsidRPr="00307CF6" w:rsidRDefault="000B280C" w:rsidP="00307CF6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:spacing w:val="-6"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>PASO 2: Actualizaciones de la responsabilidad de terceros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00307CF6">
+        <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:spacing w:val="-6"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7029E200" w14:textId="6A834167" w:rsidR="00D02F8A" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00265372">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00307CF6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Complete la sección que usted necesita que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00307CF6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00307CF6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> actualice.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7029E200" w14:textId="07002096" w:rsidR="00D02F8A" w:rsidRPr="00307CF6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Sección I: Información del seguro de salud comercial </w:t>
+      </w:r>
+      <w:r w:rsidR="00307CF6">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>(Complete solamente si usted necesita que MassHealth actualice la información sobre el seguro de salud comercial.)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="37118CCD" w14:textId="74F854AE" w:rsidR="00D02F8A" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00723E1C">
+        <w:t xml:space="preserve">(Complete solamente si usted necesita que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> actualice la información sobre el seguro de salud comerc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00307CF6">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>ial.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37118CCD" w14:textId="7A5B9462" w:rsidR="00D02F8A" w:rsidRPr="00965AE6" w:rsidRDefault="00307CF6" w:rsidP="00723E1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="3870"/>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965AE6">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00965AE6">
+      <w:r w:rsidRPr="00307CF6">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agregar póliza </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00307CF6">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Cambiar póliza</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...65 lines deleted...]
-    <w:p w14:paraId="26CB70DC" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00D02F8A">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00307CF6">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Cancelar o cerrar póliza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="422A4F92" w14:textId="4910CC68" w:rsidR="00307CF6" w:rsidRPr="00307CF6" w:rsidRDefault="000B280C" w:rsidP="00307CF6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-419"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Nombre del asegurado:</w:t>
       </w:r>
+      <w:r w:rsidR="000C1A02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00307CF6" w:rsidRPr="00307CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido, nombre, inicial del segundo nombre</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7E4E725F" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00961702">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fecha de nacimiento del asegurado (MM/DD/AAAA):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C7CB74" w14:textId="7C99AFC1" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00C73193">
+    <w:p w14:paraId="4EF4185E" w14:textId="77777777" w:rsidR="00307CF6" w:rsidRDefault="00307CF6" w:rsidP="00307CF6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6210"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...61 lines deleted...]
-    <w:p w14:paraId="26A78146" w14:textId="2286A72A" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00C73193">
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre de la compañía de seguros:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A78146" w14:textId="63262BAE" w:rsidR="00E00C0D" w:rsidRDefault="000B280C" w:rsidP="00C73193">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6210"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...21 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Número del grupo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E170CC8" w14:textId="7C48A007" w:rsidR="00C73193" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00C73193">
+    <w:p w14:paraId="05DC7B77" w14:textId="77777777" w:rsidR="00307CF6" w:rsidRPr="00965AE6" w:rsidRDefault="00307CF6" w:rsidP="00307CF6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6210"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Fecha de inicio de la póliza:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B823525" w14:textId="0930397D" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00C73193">
+        <w:t>Número de póliza:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E170CC8" w14:textId="7C48A007" w:rsidR="00C73193" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00C73193">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6210"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Fecha de finalización de la póliza:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00F5E2C6" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="002944FA">
+        <w:t>Fecha de inicio de la póliza:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B823525" w14:textId="0930397D" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00C73193">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6210"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:t>Fecha de finalización de la póliza:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14344060" w14:textId="77777777" w:rsidR="00307CF6" w:rsidRDefault="000B280C" w:rsidP="002944FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6210"/>
+          <w:tab w:val="right" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t xml:space="preserve">Dirección de la compañía de seguros: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00965AE6">
-[...6 lines deleted...]
-        <w:tab/>
+    </w:p>
+    <w:p w14:paraId="00F5E2C6" w14:textId="3F5E0009" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="002944FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6210"/>
+          <w:tab w:val="right" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Teléfono de la compañía de seguros:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="270E5F06" w14:textId="3D3DA529" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="002944FA">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Integrantes de la familia cubiertos:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4993"/>
-        <w:gridCol w:w="1722"/>
-        <w:gridCol w:w="4075"/>
+        <w:gridCol w:w="2202"/>
+        <w:gridCol w:w="3330"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00277C3F" w:rsidRPr="00965AE6" w14:paraId="449C7C8E" w14:textId="77777777" w:rsidTr="009456B1">
+      <w:tr w:rsidR="00277C3F" w:rsidRPr="00C0219D" w14:paraId="449C7C8E" w14:textId="77777777" w:rsidTr="00265372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="603A44FC" w14:textId="77EAB390" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="001711FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965AE6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:tcW w:w="2202" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36756B76" w14:textId="6FBBB6AA" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="001711FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965AE6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t xml:space="preserve">Fecha de nacimiento </w:t>
             </w:r>
             <w:r w:rsidRPr="00965AE6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:br/>
               <w:t>(MM/DD/AAAA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51A867A1" w14:textId="114FBD23" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="001711FD">
+          <w:p w14:paraId="51A867A1" w14:textId="088695A2" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="001711FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965AE6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
-              <w:t>Número de ID de MassHealth o de SSN</w:t>
+              <w:t xml:space="preserve">Número de ID de </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00965AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-419"/>
+              </w:rPr>
+              <w:t>MassHealth</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00277C3F" w:rsidRPr="00965AE6" w14:paraId="4C0CA0D0" w14:textId="77777777" w:rsidTr="009456B1">
+      <w:tr w:rsidR="00277C3F" w:rsidRPr="00C0219D" w14:paraId="4C0CA0D0" w14:textId="77777777" w:rsidTr="00265372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42633119" w14:textId="42FEA1BC" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:tcW w:w="2202" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="725F59EE" w14:textId="769C6CE6" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F09F519" w14:textId="6A0AAA3D" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00277C3F" w:rsidRPr="00965AE6" w14:paraId="7DD95250" w14:textId="77777777" w:rsidTr="009456B1">
-[...52 lines deleted...]
-      <w:tr w:rsidR="00277C3F" w:rsidRPr="00965AE6" w14:paraId="18D21B08" w14:textId="77777777" w:rsidTr="009456B1">
+      <w:tr w:rsidR="00277C3F" w:rsidRPr="00C0219D" w14:paraId="18D21B08" w14:textId="77777777" w:rsidTr="00265372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1537CFE2" w14:textId="19C6213B" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:tcW w:w="2202" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="192EDEA8" w14:textId="10830117" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3620866F" w14:textId="31C16215" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00277C3F" w:rsidRPr="00965AE6" w14:paraId="0235B074" w14:textId="77777777" w:rsidTr="009456B1">
+      <w:tr w:rsidR="00277C3F" w:rsidRPr="00C0219D" w14:paraId="0235B074" w14:textId="77777777" w:rsidTr="00265372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F63B90E" w14:textId="2EC28FDB" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:tcW w:w="2202" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FBF1BF0" w14:textId="0CCD811C" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="219F9577" w14:textId="62DC84A3" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00277C3F" w:rsidRPr="00965AE6" w14:paraId="6689DDF9" w14:textId="77777777" w:rsidTr="009456B1">
+      <w:tr w:rsidR="00277C3F" w:rsidRPr="00C0219D" w14:paraId="6689DDF9" w14:textId="77777777" w:rsidTr="00265372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60BF0AC9" w14:textId="4D14449B" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:tcW w:w="2202" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C0DA727" w14:textId="42DEDA07" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52D23D63" w14:textId="40D94638" w:rsidR="00510B9C" w:rsidRPr="00965AE6" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00277C3F" w:rsidRPr="00965AE6" w14:paraId="67333D56" w14:textId="77777777" w:rsidTr="009456B1">
+      <w:tr w:rsidR="00277C3F" w:rsidRPr="00C0219D" w14:paraId="67333D56" w14:textId="77777777" w:rsidTr="00265372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52157F95" w14:textId="0B64F9DE" w:rsidR="009456B1" w:rsidRPr="00965AE6" w:rsidRDefault="009456B1" w:rsidP="009456B1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:tcW w:w="2202" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DCC6713" w14:textId="4CC28D72" w:rsidR="009456B1" w:rsidRPr="00965AE6" w:rsidRDefault="009456B1" w:rsidP="009456B1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="459B059D" w14:textId="6A67A67C" w:rsidR="009456B1" w:rsidRPr="00965AE6" w:rsidRDefault="009456B1" w:rsidP="009456B1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="431B9591" w14:textId="3BBDDD81" w:rsidR="009470A6" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
@@ -1205,1255 +1231,1408 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Sección II: Información de Medicare</w:t>
       </w:r>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Complete solamente si usted necesita que MassHealth actualice la información sobre el seguro de Medicare.)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2958224F" w14:textId="77777777" w:rsidR="003A6BA2" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00F80F13">
+        <w:t xml:space="preserve"> (Complete solamente si usted necesita que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> actualice la información sobre el seguro de Medicare.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2958224F" w14:textId="2899B2DD" w:rsidR="003A6BA2" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00F80F13">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00965AE6">
-[...10 lines deleted...]
-    <w:p w14:paraId="58B8970F" w14:textId="6A47D0A5" w:rsidR="002373D7" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00F80F13">
+    </w:p>
+    <w:p w14:paraId="58B8970F" w14:textId="2B6F8042" w:rsidR="002373D7" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00F80F13">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de Identificador de Beneficiario de Medicare (MBI): </w:t>
       </w:r>
-      <w:r w:rsidR="003A6BA2" w:rsidRPr="00965AE6">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="3C87FFAE" w14:textId="1DB2F8EF" w:rsidR="002373D7" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="002373D7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Parte A:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA7A2BC" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+    <w:p w14:paraId="2BA7A2BC" w14:textId="170F26E5" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="00265372" w:rsidP="00BC6A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965AE6">
-[...33 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00265372">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agregar póliza </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t xml:space="preserve">Fecha de inicio: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00965AE6">
-[...6 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Fecha de finalización:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74217266" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+    <w:p w14:paraId="74217266" w14:textId="084887B5" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="00265372" w:rsidP="00BC6A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965AE6">
-[...33 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00265372">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cancelar póliza </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t xml:space="preserve">Fecha de inicio: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00965AE6">
-[...6 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Fecha de finalización:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10418F1C" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Parte B:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E1F40CB" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+    <w:p w14:paraId="4E1F40CB" w14:textId="025E0B41" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000C1A02" w:rsidP="00BC6A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965AE6">
-[...33 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00265372">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agregar póliza </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Fecha de inicio:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00965AE6">
-[...6 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Fecha de finalización:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10F6653E" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+    <w:p w14:paraId="10F6653E" w14:textId="5C892FBC" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000C1A02" w:rsidP="00BC6A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965AE6">
-[...33 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00265372">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Cancelar póliza</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Fecha de inicio:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00965AE6">
-[...6 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Fecha de finalización:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B6DFD0B" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00934BB4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Parte C:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CC9A86C" w14:textId="5796B36B" w:rsidR="00AC1A69" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00A42526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Nota: Los planes de la Parte C son comúnmente llamados planes de Medicare Advantage.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="446D2290" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+        <w:t xml:space="preserve">Nota: Los planes de la Parte C son comúnmente llamados planes de Medicare </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Advantage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DF1637C" w14:textId="24D183E4" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000C1A02" w:rsidP="00BC6A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965AE6">
-[...33 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00265372">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agregar póliza </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t xml:space="preserve">Fecha de inicio: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00965AE6">
-[...6 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Fecha de finalización:</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="3DF1637C" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+      <w:r w:rsidR="00613AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Compañía de seguros:</w:t>
+      </w:r>
+      <w:r w:rsidR="00613AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del plan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7344C798" w14:textId="758B5B70" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="00613AF1" w:rsidP="00613AF1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965AE6">
-[...6 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00265372">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cancelar póliza </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fecha de inicio: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de finalización:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Compañía de seguros: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del plan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15CBBD04" w14:textId="1BDFC993" w:rsidR="00E306F3" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00A42526">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Parte D:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02458D4A" w14:textId="77F94042" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="00613AF1" w:rsidP="00613AF1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="2250"/>
+          <w:tab w:val="left" w:pos="4050"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:after="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00265372">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agregar póliza </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fecha de inicio: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de finalización:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Compañía de seguros:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00965AE6">
-[...6 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Nombre del plan:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55EA62DE" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+    <w:p w14:paraId="2E4DF68F" w14:textId="3195AACF" w:rsidR="00613AF1" w:rsidRDefault="00613AF1" w:rsidP="00BC6A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...39 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00265372">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cancelar póliza </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t xml:space="preserve">Fecha de inicio: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00965AE6">
-[...6 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Fecha de finalización:</w:t>
       </w:r>
-    </w:p>
-[...35 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Compañía de seguros:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000B280C" w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Nombre del plan:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15CBBD04" w14:textId="1BDFC993" w:rsidR="00E306F3" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00A42526">
-[...86 lines deleted...]
-    <w:p w14:paraId="02458D4A" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+    <w:p w14:paraId="55C68FE1" w14:textId="77777777" w:rsidR="00613AF1" w:rsidRDefault="00613AF1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A52553" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00613AF1" w:rsidRDefault="00E00C0D" w:rsidP="00BC6A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965AE6">
-[...143 lines deleted...]
-    <w:p w14:paraId="7D20348A" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="009470A6">
+    </w:p>
+    <w:p w14:paraId="7D20348A" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00613AF1" w:rsidRDefault="000B280C" w:rsidP="009470A6">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965AE6">
+      <w:r w:rsidRPr="00613AF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>PASO 3: Envíe el formulario a la Unidad de Responsabilidad de Terceros de MassHealth de una de estas tres maneras:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4686429C" w14:textId="535030DE" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+        <w:t xml:space="preserve">PASO 3: Envíe el formulario a la Unidad de Responsabilidad de Terceros de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00613AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00613AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de una de estas tres maneras:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4686429C" w14:textId="535030DE" w:rsidR="00E00C0D" w:rsidRPr="00613AF1" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965AE6">
+      <w:r w:rsidRPr="00613AF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Por correo electrónico: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00F80F13" w:rsidRPr="00965AE6">
+        <w:r w:rsidR="00F80F13" w:rsidRPr="00613AF1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="auto"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>MassHealthTPL@accenture.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="150EEB7F" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+    <w:p w14:paraId="150EEB7F" w14:textId="77777777" w:rsidR="00E00C0D" w:rsidRPr="00613AF1" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965AE6">
+      <w:r w:rsidRPr="00613AF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Por fax: (617) 357-7604</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23AD4443" w14:textId="27B63B55" w:rsidR="00CD1A59" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+    <w:p w14:paraId="23AD4443" w14:textId="27B63B55" w:rsidR="00CD1A59" w:rsidRPr="00613AF1" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="1440"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="es-419"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00965AE6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00613AF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="es-419"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4DA77E2E" w14:textId="37856717" w:rsidR="00CD1A59" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
+        </w:rPr>
+        <w:t xml:space="preserve">Por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00613AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>correo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00613AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> postal: MassHealth Third Party Liability Unit, 519 Somerville Avenue #372, Somerville, MA 02143</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA77E2E" w14:textId="31A88FC6" w:rsidR="00CD1A59" w:rsidRPr="00965AE6" w:rsidRDefault="000B280C" w:rsidP="00BC6A54">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965AE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>¿Tiene preguntas? Llame a la Unidad de Responsabilidad de Terceros de MassHealth</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve">¿Tiene preguntas? </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0219D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:t xml:space="preserve">Llame a la Unidad de Responsabilidad de Terceros de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00965AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:br/>
-        <w:t>al (888) 628-7526 o por TTY al (617) 886-8102</w:t>
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="006C0183" w:rsidRPr="00965AE6" w:rsidSect="006D4416">
+        <w:t>al (888) 628-7526</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00CD1A59" w:rsidRPr="00965AE6" w:rsidSect="00265372">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="1080" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="540" w:right="720" w:bottom="1080" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74BA1E52" w14:textId="77777777" w:rsidR="002A3EDF" w:rsidRDefault="002A3EDF">
+    <w:p w14:paraId="09F0EB56" w14:textId="77777777" w:rsidR="00CF67F1" w:rsidRDefault="00CF67F1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21B71518" w14:textId="77777777" w:rsidR="002A3EDF" w:rsidRDefault="002A3EDF">
+    <w:p w14:paraId="42C969B6" w14:textId="77777777" w:rsidR="00CF67F1" w:rsidRDefault="00CF67F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="02040503050306020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger LT Std 45 Light">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0402020204020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1AD4507F" w14:textId="74E75E21" w:rsidR="006D4416" w:rsidRPr="006D4416" w:rsidRDefault="000B280C" w:rsidP="006D4416">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1AD4507F" w14:textId="55EA2F48" w:rsidR="006D4416" w:rsidRPr="006D4416" w:rsidRDefault="000B280C" w:rsidP="006D4416">
     <w:pPr>
       <w:pStyle w:val="NoParagraphStyle"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="400"/>
         <w:tab w:val="left" w:pos="740"/>
         <w:tab w:val="left" w:pos="1020"/>
         <w:tab w:val="left" w:pos="2240"/>
         <w:tab w:val="left" w:pos="6280"/>
         <w:tab w:val="left" w:pos="6380"/>
         <w:tab w:val="left" w:pos="6600"/>
         <w:tab w:val="left" w:pos="7580"/>
         <w:tab w:val="left" w:pos="7920"/>
         <w:tab w:val="left" w:pos="7980"/>
         <w:tab w:val="left" w:pos="8860"/>
         <w:tab w:val="left" w:pos="9420"/>
         <w:tab w:val="left" w:pos="9760"/>
         <w:tab w:val="left" w:pos="10100"/>
         <w:tab w:val="left" w:pos="10500"/>
         <w:tab w:val="left" w:pos="10880"/>
         <w:tab w:val="left" w:pos="12000"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger LT Std 45 Light" w:hAnsi="Frutiger LT Std 45 Light" w:cs="Frutiger LT Std 45 Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger LT Std 45 Light" w:eastAsia="Frutiger LT Std 45 Light" w:hAnsi="Frutiger LT Std 45 Light" w:cs="Frutiger LT Std 45 Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
-      <w:t>TPLI-MH-ES-1021</w:t>
+      <w:t>TPLI-MH-ES</w:t>
+    </w:r>
+    <w:r w:rsidR="00265372">
+      <w:rPr>
+        <w:rFonts w:ascii="Frutiger LT Std 45 Light" w:eastAsia="Frutiger LT Std 45 Light" w:hAnsi="Frutiger LT Std 45 Light" w:cs="Frutiger LT Std 45 Light"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t>_2026-0</w:t>
+    </w:r>
+    <w:r w:rsidR="00C0219D">
+      <w:rPr>
+        <w:rFonts w:ascii="Frutiger LT Std 45 Light" w:eastAsia="Frutiger LT Std 45 Light" w:hAnsi="Frutiger LT Std 45 Light" w:cs="Frutiger LT Std 45 Light"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t>3</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="396E7522" w14:textId="77777777" w:rsidR="002A3EDF" w:rsidRDefault="002A3EDF">
+    <w:p w14:paraId="474BB38E" w14:textId="77777777" w:rsidR="00CF67F1" w:rsidRDefault="00CF67F1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B1B5F68" w14:textId="77777777" w:rsidR="002A3EDF" w:rsidRDefault="002A3EDF">
+    <w:p w14:paraId="70170541" w14:textId="77777777" w:rsidR="00CF67F1" w:rsidRDefault="00CF67F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E171186"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB003324"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2849,281 +3028,293 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="4476EDBA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B94C4EEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="646402641">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="10108678">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="312099146">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1904290397">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="732121040">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D4416"/>
     <w:rsid w:val="000075A0"/>
     <w:rsid w:val="00024E19"/>
     <w:rsid w:val="00072038"/>
     <w:rsid w:val="0007760C"/>
     <w:rsid w:val="00081063"/>
     <w:rsid w:val="00095B48"/>
     <w:rsid w:val="00097C31"/>
     <w:rsid w:val="000B26C5"/>
     <w:rsid w:val="000B280C"/>
+    <w:rsid w:val="000C1A02"/>
     <w:rsid w:val="00102575"/>
     <w:rsid w:val="001410AB"/>
     <w:rsid w:val="00160414"/>
     <w:rsid w:val="001711FD"/>
     <w:rsid w:val="0018026C"/>
     <w:rsid w:val="00180CC2"/>
     <w:rsid w:val="001875D7"/>
     <w:rsid w:val="001A4EE2"/>
     <w:rsid w:val="001E735F"/>
     <w:rsid w:val="001F545F"/>
     <w:rsid w:val="001F7053"/>
     <w:rsid w:val="0020047A"/>
     <w:rsid w:val="00211D9F"/>
     <w:rsid w:val="002121F3"/>
     <w:rsid w:val="0023307E"/>
     <w:rsid w:val="002373D7"/>
+    <w:rsid w:val="00265372"/>
     <w:rsid w:val="00277C3F"/>
     <w:rsid w:val="002944FA"/>
     <w:rsid w:val="002A3EDF"/>
     <w:rsid w:val="002A5AE1"/>
+    <w:rsid w:val="00307CF6"/>
     <w:rsid w:val="0032246F"/>
     <w:rsid w:val="00322FF6"/>
     <w:rsid w:val="003244BD"/>
     <w:rsid w:val="00327334"/>
     <w:rsid w:val="00360317"/>
     <w:rsid w:val="00384F8E"/>
     <w:rsid w:val="0039440A"/>
     <w:rsid w:val="003A6BA2"/>
     <w:rsid w:val="003C1A45"/>
     <w:rsid w:val="003C4DD5"/>
     <w:rsid w:val="003D21CD"/>
     <w:rsid w:val="004109BA"/>
     <w:rsid w:val="00462837"/>
     <w:rsid w:val="00482266"/>
     <w:rsid w:val="0048608C"/>
     <w:rsid w:val="00492F8C"/>
     <w:rsid w:val="004979B7"/>
     <w:rsid w:val="004A67C3"/>
     <w:rsid w:val="004C27D0"/>
     <w:rsid w:val="004D1E95"/>
     <w:rsid w:val="004D4EDE"/>
     <w:rsid w:val="004F0B3D"/>
     <w:rsid w:val="005040DA"/>
+    <w:rsid w:val="00505A95"/>
     <w:rsid w:val="00510B9C"/>
     <w:rsid w:val="00526C8C"/>
     <w:rsid w:val="005351E2"/>
     <w:rsid w:val="0057029F"/>
     <w:rsid w:val="005707DA"/>
     <w:rsid w:val="005831DF"/>
     <w:rsid w:val="005B171E"/>
     <w:rsid w:val="005C5571"/>
+    <w:rsid w:val="00604C97"/>
+    <w:rsid w:val="00613AF1"/>
+    <w:rsid w:val="006456D8"/>
     <w:rsid w:val="00654940"/>
     <w:rsid w:val="0066076C"/>
     <w:rsid w:val="00697BA3"/>
     <w:rsid w:val="006A0D46"/>
     <w:rsid w:val="006A16B0"/>
     <w:rsid w:val="006B5F90"/>
     <w:rsid w:val="006C0183"/>
     <w:rsid w:val="006D4416"/>
     <w:rsid w:val="00723E1C"/>
     <w:rsid w:val="00741B4A"/>
     <w:rsid w:val="007629C7"/>
     <w:rsid w:val="0078568A"/>
     <w:rsid w:val="007A48E4"/>
     <w:rsid w:val="007C2ABC"/>
     <w:rsid w:val="007D2DF9"/>
     <w:rsid w:val="007E4A0D"/>
     <w:rsid w:val="007F3CBD"/>
     <w:rsid w:val="008146B8"/>
     <w:rsid w:val="00825BC1"/>
     <w:rsid w:val="0084069A"/>
     <w:rsid w:val="008979AE"/>
     <w:rsid w:val="008D4CFB"/>
     <w:rsid w:val="008E55A9"/>
     <w:rsid w:val="008E577D"/>
     <w:rsid w:val="00911EB8"/>
     <w:rsid w:val="009330CC"/>
     <w:rsid w:val="00934BB4"/>
     <w:rsid w:val="009456B1"/>
     <w:rsid w:val="009470A6"/>
     <w:rsid w:val="00961702"/>
     <w:rsid w:val="00965AE6"/>
     <w:rsid w:val="0096602C"/>
     <w:rsid w:val="0097564E"/>
     <w:rsid w:val="00976F71"/>
+    <w:rsid w:val="009821DA"/>
     <w:rsid w:val="00985D40"/>
     <w:rsid w:val="00985FFC"/>
     <w:rsid w:val="00997C07"/>
     <w:rsid w:val="009A5D42"/>
     <w:rsid w:val="00A04239"/>
     <w:rsid w:val="00A34323"/>
     <w:rsid w:val="00A42526"/>
     <w:rsid w:val="00A4442A"/>
     <w:rsid w:val="00A55DFA"/>
     <w:rsid w:val="00A645B6"/>
     <w:rsid w:val="00AA2BAF"/>
     <w:rsid w:val="00AC1A69"/>
     <w:rsid w:val="00AF0634"/>
     <w:rsid w:val="00B2652B"/>
     <w:rsid w:val="00B266F1"/>
     <w:rsid w:val="00B421AD"/>
     <w:rsid w:val="00B51A5E"/>
     <w:rsid w:val="00B76661"/>
     <w:rsid w:val="00B93938"/>
     <w:rsid w:val="00BA1F9A"/>
     <w:rsid w:val="00BA611B"/>
     <w:rsid w:val="00BC2692"/>
     <w:rsid w:val="00BC6A54"/>
     <w:rsid w:val="00BE7660"/>
     <w:rsid w:val="00BF40A2"/>
+    <w:rsid w:val="00C0219D"/>
     <w:rsid w:val="00C419F5"/>
     <w:rsid w:val="00C73193"/>
     <w:rsid w:val="00C7534F"/>
     <w:rsid w:val="00CD1A59"/>
     <w:rsid w:val="00CE51FA"/>
+    <w:rsid w:val="00CF67F1"/>
     <w:rsid w:val="00D00025"/>
     <w:rsid w:val="00D02F8A"/>
     <w:rsid w:val="00D045B9"/>
     <w:rsid w:val="00D1722B"/>
+    <w:rsid w:val="00D33F31"/>
     <w:rsid w:val="00D61029"/>
     <w:rsid w:val="00D61A25"/>
     <w:rsid w:val="00D66A35"/>
     <w:rsid w:val="00D7316D"/>
     <w:rsid w:val="00D75F49"/>
     <w:rsid w:val="00D8528D"/>
     <w:rsid w:val="00D948A8"/>
     <w:rsid w:val="00DC3915"/>
     <w:rsid w:val="00E00C0D"/>
     <w:rsid w:val="00E306F3"/>
     <w:rsid w:val="00E46BF7"/>
+    <w:rsid w:val="00E77614"/>
     <w:rsid w:val="00E82C58"/>
     <w:rsid w:val="00E915B3"/>
     <w:rsid w:val="00EA3B84"/>
     <w:rsid w:val="00ED68D4"/>
     <w:rsid w:val="00EE46BF"/>
     <w:rsid w:val="00F17D03"/>
     <w:rsid w:val="00F20218"/>
     <w:rsid w:val="00F7393E"/>
     <w:rsid w:val="00F80F13"/>
     <w:rsid w:val="00F8603B"/>
     <w:rsid w:val="00FA1666"/>
     <w:rsid w:val="00FA3167"/>
     <w:rsid w:val="00FA687F"/>
     <w:rsid w:val="00FA7985"/>
     <w:rsid w:val="00FC18C2"/>
     <w:rsid w:val="00FD4943"/>
     <w:rsid w:val="00FD72D3"/>
     <w:rsid w:val="00FE1B27"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1028"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="386C1FD1"/>
   <w15:docId w15:val="{63F5CE27-F1C9-1640-8235-F456ED17F1C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3495,62 +3686,62 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="009A5D42"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00F20218"/>
+    <w:rsid w:val="00307CF6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
       <w:snapToGrid w:val="0"/>
-      <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial Unicode MS" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
       <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
         <w14:noFill/>
         <w14:prstDash w14:val="solid"/>
         <w14:bevel/>
       </w14:textOutline>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
@@ -3578,51 +3769,51 @@
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
-    <w:rsid w:val="00F20218"/>
+    <w:rsid w:val="00307CF6"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial Unicode MS" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
       <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
         <w14:noFill/>
         <w14:prstDash w14:val="solid"/>
         <w14:bevel/>
       </w14:textOutline>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="009A5D42"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
@@ -3834,51 +4025,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00F20218"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MassHealthTPL@accenture.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -4157,69 +4348,69 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF340C86-F85D-43E1-9CA4-DFA4E7627CF9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2343</Characters>
+  <Pages>3</Pages>
+  <Words>420</Words>
+  <Characters>2397</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2818</CharactersWithSpaces>
+  <CharactersWithSpaces>2812</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Jonathan Finn</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>