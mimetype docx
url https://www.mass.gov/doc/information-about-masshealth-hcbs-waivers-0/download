--- v0 (2025-11-01)
+++ v1 (2026-02-08)
@@ -1317,58 +1317,56 @@
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>operated</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>by</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="001D6825">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>MassAbility</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E0ED"/>
           </w:tcPr>
           <w:p w14:paraId="74A1D037" w14:textId="77777777" w:rsidR="009C10FD" w:rsidRDefault="002940B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="84" w:line="235" w:lineRule="auto"/>
               <w:ind w:left="204"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -2006,58 +2004,56 @@
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>operated</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>by</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="001D6825">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>MassAbility</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E0ED"/>
           </w:tcPr>
           <w:p w14:paraId="0E683A38" w14:textId="77777777" w:rsidR="009C10FD" w:rsidRDefault="002940B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="84" w:line="235" w:lineRule="auto"/>
               <w:ind w:left="204"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -2445,51 +2441,51 @@
       <w:r>
         <w:t>HCBS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>waiver</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>applicants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F85F4F" w14:textId="42404ACC" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
+    <w:p w14:paraId="40F85F4F" w14:textId="62A1E7A1" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1499"/>
         </w:tabs>
         <w:ind w:left="1499" w:hanging="359"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Income</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
@@ -2585,115 +2581,109 @@
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Rate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>($</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000D583D">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>2,</w:t>
-[...5 lines deleted...]
-        <w:t>901</w:t>
+        <w:t>2,982</w:t>
       </w:r>
       <w:r w:rsidR="002940B0">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>per</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>month</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002940B0">
+      <w:r w:rsidR="000D583D">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="136D3364" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1499"/>
         </w:tabs>
         <w:ind w:left="1499" w:hanging="359"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -2725,216 +2715,241 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>≤</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>$2,000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27FB1070" w14:textId="1BA20436" w:rsidR="007E695A" w:rsidRPr="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
+    <w:p w14:paraId="27FB1070" w14:textId="19FA968A" w:rsidR="007E695A" w:rsidRPr="000D583D" w:rsidRDefault="007E695A" w:rsidP="007E695A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1499"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="290" w:lineRule="exact"/>
         <w:ind w:left="1498"/>
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Countable</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>assets</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>applicant’s</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>spouse</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(if</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>applicable)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>≤</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC6887">
-[...5 lines deleted...]
-      <w:r w:rsidDel="00BC6887">
+      <w:r w:rsidR="000D583D">
         <w:rPr>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>162,660</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(in</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000D583D">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="002940B0">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5020" w:rsidRPr="000D583D">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5020">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D583D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="427" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8299"/>
         <w:gridCol w:w="1242"/>
         <w:gridCol w:w="22"/>
         <w:gridCol w:w="1221"/>
       </w:tblGrid>
       <w:tr w:rsidR="009C10FD" w14:paraId="34620FCA" w14:textId="77777777" w:rsidTr="007E695A">
         <w:trPr>
           <w:trHeight w:val="1266"/>
           <w:tblHeader/>
@@ -5150,150 +5165,145 @@
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> MFP-</w:t>
             </w:r>
             <w:r w:rsidRPr="007E695A">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00296059" w14:paraId="51AF9AD8" w14:textId="77777777" w:rsidTr="00567A9C">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BD37B4F" w14:textId="77777777" w:rsidR="00296059" w:rsidRDefault="00296059" w:rsidP="00567A9C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="85"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Adult </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Companion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B2E77BD" w14:textId="77777777" w:rsidR="00296059" w:rsidRDefault="00296059" w:rsidP="00567A9C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40B4792F" w14:textId="77777777" w:rsidR="00296059" w:rsidRDefault="00296059" w:rsidP="00567A9C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6699CCB9" w14:textId="77777777" w:rsidR="00296059" w:rsidRDefault="00296059" w:rsidP="00567A9C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="354FCE71" w14:textId="77777777" w:rsidR="00296059" w:rsidRDefault="00296059" w:rsidP="00567A9C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="06ECDA07" w14:textId="77777777" w:rsidTr="00A66F21">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
@@ -5426,160 +5436,155 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00845D2C" w14:paraId="66C65294" w14:textId="77777777" w:rsidTr="00845D2C">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="372B38E7" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="85"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Assistive</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Technology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1032BE9A" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05C6D4C5" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37DD2D3C" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B1D1BF5" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="7C59E2FB" w14:textId="77777777" w:rsidTr="00CD7439">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
@@ -5698,51 +5703,50 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="277041CC" w14:textId="77777777" w:rsidTr="00A547AB">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F65A6C1" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="85"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Community</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -5761,123 +5765,119 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Day</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Supports</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19BAFF6D" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35E5ACC0" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47210569" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58D967CE" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="4E39D23B" w14:textId="77777777" w:rsidTr="00CD7439">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
@@ -6028,157 +6028,152 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="79FAC50F" w14:textId="77777777" w:rsidTr="00A547AB">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B4308B0" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="85"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Day</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75B106F3" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23648F44" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63D8E843" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="135333E6" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="42B67221" w14:textId="77777777" w:rsidTr="00CD7439">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
@@ -6296,163 +6291,158 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="40CE1A85" w14:textId="77777777" w:rsidTr="00A547AB">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C453C6B" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="86"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Home</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Accessibility </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Adaptations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="372BCC4F" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2649BADB" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75923A53" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05D46908" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="097B6405" w14:textId="77777777" w:rsidTr="00CD7439">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
@@ -6583,170 +6573,165 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="521D6654" w14:textId="77777777" w:rsidTr="00A547AB">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DB8CCFC" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="86"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Home</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Health</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Aide</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="159CD018" w14:textId="073B5106" w:rsidR="007E695A" w:rsidRDefault="003A208C" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BE7D574" w14:textId="5D42D4A6" w:rsidR="007E695A" w:rsidRDefault="003A208C" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47F4877A" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AFE1FFA" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="3D2A7284" w14:textId="77777777" w:rsidTr="00CD7439">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
@@ -6851,170 +6836,165 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="42E6D99B" w14:textId="77777777" w:rsidTr="00A547AB">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20781011" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="86"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Independent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Living</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Supports</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="390D150C" w14:textId="4B8234E2" w:rsidR="007E695A" w:rsidRDefault="003A208C" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45ED4207" w14:textId="221FE523" w:rsidR="007E695A" w:rsidRDefault="003A208C" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A0AEA20" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FC49076" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="5B7343C6" w14:textId="77777777" w:rsidTr="00CD7439">
         <w:trPr>
           <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
@@ -7168,144 +7148,139 @@
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="200"/>
               <w:ind w:left="23"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="0B41945C" w14:textId="77777777" w:rsidTr="00A547AB">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FFBEA67" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="86"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Laundry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E5C6BB4" w14:textId="4D7B56A5" w:rsidR="007E695A" w:rsidRDefault="003A208C" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A9C9CA7" w14:textId="26D576E1" w:rsidR="007E695A" w:rsidRDefault="003A208C" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5532785A" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="23"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C3FEBB1" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="23"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="2D8FFAF9" w14:textId="77777777" w:rsidTr="00CD7439">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
@@ -7449,157 +7424,152 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="23"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="259BA22C" w14:textId="77777777" w:rsidTr="00A547AB">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="079BF303" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="86"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Peer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04C65CD3" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48E3B240" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="623A2E28" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D09A213" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="0AA915E3" w14:textId="77777777" w:rsidTr="00CD7439">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
@@ -7718,158 +7688,153 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="58923155" w14:textId="77777777" w:rsidTr="00A547AB">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13B94B28" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="87"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Physical/Occupational/Speech</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="16"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Therapy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4684FF05" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77383336" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42119B00" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3874168F" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="23A10ECF" w14:textId="77777777" w:rsidTr="00CD7439">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
@@ -7987,158 +7952,153 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="25"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D47A30" w14:paraId="36701C02" w14:textId="77777777" w:rsidTr="00A547AB">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C625E81" w14:textId="77777777" w:rsidR="00D47A30" w:rsidRDefault="00D47A30" w:rsidP="00567A9C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="85"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Residential</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Habilitation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34D02307" w14:textId="77777777" w:rsidR="00D47A30" w:rsidRDefault="00D47A30" w:rsidP="00567A9C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FDC84CF" w14:textId="77777777" w:rsidR="00D47A30" w:rsidRDefault="00D47A30" w:rsidP="00567A9C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39DFB4B1" w14:textId="5B214418" w:rsidR="00D47A30" w:rsidRDefault="0071374A" w:rsidP="00567A9C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5623CCAE" w14:textId="3D6D7EAD" w:rsidR="00D47A30" w:rsidRDefault="0071374A" w:rsidP="00567A9C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="774BEBB5" w14:textId="77777777" w:rsidTr="00CD7439">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
@@ -8243,163 +8203,158 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="25"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="6ACCAC41" w14:textId="77777777" w:rsidTr="00A547AB">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="369E82DA" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="87"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Shared</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Home</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Supports</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A0EC806" w14:textId="66570401" w:rsidR="007E695A" w:rsidRDefault="0071374A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="241C7E6D" w14:textId="69F093D0" w:rsidR="007E695A" w:rsidRDefault="0071374A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="742AD2F8" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="25"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29EC56DA" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="25"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE4674" w14:paraId="05EFE3E0" w14:textId="77777777" w:rsidTr="00CD7439">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
@@ -8551,157 +8506,152 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="5C93E3E8" w14:textId="77777777" w:rsidTr="00A547AB">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48F92942" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="87"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Skilled</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Nursing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19B09555" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="25"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="265D94E1" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="25"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F253BA6" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="25"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="026E4D30" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="25"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="068226BD" w14:textId="77777777" w:rsidTr="00CD7439">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
@@ -8836,160 +8786,155 @@
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="26"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="0459816F" w14:textId="77777777" w:rsidTr="00A547AB">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A14DDBA" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="88"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Supported</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Employment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D8B03D6" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="26"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="791EE55B" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="26"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3151D23D" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="26"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AFB4381" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="26"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="54188E05" w14:textId="77777777" w:rsidTr="00CD7439">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
@@ -9136,161 +9081,156 @@
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="26"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="528B967D" w14:textId="77777777" w:rsidTr="00A547AB">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D0D308E" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="88"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Transitional</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="8"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Assistance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E0C9028" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1302F679" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73B62C50" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2ECEE749" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="32393E98" w14:textId="77777777" w:rsidTr="00CD7439">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
@@ -9400,158 +9340,153 @@
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E695A" w14:paraId="779D2D50" w14:textId="77777777" w:rsidTr="00A547AB">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="592325B5" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="88"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Vehicle</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Modification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="346A7E73" w14:textId="66A1F59E" w:rsidR="007E695A" w:rsidRDefault="0071374A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7481D89E" w14:textId="597A2F46" w:rsidR="007E695A" w:rsidRDefault="0071374A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A208C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3460133F" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64CF1673" w14:textId="77777777" w:rsidR="007E695A" w:rsidRDefault="007E695A" w:rsidP="007E695A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="63E059B6" w14:textId="77777777" w:rsidR="009C10FD" w:rsidRPr="00A93BA1" w:rsidRDefault="009C10FD">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
@@ -10190,130 +10125,136 @@
     <w:lvl w:ilvl="8" w:tplc="692E6514">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1964144552">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1517889809">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="594630381">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C10FD"/>
     <w:rsid w:val="00032DBD"/>
+    <w:rsid w:val="000513A2"/>
     <w:rsid w:val="00054303"/>
     <w:rsid w:val="000651CA"/>
     <w:rsid w:val="00081884"/>
+    <w:rsid w:val="000D583D"/>
     <w:rsid w:val="000E36E6"/>
     <w:rsid w:val="00104F26"/>
     <w:rsid w:val="00107D5B"/>
     <w:rsid w:val="00132867"/>
     <w:rsid w:val="00146E1C"/>
     <w:rsid w:val="001C42B7"/>
     <w:rsid w:val="001D6825"/>
     <w:rsid w:val="001E0502"/>
     <w:rsid w:val="001F0F72"/>
     <w:rsid w:val="00265D79"/>
     <w:rsid w:val="00270B6C"/>
     <w:rsid w:val="00280A48"/>
     <w:rsid w:val="002940B0"/>
     <w:rsid w:val="00296059"/>
     <w:rsid w:val="00296083"/>
     <w:rsid w:val="002E5B8D"/>
     <w:rsid w:val="0039364C"/>
     <w:rsid w:val="003A208C"/>
     <w:rsid w:val="00472000"/>
     <w:rsid w:val="004B1D7D"/>
     <w:rsid w:val="004C5979"/>
     <w:rsid w:val="00583730"/>
     <w:rsid w:val="005903A9"/>
     <w:rsid w:val="005B0998"/>
     <w:rsid w:val="005B7825"/>
     <w:rsid w:val="005C71D0"/>
     <w:rsid w:val="00651936"/>
     <w:rsid w:val="00653609"/>
     <w:rsid w:val="00655BC6"/>
     <w:rsid w:val="006970CC"/>
     <w:rsid w:val="0071374A"/>
     <w:rsid w:val="0073727E"/>
     <w:rsid w:val="007553D8"/>
     <w:rsid w:val="00765FD4"/>
     <w:rsid w:val="00775221"/>
     <w:rsid w:val="00787B77"/>
     <w:rsid w:val="007C343B"/>
     <w:rsid w:val="007D7E36"/>
     <w:rsid w:val="007E17B8"/>
     <w:rsid w:val="007E695A"/>
     <w:rsid w:val="0082744F"/>
     <w:rsid w:val="00845D2C"/>
     <w:rsid w:val="0084796F"/>
     <w:rsid w:val="00896E69"/>
     <w:rsid w:val="008C65D2"/>
     <w:rsid w:val="008E2E48"/>
+    <w:rsid w:val="00932B0F"/>
     <w:rsid w:val="00947B66"/>
     <w:rsid w:val="00967173"/>
     <w:rsid w:val="009C10FD"/>
     <w:rsid w:val="009D0235"/>
+    <w:rsid w:val="009E5020"/>
     <w:rsid w:val="00A36CB5"/>
     <w:rsid w:val="00A547AB"/>
     <w:rsid w:val="00A659E1"/>
     <w:rsid w:val="00A66F21"/>
     <w:rsid w:val="00A90FDB"/>
     <w:rsid w:val="00A93188"/>
     <w:rsid w:val="00A93BA1"/>
     <w:rsid w:val="00AD418A"/>
     <w:rsid w:val="00AF1DFF"/>
     <w:rsid w:val="00AF39A6"/>
+    <w:rsid w:val="00B132DB"/>
     <w:rsid w:val="00B9616D"/>
     <w:rsid w:val="00BA5C77"/>
     <w:rsid w:val="00BC6887"/>
     <w:rsid w:val="00C9429C"/>
     <w:rsid w:val="00CD7439"/>
     <w:rsid w:val="00CE638D"/>
     <w:rsid w:val="00D02D1E"/>
     <w:rsid w:val="00D101D5"/>
     <w:rsid w:val="00D17C1E"/>
     <w:rsid w:val="00D475CA"/>
     <w:rsid w:val="00D47A30"/>
     <w:rsid w:val="00D736FB"/>
     <w:rsid w:val="00D73B35"/>
     <w:rsid w:val="00D766A0"/>
     <w:rsid w:val="00DE4674"/>
     <w:rsid w:val="00E403FB"/>
     <w:rsid w:val="00E45857"/>
     <w:rsid w:val="00E673FF"/>
     <w:rsid w:val="00ED22C4"/>
     <w:rsid w:val="00EE06FC"/>
     <w:rsid w:val="00EE24DC"/>
     <w:rsid w:val="00F4146B"/>
     <w:rsid w:val="00F573B6"/>
     <w:rsid w:val="00FC25E5"/>
     <w:rsid w:val="00FE3798"/>
@@ -11511,74 +11452,74 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="02a64acd-37b4-4213-adcf-69e7bb6f99b3"/>
     <ds:schemaRef ds:uri="bfbac546-a2fc-4229-9ece-d0acbd3b42bf"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>645</Words>
-  <Characters>3681</Characters>
+  <Characters>3679</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4318</CharactersWithSpaces>
+  <CharactersWithSpaces>4316</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Gambarini, Jacqueline (EHS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-10-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 18.3 (Macintosh)</vt:lpwstr>