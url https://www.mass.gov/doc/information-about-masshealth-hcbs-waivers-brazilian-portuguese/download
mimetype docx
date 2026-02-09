--- v0 (2025-12-16)
+++ v1 (2026-02-09)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="501F8D47" w14:textId="77777777" w:rsidR="009C10FD" w:rsidRPr="00A65545" w:rsidRDefault="00C0246B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A65545">
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Informações sobre as dispensas HCBS do MassHealth</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="657BCD42" w14:textId="77777777" w:rsidR="009C10FD" w:rsidRPr="001961D4" w:rsidRDefault="00C0246B" w:rsidP="002B7748">
       <w:pPr>
         <w:ind w:left="418"/>
         <w:rPr>
@@ -606,207 +607,213 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>derrame, traumatismo craniano, infecção cerebral, tumor cerebral ou anoxia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>. Condições como demência não se qualificam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FCFB9E3" w14:textId="77777777" w:rsidR="002E4B55" w:rsidRPr="001961D4" w:rsidRDefault="002E4B55" w:rsidP="00344F58">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="60" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="806" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>**</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Requisitos financeiros que os candidatos ao programa de dispensa HCBS devem atender:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F1B1600" w14:textId="0C5DE3B0" w:rsidR="002E4B55" w:rsidRPr="001961D4" w:rsidRDefault="002E4B55" w:rsidP="00344F58">
+    <w:p w14:paraId="4F1B1600" w14:textId="77C2651F" w:rsidR="002E4B55" w:rsidRPr="001961D4" w:rsidRDefault="002E4B55" w:rsidP="00344F58">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1499"/>
         </w:tabs>
         <w:spacing w:line="228" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Renda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ≤ a 300% do valor do benefício federal SSI </w:t>
       </w:r>
       <w:r w:rsidRPr="001E776A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>($2</w:t>
+        <w:t>($</w:t>
       </w:r>
-      <w:r w:rsidR="00E80164">
+      <w:r w:rsidR="00E15488">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...5 lines deleted...]
-        <w:t>901</w:t>
+        <w:t>2,982</w:t>
       </w:r>
       <w:r w:rsidRPr="001E776A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001F0967" w:rsidRPr="001E776A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">por mês </w:t>
       </w:r>
       <w:r w:rsidRPr="001E776A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>em 202</w:t>
+        <w:t xml:space="preserve">em </w:t>
       </w:r>
-      <w:r w:rsidR="00061030" w:rsidRPr="001E776A">
+      <w:r w:rsidR="00E15488" w:rsidRPr="001E776A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15488">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="001E776A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D27E45A" w14:textId="77777777" w:rsidR="002E4B55" w:rsidRPr="001961D4" w:rsidRDefault="002E4B55" w:rsidP="00344F58">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1499"/>
         </w:tabs>
         <w:spacing w:line="228" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ativos contabilizáveis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ≤ $2.000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E702F2E" w14:textId="1C116557" w:rsidR="002E4B55" w:rsidRPr="001E776A" w:rsidRDefault="002E4B55" w:rsidP="00344F58">
+    <w:p w14:paraId="5E702F2E" w14:textId="007CE25E" w:rsidR="002E4B55" w:rsidRPr="001E776A" w:rsidRDefault="002E4B55" w:rsidP="00344F58">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1499"/>
         </w:tabs>
         <w:spacing w:line="228" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ativos contabilizáveis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> do cônjuge do requerente (caso se aplique) ≤ </w:t>
       </w:r>
       <w:r w:rsidRPr="001E776A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="00061030" w:rsidRPr="001E776A">
+      <w:r w:rsidR="00E15488">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>157,920</w:t>
+        <w:t>162,660</w:t>
       </w:r>
       <w:r w:rsidRPr="001E776A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (em 202</w:t>
+        <w:t xml:space="preserve"> (em </w:t>
       </w:r>
-      <w:r w:rsidR="00061030" w:rsidRPr="001E776A">
+      <w:r w:rsidR="00E15488" w:rsidRPr="001E776A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15488">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="001E776A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F358406" w14:textId="77777777" w:rsidR="002E4B55" w:rsidRPr="003B46FD" w:rsidRDefault="002E4B55" w:rsidP="002C0029">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10" w:after="1"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="427" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
@@ -1545,74 +1552,58 @@
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ABI-MFP Waiver F</w:t>
       </w:r>
       <w:r w:rsidR="00E80164">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>act Sheet</w:t>
       </w:r>
       <w:r w:rsidR="008A6C77">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00A65545" w:rsidRPr="001E776A">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>PT-</w:t>
-[...7 lines deleted...]
-        <w:t>BR</w:t>
+        <w:t>PT-BR</w:t>
       </w:r>
       <w:r w:rsidR="00E80164">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_2025</w:t>
-[...7 lines deleted...]
-        <w:t>-04</w:t>
+        <w:t>_2025-04</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11746ADE" w14:textId="77777777" w:rsidR="009C10FD" w:rsidRPr="00607816" w:rsidRDefault="009C10FD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="009C10FD" w:rsidRPr="00607816" w:rsidSect="002C0029">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="600" w:right="600" w:bottom="280" w:left="300" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="427" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -5764,51 +5755,51 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -6172,127 +6163,133 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1964144552">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1116634379">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1552569685">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:doNotDisplayPageBoundaries/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C10FD"/>
+    <w:rsid w:val="000513A2"/>
     <w:rsid w:val="00061030"/>
     <w:rsid w:val="000C6262"/>
     <w:rsid w:val="000D08A3"/>
     <w:rsid w:val="000F18F2"/>
     <w:rsid w:val="00141E7B"/>
+    <w:rsid w:val="00166659"/>
     <w:rsid w:val="00170767"/>
     <w:rsid w:val="0019580A"/>
     <w:rsid w:val="001961D4"/>
     <w:rsid w:val="001C35B2"/>
     <w:rsid w:val="001D4A98"/>
     <w:rsid w:val="001E776A"/>
     <w:rsid w:val="001F08F9"/>
     <w:rsid w:val="001F0967"/>
+    <w:rsid w:val="001F37B3"/>
     <w:rsid w:val="00227897"/>
     <w:rsid w:val="002963DA"/>
     <w:rsid w:val="002B7748"/>
     <w:rsid w:val="002C0029"/>
     <w:rsid w:val="002E4B55"/>
     <w:rsid w:val="002F2B4A"/>
     <w:rsid w:val="00305C87"/>
     <w:rsid w:val="00344F58"/>
     <w:rsid w:val="003A31B8"/>
     <w:rsid w:val="003A3D39"/>
     <w:rsid w:val="003B46FD"/>
     <w:rsid w:val="003C54F0"/>
     <w:rsid w:val="003D47F4"/>
     <w:rsid w:val="0040147A"/>
     <w:rsid w:val="004A3997"/>
     <w:rsid w:val="004C03F4"/>
     <w:rsid w:val="005304B5"/>
     <w:rsid w:val="005D3805"/>
     <w:rsid w:val="005F258E"/>
     <w:rsid w:val="00607816"/>
     <w:rsid w:val="006B0840"/>
     <w:rsid w:val="006E22E3"/>
     <w:rsid w:val="007503B2"/>
     <w:rsid w:val="0081086B"/>
     <w:rsid w:val="00852288"/>
     <w:rsid w:val="008820BB"/>
     <w:rsid w:val="00893BDC"/>
     <w:rsid w:val="008A6C77"/>
     <w:rsid w:val="008F410E"/>
     <w:rsid w:val="00947B66"/>
     <w:rsid w:val="0097345B"/>
     <w:rsid w:val="009C10FD"/>
     <w:rsid w:val="009E1D7B"/>
     <w:rsid w:val="00A00BE2"/>
     <w:rsid w:val="00A65545"/>
+    <w:rsid w:val="00B132DB"/>
     <w:rsid w:val="00BC7143"/>
     <w:rsid w:val="00BD26AE"/>
     <w:rsid w:val="00C0246B"/>
     <w:rsid w:val="00C776E2"/>
     <w:rsid w:val="00C9429C"/>
     <w:rsid w:val="00CD2D51"/>
     <w:rsid w:val="00CD4B8F"/>
     <w:rsid w:val="00D265EC"/>
     <w:rsid w:val="00D8160E"/>
     <w:rsid w:val="00DD5368"/>
     <w:rsid w:val="00DE5C67"/>
     <w:rsid w:val="00E05652"/>
+    <w:rsid w:val="00E15488"/>
     <w:rsid w:val="00E30C1E"/>
     <w:rsid w:val="00E540FA"/>
     <w:rsid w:val="00E80164"/>
     <w:rsid w:val="00EF585B"/>
     <w:rsid w:val="00F0226E"/>
     <w:rsid w:val="00F24D75"/>
     <w:rsid w:val="00F80BFE"/>
     <w:rsid w:val="00FE755E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -7159,53 +7156,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>790</Words>
   <Characters>4503</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>