--- v0 (2025-12-16)
+++ v1 (2026-03-26)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="501F8D47" w14:textId="77777777" w:rsidR="009C10FD" w:rsidRPr="00725BFE" w:rsidRDefault="00C0246B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00725BFE">
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Enfòmasyon sou egzonerasyon nan MassHealth HCBS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="657BCD42" w14:textId="4A22CC55" w:rsidR="009C10FD" w:rsidRPr="00725BFE" w:rsidRDefault="00C0246B" w:rsidP="002C0029">
       <w:pPr>
@@ -661,138 +662,135 @@
         <w:ind w:left="810" w:right="288" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E7F71">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidRPr="008E7F71">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kondisyon finansyè pou moun k ap aplike pou egzonerasyon HCBS :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D5410F" w14:textId="385C444D" w:rsidR="006A2EE3" w:rsidRPr="008E7F71" w:rsidRDefault="006A2EE3" w:rsidP="008E7F71">
+    <w:p w14:paraId="26D5410F" w14:textId="2A7EFB22" w:rsidR="006A2EE3" w:rsidRPr="008E7F71" w:rsidRDefault="006A2EE3" w:rsidP="008E7F71">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="223" w:lineRule="auto"/>
         <w:ind w:left="1260" w:right="288"/>
       </w:pPr>
       <w:r w:rsidRPr="008E7F71">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Salè</w:t>
       </w:r>
       <w:r w:rsidRPr="008E7F71">
-        <w:t xml:space="preserve"> ≤ 300% pase to benefis federal SSI la ($2,</w:t>
+        <w:t xml:space="preserve"> ≤ 300% pase to benefis federal SSI la ($</w:t>
       </w:r>
-      <w:r w:rsidR="004E0924" w:rsidRPr="008E7F71">
-        <w:t>901</w:t>
+      <w:r w:rsidR="00891358">
+        <w:t>2,982</w:t>
       </w:r>
       <w:r w:rsidRPr="008E7F71">
-        <w:t xml:space="preserve"> pa mwa nan lane 202</w:t>
+        <w:t xml:space="preserve"> pa mwa nan lane </w:t>
       </w:r>
-      <w:r w:rsidR="00BC064C" w:rsidRPr="008E7F71">
-        <w:t>5</w:t>
+      <w:r w:rsidR="00891358" w:rsidRPr="008E7F71">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00891358">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="008E7F71">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E2DB1A4" w14:textId="77777777" w:rsidR="006A2EE3" w:rsidRPr="008E7F71" w:rsidRDefault="006A2EE3" w:rsidP="008E7F71">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="223" w:lineRule="auto"/>
         <w:ind w:left="1260" w:right="288"/>
       </w:pPr>
       <w:r w:rsidRPr="008E7F71">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Aktif ki kapab konte</w:t>
       </w:r>
       <w:r w:rsidRPr="008E7F71">
         <w:t xml:space="preserve"> ≤ $2,000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A04CE93" w14:textId="0F74E277" w:rsidR="006A2EE3" w:rsidRPr="008E7F71" w:rsidRDefault="006A2EE3" w:rsidP="008E7F71">
+    <w:p w14:paraId="1A04CE93" w14:textId="25EF17A7" w:rsidR="006A2EE3" w:rsidRPr="008E7F71" w:rsidRDefault="006A2EE3" w:rsidP="008E7F71">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="223" w:lineRule="auto"/>
         <w:ind w:left="1260" w:right="288"/>
       </w:pPr>
       <w:r w:rsidRPr="008E7F71">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Aktif ki kapab konte </w:t>
       </w:r>
       <w:r w:rsidRPr="008E7F71">
-        <w:t>e ki pou epou/epouz (si genyen) moun k ap fè aplikasyon an ≤ $1</w:t>
+        <w:t>e ki pou epou/epouz (si genyen) moun k ap fè aplikasyon an ≤ $</w:t>
       </w:r>
-      <w:r w:rsidR="00EA558F" w:rsidRPr="008E7F71">
-[...3 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidR="00891358">
+        <w:t>162,660</w:t>
       </w:r>
       <w:r w:rsidRPr="008E7F71">
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> (nan lane </w:t>
       </w:r>
-      <w:r w:rsidR="00BC064C" w:rsidRPr="008E7F71">
-        <w:t>920</w:t>
+      <w:r w:rsidR="00891358" w:rsidRPr="008E7F71">
+        <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E7F71">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00891358">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="008E7F71">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="556E3AB3" w14:textId="77777777" w:rsidR="006A2EE3" w:rsidRPr="00EC2E61" w:rsidRDefault="006A2EE3" w:rsidP="002C0029">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10" w:after="1"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11003" w:type="dxa"/>
         <w:tblInd w:w="427" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -5986,54 +5984,53 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
-    <w:altName w:val="Wingdings 2"/>
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6395,172 +6392,178 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1964144552">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1116634379">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1552569685">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C10FD"/>
     <w:rsid w:val="00002029"/>
     <w:rsid w:val="000045F8"/>
+    <w:rsid w:val="000513A2"/>
     <w:rsid w:val="00064423"/>
     <w:rsid w:val="00070576"/>
     <w:rsid w:val="000C6262"/>
     <w:rsid w:val="000D3EF5"/>
     <w:rsid w:val="000D4843"/>
     <w:rsid w:val="000E79DE"/>
     <w:rsid w:val="000F18F2"/>
     <w:rsid w:val="0018540C"/>
     <w:rsid w:val="001961D4"/>
     <w:rsid w:val="001A0DA6"/>
     <w:rsid w:val="001A444C"/>
     <w:rsid w:val="00210E95"/>
     <w:rsid w:val="00227897"/>
     <w:rsid w:val="00237B9E"/>
     <w:rsid w:val="00241DF6"/>
     <w:rsid w:val="00245858"/>
     <w:rsid w:val="00256A62"/>
     <w:rsid w:val="0026742D"/>
     <w:rsid w:val="00276497"/>
     <w:rsid w:val="00277F5C"/>
     <w:rsid w:val="002963DA"/>
     <w:rsid w:val="002B0BC9"/>
     <w:rsid w:val="002C0029"/>
     <w:rsid w:val="002D5632"/>
     <w:rsid w:val="00305C87"/>
     <w:rsid w:val="003069D9"/>
     <w:rsid w:val="0032489E"/>
     <w:rsid w:val="00395CC6"/>
     <w:rsid w:val="003D47F4"/>
     <w:rsid w:val="003F4262"/>
     <w:rsid w:val="0040147A"/>
     <w:rsid w:val="00445B0B"/>
     <w:rsid w:val="004966DF"/>
     <w:rsid w:val="004E0924"/>
     <w:rsid w:val="004F03DF"/>
     <w:rsid w:val="004F2EC7"/>
     <w:rsid w:val="00522FC8"/>
     <w:rsid w:val="005C023E"/>
     <w:rsid w:val="005C5F18"/>
     <w:rsid w:val="00605B0A"/>
     <w:rsid w:val="0061516F"/>
     <w:rsid w:val="00630910"/>
     <w:rsid w:val="00640601"/>
     <w:rsid w:val="006A2EE3"/>
     <w:rsid w:val="006B0840"/>
     <w:rsid w:val="006C6161"/>
+    <w:rsid w:val="006D57AB"/>
     <w:rsid w:val="00725BFE"/>
     <w:rsid w:val="007376BB"/>
     <w:rsid w:val="00742A93"/>
     <w:rsid w:val="007503B2"/>
     <w:rsid w:val="007A5C78"/>
     <w:rsid w:val="007E4AEC"/>
     <w:rsid w:val="0081086B"/>
     <w:rsid w:val="00816B18"/>
     <w:rsid w:val="008354F7"/>
     <w:rsid w:val="0085746C"/>
     <w:rsid w:val="008820BB"/>
     <w:rsid w:val="0088251B"/>
+    <w:rsid w:val="00891358"/>
     <w:rsid w:val="00893BDC"/>
     <w:rsid w:val="008C5464"/>
     <w:rsid w:val="008E7F71"/>
     <w:rsid w:val="008F2CF6"/>
     <w:rsid w:val="00910669"/>
     <w:rsid w:val="0092197C"/>
     <w:rsid w:val="00947B66"/>
     <w:rsid w:val="00971DCE"/>
     <w:rsid w:val="009749EA"/>
     <w:rsid w:val="00986878"/>
     <w:rsid w:val="009A626C"/>
     <w:rsid w:val="009C10FD"/>
     <w:rsid w:val="009C1A33"/>
     <w:rsid w:val="009D5729"/>
     <w:rsid w:val="009E1B11"/>
     <w:rsid w:val="009E1D7B"/>
     <w:rsid w:val="009E7243"/>
     <w:rsid w:val="00A00BE2"/>
     <w:rsid w:val="00A51499"/>
     <w:rsid w:val="00A637D2"/>
     <w:rsid w:val="00AA741D"/>
+    <w:rsid w:val="00B132DB"/>
     <w:rsid w:val="00B27DA2"/>
     <w:rsid w:val="00BC064C"/>
     <w:rsid w:val="00BF0EA2"/>
     <w:rsid w:val="00C0246B"/>
     <w:rsid w:val="00C20463"/>
     <w:rsid w:val="00C365F9"/>
     <w:rsid w:val="00C670A1"/>
     <w:rsid w:val="00C776E2"/>
     <w:rsid w:val="00C9429C"/>
     <w:rsid w:val="00CB7FE5"/>
     <w:rsid w:val="00CD4B8F"/>
     <w:rsid w:val="00CD7F53"/>
     <w:rsid w:val="00CF0222"/>
     <w:rsid w:val="00D26F8C"/>
     <w:rsid w:val="00D9129B"/>
     <w:rsid w:val="00D92FCC"/>
     <w:rsid w:val="00DA3AE4"/>
     <w:rsid w:val="00DD5368"/>
     <w:rsid w:val="00DE4303"/>
     <w:rsid w:val="00E12A69"/>
     <w:rsid w:val="00E30C1E"/>
     <w:rsid w:val="00E540FA"/>
     <w:rsid w:val="00E64E33"/>
     <w:rsid w:val="00E84ECE"/>
+    <w:rsid w:val="00E91726"/>
     <w:rsid w:val="00EA14E2"/>
     <w:rsid w:val="00EA558F"/>
     <w:rsid w:val="00EC2E61"/>
     <w:rsid w:val="00F110E2"/>
     <w:rsid w:val="00F24D75"/>
     <w:rsid w:val="00F57D75"/>
     <w:rsid w:val="00F80BFE"/>
     <w:rsid w:val="00F90124"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
@@ -7429,60 +7432,66 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>797</Words>
-  <Characters>4006</Characters>
+  <Words>716</Words>
+  <Characters>4087</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4794</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>