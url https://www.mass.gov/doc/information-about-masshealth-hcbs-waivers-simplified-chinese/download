--- v0 (2025-11-01)
+++ v1 (2026-02-08)
@@ -1,49 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5DC12757" w14:textId="3A8444B7" w:rsidR="000B2128" w:rsidRPr="00155F0C" w:rsidRDefault="00A71D06" w:rsidP="00A724F4">
       <w:pPr>
         <w:ind w:left="446"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="55"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00155F0C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="55"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>MassHealth HCBS</w:t>
@@ -807,63 +808,52 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003825DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>由</w:t>
             </w:r>
             <w:r w:rsidR="00C82C88" w:rsidRPr="003825DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> MassAbility</w:t>
+            </w:r>
             <w:r w:rsidR="00C82C88" w:rsidRPr="003825DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003825DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>運營的</w:t>
             </w:r>
             <w:r w:rsidR="005C4452" w:rsidRPr="003825DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
@@ -1342,63 +1332,52 @@
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="325" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003825DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>由</w:t>
             </w:r>
             <w:r w:rsidR="00C82C88" w:rsidRPr="003825DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> MassAbility</w:t>
+            </w:r>
             <w:r w:rsidR="00C82C88" w:rsidRPr="003825DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003825DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>運營的</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="007A35B1" w:rsidRPr="003825DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1689,51 +1668,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">HCBS </w:t>
       </w:r>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>豁免計劃申請者的財務要求</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B77D464" w14:textId="0B8E436F" w:rsidR="00211120" w:rsidRPr="003825DE" w:rsidRDefault="00211120" w:rsidP="00211120">
+    <w:p w14:paraId="4B77D464" w14:textId="52696F1B" w:rsidR="00211120" w:rsidRPr="003825DE" w:rsidRDefault="00211120" w:rsidP="00211120">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1879"/>
           <w:tab w:val="left" w:pos="2831"/>
           <w:tab w:val="left" w:pos="9081"/>
         </w:tabs>
         <w:spacing w:beforeLines="27" w:before="64"/>
         <w:ind w:left="1872" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -1784,163 +1763,154 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>300%</w:t>
       </w:r>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
-      <w:r w:rsidRPr="003825DE">
+      <w:r w:rsidR="00462FAA" w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00C82C88" w:rsidRPr="003825DE">
+      <w:r w:rsidR="00462FAA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="003825DE">
+      <w:r w:rsidR="00462FAA" w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>年為每月</w:t>
       </w:r>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t xml:space="preserve"> $2,</w:t>
+        <w:t xml:space="preserve"> $</w:t>
       </w:r>
-      <w:r w:rsidR="002C40E2" w:rsidRPr="003825DE">
+      <w:r w:rsidR="00E94951">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...8 lines deleted...]
-        <w:t>01</w:t>
+        <w:t>2,982</w:t>
       </w:r>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F1BD67F" w14:textId="77777777" w:rsidR="00211120" w:rsidRPr="003825DE" w:rsidRDefault="00211120" w:rsidP="00211120">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:beforeLines="27" w:before="64"/>
         <w:ind w:left="1872" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>可計入資產</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ≤ $2,000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A009BA0" w14:textId="7F64804D" w:rsidR="00211120" w:rsidRPr="003825DE" w:rsidRDefault="00211120" w:rsidP="00211120">
+    <w:p w14:paraId="7A009BA0" w14:textId="4FCAE1FE" w:rsidR="00211120" w:rsidRPr="003825DE" w:rsidRDefault="00211120" w:rsidP="00211120">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1879"/>
         </w:tabs>
         <w:spacing w:beforeLines="27" w:before="64"/>
         <w:ind w:left="1872" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
@@ -1950,125 +1920,89 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>可計入資產</w:t>
       </w:r>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>（如適用）</w:t>
       </w:r>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>≤ $1</w:t>
+        <w:t>≤ $</w:t>
       </w:r>
-      <w:r w:rsidR="002C40E2" w:rsidRPr="003825DE">
+      <w:r w:rsidR="00257E7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...35 lines deleted...]
-        <w:t>0</w:t>
+        <w:t>162,660</w:t>
       </w:r>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
-      <w:r w:rsidRPr="003825DE">
+      <w:r w:rsidR="00257E7F" w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00C82C88" w:rsidRPr="003825DE">
+      <w:r w:rsidR="00257E7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="003825DE">
+      <w:r w:rsidR="00257E7F" w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003825DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>年）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FEAF89B" w14:textId="77777777" w:rsidR="00211120" w:rsidRPr="00155F0C" w:rsidRDefault="00211120" w:rsidP="003825DE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
@@ -3937,154 +3871,149 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="403152"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10FC8" w:rsidRPr="00A00BE2" w14:paraId="52922293" w14:textId="77777777" w:rsidTr="00053F67">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CB254B2" w14:textId="70D6DF70" w:rsidR="00B10FC8" w:rsidRPr="008F5A95" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="85"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F5A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>輔助技術</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40680C3A" w14:textId="77777777" w:rsidR="00B10FC8" w:rsidRPr="008F5A95" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72A9E58F" w14:textId="77777777" w:rsidR="00B10FC8" w:rsidRPr="008F5A95" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AD88CA4" w14:textId="77777777" w:rsidR="00B10FC8" w:rsidRPr="008F5A95" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60986CC8" w14:textId="77777777" w:rsidR="00B10FC8" w:rsidRPr="008F5A95" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10FC8" w:rsidRPr="002C0029" w14:paraId="172EC24A" w14:textId="77777777" w:rsidTr="00B10FC8">
         <w:trPr>
           <w:trHeight w:val="335"/>
@@ -4482,153 +4411,148 @@
               <w:spacing w:before="57"/>
               <w:ind w:left="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C0029">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10FC8" w:rsidRPr="002C0029" w14:paraId="3E32C950" w14:textId="77777777" w:rsidTr="00B10FC8">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="188EA975" w14:textId="6EFA0601" w:rsidR="00B10FC8" w:rsidRPr="009E0631" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="85"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E0631">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>日間服務</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3407A973" w14:textId="77777777" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24FC603E" w14:textId="77777777" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0104FE99" w14:textId="77777777" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37A7DF6A" w14:textId="77777777" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10FC8" w:rsidRPr="002C0029" w14:paraId="675ADC47" w14:textId="77777777" w:rsidTr="00B10FC8">
         <w:trPr>
           <w:trHeight w:val="335"/>
@@ -6073,51 +5997,50 @@
               <w:spacing w:before="57"/>
               <w:ind w:left="24"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10FC8" w:rsidRPr="002C0029" w14:paraId="6B2EDF68" w14:textId="77777777" w:rsidTr="00B10FC8">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02140537" w14:textId="78269B72" w:rsidR="00B10FC8" w:rsidRPr="00317450" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="87"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00317450">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>物理</w:t>
             </w:r>
             <w:r w:rsidRPr="00317450">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
@@ -6136,124 +6059,120 @@
               <w:t>職業</w:t>
             </w:r>
             <w:r w:rsidRPr="00317450">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="00317450">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>語言療法</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5518CFCB" w14:textId="6154300B" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33E87D29" w14:textId="75C40D0E" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79165346" w14:textId="77777777" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="24"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6885AC46" w14:textId="77777777" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="24"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10FC8" w:rsidRPr="002C0029" w14:paraId="05DA9DE3" w14:textId="77777777" w:rsidTr="00B10FC8">
         <w:trPr>
           <w:trHeight w:val="335"/>
@@ -6633,171 +6552,166 @@
               <w:spacing w:before="57"/>
               <w:ind w:left="29"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10FC8" w:rsidRPr="002C0029" w14:paraId="12495F60" w14:textId="77777777" w:rsidTr="00053F67">
         <w:trPr>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C438B24" w14:textId="0BA662E9" w:rsidR="00B10FC8" w:rsidRPr="00317450" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="87"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00317450">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>共同生活</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>居家</w:t>
             </w:r>
             <w:r w:rsidRPr="00317450">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>支援</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="463DE508" w14:textId="5557808A" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="403152"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F882E9C" w14:textId="18EB0E32" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="403152"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3670F42F" w14:textId="77777777" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="29"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26547CED" w14:textId="77777777" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:ind w:left="29"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10FC8" w:rsidRPr="002C0029" w14:paraId="43ADEB2C" w14:textId="77777777" w:rsidTr="00053F67">
         <w:trPr>
           <w:trHeight w:val="335"/>
@@ -6934,152 +6848,147 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="403152"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10FC8" w:rsidRPr="002C0029" w14:paraId="5057CA4D" w14:textId="77777777" w:rsidTr="00B10FC8">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4041" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DF911E7" w14:textId="56767377" w:rsidR="00B10FC8" w:rsidRPr="00317450" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="87"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00317450">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>專業護理</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="773092C5" w14:textId="6C4CAF7E" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D7B9730" w14:textId="54F560D2" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2963DD96" w14:textId="64902F6E" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="29"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77389277" w14:textId="0A787252" w:rsidR="00B10FC8" w:rsidRPr="00BE3A10" w:rsidRDefault="00B10FC8" w:rsidP="00B10FC8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
               <w:ind w:left="29"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3A10">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10FC8" w:rsidRPr="002C0029" w14:paraId="1A538AE8" w14:textId="77777777" w:rsidTr="00B10FC8">
         <w:trPr>
           <w:trHeight w:val="335"/>
@@ -8177,59 +8086,59 @@
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800000EF" w:usb1="28CF78FA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
@@ -8529,187 +8438,193 @@
     <w:lvl w:ilvl="8" w:tplc="CB425CD6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9464" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="602767301">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="920212820">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
-  <w:revisionView w:inkAnnotations="0"/>
+  <w:doNotDisplayPageBoundaries/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000B2128"/>
     <w:rsid w:val="0002040E"/>
     <w:rsid w:val="000251AB"/>
     <w:rsid w:val="0003053F"/>
     <w:rsid w:val="00033963"/>
+    <w:rsid w:val="000513A2"/>
     <w:rsid w:val="00053F67"/>
     <w:rsid w:val="00075EA8"/>
     <w:rsid w:val="00090DC1"/>
     <w:rsid w:val="000961AA"/>
     <w:rsid w:val="000B2128"/>
     <w:rsid w:val="000B64AC"/>
     <w:rsid w:val="001177BF"/>
     <w:rsid w:val="00125CDC"/>
     <w:rsid w:val="00154232"/>
     <w:rsid w:val="00155F0C"/>
     <w:rsid w:val="00165A78"/>
     <w:rsid w:val="00183221"/>
     <w:rsid w:val="0018540C"/>
     <w:rsid w:val="001C33C8"/>
     <w:rsid w:val="001D17D0"/>
     <w:rsid w:val="0020469C"/>
     <w:rsid w:val="00211120"/>
     <w:rsid w:val="00215014"/>
     <w:rsid w:val="00226EB5"/>
     <w:rsid w:val="00227967"/>
     <w:rsid w:val="002376F5"/>
     <w:rsid w:val="00254478"/>
+    <w:rsid w:val="00257E7F"/>
     <w:rsid w:val="0027723F"/>
     <w:rsid w:val="002C40E2"/>
     <w:rsid w:val="00307846"/>
     <w:rsid w:val="00317450"/>
     <w:rsid w:val="00325EC6"/>
     <w:rsid w:val="003825DE"/>
     <w:rsid w:val="003875C4"/>
     <w:rsid w:val="003A0FC4"/>
     <w:rsid w:val="004061DD"/>
     <w:rsid w:val="004601CB"/>
+    <w:rsid w:val="00462FAA"/>
     <w:rsid w:val="00464FB8"/>
     <w:rsid w:val="00483DF6"/>
     <w:rsid w:val="00492313"/>
     <w:rsid w:val="004A7742"/>
     <w:rsid w:val="004B59A9"/>
     <w:rsid w:val="004C6BAC"/>
     <w:rsid w:val="004F52FF"/>
     <w:rsid w:val="005042D4"/>
     <w:rsid w:val="005321FB"/>
     <w:rsid w:val="005467AC"/>
     <w:rsid w:val="005568D4"/>
     <w:rsid w:val="00592EED"/>
     <w:rsid w:val="005A2149"/>
     <w:rsid w:val="005C4452"/>
     <w:rsid w:val="005D48FA"/>
     <w:rsid w:val="00610B47"/>
     <w:rsid w:val="00677280"/>
     <w:rsid w:val="00694C2C"/>
     <w:rsid w:val="006A40EA"/>
+    <w:rsid w:val="006A4694"/>
     <w:rsid w:val="006E0CC9"/>
     <w:rsid w:val="006E748B"/>
     <w:rsid w:val="006F3BE0"/>
     <w:rsid w:val="007A35B1"/>
     <w:rsid w:val="007B6529"/>
     <w:rsid w:val="007E7CF3"/>
     <w:rsid w:val="007F5C43"/>
     <w:rsid w:val="008218D8"/>
     <w:rsid w:val="00827A69"/>
     <w:rsid w:val="00884743"/>
     <w:rsid w:val="008B4D36"/>
     <w:rsid w:val="008F5A95"/>
     <w:rsid w:val="009033AF"/>
     <w:rsid w:val="009341D0"/>
     <w:rsid w:val="00967443"/>
     <w:rsid w:val="00980631"/>
     <w:rsid w:val="00982E1F"/>
     <w:rsid w:val="009E0631"/>
     <w:rsid w:val="009E22EE"/>
     <w:rsid w:val="00A10F45"/>
     <w:rsid w:val="00A2259F"/>
     <w:rsid w:val="00A62D97"/>
     <w:rsid w:val="00A71D06"/>
     <w:rsid w:val="00A724F4"/>
     <w:rsid w:val="00AA3E2A"/>
     <w:rsid w:val="00AB277B"/>
     <w:rsid w:val="00AB6CEA"/>
     <w:rsid w:val="00AE3332"/>
     <w:rsid w:val="00AE437D"/>
     <w:rsid w:val="00AE7AC3"/>
     <w:rsid w:val="00B10FC8"/>
+    <w:rsid w:val="00B132DB"/>
     <w:rsid w:val="00B345AD"/>
     <w:rsid w:val="00B61F60"/>
     <w:rsid w:val="00B91D3C"/>
     <w:rsid w:val="00B9202B"/>
     <w:rsid w:val="00B96945"/>
     <w:rsid w:val="00BA1E18"/>
     <w:rsid w:val="00BB2FFE"/>
     <w:rsid w:val="00BE3A10"/>
     <w:rsid w:val="00C046FE"/>
     <w:rsid w:val="00C34432"/>
     <w:rsid w:val="00C636DC"/>
     <w:rsid w:val="00C67325"/>
     <w:rsid w:val="00C82C88"/>
     <w:rsid w:val="00CB77A2"/>
     <w:rsid w:val="00CF3B6D"/>
     <w:rsid w:val="00D2670F"/>
     <w:rsid w:val="00D43C07"/>
     <w:rsid w:val="00D55FE9"/>
     <w:rsid w:val="00DC6B19"/>
     <w:rsid w:val="00DD5368"/>
     <w:rsid w:val="00E12A82"/>
     <w:rsid w:val="00E13EB9"/>
     <w:rsid w:val="00E3536D"/>
+    <w:rsid w:val="00E94951"/>
     <w:rsid w:val="00EA4729"/>
     <w:rsid w:val="00ED53A4"/>
     <w:rsid w:val="00EF524B"/>
     <w:rsid w:val="00EF5C3D"/>
     <w:rsid w:val="00F24EC2"/>
     <w:rsid w:val="00F40409"/>
     <w:rsid w:val="00F5515B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -9609,57 +9524,63 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C73BF35-DAB6-4493-86DB-E5005BD05078}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>319</Words>
-  <Characters>1758</Characters>
+  <Words>310</Words>
+  <Characters>1767</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2073</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>