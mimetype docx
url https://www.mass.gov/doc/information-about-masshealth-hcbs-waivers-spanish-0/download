--- v0 (2025-11-01)
+++ v1 (2026-03-26)
@@ -1,77 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="501F8D47" w14:textId="77777777" w:rsidR="009C10FD" w:rsidRPr="004C4CCD" w:rsidRDefault="005C5156">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve">Información sobre las Exenciones HCBS de </w:t>
+        <w:t>Información sobre las Exenciones HCBS de MassHealth</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="657BCD42" w14:textId="77777777" w:rsidR="009C10FD" w:rsidRPr="004C4CCD" w:rsidRDefault="005C5156" w:rsidP="002C0029">
       <w:pPr>
         <w:spacing w:before="39"/>
         <w:ind w:left="420"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Exenciones por Lesión Cerebral Adquirida (ABI) y del Plan Seguir Adelante (MFP)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597E4F77" w14:textId="0E11BF5D" w:rsidR="009C10FD" w:rsidRPr="004C4CCD" w:rsidRDefault="005C5156" w:rsidP="00482146">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="418" w:right="115"/>
@@ -400,59 +391,57 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005C5156" w:rsidRPr="000C2CC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>Lesión Cerebral Adquirida con Habilitación no residencial</w:t>
             </w:r>
             <w:r w:rsidR="005C5156" w:rsidRPr="000C2CC5">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t xml:space="preserve"> administrada por </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00AB4FAE" w:rsidRPr="000C2CC5">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>MassAbility</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00AB4FAE" w:rsidRPr="000C2CC5" w:rsidDel="00AB4FAE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E0ED"/>
           </w:tcPr>
           <w:p w14:paraId="74A1D037" w14:textId="7E6B8032" w:rsidR="009C10FD" w:rsidRPr="004C4CCD" w:rsidRDefault="005C5156" w:rsidP="002C0029">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="84" w:line="235" w:lineRule="auto"/>
               <w:ind w:left="204"/>
               <w:jc w:val="left"/>
@@ -685,59 +674,57 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005C5156" w:rsidRPr="000C2CC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>Plan Seguir Adelante de Vida en la comunidad</w:t>
             </w:r>
             <w:r w:rsidR="005C5156" w:rsidRPr="000C2CC5">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t xml:space="preserve"> administrada por </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00AB4FAE" w:rsidRPr="000C2CC5">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>MassAbility</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1E0ED"/>
           </w:tcPr>
           <w:p w14:paraId="0E683A38" w14:textId="7D220029" w:rsidR="009C10FD" w:rsidRPr="004C4CCD" w:rsidRDefault="005C5156" w:rsidP="002C0029">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="84" w:line="235" w:lineRule="auto"/>
               <w:ind w:left="204"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4CCD">
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -875,241 +862,225 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="561E164F" w14:textId="3B7B8AF9" w:rsidR="00D82692" w:rsidRPr="004C4CCD" w:rsidRDefault="00D82692" w:rsidP="00482146">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="60" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="778" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>Requisitos económicos para los solicitantes de exenciones HCBS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4AC803" w14:textId="6D5F21B0" w:rsidR="00D82692" w:rsidRPr="004C4CCD" w:rsidRDefault="00D82692" w:rsidP="00482146">
+    <w:p w14:paraId="5B4AC803" w14:textId="1ECB6E0F" w:rsidR="00D82692" w:rsidRPr="004C4CCD" w:rsidRDefault="00D82692" w:rsidP="00482146">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1499"/>
         </w:tabs>
         <w:spacing w:line="228" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Ingresos</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ≤ al 300% de la Tasa del Beneficio Federal del SSI ($2,</w:t>
+        <w:t xml:space="preserve"> ≤ al 300% de la Tasa del Beneficio Federal del SSI ($</w:t>
       </w:r>
-      <w:r w:rsidR="00DF183C">
+      <w:r w:rsidR="00BF6271">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>901</w:t>
+        <w:t>2,982</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> por mes en 202</w:t>
+        <w:t xml:space="preserve"> por mes en </w:t>
       </w:r>
-      <w:r w:rsidR="00DF183C">
+      <w:r w:rsidR="00BF6271" w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6271">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE809D5" w14:textId="77777777" w:rsidR="00D82692" w:rsidRPr="004C4CCD" w:rsidRDefault="00D82692" w:rsidP="00482146">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1499"/>
         </w:tabs>
         <w:spacing w:line="228" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Bienes contables por considerar </w:t>
       </w:r>
       <w:r w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>≤ $2,000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06CE1C0E" w14:textId="0AF5DC85" w:rsidR="00D82692" w:rsidRPr="004C4CCD" w:rsidRDefault="00D82692" w:rsidP="00482146">
+    <w:p w14:paraId="06CE1C0E" w14:textId="68088F89" w:rsidR="00D82692" w:rsidRPr="004C4CCD" w:rsidRDefault="00D82692" w:rsidP="00482146">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1499"/>
         </w:tabs>
         <w:spacing w:line="228" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Bienes contables</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> del cónyuge del solicitante (si corresponde) ≤ $1</w:t>
+        <w:t xml:space="preserve"> del cónyuge del solicitante (si corresponde) ≤ $</w:t>
       </w:r>
-      <w:r w:rsidR="00FC5546" w:rsidRPr="004C4CCD">
+      <w:r w:rsidR="00BF6271">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...7 lines deleted...]
-        <w:t>7</w:t>
+        <w:t>162,660</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> (en </w:t>
       </w:r>
-      <w:r w:rsidR="00DF183C">
+      <w:r w:rsidR="00BF6271" w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>92</w:t>
+        <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00FC5546" w:rsidRPr="004C4CCD">
+      <w:r w:rsidR="00BF6271">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...15 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4CCD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BE16F39" w14:textId="77777777" w:rsidR="009C10FD" w:rsidRPr="00B4377B" w:rsidRDefault="009C10FD" w:rsidP="002C0029">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10" w:after="1"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="427" w:type="dxa"/>
@@ -7094,70 +7065,72 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="485513539">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="841316779">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="168832268">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C10FD"/>
     <w:rsid w:val="000311D9"/>
     <w:rsid w:val="000334A3"/>
     <w:rsid w:val="000432D1"/>
+    <w:rsid w:val="000513A2"/>
     <w:rsid w:val="000529A0"/>
     <w:rsid w:val="00066CA9"/>
     <w:rsid w:val="000C2CC5"/>
     <w:rsid w:val="000C6262"/>
     <w:rsid w:val="000F18F2"/>
     <w:rsid w:val="00164D92"/>
     <w:rsid w:val="001961D4"/>
     <w:rsid w:val="001E4C78"/>
     <w:rsid w:val="00227897"/>
     <w:rsid w:val="00255755"/>
     <w:rsid w:val="00282D89"/>
     <w:rsid w:val="002963DA"/>
     <w:rsid w:val="002C0029"/>
     <w:rsid w:val="002C5094"/>
     <w:rsid w:val="002F4CE3"/>
     <w:rsid w:val="00305C87"/>
     <w:rsid w:val="003577E3"/>
     <w:rsid w:val="00390AC0"/>
     <w:rsid w:val="003D47F4"/>
     <w:rsid w:val="0040147A"/>
     <w:rsid w:val="00422D8A"/>
     <w:rsid w:val="004267FD"/>
     <w:rsid w:val="00455320"/>
     <w:rsid w:val="0047469C"/>
     <w:rsid w:val="00482146"/>
@@ -7168,75 +7141,79 @@
     <w:rsid w:val="00524CE4"/>
     <w:rsid w:val="005476A0"/>
     <w:rsid w:val="005C5156"/>
     <w:rsid w:val="00632836"/>
     <w:rsid w:val="006B0840"/>
     <w:rsid w:val="006B42EE"/>
     <w:rsid w:val="007250F0"/>
     <w:rsid w:val="007503B2"/>
     <w:rsid w:val="00787872"/>
     <w:rsid w:val="00792850"/>
     <w:rsid w:val="007C63BD"/>
     <w:rsid w:val="0081086B"/>
     <w:rsid w:val="0082409D"/>
     <w:rsid w:val="008820BB"/>
     <w:rsid w:val="008862A7"/>
     <w:rsid w:val="008F2B1F"/>
     <w:rsid w:val="00912672"/>
     <w:rsid w:val="00947B66"/>
     <w:rsid w:val="009A282D"/>
     <w:rsid w:val="009C10FD"/>
     <w:rsid w:val="009E1D7B"/>
     <w:rsid w:val="00A00BE2"/>
     <w:rsid w:val="00A7010A"/>
     <w:rsid w:val="00AB4FAE"/>
     <w:rsid w:val="00B07C43"/>
+    <w:rsid w:val="00B132DB"/>
     <w:rsid w:val="00B3597C"/>
     <w:rsid w:val="00B4377B"/>
+    <w:rsid w:val="00BF6271"/>
     <w:rsid w:val="00C0246B"/>
     <w:rsid w:val="00C5745D"/>
     <w:rsid w:val="00C776E2"/>
     <w:rsid w:val="00C9429C"/>
     <w:rsid w:val="00C94C18"/>
     <w:rsid w:val="00CA7B15"/>
     <w:rsid w:val="00CC5106"/>
     <w:rsid w:val="00CD4B8F"/>
     <w:rsid w:val="00CE1917"/>
     <w:rsid w:val="00D731E3"/>
     <w:rsid w:val="00D82692"/>
     <w:rsid w:val="00DB4895"/>
     <w:rsid w:val="00DF183C"/>
     <w:rsid w:val="00E10599"/>
     <w:rsid w:val="00E30C1E"/>
     <w:rsid w:val="00E42BF2"/>
     <w:rsid w:val="00E540FA"/>
     <w:rsid w:val="00EA78EC"/>
+    <w:rsid w:val="00EF7055"/>
     <w:rsid w:val="00F24D75"/>
     <w:rsid w:val="00F76672"/>
     <w:rsid w:val="00F80BFE"/>
     <w:rsid w:val="00F97787"/>
     <w:rsid w:val="00FA37F8"/>
+    <w:rsid w:val="00FA57A4"/>
     <w:rsid w:val="00FA6C26"/>
     <w:rsid w:val="00FC1331"/>
     <w:rsid w:val="00FC5546"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -8172,59 +8149,65 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>794</Words>
   <Characters>4529</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>