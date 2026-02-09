--- v0 (2025-11-01)
+++ v1 (2026-02-09)
@@ -1,46 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="501F8D47" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r w:rsidRPr="0019499A">
         <w:t>Thông tin về Miễn trừ HCBS của MassHealth</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="657BCD42" w14:textId="689A930F" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal1"/>
         <w:spacing w:before="39"/>
         <w:ind w:left="420"/>
       </w:pPr>
       <w:r w:rsidRPr="0019499A">
         <w:t>Miễn trừ cho Người Bị Chấn Thương Não</w:t>
       </w:r>
       <w:r w:rsidR="3EAFCEED" w:rsidRPr="0019499A">
         <w:t xml:space="preserve"> (ABI)</w:t>
       </w:r>
@@ -476,135 +477,153 @@
       </w:r>
       <w:r w:rsidRPr="0019499A">
         <w:t>. Các tình trạng bị mất trí sa sút trí tuệ không đủ điều kiện.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0351484C" w14:textId="3E041023" w:rsidR="00EE1D27" w:rsidRPr="0019499A" w:rsidRDefault="00EE1D27" w:rsidP="004937C8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:line="290" w:lineRule="exact"/>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="0019499A">
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidRPr="0019499A">
         <w:tab/>
         <w:t>Yêu cầu tài chính dành cho người nộp đơn</w:t>
       </w:r>
       <w:r w:rsidR="00B44B34">
         <w:t>x</w:t>
       </w:r>
       <w:r w:rsidRPr="0019499A">
         <w:t>in miễn trừ HCBS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="604F4C32" w14:textId="65BF95E4" w:rsidR="00EE1D27" w:rsidRPr="0019499A" w:rsidRDefault="00EE1D27" w:rsidP="00EE1D27">
+    <w:p w14:paraId="604F4C32" w14:textId="09A91B8C" w:rsidR="00EE1D27" w:rsidRPr="0019499A" w:rsidRDefault="00EE1D27" w:rsidP="00EE1D27">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1499"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0019499A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Thu nhập </w:t>
       </w:r>
       <w:r w:rsidRPr="0019499A">
         <w:t>≤ 300% Mức Trợ cấp Liên bang SSI ($</w:t>
       </w:r>
-      <w:r w:rsidR="36677D15" w:rsidRPr="0019499A">
-        <w:t>2,901</w:t>
+      <w:r w:rsidR="00A53371">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2,982</w:t>
       </w:r>
       <w:r w:rsidRPr="0019499A">
-        <w:t xml:space="preserve"> mỗi tháng vào năm 202</w:t>
+        <w:t xml:space="preserve"> mỗi tháng vào năm </w:t>
       </w:r>
-      <w:r w:rsidR="6E2B51E9" w:rsidRPr="0019499A">
-        <w:t>5</w:t>
+      <w:r w:rsidR="00490E99" w:rsidRPr="0019499A">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00490E99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0019499A">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D2B0A08" w14:textId="77777777" w:rsidR="00EE1D27" w:rsidRPr="0019499A" w:rsidRDefault="00EE1D27" w:rsidP="00EE1D27">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1499"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0019499A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Tài sản có thể đếm được </w:t>
       </w:r>
       <w:r w:rsidRPr="0019499A">
         <w:t>≤ $2,000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="572CCD04" w14:textId="784DAB49" w:rsidR="00EE1D27" w:rsidRPr="0019499A" w:rsidRDefault="00EE1D27" w:rsidP="00EE1D27">
+    <w:p w14:paraId="572CCD04" w14:textId="7542DAFF" w:rsidR="00EE1D27" w:rsidRPr="0019499A" w:rsidRDefault="00EE1D27" w:rsidP="00EE1D27">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1499"/>
         </w:tabs>
         <w:spacing w:line="290" w:lineRule="exact"/>
       </w:pPr>
       <w:r w:rsidRPr="0019499A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Tài sản có thể đếm được </w:t>
       </w:r>
       <w:r w:rsidRPr="0019499A">
         <w:t>của vợ/chồng của người nộp đơn (nếu có) ≤ $</w:t>
       </w:r>
-      <w:r w:rsidR="1A1362D4" w:rsidRPr="0019499A">
-        <w:t>157,920</w:t>
+      <w:r w:rsidR="00490E99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>162,660</w:t>
       </w:r>
       <w:r w:rsidRPr="0019499A">
-        <w:t xml:space="preserve"> (năm 202</w:t>
+        <w:t xml:space="preserve"> (năm </w:t>
       </w:r>
-      <w:r w:rsidR="49C49294" w:rsidRPr="0019499A">
-        <w:t>5</w:t>
+      <w:r w:rsidR="00490E99" w:rsidRPr="0019499A">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00490E99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0019499A">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46183CF0" w14:textId="77777777" w:rsidR="00EE1D27" w:rsidRPr="0019499A" w:rsidRDefault="00EE1D27">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10" w:after="1"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="427" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -1542,148 +1561,143 @@
               <w:pStyle w:val="P68B1DB1-TableParagraph3"/>
               <w:spacing w:before="0" w:line="387" w:lineRule="exact"/>
               <w:ind w:left="322" w:right="302"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>MFP-CL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="75176E83" w:rsidRPr="0019499A" w14:paraId="1C23C9A4" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="154"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B876C23" w14:textId="0650FBD0" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:line="286" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bạn Đồng Hành Của Người Lớn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31106A50" w14:textId="5378709B" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AD10BCF" w14:textId="550ED8AF" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20623936" w14:textId="0BA3D3DA" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:rFonts w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61D77135" w14:textId="1B11F5A3" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:rFonts w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A3D0A" w:rsidRPr="0019499A" w14:paraId="06ECDA07" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
@@ -1768,113 +1782,108 @@
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A3D0A" w:rsidRPr="0019499A" w14:paraId="66C65294" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="372B38E7" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t>Công Nghệ Hỗ Trợ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1032BE9A" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="57"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05C6D4C5" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="57"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37DD2D3C" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="57"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B1D1BF5" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="57"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A3D0A" w:rsidRPr="0019499A" w14:paraId="7C59E2FB" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="213F72F1" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
@@ -1948,113 +1957,108 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="77546955" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A3D0A" w:rsidRPr="0019499A" w14:paraId="277041CC" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F65A6C1" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="00DE0525" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:t>Hỗ Trợ Trong Ngày Trong Cộng Đồng</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19BAFF6D" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="57"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35E5ACC0" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="57"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47210569" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="57"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58D967CE" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="57"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A3D0A" w:rsidRPr="0019499A" w14:paraId="4E39D23B" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="18990189" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
@@ -2108,110 +2112,105 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="178B188F" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A3D0A" w:rsidRPr="0019499A" w14:paraId="79FAC50F" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B4308B0" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t>Dịch Vụ Trong Ngày</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75B106F3" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23648F44" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63D8E843" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="135333E6" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A3D0A" w:rsidRPr="0019499A" w14:paraId="42B67221" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2466CDBB" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="110"/>
@@ -2264,110 +2263,105 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="441708B9" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A3D0A" w:rsidRPr="0019499A" w14:paraId="40CE1A85" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C453C6B" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t>Thích Ứng Với Tiện Nghi Cho Người Khuyết Tật Tại Nhà</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="372BCC4F" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2649BADB" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75923A53" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05D46908" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A3D0A" w:rsidRPr="0019499A" w14:paraId="097B6405" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="3DDC2626" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="110"/>
@@ -2440,130 +2434,125 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6BC541D4" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A3D0A" w:rsidRPr="0019499A" w14:paraId="521D6654" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DB8CCFC" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t>Nhân Viên Chăm Sóc Sức Khỏe Tại Nhà</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68148BF5" w14:textId="369B19AC" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="00B44B34" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68770D1A" w14:textId="557A4A10" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47F4877A" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AFE1FFA" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="3D2A7284" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="4CEB7A4F" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="29" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="110"/>
@@ -2636,130 +2625,125 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="475FB187" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="42E6D99B" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20781011" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="29" w:line="286" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t>Hỗ Trợ Cuộc Sống Độc Lập</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BBFC9F9" w14:textId="0A17974F" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46827D12" w14:textId="2FBC4768" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A0AEA20" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FC49076" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="5B7343C6" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2D36E7E0" w14:textId="0B3CEA07" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="26" w:line="284" w:lineRule="exact"/>
               <w:ind w:left="110"/>
@@ -2816,130 +2800,125 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7908A372" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="200"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="0B41945C" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FFBEA67" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t>Giặt Sấy Quần Áo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B0E95C2" w14:textId="30B80671" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="00B44B34" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="625D4969" w14:textId="1F7F4F81" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5532785A" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C3FEBB1" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="2D8FFAF9" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6DE54398" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="110"/>
@@ -2992,110 +2971,105 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="0085F18A" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="259BA22C" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="079BF303" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t>Hỗ Trợ Từ Người Cùng Cảnh Ngộ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04C65CD3" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48E3B240" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="623A2E28" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D09A213" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="0AA915E3" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="5EA941C8" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="110"/>
@@ -3168,110 +3142,105 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="39BC5F84" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="58923155" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13B94B28" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t>Vật Lý Trị Liệu/Nghề Nghiệp/Âm Ngữ Trị Liệu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4684FF05" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77383336" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42119B00" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3874168F" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="23A10ECF" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7B7B6B5B" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="110"/>
@@ -3324,148 +3293,143 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="4C458F8E" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="75176E83" w:rsidRPr="0019499A" w14:paraId="57B2CBE5" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31082A33" w14:textId="6BD91FDE" w:rsidR="1391C0DF" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:line="285" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Phục Hồi Chức Năng Tại Nhà</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D93ECD6" w14:textId="6C6C9836" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:rFonts w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32637E4B" w14:textId="3894A450" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:rFonts w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="574CA06B" w14:textId="41D6F48C" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B2F77C3" w14:textId="588F7286" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="774BEBB5" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
@@ -3548,130 +3512,125 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="5A2923B6" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="6ACCAC41" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="369E82DA" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t>Hỗ Trợ Nhà Ở Chung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4357C4EB" w14:textId="372242CB" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="00B44B34" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22A00FB5" w14:textId="74D06D6A" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="742AD2F8" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29EC56DA" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="75176E83" w:rsidRPr="0019499A" w14:paraId="3A7FFBF0" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="28B4BF4F" w14:textId="03A88887" w:rsidR="29AA839A" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:line="285" w:lineRule="exact"/>
               <w:ind w:left="110"/>
@@ -3772,110 +3731,105 @@
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="5C93E3E8" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48F92942" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t>Điều Dưỡng Có Chuyên Môn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19B09555" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="265D94E1" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F253BA6" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="026E4D30" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="068226BD" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="309B2156" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="110"/>
@@ -3932,113 +3886,108 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7CBD5566" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="59"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="0459816F" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A14DDBA" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t>Việc Làm Được Hỗ Trợ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D8B03D6" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="59"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="791EE55B" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="59"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3151D23D" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="59"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AFB4381" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="59"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="54188E05" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="78C7436E" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
@@ -4114,113 +4063,108 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="180006FB" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="59"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="528B967D" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D0D308E" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t>Hỗ Trợ Chuyển Tiếp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E0C9028" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="59"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1302F679" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="59"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73B62C50" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="59"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2ECEE749" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="59"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="32393E98" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="50191160" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="30" w:line="285" w:lineRule="exact"/>
@@ -4278,133 +4222,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7DD6BDB8" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="59"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB5F59" w:rsidRPr="0019499A" w14:paraId="779D2D50" w14:textId="77777777" w:rsidTr="00DE0525">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="592325B5" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph4"/>
               <w:spacing w:before="0" w:line="235" w:lineRule="auto"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t>Sửa Đổi Phương Tiện Di Chuyển</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B563F96" w14:textId="15B5D936" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="00B44B34" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:spacing w:before="0" w:line="235" w:lineRule="auto"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54C567EC" w14:textId="34638F57" w:rsidR="75176E83" w:rsidRPr="0019499A" w:rsidRDefault="6442C552" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph9"/>
               <w:spacing w:before="0" w:line="235" w:lineRule="auto"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0525">
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3460133F" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="0" w:line="235" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64CF1673" w14:textId="77777777" w:rsidR="00BB5F59" w:rsidRPr="0019499A" w:rsidRDefault="00BB5F59" w:rsidP="00B44B34">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-TableParagraph5"/>
               <w:spacing w:before="0" w:line="235" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0019499A">
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="63E059B6" w14:textId="77777777" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="006A3D0A" w:rsidP="00DE0525">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30DE7A81" w14:textId="5B94D67B" w:rsidR="006A3D0A" w:rsidRPr="0019499A" w:rsidRDefault="004D3077" w:rsidP="00DE0525">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal10"/>
@@ -4561,79 +4500,79 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B765912"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA2691A6"/>
@@ -4990,108 +4929,114 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1964144552">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1116634379">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1552569685">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C10FD"/>
+    <w:rsid w:val="000513A2"/>
     <w:rsid w:val="000C6262"/>
     <w:rsid w:val="000F18F2"/>
     <w:rsid w:val="00132020"/>
     <w:rsid w:val="0018540C"/>
     <w:rsid w:val="0019499A"/>
     <w:rsid w:val="001961D4"/>
     <w:rsid w:val="0020215C"/>
     <w:rsid w:val="00227897"/>
     <w:rsid w:val="002963DA"/>
     <w:rsid w:val="002C0029"/>
     <w:rsid w:val="00305C87"/>
     <w:rsid w:val="003165B0"/>
     <w:rsid w:val="00326773"/>
     <w:rsid w:val="003B39D8"/>
     <w:rsid w:val="003D47F4"/>
     <w:rsid w:val="0040147A"/>
     <w:rsid w:val="00455B63"/>
+    <w:rsid w:val="00490E99"/>
     <w:rsid w:val="004937C8"/>
     <w:rsid w:val="004D3077"/>
     <w:rsid w:val="00536254"/>
     <w:rsid w:val="005D45BF"/>
     <w:rsid w:val="006A3D0A"/>
     <w:rsid w:val="006B0840"/>
     <w:rsid w:val="007503B2"/>
     <w:rsid w:val="00774BDF"/>
     <w:rsid w:val="007B6505"/>
     <w:rsid w:val="0081086B"/>
     <w:rsid w:val="008115A0"/>
     <w:rsid w:val="00816230"/>
     <w:rsid w:val="008820BB"/>
     <w:rsid w:val="008B69DC"/>
     <w:rsid w:val="00947B66"/>
     <w:rsid w:val="009A273F"/>
     <w:rsid w:val="009C10FD"/>
     <w:rsid w:val="009E1D7B"/>
     <w:rsid w:val="00A00BE2"/>
     <w:rsid w:val="00A51499"/>
+    <w:rsid w:val="00A53371"/>
     <w:rsid w:val="00A9640A"/>
     <w:rsid w:val="00AF5D3D"/>
+    <w:rsid w:val="00B132DB"/>
     <w:rsid w:val="00B16F5E"/>
     <w:rsid w:val="00B44B34"/>
+    <w:rsid w:val="00B64411"/>
     <w:rsid w:val="00B91C7A"/>
     <w:rsid w:val="00BB5F59"/>
     <w:rsid w:val="00C0246B"/>
     <w:rsid w:val="00C41242"/>
     <w:rsid w:val="00C776E2"/>
     <w:rsid w:val="00C9429C"/>
     <w:rsid w:val="00CA415A"/>
     <w:rsid w:val="00CA5D5E"/>
     <w:rsid w:val="00CD4B8F"/>
     <w:rsid w:val="00D621A2"/>
     <w:rsid w:val="00D94762"/>
     <w:rsid w:val="00DD5368"/>
     <w:rsid w:val="00DE0525"/>
     <w:rsid w:val="00E30C1E"/>
     <w:rsid w:val="00E540FA"/>
     <w:rsid w:val="00E75C96"/>
     <w:rsid w:val="00EE1D27"/>
     <w:rsid w:val="00F22E7E"/>
     <w:rsid w:val="00F24D75"/>
     <w:rsid w:val="00F80BFE"/>
     <w:rsid w:val="02269890"/>
     <w:rsid w:val="0598B5AB"/>
     <w:rsid w:val="05F6CBE3"/>
     <w:rsid w:val="0B03FCC1"/>
     <w:rsid w:val="11198D24"/>
@@ -6076,87 +6021,94 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A67BC916-FDBE-4880-9DC6-E87A72206BD0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>716</Words>
-  <Characters>3941</Characters>
+  <Words>695</Words>
+  <Characters>3962</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
+  <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4648</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Gambarini, Jacqueline (EHS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-10-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 18.3 (Macintosh)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2023-10-12T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Adobe PDF Library 17.0</vt:lpwstr>
   </property>
 </Properties>
 </file>