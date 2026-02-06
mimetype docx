--- v0 (2025-12-09)
+++ v1 (2026-02-06)
@@ -107,107 +107,107 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E236867" w14:textId="77777777" w:rsidR="00B96467" w:rsidRDefault="00B96467" w:rsidP="00B22304">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65E4D6F9" w14:textId="3CD8A053" w:rsidR="00680B92" w:rsidRDefault="00680B92" w:rsidP="00766753">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc206762628"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc214877262"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc219363236"/>
       <w:r w:rsidRPr="00CA6AF1">
         <w:t>Contract User Guid</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00766753" w:rsidRPr="00766753">
         <w:t>ITC80 Imaging Devices, Supplies and Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="51CED9BD" w14:textId="77777777" w:rsidR="00336861" w:rsidRPr="00336861" w:rsidRDefault="00336861" w:rsidP="00336861">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B3AFAB3" w14:textId="6AA26EBE" w:rsidR="003121D1" w:rsidRDefault="00803BD8" w:rsidP="003E0898">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc214877263"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc219363237"/>
       <w:r w:rsidRPr="003E0898">
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="003E0898">
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="390D03BC" w14:textId="14BDB73B" w:rsidR="00C9452E" w:rsidRDefault="00C9452E" w:rsidP="00666B28">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="9000" w:type="dxa"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
         <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
         <w:tblCaption w:val="Contract Overview"/>
         <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3415"/>
         <w:gridCol w:w="5585"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="004D1659">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="6F3F3C40">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="672"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3373" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -248,51 +248,51 @@
           </w:p>
           <w:p w14:paraId="18E36C1D" w14:textId="1E4B25BC" w:rsidR="00B1168A" w:rsidRPr="00606368" w:rsidRDefault="00766753" w:rsidP="000241C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00766753">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>351-201-2213</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="004D1659">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="6F3F3C40">
         <w:trPr>
           <w:trHeight w:val="1889"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3373" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="000A0D78" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -412,51 +412,51 @@
             </w:r>
             <w:r w:rsidR="004C175B" w:rsidRPr="004C175B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>December 31, 2024</w:t>
             </w:r>
             <w:r w:rsidRPr="25FE35EE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="009352A4" w:rsidRPr="009352A4">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No new agreements except for performance and payment purposes only beyond this date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="00336861">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="6F3F3C40">
         <w:trPr>
           <w:trHeight w:val="1256"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3373" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006626DD" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006626DD">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -529,137 +529,121 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00030F63">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Note:</w:t>
             </w:r>
             <w:r w:rsidRPr="00030F63">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> *The asterisk is required when referencing the contract in the MMARS system.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="00336861">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="6F3F3C40">
         <w:trPr>
           <w:trHeight w:val="1031"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3373" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5543" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="598ACD9D" w14:textId="0CFA83EF" w:rsidR="0064148A" w:rsidRPr="00766753" w:rsidRDefault="0064148A" w:rsidP="00766753">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00766753">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quotes are required for </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">. Refer to the </w:t>
+              <w:t xml:space="preserve">Quotes are required for purchasing. Refer to the </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Quote_Response_and" w:history="1">
               <w:r w:rsidRPr="00766753">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00766753">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section for guidelines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="00336861">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="6F3F3C40">
         <w:trPr>
           <w:trHeight w:val="671"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3373" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -693,100 +677,110 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
               <w:r w:rsidRPr="00136526">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="00336861">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="6F3F3C40">
         <w:trPr>
           <w:trHeight w:val="671"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3373" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="763A7832" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="00AF5F04" w:rsidP="00336861">
+          <w:p w14:paraId="298302D3" w14:textId="2F514EF0" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="4557EE7E" w:rsidP="6F3F3C40">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="6F3F3C40">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>November 21, 2025: Updated Category Manager information</w:t>
-            </w:r>
+              <w:t>01/15/2026: Removed Request for Payment Authorization (RPA) language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14685198" w14:textId="0629FAF6" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="6F3F3C40">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="457EBE1C" w14:textId="77777777" w:rsidR="007F516B" w:rsidRDefault="007F516B" w:rsidP="00766753">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BC75AA9" w14:textId="77777777" w:rsidR="007F516B" w:rsidRDefault="007F516B" w:rsidP="00766753">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
@@ -861,61 +855,52 @@
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mass.gov/</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF7BD81" w14:textId="31A45A5A" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -1140,2206 +1125,2206 @@
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="3C7397EB" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2E4D12D6" w14:textId="0354D9AC" w:rsidR="002F63EA" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="4390F794" w14:textId="7B0B4BD1" w:rsidR="00FD1399" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc214877262" w:history="1">
-            <w:r w:rsidR="002F63EA" w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363236" w:history="1">
+            <w:r w:rsidR="00FD1399" w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Contract User Guide ITC80 Imaging Devices, Supplies and Services</w:t>
             </w:r>
-            <w:r w:rsidR="002F63EA">
+            <w:r w:rsidR="00FD1399">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002F63EA">
+            <w:r w:rsidR="00FD1399">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002F63EA">
+            <w:r w:rsidR="00FD1399">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877262 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="002F63EA">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363236 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00FD1399">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002F63EA">
+            <w:r w:rsidR="00FD1399">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002F63EA">
+            <w:r w:rsidR="00FD1399">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="002F63EA">
+            <w:r w:rsidR="00FD1399">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5DD86672" w14:textId="5725E2D7" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="2B76D184" w14:textId="751316A0" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877263" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363237" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Overview</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877263 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363237 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="51DF00EC" w14:textId="320FC226" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="08508C40" w14:textId="62F273D8" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877264" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363238" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Summary</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877264 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363238 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="733351F2" w14:textId="60A75667" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="152117D1" w14:textId="320A1278" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877265" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363239" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Benefits and Cost Savings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877265 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363239 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="12DBA68E" w14:textId="43DC498E" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="319B78FB" w14:textId="2E88C95D" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877266" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363240" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877266 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363240 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0F914FF5" w14:textId="6990E644" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="347CF6AC" w14:textId="662553F9" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877267" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363241" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Who May Use the Contract</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877267 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363241 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="54B53096" w14:textId="579CBAFD" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="390FF4E2" w14:textId="20F9B60E" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877268" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363242" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Pricing Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877268 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363242 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4615C861" w14:textId="4F5EC535" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="3432581F" w14:textId="2CA8576F" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877269" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363243" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Quote Response and Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877269 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363243 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4CB4FB91" w14:textId="4E2EF8A5" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="0A6B64D2" w14:textId="12376A5F" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877270" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363244" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Purchase Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877270 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363244 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5623CAB5" w14:textId="2539EDB6" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="550791AC" w14:textId="3F8D5058" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877271" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363245" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877271 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363245 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="36246436" w14:textId="3AB6D002" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="1E6C54F8" w14:textId="37BF111E" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877272" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363246" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Setting Up a COMMBUYS Account</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877272 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363246 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2D253905" w14:textId="2567162D" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="3D046DA2" w14:textId="06AA3A40" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877273" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363247" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Contract Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877273 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363247 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="080940A6" w14:textId="3883F411" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="6DEEBAE3" w14:textId="701E9895" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877274" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363248" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Vendor-Specific Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877274 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363248 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6601CCE3" w14:textId="0B943AA7" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="7A848AE6" w14:textId="3C56A29C" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877275" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363249" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Office (SDO) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877275 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363249 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6E1DFD39" w14:textId="5C71464E" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="49D1A43F" w14:textId="08B337BA" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877276" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363250" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877276 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363250 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0F886EF8" w14:textId="06C72BA5" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="0A96E71F" w14:textId="2BA75744" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877277" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363251" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877277 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363251 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0015CBEE" w14:textId="77FD824D" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="5A2D48C2" w14:textId="16BA8CC5" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877278" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363252" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Subcontractors</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877278 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363252 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5F3D26E7" w14:textId="721BEF9C" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="164D12AC" w14:textId="4344BD74" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877279" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363253" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Shipping, Delivery, and Returns</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877279 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363253 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="480A43A9" w14:textId="6688443A" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="25D1FBF2" w14:textId="053AA551" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877280" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363254" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Repairs and Services Warranties</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877280 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363254 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4CD28668" w14:textId="7C935819" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="03BB33E2" w14:textId="2500D8A7" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877281" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363255" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Additional Discounts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877281 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363255 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="437B1FB8" w14:textId="29523E2C" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="3FC204B9" w14:textId="68AF4E27" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877282" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363256" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Emergency Services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877282 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363256 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="657CAACF" w14:textId="3BCBF452" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="113BF9B6" w14:textId="08F69576" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877283" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363257" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor Performance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877283 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363257 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7AB1C6A6" w14:textId="40FB9A72" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="44E7800D" w14:textId="37CFFE34" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877284" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363258" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>General Procurement Guidelines and Best Practices</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877284 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363258 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="111ECD63" w14:textId="11247E02" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="002850C3" w14:textId="6295F378" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877285" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363259" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Adding a Product</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877285 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363259 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="65BA04D6" w14:textId="43C87E17" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="25AEFABE" w14:textId="74C940B2" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877286" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363260" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Environmentally Preferable Products and Services (EPPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877286 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363260 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2C587696" w14:textId="1BEC6C00" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="44D623D1" w14:textId="625752E9" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877287" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363261" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Instructions for Massachusetts Management Accounting and Reporting System (MMARS) Users</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877287 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363261 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="58CA2119" w14:textId="60850C24" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="6628D427" w14:textId="721D7503" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877288" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363262" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor List and Information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877288 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363262 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5D64964B" w14:textId="2061CC7D" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="475FC418" w14:textId="119D1246" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877289" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363263" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>United Nations Standard Products and Services Code</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C740B">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C740B">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> (UNSPSC</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C740B">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C740B">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877289 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363263 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="76E6AFC2" w14:textId="762A62ED" w:rsidR="002F63EA" w:rsidRDefault="002F63EA">
+        <w:p w14:paraId="3FF2A416" w14:textId="1EF409F4" w:rsidR="00FD1399" w:rsidRDefault="00FD1399">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc214877290" w:history="1">
-            <w:r w:rsidRPr="009C740B">
+          <w:hyperlink w:anchor="_Toc219363264" w:history="1">
+            <w:r w:rsidRPr="00BB2F1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Appendix: Moratorium on Executive Department Equipment Acquisitions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc214877290 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363264 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50AC2B20" w14:textId="0AF190A1" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="50AC2B20" w14:textId="5A8DB1E3" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
           <w:r>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:caps/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4BCAF3C8" w14:textId="77777777" w:rsidR="00975D07" w:rsidRDefault="00975D07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00975D07" w:rsidSect="00975D07">
           <w:headerReference w:type="first" r:id="rId18"/>
           <w:footerReference w:type="first" r:id="rId19"/>
@@ -3370,51 +3355,51 @@
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
       </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc214877264"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc219363238"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
         <w:t>Summary</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="1A2B1687" w14:textId="77777777" w:rsidR="005210A1" w:rsidRDefault="005210A1" w:rsidP="005210A1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -3688,51 +3673,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00AF4693">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ITC80 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005210A1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7375C5A9" w14:textId="495F73B4" w:rsidR="00EF0700" w:rsidRPr="005210A1" w:rsidRDefault="00EF0700" w:rsidP="005210A1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc194066617"/>
-      <w:bookmarkStart w:id="7" w:name="_Toc214877265"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc219363239"/>
       <w:r>
         <w:t xml:space="preserve">Benefits and </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Cost</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Saving</w:t>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="_Toc188457898"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="005210A1">
         <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="082CDB9C" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00EF0700">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -3942,51 +3927,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B72D6D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Accessing a wide range of environmentally preferable products and services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79FAB35B" w14:textId="19744DC2" w:rsidR="005D20CA" w:rsidRDefault="005D20CA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc214877266"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc219363240"/>
       <w:bookmarkStart w:id="10" w:name="_Toc194066595"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="438C5189" w14:textId="1B9CB9D2" w:rsidR="005210A1" w:rsidRPr="00E67E76" w:rsidRDefault="005210A1" w:rsidP="005210A1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc194066594"/>
       <w:r w:rsidRPr="00E67E76">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -4010,51 +3995,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> contract provides information on th</w:t>
       </w:r>
       <w:r w:rsidR="00734130">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ese</w:t>
       </w:r>
       <w:r w:rsidRPr="00E67E76">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> products.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc214877267"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc219363241"/>
       <w:r w:rsidRPr="000067FD">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
       <w:r w:rsidR="008B1C4B">
         <w:t>May</w:t>
       </w:r>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> Use the Contract</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="2F421623" w14:textId="14254EBC" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F80200" w:rsidP="00F80200">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4359,51 +4344,51 @@
     <w:p w14:paraId="0B394519" w14:textId="3C7F7EE8" w:rsidR="00F355B6" w:rsidRDefault="00F355B6" w:rsidP="006D114E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other entities when designated in writing by the State Purchasing Agent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3A806F" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc194066597"/>
-      <w:bookmarkStart w:id="14" w:name="_Toc214877268"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc219363242"/>
       <w:r>
         <w:t>Pricing Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="51B6A7E5" w14:textId="0DAD64EF" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Hlk193714773"/>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
@@ -4617,235 +4602,222 @@
       </w:r>
       <w:r w:rsidRPr="002A6468">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6E1F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Manager</w:t>
       </w:r>
       <w:r w:rsidRPr="002A6468">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E807DEA" w14:textId="75AF4453" w:rsidR="005210A1" w:rsidRPr="002A6468" w:rsidRDefault="005210A1" w:rsidP="006D114E">
+    <w:p w14:paraId="1E807DEA" w14:textId="255733BF" w:rsidR="005210A1" w:rsidRPr="002A6468" w:rsidRDefault="005210A1" w:rsidP="006D114E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A6468">
+      <w:r w:rsidRPr="684E3B00">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002A6468">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ceiling</w:t>
+      </w:r>
+      <w:r w:rsidR="5BDF137A" w:rsidRPr="684E3B00">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="684E3B00">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Not-to-Exceed:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="684E3B00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The contract's published pricing, including discounts, is a maximum price or not-to-exceed limit and can be subject to further negotiation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="426B471C" w14:textId="56625482" w:rsidR="005210A1" w:rsidRDefault="005210A1" w:rsidP="006D114E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Discount from Manufacturers Suggested Retail Price (MSRP):</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract pricing is a specified discount off the MSRP catalog price. </w:t>
       </w:r>
       <w:r w:rsidRPr="00761C05">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Buyers should ask </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> discounts and special promotions such as discounted or free maintenance plans.</w:t>
+        <w:t>Buyers should ask about volume discounts and special promotions such as discounted or free maintenance plans.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F43A50" w14:textId="54DE858A" w:rsidR="00F35A63" w:rsidRPr="003C3DA6" w:rsidRDefault="003C3DA6" w:rsidP="00F35A63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C3DA6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r w:rsidRPr="003C3DA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Links to all the vendors’ Master Blanket Purchase Orders (MBPOs), where product pricing may be found, are provided in the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="003C3DA6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor List and Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003C3DA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6DD92B" w14:textId="64ABE96C" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Quote_Response_and"/>
-      <w:bookmarkStart w:id="17" w:name="_Toc214877269"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc219363243"/>
       <w:bookmarkStart w:id="18" w:name="_Toc194066598"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t>Quote Response and Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="0998ECFD" w14:textId="77777777" w:rsidR="005210A1" w:rsidRDefault="005210A1" w:rsidP="005210A1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD77CC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Contract users should always reference </w:t>
       </w:r>
       <w:r w:rsidRPr="003853BB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ITC80</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD77CC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> when contacting vendors to ensure they are receiving contract pricing. Quotes, not including construction services, should be </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> based on best value. </w:t>
+        <w:t xml:space="preserve"> when contacting vendors to ensure they are receiving contract pricing. Quotes, not including construction services, should be awarded based on best value. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="728C320B" w14:textId="77777777" w:rsidR="005210A1" w:rsidRPr="00BC75FE" w:rsidRDefault="005210A1" w:rsidP="005210A1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyers should refer to the following when soliciting quotes from awarded vendors:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39ED69C3" w14:textId="41F54FD5" w:rsidR="00614844" w:rsidRPr="00DD1A05" w:rsidRDefault="00614844" w:rsidP="00DD1A05">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
@@ -4974,51 +4946,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD1A05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">uyers should consult with their Chief Purchasing Officer or equivalent authority. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD1A05">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45336D7C" w14:textId="04C58DEE" w:rsidR="00ED723A" w:rsidRDefault="00ED723A" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc194066596"/>
-      <w:bookmarkStart w:id="20" w:name="_Toc214877270"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc219363244"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Purchase</w:t>
       </w:r>
       <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="0EA0168B" w14:textId="77777777" w:rsidR="00FF6526" w:rsidRPr="00FF6526" w:rsidRDefault="00FF6526" w:rsidP="00FF6526">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6526">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The purchase options identified below are the only acceptable options that may be used in this contract:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E8D8C44" w14:textId="77777777" w:rsidR="00FF6526" w:rsidRPr="00FF6526" w:rsidRDefault="00FF6526" w:rsidP="00FF6526">
@@ -5632,67 +5604,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43D17CD9" w14:textId="77777777" w:rsidR="005210A1" w:rsidRPr="004376B8" w:rsidRDefault="005210A1" w:rsidP="0016693A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004376B8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ITC80 vendors who currently have </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> catalogs: </w:t>
+        <w:t xml:space="preserve">ITC80 vendors who currently have PunchOut catalogs: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56AF56D0" w14:textId="77777777" w:rsidR="005210A1" w:rsidRPr="004376B8" w:rsidRDefault="005210A1" w:rsidP="0016693A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004376B8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CAM Office Services </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FA25C6E" w14:textId="77777777" w:rsidR="005210A1" w:rsidRPr="004376B8" w:rsidRDefault="005210A1" w:rsidP="0016693A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -5931,219 +5887,85 @@
       <w:r w:rsidR="00A61E64" w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:hyperlink r:id="rId26">
         <w:r w:rsidR="00A61E64" w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A61E64" w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0746CB" w14:textId="6E92011C" w:rsidR="008A72A3" w:rsidRPr="003B0898" w:rsidRDefault="008A72A3" w:rsidP="009F6189">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="2B11B24D" w14:textId="284CB1C5" w:rsidR="008A72A3" w:rsidRDefault="008A72A3" w:rsidP="009F6189">
+      <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Document Items in COMMBUYS That Have Already Been Purchased:</w:t>
-[...127 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MMARS and COMMBUYS do not interface. Payment request and invoice must be reported in both MMARS and COMMBUYS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14E32EE5" w14:textId="7BA88D1E" w:rsidR="00FE302E" w:rsidRPr="00136C46" w:rsidRDefault="00FE302E" w:rsidP="007D279F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Extend_Beyond_(Performance"/>
-      <w:bookmarkStart w:id="22" w:name="_Toc214877271"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc219363245"/>
       <w:bookmarkStart w:id="23" w:name="_Toc194066599"/>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="001A489C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="19A07CFA" w14:textId="7D3EAF66" w:rsidR="00264128" w:rsidRPr="00136C46" w:rsidRDefault="00590190" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
@@ -6173,50 +5995,51 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are in place:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A8AD065" w14:textId="74D6B648" w:rsidR="00FE302E" w:rsidRPr="00136C46" w:rsidRDefault="00FE302E" w:rsidP="006D114E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E70D5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may not</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> enter into a written agreement that will go more than</w:t>
       </w:r>
       <w:r w:rsidR="00AE6A00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sixty (60) months </w:t>
       </w:r>
@@ -6237,51 +6060,51 @@
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No new agreements, including leases, rentals, or service contracts, may be made after the contract's expiration</w:t>
       </w:r>
       <w:r w:rsidR="00D129F4" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc214877272"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc219363246"/>
       <w:r>
         <w:t xml:space="preserve">Setting Up a </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>COMMBUYS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Account</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="78CB2CA0" w14:textId="1B4D9B57" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6467,51 +6290,51 @@
       </w:r>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the buyers must </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="00B3390A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or call</w:t>
@@ -6596,51 +6419,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc214877273"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc219363247"/>
       <w:bookmarkStart w:id="26" w:name="_Toc194066601"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t>Finding Contract Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="782F9C76" w14:textId="4143BE76" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E3202F">
@@ -6809,54 +6632,53 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D67533E" w14:textId="225FEF56" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29">
+      <w:hyperlink r:id="rId28">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
@@ -7192,142 +7014,143 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section.</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25607E40" w14:textId="7B207048" w:rsidR="00530D68" w:rsidRDefault="00D618B6" w:rsidP="00AE6A00">
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ll standard contract documents </w:t>
       </w:r>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidR="00AE6A00" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="008139A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ITC80 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AE6A00">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2080E1FE" w14:textId="4074BEE6" w:rsidR="009854F8" w:rsidRPr="00136C46" w:rsidRDefault="009854F8" w:rsidP="00AE6A00">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009854F8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OSD is participating in the National Association of State Procurement Officials (NASPO) cooperative procurement</w:t>
       </w:r>
       <w:r w:rsidR="00BF2326">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF2326" w:rsidRPr="00BF2326">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and information on this contract may be found in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="00C73979" w:rsidRPr="0064262B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Copiers and Managed Print Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0064262B">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Documentation </w:t>
       </w:r>
       <w:r w:rsidR="00CB5A97">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may be found</w:t>
@@ -7372,51 +7195,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> of the web</w:t>
       </w:r>
       <w:r w:rsidR="005F65B3">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>site</w:t>
       </w:r>
       <w:r w:rsidR="00B32140">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="0A14AC1B" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc194066602"/>
-      <w:bookmarkStart w:id="28" w:name="_Toc214877274"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc219363248"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="60A82AFB" w14:textId="3FEE79E1" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To find vendor-specific documents, including </w:t>
       </w:r>
       <w:r w:rsidR="00E742FB">
         <w:rPr>
           <w:bCs/>
@@ -7705,51 +7528,51 @@
         </w:rPr>
         <w:t xml:space="preserve">To view, </w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc201925128"/>
-      <w:bookmarkStart w:id="30" w:name="_Toc214877275"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc219363249"/>
       <w:r w:rsidRPr="00B6218B">
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>Office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (SD</w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -7790,177 +7613,168 @@
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Departments </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00556773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Small Business Purchasing Program (SBPP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="001B046D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Program (SDP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> applies to large procurements </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">(over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
+        <w:t xml:space="preserve"> applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
       </w:r>
       <w:r w:rsidR="001F7D27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Operational Services Division (OSD) provides a list of SDO businesses through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
@@ -8004,128 +7818,129 @@
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and SBPP)</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc214877276"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc219363250"/>
       <w:r w:rsidRPr="00DD5236">
         <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5236">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="006D114E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007002E9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>In cases where all other factors are equal, and particularly when adhering to a best value approach, the department will favor the vendor with stronger SDP commitment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="570E0460" w14:textId="513A2E36" w:rsidR="00053531" w:rsidRPr="007002E9" w:rsidRDefault="00053531" w:rsidP="006D114E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="009E2D17">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
@@ -8163,51 +7978,51 @@
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc214877277"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc219363251"/>
       <w:r w:rsidRPr="007418B6">
         <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8237,51 +8052,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+      <w:hyperlink r:id="rId36" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
         <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
@@ -8312,180 +8127,179 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDO Certification Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C87046" w14:textId="21818110" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc214877278"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc219363252"/>
       <w:bookmarkStart w:id="34" w:name="_Toc194066607"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Subcontractor</w:t>
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidR="004D3A5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="477867D8" w14:textId="7BBF8024" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Standard Contract Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, as well as other applicable terms of this </w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statewide Contract</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5256B326" w14:textId="27D58001" w:rsidR="006D5ABC" w:rsidRDefault="00A87A58" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc214877279"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc219363253"/>
       <w:bookmarkStart w:id="36" w:name="_Toc194066609"/>
       <w:r w:rsidRPr="00A87A58">
         <w:t>Shipping, Delivery, and Returns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidR="003B7672">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="17F8D795" w14:textId="77777777" w:rsidR="00AE6A00" w:rsidRPr="009E12A3" w:rsidRDefault="00AE6A00" w:rsidP="00AE6A00">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="_Toc194066610"/>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For shipping, delivery, and returns, please follow these guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40732D65" w14:textId="77777777" w:rsidR="00AE6A00" w:rsidRDefault="00AE6A00" w:rsidP="006D114E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E8096F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Equipment costs do not include supply costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0053626D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>New equipment is often delivered with minimal initial supplies, so buyers should plan the initial supplies delivery from the equipment vendor to coincide with the equipment delivery</w:t>
       </w:r>
       <w:r w:rsidRPr="00E8096F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -8526,50 +8340,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5107B7D4" w14:textId="5476C228" w:rsidR="00AE6A00" w:rsidRPr="009E12A3" w:rsidRDefault="00AE6A00" w:rsidP="006D114E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The vendor </w:t>
       </w:r>
       <w:r w:rsidRPr="007723BD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> deliver goods to the department within </w:t>
       </w:r>
       <w:r w:rsidRPr="007723BD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -8639,152 +8454,166 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C71C0B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Delivery terms for custom-made goods shall be mutually agreed upon by the purchasing department and the vendor</w:t>
       </w:r>
       <w:r w:rsidR="006655AD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30241DD4" w14:textId="38E12D77" w:rsidR="00AE6A00" w:rsidRDefault="00B14331" w:rsidP="006D114E">
+    <w:p w14:paraId="30241DD4" w14:textId="453AE327" w:rsidR="00AE6A00" w:rsidRDefault="00B14331" w:rsidP="006D114E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="68AB4189">
+      <w:r w:rsidRPr="684E3B00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Shipping charges may be negotiated and allowed</w:t>
       </w:r>
-      <w:r w:rsidR="00DE7121" w:rsidRPr="00DE7121">
+      <w:r w:rsidR="00DE7121" w:rsidRPr="684E3B00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="684E3B00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>under</w:t>
       </w:r>
-      <w:r w:rsidR="00DE7121" w:rsidRPr="00DE7121">
-[...6 lines deleted...]
-      <w:r w:rsidR="00FB3A8C">
+      <w:r w:rsidR="00DE7121" w:rsidRPr="684E3B00">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reasonable circumstances, such as agency-requested rush shipping or the transport of oversized</w:t>
+      </w:r>
+      <w:r w:rsidR="58919128" w:rsidRPr="684E3B00">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or h</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7121" w:rsidRPr="684E3B00">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eavy items for repair</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3A8C" w:rsidRPr="684E3B00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE6A00" w:rsidRPr="68AB4189">
+      <w:r w:rsidR="00AE6A00" w:rsidRPr="684E3B00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vendors are </w:t>
       </w:r>
-      <w:r w:rsidR="00AE6A00" w:rsidRPr="00B14331">
+      <w:r w:rsidR="00AE6A00" w:rsidRPr="684E3B00">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidR="00AE6A00" w:rsidRPr="68AB4189">
+      <w:r w:rsidR="00AE6A00" w:rsidRPr="684E3B00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> allowed to request an exception for shipping charges.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62350515" w14:textId="3BDD8243" w:rsidR="00C62049" w:rsidRDefault="00C62049" w:rsidP="00C62049">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc214877280"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc219363254"/>
       <w:r w:rsidRPr="00C62049">
         <w:t>Repairs and Services Warranties</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="5E0534B2" w14:textId="674D6F2D" w:rsidR="00C62049" w:rsidRPr="00CB5A0D" w:rsidRDefault="00CB5A0D" w:rsidP="00C62049">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB5A0D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyers should verify whether the equipment cost includes free maintenance service or whether they need to purchase a maintenance service plan. Many vendors’ lease agreements require continuous maintenance service plan coverage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="_Toc194066611"/>
-      <w:bookmarkStart w:id="40" w:name="_Toc214877281"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc219363255"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:t>Additional Discounts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="62D3C01F" w14:textId="788C79BA" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="000157ED" w:rsidP="00C9591C">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors in this </w:t>
       </w:r>
       <w:r w:rsidR="00C9591C">
         <w:rPr>
@@ -8875,51 +8704,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A0936">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">percentage </w:t>
       </w:r>
       <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>discount given to the buyer if the invoice is paid within a specified time, in accordance with the</w:t>
       </w:r>
       <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40">
+      <w:hyperlink r:id="rId39">
         <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Bill Paying Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9FFCE7" w14:textId="30AD2D1F" w:rsidR="00BC6254" w:rsidRPr="00BC6254" w:rsidRDefault="00BC6254" w:rsidP="00BC6254">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001978DC">
@@ -8991,145 +8820,144 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Master Contract Record MBPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A76A16" w14:textId="2C64A03A" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="_Toc194066612"/>
-      <w:bookmarkStart w:id="42" w:name="_Toc214877282"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc219363256"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Emergency Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidR="00FE1EB2" w:rsidRPr="0011288D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="00280EC3" w:rsidP="00280EC3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A7E73">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidR="00003B08" w:rsidRPr="00003B08">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>801 CMR 21.05(3)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="_Toc194066614"/>
-      <w:bookmarkStart w:id="44" w:name="_Toc214877283"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc219363257"/>
       <w:r w:rsidRPr="00564A93">
-        <w:lastRenderedPageBreak/>
         <w:t>Vendor Performance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0752D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
@@ -9139,51 +8967,51 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
@@ -9297,90 +9125,91 @@
       <w:r w:rsidR="00116495">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F3CD7E" w14:textId="4EC9E91E" w:rsidR="0060320F" w:rsidRPr="009E12A3" w:rsidRDefault="0060320F" w:rsidP="006D114E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Buyers are encouraged to reach out to the </w:t>
       </w:r>
       <w:r w:rsidR="00AE6A00" w:rsidRPr="00124F9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category</w:t>
       </w:r>
       <w:r w:rsidR="00AE6A00" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AE6A00" w:rsidRPr="00124F9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Manager</w:t>
       </w:r>
       <w:r w:rsidR="009F04AB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F04AB" w:rsidRPr="004435E5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidR="009F04AB" w:rsidRPr="004435E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Jessica Ofurie</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009F04AB" w:rsidRPr="004435E5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AE6A00" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -9429,51 +9258,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="45" w:name="_Toc194066615"/>
-      <w:bookmarkStart w:id="46" w:name="_Toc214877284"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc219363258"/>
       <w:r>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508955D5" w14:textId="60A4D16E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="006D114E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -9731,51 +9560,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AE6A00" w:rsidRPr="00672AA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Manager</w:t>
       </w:r>
       <w:r w:rsidR="00AE6A00" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00672AA6" w:rsidRPr="004435E5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidR="00672AA6" w:rsidRPr="004435E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Jessica Ofurie</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00672AA6" w:rsidRPr="004435E5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00672AA6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -9808,53 +9637,52 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BD570A" w14:textId="767B9FC9" w:rsidR="00BC5DEA" w:rsidRPr="002E2D42" w:rsidRDefault="00BC5DEA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="_Toc194066616"/>
-      <w:bookmarkStart w:id="48" w:name="_Toc214877285"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc219363259"/>
       <w:r w:rsidRPr="002E2D42">
-        <w:lastRenderedPageBreak/>
         <w:t>Adding a Product</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidR="00DD0065" w:rsidRPr="00DD0065">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32C0D1EE" w14:textId="1D3E6161" w:rsidR="00BC5DEA" w:rsidRPr="009E12A3" w:rsidRDefault="00BC5DEA" w:rsidP="00BC5DEA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9875,99 +9703,99 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AE6A00" w:rsidRPr="0012292C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Manager</w:t>
       </w:r>
       <w:r w:rsidR="0012292C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0012292C" w:rsidRPr="004435E5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="0012292C" w:rsidRPr="004435E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Jessica Ofurie</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0012292C" w:rsidRPr="004435E5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AE6A00" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for approval. The new products requested must comply with the established specifications and scope of the contract.</w:t>
       </w:r>
       <w:r w:rsidR="00BB63B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287EE5A1" w14:textId="38DD1E3B" w:rsidR="00EF4D38" w:rsidRDefault="00EF4D38" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="_Toc194066618"/>
-      <w:bookmarkStart w:id="50" w:name="_Toc214877286"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc219363260"/>
       <w:r w:rsidRPr="00D40F23">
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:r w:rsidR="00C73C16">
         <w:t>and Services</w:t>
       </w:r>
       <w:r w:rsidR="000702C6">
         <w:t xml:space="preserve"> (EPPS)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:r w:rsidR="00131479">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ED70554" w14:textId="34ACB65A" w:rsidR="00AE6A00" w:rsidRDefault="00AE6A00" w:rsidP="00AE6A00">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="_Memorandum_of_Understanding"/>
       <w:bookmarkStart w:id="52" w:name="_Toc194066619"/>
@@ -9979,68 +9807,77 @@
         </w:rPr>
         <w:t>This contract offers third-party certified products, high yield</w:t>
       </w:r>
       <w:r w:rsidR="007A05C4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="68903123">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and remanufactured toner cartridges. </w:t>
       </w:r>
       <w:r w:rsidRPr="68903123">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">State agencies must comply with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47">
+      <w:hyperlink r:id="rId46">
         <w:r w:rsidRPr="00143936">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Massachusetts Executive Order 515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="68903123">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, which mandates the procurement of </w:t>
+        <w:t xml:space="preserve">, which mandates the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="68903123">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">procurement of </w:t>
       </w:r>
       <w:r w:rsidR="00A957A1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00A33BF7" w:rsidRPr="00A33BF7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nvironmentally </w:t>
       </w:r>
       <w:r w:rsidR="00A957A1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
@@ -10190,51 +10027,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> All copiers, multifunctional devices, </w:t>
       </w:r>
       <w:r w:rsidR="00DB3EB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="00F66EF1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">printers must meet the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidRPr="00143936">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Electronic Procurement Environmental Assessment Tool (EPEAT)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F66EF1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bronze registration</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -10390,82 +10227,66 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009515A3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>High Yield and Remanufactured Toner Cartridges and Returns:</w:t>
       </w:r>
       <w:r w:rsidRPr="009515A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> In accordance with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidRPr="00271B77">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Enterprise Printer Cartridge Acquisition Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009515A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (effective October 31, 2012), all Executive Department agencies—and Non-Executive agencies using Commonwealth IT capital funds—must purchase remanufactured laser toner cartridges when available. All vendors under this contract accept returns </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> used cartridges. The Commonwealth's target is for remanufactured toner cartridges to account for at least 80% of purchases within Executive Departments.</w:t>
+        <w:t xml:space="preserve"> (effective October 31, 2012), all Executive Department agencies—and Non-Executive agencies using Commonwealth IT capital funds—must purchase remanufactured laser toner cartridges when available. All vendors under this contract accept returns of used cartridges. The Commonwealth's target is for remanufactured toner cartridges to account for at least 80% of purchases within Executive Departments.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73454847" w14:textId="2676549F" w:rsidR="00AE6A00" w:rsidRDefault="00AE6A00" w:rsidP="006D114E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E23A9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Post-Consumer Recycled Content:</w:t>
       </w:r>
       <w:r w:rsidRPr="002E23A9">
         <w:rPr>
@@ -10497,138 +10318,137 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learn More:</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF63C9">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:anchor="-information-technology-(it)-" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId49" w:anchor="-information-technology-(it)-" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00EF63C9">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>EPP Information Technology</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EF63C9">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> website for more information about environmentally preferable IT choices. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In addition, e</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">xplore the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidRPr="00EF63C9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Environmentally Preferable Products (EPP) Procurement Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and discover detailed guidance in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52" w:history="1">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidRPr="00EF63C9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>EPP Products and Services Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="54" w:name="_Toc194066620"/>
-      <w:bookmarkStart w:id="55" w:name="_Toc214877287"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc219363261"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r w:rsidRPr="003066B4">
-        <w:lastRenderedPageBreak/>
         <w:t>Instructions for</w:t>
       </w:r>
       <w:r w:rsidR="00BA483E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
         <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
       </w:r>
       <w:r w:rsidRPr="003066B4">
         <w:t xml:space="preserve"> Users</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
     <w:p w14:paraId="7E58B0D1" w14:textId="2A817E84" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="00DC48F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
@@ -10754,51 +10574,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical support and job aids </w:t>
       </w:r>
       <w:r w:rsidR="000E68EE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by emailing </w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A63214">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00E9505D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
@@ -10828,76 +10648,76 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A63214">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00266475" w:rsidRDefault="00266475" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00266475" w:rsidSect="003E7DC2">
-          <w:footerReference w:type="first" r:id="rId54"/>
+          <w:footerReference w:type="first" r:id="rId53"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66F6F6D9" w14:textId="620DD4F6" w:rsidR="00E51057" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="63" w:name="_Appendix_A:_Vendor"/>
       <w:bookmarkStart w:id="64" w:name="_Vendor_Specific_Information"/>
       <w:bookmarkStart w:id="65" w:name="_Vendor_Information*"/>
       <w:bookmarkStart w:id="66" w:name="_Vendor_List_and"/>
       <w:bookmarkStart w:id="67" w:name="_Appendix_A:_1"/>
       <w:bookmarkStart w:id="68" w:name="_Toc194066623"/>
-      <w:bookmarkStart w:id="69" w:name="_Toc214877288"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc219363262"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r w:rsidRPr="00ED150D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
     </w:p>
     <w:p w14:paraId="612790AB" w14:textId="70EA2E2C" w:rsidR="005B1967" w:rsidRDefault="00946856" w:rsidP="00946856">
       <w:r w:rsidRPr="007214F4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note</w:t>
@@ -11172,69 +10992,67 @@
               <w:ind w:left="157" w:right="142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00983992">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Catalog</w:t>
             </w:r>
             <w:r w:rsidRPr="00983992">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00983992">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Punch</w:t>
             </w:r>
             <w:r w:rsidRPr="00983992">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Out</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00983992">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00983992">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C5D9F0"/>
           </w:tcPr>
@@ -11721,76 +11539,76 @@
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E0CB78A" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11" w:line="266" w:lineRule="auto"/>
               <w:ind w:left="448" w:right="182" w:hanging="276"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId55">
+            <w:hyperlink r:id="rId54">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:spacing w:val="40"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56">
+            <w:hyperlink r:id="rId55">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>SRC3-27748</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18E9D561" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -11879,51 +11697,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="521B26CF" w14:textId="61B9ADC2" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2" w:line="518" w:lineRule="auto"/>
               <w:ind w:left="100"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r w:rsidRPr="00A76FBF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Jessica.Ofurie2@ma</w:t>
               </w:r>
               <w:r w:rsidRPr="00A76FBF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:spacing w:val="45"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r w:rsidRPr="00A76FBF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="16"/>
@@ -12160,76 +11978,76 @@
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11857412" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00331556">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="388" w:right="182" w:hanging="216"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId58">
+            <w:hyperlink r:id="rId57">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:spacing w:val="40"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59">
+            <w:hyperlink r:id="rId58">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>OSD03-28699</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47C292A2" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00331556">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -12314,51 +12132,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0278B8F4" w14:textId="3E9DD405" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00331556">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2" w:line="518" w:lineRule="auto"/>
               <w:ind w:left="100"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r w:rsidRPr="00A76FBF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Jessica.Ofurie2@ma</w:t>
               </w:r>
               <w:r w:rsidRPr="00A76FBF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:spacing w:val="45"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r w:rsidRPr="00A76FBF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="16"/>
@@ -12533,87 +12351,87 @@
                 <w:spacing w:val="-5"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="267F6711" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="183" w:lineRule="exact"/>
               <w:ind w:left="0" w:right="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId61">
+            <w:hyperlink r:id="rId60">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>PO-23-1080-</w:t>
               </w:r>
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>OSD03-</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="00A1BD8A" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="21" w:line="157" w:lineRule="exact"/>
               <w:ind w:left="8" w:right="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId62">
+            <w:hyperlink r:id="rId61">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>OSD03-</w:t>
               </w:r>
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>27722</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
@@ -12713,51 +12531,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9868</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08659F3E" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="183" w:lineRule="exact"/>
               <w:ind w:left="100"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId63">
+            <w:hyperlink r:id="rId62">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>supplies@camoffice.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36EBA62F" w14:textId="17687DE7" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="002B6C0D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="183" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -13055,76 +12873,76 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-4"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sons</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="672A839E" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="388" w:right="182" w:hanging="216"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId64">
+            <w:hyperlink r:id="rId63">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:spacing w:val="40"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65">
+            <w:hyperlink r:id="rId64">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>OSD03-27724</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65082FB2" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -13222,51 +13040,51 @@
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FB17A09" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11"/>
               <w:ind w:left="100"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId66">
+            <w:hyperlink r:id="rId65">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>gablanco@gablanco.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B9DA4AD" w14:textId="0D2D0AEC" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -13512,138 +13330,136 @@
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00095B31" w:rsidRPr="00983992" w14:paraId="21F61837" w14:textId="77777777" w:rsidTr="00095B31">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F617C4C" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="183" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Photikon</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="29EA2722" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="21" w:line="157" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Corporation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16EC0DAF" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="183" w:lineRule="exact"/>
               <w:ind w:left="0" w:right="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId67">
+            <w:hyperlink r:id="rId66">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>PO-23-1080-</w:t>
               </w:r>
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>OSD03-</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="78D5AD3D" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="21" w:line="157" w:lineRule="exact"/>
               <w:ind w:left="8" w:right="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68">
+            <w:hyperlink r:id="rId67">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>OSD03-</w:t>
               </w:r>
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>27719</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13743,51 +13559,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0540</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="158DB1AB" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="183" w:lineRule="exact"/>
               <w:ind w:left="100"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId69">
+            <w:hyperlink r:id="rId68">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>dmussler@photikon.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41F260DD" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="183" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -13929,118 +13745,107 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="40"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Doing Business </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Doing Business As</w:t>
+            </w:r>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Encore Images</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="51E642DA" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="190" w:lineRule="atLeast"/>
               <w:ind w:left="388" w:right="182" w:hanging="216"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId70">
+            <w:hyperlink r:id="rId69">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:spacing w:val="40"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71">
+            <w:hyperlink r:id="rId70">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>OSD03-27720</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="099F90DF" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
@@ -14188,91 +13993,91 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4374</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5EE68A07" w14:textId="77777777" w:rsidR="00095B31" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11"/>
               <w:ind w:left="100"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72">
+            <w:hyperlink r:id="rId71">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>chris@theprinterpro.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="2D69BB2E" w14:textId="77777777" w:rsidR="00095B31" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11"/>
               <w:ind w:left="100"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="52E74F09" w14:textId="4C3E91E7" w:rsidR="00095B31" w:rsidRPr="000D6053" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11"/>
               <w:ind w:left="100"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId73">
+            <w:hyperlink r:id="rId72">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>brian@theprinterpro.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="577F6012" w14:textId="40B06E72" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
@@ -14518,69 +14323,58 @@
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00095B31" w:rsidRPr="00983992" w14:paraId="047C117F" w14:textId="77777777" w:rsidTr="00095B31">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="776"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57B7EC1A" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:right="185"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>ShireWire</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Global</w:t>
+              <w:t>ShireWire Global</w:t>
             </w:r>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="40"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sales</w:t>
             </w:r>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-9"/>
                 <w:w w:val="105"/>
@@ -14632,76 +14426,76 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-4"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45E97511" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="266" w:lineRule="auto"/>
               <w:ind w:left="388" w:right="182" w:hanging="216"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId74">
+            <w:hyperlink r:id="rId73">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:spacing w:val="40"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75">
+            <w:hyperlink r:id="rId74">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>OSD03-27721</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="283CDBED" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="183" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -14792,89 +14586,89 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8225</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="640680AB" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="183" w:lineRule="exact"/>
               <w:ind w:left="100"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76">
+            <w:hyperlink r:id="rId75">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>tmanca@shirewire.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="6883025A" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="37"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="04FE158F" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="100"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId77">
+            <w:hyperlink r:id="rId76">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>sales@shirewire.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3329641E" w14:textId="458A3778" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="183" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -15275,51 +15069,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-4"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15526971" w14:textId="1262AB37" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00BC15D3" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="266" w:lineRule="auto"/>
               <w:ind w:left="388" w:right="182" w:hanging="216"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> PO-23-1080-OSD03-OSD03-28697</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15A3DA69" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="183" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -15407,51 +15201,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6327</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DA58C56" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="163" w:lineRule="exact"/>
               <w:ind w:left="100"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId79">
+            <w:hyperlink r:id="rId78">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>Jeff.ballard@tabs.toshiba.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55EEAD68" w14:textId="10C4929E" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="183" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -15762,76 +15556,76 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Mason</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75B3B07A" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="190" w:lineRule="atLeast"/>
               <w:ind w:left="388" w:right="182" w:hanging="216"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId80">
+            <w:hyperlink r:id="rId79">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:spacing w:val="40"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81">
+            <w:hyperlink r:id="rId80">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>OSD03-27723</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="098639CD" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -15922,51 +15716,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9327</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="787859D0" w14:textId="77777777" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2"/>
               <w:ind w:left="100"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId82">
+            <w:hyperlink r:id="rId81">
               <w:r w:rsidRPr="00660763">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:w w:val="105"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>adam.oteri@wbmason.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C8BF666" w14:textId="3A0DA3E3" w:rsidR="00095B31" w:rsidRPr="00660763" w:rsidRDefault="00095B31" w:rsidP="00297939">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -16061,51 +15855,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00660763">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F8310AD" w14:textId="77777777" w:rsidR="00DF0987" w:rsidRDefault="00DF0987" w:rsidP="00DF0987"/>
     <w:p w14:paraId="387CC61A" w14:textId="3EF7479C" w:rsidR="00304C6F" w:rsidRDefault="00275216" w:rsidP="00AE6A00">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="_Toc214877289"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc219363263"/>
       <w:r w:rsidRPr="00275216">
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t xml:space="preserve"> (UNSPSC</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t>)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
     </w:p>
     <w:p w14:paraId="59BFD38A" w14:textId="6AAB79D6" w:rsidR="00E53E55" w:rsidRDefault="00D119CD" w:rsidP="00304C6F">
@@ -16517,51 +16311,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00420893">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>84–12–16</w:t>
       </w:r>
       <w:r w:rsidRPr="005B48B8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Operating Lease Finance Service</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B9CCB98" w14:textId="6A435059" w:rsidR="00E51057" w:rsidRDefault="007D279F" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="73" w:name="_Toc214877290"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc219363264"/>
       <w:r w:rsidRPr="007D279F">
         <w:t>Appendix: Moratorium on Executive Department Equipment Acquisitions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="73"/>
     </w:p>
     <w:p w14:paraId="174CB5C9" w14:textId="59E1F80D" w:rsidR="00DE06C9" w:rsidRDefault="007D279F" w:rsidP="007D279F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F549DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For Executive Departments </w:t>
       </w:r>
       <w:r w:rsidR="00656BDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -16629,51 +16423,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> policy</w:t>
       </w:r>
       <w:r w:rsidR="00DE06C9" w:rsidRPr="00DE06C9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, please </w:t>
       </w:r>
       <w:r w:rsidR="00DE06C9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidR="00DE06C9" w:rsidRPr="00DE06C9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83" w:history="1">
+      <w:hyperlink r:id="rId82" w:history="1">
         <w:r w:rsidR="00DE06C9" w:rsidRPr="002D2274">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>EOTSS EPS Moratorium Waiver Guidance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DE06C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00712F9B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>under</w:t>
       </w:r>
       <w:r w:rsidR="00DE06C9" w:rsidRPr="00DE06C9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
@@ -16722,87 +16516,87 @@
       <w:r w:rsidR="00FE543E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F549DE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B85F581" w14:textId="479460A4" w:rsidR="00931DF2" w:rsidRPr="002E58BD" w:rsidRDefault="00931DF2" w:rsidP="007D279F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00931DF2" w:rsidRPr="002E58BD" w:rsidSect="008A4943">
-      <w:footerReference w:type="default" r:id="rId84"/>
+      <w:footerReference w:type="default" r:id="rId83"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D363D84" w14:textId="77777777" w:rsidR="00BB1F61" w:rsidRDefault="00BB1F61" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="4984A2BE" w14:textId="77777777" w:rsidR="00E24EE8" w:rsidRDefault="00E24EE8" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04E2C8C6" w14:textId="77777777" w:rsidR="00BB1F61" w:rsidRDefault="00BB1F61"/>
+    <w:p w14:paraId="00643422" w14:textId="77777777" w:rsidR="00E24EE8" w:rsidRDefault="00E24EE8"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4217F283" w14:textId="77777777" w:rsidR="00BB1F61" w:rsidRDefault="00BB1F61" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="2C2C0ECA" w14:textId="77777777" w:rsidR="00E24EE8" w:rsidRDefault="00E24EE8" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BBF5087" w14:textId="77777777" w:rsidR="00BB1F61" w:rsidRDefault="00BB1F61"/>
+    <w:p w14:paraId="314035F9" w14:textId="77777777" w:rsidR="00E24EE8" w:rsidRDefault="00E24EE8"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2151FEC0" w14:textId="77777777" w:rsidR="00BB1F61" w:rsidRDefault="00BB1F61">
+    <w:p w14:paraId="09D08E8A" w14:textId="77777777" w:rsidR="00E24EE8" w:rsidRDefault="00E24EE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -16914,61 +16708,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="007ABE37" w14:textId="5902645B" w:rsidR="00990A36" w:rsidRDefault="00990A36" w:rsidP="00E91E7D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -17298,55 +17083,55 @@
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...3 lines deleted...]
-              <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDmIqt7ygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;FITvgv8hvII3m22rrl2bFlkQBAW1FenxdfNMFjcvSxK7q7/eCILHYWa+YVab0XXiSCG2nhXMpgUI&#10;4sbrlo2C193d+TWImJA1dp5JwRdF2KxPT1ZYaT/wCx23yYgM4VihAptSX0kZG0sO49T3xNl798Fh&#10;yjIYqQMOGe46OS+KK+mw5bxgsafaUvOx/XSZsqufDsPb9/7ige342NYmkHlW6mwy3t6ASDSm//Bf&#10;+14rWF7Oy8WiXJbweynfAbn+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOYiq3vKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" fillcolor="#2e3791" stroked="f"/>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="414A3A12">
+            <v:group id="Group 1221025669" style="position:absolute;margin-left:560.8pt;margin-top:0;width:612pt;height:27.75pt;z-index:251665408;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page" alt="&quot;&quot;" coordsize="12240,555" coordorigin=",15285" o:spid="_x0000_s1026" w14:anchorId="224F35B3" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRT0UtlAIAAGwHAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Ntl/P2NlLaHlArQQSL5bHMx7POXMmOT3b9B1ZCzCtkgUNj2aUCMlV2cq6oN++&#10;Xr87ocRYJkvWKSkK+iAMPVu8fXM66FxEqlFdKYBgEmnyQRe0sVbnQWB4I3pmjpQWEp2Vgp5ZNKEO&#10;SmADZu+7IJrNjoNBQalBcWEMnl6OTrrw+atKcPu5qoywpCso1mb9Cn5dujVYnLK8Bqablm/LYC+o&#10;ometxEf3qS6ZZWQF7bNUfctBGVXZI676QFVVy4XHgGjC2RM0N6BW2mOp86HWe5qQ2ic8vTgt/7S+&#10;AX2v72CsHre3in83yEsw6Dqf+p1dj8FkOXxUJfaTrazywDcV9C4FQiIbz+/Dnl+xsYTjYZZlUTLD&#10;NnD0xWmUROnYAN5glw7XwjQ62XuutpfDCO+OV9PUewOWj6/6SreVuc6jlMyBLfM6tu4bpoVvgnFs&#10;3AFpy4LO0/BknsYxyluyHon4glJjsu4EOXaYXBEYvSPWjKwSqS4ajBLnAGpoBCuxuNDFI4TJBWcY&#10;7Mkf0jzha0f1hK0wmfsXdmyxXIOxN0L1xG0KCli67yFb3xrrijmEuJYa1bXlddt13oB6edEBWTOc&#10;qKvr9/N414tfwjrpgqVy18aM7sSjdMBGgpaqfECQoMaxxM8IbhoFj5QMOJIFNT9WDAQl3QeJRM3D&#10;xCnAeiNJswgNmHqWUw+THFMV1FIybi/sOPcrDW3d4EuhBy3VOWq4aj1wR/xY1bZYFNJfU1SUxXE2&#10;z54rKvsHikri2L3K8t8oKpn5ivbzd5DLqxUVXSEF40Q8Ed5/pSj/xcJPup+17e/H/TOmtlfg4Se5&#10;+AkAAP//AwBQSwMEFAAGAAgAAAAhAO2r3OzcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AQhe+C/2EZwZvdJDYiMZtSinoqBVtBvE2z0yQ0Oxuy2yT99932opcHjze8902+mEwrBupdY1lB&#10;PItAEJdWN1wp+N59PL2CcB5ZY2uZFJzJwaK4v8sx03bkLxq2vhKhhF2GCmrvu0xKV9Zk0M1sRxyy&#10;g+0N+mD7Suoex1BuWplE0Ys02HBYqLGjVU3lcXsyCj5HHJfP8fuwPh5W599duvlZx6TU48O0fAPh&#10;afJ/x3DFD+hQBKa9PbF2olUQHvE3vWZJMg9+ryBNU5BFLv/TFxcAAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAUU9FLZQCAABsBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA7avc7NwAAAAFAQAADwAAAAAAAAAAAAAAAADuBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAPcFAAAAAA==&#10;">
+              <v:rect id="Rectangle 6" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="#efb935" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA5AMe4yAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9da8Iw&#10;FH0f7D+EK+xtptoptRplyAaCMFCH7PHSXJtic1OSzHb++uVhsMfD+V5tBtuKG/nQOFYwGWcgiCun&#10;G64VfJ7enwsQISJrbB2Tgh8KsFk/Pqyw1K7nA92OsRYphEOJCkyMXSllqAxZDGPXESfu4rzFmKCv&#10;pfbYp3DbymmWzaXFhlODwY62hqrr8dsq+Do3+/s01vn5I3/rzcvdb4vdXqmn0fC6BBFpiP/iP/dO&#10;K1jMJsViludpc7qU7oBc/wIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA5AMe4yAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;"/>
+              <v:rect id="Rectangle 7" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="#2e3791" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDmIqt7ygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;FITvgv8hvII3m22rrl2bFlkQBAW1FenxdfNMFjcvSxK7q7/eCILHYWa+YVab0XXiSCG2nhXMpgUI&#10;4sbrlo2C193d+TWImJA1dp5JwRdF2KxPT1ZYaT/wCx23yYgM4VihAptSX0kZG0sO49T3xNl798Fh&#10;yjIYqQMOGe46OS+KK+mw5bxgsafaUvOx/XSZsqufDsPb9/7ige342NYmkHlW6mwy3t6ASDSm//Bf&#10;+14rWF7Oy8WiXJbweynfAbn+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOYiq3vKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
     </w:tblGrid>
     <w:tr w:rsidR="4C2A9F3F" w14:paraId="171CABCA" w14:textId="77777777" w:rsidTr="00B84519">
       <w:trPr>
@@ -17497,55 +17282,55 @@
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...3 lines deleted...]
-              <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBFzCx4ygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dSgMx&#10;FITvBd8hnIJ3Nlura1mbFlkQBAX7I+LlcXOaLG5OliR2V5/eCEIvh5n5hlmuR9eJI4XYelYwmxYg&#10;iBuvWzYKXvcPlwsQMSFr7DyTgm+KsF6dny2x0n7gLR13yYgM4VihAptSX0kZG0sO49T3xNk7+OAw&#10;ZRmM1AGHDHedvCqKUjpsOS9Y7Km21Hzuvlym7OuXj+Ht5/36ie343NYmkNkodTEZ7+9AJBrTKfzf&#10;ftQKFrez4qacz0v4u5TvgFz9AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEXMLHjKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" fillcolor="#2e3791" stroked="f"/>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="74A7FC7D">
+            <v:group id="Group 442062232" style="position:absolute;margin-left:560.8pt;margin-top:0;width:612pt;height:27.75pt;z-index:251663360;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page" alt="&quot;&quot;" coordsize="12240,555" coordorigin=",15285" o:spid="_x0000_s1026" w14:anchorId="5B45FE28" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZDOyXlgIAAGwHAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/09w3u1GzVelNSAUq&#10;Ch/gdZyLSGxjezfbfj1jey+h5QG1Eki8WB7PeDznzJnk9Gw79GjDlO4EL3F0EmLEOBVVx5sSf/t6&#10;/W6OkTaEV6QXnJX4gWl8tnz75nSUBYtFK/qKKQRJuC5GWeLWGFkEgaYtG4g+EZJxcNZCDcSAqZqg&#10;UmSE7EMfxGE4C0ahKqkEZVrD6aV34qXLX9eMms91rZlBfYmhNuNW5daVXYPlKSkaRWTb0V0Z5AVV&#10;DKTj8Ogh1SUxBK1V9yzV0FEltKjNCRVDIOq6o8xhADRR+ATNjRJr6bA0xdjIA01A7ROeXpyWftrc&#10;KHkv75SvHra3gn7XwEswyqaY+q3d+GC0Gj+KCvpJ1kY44NtaDTYFQEJbx+/DgV+2NYjCYZ7ncRpC&#10;Gyj4kixO48w3gLbQpeO1KIvnB8/V7nIUw11/NcucNyCFf9VVuqvMdh6kpI9s6dexdd8SyVwTtGXj&#10;TqGuKnEap7N5GkcxRpwMQMQXkBrhTc/QzGKyRUD0nljtWUVcXLQQxc6VEmPLSAXFRTYeIEwuWEND&#10;T/6Q5glfe6onbEXpwr2wZ4sUUmlzw8SA7KbECkp3PSSbW21sMccQ21It+q667vreGapZXfQKbQhM&#10;1NX1+0Wy78UvYT23wVzYaz6jPXEoLTBP0EpUDwBSCT+W8BmBTSvUI0YjjGSJ9Y81UQyj/gMHohZR&#10;ahVgnJFmeQyGmnpWUw/hFFKV2GDktxfGz/1aqq5p4aXIgebiHDRcdw64Jd5XtSsWhPSXFDXPozCb&#10;JcnsuaLyf6CoNEnsq6T4jaLS0FV0mL+jXF6tqPgqyRd+Ip4I779SlPtiwSfdzdru92P/GVPbKfD4&#10;k1z+BAAA//8DAFBLAwQUAAYACAAAACEA7avc7NwAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QUvDQBCF74L/YRnBm90kNiIxm1KKeioFW0G8TbPTJDQ7G7LbJP333failwePN7z3Tb6YTCsG6l1j&#10;WUE8i0AQl1Y3XCn43n08vYJwHllja5kUnMnBori/yzHTduQvGra+EqGEXYYKau+7TEpX1mTQzWxH&#10;HLKD7Q36YPtK6h7HUG5amUTRizTYcFiosaNVTeVxezIKPkccl8/x+7A+Hlbn3126+VnHpNTjw7R8&#10;A+Fp8n/HcMUP6FAEpr09sXaiVRAe8Te9ZkkyD36vIE1TkEUu/9MXFwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCZDOyXlgIAAGwHAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDtq9zs3AAAAAUBAAAPAAAAAAAAAAAAAAAAAPAEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;">
+              <v:rect id="Rectangle 6" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="#efb935" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCL4oHhygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8Mw&#10;FIXfBf9DuIJvLl1WRqnLhgyFwUBwyvDx0tw1Zc1NSeJa9+uNIPh4OOd8h7PaTK4XFwqx86xhPitA&#10;EDfedNxq+Hh/eahAxIRssPdMGr4pwmZ9e7PC2viR3+hySK3IEI41arApDbWUsbHkMM78QJy9kw8O&#10;U5ahlSbgmOGul6ooltJhx3nB4kBbS8358OU0fB67/VWldnF8XTyPtryGbbXba31/Nz09gkg0pf/w&#10;X3tnNJSqXFalmiv4vZTvgFz/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIvigeHKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;"/>
+              <v:rect id="Rectangle 7" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="#2e3791" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBFzCx4ygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dSgMx&#10;FITvBd8hnIJ3Nlura1mbFlkQBAX7I+LlcXOaLG5OliR2V5/eCEIvh5n5hlmuR9eJI4XYelYwmxYg&#10;iBuvWzYKXvcPlwsQMSFr7DyTgm+KsF6dny2x0n7gLR13yYgM4VihAptSX0kZG0sO49T3xNk7+OAw&#10;ZRmM1AGHDHedvCqKUjpsOS9Y7Km21Hzuvlym7OuXj+Ht5/36ie343NYmkNkodTEZ7+9AJBrTKfzf&#10;ftQKFrez4qacz0v4u5TvgFz9AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEXMLHjKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
     </w:tblGrid>
     <w:tr w:rsidR="00AC1E9E" w14:paraId="5F7538E3" w14:textId="77777777" w:rsidTr="00B84519">
       <w:trPr>
@@ -17624,61 +17409,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3995F06B" w14:textId="387B6FE1" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -17997,55 +17773,55 @@
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...3 lines deleted...]
-              <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="0A4EE369">
+            <v:group id="Group 1730328604" style="position:absolute;margin-left:560.8pt;margin-top:0;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page" alt="&quot;&quot;" coordsize="12240,555" coordorigin=",15285" o:spid="_x0000_s1026" w14:anchorId="66375A1B" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhAO2r3OzcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FLw0AQhe+C/2EZwZvdJDYiMZtSinoqBVtBvE2z0yQ0Oxuy2yT99932opcHjze8902+mEwrBupd&#10;Y1lBPItAEJdWN1wp+N59PL2CcB5ZY2uZFJzJwaK4v8sx03bkLxq2vhKhhF2GCmrvu0xKV9Zk0M1s&#10;Rxyyg+0N+mD7Suoex1BuWplE0Ys02HBYqLGjVU3lcXsyCj5HHJfP8fuwPh5W599duvlZx6TU48O0&#10;fAPhafJ/x3DFD+hQBKa9PbF2olUQHvE3vWZJMg9+ryBNU5BFLv/TFxcAAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA7avc7NwAAAAFAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
+              <v:rect id="Rectangle 6" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="#efb935" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;"/>
+              <v:rect id="Rectangle 7" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="#2e3791" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
     </w:tblGrid>
     <w:tr w:rsidR="005851F6" w14:paraId="488F74A0" w14:textId="77777777" w:rsidTr="00B84519">
       <w:trPr>
@@ -18125,61 +17901,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BD17469" w14:textId="3B0069FC" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00C6209A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -18431,61 +18198,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Note:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="602B0F8F" w14:textId="77777777" w:rsidR="00137148" w:rsidRDefault="00137148" w:rsidP="00E91E7D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -18695,73 +18453,73 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="47BB3253" w14:textId="77777777" w:rsidR="00137148" w:rsidRDefault="00137148"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F034F8E" w14:textId="77777777" w:rsidR="00BB1F61" w:rsidRDefault="00BB1F61" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="59367B38" w14:textId="77777777" w:rsidR="00E24EE8" w:rsidRDefault="00E24EE8" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D0FFB63" w14:textId="77777777" w:rsidR="00BB1F61" w:rsidRDefault="00BB1F61"/>
+    <w:p w14:paraId="1A2203E4" w14:textId="77777777" w:rsidR="00E24EE8" w:rsidRDefault="00E24EE8"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1473C679" w14:textId="77777777" w:rsidR="00BB1F61" w:rsidRDefault="00BB1F61" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="4CFBCEA6" w14:textId="77777777" w:rsidR="00E24EE8" w:rsidRDefault="00E24EE8" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3891DD0F" w14:textId="77777777" w:rsidR="00BB1F61" w:rsidRDefault="00BB1F61"/>
+    <w:p w14:paraId="733382F4" w14:textId="77777777" w:rsidR="00E24EE8" w:rsidRDefault="00E24EE8"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2A7268A2" w14:textId="77777777" w:rsidR="00BB1F61" w:rsidRDefault="00BB1F61">
+    <w:p w14:paraId="4EEE3E51" w14:textId="77777777" w:rsidR="00E24EE8" w:rsidRDefault="00E24EE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="41A559A7" w14:textId="45A602C2" w:rsidR="00095B31" w:rsidRDefault="00095B31">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D03DF">
         <w:t>Note that COMMBUYS is the official system of record for vendor contact information.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -18955,91 +18713,91 @@
                               <w:sz w:val="48"/>
                             </w:rPr>
                             <w:t>Contract User Guide</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="28DB629A" w14:textId="7274984B" w:rsidR="00886F53" w:rsidRPr="005D4B8A" w:rsidRDefault="00886F53" w:rsidP="00057CE6">
                           <w:pPr>
                             <w:ind w:right="-50"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="6BE6E74D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="008E30E7">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="6BE6E74D">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:316.25pt;height:63.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA19Ld0DAIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlXdqo6WrpUoS0&#10;XKSFD3Acp7GwPcZ2m5SvZ+xkuwXeEH6wPJ7xmZkzx5vbQStyEs5LMBUtZjklwnBopDlU9NvX/asV&#10;JT4w0zAFRlT0LDy93b58seltKebQgWqEIwhifNnbinYh2DLLPO+EZn4GVhh0tuA0C2i6Q9Y41iO6&#10;Vtk8z2+yHlxjHXDhPd7ej066TfhtK3j43LZeBKIqirWFtLu013HPthtWHhyzneRTGewfqtBMGkx6&#10;gbpngZGjk39BackdeGjDjIPOoG0lF6kH7KbI/+jmsWNWpF6QHG8vNPn/B8s/nR7tF0fC8BYGHGBq&#10;wtsH4N89MbDrmDmIO+eg7wRrMHERKct668vpaaTalz6C1P1HaHDI7BggAQ2t05EV7JMgOg7gfCFd&#10;DIFwvFzkxc2iWFLC0bfK169Xq5SClU+vrfPhvQBN4qGiDoea0NnpwYdYDSufQmIyD0o2e6lUMtyh&#10;3ilHTgwFsE9rQv8tTBnSV3S9nC8TsoH4PmlDy4ACVVLH4uIaJRPZeGeaFBKYVOMZK1FmoicyMnIT&#10;hnrAwEhTDc0ZiXIwChE/Dh46cD8p6VGEFfU/jswJStQHg2Svi8UiqjYZi+WbORru2lNfe5jhCFXR&#10;QMl43IWk9MiDgTscSisTX8+VTLWiuBKN00eI6r22U9Tzd93+AgAA//8DAFBLAwQUAAYACAAAACEA&#10;RTyGidoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeDF2EQUUWRo10Xht&#10;7Q8YYApEdpaw20L/vaMXe3nJ5L28902xXuygjjT53rGBu1UEirh2Tc+tgd3X++0jKB+QGxwck4ET&#10;eViXlxcF5o2beUPHbWiVlLDP0UAXwphr7euOLPqVG4nF27vJYpBzanUz4SzldtBxFKXaYs+y0OFI&#10;bx3V39uDNbD/nG+Sp7n6CLts85C+Yp9V7mTM9dXy8gwq0BL+w/CLL+hQClPlDtx4NRiQR8Kfipfe&#10;xwmoSkJxloAuC31OX/4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANfS3dAwCAAD2AwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEARTyGidoAAAAF&#10;AQAADwAAAAAAAAAAAAAAAABmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" stroked="f">
+            <v:shape id="Text Box 2" style="width:316.25pt;height:63.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:spid="_x0000_s1026" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA19Ld0DAIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlXdqo6WrpUoS0&#10;XKSFD3Acp7GwPcZ2m5SvZ+xkuwXeEH6wPJ7xmZkzx5vbQStyEs5LMBUtZjklwnBopDlU9NvX/asV&#10;JT4w0zAFRlT0LDy93b58seltKebQgWqEIwhifNnbinYh2DLLPO+EZn4GVhh0tuA0C2i6Q9Y41iO6&#10;Vtk8z2+yHlxjHXDhPd7ej066TfhtK3j43LZeBKIqirWFtLu013HPthtWHhyzneRTGewfqtBMGkx6&#10;gbpngZGjk39BackdeGjDjIPOoG0lF6kH7KbI/+jmsWNWpF6QHG8vNPn/B8s/nR7tF0fC8BYGHGBq&#10;wtsH4N89MbDrmDmIO+eg7wRrMHERKct668vpaaTalz6C1P1HaHDI7BggAQ2t05EV7JMgOg7gfCFd&#10;DIFwvFzkxc2iWFLC0bfK169Xq5SClU+vrfPhvQBN4qGiDoea0NnpwYdYDSufQmIyD0o2e6lUMtyh&#10;3ilHTgwFsE9rQv8tTBnSV3S9nC8TsoH4PmlDy4ACVVLH4uIaJRPZeGeaFBKYVOMZK1FmoicyMnIT&#10;hnrAwEhTDc0ZiXIwChE/Dh46cD8p6VGEFfU/jswJStQHg2Svi8UiqjYZi+WbORru2lNfe5jhCFXR&#10;QMl43IWk9MiDgTscSisTX8+VTLWiuBKN00eI6r22U9Tzd93+AgAA//8DAFBLAwQUAAYACAAAACEA&#10;RTyGidoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeDF2EQUUWRo10Xht&#10;7Q8YYApEdpaw20L/vaMXe3nJ5L28902xXuygjjT53rGBu1UEirh2Tc+tgd3X++0jKB+QGxwck4ET&#10;eViXlxcF5o2beUPHbWiVlLDP0UAXwphr7euOLPqVG4nF27vJYpBzanUz4SzldtBxFKXaYs+y0OFI&#10;bx3V39uDNbD/nG+Sp7n6CLts85C+Yp9V7mTM9dXy8gwq0BL+w/CLL+hQClPlDtx4NRiQR8Kfipfe&#10;xwmoSkJxloAuC31OX/4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANfS3dAwCAAD2AwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEARTyGidoAAAAF&#10;AQAADwAAAAAAAAAAAAAAAABmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="7E0367E2" w14:textId="4AEF9229" w:rsidR="00913691" w:rsidRPr="005D4B8A" w:rsidRDefault="007D279F" w:rsidP="00913691">
+                  <w:p w:rsidRPr="005D4B8A" w:rsidR="00913691" w:rsidP="00913691" w:rsidRDefault="007D279F" w14:paraId="7DDB6C5B" w14:textId="4AEF9229">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t>ITC80</w:t>
                     </w:r>
-                    <w:r w:rsidR="00913691" w:rsidRPr="00256FA6">
+                    <w:r w:rsidRPr="00256FA6" w:rsidR="00913691">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="00913691">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t>Contract User Guide</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="28DB629A" w14:textId="7274984B" w:rsidR="00886F53" w:rsidRPr="005D4B8A" w:rsidRDefault="00886F53" w:rsidP="00057CE6">
+                  <w:p w:rsidRPr="005D4B8A" w:rsidR="00886F53" w:rsidP="00057CE6" w:rsidRDefault="00886F53" w14:paraId="672A6659" w14:textId="7274984B">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="3F3B35B9" w14:textId="77777777" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
@@ -19068,54 +18826,54 @@
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...2 lines deleted...]
-              <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="7964F003">
+            <v:line id="Straight Connector 4" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" o:spid="_x0000_s1026" strokecolor="#4f81bd [3204]" strokeweight="3pt" from="0,0" to="550.8pt,0" w14:anchorId="1D53B400" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;">
+              <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
@@ -19284,60 +19042,60 @@
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                             <w:t xml:space="preserve">ITC80 </w:t>
                           </w:r>
                           <w:r w:rsidR="00DD35D3">
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                             <w:t>Contract User Guide</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="1597F477" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="7B77E88E">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="1597F477">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1311369810" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:319.8pt;height:62.65pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPLgsBEAIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7bTXK04q222qSpt&#10;L9JuPwBjHKNihgKJnX79DtibTbdvVXlADDOcmTlz2Nz0rSInYZ0EXdBsklIiNIdK6kNBfzzu360o&#10;cZ7piinQoqBn4ejN9u2bTWdyMYUGVCUsQRDt8s4UtPHe5EnieCNa5iZghEZnDbZlHk17SCrLOkRv&#10;VTJN00XSga2MBS6cw9u7wUm3Eb+uBfff6toJT1RBsTYfdxv3MuzJdsPyg2WmkXwsg/1DFS2TGpNe&#10;oO6YZ+Ro5V9QreQWHNR+wqFNoK4lF7EH7CZLX3Xz0DAjYi9IjjMXmtz/g+VfTw/muyW+/wA9DjA2&#10;4cw98J+OaNg1TB/ErbXQNYJVmDgLlCWdcfn4NFDtchdAyu4LVDhkdvQQgfratoEV7JMgOg7gfCFd&#10;9J5wvJyli2wxzSjh6Fuu56vl+5iC5c+vjXX+k4CWhENBLQ41orPTvfOhGpY/h4RkDpSs9lKpaNhD&#10;uVOWnBgKYB/XiP5HmNKkK+h6Pp1HZA3hfdRGKz0KVMm2oKs0rEEygY2Puoohnkk1nLESpUd6AiMD&#10;N74veyKrkbvAVgnVGfmyMOgR/w8eGrC/KelQiwV1v47MCkrUZ42cr7PZLIg3GrP5coqGvfaU1x6m&#10;OUIV1FMyHHc+Cj7QoeEWZ1PLSNtLJWPJqLHI5vgfgoiv7Rj18mu3TwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhADPontfbAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdWhpSkOc&#10;CpBAXFv6AZt4m0TE6yh2m/TvWbjQy0irGc28zTeT69SJhtB6NvAwS0ARV962XBvYf73fP4EKEdli&#10;55kMnCnApri+yjGzfuQtnXaxVlLCIUMDTYx9pnWoGnIYZr4nFu/gB4dRzqHWdsBRyl2n50mSaoct&#10;y0KDPb01VH3vjs7A4XO8W67H8iPuV9vH9BXbVenPxtzeTC/PoCJN8T8Mv/iCDoUwlf7INqjOgDwS&#10;/1S8dLFOQZUSmi8XoItcX9IXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCPLgsBEAIA&#10;AP0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAz6J7X&#10;2wAAAAUBAAAPAAAAAAAAAAAAAAAAAGoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" stroked="f">
+            <v:shape id="Text Box 1311369810" style="width:319.8pt;height:62.65pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:spid="_x0000_s1027" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPLgsBEAIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7bTXK04q222qSpt&#10;L9JuPwBjHKNihgKJnX79DtibTbdvVXlADDOcmTlz2Nz0rSInYZ0EXdBsklIiNIdK6kNBfzzu360o&#10;cZ7piinQoqBn4ejN9u2bTWdyMYUGVCUsQRDt8s4UtPHe5EnieCNa5iZghEZnDbZlHk17SCrLOkRv&#10;VTJN00XSga2MBS6cw9u7wUm3Eb+uBfff6toJT1RBsTYfdxv3MuzJdsPyg2WmkXwsg/1DFS2TGpNe&#10;oO6YZ+Ro5V9QreQWHNR+wqFNoK4lF7EH7CZLX3Xz0DAjYi9IjjMXmtz/g+VfTw/muyW+/wA9DjA2&#10;4cw98J+OaNg1TB/ErbXQNYJVmDgLlCWdcfn4NFDtchdAyu4LVDhkdvQQgfratoEV7JMgOg7gfCFd&#10;9J5wvJyli2wxzSjh6Fuu56vl+5iC5c+vjXX+k4CWhENBLQ41orPTvfOhGpY/h4RkDpSs9lKpaNhD&#10;uVOWnBgKYB/XiP5HmNKkK+h6Pp1HZA3hfdRGKz0KVMm2oKs0rEEygY2Puoohnkk1nLESpUd6AiMD&#10;N74veyKrkbvAVgnVGfmyMOgR/w8eGrC/KelQiwV1v47MCkrUZ42cr7PZLIg3GrP5coqGvfaU1x6m&#10;OUIV1FMyHHc+Cj7QoeEWZ1PLSNtLJWPJqLHI5vgfgoiv7Rj18mu3TwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhADPontfbAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdWhpSkOc&#10;CpBAXFv6AZt4m0TE6yh2m/TvWbjQy0irGc28zTeT69SJhtB6NvAwS0ARV962XBvYf73fP4EKEdli&#10;55kMnCnApri+yjGzfuQtnXaxVlLCIUMDTYx9pnWoGnIYZr4nFu/gB4dRzqHWdsBRyl2n50mSaoct&#10;y0KDPb01VH3vjs7A4XO8W67H8iPuV9vH9BXbVenPxtzeTC/PoCJN8T8Mv/iCDoUwlf7INqjOgDwS&#10;/1S8dLFOQZUSmi8XoItcX9IXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCPLgsBEAIA&#10;AP0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAz6J7X&#10;2wAAAAUBAAAPAAAAAAAAAAAAAAAAAGoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="06F7E207" w14:textId="3BE93E68" w:rsidR="00DD35D3" w:rsidRPr="005D4B8A" w:rsidRDefault="007D279F">
+                  <w:p w:rsidRPr="005D4B8A" w:rsidR="00DD35D3" w:rsidRDefault="007D279F" w14:paraId="501CCB9F" w14:textId="3BE93E68">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t xml:space="preserve">ITC80 </w:t>
                     </w:r>
                     <w:r w:rsidR="00DD35D3">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t>Contract User Guide</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
@@ -19409,54 +19167,54 @@
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...2 lines deleted...]
-              <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="0ECA0B29">
+            <v:line id="Straight Connector 1684346985" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" alt="&quot;&quot;" o:spid="_x0000_s1026" strokecolor="#4f81bd [3204]" strokeweight="3pt" from="0,0" to="550.8pt,0" w14:anchorId="651F057A" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;">
+              <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
@@ -22827,50 +22585,51 @@
     <w:rsid w:val="00262982"/>
     <w:rsid w:val="0026357A"/>
     <w:rsid w:val="0026368F"/>
     <w:rsid w:val="00264128"/>
     <w:rsid w:val="002642F9"/>
     <w:rsid w:val="00264A56"/>
     <w:rsid w:val="00265213"/>
     <w:rsid w:val="002655B7"/>
     <w:rsid w:val="002655CF"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00266475"/>
     <w:rsid w:val="002665C5"/>
     <w:rsid w:val="0026670F"/>
     <w:rsid w:val="0026740B"/>
     <w:rsid w:val="00267BB6"/>
     <w:rsid w:val="002705CB"/>
     <w:rsid w:val="002710E6"/>
     <w:rsid w:val="0027186F"/>
     <w:rsid w:val="00271B77"/>
     <w:rsid w:val="002722E1"/>
     <w:rsid w:val="002725D9"/>
     <w:rsid w:val="00272A26"/>
     <w:rsid w:val="002733A5"/>
     <w:rsid w:val="002733D1"/>
+    <w:rsid w:val="002736C7"/>
     <w:rsid w:val="002739BC"/>
     <w:rsid w:val="00273A68"/>
     <w:rsid w:val="00274F02"/>
     <w:rsid w:val="00275216"/>
     <w:rsid w:val="00275AAF"/>
     <w:rsid w:val="00275DEB"/>
     <w:rsid w:val="00276002"/>
     <w:rsid w:val="00277786"/>
     <w:rsid w:val="00277C51"/>
     <w:rsid w:val="00277CB7"/>
     <w:rsid w:val="00277D1B"/>
     <w:rsid w:val="00277E0D"/>
     <w:rsid w:val="00280B86"/>
     <w:rsid w:val="00280DE4"/>
     <w:rsid w:val="00280EC3"/>
     <w:rsid w:val="002812E6"/>
     <w:rsid w:val="00281536"/>
     <w:rsid w:val="002816F4"/>
     <w:rsid w:val="00281714"/>
     <w:rsid w:val="0028171C"/>
     <w:rsid w:val="002819AB"/>
     <w:rsid w:val="002819F1"/>
     <w:rsid w:val="00281FB4"/>
     <w:rsid w:val="00282767"/>
     <w:rsid w:val="00282C29"/>
@@ -24160,50 +23919,51 @@
     <w:rsid w:val="005B2FFF"/>
     <w:rsid w:val="005B38E1"/>
     <w:rsid w:val="005B3C54"/>
     <w:rsid w:val="005B4695"/>
     <w:rsid w:val="005B4B26"/>
     <w:rsid w:val="005B5C2F"/>
     <w:rsid w:val="005B62DB"/>
     <w:rsid w:val="005B63BC"/>
     <w:rsid w:val="005B664C"/>
     <w:rsid w:val="005B6725"/>
     <w:rsid w:val="005B6BB9"/>
     <w:rsid w:val="005B6EF9"/>
     <w:rsid w:val="005C005A"/>
     <w:rsid w:val="005C0B61"/>
     <w:rsid w:val="005C10A7"/>
     <w:rsid w:val="005C11B1"/>
     <w:rsid w:val="005C1696"/>
     <w:rsid w:val="005C2250"/>
     <w:rsid w:val="005C275D"/>
     <w:rsid w:val="005C2CCC"/>
     <w:rsid w:val="005C3FC7"/>
     <w:rsid w:val="005C4006"/>
     <w:rsid w:val="005C44B9"/>
     <w:rsid w:val="005C457B"/>
     <w:rsid w:val="005C45F9"/>
+    <w:rsid w:val="005C4D49"/>
     <w:rsid w:val="005C57C8"/>
     <w:rsid w:val="005C5F50"/>
     <w:rsid w:val="005C7123"/>
     <w:rsid w:val="005C7447"/>
     <w:rsid w:val="005C7593"/>
     <w:rsid w:val="005C76AA"/>
     <w:rsid w:val="005C7811"/>
     <w:rsid w:val="005C7BD2"/>
     <w:rsid w:val="005C7BFD"/>
     <w:rsid w:val="005C7DF3"/>
     <w:rsid w:val="005C7E72"/>
     <w:rsid w:val="005D11B4"/>
     <w:rsid w:val="005D1B3D"/>
     <w:rsid w:val="005D1C73"/>
     <w:rsid w:val="005D20CA"/>
     <w:rsid w:val="005D293C"/>
     <w:rsid w:val="005D2A12"/>
     <w:rsid w:val="005D2CC1"/>
     <w:rsid w:val="005D3A0C"/>
     <w:rsid w:val="005D3A22"/>
     <w:rsid w:val="005D3A7D"/>
     <w:rsid w:val="005D3C8F"/>
     <w:rsid w:val="005D3CA8"/>
     <w:rsid w:val="005D4189"/>
     <w:rsid w:val="005D445E"/>
@@ -26449,50 +26209,51 @@
     <w:rsid w:val="00B86F20"/>
     <w:rsid w:val="00B86F92"/>
     <w:rsid w:val="00B87920"/>
     <w:rsid w:val="00B87C87"/>
     <w:rsid w:val="00B91049"/>
     <w:rsid w:val="00B9170D"/>
     <w:rsid w:val="00B91EE7"/>
     <w:rsid w:val="00B92292"/>
     <w:rsid w:val="00B928AC"/>
     <w:rsid w:val="00B92C81"/>
     <w:rsid w:val="00B930FD"/>
     <w:rsid w:val="00B93208"/>
     <w:rsid w:val="00B93353"/>
     <w:rsid w:val="00B933FC"/>
     <w:rsid w:val="00B93975"/>
     <w:rsid w:val="00B93B8B"/>
     <w:rsid w:val="00B93D98"/>
     <w:rsid w:val="00B93FB9"/>
     <w:rsid w:val="00B940F6"/>
     <w:rsid w:val="00B94333"/>
     <w:rsid w:val="00B948AC"/>
     <w:rsid w:val="00B94AC4"/>
     <w:rsid w:val="00B94B6C"/>
     <w:rsid w:val="00B94D0F"/>
     <w:rsid w:val="00B94D70"/>
+    <w:rsid w:val="00B95170"/>
     <w:rsid w:val="00B95364"/>
     <w:rsid w:val="00B953CA"/>
     <w:rsid w:val="00B9622B"/>
     <w:rsid w:val="00B9641B"/>
     <w:rsid w:val="00B96467"/>
     <w:rsid w:val="00B96974"/>
     <w:rsid w:val="00B96BA2"/>
     <w:rsid w:val="00B97145"/>
     <w:rsid w:val="00B9742A"/>
     <w:rsid w:val="00B97525"/>
     <w:rsid w:val="00B9768A"/>
     <w:rsid w:val="00B978BA"/>
     <w:rsid w:val="00B97D39"/>
     <w:rsid w:val="00B97EAD"/>
     <w:rsid w:val="00BA0322"/>
     <w:rsid w:val="00BA08A0"/>
     <w:rsid w:val="00BA0A00"/>
     <w:rsid w:val="00BA0E1C"/>
     <w:rsid w:val="00BA21E7"/>
     <w:rsid w:val="00BA2B98"/>
     <w:rsid w:val="00BA30B0"/>
     <w:rsid w:val="00BA3AC3"/>
     <w:rsid w:val="00BA3BBE"/>
     <w:rsid w:val="00BA3F3B"/>
     <w:rsid w:val="00BA3F47"/>
@@ -26938,50 +26699,51 @@
     <w:rsid w:val="00CC4BF2"/>
     <w:rsid w:val="00CC514F"/>
     <w:rsid w:val="00CC5EC6"/>
     <w:rsid w:val="00CC6282"/>
     <w:rsid w:val="00CC69E7"/>
     <w:rsid w:val="00CC6BEF"/>
     <w:rsid w:val="00CD00FD"/>
     <w:rsid w:val="00CD023C"/>
     <w:rsid w:val="00CD0547"/>
     <w:rsid w:val="00CD0682"/>
     <w:rsid w:val="00CD0F08"/>
     <w:rsid w:val="00CD0F2A"/>
     <w:rsid w:val="00CD1DB1"/>
     <w:rsid w:val="00CD20D0"/>
     <w:rsid w:val="00CD2D00"/>
     <w:rsid w:val="00CD3492"/>
     <w:rsid w:val="00CD35FB"/>
     <w:rsid w:val="00CD45D6"/>
     <w:rsid w:val="00CD46C5"/>
     <w:rsid w:val="00CD4CC6"/>
     <w:rsid w:val="00CD588E"/>
     <w:rsid w:val="00CD594C"/>
     <w:rsid w:val="00CD5979"/>
     <w:rsid w:val="00CD5C4D"/>
     <w:rsid w:val="00CD629E"/>
+    <w:rsid w:val="00CD69F2"/>
     <w:rsid w:val="00CD6AC7"/>
     <w:rsid w:val="00CD70F4"/>
     <w:rsid w:val="00CD74E6"/>
     <w:rsid w:val="00CD7705"/>
     <w:rsid w:val="00CE04A0"/>
     <w:rsid w:val="00CE0613"/>
     <w:rsid w:val="00CE0810"/>
     <w:rsid w:val="00CE096F"/>
     <w:rsid w:val="00CE0BD2"/>
     <w:rsid w:val="00CE0D61"/>
     <w:rsid w:val="00CE16B5"/>
     <w:rsid w:val="00CE19AA"/>
     <w:rsid w:val="00CE1D99"/>
     <w:rsid w:val="00CE1FAB"/>
     <w:rsid w:val="00CE203A"/>
     <w:rsid w:val="00CE2175"/>
     <w:rsid w:val="00CE221B"/>
     <w:rsid w:val="00CE2941"/>
     <w:rsid w:val="00CE295E"/>
     <w:rsid w:val="00CE296A"/>
     <w:rsid w:val="00CE2C68"/>
     <w:rsid w:val="00CE3171"/>
     <w:rsid w:val="00CE3882"/>
     <w:rsid w:val="00CE429F"/>
     <w:rsid w:val="00CE47E3"/>
@@ -27436,50 +27198,51 @@
     <w:rsid w:val="00E10CB2"/>
     <w:rsid w:val="00E11493"/>
     <w:rsid w:val="00E116C2"/>
     <w:rsid w:val="00E11782"/>
     <w:rsid w:val="00E11B55"/>
     <w:rsid w:val="00E12243"/>
     <w:rsid w:val="00E124C1"/>
     <w:rsid w:val="00E12E99"/>
     <w:rsid w:val="00E12EE1"/>
     <w:rsid w:val="00E135BE"/>
     <w:rsid w:val="00E148FF"/>
     <w:rsid w:val="00E15670"/>
     <w:rsid w:val="00E15966"/>
     <w:rsid w:val="00E163E2"/>
     <w:rsid w:val="00E17219"/>
     <w:rsid w:val="00E20893"/>
     <w:rsid w:val="00E21DA4"/>
     <w:rsid w:val="00E22014"/>
     <w:rsid w:val="00E22417"/>
     <w:rsid w:val="00E227FC"/>
     <w:rsid w:val="00E22DFB"/>
     <w:rsid w:val="00E23F4C"/>
     <w:rsid w:val="00E24156"/>
     <w:rsid w:val="00E24509"/>
     <w:rsid w:val="00E24DDE"/>
+    <w:rsid w:val="00E24EE8"/>
     <w:rsid w:val="00E251A2"/>
     <w:rsid w:val="00E2558E"/>
     <w:rsid w:val="00E25F49"/>
     <w:rsid w:val="00E262A1"/>
     <w:rsid w:val="00E262B2"/>
     <w:rsid w:val="00E2685F"/>
     <w:rsid w:val="00E26AEE"/>
     <w:rsid w:val="00E26E6E"/>
     <w:rsid w:val="00E270D0"/>
     <w:rsid w:val="00E301B6"/>
     <w:rsid w:val="00E304F4"/>
     <w:rsid w:val="00E3064D"/>
     <w:rsid w:val="00E3090F"/>
     <w:rsid w:val="00E30D14"/>
     <w:rsid w:val="00E31727"/>
     <w:rsid w:val="00E31AA3"/>
     <w:rsid w:val="00E31AC0"/>
     <w:rsid w:val="00E3202F"/>
     <w:rsid w:val="00E32E01"/>
     <w:rsid w:val="00E33503"/>
     <w:rsid w:val="00E3354F"/>
     <w:rsid w:val="00E3399C"/>
     <w:rsid w:val="00E33C01"/>
     <w:rsid w:val="00E348FD"/>
     <w:rsid w:val="00E35733"/>
@@ -27873,50 +27636,51 @@
     <w:rsid w:val="00F340E0"/>
     <w:rsid w:val="00F345E1"/>
     <w:rsid w:val="00F34B90"/>
     <w:rsid w:val="00F34E2E"/>
     <w:rsid w:val="00F35003"/>
     <w:rsid w:val="00F353B2"/>
     <w:rsid w:val="00F355B6"/>
     <w:rsid w:val="00F355D9"/>
     <w:rsid w:val="00F35874"/>
     <w:rsid w:val="00F35A63"/>
     <w:rsid w:val="00F35C88"/>
     <w:rsid w:val="00F35D70"/>
     <w:rsid w:val="00F35EDD"/>
     <w:rsid w:val="00F364F7"/>
     <w:rsid w:val="00F367AF"/>
     <w:rsid w:val="00F36874"/>
     <w:rsid w:val="00F3716E"/>
     <w:rsid w:val="00F37330"/>
     <w:rsid w:val="00F374BB"/>
     <w:rsid w:val="00F37795"/>
     <w:rsid w:val="00F379AD"/>
     <w:rsid w:val="00F379EF"/>
     <w:rsid w:val="00F37B19"/>
     <w:rsid w:val="00F37D6F"/>
     <w:rsid w:val="00F37E97"/>
+    <w:rsid w:val="00F40213"/>
     <w:rsid w:val="00F4089C"/>
     <w:rsid w:val="00F40D0F"/>
     <w:rsid w:val="00F4104A"/>
     <w:rsid w:val="00F41216"/>
     <w:rsid w:val="00F4125B"/>
     <w:rsid w:val="00F41473"/>
     <w:rsid w:val="00F42100"/>
     <w:rsid w:val="00F4232A"/>
     <w:rsid w:val="00F42848"/>
     <w:rsid w:val="00F42EBC"/>
     <w:rsid w:val="00F43223"/>
     <w:rsid w:val="00F44044"/>
     <w:rsid w:val="00F44144"/>
     <w:rsid w:val="00F4417D"/>
     <w:rsid w:val="00F44C34"/>
     <w:rsid w:val="00F456B7"/>
     <w:rsid w:val="00F463B7"/>
     <w:rsid w:val="00F46C9D"/>
     <w:rsid w:val="00F46CC8"/>
     <w:rsid w:val="00F46D1A"/>
     <w:rsid w:val="00F46EBB"/>
     <w:rsid w:val="00F47843"/>
     <w:rsid w:val="00F50856"/>
     <w:rsid w:val="00F50FE7"/>
     <w:rsid w:val="00F510EF"/>
@@ -28076,50 +27840,51 @@
     <w:rsid w:val="00FB6C18"/>
     <w:rsid w:val="00FB71FB"/>
     <w:rsid w:val="00FB7251"/>
     <w:rsid w:val="00FB7413"/>
     <w:rsid w:val="00FB7630"/>
     <w:rsid w:val="00FC1367"/>
     <w:rsid w:val="00FC1ACB"/>
     <w:rsid w:val="00FC1C77"/>
     <w:rsid w:val="00FC20C3"/>
     <w:rsid w:val="00FC288C"/>
     <w:rsid w:val="00FC2B4E"/>
     <w:rsid w:val="00FC2C97"/>
     <w:rsid w:val="00FC3479"/>
     <w:rsid w:val="00FC3605"/>
     <w:rsid w:val="00FC3C7B"/>
     <w:rsid w:val="00FC5D4F"/>
     <w:rsid w:val="00FC602B"/>
     <w:rsid w:val="00FC6263"/>
     <w:rsid w:val="00FC6F7F"/>
     <w:rsid w:val="00FC7864"/>
     <w:rsid w:val="00FC78EF"/>
     <w:rsid w:val="00FC7B47"/>
     <w:rsid w:val="00FD0121"/>
     <w:rsid w:val="00FD0BA0"/>
     <w:rsid w:val="00FD113F"/>
+    <w:rsid w:val="00FD1399"/>
     <w:rsid w:val="00FD1A4D"/>
     <w:rsid w:val="00FD2515"/>
     <w:rsid w:val="00FD3078"/>
     <w:rsid w:val="00FD30D0"/>
     <w:rsid w:val="00FD335F"/>
     <w:rsid w:val="00FD354B"/>
     <w:rsid w:val="00FD385A"/>
     <w:rsid w:val="00FD3AD0"/>
     <w:rsid w:val="00FD3D27"/>
     <w:rsid w:val="00FD3E97"/>
     <w:rsid w:val="00FD4160"/>
     <w:rsid w:val="00FD457A"/>
     <w:rsid w:val="00FD46A5"/>
     <w:rsid w:val="00FD4BB5"/>
     <w:rsid w:val="00FD4BFB"/>
     <w:rsid w:val="00FD4E5C"/>
     <w:rsid w:val="00FD5116"/>
     <w:rsid w:val="00FD5DB3"/>
     <w:rsid w:val="00FD5DFA"/>
     <w:rsid w:val="00FD6052"/>
     <w:rsid w:val="00FD6715"/>
     <w:rsid w:val="00FD7474"/>
     <w:rsid w:val="00FD7977"/>
     <w:rsid w:val="00FD7B5F"/>
     <w:rsid w:val="00FE024B"/>
@@ -28394,50 +28159,51 @@
     <w:rsid w:val="3C9336CA"/>
     <w:rsid w:val="3CC77A80"/>
     <w:rsid w:val="3CF9746A"/>
     <w:rsid w:val="3D5B8B69"/>
     <w:rsid w:val="3DDCB5F8"/>
     <w:rsid w:val="3E657CDD"/>
     <w:rsid w:val="3E70D751"/>
     <w:rsid w:val="3EBF43C7"/>
     <w:rsid w:val="3F25643A"/>
     <w:rsid w:val="3FADDAA1"/>
     <w:rsid w:val="3FB688F3"/>
     <w:rsid w:val="3FBF20C2"/>
     <w:rsid w:val="3FC1C036"/>
     <w:rsid w:val="3FF5BFDD"/>
     <w:rsid w:val="410F418A"/>
     <w:rsid w:val="41E4A38E"/>
     <w:rsid w:val="41E66EF7"/>
     <w:rsid w:val="421609B3"/>
     <w:rsid w:val="42CC7BC5"/>
     <w:rsid w:val="42FA3B1F"/>
     <w:rsid w:val="433C90B5"/>
     <w:rsid w:val="43504692"/>
     <w:rsid w:val="44DB780A"/>
     <w:rsid w:val="451D8467"/>
     <w:rsid w:val="452DB02E"/>
+    <w:rsid w:val="4557EE7E"/>
     <w:rsid w:val="4569191D"/>
     <w:rsid w:val="45F1749E"/>
     <w:rsid w:val="46EC0885"/>
     <w:rsid w:val="470E9718"/>
     <w:rsid w:val="47C4C87B"/>
     <w:rsid w:val="47D2210E"/>
     <w:rsid w:val="47F40877"/>
     <w:rsid w:val="481C2B5F"/>
     <w:rsid w:val="482406E7"/>
     <w:rsid w:val="48293F8C"/>
     <w:rsid w:val="483CA196"/>
     <w:rsid w:val="49096F91"/>
     <w:rsid w:val="4930D506"/>
     <w:rsid w:val="4951C592"/>
     <w:rsid w:val="49E63A88"/>
     <w:rsid w:val="4A136BDC"/>
     <w:rsid w:val="4A26B89D"/>
     <w:rsid w:val="4B0163C5"/>
     <w:rsid w:val="4B60781D"/>
     <w:rsid w:val="4BF3104F"/>
     <w:rsid w:val="4BFEA3DF"/>
     <w:rsid w:val="4C2A9F3F"/>
     <w:rsid w:val="4CD9714A"/>
     <w:rsid w:val="4DCF5614"/>
     <w:rsid w:val="4DEBA75F"/>
@@ -28455,140 +28221,144 @@
     <w:rsid w:val="505B7E99"/>
     <w:rsid w:val="5073386C"/>
     <w:rsid w:val="50BEEE4F"/>
     <w:rsid w:val="50DF1D72"/>
     <w:rsid w:val="5110D5A6"/>
     <w:rsid w:val="514378B5"/>
     <w:rsid w:val="5187E4DA"/>
     <w:rsid w:val="51BC80A4"/>
     <w:rsid w:val="51F5625D"/>
     <w:rsid w:val="525D1729"/>
     <w:rsid w:val="5268E906"/>
     <w:rsid w:val="53D00C69"/>
     <w:rsid w:val="54579326"/>
     <w:rsid w:val="5473CD39"/>
     <w:rsid w:val="556377FB"/>
     <w:rsid w:val="5568833A"/>
     <w:rsid w:val="56331C6C"/>
     <w:rsid w:val="567896BC"/>
     <w:rsid w:val="577BB6F1"/>
     <w:rsid w:val="57ADD150"/>
     <w:rsid w:val="57F01BE9"/>
     <w:rsid w:val="57FB0354"/>
     <w:rsid w:val="58314F50"/>
     <w:rsid w:val="585C6DF1"/>
     <w:rsid w:val="58843273"/>
+    <w:rsid w:val="58919128"/>
     <w:rsid w:val="5896E57C"/>
     <w:rsid w:val="589ECD48"/>
     <w:rsid w:val="58EEE0FF"/>
     <w:rsid w:val="595C23A9"/>
     <w:rsid w:val="5988972B"/>
     <w:rsid w:val="59975D5C"/>
     <w:rsid w:val="59A43698"/>
     <w:rsid w:val="59C19D99"/>
     <w:rsid w:val="59F1F6E2"/>
     <w:rsid w:val="59F2BEAA"/>
     <w:rsid w:val="5A322E9A"/>
     <w:rsid w:val="5A63ABBB"/>
     <w:rsid w:val="5A90A5A1"/>
     <w:rsid w:val="5ADDFEFB"/>
     <w:rsid w:val="5B0CEAAB"/>
     <w:rsid w:val="5B6352A7"/>
     <w:rsid w:val="5BA94C62"/>
+    <w:rsid w:val="5BDF137A"/>
     <w:rsid w:val="5C82BDF2"/>
     <w:rsid w:val="5CDD37BD"/>
     <w:rsid w:val="5D14C480"/>
     <w:rsid w:val="5D2D794F"/>
     <w:rsid w:val="5D390228"/>
     <w:rsid w:val="5D784754"/>
     <w:rsid w:val="5DC80A56"/>
     <w:rsid w:val="5DF23226"/>
     <w:rsid w:val="5E088BEF"/>
     <w:rsid w:val="5E3DD23D"/>
     <w:rsid w:val="5E54A18C"/>
     <w:rsid w:val="5E647E3E"/>
     <w:rsid w:val="5F2B1441"/>
     <w:rsid w:val="60841615"/>
     <w:rsid w:val="6090249D"/>
     <w:rsid w:val="61090B2D"/>
     <w:rsid w:val="610AB160"/>
     <w:rsid w:val="613DC743"/>
     <w:rsid w:val="61674B42"/>
     <w:rsid w:val="61802BDC"/>
     <w:rsid w:val="618F2E34"/>
     <w:rsid w:val="61A751AA"/>
     <w:rsid w:val="635D1BE8"/>
     <w:rsid w:val="63793ADC"/>
     <w:rsid w:val="638FCA67"/>
     <w:rsid w:val="63C6D75D"/>
     <w:rsid w:val="645A7CA4"/>
     <w:rsid w:val="648D456B"/>
     <w:rsid w:val="64D2AD47"/>
     <w:rsid w:val="655A5448"/>
     <w:rsid w:val="65B31951"/>
     <w:rsid w:val="65F64D05"/>
     <w:rsid w:val="661368FA"/>
     <w:rsid w:val="668AFE8F"/>
     <w:rsid w:val="670C7F9B"/>
     <w:rsid w:val="671A1D1F"/>
     <w:rsid w:val="671CAC54"/>
     <w:rsid w:val="675776C0"/>
     <w:rsid w:val="677CCF43"/>
     <w:rsid w:val="682EB24E"/>
     <w:rsid w:val="6841D4E1"/>
+    <w:rsid w:val="684E3B00"/>
     <w:rsid w:val="6859311B"/>
     <w:rsid w:val="6866FE79"/>
     <w:rsid w:val="68A131B5"/>
     <w:rsid w:val="68C2DA8B"/>
     <w:rsid w:val="690F72A4"/>
     <w:rsid w:val="695AE07A"/>
     <w:rsid w:val="697B0267"/>
     <w:rsid w:val="69F389EE"/>
     <w:rsid w:val="6A158E7B"/>
     <w:rsid w:val="6A2AA9E6"/>
     <w:rsid w:val="6A40A319"/>
     <w:rsid w:val="6A799C6C"/>
     <w:rsid w:val="6A8A7AB1"/>
     <w:rsid w:val="6AEA58D8"/>
     <w:rsid w:val="6B61C945"/>
     <w:rsid w:val="6C05D65D"/>
     <w:rsid w:val="6C35FB41"/>
     <w:rsid w:val="6C88CFEE"/>
     <w:rsid w:val="6C8BC9D4"/>
     <w:rsid w:val="6C9037D6"/>
     <w:rsid w:val="6CB20F46"/>
     <w:rsid w:val="6CCCE185"/>
     <w:rsid w:val="6CEB32F8"/>
     <w:rsid w:val="6D30A8ED"/>
     <w:rsid w:val="6D792608"/>
     <w:rsid w:val="6DF6F073"/>
     <w:rsid w:val="6E354CD8"/>
     <w:rsid w:val="6E611EC1"/>
     <w:rsid w:val="6EC15611"/>
     <w:rsid w:val="6EF0E23F"/>
     <w:rsid w:val="6F284485"/>
     <w:rsid w:val="6F337DC9"/>
+    <w:rsid w:val="6F3F3C40"/>
     <w:rsid w:val="6F617601"/>
     <w:rsid w:val="701D9B55"/>
     <w:rsid w:val="70398423"/>
     <w:rsid w:val="704DA716"/>
     <w:rsid w:val="7060DD5F"/>
     <w:rsid w:val="707CDF24"/>
     <w:rsid w:val="70C577DD"/>
     <w:rsid w:val="7144E635"/>
     <w:rsid w:val="7169CE7A"/>
     <w:rsid w:val="717BB15F"/>
     <w:rsid w:val="7182B05F"/>
     <w:rsid w:val="7262548E"/>
     <w:rsid w:val="73000191"/>
     <w:rsid w:val="73580557"/>
     <w:rsid w:val="73938ACA"/>
     <w:rsid w:val="740F3C8E"/>
     <w:rsid w:val="742D32A1"/>
     <w:rsid w:val="7466226B"/>
     <w:rsid w:val="748BE7A0"/>
     <w:rsid w:val="7495034C"/>
     <w:rsid w:val="74B80E6F"/>
     <w:rsid w:val="74E45228"/>
     <w:rsid w:val="751EBE88"/>
     <w:rsid w:val="754E27E2"/>
     <w:rsid w:val="7581A57D"/>
@@ -33612,51 +33382,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/it-equipment-and-services-contract-user-guides" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supplies@camoffice.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27719&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-28699&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27721&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jeff.ballard@tabs.toshiba.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-27748&amp;releaseNbr=0&amp;external=true&amp;parentU" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epeat.net/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-27748&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27724&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmussler@photikon.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@shirewire.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chris@theprinterpro.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27723&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-28699&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27719&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-27748&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27722&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-27804&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27721&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/enterprise-print-services?_gl=1*1l73wxj*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NDg2MTYzMjUkbzIxMyRnMSR0MTc0ODYxNjM4MiRqMyRsMCR" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.mass.gov/?q=the+joint+enterprise+printer+cartridge+acquisition+policy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.Ofurie2@ma%20ss.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/copiers-managed-print-services-2019-2024/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.Ofurie2@ma%20ss.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27724&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian@theprinterpro.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-28697&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27723&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-27748&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmanca@shirewire.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-27804&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gablanco@gablanco.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27722&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adam.oteri@wbmason.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/it-equipment-and-services-contract-user-guides" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epeat.net/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27724&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmussler@photikon.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-28699&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27721&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27723&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/copiers-managed-print-services-2019-2024/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.mass.gov/?q=the+joint+enterprise+printer+cartridge+acquisition+policy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.Ofurie2@ma%20ss.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27724&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-27804&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-28697&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian@theprinterpro.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27723&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.Ofurie2@ma%20ss.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27719&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-27748&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-27748&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supplies@camoffice.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-27804&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmanca@shirewire.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-28699&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27722&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gablanco@gablanco.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27721&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jeff.ballard@tabs.toshiba.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adam.oteri@wbmason.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-27748&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@shirewire.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chris@theprinterpro.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-27748&amp;releaseNbr=0&amp;external=true&amp;parentU" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27719&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27722&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/enterprise-print-services?_gl=1*1l73wxj*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NDg2MTYzMjUkbzIxMyRnMSR0MTc0ODYxNjM4MiRqMyRsMCR" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
@@ -33941,65 +33711,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ce164f3e4dc664cfddf0b6a5cebcddc6" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4acca893a766136a5bafeab47b9027e1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e0e5592891313212390eddb4a3d5f9a" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -34188,1578 +33956,116 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70FC257F-ED78-47D6-9518-A6C276850352}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="d6ee9f50-18ec-4818-97aa-2747471add99"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>29788</Characters>
+  <Pages>15</Pages>
+  <Words>5140</Words>
+  <Characters>29302</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>248</Lines>
-  <Paragraphs>69</Paragraphs>
+  <Lines>244</Lines>
+  <Paragraphs>68</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34944</CharactersWithSpaces>
+  <CharactersWithSpaces>34374</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1442 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">