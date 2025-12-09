--- v0 (2025-10-23)
+++ v1 (2025-12-09)
@@ -564,67 +564,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7681CBD3" w14:textId="77777777" w:rsidR="008E79D5" w:rsidRPr="006F627E" w:rsidRDefault="008E79D5" w:rsidP="00247B39">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quotes are required for </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">. Refer to the </w:t>
+              <w:t xml:space="preserve">Quotes are required for purchasing. Refer to the </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Quote_Response_and" w:history="1">
               <w:r w:rsidRPr="006F627E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section for guidelines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E79D5" w:rsidRPr="006F627E" w14:paraId="635D216A" w14:textId="77777777" w:rsidTr="00247B39">
         <w:trPr>
           <w:trHeight w:val="678"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
@@ -708,87 +692,87 @@
           </w:tcPr>
           <w:p w14:paraId="06D7C411" w14:textId="77777777" w:rsidR="008E79D5" w:rsidRPr="006F627E" w:rsidRDefault="008E79D5" w:rsidP="00247B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E896A83" w14:textId="771B8187" w:rsidR="008E79D5" w:rsidRPr="006F627E" w:rsidRDefault="008E79D5" w:rsidP="00247B39">
+          <w:p w14:paraId="1E896A83" w14:textId="30C34CE1" w:rsidR="008E79D5" w:rsidRPr="006F627E" w:rsidRDefault="00263026" w:rsidP="00247B39">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F627E">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BB4351" w:rsidRPr="006F627E">
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="008E79D5" w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F627E">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB4351" w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BB4351" w:rsidRPr="006F627E">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>03</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F627E">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="008E79D5" w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/2025:</w:t>
             </w:r>
             <w:r w:rsidR="00BB4351" w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Added additional vendor to</w:t>
             </w:r>
             <w:r w:rsidR="00FC6007" w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002A22C5" w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -849,171 +833,162 @@
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mass.gov/</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF7BD81" w14:textId="148B7DC5" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
+    <w:p w14:paraId="2AF7BD81" w14:textId="15EC8CAB" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Template Version: 9.0</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Page </w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> PAGE </w:instrText>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00593A34">
+      <w:r w:rsidR="00AC28D0">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00593A34">
+      <w:r w:rsidR="00AC28D0">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2DD00E" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="left" w:pos="1815"/>
           <w:tab w:val="center" w:pos="4968"/>
@@ -1070,62 +1045,52 @@
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00145223">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">720-3300 | </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
         <w:r w:rsidR="00FA6E91">
           <w:rPr>
             <w:color w:val="2E368F"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/osd</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="007D0521">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00B03625" w:rsidSect="003E7DC2">
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:footerReference w:type="default" r:id="rId15"/>
           <w:headerReference w:type="first" r:id="rId16"/>
           <w:footerReference w:type="first" r:id="rId17"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
@@ -1138,51 +1103,51 @@
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3976D428" w14:textId="54975C87" w:rsidR="00B85757" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="3976D428" w14:textId="356F2537" w:rsidR="00B85757" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
@@ -1211,65 +1176,65 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00B85757">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00B85757">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984876 \h </w:instrText>
             </w:r>
             <w:r w:rsidR="00B85757">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B85757">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B85757">
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00B85757">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1EB5CC0A" w14:textId="2E136295" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="1EB5CC0A" w14:textId="1483BC8D" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984877" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Overview</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -1282,67 +1247,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984877 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3F615661" w14:textId="4A6744B2" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="3F615661" w14:textId="3EC50DDD" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984878" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Summary</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -1355,67 +1320,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984878 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="143B8A4D" w14:textId="3C34E6B0" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="143B8A4D" w14:textId="46B1D741" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984879" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Benefits and Cost Savings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1426,67 +1391,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984879 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4B357541" w14:textId="3928641A" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="4B357541" w14:textId="047FC1F4" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984880" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Categories</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -1499,67 +1464,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984880 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5CE00AD0" w14:textId="3ADDEB85" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="5CE00AD0" w14:textId="1961CC68" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984881" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Who May Use the Contract</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -1572,67 +1537,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984881 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1A0BC35A" w14:textId="36F50061" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="1A0BC35A" w14:textId="049D6CDD" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984882" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Pricing Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -1645,67 +1610,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984882 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50521BDA" w14:textId="07FB7704" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="50521BDA" w14:textId="7F8933ED" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984883" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Quote Response and Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -1718,67 +1683,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984883 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="790350F6" w14:textId="1D2280ED" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="790350F6" w14:textId="5A6C15F3" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984884" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">Category 1 </w:t>
             </w:r>
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
@@ -1812,67 +1777,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984884 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0F45D43F" w14:textId="012FDCFC" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="0F45D43F" w14:textId="54BC24AB" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984885" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Category 1 (Equipment): Other Lease Related Forms</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1883,67 +1848,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984885 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="04EC3780" w14:textId="635A1FD9" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="04EC3780" w14:textId="5ECE80ED" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984886" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Purchase Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -1956,67 +1921,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984886 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7519EF55" w14:textId="66FC6E6C" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="7519EF55" w14:textId="07AEF42B" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984887" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -2029,67 +1994,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984887 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7EFF74CE" w14:textId="12B8A6C8" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="7EFF74CE" w14:textId="344BA0DE" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984888" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Setting Up a COMMBUYS Account</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -2102,67 +2067,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984888 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2930F674" w14:textId="2D49CB8B" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="2930F674" w14:textId="5A76599B" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984889" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Contract Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -2175,67 +2140,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984889 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="566B7E1B" w14:textId="744715EE" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="566B7E1B" w14:textId="6174C595" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984890" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Vendor-Specific Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -2248,67 +2213,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984890 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="74D1B3F6" w14:textId="245B38B7" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="74D1B3F6" w14:textId="4EA9829C" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984891" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Office (SDO) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -2321,67 +2286,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984891 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2BF1E29F" w14:textId="19D71DDC" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="2BF1E29F" w14:textId="0856E724" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984892" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -2392,67 +2357,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984892 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="798FCA25" w14:textId="00471484" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="798FCA25" w14:textId="72AD643A" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984893" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -2463,67 +2428,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984893 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1C4AEC39" w14:textId="62E4917B" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="1C4AEC39" w14:textId="203DFCF2" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984894" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Subcontractors</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -2536,67 +2501,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984894 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="01550713" w14:textId="316B3C6B" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="01550713" w14:textId="168B1526" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984895" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Leasing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -2609,67 +2574,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984895 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="35FD1881" w14:textId="76D37A46" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="35FD1881" w14:textId="0ED3A315" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984896" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Shipping, Delivery, and Returns (Applicable to Category 1–Equipment)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -2682,67 +2647,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984896 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="49A1D3F9" w14:textId="6207CF38" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="49A1D3F9" w14:textId="26AA3463" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984897" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>End of Lease</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -2753,67 +2718,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984897 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="604DC4DB" w14:textId="46F97DFA" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="604DC4DB" w14:textId="2EF09852" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984898" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Lease Renewal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -2824,67 +2789,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984898 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2285F7C0" w14:textId="23B2ABF9" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="2285F7C0" w14:textId="4A3D322B" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984899" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Rentals</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -2895,67 +2860,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984899 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="087E53B3" w14:textId="6EF2E9DF" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="087E53B3" w14:textId="6BBA8312" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984900" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Lease Early Termination</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -2966,67 +2931,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984900 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="715DB06C" w14:textId="25CEBF8B" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="715DB06C" w14:textId="62710B3B" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984901" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Returns</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -3037,67 +3002,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984901 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="32461A7E" w14:textId="4730BC8E" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="32461A7E" w14:textId="49434181" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984902" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Additional Discounts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3110,67 +3075,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984902 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="467325F8" w14:textId="2C253883" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="467325F8" w14:textId="557E8D28" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984903" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Emergency Services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3183,67 +3148,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984903 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4A847EE6" w14:textId="311C52E5" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="4A847EE6" w14:textId="60C2FCC7" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984904" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor Performance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3256,67 +3221,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984904 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5805154B" w14:textId="2210FD4E" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="5805154B" w14:textId="44738DA6" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984905" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>General Procurement Guidelines and Best Practices</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3329,67 +3294,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984905 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="560ED2FC" w14:textId="1F8051BC" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="560ED2FC" w14:textId="38236F6F" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984906" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Adding a Product</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3402,67 +3367,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984906 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="11C0E73D" w14:textId="750572EC" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="11C0E73D" w14:textId="62C6FB0D" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984907" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Environmentally Preferable Products and Services (EPPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3475,67 +3440,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984907 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3073D2E6" w14:textId="1C397879" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="3073D2E6" w14:textId="63E0ED8A" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984908" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Instructions for Massachusetts Management Accounting and Reporting System (MMARS) Users</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3548,67 +3513,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984908 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="666E7CD2" w14:textId="294F79DC" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="666E7CD2" w14:textId="28C8F246" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984909" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Category 1 (Equipment): Master Agreement and Participating Addendum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3621,67 +3586,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984909 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="37B77821" w14:textId="255474C8" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="37B77821" w14:textId="01DD18D8" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984910" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor List and Information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3694,67 +3659,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984910 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="14885CC9" w14:textId="045276EC" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="14885CC9" w14:textId="05CD1A20" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984911" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>United Nations Standard Products and Services Code</w:t>
             </w:r>
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
@@ -3797,67 +3762,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984911 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4E5C59D8" w14:textId="70496121" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="4E5C59D8" w14:textId="62203EB1" w:rsidR="00B85757" w:rsidRDefault="00B85757">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210984912" w:history="1">
             <w:r w:rsidRPr="00045491">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Appendix A: Moratorium on Executive Department Equipment Acquisitions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3870,51 +3835,51 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210984912 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC28D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="50AC2B20" w14:textId="47EF909B" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
           <w:r>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:caps/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
@@ -3943,63 +3908,52 @@
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="570BF84D" w14:textId="77777777" w:rsidR="00B85757" w:rsidRDefault="00B85757" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76DCC826" w14:textId="7E888966" w:rsidR="003F26F2" w:rsidRDefault="13FE62E6" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">TIP: To return to the first page throughout this document, use </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
+      </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc210984878"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
@@ -5383,95 +5337,161 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Discount from Manufacturers Suggested Retail Price (MSRP):</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract pricing is a specified discount off the MSRP catalog price. </w:t>
       </w:r>
       <w:r w:rsidRPr="00723A24">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyers should ask about volume discounts and special promotions such as discounted or free maintenance plans, etc</w:t>
       </w:r>
       <w:r w:rsidRPr="008A318D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139994FC" w14:textId="77777777" w:rsidR="007F23F5" w:rsidRPr="003876A6" w:rsidRDefault="007F23F5" w:rsidP="00B85757">
+    <w:p w14:paraId="05F554BA" w14:textId="7D81759A" w:rsidR="007F23F5" w:rsidRPr="0086374E" w:rsidRDefault="007F23F5" w:rsidP="00593952">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc205533590"/>
-      <w:r w:rsidRPr="003876A6">
+      <w:r w:rsidRPr="0086374E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Product/Service Pricing and Finding Vendor Price Files</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
-    </w:p>
-[...16 lines deleted...]
-        <w:r w:rsidRPr="003876A6">
+      <w:r w:rsidR="0086374E" w:rsidRPr="0086374E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374E">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All equipment vendors (Category 1) have price files for their products. </w:t>
+      </w:r>
+      <w:r w:rsidR="004265EE">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374E">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="004265EE" w:rsidRPr="004265EE">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">list of </w:t>
+      </w:r>
+      <w:r w:rsidR="004265EE">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vendors</w:t>
+      </w:r>
+      <w:r w:rsidR="004265EE" w:rsidRPr="004265EE">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and pricing will be found on </w:t>
+      </w:r>
+      <w:r w:rsidR="004265EE">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:tooltip="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" w:history="1">
+        <w:r w:rsidR="004265EE" w:rsidRPr="004265EE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Vendor List &amp; Information</w:t>
+          <w:t>Portfolio Details - NASPO ValuePoint</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003876A6">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> section for links to the individual vendor MBPOs which contain the cost sheets. </w:t>
+      <w:r w:rsidR="004265EE">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FC01A7E" w14:textId="77777777" w:rsidR="007F23F5" w:rsidRPr="003876A6" w:rsidRDefault="007F23F5" w:rsidP="007F23F5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77C53314" w14:textId="77777777" w:rsidR="007F23F5" w:rsidRPr="003876A6" w:rsidRDefault="007F23F5" w:rsidP="007F23F5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003876A6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -5661,141 +5681,147 @@
         </w:rPr>
         <w:t xml:space="preserve">Contract users should always reference </w:t>
       </w:r>
       <w:r w:rsidRPr="00B850ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ITE001</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> when contacting vendors to ensure they are receiving contract pricing.  </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Quotes, not including construction services, should be </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> based on best value. </w:t>
+        <w:t xml:space="preserve">Quotes, not including construction services, should be awarded based on best value. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25B25C8A" w14:textId="2E0E093E" w:rsidR="00FA2354" w:rsidRPr="001F2852" w:rsidRDefault="00FA2354" w:rsidP="008B34E0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc205533592"/>
       <w:bookmarkStart w:id="22" w:name="_Toc210984884"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ategory 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:t>(Equipment)</w:t>
       </w:r>
       <w:r w:rsidR="0051147B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:t>Equipment Confirmation Form</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="4694CDD5" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="00A63627" w:rsidRDefault="00FA2354" w:rsidP="0051147B">
+    <w:p w14:paraId="4694CDD5" w14:textId="57238B74" w:rsidR="00FA2354" w:rsidRPr="00A63627" w:rsidRDefault="00FA2354" w:rsidP="0051147B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The Equipment Confirmation Form (ECF) must be used for all leases and purchases of equipment under this contract. The</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">The Equipment Confirmation Form (ECF) must be used for all leases and purchases of equipment under this contract. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF1324">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Contact the Category Manager </w:t>
+      </w:r>
+      <w:r w:rsidR="00D043ED">
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00D043ED" w:rsidRPr="006F627E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Jessica Ofurie</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D043ED">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF1324">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the ECF. </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ECF can be found on the Master Contract Record on COMMBUYS. The form requires both the buyer and vendor to sign at two different points during the procurement process:</w:t>
+        <w:t>The form requires both the buyer and vendor to sign at two different points during the procurement process:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55A94AF4" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="00FA2354">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AAD6607" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="00E17FA7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -5835,98 +5861,153 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63627">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Second signature should only occur once the product has been installed and operational, the required training has occurred, and the startup supplies received. The date of the second signature is the acceptance date, which is also the date the lease begins.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3157A726" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="00A63627" w:rsidRDefault="00FA2354" w:rsidP="00E17FA7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AB41CF2" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="00A63627" w:rsidRDefault="00FA2354" w:rsidP="00E17FA7">
+    <w:p w14:paraId="0AB41CF2" w14:textId="5CB7B0B3" w:rsidR="00FA2354" w:rsidRPr="00A63627" w:rsidRDefault="00FA2354" w:rsidP="00E17FA7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Equipment Confirmation Form is the only paperwork requiring both vendor and buyer signatures on this contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>With the exception of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>With the exception of vendor lease documents</w:t>
+      </w:r>
+      <w:r w:rsidR="002F35C5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2063">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">located </w:t>
+      </w:r>
+      <w:r w:rsidR="002F35C5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="002F35C5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:tgtFrame="_blank" w:tooltip="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" w:history="1">
+        <w:r w:rsidR="002F35C5" w:rsidRPr="004265EE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Portfolio Details - NASPO ValuePoint</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002F35C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F35C5" w:rsidRPr="002F35C5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>website</w:t>
+      </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vendor lease documents published on COMMBUYS, all other vendor paperwork is considered null</w:t>
+        <w:t>, all other vendor paperwork is considered null</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and void. In the event a vendor insists on additional paperwork to be signed, contact the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager.</w:t>
       </w:r>
@@ -6277,51 +6358,51 @@
       <w:r w:rsidRPr="005872EB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page, where links to all the vendors’ Master Blanket Purchase Orders (MBPOs) are provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="744B04D6" w14:textId="70752793" w:rsidR="0090453C" w:rsidRPr="00CE1038" w:rsidRDefault="00CE1038" w:rsidP="0090453C">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE1038">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This contract provides for the following methods of purchase:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB8C01A" w14:textId="20A1FF88" w:rsidR="00FA2354" w:rsidRPr="007B1EA5" w:rsidRDefault="00FA2354" w:rsidP="000D21F4">
+    <w:p w14:paraId="6DB8C01A" w14:textId="5F52795A" w:rsidR="00FA2354" w:rsidRPr="007B1EA5" w:rsidRDefault="00FA2354" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005872EB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category 1 (Equipment)</w:t>
       </w:r>
       <w:r w:rsidR="005872EB" w:rsidRPr="005872EB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -6348,51 +6429,112 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="007B1EA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">endor or assignee. Refer to the vendors’ COMMBUYS MBPO for </w:t>
       </w:r>
       <w:r w:rsidR="00BE6BC1" w:rsidRPr="007B1EA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>leasing</w:t>
       </w:r>
       <w:r w:rsidRPr="007B1EA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> documents approved by </w:t>
+        <w:t xml:space="preserve"> documents </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2063">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE24E8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>which may be found on the</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2063">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:tooltip="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" w:history="1">
+        <w:r w:rsidR="00FB2063" w:rsidRPr="004265EE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Portfolio Details - NASPO ValuePoint</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FB2063">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2063" w:rsidRPr="00FB2063">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>website</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2063">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B1EA5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approved by </w:t>
       </w:r>
       <w:r w:rsidR="00BE6BC1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Operational Services Division (</w:t>
       </w:r>
       <w:r w:rsidRPr="007B1EA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OSD</w:t>
       </w:r>
       <w:r w:rsidR="00BE6BC1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="007B1EA5">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -6476,108 +6618,108 @@
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor MBPO Listing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, award vendors, and place orders through COMMBUYS. </w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A solicitation-enabled contract allows the buyer to solicit quotes from vendors who have Master Blanket Purchase Orders (MBPOs) or Statewide Contracts in COMMBUYS. The buyers can create a solicitation-</w:t>
+        <w:t xml:space="preserve">A solicitation-enabled </w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">enabled bid using a release requisition, converting the requisition to a bid, and then requesting quotes from eligible vendors. </w:t>
+        <w:t xml:space="preserve">contract allows the buyer to solicit quotes from vendors who have Master Blanket Purchase Orders (MBPOs) or Statewide Contracts in COMMBUYS. The buyers can create a solicitation-enabled bid using a release requisition, converting the requisition to a bid, and then requesting quotes from eligible vendors. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C18DA05" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="003B0898" w:rsidRDefault="00FA2354" w:rsidP="00FA2354">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2070B34E" w14:textId="6A2A88DF" w:rsidR="00FA2354" w:rsidRPr="003B0898" w:rsidRDefault="00BE6BC1" w:rsidP="00FA2354">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
+      <w:hyperlink r:id="rId26">
         <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Request Quotes from Vendors on Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
@@ -6685,51 +6827,51 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23">
+      <w:hyperlink r:id="rId27">
         <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Purchase from a COMMBUYS G2B Punchout</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D29BFEF" w14:textId="4E94D140" w:rsidR="00FA2354" w:rsidRPr="003B0898" w:rsidRDefault="00FA2354" w:rsidP="00FA2354">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6797,51 +6939,51 @@
         <w:t xml:space="preserve">for a list of eligible vendors. The buyer can submit a request for goods and services from a Statewide Contract (SWC) or a Departmental Contract. This option is for users with Basic Purchaser or Department Access privileges in COMMBUYS. Once the requisition is approved, a Purchase Order (PO) is generated and can be sent to the vendor. Requisitions are documents used to request goods and services. A requisition is the first document used to generate a PO. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65B4EEF1" w14:textId="62B85FE2" w:rsidR="00FA2354" w:rsidRPr="003B0898" w:rsidRDefault="00BE6BC1" w:rsidP="00FA2354">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24">
+      <w:hyperlink r:id="rId28">
         <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="693F7973" w14:textId="6F51BEC5" w:rsidR="00FA2354" w:rsidRPr="003B0898" w:rsidRDefault="00FA2354" w:rsidP="00FA2354">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720"/>
@@ -6890,98 +7032,98 @@
           </w:rPr>
           <w:t>Vendor MBPO Listing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for a list of eligible vendors. The Buyer can create a Release Requisition in COMMBUYS, submit the requisition for approval in COMMBUYS, and then send the vendor a Release Purchase Order.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4323322E" w14:textId="51C0D371" w:rsidR="00FA2354" w:rsidRPr="003B0898" w:rsidRDefault="00BE6BC1" w:rsidP="00BE6BC1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25">
+      <w:hyperlink r:id="rId29">
         <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3848DCC9" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="003B0898" w:rsidRDefault="00FA2354" w:rsidP="00FA2354">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Document Items in COMMBUYS That Have Already Been Purchased:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> This contract enables buyers to retroactively record a previously made contract purchase within the COMMBUYS system. This is done through a Request for Payment Authorization (RPA) Release Requisition, which also allows MMARS users to easily keep track of spending.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4AEF32" w14:textId="65A19BDB" w:rsidR="00FA2354" w:rsidRPr="003B0898" w:rsidRDefault="00FA2354" w:rsidP="00FA2354">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
@@ -6992,51 +7134,51 @@
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">complete this purchase in COMMBUYS, </w:t>
       </w:r>
       <w:r w:rsidR="00BE6BC1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">refer to </w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How To Record a Contract Purchase Previously Made (RPA Release)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
@@ -7428,85 +7570,94 @@
         </w:rPr>
         <w:t xml:space="preserve">tatewide </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ontracts (SWCs) for the purchase of products and services. </w:t>
       </w:r>
       <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>To set up a COMMBUYS buyer account or to update an existing agency account,</w:t>
+        <w:t xml:space="preserve">To set up a </w:t>
+      </w:r>
+      <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>COMMBUYS buyer account or to update an existing agency account,</w:t>
       </w:r>
       <w:r w:rsidR="00B3390A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the buyers must </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidR="00B3390A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or call</w:t>
@@ -7536,51 +7687,50 @@
         <w:t>888-627-8283</w:t>
       </w:r>
       <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6D23F5" w14:textId="74989048" w:rsidR="006C26B7" w:rsidRPr="00136C46" w:rsidRDefault="0005780F" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>While COMMBUYS use is not mandated for Non-Executive Agencies</w:t>
       </w:r>
       <w:r w:rsidR="00F76D22">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other Eligible Entities</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, it is highly recommended to streamline the procurement process and </w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">assist buyers in </w:t>
@@ -7790,51 +7940,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D67533E" w14:textId="55488768" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28">
+      <w:hyperlink r:id="rId32">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
@@ -8171,51 +8321,51 @@
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48D56F94" w14:textId="133D1235" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="00FA2354">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">OSD is participating in the National Association of State Procurement Officials (NASPO) cooperative procurement, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidR="000F349B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Colorado Solicitation # RFP-NP-23-001</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000F349B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49C20135" w14:textId="1E14DCEF" w:rsidR="00AB211E" w:rsidRPr="00E31AA3" w:rsidRDefault="00D618B6" w:rsidP="00D17040">
       <w:pPr>
         <w:rPr>
@@ -8244,51 +8394,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="003857B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ITE001 Master Blanket Purchase Order</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FA2354">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc194066602"/>
       <w:bookmarkStart w:id="33" w:name="_Toc210984890"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
@@ -8511,50 +8661,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Master Blanket Purchase Order (MBPO) opens for the selected PO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0681DD01" w14:textId="33618CF0" w:rsidR="00554AF0" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">On the MBPO, scroll down to the </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section to find the vendor-specific documents</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -8583,51 +8734,50 @@
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Toc201925128"/>
       <w:bookmarkStart w:id="35" w:name="_Toc210984891"/>
       <w:r w:rsidRPr="00B6218B">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>Office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (SD</w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
@@ -8667,111 +8817,111 @@
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Departments </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="00556773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Small Business Purchasing Program (SBPP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="001B046D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Program (SDP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
       </w:r>
       <w:r w:rsidR="001F7D27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
@@ -8784,51 +8934,51 @@
         </w:rPr>
         <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Operational Services Division (OSD) provides a list of SDO businesses through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
@@ -8949,51 +9099,51 @@
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="009E2D17">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
@@ -9089,102 +9239,102 @@
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If available, departments must notify at least two certified small businesses capable of providing the product or service. Bids received from SBPP-participating small businesses must be evaluated, and if one meets the department’s best value criteria, the contract must be awarded to that vendor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ACB0633" w14:textId="181C0B0C" w:rsidR="003C6101" w:rsidRDefault="008F629C" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+      <w:hyperlink r:id="rId40" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
         <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor SBPP Certification status can be found on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:tgtFrame="_blank" w:tooltip="https://outlook.office.com/mail/id/AAQkADgzYTk4ODU3LTYyMDgtNGM4ZC04NmU4LWQ0MGVkNDhjYzRhZAAQAC3UPijPB%2BlJqIH0J4xQFY0%3D#x__Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00ED6956">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -9210,68 +9360,68 @@
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidR="004D3A5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="477867D8" w14:textId="71776471" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Standard Contract Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, as well as other applicable terms of this </w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statewide Contract (</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
@@ -9745,93 +9895,93 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All quotations shall indicate Free on Board (FOB) destination. FOB destination means delivered and unloaded to all the Commonwealth departments, cities, towns, and political subdivisions within the Commonwealth of Massachusetts, with all charges for transportation and unloading prepaid by the contractor(s).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="603F0146" w14:textId="670D9CC8" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The vendor must</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> coordinate the delivery of both equipment and startup supplies to arrive simultaneously or within a mutually </w:t>
       </w:r>
       <w:r w:rsidR="00765B5B" w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>agreed</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> time frame.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EB67335" w14:textId="77777777" w:rsidR="00AE6F37" w:rsidRPr="00AE6F37" w:rsidRDefault="00FA2354" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vendor and buyer must discuss and confirm in writing any need for site preparation (</w:t>
       </w:r>
       <w:r w:rsidR="00765B5B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for example</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, electrical, telecommunication, space, and ventilation requirements).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10E8B3E8" w14:textId="77777777" w:rsidR="00AE6F37" w:rsidRPr="00AE6F37" w:rsidRDefault="00FA2354" w:rsidP="00AE6F37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
@@ -9844,67 +9994,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>It is the vendor's responsibility to survey and review the installation location prior to accepting an order.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C20C5F3" w14:textId="34ADF6FA" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="00AE6F37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If special installation is required, the cost must be agreed to by both parties and noted on the equipment confirmation form prior to </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> order release. </w:t>
+        <w:t xml:space="preserve">If special installation is required, the cost must be agreed to by both parties and noted on the equipment confirmation form prior to a purchase order release. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CCE4506" w14:textId="77777777" w:rsidR="00F51837" w:rsidRPr="00F51837" w:rsidRDefault="00FA2354" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Delivery arrangements for custom-made items may be made by mutual agreement between the purchasing department and </w:t>
       </w:r>
       <w:r w:rsidR="00F51837">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -10058,220 +10192,281 @@
         <w:t xml:space="preserve">Upon the expiration of a term lease, the lease may </w:t>
       </w:r>
       <w:r w:rsidRPr="00433AA9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be renewed or otherwise extended under its original terms and rates. In the rare event that a term lease needs to be extended for any reason, the vendor and buyer must renegotiate a short-term lease that reflects the depreciated value of the equipment. </w:t>
       </w:r>
       <w:r w:rsidR="00870F8E" w:rsidRPr="00013FC6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Failure to renegotiate and reduce the price of a renewed term lease, even if at an Eligible Entity's request, is a material breach by the Vendor. The Vendor must then refund </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002014EC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00870F8E" w:rsidRPr="00013FC6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Commonwealth all</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> payments that surpass the price of a properly renegotiated lease.</w:t>
+        <w:t xml:space="preserve"> Commonwealth all payments that surpass the price of a properly renegotiated lease.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75B8862C" w14:textId="18425789" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="00433AA9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Upon renewal of a term lease, please refer to the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Extend_Beyond_(Performance" w:history="1">
         <w:r w:rsidR="00E3067A" w:rsidRPr="00E3067A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="430031BB" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="002014EC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="_Toc205533605"/>
       <w:bookmarkStart w:id="50" w:name="_Toc210984899"/>
       <w:r w:rsidRPr="00FA2354">
+        <w:lastRenderedPageBreak/>
         <w:t>Rentals</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r w:rsidRPr="00FA2354">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7980B490" w14:textId="3B2A20FE" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="002014EC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">All rentals are limited to a maximum term of six </w:t>
       </w:r>
       <w:r w:rsidR="00E646D5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(6) </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">months. At the end of this term, the rental may not be renewed or otherwise extended under its original terms and rates. In the rare event that a rental term needs to be extended for any reason, the vendor and buyer must renegotiate the rental </w:t>
-[...7 lines deleted...]
-        <w:t>as a short-term lease</w:t>
+        <w:t>months. At the end of this term, the rental may not be renewed or otherwise extended under its original terms and rates. In the rare event that a rental term needs to be extended for any reason, the vendor and buyer must renegotiate the rental as a short-term lease</w:t>
       </w:r>
       <w:r w:rsidR="006D77B8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> which reflects the value of the equipment, and which represents a reduced rate as compared to the rental rate. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="599BEC27" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="006D77B8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="_Toc205533606"/>
       <w:bookmarkStart w:id="52" w:name="_Toc210984900"/>
       <w:r w:rsidRPr="00FA2354">
         <w:t>Lease Early Termination</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidRPr="00FA2354">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DBF671D" w14:textId="59093030" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00292D2E" w:rsidP="006D77B8">
+    <w:p w14:paraId="4DBF671D" w14:textId="20B1CA33" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00292D2E" w:rsidP="006D77B8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00292D2E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Commonwealth has assured vendors that leases under this contract will not be subject to termination without cause.</w:t>
       </w:r>
       <w:r w:rsidR="00293C3B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA2354" w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">This means that early termination of leases for convenience may incur penalty charges. Buyers should carefully read the lease agreement document before deciding whether to terminate a lease early. </w:t>
+        <w:t xml:space="preserve">This means that early termination of leases for convenience may incur penalty charges. Buyers should carefully read the lease agreement document </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE24E8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00247079">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which may be located </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE24E8" w:rsidRPr="004265EE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE24E8" w:rsidRPr="00DE24E8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE24E8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:tgtFrame="_blank" w:tooltip="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" w:history="1">
+        <w:r w:rsidR="00DE24E8" w:rsidRPr="004265EE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Portfolio Details - NASPO ValuePoint</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00DE24E8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE24E8" w:rsidRPr="00DE24E8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>website</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE24E8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2354" w:rsidRPr="00FA2354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">before deciding whether to terminate a lease early. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E3A04C" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="00456392">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="_Toc205533607"/>
       <w:bookmarkStart w:id="54" w:name="_Toc210984901"/>
       <w:r w:rsidRPr="00FA2354">
         <w:t>Returns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:r w:rsidRPr="00FA2354">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C4E3822" w14:textId="77777777" w:rsidR="001C7046" w:rsidRDefault="00FA2354" w:rsidP="00456392">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -10287,67 +10482,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ustomer to schedule the return of the equipment, and it is the </w:t>
       </w:r>
       <w:r w:rsidR="00456392">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">endor’s responsibility to </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> the equipment within 10 business days of the scheduled return at no cost to the </w:t>
+        <w:t xml:space="preserve">endor’s responsibility to pick-up the equipment within 10 business days of the scheduled return at no cost to the </w:t>
       </w:r>
       <w:r w:rsidR="00456392">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ustomer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A2D5826" w14:textId="77777777" w:rsidR="001C7046" w:rsidRDefault="001C7046" w:rsidP="00456392">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -10498,51 +10677,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A0936">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">percentage </w:t>
       </w:r>
       <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>discount given to the buyer if the invoice is paid within a specified time, in accordance with the</w:t>
       </w:r>
       <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39">
+      <w:hyperlink r:id="rId44">
         <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Bill Paying Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9FFCE7" w14:textId="31330F49" w:rsidR="00BC6254" w:rsidRPr="00FA2354" w:rsidRDefault="00BC6254" w:rsidP="00FA2354">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
@@ -10568,143 +10747,143 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table and the price files within each vendor's Master Blanket Purchase Order (MBPO) or Master Contract Record MBPO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A76A16" w14:textId="6AC1B8BF" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="57" w:name="_Toc194066612"/>
       <w:bookmarkStart w:id="58" w:name="_Toc210984903"/>
       <w:r w:rsidRPr="003066B4">
+        <w:lastRenderedPageBreak/>
         <w:t>Emergency Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r w:rsidR="00FE1EB2" w:rsidRPr="0011288D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRDefault="00280EC3" w:rsidP="00280EC3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A7E73">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="00003B08" w:rsidRPr="00003B08">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>801 CMR 21.05(3)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="59" w:name="_Toc194066614"/>
       <w:bookmarkStart w:id="60" w:name="_Toc210984904"/>
       <w:r w:rsidRPr="00564A93">
-        <w:lastRenderedPageBreak/>
         <w:t>Vendor Performance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
     </w:p>
     <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0752D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
@@ -10714,106 +10893,80 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
-        <w:proofErr w:type="spellStart"/>
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Procurated</w:t>
-[...8 lines deleted...]
-          <w:t xml:space="preserve"> Platform</w:t>
+          <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">On the </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> website, </w:t>
+        <w:t xml:space="preserve">On the Procurated website, </w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select an OSD contract, c</w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hoose</w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F621F" w:rsidRPr="00E8347B">
         <w:rPr>
           <w:b/>
@@ -10881,86 +11034,83 @@
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
       <w:r w:rsidR="00B94333">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>licable</w:t>
       </w:r>
       <w:r w:rsidR="00E8347B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vendor listed.</w:t>
       </w:r>
       <w:r w:rsidR="00116495">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F3CD7E" w14:textId="2504EBB0" w:rsidR="0060320F" w:rsidRPr="009E12A3" w:rsidRDefault="0060320F" w:rsidP="000D21F4">
+    <w:p w14:paraId="12F3CD7E" w14:textId="6EF52178" w:rsidR="0060320F" w:rsidRPr="009E12A3" w:rsidRDefault="0060320F" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers are encouraged to reach out to the </w:t>
       </w:r>
       <w:r w:rsidR="00FA2354" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
-[...8 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="00FA2354" w:rsidRPr="007D18A6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category Manager</w:t>
+      </w:r>
       <w:r w:rsidR="00FA2354">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if vendors are not meeting their contractual obligations and buyers may be surveyed for vendor performance feedback.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EEB944D" w14:textId="2C0339E6" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11321,50 +11471,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No sales tax should be applied to invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4E314F" w14:textId="3DE200C1" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>No fees or surcharges (including travel, fuel, delivery) should be applied to invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C69D88" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Special order fees must be agreed upon by both parties upfront.</w:t>
       </w:r>
     </w:p>
@@ -11403,51 +11554,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>45 days per Massachusetts Bill Payment Policy, or sooner if applying Prompt Payment Discount.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC49F8A" w14:textId="7314D0E9" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Buyers are not required to sign additional agreements with vendors that conflict with the Request for Response (RFR) Terms and Conditions</w:t>
       </w:r>
       <w:r w:rsidR="00ED285F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED285F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
@@ -11459,51 +11609,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ontact </w:t>
       </w:r>
       <w:r w:rsidR="0059140B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00D27857" w:rsidRPr="00536F3D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="00D27857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00536F3D">
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidR="00536F3D" w:rsidRPr="006F627E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Jessica Ofurie</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00536F3D">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for gui</w:t>
       </w:r>
       <w:r w:rsidR="00861069">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11572,51 +11722,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To add a product to the list of eligible products sold under this contract, buyers must contact the </w:t>
       </w:r>
       <w:r w:rsidR="00D27857" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D27857" w:rsidRPr="004C5D6D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="00D27857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C5D6D">
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidR="004C5D6D" w:rsidRPr="006F627E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Jessica Ofurie</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004C5D6D">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for approval. The new products requested must comply with the established specifications and scope of the contract.</w:t>
       </w:r>
       <w:r w:rsidR="00BB63B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11672,51 +11822,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and remanufactured toner cartridges.</w:t>
       </w:r>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> State agencies must comply with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46">
+      <w:hyperlink r:id="rId50">
         <w:r w:rsidRPr="00552DE2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Massachusetts Executive Order 515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, which mandates the procurement of </w:t>
       </w:r>
       <w:r w:rsidR="007F51A2" w:rsidRPr="007F51A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
@@ -11874,51 +12024,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> All copiers, multifunctional devices, </w:t>
       </w:r>
       <w:r w:rsidR="00EC0621">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">printers must meet the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId51" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Electronic Procurement Environmental Assessment </w:t>
         </w:r>
         <w:r w:rsidRPr="00552DE2">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Tool</w:t>
         </w:r>
         <w:r w:rsidR="00CD228B">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
@@ -12070,120 +12220,111 @@
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>High Yield and Remanufactured Toner Cartridges and Returns:</w:t>
       </w:r>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> In accordance with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId52" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="005E77B5">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Enterprise Printer Cartridge Acquisition Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (effective October 31, 2012), all Executive Department agencies—and Non-Executive agencies using Commonwealth IT capital funds—must purchase remanufactured laser toner cartridges when available. All vendors under this contract accept returns </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> (effective October 31, 2012), all Executive </w:t>
+      </w:r>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>of</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> used cartridges. The Commonwealth's target is for remanufactured toner cartridges to account for at least 80% of purchases within Executive Departments.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Department agencies—and Non-Executive agencies using Commonwealth IT capital funds—must purchase remanufactured laser toner cartridges when available. All vendors under this contract accept returns of used cartridges. The Commonwealth's target is for remanufactured toner cartridges to account for at least 80% of purchases within Executive Departments.</w:t>
       </w:r>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E78ED12" w14:textId="77777777" w:rsidR="00D27857" w:rsidRPr="005051FE" w:rsidRDefault="00D27857" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Firmware:</w:t>
       </w:r>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors are prohibited from issuing any </w:t>
       </w:r>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="x-none"/>
         </w:rPr>
         <w:t>firmware updates that intentionally disable remanufactured cartridges that, at the time of the firmware update, use aftermarket electronic circuitry to operate with the registered product’s then-current manufacturer firmware. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="002BC155" w14:textId="3D857886" w:rsidR="00D27857" w:rsidRDefault="00D27857" w:rsidP="000D21F4">
       <w:pPr>
@@ -12244,100 +12385,100 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learn More:</w:t>
       </w:r>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:anchor="-information-technology-(it)-">
+      <w:hyperlink r:id="rId53" w:anchor="-information-technology-(it)-">
         <w:r w:rsidRPr="66640F25">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>EPP Information Technology</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> website for more information about environmentally preferable IT choices. In addition, e</w:t>
       </w:r>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">xplore the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50">
+      <w:hyperlink r:id="rId54">
         <w:r w:rsidRPr="66640F25">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Environmentally Preferable Products (EPP) Procurement Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and discover detailed guidance in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51">
+      <w:hyperlink r:id="rId55">
         <w:r w:rsidRPr="66640F25">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>EPP Products and Services Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="69" w:name="_Toc194066620"/>
       <w:bookmarkStart w:id="70" w:name="_Toc210984908"/>
@@ -12490,51 +12631,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical support and job aids </w:t>
       </w:r>
       <w:r w:rsidR="000E68EE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by emailing </w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52" w:history="1">
+      <w:hyperlink r:id="rId56" w:history="1">
         <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A63214">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00E9505D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
@@ -12664,196 +12805,248 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Request for Response (</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA2AC0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RFR</w:t>
       </w:r>
       <w:r w:rsidR="00DC4832">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA2AC0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. OSD joined a contract procured via NASPO </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">. OSD joined a contract procured via NASPO ValuePoint, a multistate consortium.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C8F9728" w14:textId="68CD42C8" w:rsidR="00D27857" w:rsidRPr="00DA2AC0" w:rsidRDefault="00D27857" w:rsidP="00D27857">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DA2AC0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ValuePoint</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Each vendor’s </w:t>
+      </w:r>
+      <w:r w:rsidR="008865FA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Blanket Purchase Order (</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DA2AC0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, a multistate consortium.    </w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t>MBPO</w:t>
+      </w:r>
+      <w:r w:rsidR="008865FA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DA2AC0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Each vendor’s </w:t>
-[...6 lines deleted...]
-        <w:t>Master Blanket Purchase Order (</w:t>
+        <w:t xml:space="preserve"> on COMMBUYS includes their Participating Addendum </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4DE3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(which may be located </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4DE3" w:rsidRPr="004265EE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4DE3" w:rsidRPr="00FE4DE3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4DE3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:tgtFrame="_blank" w:tooltip="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" w:history="1">
+        <w:r w:rsidR="00FE4DE3" w:rsidRPr="004265EE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Portfolio Details - NASPO ValuePoint</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FE4DE3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4DE3" w:rsidRPr="00FE4DE3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>website</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4DE3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA2AC0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MBPO</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008865FA">
+        <w:t xml:space="preserve">executed by OSD and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A02230">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2AC0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>endor</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4DE3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2AC0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The vendor has a Master Agreement with </w:t>
+      </w:r>
+      <w:r w:rsidR="007F4F6D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A02230" w:rsidRPr="00A02230">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">National Association of State Procurement Officials </w:t>
+      </w:r>
+      <w:r w:rsidR="00A02230">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2AC0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NASPO</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02230">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA2AC0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> on COMMBUYS includes their Participating Addendum executed by OSD and the </w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve"> Agreement and includes terms specific to Massachusetts, as well as modifying or deleting terms which conflict with Commonwealth laws and requirements.  </w:t>
+        <w:t xml:space="preserve"> incorporating legal and other terms. The Participating Addendum amends that Master Agreement and includes terms specific to Massachusetts, as well as modifying or deleting terms which conflict with Commonwealth laws and requirements.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00D27857" w:rsidRDefault="00D27857" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D27857" w:rsidSect="003E7DC2">
-          <w:footerReference w:type="first" r:id="rId53"/>
+          <w:footerReference w:type="first" r:id="rId58"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66F6F6D9" w14:textId="2E092B64" w:rsidR="00E51057" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="80" w:name="_Appendix_A:_Vendor"/>
       <w:bookmarkStart w:id="81" w:name="_Vendor_Specific_Information"/>
       <w:bookmarkStart w:id="82" w:name="_Vendor_Information*"/>
       <w:bookmarkStart w:id="83" w:name="_Vendor_List_and"/>
       <w:bookmarkStart w:id="84" w:name="_Appendix_A:_1"/>
       <w:bookmarkStart w:id="85" w:name="_Toc194066623"/>
       <w:bookmarkStart w:id="86" w:name="_Toc210984910"/>
@@ -12868,70 +13061,70 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
     </w:p>
     <w:p w14:paraId="1022FB21" w14:textId="4CA4DF9B" w:rsidR="00697A07" w:rsidRPr="00697A07" w:rsidRDefault="00697A07" w:rsidP="00697A07">
       <w:r w:rsidRPr="00697A07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> N/A = Not Applicable</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="14557" w:type="dxa"/>
         <w:tblInd w:w="-972" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vendor Information Table"/>
         <w:tblDescription w:val="This table may list the contract's approved vendors and their associated details. Users may find vendor-specific information, including contact details, Master Blanket Purchase Order number (with a direct link), service categories, geographic regions, applicable prompt payment or delivery discounts, and any other important items related to the contract."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1777"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="2250"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="290796CA" w14:textId="77777777" w:rsidTr="00297939">
+      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="290796CA" w14:textId="77777777" w:rsidTr="00527F67">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="692"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="748E9914" w14:textId="6402A61C" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="87" w:name="_Appendix_A:_[add"/>
             <w:bookmarkStart w:id="88" w:name="_Toc194066624"/>
             <w:bookmarkEnd w:id="87"/>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -13242,51 +13435,51 @@
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="07CB9B0B" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SDP Commitment Percentage</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="422947B7" w14:textId="77777777" w:rsidTr="004401A4">
+      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="422947B7" w14:textId="77777777" w:rsidTr="00527F67">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23309A27" w14:textId="558A5642" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Master Contract Record Master </w:t>
             </w:r>
             <w:r w:rsidR="00A154BF">
@@ -13335,51 +13528,51 @@
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A968AAF" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:tgtFrame="_new" w:history="1">
+            <w:hyperlink r:id="rId59" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-33508</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C531E1D" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -13453,51 +13646,51 @@
               <w:t>351-201-2213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7571D81A" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C80824B" w14:textId="3C92FDEC" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="007C1E1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Jessica.Ofurie2@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49135834" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -13555,51 +13748,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="715AC44A" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="428548BF" w14:textId="77777777" w:rsidTr="004401A4">
+      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="428548BF" w14:textId="77777777" w:rsidTr="00527F67">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44B102A2" w14:textId="7070EA44" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Solicitation</w:t>
             </w:r>
             <w:r w:rsidR="008355CF">
@@ -13682,51 +13875,51 @@
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B533A76" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:tgtFrame="_new" w:history="1">
+            <w:hyperlink r:id="rId61" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-33420</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62F68C51" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -13800,51 +13993,51 @@
               <w:t>351-201-2213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6499EC9C" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0BED71E9" w14:textId="349339E4" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="007C1E1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Jessica.Ofurie2@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F37BF47" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -13903,92 +14096,327 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37513C5B" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="5CE945CE" w14:textId="77777777" w:rsidTr="004401A4">
+      <w:tr w:rsidR="00527F67" w:rsidRPr="00697A07" w14:paraId="2A87290F" w14:textId="77777777" w:rsidTr="00527F67">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="719"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1777" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03CE1E2E" w14:textId="39C604C8" w:rsidR="00527F67" w:rsidRPr="00527F67" w:rsidRDefault="00527F67" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00527F67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Canon U.S.A. Inc</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15687007" w14:textId="425FC4C2" w:rsidR="00527F67" w:rsidRPr="00527F67" w:rsidRDefault="00527F67" w:rsidP="00297939">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r w:rsidRPr="00527F67">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>PO-25-1080-OSD03-SRC01-36506</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="629E818D" w14:textId="6988A626" w:rsidR="00527F67" w:rsidRPr="00527F67" w:rsidRDefault="00527F67" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00527F67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DCE339" w14:textId="4900B4C9" w:rsidR="00527F67" w:rsidRPr="00527F67" w:rsidRDefault="00527F67" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00527F67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Rosaline Astefanous</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3605FC37" w14:textId="371807DE" w:rsidR="00527F67" w:rsidRPr="00527F67" w:rsidRDefault="00527F67" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00527F67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>631-330-4981</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA9A339" w14:textId="29BA0D26" w:rsidR="00527F67" w:rsidRPr="00527F67" w:rsidRDefault="00527F67" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r w:rsidRPr="00527F67">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:t>rastefanous@cusa.canon.com</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00527F67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE781FE" w14:textId="273F448A" w:rsidR="00527F67" w:rsidRPr="00527F67" w:rsidRDefault="00527F67" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00527F67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0872E7A3" w14:textId="23524C21" w:rsidR="00527F67" w:rsidRPr="00527F67" w:rsidRDefault="00527F67" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00527F67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2CFD28" w14:textId="6576B3C6" w:rsidR="00527F67" w:rsidRPr="00527F67" w:rsidRDefault="00527F67" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00527F67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47F8B010" w14:textId="5A0C2223" w:rsidR="00527F67" w:rsidRPr="00527F67" w:rsidRDefault="00527F67" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00527F67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="5CE945CE" w14:textId="77777777" w:rsidTr="00527F67">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="719"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E44B17D" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Konica Minolta Business Solutions USA, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C59C3AD" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC01-34956</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AB4B7B0" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -14035,51 +14463,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-254-9514</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03F35A2F" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>swalbert@kmbs.konicaminolta.us</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29D768D6" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
@@ -14145,91 +14573,91 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03D35179" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="5662D47B" w14:textId="77777777" w:rsidTr="004401A4">
+      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="5662D47B" w14:textId="77777777" w:rsidTr="00527F67">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="611"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C27C82C" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ricoh USA, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D37461C" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC01-34311</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C89590A" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -14276,51 +14704,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>978-621-1276</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6583DC41" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>mike.pallotta@ricoh-usa.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EA5A972" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
@@ -14386,93 +14814,93 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EDA43AB" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="2579AF63" w14:textId="77777777" w:rsidTr="00297939">
+      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="2579AF63" w14:textId="77777777" w:rsidTr="00527F67">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="287E58F6" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sharp Electronics Corp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="172039F0" w14:textId="69CE6136" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="000022EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:tgtFrame="_new" w:history="1">
+            <w:hyperlink r:id="rId69" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-33390</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A5B6BE0" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -14519,51 +14947,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>201-669-9669</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1767FAF9" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>HugginsM@sharpsec.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B13EFA3" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
@@ -14629,91 +15057,91 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FEF96D0" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1/%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="2834A2A4" w14:textId="77777777" w:rsidTr="004401A4">
+      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="2834A2A4" w14:textId="77777777" w:rsidTr="00527F67">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1151"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="484A2C53" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Toshiba America Business Solutions, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6093514E" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC01-34452</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EA2FF6C" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -14794,91 +15222,91 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(617) 936-7811</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21469560" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Steve.Nickerson@tbs.toshiba.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="2BDD4CA2" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Scott.Lacreta@tbs.toshiba.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7CA5ED7C" w14:textId="7373D2BE" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="000022EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Robert.Ellis@tbs.toshiba.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="049499F3" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -14970,91 +15398,91 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5637729C" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="7076F25A" w14:textId="77777777" w:rsidTr="004401A4">
+      <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="7076F25A" w14:textId="77777777" w:rsidTr="00527F67">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06502A80" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Xerox Corp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C7B1776" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC01-35355</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="293FF517" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -15101,51 +15529,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>857-241-6317</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35A9C52E" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>yvonne.hickey@xerox.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CFE3613" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
@@ -15473,50 +15901,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Copiers, Printers, Digital Duplicators, Scanners, and Related Equipment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="225B65E4" w14:textId="2677CDEE" w:rsidR="0080058D" w:rsidRDefault="0080058D" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080058D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0080058D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0080058D">
         <w:rPr>
@@ -15585,51 +16014,50 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Printer and Photocopier and Facsimile Accessories</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30F79DF4" w14:textId="27BCDB68" w:rsidR="0080058D" w:rsidRDefault="0080058D" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080058D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0080058D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0080058D">
         <w:rPr>
@@ -15969,51 +16397,51 @@
       </w:pPr>
       <w:r w:rsidRPr="005524F3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00BA2D4A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="005524F3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70" w:history="1">
+      <w:hyperlink r:id="rId77" w:history="1">
         <w:r w:rsidR="008466B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Enterprise Print Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005524F3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for up-to-date information on the moratorium concerning </w:t>
       </w:r>
       <w:r w:rsidR="00BA2D4A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
@@ -16082,73 +16510,73 @@
     <w:p w14:paraId="171E07C8" w14:textId="77777777" w:rsidR="00B85757" w:rsidRPr="00B85757" w:rsidRDefault="00B85757" w:rsidP="00B85757"/>
     <w:p w14:paraId="5AA21BF8" w14:textId="1817E4EB" w:rsidR="00B85757" w:rsidRPr="00B85757" w:rsidRDefault="00B85757" w:rsidP="00B85757">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5409"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B85757" w:rsidRPr="00B85757" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67D2EDBA" w14:textId="77777777" w:rsidR="0096658A" w:rsidRDefault="0096658A" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="1465C117" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21F6E8D1" w14:textId="77777777" w:rsidR="0096658A" w:rsidRDefault="0096658A"/>
+    <w:p w14:paraId="1EAD429C" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F8BF3A0" w14:textId="77777777" w:rsidR="0096658A" w:rsidRDefault="0096658A" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="114D0971" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070E0C48" w14:textId="77777777" w:rsidR="0096658A" w:rsidRDefault="0096658A"/>
+    <w:p w14:paraId="5370014D" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4D30013D" w14:textId="77777777" w:rsidR="0096658A" w:rsidRDefault="0096658A">
+    <w:p w14:paraId="05F74B43" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -16232,61 +16660,52 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Note: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="72DBEBE5" w14:textId="17A279D1" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B85757">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -16602,51 +17021,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="0F41475B" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="33EEA498" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
@@ -16735,61 +17154,52 @@
       <w:t>ote</w:t>
     </w:r>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="49C1DFAA" w14:textId="2E4E342D" w:rsidR="00DC6031" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -17105,51 +17515,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="2224524E" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="2167E854" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
@@ -17232,61 +17642,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BD17469" w14:textId="4F27F6A8" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00B85757">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -17485,73 +17886,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3490AD46" w14:textId="77777777" w:rsidR="0096658A" w:rsidRDefault="0096658A" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="27A42959" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D5431D8" w14:textId="77777777" w:rsidR="0096658A" w:rsidRDefault="0096658A"/>
+    <w:p w14:paraId="5FD30390" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7CD313C0" w14:textId="77777777" w:rsidR="0096658A" w:rsidRDefault="0096658A" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="5662741D" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A9A935" w14:textId="77777777" w:rsidR="0096658A" w:rsidRDefault="0096658A"/>
+    <w:p w14:paraId="1A0D65D0" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6C0BADC9" w14:textId="77777777" w:rsidR="0096658A" w:rsidRDefault="0096658A">
+    <w:p w14:paraId="315B73BA" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="54AB7BBA" w14:textId="0DF37038" w:rsidR="004401A4" w:rsidRDefault="004401A4">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A143E6" w:rsidRPr="00A143E6">
         <w:t>Note that COMMBUYS is the official system of record for vendor contact information.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -17848,51 +18249,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="361F6C2C" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="3B098FC4" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -18195,51 +18596,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="7DAA39C8" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="5DA10DCE" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20975,50 +21376,51 @@
     <w:rsid w:val="001610CD"/>
     <w:rsid w:val="001614C5"/>
     <w:rsid w:val="00161669"/>
     <w:rsid w:val="00161685"/>
     <w:rsid w:val="00162616"/>
     <w:rsid w:val="00162A0F"/>
     <w:rsid w:val="00163070"/>
     <w:rsid w:val="001632CC"/>
     <w:rsid w:val="00163404"/>
     <w:rsid w:val="00163557"/>
     <w:rsid w:val="00163A42"/>
     <w:rsid w:val="00163ED6"/>
     <w:rsid w:val="00164115"/>
     <w:rsid w:val="00164D61"/>
     <w:rsid w:val="001654B8"/>
     <w:rsid w:val="0016572C"/>
     <w:rsid w:val="00166284"/>
     <w:rsid w:val="00166D22"/>
     <w:rsid w:val="00166D83"/>
     <w:rsid w:val="00167937"/>
     <w:rsid w:val="0017020F"/>
     <w:rsid w:val="00170351"/>
     <w:rsid w:val="0017049A"/>
     <w:rsid w:val="001706C5"/>
     <w:rsid w:val="001708FF"/>
+    <w:rsid w:val="00170C3E"/>
     <w:rsid w:val="00170EFD"/>
     <w:rsid w:val="001718AE"/>
     <w:rsid w:val="001718C4"/>
     <w:rsid w:val="001725B9"/>
     <w:rsid w:val="00172A9B"/>
     <w:rsid w:val="00172AE0"/>
     <w:rsid w:val="00172C56"/>
     <w:rsid w:val="0017348E"/>
     <w:rsid w:val="00173629"/>
     <w:rsid w:val="00173847"/>
     <w:rsid w:val="00174038"/>
     <w:rsid w:val="00174238"/>
     <w:rsid w:val="001743C3"/>
     <w:rsid w:val="001747C6"/>
     <w:rsid w:val="00174E98"/>
     <w:rsid w:val="00174F93"/>
     <w:rsid w:val="00175545"/>
     <w:rsid w:val="00175B26"/>
     <w:rsid w:val="00175FFB"/>
     <w:rsid w:val="00177A06"/>
     <w:rsid w:val="001803B9"/>
     <w:rsid w:val="00180F43"/>
     <w:rsid w:val="001812D3"/>
     <w:rsid w:val="00181542"/>
     <w:rsid w:val="00181AF0"/>
@@ -21303,76 +21705,78 @@
     <w:rsid w:val="00237B53"/>
     <w:rsid w:val="00237C02"/>
     <w:rsid w:val="00237E7F"/>
     <w:rsid w:val="00237EFF"/>
     <w:rsid w:val="00240817"/>
     <w:rsid w:val="0024116F"/>
     <w:rsid w:val="002411B9"/>
     <w:rsid w:val="00241C93"/>
     <w:rsid w:val="00241D9B"/>
     <w:rsid w:val="00242169"/>
     <w:rsid w:val="00242685"/>
     <w:rsid w:val="002426DE"/>
     <w:rsid w:val="002428AA"/>
     <w:rsid w:val="00242AC9"/>
     <w:rsid w:val="00243276"/>
     <w:rsid w:val="0024328A"/>
     <w:rsid w:val="00243561"/>
     <w:rsid w:val="002437F5"/>
     <w:rsid w:val="00243F9D"/>
     <w:rsid w:val="002449BE"/>
     <w:rsid w:val="00245732"/>
     <w:rsid w:val="00245B24"/>
     <w:rsid w:val="00245FDB"/>
     <w:rsid w:val="002468FF"/>
     <w:rsid w:val="00246E10"/>
+    <w:rsid w:val="00247079"/>
     <w:rsid w:val="0024729E"/>
     <w:rsid w:val="00247454"/>
     <w:rsid w:val="0025001F"/>
     <w:rsid w:val="00250704"/>
     <w:rsid w:val="00250ACA"/>
     <w:rsid w:val="00250B29"/>
     <w:rsid w:val="002513F1"/>
     <w:rsid w:val="00251B5F"/>
     <w:rsid w:val="00251D2B"/>
     <w:rsid w:val="0025288C"/>
     <w:rsid w:val="00252908"/>
     <w:rsid w:val="0025318D"/>
     <w:rsid w:val="00253749"/>
     <w:rsid w:val="00253A51"/>
     <w:rsid w:val="002542E6"/>
     <w:rsid w:val="00254B3D"/>
     <w:rsid w:val="00255DB6"/>
     <w:rsid w:val="00256475"/>
     <w:rsid w:val="00256AB8"/>
     <w:rsid w:val="00256B7F"/>
     <w:rsid w:val="00256D3D"/>
     <w:rsid w:val="00256FA6"/>
     <w:rsid w:val="0025735D"/>
     <w:rsid w:val="0026042B"/>
     <w:rsid w:val="0026103A"/>
     <w:rsid w:val="00262982"/>
+    <w:rsid w:val="00263026"/>
     <w:rsid w:val="0026357A"/>
     <w:rsid w:val="0026368F"/>
     <w:rsid w:val="00264128"/>
     <w:rsid w:val="002642F9"/>
     <w:rsid w:val="00264A56"/>
     <w:rsid w:val="00265213"/>
     <w:rsid w:val="002655B7"/>
     <w:rsid w:val="002655CF"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00266475"/>
     <w:rsid w:val="002665C5"/>
     <w:rsid w:val="0026670F"/>
     <w:rsid w:val="0026740B"/>
     <w:rsid w:val="00267BB6"/>
     <w:rsid w:val="002705CB"/>
     <w:rsid w:val="0027105F"/>
     <w:rsid w:val="002710E6"/>
     <w:rsid w:val="0027186F"/>
     <w:rsid w:val="002718D1"/>
     <w:rsid w:val="002722E1"/>
     <w:rsid w:val="002725D9"/>
     <w:rsid w:val="00272A26"/>
     <w:rsid w:val="002733A5"/>
     <w:rsid w:val="002733D1"/>
@@ -21552,50 +21956,51 @@
     <w:rsid w:val="002E4144"/>
     <w:rsid w:val="002E449D"/>
     <w:rsid w:val="002E57C5"/>
     <w:rsid w:val="002E58A6"/>
     <w:rsid w:val="002E58BD"/>
     <w:rsid w:val="002E5A64"/>
     <w:rsid w:val="002E618D"/>
     <w:rsid w:val="002E67A6"/>
     <w:rsid w:val="002E6F20"/>
     <w:rsid w:val="002E6FC9"/>
     <w:rsid w:val="002E6FFA"/>
     <w:rsid w:val="002E7138"/>
     <w:rsid w:val="002E7698"/>
     <w:rsid w:val="002E7816"/>
     <w:rsid w:val="002E79BA"/>
     <w:rsid w:val="002F05C6"/>
     <w:rsid w:val="002F0CEC"/>
     <w:rsid w:val="002F0EED"/>
     <w:rsid w:val="002F1403"/>
     <w:rsid w:val="002F164A"/>
     <w:rsid w:val="002F195E"/>
     <w:rsid w:val="002F215E"/>
     <w:rsid w:val="002F2A20"/>
     <w:rsid w:val="002F3315"/>
     <w:rsid w:val="002F33A4"/>
+    <w:rsid w:val="002F35C5"/>
     <w:rsid w:val="002F3890"/>
     <w:rsid w:val="002F3BAF"/>
     <w:rsid w:val="002F3EF5"/>
     <w:rsid w:val="002F432C"/>
     <w:rsid w:val="002F460B"/>
     <w:rsid w:val="002F4F98"/>
     <w:rsid w:val="002F5141"/>
     <w:rsid w:val="002F58E0"/>
     <w:rsid w:val="002F5921"/>
     <w:rsid w:val="002F677F"/>
     <w:rsid w:val="002F67D2"/>
     <w:rsid w:val="002F71E0"/>
     <w:rsid w:val="002F75FB"/>
     <w:rsid w:val="003007DC"/>
     <w:rsid w:val="00300D98"/>
     <w:rsid w:val="00300E7C"/>
     <w:rsid w:val="0030133C"/>
     <w:rsid w:val="00301501"/>
     <w:rsid w:val="003018A4"/>
     <w:rsid w:val="00301931"/>
     <w:rsid w:val="00301B4D"/>
     <w:rsid w:val="00301C2C"/>
     <w:rsid w:val="00302709"/>
     <w:rsid w:val="00302C4E"/>
     <w:rsid w:val="003030C9"/>
@@ -21709,50 +22114,51 @@
     <w:rsid w:val="00344DB5"/>
     <w:rsid w:val="00345515"/>
     <w:rsid w:val="00345C56"/>
     <w:rsid w:val="00345DBD"/>
     <w:rsid w:val="003460E7"/>
     <w:rsid w:val="00346136"/>
     <w:rsid w:val="003468FA"/>
     <w:rsid w:val="00346DD0"/>
     <w:rsid w:val="00346EA9"/>
     <w:rsid w:val="00347124"/>
     <w:rsid w:val="003471D8"/>
     <w:rsid w:val="0035048E"/>
     <w:rsid w:val="00350787"/>
     <w:rsid w:val="00350B4D"/>
     <w:rsid w:val="00350C44"/>
     <w:rsid w:val="0035246B"/>
     <w:rsid w:val="00352757"/>
     <w:rsid w:val="0035316A"/>
     <w:rsid w:val="003536A5"/>
     <w:rsid w:val="00353ABE"/>
     <w:rsid w:val="00353B2E"/>
     <w:rsid w:val="00353B74"/>
     <w:rsid w:val="00353C29"/>
     <w:rsid w:val="00353C4A"/>
     <w:rsid w:val="003541D2"/>
+    <w:rsid w:val="00354BE3"/>
     <w:rsid w:val="00354CA8"/>
     <w:rsid w:val="003552F2"/>
     <w:rsid w:val="00356623"/>
     <w:rsid w:val="0035686C"/>
     <w:rsid w:val="0035697E"/>
     <w:rsid w:val="003569FD"/>
     <w:rsid w:val="00356B9E"/>
     <w:rsid w:val="00356BEB"/>
     <w:rsid w:val="00356FBF"/>
     <w:rsid w:val="00357158"/>
     <w:rsid w:val="00357D1E"/>
     <w:rsid w:val="00360811"/>
     <w:rsid w:val="00360AB6"/>
     <w:rsid w:val="003624C5"/>
     <w:rsid w:val="003624EA"/>
     <w:rsid w:val="00362843"/>
     <w:rsid w:val="00362B9D"/>
     <w:rsid w:val="00362DFB"/>
     <w:rsid w:val="003630DB"/>
     <w:rsid w:val="003633CD"/>
     <w:rsid w:val="00363413"/>
     <w:rsid w:val="00363A21"/>
     <w:rsid w:val="00363A57"/>
     <w:rsid w:val="00363C98"/>
     <w:rsid w:val="00364115"/>
@@ -21865,50 +22271,51 @@
     <w:rsid w:val="003B0898"/>
     <w:rsid w:val="003B09FF"/>
     <w:rsid w:val="003B0A3B"/>
     <w:rsid w:val="003B14CE"/>
     <w:rsid w:val="003B1D03"/>
     <w:rsid w:val="003B1E68"/>
     <w:rsid w:val="003B2440"/>
     <w:rsid w:val="003B29E6"/>
     <w:rsid w:val="003B310A"/>
     <w:rsid w:val="003B3427"/>
     <w:rsid w:val="003B3773"/>
     <w:rsid w:val="003B3797"/>
     <w:rsid w:val="003B43C6"/>
     <w:rsid w:val="003B56A7"/>
     <w:rsid w:val="003B592C"/>
     <w:rsid w:val="003B5DB4"/>
     <w:rsid w:val="003B63DE"/>
     <w:rsid w:val="003B6CF4"/>
     <w:rsid w:val="003B758E"/>
     <w:rsid w:val="003B7672"/>
     <w:rsid w:val="003B7E7C"/>
     <w:rsid w:val="003C0549"/>
     <w:rsid w:val="003C063A"/>
     <w:rsid w:val="003C082E"/>
     <w:rsid w:val="003C0886"/>
+    <w:rsid w:val="003C08AD"/>
     <w:rsid w:val="003C0901"/>
     <w:rsid w:val="003C113C"/>
     <w:rsid w:val="003C11A6"/>
     <w:rsid w:val="003C2307"/>
     <w:rsid w:val="003C23B2"/>
     <w:rsid w:val="003C309C"/>
     <w:rsid w:val="003C3178"/>
     <w:rsid w:val="003C3ABF"/>
     <w:rsid w:val="003C40A9"/>
     <w:rsid w:val="003C48D6"/>
     <w:rsid w:val="003C4D74"/>
     <w:rsid w:val="003C5368"/>
     <w:rsid w:val="003C5500"/>
     <w:rsid w:val="003C5810"/>
     <w:rsid w:val="003C5E1E"/>
     <w:rsid w:val="003C6101"/>
     <w:rsid w:val="003C62B7"/>
     <w:rsid w:val="003C69A7"/>
     <w:rsid w:val="003C6B7A"/>
     <w:rsid w:val="003C6BDE"/>
     <w:rsid w:val="003C6C32"/>
     <w:rsid w:val="003C6F89"/>
     <w:rsid w:val="003C7617"/>
     <w:rsid w:val="003C7B20"/>
     <w:rsid w:val="003C7B9C"/>
@@ -21941,50 +22348,51 @@
     <w:rsid w:val="003E0F45"/>
     <w:rsid w:val="003E1014"/>
     <w:rsid w:val="003E118F"/>
     <w:rsid w:val="003E15D1"/>
     <w:rsid w:val="003E1A04"/>
     <w:rsid w:val="003E1D00"/>
     <w:rsid w:val="003E1F53"/>
     <w:rsid w:val="003E2006"/>
     <w:rsid w:val="003E2473"/>
     <w:rsid w:val="003E281C"/>
     <w:rsid w:val="003E3AA7"/>
     <w:rsid w:val="003E3E3F"/>
     <w:rsid w:val="003E3E87"/>
     <w:rsid w:val="003E46DD"/>
     <w:rsid w:val="003E477E"/>
     <w:rsid w:val="003E48FB"/>
     <w:rsid w:val="003E4ED7"/>
     <w:rsid w:val="003E69F2"/>
     <w:rsid w:val="003E6E44"/>
     <w:rsid w:val="003E6EAA"/>
     <w:rsid w:val="003E6EB3"/>
     <w:rsid w:val="003E735D"/>
     <w:rsid w:val="003E7C00"/>
     <w:rsid w:val="003E7DC2"/>
     <w:rsid w:val="003F0DCA"/>
+    <w:rsid w:val="003F0F9D"/>
     <w:rsid w:val="003F122B"/>
     <w:rsid w:val="003F18DF"/>
     <w:rsid w:val="003F2204"/>
     <w:rsid w:val="003F25E5"/>
     <w:rsid w:val="003F26F2"/>
     <w:rsid w:val="003F2B53"/>
     <w:rsid w:val="003F33C7"/>
     <w:rsid w:val="003F33E4"/>
     <w:rsid w:val="003F378B"/>
     <w:rsid w:val="003F395B"/>
     <w:rsid w:val="003F399F"/>
     <w:rsid w:val="003F3B86"/>
     <w:rsid w:val="003F3DD2"/>
     <w:rsid w:val="003F46F5"/>
     <w:rsid w:val="003F521C"/>
     <w:rsid w:val="003F54E1"/>
     <w:rsid w:val="003F589A"/>
     <w:rsid w:val="003F5C73"/>
     <w:rsid w:val="003F5CA4"/>
     <w:rsid w:val="003F621F"/>
     <w:rsid w:val="003F6242"/>
     <w:rsid w:val="003F62A4"/>
     <w:rsid w:val="003F63DE"/>
     <w:rsid w:val="003F6426"/>
     <w:rsid w:val="003F6703"/>
@@ -22038,50 +22446,51 @@
     <w:rsid w:val="004170F2"/>
     <w:rsid w:val="004176F8"/>
     <w:rsid w:val="00417854"/>
     <w:rsid w:val="00417B67"/>
     <w:rsid w:val="00417EA8"/>
     <w:rsid w:val="0042010C"/>
     <w:rsid w:val="0042039E"/>
     <w:rsid w:val="0042045B"/>
     <w:rsid w:val="0042072C"/>
     <w:rsid w:val="004216B9"/>
     <w:rsid w:val="00421F6D"/>
     <w:rsid w:val="00422244"/>
     <w:rsid w:val="00422B43"/>
     <w:rsid w:val="0042348A"/>
     <w:rsid w:val="00423FB0"/>
     <w:rsid w:val="00424083"/>
     <w:rsid w:val="00424676"/>
     <w:rsid w:val="004251D7"/>
     <w:rsid w:val="00425514"/>
     <w:rsid w:val="00425679"/>
     <w:rsid w:val="00425C7A"/>
     <w:rsid w:val="00425D98"/>
     <w:rsid w:val="00426184"/>
     <w:rsid w:val="00426192"/>
     <w:rsid w:val="004261A9"/>
+    <w:rsid w:val="004265EE"/>
     <w:rsid w:val="00426815"/>
     <w:rsid w:val="0042691A"/>
     <w:rsid w:val="00426D49"/>
     <w:rsid w:val="00427738"/>
     <w:rsid w:val="00427FDA"/>
     <w:rsid w:val="004304A3"/>
     <w:rsid w:val="00430773"/>
     <w:rsid w:val="0043085E"/>
     <w:rsid w:val="004308CB"/>
     <w:rsid w:val="00430BC8"/>
     <w:rsid w:val="004317E4"/>
     <w:rsid w:val="00431EB4"/>
     <w:rsid w:val="0043251A"/>
     <w:rsid w:val="004329A5"/>
     <w:rsid w:val="00432B2B"/>
     <w:rsid w:val="00432DF7"/>
     <w:rsid w:val="00432F29"/>
     <w:rsid w:val="0043350C"/>
     <w:rsid w:val="00433757"/>
     <w:rsid w:val="00433A47"/>
     <w:rsid w:val="00433AA9"/>
     <w:rsid w:val="00433D49"/>
     <w:rsid w:val="004346E8"/>
     <w:rsid w:val="00434A20"/>
     <w:rsid w:val="00434C57"/>
@@ -22246,50 +22655,51 @@
     <w:rsid w:val="004A0E01"/>
     <w:rsid w:val="004A0EDF"/>
     <w:rsid w:val="004A12D8"/>
     <w:rsid w:val="004A22D8"/>
     <w:rsid w:val="004A254C"/>
     <w:rsid w:val="004A2DAA"/>
     <w:rsid w:val="004A3325"/>
     <w:rsid w:val="004A34AA"/>
     <w:rsid w:val="004A38BA"/>
     <w:rsid w:val="004A3E72"/>
     <w:rsid w:val="004A41FD"/>
     <w:rsid w:val="004A5164"/>
     <w:rsid w:val="004A54AD"/>
     <w:rsid w:val="004A551A"/>
     <w:rsid w:val="004A556D"/>
     <w:rsid w:val="004A6777"/>
     <w:rsid w:val="004A6B25"/>
     <w:rsid w:val="004A6BBD"/>
     <w:rsid w:val="004A6D55"/>
     <w:rsid w:val="004A7940"/>
     <w:rsid w:val="004A7A85"/>
     <w:rsid w:val="004B08CA"/>
     <w:rsid w:val="004B0B66"/>
     <w:rsid w:val="004B0F71"/>
     <w:rsid w:val="004B1455"/>
+    <w:rsid w:val="004B1B44"/>
     <w:rsid w:val="004B1CBB"/>
     <w:rsid w:val="004B228C"/>
     <w:rsid w:val="004B2994"/>
     <w:rsid w:val="004B2B07"/>
     <w:rsid w:val="004B3C56"/>
     <w:rsid w:val="004B4BAB"/>
     <w:rsid w:val="004B4E12"/>
     <w:rsid w:val="004B61F6"/>
     <w:rsid w:val="004B6469"/>
     <w:rsid w:val="004B653F"/>
     <w:rsid w:val="004B6A60"/>
     <w:rsid w:val="004B6CB7"/>
     <w:rsid w:val="004B6DA7"/>
     <w:rsid w:val="004B6F2C"/>
     <w:rsid w:val="004B71AC"/>
     <w:rsid w:val="004B756B"/>
     <w:rsid w:val="004C0702"/>
     <w:rsid w:val="004C077E"/>
     <w:rsid w:val="004C0886"/>
     <w:rsid w:val="004C0AF1"/>
     <w:rsid w:val="004C1425"/>
     <w:rsid w:val="004C164B"/>
     <w:rsid w:val="004C1874"/>
     <w:rsid w:val="004C1D0C"/>
     <w:rsid w:val="004C3029"/>
@@ -22428,50 +22838,51 @@
     <w:rsid w:val="00516279"/>
     <w:rsid w:val="00516726"/>
     <w:rsid w:val="00516ABE"/>
     <w:rsid w:val="00516FE0"/>
     <w:rsid w:val="00517757"/>
     <w:rsid w:val="00517BA1"/>
     <w:rsid w:val="00517D1A"/>
     <w:rsid w:val="00520ADE"/>
     <w:rsid w:val="00521658"/>
     <w:rsid w:val="00521D49"/>
     <w:rsid w:val="005221F3"/>
     <w:rsid w:val="005229AF"/>
     <w:rsid w:val="00522E2B"/>
     <w:rsid w:val="0052358C"/>
     <w:rsid w:val="00523CF0"/>
     <w:rsid w:val="0052449B"/>
     <w:rsid w:val="0052492F"/>
     <w:rsid w:val="00524C38"/>
     <w:rsid w:val="00524E1C"/>
     <w:rsid w:val="00524F6F"/>
     <w:rsid w:val="0052565F"/>
     <w:rsid w:val="0052641C"/>
     <w:rsid w:val="005278C6"/>
     <w:rsid w:val="00527B1A"/>
     <w:rsid w:val="00527B47"/>
+    <w:rsid w:val="00527F67"/>
     <w:rsid w:val="005302F1"/>
     <w:rsid w:val="00530409"/>
     <w:rsid w:val="005304DD"/>
     <w:rsid w:val="00530D68"/>
     <w:rsid w:val="00530EC5"/>
     <w:rsid w:val="0053115E"/>
     <w:rsid w:val="00531B19"/>
     <w:rsid w:val="005320F4"/>
     <w:rsid w:val="0053228F"/>
     <w:rsid w:val="00532305"/>
     <w:rsid w:val="00532330"/>
     <w:rsid w:val="00532372"/>
     <w:rsid w:val="005339FA"/>
     <w:rsid w:val="00533B85"/>
     <w:rsid w:val="00533F7B"/>
     <w:rsid w:val="0053470F"/>
     <w:rsid w:val="00535288"/>
     <w:rsid w:val="00535A03"/>
     <w:rsid w:val="00535EBD"/>
     <w:rsid w:val="00536D7A"/>
     <w:rsid w:val="00536F3D"/>
     <w:rsid w:val="00537222"/>
     <w:rsid w:val="0053742F"/>
     <w:rsid w:val="005376C9"/>
     <w:rsid w:val="005378E6"/>
@@ -23061,63 +23472,65 @@
     <w:rsid w:val="006940F3"/>
     <w:rsid w:val="00694493"/>
     <w:rsid w:val="00694AE3"/>
     <w:rsid w:val="006954D4"/>
     <w:rsid w:val="00695950"/>
     <w:rsid w:val="00695CED"/>
     <w:rsid w:val="00696433"/>
     <w:rsid w:val="006964B4"/>
     <w:rsid w:val="006966BC"/>
     <w:rsid w:val="0069689C"/>
     <w:rsid w:val="00696A5E"/>
     <w:rsid w:val="00696F91"/>
     <w:rsid w:val="00696FE8"/>
     <w:rsid w:val="00697069"/>
     <w:rsid w:val="006973D1"/>
     <w:rsid w:val="00697A07"/>
     <w:rsid w:val="00697BC9"/>
     <w:rsid w:val="006A072A"/>
     <w:rsid w:val="006A0753"/>
     <w:rsid w:val="006A0936"/>
     <w:rsid w:val="006A0CB7"/>
     <w:rsid w:val="006A14CE"/>
     <w:rsid w:val="006A15FA"/>
     <w:rsid w:val="006A1692"/>
     <w:rsid w:val="006A17CD"/>
+    <w:rsid w:val="006A1FE6"/>
     <w:rsid w:val="006A210F"/>
     <w:rsid w:val="006A2327"/>
     <w:rsid w:val="006A2926"/>
     <w:rsid w:val="006A2A51"/>
     <w:rsid w:val="006A2B29"/>
     <w:rsid w:val="006A3129"/>
     <w:rsid w:val="006A3176"/>
     <w:rsid w:val="006A31EE"/>
     <w:rsid w:val="006A37B8"/>
     <w:rsid w:val="006A386C"/>
     <w:rsid w:val="006A3A90"/>
     <w:rsid w:val="006A3C83"/>
     <w:rsid w:val="006A3DBB"/>
+    <w:rsid w:val="006A3FED"/>
     <w:rsid w:val="006A4017"/>
     <w:rsid w:val="006A40C5"/>
     <w:rsid w:val="006A4A2A"/>
     <w:rsid w:val="006A5505"/>
     <w:rsid w:val="006A59E5"/>
     <w:rsid w:val="006A5AE4"/>
     <w:rsid w:val="006A5E3A"/>
     <w:rsid w:val="006A6154"/>
     <w:rsid w:val="006A7206"/>
     <w:rsid w:val="006A75D8"/>
     <w:rsid w:val="006A7603"/>
     <w:rsid w:val="006A7FD2"/>
     <w:rsid w:val="006B007F"/>
     <w:rsid w:val="006B0893"/>
     <w:rsid w:val="006B0B2D"/>
     <w:rsid w:val="006B0E37"/>
     <w:rsid w:val="006B0FC2"/>
     <w:rsid w:val="006B1496"/>
     <w:rsid w:val="006B1756"/>
     <w:rsid w:val="006B1A9D"/>
     <w:rsid w:val="006B1B80"/>
     <w:rsid w:val="006B2248"/>
     <w:rsid w:val="006B3355"/>
     <w:rsid w:val="006B3494"/>
     <w:rsid w:val="006B4069"/>
@@ -23512,81 +23925,83 @@
     <w:rsid w:val="007C1E1C"/>
     <w:rsid w:val="007C24FB"/>
     <w:rsid w:val="007C2817"/>
     <w:rsid w:val="007C2B51"/>
     <w:rsid w:val="007C2D29"/>
     <w:rsid w:val="007C2FD9"/>
     <w:rsid w:val="007C3D73"/>
     <w:rsid w:val="007C44CB"/>
     <w:rsid w:val="007C4768"/>
     <w:rsid w:val="007C54DB"/>
     <w:rsid w:val="007C583F"/>
     <w:rsid w:val="007C5900"/>
     <w:rsid w:val="007C5EC9"/>
     <w:rsid w:val="007C61D2"/>
     <w:rsid w:val="007C6CF1"/>
     <w:rsid w:val="007C70AA"/>
     <w:rsid w:val="007C7A4A"/>
     <w:rsid w:val="007C7AE0"/>
     <w:rsid w:val="007D0521"/>
     <w:rsid w:val="007D0555"/>
     <w:rsid w:val="007D064B"/>
     <w:rsid w:val="007D07D9"/>
     <w:rsid w:val="007D09E6"/>
     <w:rsid w:val="007D0C0F"/>
     <w:rsid w:val="007D1167"/>
+    <w:rsid w:val="007D18A6"/>
     <w:rsid w:val="007D1F71"/>
     <w:rsid w:val="007D1FE3"/>
     <w:rsid w:val="007D20D9"/>
     <w:rsid w:val="007D23B7"/>
     <w:rsid w:val="007D24BB"/>
     <w:rsid w:val="007D2A9B"/>
     <w:rsid w:val="007D3048"/>
     <w:rsid w:val="007D37A5"/>
     <w:rsid w:val="007D41AF"/>
     <w:rsid w:val="007D4A0D"/>
     <w:rsid w:val="007D4D72"/>
     <w:rsid w:val="007D4D94"/>
     <w:rsid w:val="007D5312"/>
     <w:rsid w:val="007D64B5"/>
     <w:rsid w:val="007D666B"/>
     <w:rsid w:val="007D6CD8"/>
     <w:rsid w:val="007D70FD"/>
     <w:rsid w:val="007D75C7"/>
     <w:rsid w:val="007E0308"/>
     <w:rsid w:val="007E041E"/>
     <w:rsid w:val="007E1588"/>
     <w:rsid w:val="007E2E16"/>
     <w:rsid w:val="007E2FE5"/>
     <w:rsid w:val="007E3383"/>
     <w:rsid w:val="007E34DA"/>
     <w:rsid w:val="007E37F5"/>
     <w:rsid w:val="007E3AFF"/>
     <w:rsid w:val="007E3F8F"/>
     <w:rsid w:val="007E4632"/>
     <w:rsid w:val="007E47D7"/>
     <w:rsid w:val="007E4A35"/>
+    <w:rsid w:val="007E4B87"/>
     <w:rsid w:val="007E4F58"/>
     <w:rsid w:val="007E53C4"/>
     <w:rsid w:val="007E58BF"/>
     <w:rsid w:val="007E603E"/>
     <w:rsid w:val="007E6149"/>
     <w:rsid w:val="007E6A8C"/>
     <w:rsid w:val="007E6E51"/>
     <w:rsid w:val="007E6E7F"/>
     <w:rsid w:val="007E6F0E"/>
     <w:rsid w:val="007E762E"/>
     <w:rsid w:val="007E7ABE"/>
     <w:rsid w:val="007E7C61"/>
     <w:rsid w:val="007F0CDE"/>
     <w:rsid w:val="007F0F52"/>
     <w:rsid w:val="007F108B"/>
     <w:rsid w:val="007F1574"/>
     <w:rsid w:val="007F1720"/>
     <w:rsid w:val="007F18CA"/>
     <w:rsid w:val="007F1A03"/>
     <w:rsid w:val="007F20A6"/>
     <w:rsid w:val="007F23F5"/>
     <w:rsid w:val="007F280B"/>
     <w:rsid w:val="007F2B86"/>
     <w:rsid w:val="007F2C27"/>
     <w:rsid w:val="007F361A"/>
@@ -23660,50 +24075,51 @@
     <w:rsid w:val="0082151F"/>
     <w:rsid w:val="00821B56"/>
     <w:rsid w:val="008220DD"/>
     <w:rsid w:val="00822F94"/>
     <w:rsid w:val="008234A6"/>
     <w:rsid w:val="008249A6"/>
     <w:rsid w:val="008251FA"/>
     <w:rsid w:val="00825271"/>
     <w:rsid w:val="00825387"/>
     <w:rsid w:val="00825AB6"/>
     <w:rsid w:val="00825BF6"/>
     <w:rsid w:val="0082614B"/>
     <w:rsid w:val="008262D7"/>
     <w:rsid w:val="0082682E"/>
     <w:rsid w:val="00826CE0"/>
     <w:rsid w:val="0082784B"/>
     <w:rsid w:val="0082785E"/>
     <w:rsid w:val="00827E70"/>
     <w:rsid w:val="008301A2"/>
     <w:rsid w:val="00830454"/>
     <w:rsid w:val="0083077D"/>
     <w:rsid w:val="00830CD0"/>
     <w:rsid w:val="00831876"/>
     <w:rsid w:val="0083198F"/>
     <w:rsid w:val="0083213B"/>
+    <w:rsid w:val="00832303"/>
     <w:rsid w:val="008329A9"/>
     <w:rsid w:val="00832C4E"/>
     <w:rsid w:val="008332F4"/>
     <w:rsid w:val="00833378"/>
     <w:rsid w:val="00833AFD"/>
     <w:rsid w:val="00833B99"/>
     <w:rsid w:val="00833DAC"/>
     <w:rsid w:val="00834059"/>
     <w:rsid w:val="00834B42"/>
     <w:rsid w:val="00834DF1"/>
     <w:rsid w:val="008355CF"/>
     <w:rsid w:val="00835644"/>
     <w:rsid w:val="00835A9A"/>
     <w:rsid w:val="00836BC9"/>
     <w:rsid w:val="00837172"/>
     <w:rsid w:val="00837306"/>
     <w:rsid w:val="00837BEB"/>
     <w:rsid w:val="00840E8C"/>
     <w:rsid w:val="0084157E"/>
     <w:rsid w:val="00841D10"/>
     <w:rsid w:val="008427FB"/>
     <w:rsid w:val="0084318E"/>
     <w:rsid w:val="008434FC"/>
     <w:rsid w:val="0084350E"/>
     <w:rsid w:val="00843636"/>
@@ -23740,50 +24156,51 @@
     <w:rsid w:val="00853F35"/>
     <w:rsid w:val="00854029"/>
     <w:rsid w:val="008543D1"/>
     <w:rsid w:val="0085451E"/>
     <w:rsid w:val="008545A5"/>
     <w:rsid w:val="00854BAC"/>
     <w:rsid w:val="00855613"/>
     <w:rsid w:val="00855D07"/>
     <w:rsid w:val="0085601F"/>
     <w:rsid w:val="0085630A"/>
     <w:rsid w:val="00856446"/>
     <w:rsid w:val="008569F8"/>
     <w:rsid w:val="008572D1"/>
     <w:rsid w:val="008577AF"/>
     <w:rsid w:val="00857F61"/>
     <w:rsid w:val="008601EA"/>
     <w:rsid w:val="0086071A"/>
     <w:rsid w:val="008608F9"/>
     <w:rsid w:val="0086098F"/>
     <w:rsid w:val="00860BE8"/>
     <w:rsid w:val="00861069"/>
     <w:rsid w:val="00861464"/>
     <w:rsid w:val="008623DC"/>
     <w:rsid w:val="00862605"/>
     <w:rsid w:val="00862C10"/>
+    <w:rsid w:val="0086374E"/>
     <w:rsid w:val="00863A5B"/>
     <w:rsid w:val="00863B7D"/>
     <w:rsid w:val="00864021"/>
     <w:rsid w:val="008640BD"/>
     <w:rsid w:val="008643FA"/>
     <w:rsid w:val="00864505"/>
     <w:rsid w:val="00864683"/>
     <w:rsid w:val="008646F3"/>
     <w:rsid w:val="008646F6"/>
     <w:rsid w:val="00864EBE"/>
     <w:rsid w:val="008668E4"/>
     <w:rsid w:val="00866B2C"/>
     <w:rsid w:val="00866BE8"/>
     <w:rsid w:val="008674A2"/>
     <w:rsid w:val="00870030"/>
     <w:rsid w:val="00870503"/>
     <w:rsid w:val="00870879"/>
     <w:rsid w:val="00870971"/>
     <w:rsid w:val="008709A9"/>
     <w:rsid w:val="00870E1F"/>
     <w:rsid w:val="00870F8E"/>
     <w:rsid w:val="008711DC"/>
     <w:rsid w:val="00871B2A"/>
     <w:rsid w:val="00871F89"/>
     <w:rsid w:val="008733BF"/>
@@ -23863,50 +24280,51 @@
     <w:rsid w:val="008A29B1"/>
     <w:rsid w:val="008A29CD"/>
     <w:rsid w:val="008A2B40"/>
     <w:rsid w:val="008A346F"/>
     <w:rsid w:val="008A360C"/>
     <w:rsid w:val="008A376C"/>
     <w:rsid w:val="008A39BC"/>
     <w:rsid w:val="008A3BCD"/>
     <w:rsid w:val="008A3BE0"/>
     <w:rsid w:val="008A3DC4"/>
     <w:rsid w:val="008A3E86"/>
     <w:rsid w:val="008A4943"/>
     <w:rsid w:val="008A4B86"/>
     <w:rsid w:val="008A4C65"/>
     <w:rsid w:val="008A4D1E"/>
     <w:rsid w:val="008A4E9A"/>
     <w:rsid w:val="008A4EFC"/>
     <w:rsid w:val="008A4F3C"/>
     <w:rsid w:val="008A4FFD"/>
     <w:rsid w:val="008A56CA"/>
     <w:rsid w:val="008A5D0F"/>
     <w:rsid w:val="008A6070"/>
     <w:rsid w:val="008A6220"/>
     <w:rsid w:val="008A6B05"/>
     <w:rsid w:val="008A72A3"/>
+    <w:rsid w:val="008A7457"/>
     <w:rsid w:val="008A7551"/>
     <w:rsid w:val="008A76DD"/>
     <w:rsid w:val="008A7CFE"/>
     <w:rsid w:val="008B0EC0"/>
     <w:rsid w:val="008B1399"/>
     <w:rsid w:val="008B1C4B"/>
     <w:rsid w:val="008B1D9E"/>
     <w:rsid w:val="008B1F60"/>
     <w:rsid w:val="008B2111"/>
     <w:rsid w:val="008B2125"/>
     <w:rsid w:val="008B228E"/>
     <w:rsid w:val="008B26F4"/>
     <w:rsid w:val="008B34E0"/>
     <w:rsid w:val="008B35F4"/>
     <w:rsid w:val="008B36B1"/>
     <w:rsid w:val="008B3FA8"/>
     <w:rsid w:val="008B47DF"/>
     <w:rsid w:val="008B4AA4"/>
     <w:rsid w:val="008B4C54"/>
     <w:rsid w:val="008B4DE7"/>
     <w:rsid w:val="008B4F51"/>
     <w:rsid w:val="008B5634"/>
     <w:rsid w:val="008B6393"/>
     <w:rsid w:val="008B6513"/>
     <w:rsid w:val="008B6A50"/>
@@ -23943,50 +24361,51 @@
     <w:rsid w:val="008C6EE2"/>
     <w:rsid w:val="008C71FE"/>
     <w:rsid w:val="008C73C3"/>
     <w:rsid w:val="008C7622"/>
     <w:rsid w:val="008C7735"/>
     <w:rsid w:val="008C7951"/>
     <w:rsid w:val="008D11A7"/>
     <w:rsid w:val="008D1A6C"/>
     <w:rsid w:val="008D1CCC"/>
     <w:rsid w:val="008D1FD7"/>
     <w:rsid w:val="008D21CA"/>
     <w:rsid w:val="008D28FE"/>
     <w:rsid w:val="008D2D17"/>
     <w:rsid w:val="008D2DDD"/>
     <w:rsid w:val="008D2F70"/>
     <w:rsid w:val="008D3140"/>
     <w:rsid w:val="008D318A"/>
     <w:rsid w:val="008D31BA"/>
     <w:rsid w:val="008D3892"/>
     <w:rsid w:val="008D3EB3"/>
     <w:rsid w:val="008D3F41"/>
     <w:rsid w:val="008D4B97"/>
     <w:rsid w:val="008D4FF5"/>
     <w:rsid w:val="008D5138"/>
     <w:rsid w:val="008D630E"/>
+    <w:rsid w:val="008D650E"/>
     <w:rsid w:val="008D670A"/>
     <w:rsid w:val="008D6837"/>
     <w:rsid w:val="008D6B80"/>
     <w:rsid w:val="008D6C39"/>
     <w:rsid w:val="008D6FB5"/>
     <w:rsid w:val="008D72B2"/>
     <w:rsid w:val="008E0340"/>
     <w:rsid w:val="008E041D"/>
     <w:rsid w:val="008E06F2"/>
     <w:rsid w:val="008E085D"/>
     <w:rsid w:val="008E174F"/>
     <w:rsid w:val="008E179F"/>
     <w:rsid w:val="008E1D0F"/>
     <w:rsid w:val="008E2535"/>
     <w:rsid w:val="008E26A5"/>
     <w:rsid w:val="008E35F9"/>
     <w:rsid w:val="008E3BEE"/>
     <w:rsid w:val="008E3FA6"/>
     <w:rsid w:val="008E4202"/>
     <w:rsid w:val="008E59F7"/>
     <w:rsid w:val="008E5C0F"/>
     <w:rsid w:val="008E6026"/>
     <w:rsid w:val="008E62B7"/>
     <w:rsid w:val="008E62BE"/>
     <w:rsid w:val="008E62D9"/>
@@ -24510,50 +24929,51 @@
     <w:rsid w:val="00A53BCF"/>
     <w:rsid w:val="00A5400D"/>
     <w:rsid w:val="00A54127"/>
     <w:rsid w:val="00A54C3C"/>
     <w:rsid w:val="00A552CD"/>
     <w:rsid w:val="00A568DF"/>
     <w:rsid w:val="00A56907"/>
     <w:rsid w:val="00A56D30"/>
     <w:rsid w:val="00A56D8A"/>
     <w:rsid w:val="00A56FBD"/>
     <w:rsid w:val="00A57308"/>
     <w:rsid w:val="00A57CCA"/>
     <w:rsid w:val="00A60BFC"/>
     <w:rsid w:val="00A617F9"/>
     <w:rsid w:val="00A61E64"/>
     <w:rsid w:val="00A62395"/>
     <w:rsid w:val="00A6294B"/>
     <w:rsid w:val="00A62A3D"/>
     <w:rsid w:val="00A63214"/>
     <w:rsid w:val="00A64D6D"/>
     <w:rsid w:val="00A6581E"/>
     <w:rsid w:val="00A65B61"/>
     <w:rsid w:val="00A6637E"/>
     <w:rsid w:val="00A66918"/>
     <w:rsid w:val="00A6698E"/>
+    <w:rsid w:val="00A672D6"/>
     <w:rsid w:val="00A673D1"/>
     <w:rsid w:val="00A67809"/>
     <w:rsid w:val="00A67C0B"/>
     <w:rsid w:val="00A67D05"/>
     <w:rsid w:val="00A7030F"/>
     <w:rsid w:val="00A70375"/>
     <w:rsid w:val="00A7060F"/>
     <w:rsid w:val="00A706B3"/>
     <w:rsid w:val="00A70D1C"/>
     <w:rsid w:val="00A70D69"/>
     <w:rsid w:val="00A70FB3"/>
     <w:rsid w:val="00A719CB"/>
     <w:rsid w:val="00A72542"/>
     <w:rsid w:val="00A72593"/>
     <w:rsid w:val="00A72844"/>
     <w:rsid w:val="00A72FD9"/>
     <w:rsid w:val="00A7414D"/>
     <w:rsid w:val="00A7446E"/>
     <w:rsid w:val="00A74AFF"/>
     <w:rsid w:val="00A74D52"/>
     <w:rsid w:val="00A74EB4"/>
     <w:rsid w:val="00A75758"/>
     <w:rsid w:val="00A75A59"/>
     <w:rsid w:val="00A7667C"/>
     <w:rsid w:val="00A76962"/>
@@ -24627,50 +25047,51 @@
     <w:rsid w:val="00AB0EE8"/>
     <w:rsid w:val="00AB0F7F"/>
     <w:rsid w:val="00AB211E"/>
     <w:rsid w:val="00AB2611"/>
     <w:rsid w:val="00AB2644"/>
     <w:rsid w:val="00AB29DA"/>
     <w:rsid w:val="00AB315D"/>
     <w:rsid w:val="00AB34E4"/>
     <w:rsid w:val="00AB39FB"/>
     <w:rsid w:val="00AB3FFD"/>
     <w:rsid w:val="00AB405A"/>
     <w:rsid w:val="00AB425A"/>
     <w:rsid w:val="00AB4721"/>
     <w:rsid w:val="00AB498D"/>
     <w:rsid w:val="00AB4E43"/>
     <w:rsid w:val="00AB4E5F"/>
     <w:rsid w:val="00AB58CE"/>
     <w:rsid w:val="00AB5EB5"/>
     <w:rsid w:val="00AB5ED1"/>
     <w:rsid w:val="00AB7D22"/>
     <w:rsid w:val="00AC07E7"/>
     <w:rsid w:val="00AC0B6A"/>
     <w:rsid w:val="00AC1E9E"/>
     <w:rsid w:val="00AC214E"/>
     <w:rsid w:val="00AC2465"/>
+    <w:rsid w:val="00AC28D0"/>
     <w:rsid w:val="00AC2BD8"/>
     <w:rsid w:val="00AC32AA"/>
     <w:rsid w:val="00AC3858"/>
     <w:rsid w:val="00AC3F4D"/>
     <w:rsid w:val="00AC400C"/>
     <w:rsid w:val="00AC4043"/>
     <w:rsid w:val="00AC417E"/>
     <w:rsid w:val="00AC4318"/>
     <w:rsid w:val="00AC4379"/>
     <w:rsid w:val="00AC5356"/>
     <w:rsid w:val="00AC5CCF"/>
     <w:rsid w:val="00AC6539"/>
     <w:rsid w:val="00AC6815"/>
     <w:rsid w:val="00AC6DC9"/>
     <w:rsid w:val="00AC7116"/>
     <w:rsid w:val="00AC75CF"/>
     <w:rsid w:val="00AC7695"/>
     <w:rsid w:val="00AC7F57"/>
     <w:rsid w:val="00AD02A0"/>
     <w:rsid w:val="00AD03B1"/>
     <w:rsid w:val="00AD06A5"/>
     <w:rsid w:val="00AD0A7A"/>
     <w:rsid w:val="00AD0EA3"/>
     <w:rsid w:val="00AD1864"/>
     <w:rsid w:val="00AD1E34"/>
@@ -25118,50 +25539,51 @@
     <w:rsid w:val="00BD7747"/>
     <w:rsid w:val="00BD7B75"/>
     <w:rsid w:val="00BE14CE"/>
     <w:rsid w:val="00BE16B7"/>
     <w:rsid w:val="00BE190A"/>
     <w:rsid w:val="00BE27CC"/>
     <w:rsid w:val="00BE2C5A"/>
     <w:rsid w:val="00BE2CA3"/>
     <w:rsid w:val="00BE32B1"/>
     <w:rsid w:val="00BE369A"/>
     <w:rsid w:val="00BE48AA"/>
     <w:rsid w:val="00BE4A40"/>
     <w:rsid w:val="00BE5195"/>
     <w:rsid w:val="00BE54AF"/>
     <w:rsid w:val="00BE5560"/>
     <w:rsid w:val="00BE6775"/>
     <w:rsid w:val="00BE6BC1"/>
     <w:rsid w:val="00BE70F4"/>
     <w:rsid w:val="00BE7560"/>
     <w:rsid w:val="00BE757C"/>
     <w:rsid w:val="00BE76D0"/>
     <w:rsid w:val="00BE7EC5"/>
     <w:rsid w:val="00BF00EC"/>
     <w:rsid w:val="00BF02B3"/>
     <w:rsid w:val="00BF0FFF"/>
+    <w:rsid w:val="00BF1324"/>
     <w:rsid w:val="00BF1738"/>
     <w:rsid w:val="00BF2595"/>
     <w:rsid w:val="00BF33F5"/>
     <w:rsid w:val="00BF3A01"/>
     <w:rsid w:val="00BF3BAC"/>
     <w:rsid w:val="00BF54B9"/>
     <w:rsid w:val="00BF5B25"/>
     <w:rsid w:val="00BF7187"/>
     <w:rsid w:val="00BF761E"/>
     <w:rsid w:val="00BF77A9"/>
     <w:rsid w:val="00BF788F"/>
     <w:rsid w:val="00C00270"/>
     <w:rsid w:val="00C0028C"/>
     <w:rsid w:val="00C0068D"/>
     <w:rsid w:val="00C00EC0"/>
     <w:rsid w:val="00C00FB1"/>
     <w:rsid w:val="00C02022"/>
     <w:rsid w:val="00C02183"/>
     <w:rsid w:val="00C02C63"/>
     <w:rsid w:val="00C03325"/>
     <w:rsid w:val="00C04568"/>
     <w:rsid w:val="00C045FB"/>
     <w:rsid w:val="00C046CC"/>
     <w:rsid w:val="00C0483A"/>
     <w:rsid w:val="00C04963"/>
@@ -25175,50 +25597,51 @@
     <w:rsid w:val="00C07CB5"/>
     <w:rsid w:val="00C1031D"/>
     <w:rsid w:val="00C103B9"/>
     <w:rsid w:val="00C10433"/>
     <w:rsid w:val="00C109C9"/>
     <w:rsid w:val="00C109DA"/>
     <w:rsid w:val="00C10E2C"/>
     <w:rsid w:val="00C11382"/>
     <w:rsid w:val="00C117A7"/>
     <w:rsid w:val="00C11B7F"/>
     <w:rsid w:val="00C11D3B"/>
     <w:rsid w:val="00C11F35"/>
     <w:rsid w:val="00C1221F"/>
     <w:rsid w:val="00C12842"/>
     <w:rsid w:val="00C12A0F"/>
     <w:rsid w:val="00C12C41"/>
     <w:rsid w:val="00C12FCD"/>
     <w:rsid w:val="00C131BD"/>
     <w:rsid w:val="00C13755"/>
     <w:rsid w:val="00C13BF3"/>
     <w:rsid w:val="00C13EC9"/>
     <w:rsid w:val="00C14865"/>
     <w:rsid w:val="00C14A06"/>
     <w:rsid w:val="00C156FD"/>
     <w:rsid w:val="00C16309"/>
+    <w:rsid w:val="00C163BA"/>
     <w:rsid w:val="00C16601"/>
     <w:rsid w:val="00C1698D"/>
     <w:rsid w:val="00C16AC7"/>
     <w:rsid w:val="00C173B7"/>
     <w:rsid w:val="00C17798"/>
     <w:rsid w:val="00C17836"/>
     <w:rsid w:val="00C17972"/>
     <w:rsid w:val="00C20018"/>
     <w:rsid w:val="00C2051C"/>
     <w:rsid w:val="00C20DED"/>
     <w:rsid w:val="00C21640"/>
     <w:rsid w:val="00C21F59"/>
     <w:rsid w:val="00C2214D"/>
     <w:rsid w:val="00C221EB"/>
     <w:rsid w:val="00C22710"/>
     <w:rsid w:val="00C22985"/>
     <w:rsid w:val="00C232E0"/>
     <w:rsid w:val="00C236A1"/>
     <w:rsid w:val="00C240F1"/>
     <w:rsid w:val="00C24527"/>
     <w:rsid w:val="00C248DB"/>
     <w:rsid w:val="00C24BD5"/>
     <w:rsid w:val="00C24CC5"/>
     <w:rsid w:val="00C25422"/>
     <w:rsid w:val="00C25AC5"/>
@@ -25524,113 +25947,116 @@
     <w:rsid w:val="00CF3BFE"/>
     <w:rsid w:val="00CF4019"/>
     <w:rsid w:val="00CF4261"/>
     <w:rsid w:val="00CF47F7"/>
     <w:rsid w:val="00CF4E6F"/>
     <w:rsid w:val="00CF4F58"/>
     <w:rsid w:val="00CF56DC"/>
     <w:rsid w:val="00CF5988"/>
     <w:rsid w:val="00CF5EB3"/>
     <w:rsid w:val="00CF5F24"/>
     <w:rsid w:val="00CF60CE"/>
     <w:rsid w:val="00CF66B7"/>
     <w:rsid w:val="00CF70FE"/>
     <w:rsid w:val="00CF756A"/>
     <w:rsid w:val="00D0099F"/>
     <w:rsid w:val="00D01C34"/>
     <w:rsid w:val="00D02042"/>
     <w:rsid w:val="00D021FA"/>
     <w:rsid w:val="00D02206"/>
     <w:rsid w:val="00D02240"/>
     <w:rsid w:val="00D022D8"/>
     <w:rsid w:val="00D0283B"/>
     <w:rsid w:val="00D02A0D"/>
     <w:rsid w:val="00D02B79"/>
     <w:rsid w:val="00D0347E"/>
+    <w:rsid w:val="00D043ED"/>
     <w:rsid w:val="00D050DF"/>
     <w:rsid w:val="00D0541A"/>
     <w:rsid w:val="00D05438"/>
     <w:rsid w:val="00D056C4"/>
     <w:rsid w:val="00D05942"/>
     <w:rsid w:val="00D063E2"/>
     <w:rsid w:val="00D06645"/>
     <w:rsid w:val="00D06B62"/>
     <w:rsid w:val="00D06C53"/>
     <w:rsid w:val="00D073D6"/>
     <w:rsid w:val="00D07902"/>
     <w:rsid w:val="00D10019"/>
     <w:rsid w:val="00D102D4"/>
     <w:rsid w:val="00D102E8"/>
     <w:rsid w:val="00D108AF"/>
     <w:rsid w:val="00D119CD"/>
     <w:rsid w:val="00D12795"/>
     <w:rsid w:val="00D128DF"/>
     <w:rsid w:val="00D129F4"/>
     <w:rsid w:val="00D132BC"/>
+    <w:rsid w:val="00D13D15"/>
     <w:rsid w:val="00D13D70"/>
     <w:rsid w:val="00D14D61"/>
     <w:rsid w:val="00D1511F"/>
     <w:rsid w:val="00D15A2A"/>
     <w:rsid w:val="00D15E47"/>
     <w:rsid w:val="00D16914"/>
     <w:rsid w:val="00D16FBB"/>
     <w:rsid w:val="00D16FFE"/>
     <w:rsid w:val="00D17040"/>
     <w:rsid w:val="00D17217"/>
     <w:rsid w:val="00D178F7"/>
     <w:rsid w:val="00D17907"/>
     <w:rsid w:val="00D2058E"/>
     <w:rsid w:val="00D208A7"/>
     <w:rsid w:val="00D2100D"/>
     <w:rsid w:val="00D210A5"/>
     <w:rsid w:val="00D2137A"/>
     <w:rsid w:val="00D217DF"/>
     <w:rsid w:val="00D21BD6"/>
     <w:rsid w:val="00D21BF1"/>
     <w:rsid w:val="00D2232B"/>
     <w:rsid w:val="00D22374"/>
     <w:rsid w:val="00D224BC"/>
     <w:rsid w:val="00D22650"/>
     <w:rsid w:val="00D2286A"/>
     <w:rsid w:val="00D22A65"/>
     <w:rsid w:val="00D22CB8"/>
     <w:rsid w:val="00D233F3"/>
     <w:rsid w:val="00D2340D"/>
     <w:rsid w:val="00D234B2"/>
     <w:rsid w:val="00D235AD"/>
     <w:rsid w:val="00D2376E"/>
     <w:rsid w:val="00D24256"/>
     <w:rsid w:val="00D24B5F"/>
     <w:rsid w:val="00D24FD4"/>
     <w:rsid w:val="00D2576A"/>
     <w:rsid w:val="00D25D2C"/>
     <w:rsid w:val="00D26A9B"/>
     <w:rsid w:val="00D26EF8"/>
     <w:rsid w:val="00D27857"/>
     <w:rsid w:val="00D27FCC"/>
     <w:rsid w:val="00D3045F"/>
     <w:rsid w:val="00D30589"/>
+    <w:rsid w:val="00D30664"/>
     <w:rsid w:val="00D306A7"/>
     <w:rsid w:val="00D318C3"/>
     <w:rsid w:val="00D31D64"/>
     <w:rsid w:val="00D321FA"/>
     <w:rsid w:val="00D332F1"/>
     <w:rsid w:val="00D3369B"/>
     <w:rsid w:val="00D33BDB"/>
     <w:rsid w:val="00D3430F"/>
     <w:rsid w:val="00D346D1"/>
     <w:rsid w:val="00D347CD"/>
     <w:rsid w:val="00D34DCA"/>
     <w:rsid w:val="00D353AA"/>
     <w:rsid w:val="00D35A46"/>
     <w:rsid w:val="00D35D05"/>
     <w:rsid w:val="00D362F3"/>
     <w:rsid w:val="00D365FE"/>
     <w:rsid w:val="00D37E5D"/>
     <w:rsid w:val="00D40131"/>
     <w:rsid w:val="00D402EF"/>
     <w:rsid w:val="00D4030A"/>
     <w:rsid w:val="00D403F6"/>
     <w:rsid w:val="00D40553"/>
     <w:rsid w:val="00D405E8"/>
     <w:rsid w:val="00D407A5"/>
     <w:rsid w:val="00D40E02"/>
@@ -25874,50 +26300,51 @@
     <w:rsid w:val="00DD30E3"/>
     <w:rsid w:val="00DD3107"/>
     <w:rsid w:val="00DD3534"/>
     <w:rsid w:val="00DD35D3"/>
     <w:rsid w:val="00DD384C"/>
     <w:rsid w:val="00DD390F"/>
     <w:rsid w:val="00DD4350"/>
     <w:rsid w:val="00DD43DE"/>
     <w:rsid w:val="00DD4AD1"/>
     <w:rsid w:val="00DD4ED1"/>
     <w:rsid w:val="00DD5236"/>
     <w:rsid w:val="00DD5C73"/>
     <w:rsid w:val="00DD5E3C"/>
     <w:rsid w:val="00DD5E80"/>
     <w:rsid w:val="00DD5F30"/>
     <w:rsid w:val="00DD6009"/>
     <w:rsid w:val="00DD64DA"/>
     <w:rsid w:val="00DD6EB2"/>
     <w:rsid w:val="00DD74FD"/>
     <w:rsid w:val="00DD7657"/>
     <w:rsid w:val="00DD7FC6"/>
     <w:rsid w:val="00DE0537"/>
     <w:rsid w:val="00DE0F6A"/>
     <w:rsid w:val="00DE19E5"/>
     <w:rsid w:val="00DE1E47"/>
+    <w:rsid w:val="00DE24E8"/>
     <w:rsid w:val="00DE24F3"/>
     <w:rsid w:val="00DE2664"/>
     <w:rsid w:val="00DE2A0C"/>
     <w:rsid w:val="00DE34C4"/>
     <w:rsid w:val="00DE36C9"/>
     <w:rsid w:val="00DE447F"/>
     <w:rsid w:val="00DE4515"/>
     <w:rsid w:val="00DE4DCC"/>
     <w:rsid w:val="00DE584D"/>
     <w:rsid w:val="00DE5CEA"/>
     <w:rsid w:val="00DE5EA6"/>
     <w:rsid w:val="00DE6899"/>
     <w:rsid w:val="00DE7F26"/>
     <w:rsid w:val="00DF0062"/>
     <w:rsid w:val="00DF05D5"/>
     <w:rsid w:val="00DF0674"/>
     <w:rsid w:val="00DF0B69"/>
     <w:rsid w:val="00DF0E96"/>
     <w:rsid w:val="00DF10E4"/>
     <w:rsid w:val="00DF166B"/>
     <w:rsid w:val="00DF2189"/>
     <w:rsid w:val="00DF23A0"/>
     <w:rsid w:val="00DF2D65"/>
     <w:rsid w:val="00DF30A8"/>
     <w:rsid w:val="00DF3644"/>
@@ -26265,50 +26692,51 @@
     <w:rsid w:val="00EE2B08"/>
     <w:rsid w:val="00EE2B25"/>
     <w:rsid w:val="00EE2E5E"/>
     <w:rsid w:val="00EE3101"/>
     <w:rsid w:val="00EE462A"/>
     <w:rsid w:val="00EE464C"/>
     <w:rsid w:val="00EE4869"/>
     <w:rsid w:val="00EE4960"/>
     <w:rsid w:val="00EE49AA"/>
     <w:rsid w:val="00EE4A24"/>
     <w:rsid w:val="00EE4C61"/>
     <w:rsid w:val="00EE4CFD"/>
     <w:rsid w:val="00EE4E4F"/>
     <w:rsid w:val="00EE60CC"/>
     <w:rsid w:val="00EE648E"/>
     <w:rsid w:val="00EE6593"/>
     <w:rsid w:val="00EE6A61"/>
     <w:rsid w:val="00EE6B2A"/>
     <w:rsid w:val="00EE6D40"/>
     <w:rsid w:val="00EE6E6A"/>
     <w:rsid w:val="00EE6FA2"/>
     <w:rsid w:val="00EE72CC"/>
     <w:rsid w:val="00EE7A5E"/>
     <w:rsid w:val="00EF0700"/>
     <w:rsid w:val="00EF07F4"/>
+    <w:rsid w:val="00EF0CC6"/>
     <w:rsid w:val="00EF1817"/>
     <w:rsid w:val="00EF31B8"/>
     <w:rsid w:val="00EF3E70"/>
     <w:rsid w:val="00EF3F8E"/>
     <w:rsid w:val="00EF4342"/>
     <w:rsid w:val="00EF4D38"/>
     <w:rsid w:val="00EF5A6C"/>
     <w:rsid w:val="00EF5CFF"/>
     <w:rsid w:val="00EF6547"/>
     <w:rsid w:val="00EF699A"/>
     <w:rsid w:val="00EF6BA7"/>
     <w:rsid w:val="00EF6BC8"/>
     <w:rsid w:val="00EF6BEA"/>
     <w:rsid w:val="00EF6D27"/>
     <w:rsid w:val="00EF7088"/>
     <w:rsid w:val="00EF75B5"/>
     <w:rsid w:val="00EF7B2E"/>
     <w:rsid w:val="00F00256"/>
     <w:rsid w:val="00F00342"/>
     <w:rsid w:val="00F0053B"/>
     <w:rsid w:val="00F0059C"/>
     <w:rsid w:val="00F00C71"/>
     <w:rsid w:val="00F023AF"/>
     <w:rsid w:val="00F024B4"/>
     <w:rsid w:val="00F026B8"/>
@@ -26431,50 +26859,51 @@
     <w:rsid w:val="00F41473"/>
     <w:rsid w:val="00F42100"/>
     <w:rsid w:val="00F4232A"/>
     <w:rsid w:val="00F42848"/>
     <w:rsid w:val="00F42EBC"/>
     <w:rsid w:val="00F43223"/>
     <w:rsid w:val="00F4417D"/>
     <w:rsid w:val="00F44C34"/>
     <w:rsid w:val="00F456B7"/>
     <w:rsid w:val="00F463B7"/>
     <w:rsid w:val="00F46C9D"/>
     <w:rsid w:val="00F46CC8"/>
     <w:rsid w:val="00F46D1A"/>
     <w:rsid w:val="00F46EBB"/>
     <w:rsid w:val="00F47843"/>
     <w:rsid w:val="00F50856"/>
     <w:rsid w:val="00F50FE7"/>
     <w:rsid w:val="00F510EF"/>
     <w:rsid w:val="00F513F9"/>
     <w:rsid w:val="00F51837"/>
     <w:rsid w:val="00F51A87"/>
     <w:rsid w:val="00F5225D"/>
     <w:rsid w:val="00F524BC"/>
     <w:rsid w:val="00F52DB7"/>
     <w:rsid w:val="00F543EE"/>
+    <w:rsid w:val="00F54449"/>
     <w:rsid w:val="00F54AC0"/>
     <w:rsid w:val="00F54D06"/>
     <w:rsid w:val="00F54FD7"/>
     <w:rsid w:val="00F55415"/>
     <w:rsid w:val="00F55958"/>
     <w:rsid w:val="00F56585"/>
     <w:rsid w:val="00F56B7A"/>
     <w:rsid w:val="00F56D93"/>
     <w:rsid w:val="00F56EF7"/>
     <w:rsid w:val="00F570CE"/>
     <w:rsid w:val="00F57295"/>
     <w:rsid w:val="00F57A06"/>
     <w:rsid w:val="00F57A4C"/>
     <w:rsid w:val="00F602B6"/>
     <w:rsid w:val="00F6053D"/>
     <w:rsid w:val="00F60721"/>
     <w:rsid w:val="00F608C9"/>
     <w:rsid w:val="00F60B5D"/>
     <w:rsid w:val="00F60BB0"/>
     <w:rsid w:val="00F60F79"/>
     <w:rsid w:val="00F6187E"/>
     <w:rsid w:val="00F61FD9"/>
     <w:rsid w:val="00F62205"/>
     <w:rsid w:val="00F62A8B"/>
     <w:rsid w:val="00F63203"/>
@@ -26579,50 +27008,51 @@
     <w:rsid w:val="00FA2354"/>
     <w:rsid w:val="00FA244F"/>
     <w:rsid w:val="00FA2EDB"/>
     <w:rsid w:val="00FA2FA4"/>
     <w:rsid w:val="00FA34E8"/>
     <w:rsid w:val="00FA36E9"/>
     <w:rsid w:val="00FA38C8"/>
     <w:rsid w:val="00FA3ABD"/>
     <w:rsid w:val="00FA3EFF"/>
     <w:rsid w:val="00FA406B"/>
     <w:rsid w:val="00FA4281"/>
     <w:rsid w:val="00FA4A75"/>
     <w:rsid w:val="00FA5188"/>
     <w:rsid w:val="00FA5FC5"/>
     <w:rsid w:val="00FA63EF"/>
     <w:rsid w:val="00FA6956"/>
     <w:rsid w:val="00FA6E91"/>
     <w:rsid w:val="00FA7195"/>
     <w:rsid w:val="00FA73D7"/>
     <w:rsid w:val="00FA7B1E"/>
     <w:rsid w:val="00FA7FB1"/>
     <w:rsid w:val="00FB04D6"/>
     <w:rsid w:val="00FB0DE8"/>
     <w:rsid w:val="00FB1695"/>
     <w:rsid w:val="00FB1EF9"/>
+    <w:rsid w:val="00FB2063"/>
     <w:rsid w:val="00FB227E"/>
     <w:rsid w:val="00FB5AA9"/>
     <w:rsid w:val="00FB5E45"/>
     <w:rsid w:val="00FB624A"/>
     <w:rsid w:val="00FB68FA"/>
     <w:rsid w:val="00FB6B12"/>
     <w:rsid w:val="00FB6C18"/>
     <w:rsid w:val="00FB71FB"/>
     <w:rsid w:val="00FB7251"/>
     <w:rsid w:val="00FB7413"/>
     <w:rsid w:val="00FB7630"/>
     <w:rsid w:val="00FC1367"/>
     <w:rsid w:val="00FC1ACB"/>
     <w:rsid w:val="00FC1C77"/>
     <w:rsid w:val="00FC20C3"/>
     <w:rsid w:val="00FC288C"/>
     <w:rsid w:val="00FC29BB"/>
     <w:rsid w:val="00FC2B4E"/>
     <w:rsid w:val="00FC2C97"/>
     <w:rsid w:val="00FC3479"/>
     <w:rsid w:val="00FC3605"/>
     <w:rsid w:val="00FC3C7B"/>
     <w:rsid w:val="00FC5D4F"/>
     <w:rsid w:val="00FC6007"/>
     <w:rsid w:val="00FC602B"/>
@@ -26658,50 +27088,51 @@
     <w:rsid w:val="00FD6715"/>
     <w:rsid w:val="00FD7474"/>
     <w:rsid w:val="00FD7977"/>
     <w:rsid w:val="00FD7B5F"/>
     <w:rsid w:val="00FE024B"/>
     <w:rsid w:val="00FE0B73"/>
     <w:rsid w:val="00FE13A2"/>
     <w:rsid w:val="00FE15A5"/>
     <w:rsid w:val="00FE15B7"/>
     <w:rsid w:val="00FE18C4"/>
     <w:rsid w:val="00FE1B82"/>
     <w:rsid w:val="00FE1EB2"/>
     <w:rsid w:val="00FE2191"/>
     <w:rsid w:val="00FE2251"/>
     <w:rsid w:val="00FE2575"/>
     <w:rsid w:val="00FE2685"/>
     <w:rsid w:val="00FE298E"/>
     <w:rsid w:val="00FE2C46"/>
     <w:rsid w:val="00FE302E"/>
     <w:rsid w:val="00FE39DD"/>
     <w:rsid w:val="00FE3CAD"/>
     <w:rsid w:val="00FE3D2A"/>
     <w:rsid w:val="00FE3FFD"/>
     <w:rsid w:val="00FE406B"/>
     <w:rsid w:val="00FE4392"/>
+    <w:rsid w:val="00FE4DE3"/>
     <w:rsid w:val="00FE5312"/>
     <w:rsid w:val="00FE5645"/>
     <w:rsid w:val="00FE5730"/>
     <w:rsid w:val="00FE65A7"/>
     <w:rsid w:val="00FE6C3C"/>
     <w:rsid w:val="00FF0A24"/>
     <w:rsid w:val="00FF0B2F"/>
     <w:rsid w:val="00FF0F09"/>
     <w:rsid w:val="00FF0F69"/>
     <w:rsid w:val="00FF12E5"/>
     <w:rsid w:val="00FF1FE4"/>
     <w:rsid w:val="00FF2206"/>
     <w:rsid w:val="00FF2292"/>
     <w:rsid w:val="00FF23F1"/>
     <w:rsid w:val="00FF2694"/>
     <w:rsid w:val="00FF2E77"/>
     <w:rsid w:val="00FF3072"/>
     <w:rsid w:val="00FF341B"/>
     <w:rsid w:val="00FF3C75"/>
     <w:rsid w:val="00FF3C9D"/>
     <w:rsid w:val="00FF4366"/>
     <w:rsid w:val="00FF47C9"/>
     <w:rsid w:val="00FF485A"/>
     <w:rsid w:val="00FF48B6"/>
     <w:rsid w:val="00FF4ACE"/>
@@ -32148,51 +32579,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epeat.net/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HugginsM@sharpsec.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-35355&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3.us-east-1.amazonaws.com/nvp/Portfolios/Multi-Function%20Devices%20and%20Related%20Software%2C%20Services%2C%20and%20Cloud%20Solutions/91608355_Multi-Function%20Device%20RFP_Amendments_and_%20Attachments.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-34956&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Scott.Lacreta@tbs.toshiba.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike.pallotta@ricoh-usa.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33508&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.mass.gov/?q=the+joint+enterprise+printer+cartridge+acquisition+policy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33420&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-34452&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yvonne.hickey@xerox.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swalbert@kmbs.konicaminolta.us" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robert.Ellis@tbs.toshiba.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33508&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33508&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33390&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/enterprise-print-services" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.Ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-34311&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Steve.Nickerson@tbs.toshiba.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.Ofurie2@mass.gov" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-36506&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike.pallotta@ricoh-usa.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swalbert@kmbs.konicaminolta.us" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robert.Ellis@tbs.toshiba.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33420&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rastefanous@cusa.canon.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33390&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/enterprise-print-services" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epeat.net/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Steve.Nickerson@tbs.toshiba.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3.us-east-1.amazonaws.com/nvp/Portfolios/Multi-Function%20Devices%20and%20Related%20Software%2C%20Services%2C%20and%20Cloud%20Solutions/91608355_Multi-Function%20Device%20RFP_Amendments_and_%20Attachments.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33508&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-34311&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33508&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.Ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HugginsM@sharpsec.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-35355&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.mass.gov/?q=the+joint+enterprise+printer+cartridge+acquisition+policy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.Ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-34956&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Scott.Lacreta@tbs.toshiba.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33508&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yvonne.hickey@xerox.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-34452&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -32473,67 +32904,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b6ea81047b344181ee716fe9b46053cf" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a935db215594a9448d4f792fa77a5eb7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ce164f3e4dc664cfddf0b6a5cebcddc6" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -32722,131 +33138,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
-[...11 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E2FB8D7-76A8-43B3-B7C1-F973E8245E7F}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64F0131A-EC3D-469F-9673-8451C549B779}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>35100</Characters>
+  <Pages>20</Pages>
+  <Words>6428</Words>
+  <Characters>36645</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>292</Lines>
-  <Paragraphs>82</Paragraphs>
+  <Lines>305</Lines>
+  <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Products and Services Contract User Guide Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41175</CharactersWithSpaces>
+  <CharactersWithSpaces>42988</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="480" baseType="variant">
       <vt:variant>
         <vt:i4>3342415</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>342</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.sec.state.ma.us/divisions/cis/download/maps/County_Map.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2424926</vt:i4>
       </vt:variant>
       <vt:variant>