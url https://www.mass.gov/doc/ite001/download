--- v1 (2025-12-09)
+++ v2 (2026-03-29)
@@ -106,102 +106,102 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E236867" w14:textId="77777777" w:rsidR="00B96467" w:rsidRDefault="00B96467" w:rsidP="00B22304">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1717ED78" w14:textId="32BDF044" w:rsidR="00680B92" w:rsidRPr="00CA6AF1" w:rsidRDefault="00680B92" w:rsidP="00680B92">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc206762628"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc210984876"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc219363386"/>
       <w:r w:rsidRPr="00CA6AF1">
         <w:t>Contract User Guid</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="000C5FF3" w:rsidRPr="000C5FF3">
         <w:t>ITE001: Multi-Function Devices and Related Software, Services, and Cloud Solutions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="65E4D6F9" w14:textId="77777777" w:rsidR="00680B92" w:rsidRPr="00680B92" w:rsidRDefault="00680B92" w:rsidP="00680B92">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B3AFAB3" w14:textId="6AA26EBE" w:rsidR="003121D1" w:rsidRDefault="00803BD8" w:rsidP="003E0898">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc210984877"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc219363387"/>
       <w:r w:rsidRPr="003E0898">
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="003E0898">
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
         <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
         <w:tblCaption w:val="Contract Overview"/>
         <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3865"/>
         <w:gridCol w:w="5129"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E79D5" w:rsidRPr="006F627E" w14:paraId="44C3F788" w14:textId="77777777" w:rsidTr="00247B39">
+      <w:tr w:rsidR="008E79D5" w:rsidRPr="006F627E" w14:paraId="44C3F788" w14:textId="77777777" w:rsidTr="79AA6360">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="672"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="4A636393" w14:textId="77777777" w:rsidR="008E79D5" w:rsidRPr="006F627E" w:rsidRDefault="008E79D5" w:rsidP="00247B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -244,51 +244,51 @@
           </w:p>
           <w:p w14:paraId="4705CE31" w14:textId="77777777" w:rsidR="008E79D5" w:rsidRPr="006F627E" w:rsidRDefault="008E79D5" w:rsidP="00247B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>351-201-2213</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E79D5" w:rsidRPr="006F627E" w14:paraId="040946F4" w14:textId="77777777" w:rsidTr="00503CF5">
+      <w:tr w:rsidR="008E79D5" w:rsidRPr="006F627E" w14:paraId="040946F4" w14:textId="77777777" w:rsidTr="79AA6360">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1932"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="2CFBEC0E" w14:textId="77777777" w:rsidR="008E79D5" w:rsidRPr="006F627E" w:rsidRDefault="008E79D5" w:rsidP="00247B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -396,51 +396,51 @@
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Extend Beyond Date:</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>07/31/2035. No new agreements except for performance and payment purposes only beyond this date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E79D5" w:rsidRPr="006F627E" w14:paraId="6BD1C2AC" w14:textId="77777777" w:rsidTr="00247B39">
+      <w:tr w:rsidR="008E79D5" w:rsidRPr="006F627E" w14:paraId="6BD1C2AC" w14:textId="77777777" w:rsidTr="79AA6360">
         <w:trPr>
           <w:trHeight w:val="1299"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="72F3A60D" w14:textId="77777777" w:rsidR="008E79D5" w:rsidRPr="006F627E" w:rsidRDefault="008E79D5" w:rsidP="00247B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -516,51 +516,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Note:</w:t>
             </w:r>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> *The asterisk is required when referencing the contract in the MMARS system.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E79D5" w:rsidRPr="006F627E" w14:paraId="6C754DE4" w14:textId="77777777" w:rsidTr="00247B39">
+      <w:tr w:rsidR="008E79D5" w:rsidRPr="006F627E" w14:paraId="6C754DE4" w14:textId="77777777" w:rsidTr="79AA6360">
         <w:trPr>
           <w:trHeight w:val="1029"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="69261F0B" w14:textId="77777777" w:rsidR="008E79D5" w:rsidRPr="006F627E" w:rsidRDefault="008E79D5" w:rsidP="00247B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -586,51 +586,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Quotes are required for purchasing. Refer to the </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Quote_Response_and" w:history="1">
               <w:r w:rsidRPr="006F627E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section for guidelines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E79D5" w:rsidRPr="006F627E" w14:paraId="635D216A" w14:textId="77777777" w:rsidTr="00247B39">
+      <w:tr w:rsidR="008E79D5" w:rsidRPr="006F627E" w14:paraId="635D216A" w14:textId="77777777" w:rsidTr="79AA6360">
         <w:trPr>
           <w:trHeight w:val="678"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="6B3A27ED" w14:textId="77777777" w:rsidR="008E79D5" w:rsidRPr="006F627E" w:rsidRDefault="008E79D5" w:rsidP="00247B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -657,148 +657,98 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Refer to </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
               <w:r w:rsidRPr="006F627E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E79D5" w:rsidRPr="006F627E" w14:paraId="18C7EF1F" w14:textId="77777777" w:rsidTr="00247B39">
+      <w:tr w:rsidR="008E79D5" w:rsidRPr="006F627E" w14:paraId="18C7EF1F" w14:textId="77777777" w:rsidTr="79AA6360">
         <w:trPr>
           <w:trHeight w:val="759"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="06D7C411" w14:textId="77777777" w:rsidR="008E79D5" w:rsidRPr="006F627E" w:rsidRDefault="008E79D5" w:rsidP="00247B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F627E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E896A83" w14:textId="30C34CE1" w:rsidR="008E79D5" w:rsidRPr="006F627E" w:rsidRDefault="00263026" w:rsidP="00247B39">
+          <w:p w14:paraId="1E896A83" w14:textId="64C102FA" w:rsidR="008E79D5" w:rsidRPr="006F627E" w:rsidRDefault="67E7F731" w:rsidP="79AA6360">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="79AA6360">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>12</w:t>
-[...48 lines deleted...]
-              <w:t>Vendor List and Information section.</w:t>
+              <w:t>01/15/2026: Removed Request for Payment Authorization (RPA) language</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="390D03BC" w14:textId="14BDB73B" w:rsidR="00C9452E" w:rsidRDefault="00C9452E" w:rsidP="00666B28">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0780538E" w14:textId="77777777" w:rsidR="000C5FF3" w:rsidRDefault="000C5FF3" w:rsidP="00D332F1"/>
     <w:p w14:paraId="2EE53A3B" w14:textId="3ADB882A" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="006E4CCA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1103,2799 +1053,2799 @@
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3976D428" w14:textId="356F2537" w:rsidR="00B85757" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="4AFEB33F" w14:textId="07C169F8" w:rsidR="00E236C8" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc210984876" w:history="1">
-            <w:r w:rsidR="00B85757" w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363386" w:history="1">
+            <w:r w:rsidR="00E236C8" w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Contract User Guide ITE001: Multi-Function Devices and Related Software, Services, and Cloud Solutions</w:t>
             </w:r>
-            <w:r w:rsidR="00B85757">
+            <w:r w:rsidR="00E236C8">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00B85757">
+            <w:r w:rsidR="00E236C8">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00B85757">
+            <w:r w:rsidR="00E236C8">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984876 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B85757">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363386 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00E236C8">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B85757">
+            <w:r w:rsidR="00E236C8">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r w:rsidR="00E236C8">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00B85757">
+            <w:r w:rsidR="00E236C8">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1EB5CC0A" w14:textId="1483BC8D" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="282F668F" w14:textId="1E28ED49" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984877" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363387" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Overview</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984877 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363387 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3F615661" w14:textId="3EC50DDD" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="3D7E3A4A" w14:textId="322C79BA" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984878" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363388" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Summary</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984878 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363388 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="143B8A4D" w14:textId="46B1D741" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="2E8F0785" w14:textId="01BE1070" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984879" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363389" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Benefits and Cost Savings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984879 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363389 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4B357541" w14:textId="047FC1F4" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="40203C9A" w14:textId="75867591" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984880" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363390" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Categories</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984880 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363390 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5CE00AD0" w14:textId="1961CC68" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="2FC1BE22" w14:textId="733005EF" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984881" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363391" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Who May Use the Contract</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984881 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363391 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1A0BC35A" w14:textId="049D6CDD" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="36A7DE31" w14:textId="566C03F2" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984882" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363392" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Pricing Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984882 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363392 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50521BDA" w14:textId="7F8933ED" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="6103CE59" w14:textId="1F821D30" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984883" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363393" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Quote Response and Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984883 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363393 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="790350F6" w14:textId="5A6C15F3" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="6A101049" w14:textId="5834B4C0" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984884" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363394" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">Category 1 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00045491">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(Equipment)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00045491">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00045491">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Equipment Confirmation Form</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984884 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363394 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0F45D43F" w14:textId="54BC24AB" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="054DA633" w14:textId="20E47E35" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984885" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363395" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Category 1 (Equipment): Other Lease Related Forms</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984885 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363395 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="04EC3780" w14:textId="5ECE80ED" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="0EEDB8AA" w14:textId="0873195A" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984886" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363396" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Purchase Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984886 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363396 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7519EF55" w14:textId="07AEF42B" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="50D205D5" w14:textId="183D09A9" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984887" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363397" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984887 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363397 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7EFF74CE" w14:textId="344BA0DE" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="24369F70" w14:textId="6E089DF0" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984888" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363398" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Setting Up a COMMBUYS Account</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984888 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363398 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2930F674" w14:textId="5A76599B" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="5E8F441B" w14:textId="2019FDAB" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984889" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363399" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Contract Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984889 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363399 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="566B7E1B" w14:textId="6174C595" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="3934B765" w14:textId="539A7CD3" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984890" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363400" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Vendor-Specific Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984890 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363400 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="74D1B3F6" w14:textId="4EA9829C" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="366C73A3" w14:textId="4C5E6B62" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984891" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363401" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Office (SDO) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984891 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363401 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2BF1E29F" w14:textId="0856E724" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="799CF4CD" w14:textId="08BB3E11" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984892" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363402" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984892 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363402 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="798FCA25" w14:textId="72AD643A" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="15684C58" w14:textId="0B2CDC5B" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984893" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363403" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984893 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363403 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1C4AEC39" w14:textId="203DFCF2" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="5D4586C9" w14:textId="63D6820E" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984894" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363404" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Subcontractors</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984894 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363404 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="01550713" w14:textId="168B1526" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="4F50BD69" w14:textId="67AB295C" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984895" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363405" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Leasing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984895 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363405 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="35FD1881" w14:textId="0ED3A315" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="677F50AA" w14:textId="4766A169" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984896" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363406" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Shipping, Delivery, and Returns (Applicable to Category 1–Equipment)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984896 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363406 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="49A1D3F9" w14:textId="26AA3463" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="1A467CB3" w14:textId="24389556" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984897" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363407" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>End of Lease</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984897 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363407 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="604DC4DB" w14:textId="2EF09852" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="1D2AAAEF" w14:textId="2333E7DA" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984898" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363408" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Lease Renewal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984898 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363408 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2285F7C0" w14:textId="4A3D322B" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="08EC4661" w14:textId="06C6E74E" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984899" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363409" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Rentals</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984899 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363409 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="087E53B3" w14:textId="6BBA8312" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="6B54A983" w14:textId="147BFE3B" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984900" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363410" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Lease Early Termination</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984900 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363410 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="715DB06C" w14:textId="62710B3B" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="29F80239" w14:textId="470EA46D" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984901" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363411" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Returns</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984901 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363411 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="32461A7E" w14:textId="49434181" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="2A7A1375" w14:textId="41C85464" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984902" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363412" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Additional Discounts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984902 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363412 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="467325F8" w14:textId="557E8D28" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="284945AC" w14:textId="4DD4BA35" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984903" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363413" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Emergency Services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984903 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363413 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4A847EE6" w14:textId="60C2FCC7" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="1E02ACFB" w14:textId="777FAEBB" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984904" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363414" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor Performance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984904 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363414 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5805154B" w14:textId="44738DA6" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="67B2D653" w14:textId="794AD42E" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984905" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363415" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>General Procurement Guidelines and Best Practices</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984905 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363415 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="560ED2FC" w14:textId="38236F6F" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="52D51062" w14:textId="0D3B171A" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984906" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363416" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Adding a Product</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984906 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363416 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="11C0E73D" w14:textId="62C6FB0D" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="52E25E76" w14:textId="123EA0E2" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984907" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363417" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Environmentally Preferable Products and Services (EPPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984907 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363417 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3073D2E6" w14:textId="63E0ED8A" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="514EAD0F" w14:textId="57D5FEC9" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984908" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363418" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Instructions for Massachusetts Management Accounting and Reporting System (MMARS) Users</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984908 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363418 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="666E7CD2" w14:textId="28C8F246" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="5251EA45" w14:textId="5088EB11" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984909" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363419" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Category 1 (Equipment): Master Agreement and Participating Addendum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984909 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363419 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="37B77821" w14:textId="01DD18D8" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="2B954065" w14:textId="60194CFE" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984910" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363420" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor List and Information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984910 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363420 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="14885CC9" w14:textId="05CD1A20" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="17D428AD" w14:textId="62AEDC66" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984911" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363421" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>United Nations Standard Products and Services Code</w:t>
             </w:r>
-            <w:r w:rsidRPr="00045491">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
-            <w:r w:rsidRPr="00045491">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> (UNSPSC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00045491">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
-            <w:r w:rsidRPr="00045491">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984911 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363421 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4E5C59D8" w14:textId="62203EB1" w:rsidR="00B85757" w:rsidRDefault="00B85757">
+        <w:p w14:paraId="4129415A" w14:textId="5E4BDDC3" w:rsidR="00E236C8" w:rsidRDefault="00E236C8">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210984912" w:history="1">
-            <w:r w:rsidRPr="00045491">
+          <w:hyperlink w:anchor="_Toc219363422" w:history="1">
+            <w:r w:rsidRPr="00F45981">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Appendix A: Moratorium on Executive Department Equipment Acquisitions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210984912 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363422 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AC28D0">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50AC2B20" w14:textId="47EF909B" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="50AC2B20" w14:textId="66BCDEA1" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
           <w:r>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:caps/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4BCAF3C8" w14:textId="77777777" w:rsidR="00975D07" w:rsidRDefault="00975D07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00975D07" w:rsidSect="00975D07">
           <w:headerReference w:type="first" r:id="rId18"/>
           <w:footerReference w:type="first" r:id="rId19"/>
@@ -3926,51 +3876,51 @@
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
       </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc210984878"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc219363388"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
         <w:t>Summary</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="57A18E1A" w14:textId="50519AE2" w:rsidR="007F23F5" w:rsidRPr="00452163" w:rsidRDefault="007F23F5" w:rsidP="007F23F5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00452163">
         <w:rPr>
@@ -4406,51 +4356,51 @@
           </w:rPr>
           <w:t>Master Blanket Purchase Order</w:t>
         </w:r>
         <w:r w:rsidR="00182003" w:rsidRPr="00807E94">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> (MBPO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00807E94">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA47DAA" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="00EF0700" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc194066617"/>
-      <w:bookmarkStart w:id="7" w:name="_Toc210984879"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc219363389"/>
       <w:r>
         <w:t xml:space="preserve">Benefits and </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Cost</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Savings</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="082CDB9C" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00EF0700">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -4662,51 +4612,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Accessing a wide range of environmentally preferable products and services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C58FCA8" w14:textId="7AB7B806" w:rsidR="008B7D4E" w:rsidRPr="00A12C2C" w:rsidRDefault="008B7D4E" w:rsidP="007F23F5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc210984880"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc219363390"/>
       <w:bookmarkStart w:id="10" w:name="_Toc194066593"/>
       <w:r>
         <w:t>Contract Categories</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00E23F4C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="627C1184" w14:textId="107B5DB3" w:rsidR="00A72844" w:rsidRPr="00A12C2C" w:rsidRDefault="00A72844" w:rsidP="008B7D4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4857,51 +4807,51 @@
       </w:r>
       <w:r w:rsidRPr="007F23F5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Supplies (currently available from ITC80, Category 2)</w:t>
       </w:r>
       <w:r w:rsidR="008B7D4E" w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc194066594"/>
-      <w:bookmarkStart w:id="12" w:name="_Toc210984881"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc219363391"/>
       <w:r w:rsidRPr="000067FD">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
       <w:r w:rsidR="008B1C4B">
         <w:t>May</w:t>
       </w:r>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> Use the Contract</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="2F421623" w14:textId="14254EBC" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F80200" w:rsidP="00F80200">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5206,51 +5156,51 @@
     <w:p w14:paraId="0B394519" w14:textId="3C7F7EE8" w:rsidR="00F355B6" w:rsidRDefault="00F355B6" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other entities when designated in writing by the State Purchasing Agent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3A806F" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc194066597"/>
-      <w:bookmarkStart w:id="14" w:name="_Toc210984882"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc219363392"/>
       <w:r>
         <w:t>Pricing Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="51B6A7E5" w14:textId="0DAD64EF" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Hlk193714773"/>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
@@ -5560,51 +5510,51 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>page, where links to all the vendors’ MBPOs are provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6DD92B" w14:textId="4ECDE8DC" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Quote_Response_and"/>
-      <w:bookmarkStart w:id="18" w:name="_Toc210984883"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc219363393"/>
       <w:bookmarkStart w:id="19" w:name="_Toc194066598"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>Quote Response and Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="7B665200" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="001F2852" w:rsidRDefault="00FA2354" w:rsidP="00FA2354">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc194066596"/>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyers should refer to the following when soliciting quotes from awarded vendors:</w:t>
@@ -5692,51 +5642,51 @@
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> when contacting vendors to ensure they are receiving contract pricing.  </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Quotes, not including construction services, should be awarded based on best value. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25B25C8A" w14:textId="2E0E093E" w:rsidR="00FA2354" w:rsidRPr="001F2852" w:rsidRDefault="00FA2354" w:rsidP="008B34E0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc205533592"/>
-      <w:bookmarkStart w:id="22" w:name="_Toc210984884"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc219363394"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ategory 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:t>(Equipment)</w:t>
       </w:r>
       <w:r w:rsidR="0051147B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:t>Equipment Confirmation Form</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
@@ -5995,51 +5945,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and void. In the event a vendor insists on additional paperwork to be signed, contact the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AC735F9" w14:textId="44784714" w:rsidR="00FA2354" w:rsidRPr="001F2852" w:rsidRDefault="00FA2354" w:rsidP="00E17FA7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc205533593"/>
-      <w:bookmarkStart w:id="24" w:name="_Toc210984885"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc219363395"/>
       <w:r w:rsidRPr="001F2852">
         <w:t>Category 1 (Equipment)</w:t>
       </w:r>
       <w:r w:rsidR="00E17FA7">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:t>Other Lease Related Forms</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="076E64EE" w14:textId="611C996D" w:rsidR="00FA2354" w:rsidRPr="001F2852" w:rsidRDefault="00FA2354" w:rsidP="00E17FA7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6192,51 +6142,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MBPO</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2852">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45336D7C" w14:textId="04C58DEE" w:rsidR="00ED723A" w:rsidRDefault="00ED723A" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc210984886"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc219363396"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Purchase</w:t>
       </w:r>
       <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="321FE155" w14:textId="77777777" w:rsidR="0090453C" w:rsidRPr="0090453C" w:rsidRDefault="0090453C" w:rsidP="0090453C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090453C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The purchase options identified below are the only acceptable options that may be used in this contract:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0247123F" w14:textId="77777777" w:rsidR="0090453C" w:rsidRPr="00CF4019" w:rsidRDefault="0090453C" w:rsidP="0090453C">
@@ -7060,214 +7010,81 @@
       <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:hyperlink r:id="rId29">
         <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FA2354" w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3848DCC9" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="003B0898" w:rsidRDefault="00FA2354" w:rsidP="00FA2354">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="2B11B24D" w14:textId="284CB1C5" w:rsidR="008A72A3" w:rsidRDefault="008A72A3" w:rsidP="009F6189">
+      <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Document Items in COMMBUYS That Have Already Been Purchased:</w:t>
-[...126 lines deleted...]
-        </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MMARS and COMMBUYS do not interface. Payment request and invoice must be reported in both MMARS and COMMBUYS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="475F653F" w14:textId="77777777" w:rsidR="003979DD" w:rsidRDefault="00FE302E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Extend_Beyond_(Performance"/>
-      <w:bookmarkStart w:id="27" w:name="_Toc210984887"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc219363397"/>
       <w:bookmarkStart w:id="28" w:name="_Toc194066599"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:p w14:paraId="67A69E13" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="00136C46" w:rsidRDefault="00FA2354" w:rsidP="00FA2354">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The extend beyond period is primarily used to aid the transition between an expiring contract and its replacement by allowing time for new agreements to be established with newly awarded vendors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A07CFA" w14:textId="7D3EAF66" w:rsidR="00264128" w:rsidRPr="00136C46" w:rsidRDefault="00590190" w:rsidP="00FE302E">
@@ -7374,51 +7191,51 @@
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No new agreements, including leases, rentals, or service contracts, may be made after the contract's expiration</w:t>
       </w:r>
       <w:r w:rsidR="00D129F4" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc210984888"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc219363398"/>
       <w:r>
         <w:t xml:space="preserve">Setting Up a </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>COMMBUYS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Account</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="78CB2CA0" w14:textId="1B4D9B57" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7570,94 +7387,85 @@
         </w:rPr>
         <w:t xml:space="preserve">tatewide </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ontracts (SWCs) for the purchase of products and services. </w:t>
       </w:r>
       <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">To set up a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
+        <w:t>To set up a COMMBUYS buyer account or to update an existing agency account,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3390A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B3390A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
+        <w:t xml:space="preserve">the buyers must </w:t>
+      </w:r>
+      <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">the buyers must </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0065246C">
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17CD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>email</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="00B3390A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or call</w:t>
@@ -7743,52 +7551,53 @@
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC6409" w14:textId="4BE26CBF" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc194066601"/>
-      <w:bookmarkStart w:id="31" w:name="_Toc210984889"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc219363399"/>
       <w:r w:rsidRPr="00AB211E">
+        <w:lastRenderedPageBreak/>
         <w:t>Finding Contract Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="782F9C76" w14:textId="6FC6634E" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E3202F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
@@ -7940,51 +7749,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D67533E" w14:textId="55488768" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32">
+      <w:hyperlink r:id="rId31">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
@@ -8110,51 +7919,51 @@
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MBPOs</w:t>
       </w:r>
       <w:r w:rsidR="00837172" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> information opens in a table format. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5DE19C" w14:textId="04D79911" w:rsidR="00EF6BEA" w:rsidRPr="00FA2354" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
+    <w:p w14:paraId="6C5DE19C" w14:textId="49E70960" w:rsidR="00EF6BEA" w:rsidRPr="00FA2354" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view </w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
@@ -8165,207 +7974,216 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>associated</w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contract documents, under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Blanket #</w:t>
-[...99 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+        <w:t xml:space="preserve">Blanket </w:t>
+      </w:r>
+      <w:r w:rsidR="002A66E5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Agency Attachments</w:t>
+        <w:t xml:space="preserve">Number </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
+        <w:t xml:space="preserve">column, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF04CB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14A44" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Purchase Order (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PO</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3369B" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> link. </w:t>
+      </w:r>
+      <w:r w:rsidR="0002260E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="001E44D0" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MBPO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> opens for the selected </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4464F" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PO,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the attachments </w:t>
+      </w:r>
+      <w:r w:rsidR="000F68FF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be found in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Agency Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section.</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48D56F94" w14:textId="133D1235" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="00FA2354">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">OSD is participating in the National Association of State Procurement Officials (NASPO) cooperative procurement, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="000F349B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Colorado Solicitation # RFP-NP-23-001</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000F349B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49C20135" w14:textId="1E14DCEF" w:rsidR="00AB211E" w:rsidRPr="00E31AA3" w:rsidRDefault="00D618B6" w:rsidP="00D17040">
       <w:pPr>
         <w:rPr>
@@ -8394,71 +8212,71 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidR="003857B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ITE001 Master Blanket Purchase Order</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FA2354">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc194066602"/>
-      <w:bookmarkStart w:id="33" w:name="_Toc210984890"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc219363400"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="60A82AFB" w14:textId="0F61B670" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To find vendor-specific documents, including </w:t>
       </w:r>
       <w:r w:rsidR="00FA2354">
         <w:rPr>
           <w:bCs/>
@@ -8521,51 +8339,51 @@
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page</w:t>
       </w:r>
       <w:r w:rsidR="00F33440" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and follow these steps:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAA3403" w14:textId="22E92C57" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="000D21F4">
+    <w:p w14:paraId="1EAA3403" w14:textId="293CB75A" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00EB01C8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
@@ -8575,51 +8393,59 @@
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page, u</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nder the </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Master Blanket Purchase Order #</w:t>
+        <w:t xml:space="preserve">Master Blanket Purchase Order </w:t>
+      </w:r>
+      <w:r w:rsidR="002A66E5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Number</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Column, </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the applicable </w:t>
       </w:r>
@@ -8661,51 +8487,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Master Blanket Purchase Order (MBPO) opens for the selected PO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0681DD01" w14:textId="33618CF0" w:rsidR="00554AF0" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">On the MBPO, scroll down to the </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section to find the vendor-specific documents</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -8732,51 +8557,51 @@
         </w:rPr>
         <w:t xml:space="preserve">To view, </w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Toc201925128"/>
-      <w:bookmarkStart w:id="35" w:name="_Toc210984891"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc219363401"/>
       <w:r w:rsidRPr="00B6218B">
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>Office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (SD</w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -8799,129 +8624,130 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE2B732" w14:textId="4A9ACBA9" w:rsidR="00FF0F69" w:rsidRDefault="00FF0F69" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Executive Departments </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="00556773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Small Business Purchasing Program (SBPP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="001B046D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Program (SDP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
       </w:r>
       <w:r w:rsidR="001F7D27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
@@ -8934,51 +8760,51 @@
         </w:rPr>
         <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Operational Services Division (OSD) provides a list of SDO businesses through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
@@ -9022,51 +8848,51 @@
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and SBPP)</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc210984892"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc219363402"/>
       <w:r w:rsidRPr="00DD5236">
         <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5236">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -9099,51 +8925,51 @@
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="009E2D17">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
@@ -9181,51 +9007,51 @@
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc210984893"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc219363403"/>
       <w:r w:rsidRPr="007418B6">
         <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -9239,68 +9065,67 @@
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If available, departments must notify at least two certified small businesses capable of providing the product or service. Bids received from SBPP-participating small businesses must be evaluated, and if one meets the department’s best value criteria, the contract must be awarded to that vendor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ACB0633" w14:textId="181C0B0C" w:rsidR="003C6101" w:rsidRDefault="008F629C" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+      <w:hyperlink r:id="rId39" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
         <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
@@ -9331,97 +9156,98 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDO Certification Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C87046" w14:textId="247E4E55" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc210984894"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc219363404"/>
       <w:bookmarkStart w:id="39" w:name="_Toc194066607"/>
       <w:r w:rsidRPr="003066B4">
+        <w:lastRenderedPageBreak/>
         <w:t>Subcontractor</w:t>
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidR="004D3A5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="477867D8" w14:textId="71776471" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Standard Contract Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, as well as other applicable terms of this </w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statewide Contract (</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
@@ -9623,51 +9449,51 @@
         </w:rPr>
         <w:t>MBPO</w:t>
       </w:r>
       <w:r w:rsidR="00BC21BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) in COMMBUYS</w:t>
       </w:r>
       <w:r w:rsidR="00FA2354" w:rsidRPr="009447DD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42B90E39" w14:textId="1C8FCC80" w:rsidR="00C0028C" w:rsidRPr="009E12A3" w:rsidRDefault="00873CC9" w:rsidP="00FA2354">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc210984895"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc219363405"/>
       <w:bookmarkStart w:id="41" w:name="_Toc194066608"/>
       <w:r w:rsidRPr="00DC5CC1">
         <w:t>Leasing</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidR="004D3A5D" w:rsidRPr="00DC5CC1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="1219FF48" w14:textId="7850B229" w:rsidR="00873CC9" w:rsidRPr="009E12A3" w:rsidRDefault="000C5CD9" w:rsidP="00873CC9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For the leasing of products, p</w:t>
       </w:r>
       <w:r w:rsidR="00873CC9" w:rsidRPr="009E12A3">
@@ -9795,51 +9621,51 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Early termination of leases for convenience may incur penalty charges.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5256B326" w14:textId="6032B9F3" w:rsidR="006D5ABC" w:rsidRDefault="00A87A58" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="_Toc194066609"/>
-      <w:bookmarkStart w:id="43" w:name="_Toc210984896"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc219363406"/>
       <w:r w:rsidRPr="00A87A58">
         <w:t>Shipping, Delivery, and Returns</w:t>
       </w:r>
       <w:r w:rsidR="003B7672">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidR="00FA2354" w:rsidRPr="00FA2354">
         <w:t>(Applicable to Category 1</w:t>
       </w:r>
       <w:r w:rsidR="001A082A">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00FA2354" w:rsidRPr="00FA2354">
         <w:t>Equipment)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="53A48E56" w14:textId="525AF49F" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="00FA2354">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9895,51 +9721,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All quotations shall indicate Free on Board (FOB) destination. FOB destination means delivered and unloaded to all the Commonwealth departments, cities, towns, and political subdivisions within the Commonwealth of Massachusetts, with all charges for transportation and unloading prepaid by the contractor(s).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="603F0146" w14:textId="670D9CC8" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The vendor must</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> coordinate the delivery of both equipment and startup supplies to arrive simultaneously or within a mutually </w:t>
       </w:r>
       <w:r w:rsidR="00765B5B" w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>agreed</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> time frame.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EB67335" w14:textId="77777777" w:rsidR="00AE6F37" w:rsidRPr="00AE6F37" w:rsidRDefault="00FA2354" w:rsidP="000D21F4">
@@ -9973,50 +9798,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, electrical, telecommunication, space, and ventilation requirements).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10E8B3E8" w14:textId="77777777" w:rsidR="00AE6F37" w:rsidRPr="00AE6F37" w:rsidRDefault="00FA2354" w:rsidP="00AE6F37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>It is the vendor's responsibility to survey and review the installation location prior to accepting an order.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C20C5F3" w14:textId="34ADF6FA" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="00AE6F37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If special installation is required, the cost must be agreed to by both parties and noted on the equipment confirmation form prior to a purchase order release. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CCE4506" w14:textId="77777777" w:rsidR="00F51837" w:rsidRPr="00F51837" w:rsidRDefault="00FA2354" w:rsidP="000D21F4">
@@ -10113,83 +9939,83 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors are not allowed to request an exception for shipping charges.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61FDA665" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="00706EDE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="45" w:name="_Toc205533603"/>
-      <w:bookmarkStart w:id="46" w:name="_Toc210984897"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc219363407"/>
       <w:r w:rsidRPr="00FA2354">
         <w:t>End of Lease</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidRPr="00FA2354">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AE5588A" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="00433AA9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">It is the responsibility of the buyer to schedule the return of equipment, and it is the vendor's responsibility to pick up the equipment within 10 business days of the scheduled return at no cost to the buyer.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B829CE5" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="00256B7F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="_Toc205533604"/>
-      <w:bookmarkStart w:id="48" w:name="_Toc210984898"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc219363408"/>
       <w:r w:rsidRPr="00FA2354">
         <w:t>Lease Renewal</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidRPr="00FA2354">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ADCFE7E" w14:textId="77BE7207" w:rsidR="00013FC6" w:rsidRDefault="00FA2354" w:rsidP="00433AA9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Upon the expiration of a term lease, the lease may </w:t>
       </w:r>
       <w:r w:rsidRPr="00433AA9">
         <w:rPr>
@@ -10246,53 +10072,52 @@
         <w:t xml:space="preserve">Upon renewal of a term lease, please refer to the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Extend_Beyond_(Performance" w:history="1">
         <w:r w:rsidR="00E3067A" w:rsidRPr="00E3067A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="430031BB" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="002014EC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="_Toc205533605"/>
-      <w:bookmarkStart w:id="50" w:name="_Toc210984899"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc219363409"/>
       <w:r w:rsidRPr="00FA2354">
-        <w:lastRenderedPageBreak/>
         <w:t>Rentals</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r w:rsidRPr="00FA2354">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7980B490" w14:textId="3B2A20FE" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="002014EC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">All rentals are limited to a maximum term of six </w:t>
       </w:r>
       <w:r w:rsidR="00E646D5">
@@ -10307,52 +10132,53 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>months. At the end of this term, the rental may not be renewed or otherwise extended under its original terms and rates. In the rare event that a rental term needs to be extended for any reason, the vendor and buyer must renegotiate the rental as a short-term lease</w:t>
       </w:r>
       <w:r w:rsidR="006D77B8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> which reflects the value of the equipment, and which represents a reduced rate as compared to the rental rate. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="599BEC27" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="006D77B8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="_Toc205533606"/>
-      <w:bookmarkStart w:id="52" w:name="_Toc210984900"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc219363410"/>
       <w:r w:rsidRPr="00FA2354">
+        <w:lastRenderedPageBreak/>
         <w:t>Lease Early Termination</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidRPr="00FA2354">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DBF671D" w14:textId="20B1CA33" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00292D2E" w:rsidP="006D77B8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00292D2E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Commonwealth has assured vendors that leases under this contract will not be subject to termination without cause.</w:t>
       </w:r>
       <w:r w:rsidR="00293C3B">
@@ -10384,97 +10210,97 @@
         <w:t xml:space="preserve">which may be located </w:t>
       </w:r>
       <w:r w:rsidR="00DE24E8" w:rsidRPr="004265EE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r w:rsidR="00DE24E8" w:rsidRPr="00DE24E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00DE24E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:tgtFrame="_blank" w:tooltip="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" w:history="1">
+      <w:hyperlink r:id="rId42" w:tgtFrame="_blank" w:tooltip="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" w:history="1">
         <w:r w:rsidR="00DE24E8" w:rsidRPr="004265EE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Portfolio Details - NASPO ValuePoint</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DE24E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE24E8" w:rsidRPr="00DE24E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>website</w:t>
       </w:r>
       <w:r w:rsidR="00DE24E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00FA2354" w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">before deciding whether to terminate a lease early. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E3A04C" w14:textId="77777777" w:rsidR="00FA2354" w:rsidRPr="00FA2354" w:rsidRDefault="00FA2354" w:rsidP="00456392">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="_Toc205533607"/>
-      <w:bookmarkStart w:id="54" w:name="_Toc210984901"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc219363411"/>
       <w:r w:rsidRPr="00FA2354">
         <w:t>Returns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:r w:rsidRPr="00FA2354">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C4E3822" w14:textId="77777777" w:rsidR="001C7046" w:rsidRDefault="00FA2354" w:rsidP="00456392">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">It is the responsibility of the </w:t>
       </w:r>
@@ -10575,51 +10401,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ustomer’s premises, which the </w:t>
       </w:r>
       <w:r w:rsidR="001C7046">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ustomer may deduct from any outstanding charges or collect if no outstanding charges exist. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="55" w:name="_Toc194066611"/>
-      <w:bookmarkStart w:id="56" w:name="_Toc210984902"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc219363412"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t>Additional Discounts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
     </w:p>
     <w:p w14:paraId="4F172325" w14:textId="62B25406" w:rsidR="00FA2354" w:rsidRDefault="000157ED" w:rsidP="002B3DC0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors in this statewide contract offer </w:t>
       </w:r>
       <w:r w:rsidR="002B3DC0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -10677,51 +10503,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A0936">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">percentage </w:t>
       </w:r>
       <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>discount given to the buyer if the invoice is paid within a specified time, in accordance with the</w:t>
       </w:r>
       <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44">
+      <w:hyperlink r:id="rId43">
         <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Bill Paying Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9FFCE7" w14:textId="31330F49" w:rsidR="00BC6254" w:rsidRPr="00FA2354" w:rsidRDefault="00BC6254" w:rsidP="00FA2354">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA2354">
@@ -10745,199 +10571,199 @@
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00FA2354">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FA2354">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table and the price files within each vendor's Master Blanket Purchase Order (MBPO) or Master Contract Record MBPO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A76A16" w14:textId="6AC1B8BF" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="57" w:name="_Toc194066612"/>
-      <w:bookmarkStart w:id="58" w:name="_Toc210984903"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc219363413"/>
       <w:r w:rsidRPr="003066B4">
-        <w:lastRenderedPageBreak/>
         <w:t>Emergency Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r w:rsidR="00FE1EB2" w:rsidRPr="0011288D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRDefault="00280EC3" w:rsidP="00280EC3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A7E73">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidR="00003B08" w:rsidRPr="00003B08">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>801 CMR 21.05(3)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="59" w:name="_Toc194066614"/>
-      <w:bookmarkStart w:id="60" w:name="_Toc210984904"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc219363414"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Vendor Performance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
     </w:p>
     <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0752D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
@@ -11331,51 +11157,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="_Toc194066615"/>
-      <w:bookmarkStart w:id="62" w:name="_Toc210984905"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc219363415"/>
       <w:r>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508955D5" w14:textId="2E1C442B" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -11471,51 +11297,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No sales tax should be applied to invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4E314F" w14:textId="3DE200C1" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>No fees or surcharges (including travel, fuel, delivery) should be applied to invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C69D88" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Special order fees must be agreed upon by both parties upfront.</w:t>
       </w:r>
     </w:p>
@@ -11609,51 +11434,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ontact </w:t>
       </w:r>
       <w:r w:rsidR="0059140B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00D27857" w:rsidRPr="00536F3D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="00D27857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00536F3D">
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidR="00536F3D" w:rsidRPr="006F627E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Jessica Ofurie</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00536F3D">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for gui</w:t>
       </w:r>
       <w:r w:rsidR="00861069">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11673,135 +11498,136 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BD570A" w14:textId="123FB973" w:rsidR="00BC5DEA" w:rsidRPr="002E2D42" w:rsidRDefault="00BC5DEA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="63" w:name="_Toc194066616"/>
-      <w:bookmarkStart w:id="64" w:name="_Toc210984906"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc219363416"/>
       <w:r w:rsidRPr="002E2D42">
+        <w:lastRenderedPageBreak/>
         <w:t>Adding a Product</w:t>
       </w:r>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidR="00DD0065" w:rsidRPr="00DD0065">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32C0D1EE" w14:textId="0988FACE" w:rsidR="00BC5DEA" w:rsidRPr="009E12A3" w:rsidRDefault="00BC5DEA" w:rsidP="00BC5DEA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To add a product to the list of eligible products sold under this contract, buyers must contact the </w:t>
       </w:r>
       <w:r w:rsidR="00D27857" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D27857" w:rsidRPr="004C5D6D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="00D27857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C5D6D">
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidR="004C5D6D" w:rsidRPr="006F627E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Jessica Ofurie</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004C5D6D">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for approval. The new products requested must comply with the established specifications and scope of the contract.</w:t>
       </w:r>
       <w:r w:rsidR="00BB63B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287EE5A1" w14:textId="14AF6FD9" w:rsidR="00EF4D38" w:rsidRDefault="00EF4D38" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="65" w:name="_Toc194066618"/>
-      <w:bookmarkStart w:id="66" w:name="_Toc210984907"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc219363417"/>
       <w:r w:rsidRPr="00D40F23">
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
       </w:r>
       <w:bookmarkEnd w:id="65"/>
       <w:r w:rsidR="00C73C16">
         <w:t>and Services</w:t>
       </w:r>
       <w:r w:rsidR="000702C6">
         <w:t xml:space="preserve"> (EPPS)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="66"/>
       <w:r w:rsidR="00131479">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72645BD0" w14:textId="27E65B45" w:rsidR="00D27857" w:rsidRPr="009128D0" w:rsidRDefault="00D27857" w:rsidP="00D27857">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="67" w:name="_Memorandum_of_Understanding"/>
       <w:bookmarkStart w:id="68" w:name="_Toc194066619"/>
@@ -11822,51 +11648,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and remanufactured toner cartridges.</w:t>
       </w:r>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> State agencies must comply with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50">
+      <w:hyperlink r:id="rId49">
         <w:r w:rsidRPr="00552DE2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Massachusetts Executive Order 515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, which mandates the procurement of </w:t>
       </w:r>
       <w:r w:rsidR="007F51A2" w:rsidRPr="007F51A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
@@ -12024,51 +11850,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> All copiers, multifunctional devices, </w:t>
       </w:r>
       <w:r w:rsidR="00EC0621">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">printers must meet the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId50" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Electronic Procurement Environmental Assessment </w:t>
         </w:r>
         <w:r w:rsidRPr="00552DE2">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Tool</w:t>
         </w:r>
         <w:r w:rsidR="00CD228B">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
@@ -12220,75 +12046,67 @@
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>High Yield and Remanufactured Toner Cartridges and Returns:</w:t>
       </w:r>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> In accordance with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId51" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="005E77B5">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Enterprise Printer Cartridge Acquisition Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (effective October 31, 2012), all Executive </w:t>
-[...7 lines deleted...]
-        <w:t>Department agencies—and Non-Executive agencies using Commonwealth IT capital funds—must purchase remanufactured laser toner cartridges when available. All vendors under this contract accept returns of used cartridges. The Commonwealth's target is for remanufactured toner cartridges to account for at least 80% of purchases within Executive Departments.</w:t>
+        <w:t xml:space="preserve"> (effective October 31, 2012), all Executive Department agencies—and Non-Executive agencies using Commonwealth IT capital funds—must purchase remanufactured laser toner cartridges when available. All vendors under this contract accept returns of used cartridges. The Commonwealth's target is for remanufactured toner cartridges to account for at least 80% of purchases within Executive Departments.</w:t>
       </w:r>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="005051FE">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E78ED12" w14:textId="77777777" w:rsidR="00D27857" w:rsidRPr="005051FE" w:rsidRDefault="00D27857" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
@@ -12366,144 +12184,145 @@
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>goals.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29A47BAC" w14:textId="77777777" w:rsidR="00D27857" w:rsidRPr="00F220F6" w:rsidRDefault="00D27857" w:rsidP="00D27857">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Learn More:</w:t>
       </w:r>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:anchor="-information-technology-(it)-">
+      <w:hyperlink r:id="rId52" w:anchor="-information-technology-(it)-">
         <w:r w:rsidRPr="66640F25">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>EPP Information Technology</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> website for more information about environmentally preferable IT choices. In addition, e</w:t>
       </w:r>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">xplore the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54">
+      <w:hyperlink r:id="rId53">
         <w:r w:rsidRPr="66640F25">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Environmentally Preferable Products (EPP) Procurement Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and discover detailed guidance in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55">
+      <w:hyperlink r:id="rId54">
         <w:r w:rsidRPr="66640F25">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>EPP Products and Services Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="66640F25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="69" w:name="_Toc194066620"/>
-      <w:bookmarkStart w:id="70" w:name="_Toc210984908"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc219363418"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Instructions for</w:t>
       </w:r>
       <w:r w:rsidR="00BA483E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
         <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
       </w:r>
       <w:r w:rsidRPr="003066B4">
         <w:t xml:space="preserve"> Users</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
     </w:p>
     <w:p w14:paraId="7E58B0D1" w14:textId="2BEA1400" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="00DC48F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -12631,51 +12450,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical support and job aids </w:t>
       </w:r>
       <w:r w:rsidR="000E68EE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by emailing </w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56" w:history="1">
+      <w:hyperlink r:id="rId55" w:history="1">
         <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A63214">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00E9505D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
@@ -12699,51 +12518,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-973-2468</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A63214">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02162275" w14:textId="24ECA279" w:rsidR="00D27857" w:rsidRPr="00DA2AC0" w:rsidRDefault="00D27857" w:rsidP="00BE6BC1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="78" w:name="_Toc205533617"/>
-      <w:bookmarkStart w:id="79" w:name="_Toc210984909"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc219363419"/>
       <w:r w:rsidRPr="00DA2AC0">
         <w:t>Category 1 (Equipment)</w:t>
       </w:r>
       <w:r w:rsidR="007E2FE5">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA2AC0">
         <w:t>Master Agreement</w:t>
       </w:r>
       <w:r w:rsidR="007E2FE5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA2AC0">
         <w:t>and Participating Addendum</w:t>
       </w:r>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:r w:rsidRPr="00DA2AC0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2634A44B" w14:textId="493B2ED8" w:rsidR="00D27857" w:rsidRPr="00DA2AC0" w:rsidRDefault="00D27857" w:rsidP="00D27857">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -12880,51 +12699,51 @@
         <w:t xml:space="preserve">(which may be located </w:t>
       </w:r>
       <w:r w:rsidR="00FE4DE3" w:rsidRPr="004265EE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r w:rsidR="00FE4DE3" w:rsidRPr="00FE4DE3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00FE4DE3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57" w:tgtFrame="_blank" w:tooltip="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" w:history="1">
+      <w:hyperlink r:id="rId56" w:tgtFrame="_blank" w:tooltip="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" w:history="1">
         <w:r w:rsidR="00FE4DE3" w:rsidRPr="004265EE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Portfolio Details - NASPO ValuePoint</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FE4DE3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE4DE3" w:rsidRPr="00FE4DE3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>website</w:t>
       </w:r>
@@ -13002,76 +12821,76 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA2AC0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> incorporating legal and other terms. The Participating Addendum amends that Master Agreement and includes terms specific to Massachusetts, as well as modifying or deleting terms which conflict with Commonwealth laws and requirements.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00D27857" w:rsidRDefault="00D27857" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D27857" w:rsidSect="003E7DC2">
-          <w:footerReference w:type="first" r:id="rId58"/>
+          <w:footerReference w:type="first" r:id="rId57"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66F6F6D9" w14:textId="2E092B64" w:rsidR="00E51057" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="80" w:name="_Appendix_A:_Vendor"/>
       <w:bookmarkStart w:id="81" w:name="_Vendor_Specific_Information"/>
       <w:bookmarkStart w:id="82" w:name="_Vendor_Information*"/>
       <w:bookmarkStart w:id="83" w:name="_Vendor_List_and"/>
       <w:bookmarkStart w:id="84" w:name="_Appendix_A:_1"/>
       <w:bookmarkStart w:id="85" w:name="_Toc194066623"/>
-      <w:bookmarkStart w:id="86" w:name="_Toc210984910"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc219363420"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:r w:rsidRPr="00ED150D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
     </w:p>
     <w:p w14:paraId="1022FB21" w14:textId="4CA4DF9B" w:rsidR="00697A07" w:rsidRPr="00697A07" w:rsidRDefault="00697A07" w:rsidP="00697A07">
       <w:r w:rsidRPr="00697A07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note:</w:t>
@@ -13129,67 +12948,76 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vendor</w:t>
             </w:r>
             <w:r w:rsidR="004401A4">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1D9380C4" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
+          <w:p w14:paraId="1D9380C4" w14:textId="144FB99F" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Master Blanket Purchase Order #</w:t>
+              <w:t xml:space="preserve">Master Blanket Purchase Order </w:t>
+            </w:r>
+            <w:r w:rsidR="002A66E5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="3EBF9347" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13225,67 +13053,76 @@
           <w:p w14:paraId="518E7C9E" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contact Person</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="624F8A9E" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
+          <w:p w14:paraId="624F8A9E" w14:textId="5A58D099" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Phone #</w:t>
+              <w:t xml:space="preserve">Phone </w:t>
+            </w:r>
+            <w:r w:rsidR="002A66E5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2085CBB5" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Email</w:t>
@@ -13528,51 +13365,51 @@
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A968AAF" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:tgtFrame="_new" w:history="1">
+            <w:hyperlink r:id="rId58" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-33508</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C531E1D" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -13646,51 +13483,51 @@
               <w:t>351-201-2213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7571D81A" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C80824B" w14:textId="3C92FDEC" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="007C1E1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Jessica.Ofurie2@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49135834" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -13875,51 +13712,51 @@
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B533A76" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:tgtFrame="_new" w:history="1">
+            <w:hyperlink r:id="rId60" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-33420</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62F68C51" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -13993,51 +13830,51 @@
               <w:t>351-201-2213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6499EC9C" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0BED71E9" w14:textId="349339E4" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="007C1E1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Jessica.Ofurie2@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F37BF47" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -14137,51 +13974,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00527F67">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Canon U.S.A. Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15687007" w14:textId="425FC4C2" w:rsidR="00527F67" w:rsidRPr="00527F67" w:rsidRDefault="00527F67" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r w:rsidRPr="00527F67">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC01-36506</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="629E818D" w14:textId="6988A626" w:rsidR="00527F67" w:rsidRPr="00527F67" w:rsidRDefault="00527F67" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00527F67">
@@ -14226,51 +14063,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00527F67">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>631-330-4981</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EA9A339" w14:textId="29BA0D26" w:rsidR="00527F67" w:rsidRPr="00527F67" w:rsidRDefault="00527F67" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r w:rsidRPr="00527F67">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:t>rastefanous@cusa.canon.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00527F67">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CE781FE" w14:textId="273F448A" w:rsidR="00527F67" w:rsidRPr="00527F67" w:rsidRDefault="00527F67" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -14372,51 +14209,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Konica Minolta Business Solutions USA, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C59C3AD" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC01-34956</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AB4B7B0" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -14463,51 +14300,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-254-9514</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03F35A2F" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>swalbert@kmbs.konicaminolta.us</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29D768D6" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
@@ -14563,101 +14400,360 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03D35179" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E961EF" w:rsidRPr="00697A07" w14:paraId="5B1624E5" w14:textId="77777777" w:rsidTr="00527F67">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="719"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1777" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72CCB321" w14:textId="3309CAA7" w:rsidR="00E961EF" w:rsidRPr="00E961EF" w:rsidRDefault="00E961EF" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E961EF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Kyocera Document Solutions America, Inc</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3200F7EB" w14:textId="7D79685D" w:rsidR="00E961EF" w:rsidRPr="00BD6799" w:rsidRDefault="00BD6799" w:rsidP="00297939">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r w:rsidRPr="00BD6799">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>PO-25-1080-OSD03-SRC01-36523</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A33C0D2" w14:textId="23D19063" w:rsidR="00E961EF" w:rsidRPr="00E961EF" w:rsidRDefault="00E961EF" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E961EF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7918F2" w14:textId="00E5E29E" w:rsidR="00E961EF" w:rsidRPr="00E961EF" w:rsidRDefault="00E961EF" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E961EF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Millicent Richardson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78FD0870" w14:textId="395A890A" w:rsidR="00E961EF" w:rsidRPr="00E961EF" w:rsidRDefault="00E961EF" w:rsidP="00E961EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E961EF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>571-722-6473</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66BEE1E4" w14:textId="77777777" w:rsidR="00E961EF" w:rsidRPr="00E961EF" w:rsidRDefault="00E961EF" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3D6E17" w14:textId="54F83B55" w:rsidR="00E961EF" w:rsidRPr="00E961EF" w:rsidRDefault="00E961EF" w:rsidP="00E961EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r w:rsidRPr="00E961EF">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>Millicent.Richardson@da.kyocera.com</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E961EF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43ECC9D6" w14:textId="77777777" w:rsidR="00E961EF" w:rsidRPr="00E961EF" w:rsidRDefault="00E961EF" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E07E0B2" w14:textId="399CE44E" w:rsidR="00E961EF" w:rsidRPr="00E961EF" w:rsidRDefault="00E961EF" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E961EF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F43F138" w14:textId="2D0445DB" w:rsidR="00E961EF" w:rsidRPr="00E961EF" w:rsidRDefault="00E961EF" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E961EF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2% 10 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C89C231" w14:textId="627A3035" w:rsidR="00E961EF" w:rsidRPr="00E961EF" w:rsidRDefault="00E961EF" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E961EF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BEBAB44" w14:textId="60FA240D" w:rsidR="00E961EF" w:rsidRPr="00E961EF" w:rsidRDefault="00E961EF" w:rsidP="00297939">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E961EF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080058D" w:rsidRPr="00697A07" w14:paraId="5662D47B" w14:textId="77777777" w:rsidTr="00527F67">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="611"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C27C82C" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ricoh USA, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D37461C" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC01-34311</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C89590A" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -14704,51 +14800,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>978-621-1276</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6583DC41" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>mike.pallotta@ricoh-usa.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EA5A972" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
@@ -14856,51 +14952,51 @@
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sharp Electronics Corp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="172039F0" w14:textId="69CE6136" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="000022EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:tgtFrame="_new" w:history="1">
+            <w:hyperlink r:id="rId70" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-33390</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A5B6BE0" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -14947,51 +15043,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>201-669-9669</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1767FAF9" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>HugginsM@sharpsec.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B13EFA3" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
@@ -15097,51 +15193,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Toshiba America Business Solutions, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6093514E" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC01-34452</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EA2FF6C" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -15222,91 +15318,91 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(617) 936-7811</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21469560" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Steve.Nickerson@tbs.toshiba.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="2BDD4CA2" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Scott.Lacreta@tbs.toshiba.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7CA5ED7C" w14:textId="7373D2BE" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="000022EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Robert.Ellis@tbs.toshiba.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="049499F3" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -15438,51 +15534,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Xerox Corp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C7B1776" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC01-35355</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="293FF517" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
@@ -15529,51 +15625,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>857-241-6317</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35A9C52E" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r w:rsidRPr="00697A07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>yvonne.hickey@xerox.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CFE3613" w14:textId="77777777" w:rsidR="0080058D" w:rsidRPr="00697A07" w:rsidRDefault="0080058D" w:rsidP="00297939">
@@ -15647,51 +15743,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00697A07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="387CC61A" w14:textId="17C01AC2" w:rsidR="00304C6F" w:rsidRDefault="00275216" w:rsidP="0080058D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="_Toc210984911"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc219363421"/>
       <w:r w:rsidRPr="00275216">
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t xml:space="preserve"> (UNSPSC</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t>)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="89"/>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00E23F4C">
         <w:rPr>
           <w:highlight w:val="yellow"/>
@@ -15789,50 +15885,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Scanners </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EF9BD69" w14:textId="06E06981" w:rsidR="00A7060F" w:rsidRDefault="0080058D" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080058D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0080058D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0080058D">
         <w:rPr>
@@ -15901,51 +15998,50 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Copiers, Printers, Digital Duplicators, Scanners, and Related Equipment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="225B65E4" w14:textId="2677CDEE" w:rsidR="0080058D" w:rsidRDefault="0080058D" w:rsidP="000D21F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080058D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0080058D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0080058D">
         <w:rPr>
@@ -16337,51 +16433,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0080058D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">16 </w:t>
       </w:r>
       <w:r w:rsidRPr="0080058D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Operating Lease Finance Service</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B85F581" w14:textId="136C7BD2" w:rsidR="00931DF2" w:rsidRDefault="00E51057" w:rsidP="005278C6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="90" w:name="_Toc210984912"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc219363422"/>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Appendix</w:t>
       </w:r>
       <w:r w:rsidR="005278C6" w:rsidRPr="005278C6">
         <w:t xml:space="preserve"> A: Moratorium on Executive Department Equipment Acquisitions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="90"/>
     </w:p>
     <w:p w14:paraId="6BC0B592" w14:textId="77777777" w:rsidR="005278C6" w:rsidRPr="00E658EC" w:rsidRDefault="005278C6" w:rsidP="005278C6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E658EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -16397,51 +16493,51 @@
       </w:pPr>
       <w:r w:rsidRPr="005524F3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00BA2D4A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="005524F3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77" w:history="1">
+      <w:hyperlink r:id="rId78" w:history="1">
         <w:r w:rsidR="008466B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Enterprise Print Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005524F3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for up-to-date information on the moratorium concerning </w:t>
       </w:r>
       <w:r w:rsidR="00BA2D4A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
@@ -16510,73 +16606,73 @@
     <w:p w14:paraId="171E07C8" w14:textId="77777777" w:rsidR="00B85757" w:rsidRPr="00B85757" w:rsidRDefault="00B85757" w:rsidP="00B85757"/>
     <w:p w14:paraId="5AA21BF8" w14:textId="1817E4EB" w:rsidR="00B85757" w:rsidRPr="00B85757" w:rsidRDefault="00B85757" w:rsidP="00B85757">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5409"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B85757" w:rsidRPr="00B85757" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1465C117" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="3049EF58" w14:textId="77777777" w:rsidR="004F0871" w:rsidRDefault="004F0871" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAD429C" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E"/>
+    <w:p w14:paraId="1F6FBFBD" w14:textId="77777777" w:rsidR="004F0871" w:rsidRDefault="004F0871"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="114D0971" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="416640D3" w14:textId="77777777" w:rsidR="004F0871" w:rsidRDefault="004F0871" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5370014D" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E"/>
+    <w:p w14:paraId="0AD1B4F9" w14:textId="77777777" w:rsidR="004F0871" w:rsidRDefault="004F0871"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="05F74B43" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E">
+    <w:p w14:paraId="06C7FCF2" w14:textId="77777777" w:rsidR="004F0871" w:rsidRDefault="004F0871">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -17019,55 +17115,55 @@
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...3 lines deleted...]
-              <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="4618DCE3">
+            <v:group id="Group 1730328604" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" alt="&quot;&quot;" coordsize="12240,555" coordorigin=",15285" o:spid="_x0000_s1026" w14:anchorId="1C01D1DB" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+              <v:rect id="Rectangle 6" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="#efb935" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;"/>
+              <v:rect id="Rectangle 7" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="#2e3791" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
@@ -17513,55 +17609,55 @@
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...3 lines deleted...]
-              <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="572DFBAC">
+            <v:group id="Group 26" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" alt="&quot;&quot;" coordsize="12240,555" coordorigin=",15285" o:spid="_x0000_s1026" w14:anchorId="642BEEDE" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+              <v:rect id="Rectangle 6" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="#efb935" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+              <v:rect id="Rectangle 7" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="#2e3791" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
     </w:tblGrid>
     <w:tr w:rsidR="005851F6" w14:paraId="488F74A0" w14:textId="77777777" w:rsidTr="00B84519">
@@ -17886,73 +17982,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27A42959" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="17B70D0A" w14:textId="77777777" w:rsidR="004F0871" w:rsidRDefault="004F0871" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD30390" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E"/>
+    <w:p w14:paraId="647BEA88" w14:textId="77777777" w:rsidR="004F0871" w:rsidRDefault="004F0871"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5662741D" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="618EEB27" w14:textId="77777777" w:rsidR="004F0871" w:rsidRDefault="004F0871" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A0D65D0" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E"/>
+    <w:p w14:paraId="42E023E4" w14:textId="77777777" w:rsidR="004F0871" w:rsidRDefault="004F0871"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="315B73BA" w14:textId="77777777" w:rsidR="008D650E" w:rsidRDefault="008D650E">
+    <w:p w14:paraId="0DD66A1C" w14:textId="77777777" w:rsidR="004F0871" w:rsidRDefault="004F0871">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="54AB7BBA" w14:textId="0DF37038" w:rsidR="004401A4" w:rsidRDefault="004401A4">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A143E6" w:rsidRPr="00A143E6">
         <w:t>Note that COMMBUYS is the official system of record for vendor contact information.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -18134,91 +18230,91 @@
                               <w:sz w:val="48"/>
                             </w:rPr>
                             <w:t>Contract User Guide</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="28DB629A" w14:textId="7274984B" w:rsidR="00886F53" w:rsidRPr="005D4B8A" w:rsidRDefault="00886F53" w:rsidP="00057CE6">
                           <w:pPr>
                             <w:ind w:right="-50"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="6BE6E74D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="56960679">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="6BE6E74D">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:312.15pt;height:64.7pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5IHfIDgIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk6wx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7ry8lu2m2vQ3TgyCK1CF5eLS56VvDTgq9Blvw2WTKmbISKm0PBf/+bf/m&#10;mjMfhK2EAasK/qg8v9m+frXpXK7m0ICpFDICsT7vXMGbEFyeZV42qhV+Ak5ZctaArQhk4iGrUHSE&#10;3ppsPp2usg6wcghSeU+3d4OTbxN+XSsZvtS1V4GZglNtIe2Y9jLu2XYj8gMK12g5liH+oYpWaEtJ&#10;z1B3Igh2RP0XVKslgoc6TCS0GdS1lir1QN3Mpn9089AIp1IvRI53Z5r8/4OVn08P7iuy0L+DngaY&#10;mvDuHuQPzyzsGmEP6hYRukaJihLPImVZ53w+Po1U+9xHkLL7BBUNWRwDJKC+xjayQn0yQqcBPJ5J&#10;V31gki6v1qvF1XLFmSTf9Xy2XixSCpE/v3bowwcFLYuHgiMNNaGL070PsRqRP4fEZB6MrvbamGTg&#10;odwZZCdBAtinNaL/FmYs6wq+Xs6XCdlCfJ+00epAAjW6peKmcQ2SiWy8t1UKCUKb4UyVGDvSExkZ&#10;uAl92VNgpKmE6pGIQhiESB+HDg3gL846EmHB/c+jQMWZ+WiJ7PVssYiqTcZi+XZOBl56ykuPsJKg&#10;Ch44G467kJQeebBwS0OpdeLrpZKxVhJXonH8CFG9l3aKevmu2ycAAAD//wMAUEsDBBQABgAIAAAA&#10;IQClyiHv2wAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXYRkVpkadSk&#10;xmtrf8AAUyCys4TdFvrvnXrRy0sm7+W9b/L1bHt1otF3jg08LCJQxJWrO24M7L8298+gfECusXdM&#10;Bs7kYV1cX+WY1W7iLZ12oVFSwj5DA20IQ6a1r1qy6BduIBbv4EaLQc6x0fWIk5TbXsdRlGqLHctC&#10;iwO9t1R9747WwOFzuntaTeVH2C+3SfqG3bJ0Z2Nub+bXF1CB5vAXhgu+oEMhTKU7cu1Vb0AeCb8q&#10;Xhonj6BKCcWrBHSR6//0xQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOSB3yA4CAAD2&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApcoh79sA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" stroked="f">
+            <v:shape id="Text Box 2" style="width:312.15pt;height:64.7pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:spid="_x0000_s1026" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5IHfIDgIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk6wx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7ry8lu2m2vQ3TgyCK1CF5eLS56VvDTgq9Blvw2WTKmbISKm0PBf/+bf/m&#10;mjMfhK2EAasK/qg8v9m+frXpXK7m0ICpFDICsT7vXMGbEFyeZV42qhV+Ak5ZctaArQhk4iGrUHSE&#10;3ppsPp2usg6wcghSeU+3d4OTbxN+XSsZvtS1V4GZglNtIe2Y9jLu2XYj8gMK12g5liH+oYpWaEtJ&#10;z1B3Igh2RP0XVKslgoc6TCS0GdS1lir1QN3Mpn9089AIp1IvRI53Z5r8/4OVn08P7iuy0L+DngaY&#10;mvDuHuQPzyzsGmEP6hYRukaJihLPImVZ53w+Po1U+9xHkLL7BBUNWRwDJKC+xjayQn0yQqcBPJ5J&#10;V31gki6v1qvF1XLFmSTf9Xy2XixSCpE/v3bowwcFLYuHgiMNNaGL070PsRqRP4fEZB6MrvbamGTg&#10;odwZZCdBAtinNaL/FmYs6wq+Xs6XCdlCfJ+00epAAjW6peKmcQ2SiWy8t1UKCUKb4UyVGDvSExkZ&#10;uAl92VNgpKmE6pGIQhiESB+HDg3gL846EmHB/c+jQMWZ+WiJ7PVssYiqTcZi+XZOBl56ykuPsJKg&#10;Ch44G467kJQeebBwS0OpdeLrpZKxVhJXonH8CFG9l3aKevmu2ycAAAD//wMAUEsDBBQABgAIAAAA&#10;IQClyiHv2wAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXYRkVpkadSk&#10;xmtrf8AAUyCys4TdFvrvnXrRy0sm7+W9b/L1bHt1otF3jg08LCJQxJWrO24M7L8298+gfECusXdM&#10;Bs7kYV1cX+WY1W7iLZ12oVFSwj5DA20IQ6a1r1qy6BduIBbv4EaLQc6x0fWIk5TbXsdRlGqLHctC&#10;iwO9t1R9747WwOFzuntaTeVH2C+3SfqG3bJ0Z2Nub+bXF1CB5vAXhgu+oEMhTKU7cu1Vb0AeCb8q&#10;Xhonj6BKCcWrBHSR6//0xQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOSB3yA4CAAD2&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApcoh79sA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="7E0367E2" w14:textId="63621440" w:rsidR="00913691" w:rsidRPr="005D4B8A" w:rsidRDefault="0080058D" w:rsidP="00913691">
+                  <w:p w:rsidRPr="005D4B8A" w:rsidR="00913691" w:rsidP="00913691" w:rsidRDefault="0080058D" w14:paraId="520E9205" w14:textId="63621440">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t>ITE001</w:t>
                     </w:r>
-                    <w:r w:rsidR="00913691" w:rsidRPr="00256FA6">
+                    <w:r w:rsidRPr="00256FA6" w:rsidR="00913691">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="00913691">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t>Contract User Guide</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="28DB629A" w14:textId="7274984B" w:rsidR="00886F53" w:rsidRPr="005D4B8A" w:rsidRDefault="00886F53" w:rsidP="00057CE6">
+                  <w:p w:rsidRPr="005D4B8A" w:rsidR="00886F53" w:rsidP="00057CE6" w:rsidRDefault="00886F53" w14:paraId="672A6659" w14:textId="7274984B">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="3F3B35B9" w14:textId="77777777" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
@@ -18247,54 +18343,54 @@
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...2 lines deleted...]
-              <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="01BD42AC">
+            <v:line id="Straight Connector 4" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" o:spid="_x0000_s1026" strokecolor="#4f81bd [3204]" strokeweight="3pt" from="0,0" to="550.8pt,0" w14:anchorId="734A9BE5" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;">
+              <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
@@ -18460,84 +18556,84 @@
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="00DD35D3" w:rsidRPr="00492CC3">
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="52"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>Contract User Guide</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="1597F477" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="5D44A2B4">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="1597F477">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1311369810" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:313.9pt;height:67.4pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuRJQEDwIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJktYx4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7ry8lu2m2vQ3TgyCK1CF5eLS+6VvDTgq9Blvy2WTKmbISKm0PJf/+bfcm&#10;58wHYSthwKqSPyrPbzavX607V6g5NGAqhYxArC86V/ImBFdkmZeNaoWfgFOWnDVgKwKZeMgqFB2h&#10;tyabT6dXWQdYOQSpvKfbu8HJNwm/rpUMX+raq8BMyam2kHZM+z7u2WYtigMK12g5liH+oYpWaEtJ&#10;z1B3Igh2RP0XVKslgoc6TCS0GdS1lir1QN3Mpn9089AIp1IvRI53Z5r8/4OVn08P7iuy0L+DngaY&#10;mvDuHuQPzyxsG2EP6hYRukaJihLPImVZ53wxPo1U+8JHkH33CSoasjgGSEB9jW1khfpkhE4DeDyT&#10;rvrAJF2+XeVXi5xcknz5cplf5ymFKJ5fO/Thg4KWxUPJkYaa0MXp3odYjSieQ2IyD0ZXO21MMvCw&#10;3xpkJ0EC2KU1ov8WZizrSr5azpcJ2UJ8n7TR6kACNbql4qZxDZKJbLy3VQoJQpvhTJUYO9ITGRm4&#10;Cf2+Z7oauYts7aF6JL4QBj3S/6FDA/iLs460WHL/8yhQcWY+WuJ8NVssoniTsVhez8nAS8/+0iOs&#10;JKiSB86G4zYkwUc6LNzSbGqdaHupZCyZNJbYHP9DFPGlnaJefu3mCQAA//8DAFBLAwQUAAYACAAA&#10;ACEAUtsajNoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1KCUpIU4F&#10;SCCuLf2ATbxNIuJ1FLtN+vcsXOCy0mhGs2+Kzex6daIxdJ4N3C0SUMS1tx03Bvafb7drUCEiW+w9&#10;k4EzBdiUlxcF5tZPvKXTLjZKSjjkaKCNcci1DnVLDsPCD8TiHfzoMIocG21HnKTc9XqZJKl22LF8&#10;aHGg15bqr93RGTh8TDcPj1P1HvfZdpW+YJdV/mzM9dX8/AQq0hz/wvCDL+hQClPlj2yD6g3IkPh7&#10;xUuXmcyoJHS/WoMuC/2fvvwGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALkSUBA8CAAD9&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUtsajNoA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" stroked="f">
+            <v:shape id="Text Box 1311369810" style="width:313.9pt;height:67.4pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:spid="_x0000_s1027" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuRJQEDwIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJktYx4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7ry8lu2m2vQ3TgyCK1CF5eLS+6VvDTgq9Blvy2WTKmbISKm0PJf/+bfcm&#10;58wHYSthwKqSPyrPbzavX607V6g5NGAqhYxArC86V/ImBFdkmZeNaoWfgFOWnDVgKwKZeMgqFB2h&#10;tyabT6dXWQdYOQSpvKfbu8HJNwm/rpUMX+raq8BMyam2kHZM+z7u2WYtigMK12g5liH+oYpWaEtJ&#10;z1B3Igh2RP0XVKslgoc6TCS0GdS1lir1QN3Mpn9089AIp1IvRI53Z5r8/4OVn08P7iuy0L+DngaY&#10;mvDuHuQPzyxsG2EP6hYRukaJihLPImVZ53wxPo1U+8JHkH33CSoasjgGSEB9jW1khfpkhE4DeDyT&#10;rvrAJF2+XeVXi5xcknz5cplf5ymFKJ5fO/Thg4KWxUPJkYaa0MXp3odYjSieQ2IyD0ZXO21MMvCw&#10;3xpkJ0EC2KU1ov8WZizrSr5azpcJ2UJ8n7TR6kACNbql4qZxDZKJbLy3VQoJQpvhTJUYO9ITGRm4&#10;Cf2+Z7oauYts7aF6JL4QBj3S/6FDA/iLs460WHL/8yhQcWY+WuJ8NVssoniTsVhez8nAS8/+0iOs&#10;JKiSB86G4zYkwUc6LNzSbGqdaHupZCyZNJbYHP9DFPGlnaJefu3mCQAA//8DAFBLAwQUAAYACAAA&#10;ACEAUtsajNoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1KCUpIU4F&#10;SCCuLf2ATbxNIuJ1FLtN+vcsXOCy0mhGs2+Kzex6daIxdJ4N3C0SUMS1tx03Bvafb7drUCEiW+w9&#10;k4EzBdiUlxcF5tZPvKXTLjZKSjjkaKCNcci1DnVLDsPCD8TiHfzoMIocG21HnKTc9XqZJKl22LF8&#10;aHGg15bqr93RGTh8TDcPj1P1HvfZdpW+YJdV/mzM9dX8/AQq0hz/wvCDL+hQClPlj2yD6g3IkPh7&#10;xUuXmcyoJHS/WoMuC/2fvvwGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALkSUBA8CAAD9&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUtsajNoA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="06F7E207" w14:textId="60781329" w:rsidR="00DD35D3" w:rsidRPr="00492CC3" w:rsidRDefault="00025906">
+                  <w:p w:rsidRPr="00492CC3" w:rsidR="00DD35D3" w:rsidRDefault="00025906" w14:paraId="0DFAD84C" w14:textId="60781329">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="52"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t>ITE001</w:t>
                     </w:r>
-                    <w:r w:rsidR="00DD35D3" w:rsidRPr="00256FA6">
+                    <w:r w:rsidRPr="00256FA6" w:rsidR="00DD35D3">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidR="00DD35D3" w:rsidRPr="00492CC3">
+                    <w:r w:rsidRPr="00492CC3" w:rsidR="00DD35D3">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="52"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>Contract User Guide</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14DB22E7" w14:textId="77777777" w:rsidR="00DD35D3" w:rsidRPr="00D24FD4" w:rsidRDefault="00DD35D3" w:rsidP="00197BB3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
@@ -18594,54 +18690,54 @@
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...2 lines deleted...]
-              <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+        <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="47BB726B">
+            <v:line id="Straight Connector 1684346985" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" alt="&quot;&quot;" o:spid="_x0000_s1026" strokecolor="#4f81bd [3204]" strokeweight="3pt" from="0,0" to="550.8pt,0" w14:anchorId="2BB21BCF" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;">
+              <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
@@ -21758,50 +21854,51 @@
     <w:rsid w:val="0026357A"/>
     <w:rsid w:val="0026368F"/>
     <w:rsid w:val="00264128"/>
     <w:rsid w:val="002642F9"/>
     <w:rsid w:val="00264A56"/>
     <w:rsid w:val="00265213"/>
     <w:rsid w:val="002655B7"/>
     <w:rsid w:val="002655CF"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00266475"/>
     <w:rsid w:val="002665C5"/>
     <w:rsid w:val="0026670F"/>
     <w:rsid w:val="0026740B"/>
     <w:rsid w:val="00267BB6"/>
     <w:rsid w:val="002705CB"/>
     <w:rsid w:val="0027105F"/>
     <w:rsid w:val="002710E6"/>
     <w:rsid w:val="0027186F"/>
     <w:rsid w:val="002718D1"/>
     <w:rsid w:val="002722E1"/>
     <w:rsid w:val="002725D9"/>
     <w:rsid w:val="00272A26"/>
     <w:rsid w:val="002733A5"/>
     <w:rsid w:val="002733D1"/>
+    <w:rsid w:val="002736C7"/>
     <w:rsid w:val="002739BC"/>
     <w:rsid w:val="00273A68"/>
     <w:rsid w:val="00275216"/>
     <w:rsid w:val="00275AAF"/>
     <w:rsid w:val="00275DEB"/>
     <w:rsid w:val="00276002"/>
     <w:rsid w:val="00277786"/>
     <w:rsid w:val="00277C51"/>
     <w:rsid w:val="00277CB7"/>
     <w:rsid w:val="00277D1B"/>
     <w:rsid w:val="00277E0D"/>
     <w:rsid w:val="00280B86"/>
     <w:rsid w:val="00280DE4"/>
     <w:rsid w:val="00280EC3"/>
     <w:rsid w:val="002812E6"/>
     <w:rsid w:val="00281536"/>
     <w:rsid w:val="002816F4"/>
     <w:rsid w:val="00281714"/>
     <w:rsid w:val="0028171C"/>
     <w:rsid w:val="002819AB"/>
     <w:rsid w:val="002819F1"/>
     <w:rsid w:val="00281FB4"/>
     <w:rsid w:val="00282767"/>
     <w:rsid w:val="00282C29"/>
     <w:rsid w:val="002832C4"/>
@@ -21860,50 +21957,51 @@
     <w:rsid w:val="002A0E8C"/>
     <w:rsid w:val="002A10B9"/>
     <w:rsid w:val="002A1148"/>
     <w:rsid w:val="002A1A05"/>
     <w:rsid w:val="002A1C92"/>
     <w:rsid w:val="002A2001"/>
     <w:rsid w:val="002A22A0"/>
     <w:rsid w:val="002A22C5"/>
     <w:rsid w:val="002A23C2"/>
     <w:rsid w:val="002A310B"/>
     <w:rsid w:val="002A326F"/>
     <w:rsid w:val="002A3ACC"/>
     <w:rsid w:val="002A3E20"/>
     <w:rsid w:val="002A3E79"/>
     <w:rsid w:val="002A3ED3"/>
     <w:rsid w:val="002A3FC0"/>
     <w:rsid w:val="002A400F"/>
     <w:rsid w:val="002A40B2"/>
     <w:rsid w:val="002A40E1"/>
     <w:rsid w:val="002A4290"/>
     <w:rsid w:val="002A464F"/>
     <w:rsid w:val="002A4C9A"/>
     <w:rsid w:val="002A530A"/>
     <w:rsid w:val="002A5B1A"/>
     <w:rsid w:val="002A642B"/>
+    <w:rsid w:val="002A66E5"/>
     <w:rsid w:val="002B02C8"/>
     <w:rsid w:val="002B04B8"/>
     <w:rsid w:val="002B052E"/>
     <w:rsid w:val="002B068D"/>
     <w:rsid w:val="002B06A1"/>
     <w:rsid w:val="002B0A51"/>
     <w:rsid w:val="002B0D95"/>
     <w:rsid w:val="002B1342"/>
     <w:rsid w:val="002B167F"/>
     <w:rsid w:val="002B1E3A"/>
     <w:rsid w:val="002B2726"/>
     <w:rsid w:val="002B2B23"/>
     <w:rsid w:val="002B36A0"/>
     <w:rsid w:val="002B384F"/>
     <w:rsid w:val="002B3DC0"/>
     <w:rsid w:val="002B4F4A"/>
     <w:rsid w:val="002B5B98"/>
     <w:rsid w:val="002B5EFC"/>
     <w:rsid w:val="002B6D2F"/>
     <w:rsid w:val="002B6D5C"/>
     <w:rsid w:val="002C03BF"/>
     <w:rsid w:val="002C0911"/>
     <w:rsid w:val="002C1276"/>
     <w:rsid w:val="002C13B6"/>
     <w:rsid w:val="002C155F"/>
@@ -21927,50 +22025,51 @@
     <w:rsid w:val="002C7CFF"/>
     <w:rsid w:val="002D031B"/>
     <w:rsid w:val="002D0489"/>
     <w:rsid w:val="002D099E"/>
     <w:rsid w:val="002D0D07"/>
     <w:rsid w:val="002D1055"/>
     <w:rsid w:val="002D17D2"/>
     <w:rsid w:val="002D1B7E"/>
     <w:rsid w:val="002D297F"/>
     <w:rsid w:val="002D2A9D"/>
     <w:rsid w:val="002D2B3C"/>
     <w:rsid w:val="002D2BD3"/>
     <w:rsid w:val="002D3FBA"/>
     <w:rsid w:val="002D4C74"/>
     <w:rsid w:val="002D59FE"/>
     <w:rsid w:val="002D5DC8"/>
     <w:rsid w:val="002D6808"/>
     <w:rsid w:val="002D73B7"/>
     <w:rsid w:val="002D74AB"/>
     <w:rsid w:val="002D7C5B"/>
     <w:rsid w:val="002D7D03"/>
     <w:rsid w:val="002D7D25"/>
     <w:rsid w:val="002E25D3"/>
     <w:rsid w:val="002E2745"/>
     <w:rsid w:val="002E29CF"/>
+    <w:rsid w:val="002E2BDB"/>
     <w:rsid w:val="002E2D42"/>
     <w:rsid w:val="002E3754"/>
     <w:rsid w:val="002E3BDF"/>
     <w:rsid w:val="002E3C33"/>
     <w:rsid w:val="002E4144"/>
     <w:rsid w:val="002E449D"/>
     <w:rsid w:val="002E57C5"/>
     <w:rsid w:val="002E58A6"/>
     <w:rsid w:val="002E58BD"/>
     <w:rsid w:val="002E5A64"/>
     <w:rsid w:val="002E618D"/>
     <w:rsid w:val="002E67A6"/>
     <w:rsid w:val="002E6F20"/>
     <w:rsid w:val="002E6FC9"/>
     <w:rsid w:val="002E6FFA"/>
     <w:rsid w:val="002E7138"/>
     <w:rsid w:val="002E7698"/>
     <w:rsid w:val="002E7816"/>
     <w:rsid w:val="002E79BA"/>
     <w:rsid w:val="002F05C6"/>
     <w:rsid w:val="002F0CEC"/>
     <w:rsid w:val="002F0EED"/>
     <w:rsid w:val="002F1403"/>
     <w:rsid w:val="002F164A"/>
     <w:rsid w:val="002F195E"/>
@@ -22740,50 +22839,51 @@
     <w:rsid w:val="004E1C44"/>
     <w:rsid w:val="004E1E93"/>
     <w:rsid w:val="004E2047"/>
     <w:rsid w:val="004E240F"/>
     <w:rsid w:val="004E2CD6"/>
     <w:rsid w:val="004E378B"/>
     <w:rsid w:val="004E3899"/>
     <w:rsid w:val="004E4052"/>
     <w:rsid w:val="004E40C2"/>
     <w:rsid w:val="004E430B"/>
     <w:rsid w:val="004E465C"/>
     <w:rsid w:val="004E4757"/>
     <w:rsid w:val="004E4824"/>
     <w:rsid w:val="004E4B2C"/>
     <w:rsid w:val="004E4BCC"/>
     <w:rsid w:val="004E4D51"/>
     <w:rsid w:val="004E55E4"/>
     <w:rsid w:val="004E5706"/>
     <w:rsid w:val="004E572D"/>
     <w:rsid w:val="004E644E"/>
     <w:rsid w:val="004E686F"/>
     <w:rsid w:val="004E6BF5"/>
     <w:rsid w:val="004E78BB"/>
     <w:rsid w:val="004E7D4B"/>
     <w:rsid w:val="004E7FC1"/>
+    <w:rsid w:val="004F0871"/>
     <w:rsid w:val="004F0F63"/>
     <w:rsid w:val="004F1008"/>
     <w:rsid w:val="004F160B"/>
     <w:rsid w:val="004F1B8D"/>
     <w:rsid w:val="004F20E6"/>
     <w:rsid w:val="004F2257"/>
     <w:rsid w:val="004F28BD"/>
     <w:rsid w:val="004F2CD1"/>
     <w:rsid w:val="004F35A5"/>
     <w:rsid w:val="004F3CBB"/>
     <w:rsid w:val="004F3D32"/>
     <w:rsid w:val="004F3E68"/>
     <w:rsid w:val="004F3E87"/>
     <w:rsid w:val="004F4864"/>
     <w:rsid w:val="004F50F1"/>
     <w:rsid w:val="004F521A"/>
     <w:rsid w:val="004F559B"/>
     <w:rsid w:val="004F5BE9"/>
     <w:rsid w:val="004F62CC"/>
     <w:rsid w:val="004F636A"/>
     <w:rsid w:val="004F6F66"/>
     <w:rsid w:val="00500724"/>
     <w:rsid w:val="005011FB"/>
     <w:rsid w:val="0050161D"/>
     <w:rsid w:val="00501AD6"/>
@@ -23428,50 +23528,51 @@
     <w:rsid w:val="00680C76"/>
     <w:rsid w:val="006812FE"/>
     <w:rsid w:val="0068134D"/>
     <w:rsid w:val="0068182D"/>
     <w:rsid w:val="00681891"/>
     <w:rsid w:val="00681C1A"/>
     <w:rsid w:val="00681E96"/>
     <w:rsid w:val="006823F8"/>
     <w:rsid w:val="006824D3"/>
     <w:rsid w:val="00682608"/>
     <w:rsid w:val="00682D2C"/>
     <w:rsid w:val="0068340E"/>
     <w:rsid w:val="00683725"/>
     <w:rsid w:val="00683AB6"/>
     <w:rsid w:val="00683D10"/>
     <w:rsid w:val="00684285"/>
     <w:rsid w:val="006842DD"/>
     <w:rsid w:val="0068516D"/>
     <w:rsid w:val="006853F7"/>
     <w:rsid w:val="0068545D"/>
     <w:rsid w:val="0068560F"/>
     <w:rsid w:val="00685BFC"/>
     <w:rsid w:val="00685F7E"/>
     <w:rsid w:val="006868D2"/>
     <w:rsid w:val="00686E6F"/>
+    <w:rsid w:val="00686EC5"/>
     <w:rsid w:val="00687D01"/>
     <w:rsid w:val="00687EF9"/>
     <w:rsid w:val="00690206"/>
     <w:rsid w:val="006904BA"/>
     <w:rsid w:val="00690647"/>
     <w:rsid w:val="0069078B"/>
     <w:rsid w:val="00690E57"/>
     <w:rsid w:val="006911AE"/>
     <w:rsid w:val="00691469"/>
     <w:rsid w:val="0069162F"/>
     <w:rsid w:val="006919A9"/>
     <w:rsid w:val="0069219E"/>
     <w:rsid w:val="00692551"/>
     <w:rsid w:val="00692813"/>
     <w:rsid w:val="00692D2C"/>
     <w:rsid w:val="00693338"/>
     <w:rsid w:val="0069357D"/>
     <w:rsid w:val="00693B8C"/>
     <w:rsid w:val="00694011"/>
     <w:rsid w:val="006940F3"/>
     <w:rsid w:val="00694493"/>
     <w:rsid w:val="00694AE3"/>
     <w:rsid w:val="006954D4"/>
     <w:rsid w:val="00695950"/>
     <w:rsid w:val="00695CED"/>
@@ -23751,50 +23852,51 @@
     <w:rsid w:val="00752008"/>
     <w:rsid w:val="0075262F"/>
     <w:rsid w:val="00752872"/>
     <w:rsid w:val="00752BCE"/>
     <w:rsid w:val="00753127"/>
     <w:rsid w:val="0075391A"/>
     <w:rsid w:val="0075396C"/>
     <w:rsid w:val="00753E85"/>
     <w:rsid w:val="0075477B"/>
     <w:rsid w:val="00754DF1"/>
     <w:rsid w:val="00754F08"/>
     <w:rsid w:val="00754FD0"/>
     <w:rsid w:val="00755050"/>
     <w:rsid w:val="0075509D"/>
     <w:rsid w:val="007553C2"/>
     <w:rsid w:val="00756482"/>
     <w:rsid w:val="00756CDF"/>
     <w:rsid w:val="00756D9B"/>
     <w:rsid w:val="0075729A"/>
     <w:rsid w:val="0075785E"/>
     <w:rsid w:val="007609D7"/>
     <w:rsid w:val="00760DC2"/>
     <w:rsid w:val="0076150F"/>
     <w:rsid w:val="00761812"/>
     <w:rsid w:val="00762005"/>
+    <w:rsid w:val="0076243F"/>
     <w:rsid w:val="00762723"/>
     <w:rsid w:val="00762D6F"/>
     <w:rsid w:val="00762F59"/>
     <w:rsid w:val="007637D8"/>
     <w:rsid w:val="00764332"/>
     <w:rsid w:val="00764E96"/>
     <w:rsid w:val="00765A54"/>
     <w:rsid w:val="00765B01"/>
     <w:rsid w:val="00765B5B"/>
     <w:rsid w:val="00765FD0"/>
     <w:rsid w:val="007660A8"/>
     <w:rsid w:val="007662A7"/>
     <w:rsid w:val="00766E23"/>
     <w:rsid w:val="00770C3A"/>
     <w:rsid w:val="00770F71"/>
     <w:rsid w:val="00770FEF"/>
     <w:rsid w:val="0077176F"/>
     <w:rsid w:val="0077195F"/>
     <w:rsid w:val="00771A3C"/>
     <w:rsid w:val="00771EB0"/>
     <w:rsid w:val="0077248B"/>
     <w:rsid w:val="00772FEC"/>
     <w:rsid w:val="00773039"/>
     <w:rsid w:val="00773A04"/>
     <w:rsid w:val="00774286"/>
@@ -24398,50 +24500,51 @@
     <w:rsid w:val="008E179F"/>
     <w:rsid w:val="008E1D0F"/>
     <w:rsid w:val="008E2535"/>
     <w:rsid w:val="008E26A5"/>
     <w:rsid w:val="008E35F9"/>
     <w:rsid w:val="008E3BEE"/>
     <w:rsid w:val="008E3FA6"/>
     <w:rsid w:val="008E4202"/>
     <w:rsid w:val="008E59F7"/>
     <w:rsid w:val="008E5C0F"/>
     <w:rsid w:val="008E6026"/>
     <w:rsid w:val="008E62B7"/>
     <w:rsid w:val="008E62BE"/>
     <w:rsid w:val="008E62D9"/>
     <w:rsid w:val="008E667B"/>
     <w:rsid w:val="008E79D5"/>
     <w:rsid w:val="008E7AB5"/>
     <w:rsid w:val="008F0E15"/>
     <w:rsid w:val="008F0F89"/>
     <w:rsid w:val="008F193B"/>
     <w:rsid w:val="008F1BED"/>
     <w:rsid w:val="008F1FA3"/>
     <w:rsid w:val="008F2383"/>
     <w:rsid w:val="008F3495"/>
     <w:rsid w:val="008F4357"/>
+    <w:rsid w:val="008F4478"/>
     <w:rsid w:val="008F490B"/>
     <w:rsid w:val="008F4C70"/>
     <w:rsid w:val="008F4D1A"/>
     <w:rsid w:val="008F4FD3"/>
     <w:rsid w:val="008F54B9"/>
     <w:rsid w:val="008F5538"/>
     <w:rsid w:val="008F55FF"/>
     <w:rsid w:val="008F56F1"/>
     <w:rsid w:val="008F629C"/>
     <w:rsid w:val="008F6972"/>
     <w:rsid w:val="008F69A0"/>
     <w:rsid w:val="008F6AD4"/>
     <w:rsid w:val="008F6FBC"/>
     <w:rsid w:val="008F7B9B"/>
     <w:rsid w:val="008F7E37"/>
     <w:rsid w:val="00900251"/>
     <w:rsid w:val="009006C2"/>
     <w:rsid w:val="009017B3"/>
     <w:rsid w:val="0090235A"/>
     <w:rsid w:val="00902738"/>
     <w:rsid w:val="00902A7C"/>
     <w:rsid w:val="00902CD2"/>
     <w:rsid w:val="00903710"/>
     <w:rsid w:val="009038CA"/>
     <w:rsid w:val="00903CD7"/>
@@ -24560,50 +24663,51 @@
     <w:rsid w:val="00953DF8"/>
     <w:rsid w:val="00953EBB"/>
     <w:rsid w:val="00954043"/>
     <w:rsid w:val="009541EC"/>
     <w:rsid w:val="00954506"/>
     <w:rsid w:val="0095461C"/>
     <w:rsid w:val="009548F0"/>
     <w:rsid w:val="009558B7"/>
     <w:rsid w:val="009559A0"/>
     <w:rsid w:val="00955A80"/>
     <w:rsid w:val="009560A9"/>
     <w:rsid w:val="00956F56"/>
     <w:rsid w:val="00957300"/>
     <w:rsid w:val="0095793F"/>
     <w:rsid w:val="00960159"/>
     <w:rsid w:val="009603FA"/>
     <w:rsid w:val="00960D6F"/>
     <w:rsid w:val="009613D0"/>
     <w:rsid w:val="0096166C"/>
     <w:rsid w:val="009622A3"/>
     <w:rsid w:val="00962788"/>
     <w:rsid w:val="0096287A"/>
     <w:rsid w:val="009634DF"/>
     <w:rsid w:val="00964094"/>
     <w:rsid w:val="00964CD3"/>
+    <w:rsid w:val="00964D7D"/>
     <w:rsid w:val="00965999"/>
     <w:rsid w:val="009659C4"/>
     <w:rsid w:val="009660C1"/>
     <w:rsid w:val="0096635F"/>
     <w:rsid w:val="0096658A"/>
     <w:rsid w:val="00967071"/>
     <w:rsid w:val="00967930"/>
     <w:rsid w:val="009710B3"/>
     <w:rsid w:val="00971241"/>
     <w:rsid w:val="00971966"/>
     <w:rsid w:val="00971F06"/>
     <w:rsid w:val="0097232E"/>
     <w:rsid w:val="00972400"/>
     <w:rsid w:val="009724FF"/>
     <w:rsid w:val="0097276B"/>
     <w:rsid w:val="00972F58"/>
     <w:rsid w:val="00973573"/>
     <w:rsid w:val="00973CD6"/>
     <w:rsid w:val="009742BB"/>
     <w:rsid w:val="00974D8C"/>
     <w:rsid w:val="00975D07"/>
     <w:rsid w:val="00976226"/>
     <w:rsid w:val="009771D1"/>
     <w:rsid w:val="0097763B"/>
     <w:rsid w:val="009801A9"/>
@@ -24780,50 +24884,51 @@
     <w:rsid w:val="009F3A57"/>
     <w:rsid w:val="009F4225"/>
     <w:rsid w:val="009F425C"/>
     <w:rsid w:val="009F4E1B"/>
     <w:rsid w:val="009F4F6F"/>
     <w:rsid w:val="009F55B6"/>
     <w:rsid w:val="009F57D1"/>
     <w:rsid w:val="009F5AC0"/>
     <w:rsid w:val="009F6189"/>
     <w:rsid w:val="009F6770"/>
     <w:rsid w:val="009F6F18"/>
     <w:rsid w:val="009F6FDB"/>
     <w:rsid w:val="009F743B"/>
     <w:rsid w:val="00A002CD"/>
     <w:rsid w:val="00A00AD6"/>
     <w:rsid w:val="00A00D9A"/>
     <w:rsid w:val="00A01082"/>
     <w:rsid w:val="00A01DC3"/>
     <w:rsid w:val="00A01EC7"/>
     <w:rsid w:val="00A02230"/>
     <w:rsid w:val="00A0248E"/>
     <w:rsid w:val="00A02763"/>
     <w:rsid w:val="00A02910"/>
     <w:rsid w:val="00A02D41"/>
     <w:rsid w:val="00A0381B"/>
+    <w:rsid w:val="00A03B1A"/>
     <w:rsid w:val="00A040B6"/>
     <w:rsid w:val="00A04C86"/>
     <w:rsid w:val="00A05518"/>
     <w:rsid w:val="00A05B70"/>
     <w:rsid w:val="00A05CBB"/>
     <w:rsid w:val="00A06690"/>
     <w:rsid w:val="00A069C0"/>
     <w:rsid w:val="00A07610"/>
     <w:rsid w:val="00A0791A"/>
     <w:rsid w:val="00A07CC2"/>
     <w:rsid w:val="00A07D47"/>
     <w:rsid w:val="00A10197"/>
     <w:rsid w:val="00A10584"/>
     <w:rsid w:val="00A107F6"/>
     <w:rsid w:val="00A114CB"/>
     <w:rsid w:val="00A11683"/>
     <w:rsid w:val="00A122BC"/>
     <w:rsid w:val="00A12457"/>
     <w:rsid w:val="00A1249D"/>
     <w:rsid w:val="00A12C2C"/>
     <w:rsid w:val="00A13A57"/>
     <w:rsid w:val="00A14344"/>
     <w:rsid w:val="00A143E6"/>
     <w:rsid w:val="00A14A44"/>
     <w:rsid w:val="00A14E22"/>
@@ -25509,50 +25614,51 @@
     <w:rsid w:val="00BC75FE"/>
     <w:rsid w:val="00BC7610"/>
     <w:rsid w:val="00BC77B5"/>
     <w:rsid w:val="00BD00B0"/>
     <w:rsid w:val="00BD08FD"/>
     <w:rsid w:val="00BD1000"/>
     <w:rsid w:val="00BD171F"/>
     <w:rsid w:val="00BD19D2"/>
     <w:rsid w:val="00BD211F"/>
     <w:rsid w:val="00BD280E"/>
     <w:rsid w:val="00BD296A"/>
     <w:rsid w:val="00BD2E7E"/>
     <w:rsid w:val="00BD333B"/>
     <w:rsid w:val="00BD33D6"/>
     <w:rsid w:val="00BD3869"/>
     <w:rsid w:val="00BD3B82"/>
     <w:rsid w:val="00BD3BC6"/>
     <w:rsid w:val="00BD3C99"/>
     <w:rsid w:val="00BD3FB2"/>
     <w:rsid w:val="00BD42D5"/>
     <w:rsid w:val="00BD4971"/>
     <w:rsid w:val="00BD523D"/>
     <w:rsid w:val="00BD59DC"/>
     <w:rsid w:val="00BD62F1"/>
     <w:rsid w:val="00BD658C"/>
+    <w:rsid w:val="00BD6799"/>
     <w:rsid w:val="00BD68D3"/>
     <w:rsid w:val="00BD6A11"/>
     <w:rsid w:val="00BD6AE4"/>
     <w:rsid w:val="00BD6E51"/>
     <w:rsid w:val="00BD7316"/>
     <w:rsid w:val="00BD7747"/>
     <w:rsid w:val="00BD7B75"/>
     <w:rsid w:val="00BE14CE"/>
     <w:rsid w:val="00BE16B7"/>
     <w:rsid w:val="00BE190A"/>
     <w:rsid w:val="00BE27CC"/>
     <w:rsid w:val="00BE2C5A"/>
     <w:rsid w:val="00BE2CA3"/>
     <w:rsid w:val="00BE32B1"/>
     <w:rsid w:val="00BE369A"/>
     <w:rsid w:val="00BE48AA"/>
     <w:rsid w:val="00BE4A40"/>
     <w:rsid w:val="00BE5195"/>
     <w:rsid w:val="00BE54AF"/>
     <w:rsid w:val="00BE5560"/>
     <w:rsid w:val="00BE6775"/>
     <w:rsid w:val="00BE6BC1"/>
     <w:rsid w:val="00BE70F4"/>
     <w:rsid w:val="00BE7560"/>
     <w:rsid w:val="00BE757C"/>
@@ -25880,50 +25986,51 @@
     <w:rsid w:val="00CC4601"/>
     <w:rsid w:val="00CC4BF2"/>
     <w:rsid w:val="00CC514F"/>
     <w:rsid w:val="00CC5EC6"/>
     <w:rsid w:val="00CC6282"/>
     <w:rsid w:val="00CC69E7"/>
     <w:rsid w:val="00CC6BEF"/>
     <w:rsid w:val="00CD00FD"/>
     <w:rsid w:val="00CD023C"/>
     <w:rsid w:val="00CD0547"/>
     <w:rsid w:val="00CD0682"/>
     <w:rsid w:val="00CD0F08"/>
     <w:rsid w:val="00CD1DB1"/>
     <w:rsid w:val="00CD20D0"/>
     <w:rsid w:val="00CD228B"/>
     <w:rsid w:val="00CD2D00"/>
     <w:rsid w:val="00CD3492"/>
     <w:rsid w:val="00CD35FB"/>
     <w:rsid w:val="00CD45D6"/>
     <w:rsid w:val="00CD46C5"/>
     <w:rsid w:val="00CD4CC6"/>
     <w:rsid w:val="00CD588E"/>
     <w:rsid w:val="00CD594C"/>
     <w:rsid w:val="00CD5979"/>
     <w:rsid w:val="00CD629E"/>
+    <w:rsid w:val="00CD69F2"/>
     <w:rsid w:val="00CD6AC7"/>
     <w:rsid w:val="00CD70F4"/>
     <w:rsid w:val="00CD74E6"/>
     <w:rsid w:val="00CD7705"/>
     <w:rsid w:val="00CE04A0"/>
     <w:rsid w:val="00CE0613"/>
     <w:rsid w:val="00CE0810"/>
     <w:rsid w:val="00CE096F"/>
     <w:rsid w:val="00CE0BD2"/>
     <w:rsid w:val="00CE0D61"/>
     <w:rsid w:val="00CE1038"/>
     <w:rsid w:val="00CE16B5"/>
     <w:rsid w:val="00CE19AA"/>
     <w:rsid w:val="00CE1D99"/>
     <w:rsid w:val="00CE1FAB"/>
     <w:rsid w:val="00CE203A"/>
     <w:rsid w:val="00CE2175"/>
     <w:rsid w:val="00CE221B"/>
     <w:rsid w:val="00CE2941"/>
     <w:rsid w:val="00CE295E"/>
     <w:rsid w:val="00CE296A"/>
     <w:rsid w:val="00CE2C68"/>
     <w:rsid w:val="00CE3171"/>
     <w:rsid w:val="00CE363C"/>
     <w:rsid w:val="00CE3882"/>
@@ -25963,50 +26070,51 @@
     <w:rsid w:val="00D02042"/>
     <w:rsid w:val="00D021FA"/>
     <w:rsid w:val="00D02206"/>
     <w:rsid w:val="00D02240"/>
     <w:rsid w:val="00D022D8"/>
     <w:rsid w:val="00D0283B"/>
     <w:rsid w:val="00D02A0D"/>
     <w:rsid w:val="00D02B79"/>
     <w:rsid w:val="00D0347E"/>
     <w:rsid w:val="00D043ED"/>
     <w:rsid w:val="00D050DF"/>
     <w:rsid w:val="00D0541A"/>
     <w:rsid w:val="00D05438"/>
     <w:rsid w:val="00D056C4"/>
     <w:rsid w:val="00D05942"/>
     <w:rsid w:val="00D063E2"/>
     <w:rsid w:val="00D06645"/>
     <w:rsid w:val="00D06B62"/>
     <w:rsid w:val="00D06C53"/>
     <w:rsid w:val="00D073D6"/>
     <w:rsid w:val="00D07902"/>
     <w:rsid w:val="00D10019"/>
     <w:rsid w:val="00D102D4"/>
     <w:rsid w:val="00D102E8"/>
     <w:rsid w:val="00D108AF"/>
+    <w:rsid w:val="00D10DC4"/>
     <w:rsid w:val="00D119CD"/>
     <w:rsid w:val="00D12795"/>
     <w:rsid w:val="00D128DF"/>
     <w:rsid w:val="00D129F4"/>
     <w:rsid w:val="00D132BC"/>
     <w:rsid w:val="00D13D15"/>
     <w:rsid w:val="00D13D70"/>
     <w:rsid w:val="00D14D61"/>
     <w:rsid w:val="00D1511F"/>
     <w:rsid w:val="00D15A2A"/>
     <w:rsid w:val="00D15E47"/>
     <w:rsid w:val="00D16914"/>
     <w:rsid w:val="00D16FBB"/>
     <w:rsid w:val="00D16FFE"/>
     <w:rsid w:val="00D17040"/>
     <w:rsid w:val="00D17217"/>
     <w:rsid w:val="00D178F7"/>
     <w:rsid w:val="00D17907"/>
     <w:rsid w:val="00D2058E"/>
     <w:rsid w:val="00D208A7"/>
     <w:rsid w:val="00D2100D"/>
     <w:rsid w:val="00D210A5"/>
     <w:rsid w:val="00D2137A"/>
     <w:rsid w:val="00D217DF"/>
     <w:rsid w:val="00D21BD6"/>
@@ -26382,50 +26490,51 @@
     <w:rsid w:val="00E10891"/>
     <w:rsid w:val="00E10CB0"/>
     <w:rsid w:val="00E10CB2"/>
     <w:rsid w:val="00E11493"/>
     <w:rsid w:val="00E116C2"/>
     <w:rsid w:val="00E11B55"/>
     <w:rsid w:val="00E12243"/>
     <w:rsid w:val="00E124C1"/>
     <w:rsid w:val="00E12E99"/>
     <w:rsid w:val="00E12EE1"/>
     <w:rsid w:val="00E135BE"/>
     <w:rsid w:val="00E148FF"/>
     <w:rsid w:val="00E14F5C"/>
     <w:rsid w:val="00E15670"/>
     <w:rsid w:val="00E156C0"/>
     <w:rsid w:val="00E15966"/>
     <w:rsid w:val="00E163E2"/>
     <w:rsid w:val="00E17219"/>
     <w:rsid w:val="00E17FA7"/>
     <w:rsid w:val="00E20893"/>
     <w:rsid w:val="00E21DA4"/>
     <w:rsid w:val="00E22014"/>
     <w:rsid w:val="00E22417"/>
     <w:rsid w:val="00E227FC"/>
     <w:rsid w:val="00E22DFB"/>
+    <w:rsid w:val="00E236C8"/>
     <w:rsid w:val="00E23F4C"/>
     <w:rsid w:val="00E24156"/>
     <w:rsid w:val="00E24509"/>
     <w:rsid w:val="00E24DDE"/>
     <w:rsid w:val="00E251A2"/>
     <w:rsid w:val="00E2558E"/>
     <w:rsid w:val="00E25F49"/>
     <w:rsid w:val="00E262A1"/>
     <w:rsid w:val="00E262B2"/>
     <w:rsid w:val="00E2685F"/>
     <w:rsid w:val="00E26AEE"/>
     <w:rsid w:val="00E26E6E"/>
     <w:rsid w:val="00E270D0"/>
     <w:rsid w:val="00E301B6"/>
     <w:rsid w:val="00E304F4"/>
     <w:rsid w:val="00E3064D"/>
     <w:rsid w:val="00E3067A"/>
     <w:rsid w:val="00E3090F"/>
     <w:rsid w:val="00E30D14"/>
     <w:rsid w:val="00E31727"/>
     <w:rsid w:val="00E31AA3"/>
     <w:rsid w:val="00E31AC0"/>
     <w:rsid w:val="00E3202F"/>
     <w:rsid w:val="00E32E01"/>
     <w:rsid w:val="00E33503"/>
@@ -26561,50 +26670,51 @@
     <w:rsid w:val="00E84D04"/>
     <w:rsid w:val="00E85370"/>
     <w:rsid w:val="00E85735"/>
     <w:rsid w:val="00E85875"/>
     <w:rsid w:val="00E85892"/>
     <w:rsid w:val="00E85CDF"/>
     <w:rsid w:val="00E870A4"/>
     <w:rsid w:val="00E87947"/>
     <w:rsid w:val="00E87E69"/>
     <w:rsid w:val="00E900B1"/>
     <w:rsid w:val="00E90B7A"/>
     <w:rsid w:val="00E90FC2"/>
     <w:rsid w:val="00E90FC4"/>
     <w:rsid w:val="00E91563"/>
     <w:rsid w:val="00E91896"/>
     <w:rsid w:val="00E91BDB"/>
     <w:rsid w:val="00E928F6"/>
     <w:rsid w:val="00E93701"/>
     <w:rsid w:val="00E946C2"/>
     <w:rsid w:val="00E9505D"/>
     <w:rsid w:val="00E95518"/>
     <w:rsid w:val="00E95AC3"/>
     <w:rsid w:val="00E95AE4"/>
     <w:rsid w:val="00E95DE1"/>
     <w:rsid w:val="00E95F46"/>
+    <w:rsid w:val="00E961EF"/>
     <w:rsid w:val="00E965AA"/>
     <w:rsid w:val="00E968DA"/>
     <w:rsid w:val="00E9749F"/>
     <w:rsid w:val="00E976C1"/>
     <w:rsid w:val="00E97BB0"/>
     <w:rsid w:val="00EA0089"/>
     <w:rsid w:val="00EA06C5"/>
     <w:rsid w:val="00EA193C"/>
     <w:rsid w:val="00EA1E44"/>
     <w:rsid w:val="00EA22DE"/>
     <w:rsid w:val="00EA26D7"/>
     <w:rsid w:val="00EA26FF"/>
     <w:rsid w:val="00EA2A5D"/>
     <w:rsid w:val="00EA2CDA"/>
     <w:rsid w:val="00EA2D03"/>
     <w:rsid w:val="00EA2DBB"/>
     <w:rsid w:val="00EA2E2E"/>
     <w:rsid w:val="00EA2EC6"/>
     <w:rsid w:val="00EA2F32"/>
     <w:rsid w:val="00EA3067"/>
     <w:rsid w:val="00EA3325"/>
     <w:rsid w:val="00EA33D0"/>
     <w:rsid w:val="00EA3448"/>
     <w:rsid w:val="00EA4434"/>
     <w:rsid w:val="00EA4465"/>
@@ -27205,50 +27315,51 @@
     <w:rsid w:val="11EF8BFD"/>
     <w:rsid w:val="12294732"/>
     <w:rsid w:val="126EDCB4"/>
     <w:rsid w:val="127112A0"/>
     <w:rsid w:val="1286B680"/>
     <w:rsid w:val="12E59FB7"/>
     <w:rsid w:val="13FE62E6"/>
     <w:rsid w:val="1447924B"/>
     <w:rsid w:val="151444B5"/>
     <w:rsid w:val="152BE036"/>
     <w:rsid w:val="15308722"/>
     <w:rsid w:val="154D7715"/>
     <w:rsid w:val="1588CB9B"/>
     <w:rsid w:val="159296F8"/>
     <w:rsid w:val="165133A1"/>
     <w:rsid w:val="17375507"/>
     <w:rsid w:val="17647B73"/>
     <w:rsid w:val="1788A12D"/>
     <w:rsid w:val="179ADDA2"/>
     <w:rsid w:val="1803DD5F"/>
     <w:rsid w:val="18DBD688"/>
     <w:rsid w:val="19212E0F"/>
     <w:rsid w:val="19928CC3"/>
     <w:rsid w:val="19C288DD"/>
     <w:rsid w:val="1A6CF678"/>
+    <w:rsid w:val="1ACDFE77"/>
     <w:rsid w:val="1B2A4C94"/>
     <w:rsid w:val="1B7813E7"/>
     <w:rsid w:val="1D821450"/>
     <w:rsid w:val="1DBE6FF2"/>
     <w:rsid w:val="1DD74FFE"/>
     <w:rsid w:val="1DEAFB1E"/>
     <w:rsid w:val="1DEB057D"/>
     <w:rsid w:val="1E5F70B0"/>
     <w:rsid w:val="1E758CBD"/>
     <w:rsid w:val="1EAC55DA"/>
     <w:rsid w:val="1EE2BAA3"/>
     <w:rsid w:val="1F0EF5C6"/>
     <w:rsid w:val="1F63B926"/>
     <w:rsid w:val="1FE4BDD1"/>
     <w:rsid w:val="2007CF94"/>
     <w:rsid w:val="207CC22A"/>
     <w:rsid w:val="20C372C7"/>
     <w:rsid w:val="2106FB90"/>
     <w:rsid w:val="21657D0C"/>
     <w:rsid w:val="21B572E6"/>
     <w:rsid w:val="21BA9C9B"/>
     <w:rsid w:val="21D8D01A"/>
     <w:rsid w:val="22140550"/>
     <w:rsid w:val="2262AA78"/>
     <w:rsid w:val="2282CB1D"/>
@@ -27477,50 +27588,51 @@
     <w:rsid w:val="6090249D"/>
     <w:rsid w:val="61090B2D"/>
     <w:rsid w:val="610AB160"/>
     <w:rsid w:val="613DC743"/>
     <w:rsid w:val="61674B42"/>
     <w:rsid w:val="61802BDC"/>
     <w:rsid w:val="618F2E34"/>
     <w:rsid w:val="61A751AA"/>
     <w:rsid w:val="635D1BE8"/>
     <w:rsid w:val="63793ADC"/>
     <w:rsid w:val="638FCA67"/>
     <w:rsid w:val="63C6D75D"/>
     <w:rsid w:val="645A7CA4"/>
     <w:rsid w:val="648D456B"/>
     <w:rsid w:val="64D2AD47"/>
     <w:rsid w:val="655A5448"/>
     <w:rsid w:val="65B31951"/>
     <w:rsid w:val="65F64D05"/>
     <w:rsid w:val="661368FA"/>
     <w:rsid w:val="668AFE8F"/>
     <w:rsid w:val="670C7F9B"/>
     <w:rsid w:val="671A1D1F"/>
     <w:rsid w:val="671CAC54"/>
     <w:rsid w:val="675776C0"/>
     <w:rsid w:val="677CCF43"/>
+    <w:rsid w:val="67E7F731"/>
     <w:rsid w:val="682EB24E"/>
     <w:rsid w:val="6841D4E1"/>
     <w:rsid w:val="6859311B"/>
     <w:rsid w:val="6866FE79"/>
     <w:rsid w:val="68A131B5"/>
     <w:rsid w:val="68C2DA8B"/>
     <w:rsid w:val="690F72A4"/>
     <w:rsid w:val="695AE07A"/>
     <w:rsid w:val="697B0267"/>
     <w:rsid w:val="69F389EE"/>
     <w:rsid w:val="6A158E7B"/>
     <w:rsid w:val="6A2AA9E6"/>
     <w:rsid w:val="6A40A319"/>
     <w:rsid w:val="6A799C6C"/>
     <w:rsid w:val="6A8A7AB1"/>
     <w:rsid w:val="6AEA58D8"/>
     <w:rsid w:val="6B61C945"/>
     <w:rsid w:val="6C05D65D"/>
     <w:rsid w:val="6C35FB41"/>
     <w:rsid w:val="6C88CFEE"/>
     <w:rsid w:val="6C8BC9D4"/>
     <w:rsid w:val="6C9037D6"/>
     <w:rsid w:val="6CB20F46"/>
     <w:rsid w:val="6CCCE185"/>
     <w:rsid w:val="6CEB32F8"/>
@@ -27555,50 +27667,51 @@
     <w:rsid w:val="7495034C"/>
     <w:rsid w:val="74B80E6F"/>
     <w:rsid w:val="74E45228"/>
     <w:rsid w:val="751EBE88"/>
     <w:rsid w:val="754E27E2"/>
     <w:rsid w:val="7581A57D"/>
     <w:rsid w:val="75CF1133"/>
     <w:rsid w:val="75D2AC8C"/>
     <w:rsid w:val="7678258D"/>
     <w:rsid w:val="76DCC80E"/>
     <w:rsid w:val="77519A79"/>
     <w:rsid w:val="7765D499"/>
     <w:rsid w:val="77B127A8"/>
     <w:rsid w:val="77B47E03"/>
     <w:rsid w:val="77EFA906"/>
     <w:rsid w:val="781B82A9"/>
     <w:rsid w:val="781E0393"/>
     <w:rsid w:val="785E1FF0"/>
     <w:rsid w:val="789815B9"/>
     <w:rsid w:val="78D3B94A"/>
     <w:rsid w:val="78E7DA5F"/>
     <w:rsid w:val="78E9BBF5"/>
     <w:rsid w:val="78F9E125"/>
     <w:rsid w:val="79269133"/>
     <w:rsid w:val="798AF338"/>
+    <w:rsid w:val="79AA6360"/>
     <w:rsid w:val="7A19C844"/>
     <w:rsid w:val="7A33C547"/>
     <w:rsid w:val="7AC076D5"/>
     <w:rsid w:val="7AFEAAEE"/>
     <w:rsid w:val="7B440EC2"/>
     <w:rsid w:val="7BD6BBA1"/>
     <w:rsid w:val="7C366D10"/>
     <w:rsid w:val="7CA547BB"/>
     <w:rsid w:val="7CE59954"/>
     <w:rsid w:val="7CEE9EB0"/>
     <w:rsid w:val="7D236138"/>
     <w:rsid w:val="7D301B84"/>
     <w:rsid w:val="7D59E082"/>
     <w:rsid w:val="7DD52B1D"/>
     <w:rsid w:val="7DE31BB7"/>
     <w:rsid w:val="7E757346"/>
     <w:rsid w:val="7E9FA087"/>
     <w:rsid w:val="7F887486"/>
     <w:rsid w:val="7FAC7894"/>
     <w:rsid w:val="7FB999C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -32579,51 +32692,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-36506&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike.pallotta@ricoh-usa.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swalbert@kmbs.konicaminolta.us" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robert.Ellis@tbs.toshiba.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33420&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rastefanous@cusa.canon.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33390&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/enterprise-print-services" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epeat.net/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Steve.Nickerson@tbs.toshiba.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3.us-east-1.amazonaws.com/nvp/Portfolios/Multi-Function%20Devices%20and%20Related%20Software%2C%20Services%2C%20and%20Cloud%20Solutions/91608355_Multi-Function%20Device%20RFP_Amendments_and_%20Attachments.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33508&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-34311&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33508&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.Ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HugginsM@sharpsec.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-35355&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.mass.gov/?q=the+joint+enterprise+printer+cartridge+acquisition+policy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.Ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-34956&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Scott.Lacreta@tbs.toshiba.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33508&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yvonne.hickey@xerox.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-34452&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rastefanous@cusa.canon.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-34311&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3.us-east-1.amazonaws.com/nvp/Portfolios/Multi-Function%20Devices%20and%20Related%20Software%2C%20Services%2C%20and%20Cloud%20Solutions/91608355_Multi-Function%20Device%20RFP_Amendments_and_%20Attachments.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33508&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sda?docId=PO-25-1080-OSD03-SRC01-36523&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Scott.Lacreta@tbs.toshiba.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.Ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-34956&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike.pallotta@ricoh-usa.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yvonne.hickey@xerox.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.mass.gov/?q=the+joint+enterprise+printer+cartridge+acquisition+policy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-34452&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/multi-function-devices-and-related-software-services-and-cloud-solutions/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33508&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.Ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Millicent.Richardson@da.kyocera.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33508&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-36506&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33390&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robert.Ellis@tbs.toshiba.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessica.ofurie2@mass.gov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-33420&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swalbert@kmbs.konicaminolta.us" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Steve.Nickerson@tbs.toshiba.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/enterprise-print-services" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epeat.net/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC01-35355&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HugginsM@sharpsec.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -32904,52 +33017,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a935db215594a9448d4f792fa77a5eb7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ce164f3e4dc664cfddf0b6a5cebcddc6" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4acca893a766136a5bafeab47b9027e1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e0e5592891313212390eddb4a3d5f9a" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -33163,1561 +33276,102 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E2FB8D7-76A8-43B3-B7C1-F973E8245E7F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54A1ED03-A312-472C-9F6A-4F351C629FDE}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
-  <Words>6428</Words>
-  <Characters>36645</Characters>
+  <Words>6393</Words>
+  <Characters>36446</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>305</Lines>
+  <Lines>303</Lines>
   <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>42988</CharactersWithSpaces>
+  <CharactersWithSpaces>42754</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1442 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">