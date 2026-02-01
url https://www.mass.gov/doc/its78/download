--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -106,78 +106,78 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E236867" w14:textId="77777777" w:rsidR="00B96467" w:rsidRDefault="00B96467" w:rsidP="00B22304">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1717ED78" w14:textId="641DD79D" w:rsidR="00680B92" w:rsidRPr="00CA6AF1" w:rsidRDefault="00680B92" w:rsidP="00680B92">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc206762628"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc213660399"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc219362677"/>
       <w:r w:rsidRPr="00CA6AF1">
         <w:t>Contract User Guid</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00EC1AC8" w:rsidRPr="00EC1AC8">
         <w:t>ITS78: Data Cybersecurity, and Related Audit, Compliance, and Incident Responses Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="65E4D6F9" w14:textId="77777777" w:rsidR="00680B92" w:rsidRPr="00680B92" w:rsidRDefault="00680B92" w:rsidP="00680B92">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="390D03BC" w14:textId="4A741F82" w:rsidR="00C9452E" w:rsidRDefault="00803BD8" w:rsidP="00EC1AC8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc213660400"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc219362678"/>
       <w:r w:rsidRPr="003E0898">
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="003E0898">
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10075" w:type="dxa"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
         <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
         <w:tblCaption w:val="Contract Overview"/>
         <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3865"/>
         <w:gridCol w:w="6210"/>
       </w:tblGrid>
       <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="00747A2D">
         <w:trPr>
@@ -381,94 +381,97 @@
           <w:p w14:paraId="0A8A0C7F" w14:textId="77777777" w:rsidR="00EC1AC8" w:rsidRPr="001327A6" w:rsidRDefault="00EC1AC8" w:rsidP="00747A2D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001327A6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximum End Date: </w:t>
             </w:r>
             <w:r w:rsidRPr="001327A6">
               <w:t>Two (2) One (1) year extension(s) to 2028</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18DAF315" w14:textId="177CFA64" w:rsidR="0064148A" w:rsidRPr="00EC1AC8" w:rsidRDefault="00EC1AC8" w:rsidP="00747A2D">
+          <w:p w14:paraId="18DAF315" w14:textId="4CB9E7FF" w:rsidR="0064148A" w:rsidRPr="00EC1AC8" w:rsidRDefault="00EC1AC8" w:rsidP="00747A2D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="_Extend_Beyond_(Performance" w:history="1">
               <w:r w:rsidRPr="001327A6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Extend Beyond Date:</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001327A6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001327A6">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">June 30, 2027, pending renewal options. No new agreements except for performance and payment purposes only beyond this date. </w:t>
+              <w:t xml:space="preserve">June 30, 2027, pending renewal options. </w:t>
+            </w:r>
+            <w:r w:rsidR="00824C85" w:rsidRPr="004B3177">
+              <w:t xml:space="preserve"> Agreements established prior to the Master Agreement expiration may allow performance and payment obligations to continue until the maximum Extend Beyond date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="00747A2D">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="00824C85">
         <w:trPr>
-          <w:trHeight w:val="1293"/>
+          <w:trHeight w:val="1122"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006626DD" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006626DD">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
             </w:r>
             <w:r w:rsidR="0064148A" w:rsidRPr="00136526">
               <w:rPr>
@@ -579,131 +582,117 @@
             </w:r>
             <w:r w:rsidRPr="00CA06AC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*The asterisk is required when referencing the contract in the MMARS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> system</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA06AC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="00EC1AC8">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="00824C85">
         <w:trPr>
-          <w:trHeight w:val="798"/>
+          <w:trHeight w:val="672"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="6168" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="598ACD9D" w14:textId="32369E30" w:rsidR="0064148A" w:rsidRPr="00EC1AC8" w:rsidRDefault="0064148A" w:rsidP="00EC1AC8">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC1AC8">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quotes are required for </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">. Refer to the </w:t>
+              <w:t xml:space="preserve">Quotes are required for purchasing. Refer to the </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Quote_Response_and" w:history="1">
               <w:r w:rsidRPr="00EC1AC8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EC1AC8">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section for guidelines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="00747A2D">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="00824C85">
         <w:trPr>
-          <w:trHeight w:val="717"/>
+          <w:trHeight w:val="555"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor List</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -728,53 +717,53 @@
             </w:r>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
               <w:r w:rsidRPr="00136526">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="00747A2D">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="00824C85">
         <w:trPr>
-          <w:trHeight w:val="771"/>
+          <w:trHeight w:val="510"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -858,163 +847,155 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mass.gov/</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF7BD81" w14:textId="202DC6FE" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
+    <w:p w14:paraId="2AF7BD81" w14:textId="7AE139DC" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Template Version: 9.0</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Page </w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> PAGE </w:instrText>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B20865">
+      <w:r w:rsidR="00AD20A3">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B20865">
+      <w:r w:rsidR="00AD20A3">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>18</w:t>
+        <w:t>16</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2DD00E" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="left" w:pos="1815"/>
           <w:tab w:val="center" w:pos="4968"/>
           <w:tab w:val="right" w:pos="9990"/>
         </w:tabs>
         <w:ind w:left="-1440" w:right="-1440"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
@@ -1055,61 +1036,52 @@
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00145223">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">720-3300 | </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidR="00FA6E91">
           <w:rPr>
             <w:color w:val="2E368F"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/osd</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="007D0521">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00B03625" w:rsidSect="003E7DC2">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:footerReference w:type="first" r:id="rId18"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
@@ -1123,2108 +1095,2108 @@
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="005ED351" w14:textId="0A88382C" w:rsidR="00442B99" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="13C995A1" w14:textId="57623E86" w:rsidR="00CE6952" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc213660399" w:history="1">
-            <w:r w:rsidR="00442B99" w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362677" w:history="1">
+            <w:r w:rsidR="00CE6952" w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Contract User Guide ITS78: Data Cybersecurity, and Related Audit, Compliance, and Incident Responses Services</w:t>
             </w:r>
-            <w:r w:rsidR="00442B99">
+            <w:r w:rsidR="00CE6952">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00442B99">
+            <w:r w:rsidR="00CE6952">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00442B99">
+            <w:r w:rsidR="00CE6952">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660399 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00442B99">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362677 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CE6952">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00442B99">
+            <w:r w:rsidR="00CE6952">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00442B99">
+            <w:r w:rsidR="00CE6952">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00442B99">
+            <w:r w:rsidR="00CE6952">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50DD8A57" w14:textId="6BA02245" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="377DFA82" w14:textId="3EAD2B7D" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660400" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362678" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Overview</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660400 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362678 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5E11117F" w14:textId="00C39C3B" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="77002FD4" w14:textId="4AA53E70" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660401" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362679" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Summary</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660401 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362679 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4FD90A8E" w14:textId="0A0CF3AB" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="5D37D9B7" w14:textId="37355790" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660402" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362680" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Benefits and Cost Savings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660402 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362680 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5476C61F" w14:textId="6AED9A7D" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="42A82B81" w14:textId="324A99C7" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660403" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362681" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Categories</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660403 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362681 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6B9B799D" w14:textId="7125EC59" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="4899CE87" w14:textId="03A1DE0C" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660404" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362682" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660404 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362682 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="46955A85" w14:textId="4481DA13" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="4F94E2A4" w14:textId="13E94D2D" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660405" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362683" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Who May Use the Contract</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660405 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362683 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6ABE7C1A" w14:textId="10F5CCCC" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="1DC78000" w14:textId="26E673E1" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660406" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362684" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Pricing Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660406 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362684 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="28ABDED8" w14:textId="60F4FD35" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="0986525A" w14:textId="5B492707" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660407" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362685" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Quote Response and Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660407 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362685 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6490BF6F" w14:textId="4D8FC41A" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="0111EBB7" w14:textId="49890B9D" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660408" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362686" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Purchase Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660408 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362686 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="200D03A8" w14:textId="314FF260" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="278C749E" w14:textId="7D8318DA" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660409" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362687" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660409 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362687 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2E5200F3" w14:textId="482DC5A1" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="5262A086" w14:textId="7EE90FBB" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660410" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362688" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Setting Up a COMMBUYS Account</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660410 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362688 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1AFB379B" w14:textId="66E23D3A" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="2CB512D4" w14:textId="72C549E0" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660411" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362689" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Contract Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660411 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362689 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3290FA2B" w14:textId="7A48B3DA" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="39A01E97" w14:textId="1CB5BC3D" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660412" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362690" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Vendor-Specific Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660412 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362690 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7EDA1AAF" w14:textId="7BCFC190" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="4EC25CF3" w14:textId="2F23E038" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660413" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362691" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Statement of Work (SOW) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660413 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362691 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="103EAE54" w14:textId="2EF08A87" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="1174A4CE" w14:textId="352360F0" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660414" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362692" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Additional Requirements for Executive Departments and other Eligible Entities that use the Commonwealth Network</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660414 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362692 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4FB27EA4" w14:textId="42DB70F3" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="42E33419" w14:textId="2D711984" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660415" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362693" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Office (SDO) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660415 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362693 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0DB14747" w14:textId="5D3AA6DC" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="215284F1" w14:textId="1EFD0026" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660416" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362694" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660416 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362694 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="65081F45" w14:textId="24E4A5AE" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="75C2CD91" w14:textId="4C436BFB" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660417" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362695" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660417 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362695 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="03A487EA" w14:textId="1F27B0DD" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="4D552079" w14:textId="74460982" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660418" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362696" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Subcontractors</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660418 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362696 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="59FEDA6C" w14:textId="5CFF0FB7" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="55CB91E8" w14:textId="7ADFFAF8" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660419" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362697" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Additional Discounts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660419 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362697 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="210E46D7" w14:textId="77BC01B7" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="7DA943D9" w14:textId="48A4B0AC" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660420" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362698" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Emergency Services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660420 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362698 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3BC06545" w14:textId="05BCA165" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="619CE27A" w14:textId="21D220D4" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660421" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362699" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor Performance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660421 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362699 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5EF9E6A0" w14:textId="7AEE0A22" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="5AA94BE5" w14:textId="264D4D72" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660422" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362700" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>General Procurement Guidelines and Best Practices</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660422 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362700 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="34116ACE" w14:textId="594612F4" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="2BD16769" w14:textId="789CD51A" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660423" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362701" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Memorandum of Understanding (MOU)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660423 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362701 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B3B4325" w14:textId="13FA3A66" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="1B78EB1B" w14:textId="55D9CC05" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660424" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362702" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Instructions for Massachusetts Management Accounting and Reporting System (MMARS) Users</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660424 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362702 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4B8BA1E8" w14:textId="521F197C" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="08E03AFC" w14:textId="5F6631CA" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660425" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362703" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor List and Information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660425 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362703 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="46CF155A" w14:textId="396E1A57" w:rsidR="00442B99" w:rsidRDefault="00442B99">
+        <w:p w14:paraId="1D4396A9" w14:textId="4DAB3FDD" w:rsidR="00CE6952" w:rsidRDefault="00CE6952">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213660426" w:history="1">
-            <w:r w:rsidRPr="00A00CEE">
+          <w:hyperlink w:anchor="_Toc219362704" w:history="1">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>United Nations Standard Products and Services Code</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A00CEE">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A00CEE">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> (UNSPSC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A00CEE">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A00CEE">
+            <w:r w:rsidRPr="00441ACA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213660426 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362704 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50AC2B20" w14:textId="1172EFE5" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="50AC2B20" w14:textId="44F7A550" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
           <w:r>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:caps/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4BCAF3C8" w14:textId="77777777" w:rsidR="00975D07" w:rsidRDefault="00975D07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00975D07" w:rsidSect="00975D07">
           <w:headerReference w:type="first" r:id="rId19"/>
           <w:footerReference w:type="first" r:id="rId20"/>
@@ -3237,113 +3209,94 @@
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="712F70B6" w14:textId="77777777" w:rsidR="00747A2D" w:rsidRDefault="00747A2D" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76DCC826" w14:textId="15AEE261" w:rsidR="003F26F2" w:rsidRDefault="13FE62E6" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">TIP: To return to the first page throughout this document, use </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
+      </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc213660401"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc219362679"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
         <w:t>Summary</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="21D67790" w14:textId="7952A63D" w:rsidR="00085AB0" w:rsidRDefault="00FD384B" w:rsidP="00085AB0">
+    <w:p w14:paraId="21D67790" w14:textId="000182AB" w:rsidR="00085AB0" w:rsidRDefault="00FD384B" w:rsidP="00085AB0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A7CCB">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="004A7CCB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This is a Statewide Contract for Data, Cybersecurity, and Related Audit, Compliance, and Incident Response Services. Services include a full range of audit, penetration tests, reviews, and validation of compliance with legal, regulatory and policy requirements, and related services in areas such as data breach investigation, remediation, and security of confidential information</w:t>
       </w:r>
       <w:r w:rsidR="00085AB0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68FA877E" w14:textId="7D84C28B" w:rsidR="00815201" w:rsidRDefault="00815201" w:rsidP="00815201">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -3489,51 +3442,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> with RFR </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00747A2D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ITS78 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FD384B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA47DAA" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="00EF0700" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc194066617"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc213660402"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc219362680"/>
       <w:r>
         <w:t xml:space="preserve">Benefits and </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Cost</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D5DA1">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Savings</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="082CDB9C" w14:textId="214D317C" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00EF0700">
       <w:pPr>
         <w:rPr>
           <w:b/>
@@ -3743,51 +3696,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B72D6D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Accessing a wide range of environmentally preferable products and services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C58FCA8" w14:textId="4B2C077C" w:rsidR="008B7D4E" w:rsidRPr="00A12C2C" w:rsidRDefault="008B7D4E" w:rsidP="00FD384B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc213660403"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc219362681"/>
       <w:bookmarkStart w:id="11" w:name="_Toc194066593"/>
       <w:r>
         <w:t>Contract Categories</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="00E23F4C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="627C1184" w14:textId="0D42EC80" w:rsidR="00A72844" w:rsidRPr="00A12C2C" w:rsidRDefault="00A72844" w:rsidP="008B7D4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This contract includes </w:t>
@@ -3872,50 +3825,51 @@
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C9E354C" w14:textId="1C2E412B" w:rsidR="00FD384B" w:rsidRDefault="005D482E" w:rsidP="005D482E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FD384B" w:rsidRPr="005D482E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>When to Use</w:t>
       </w:r>
       <w:r w:rsidR="00167B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -4055,60 +4009,55 @@
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="004A7CCB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="675F437A" w14:textId="77777777" w:rsidR="00FD384B" w:rsidRPr="004A7CCB" w:rsidRDefault="00FD384B" w:rsidP="00167B81">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="004A7CCB">
         <w:t>When to Use Category 3:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10BC3F8B" w14:textId="4EDF28C1" w:rsidR="00FD384B" w:rsidRPr="004A7CCB" w:rsidRDefault="00FD384B" w:rsidP="005F5274">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A7CCB">
+        <w:t xml:space="preserve">Vendors awarded to Category 3 provide assistance with assessing the organization's readiness for real-world cyber events, e.g. password cracking, cyber hacking, ransomware, and phishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A7CCB">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Vendors awarded to Category 3 </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> with assessing the organization's readiness for real-world cyber events, e.g. password cracking, cyber hacking, ransomware, and phishing to ensure security protocols perform as designed. Vendors essentially attempt to “break into” the network environment to identify vulnerabilities and suggest actions to prevent actual breaches.</w:t>
+        <w:t>to ensure security protocols perform as designed. Vendors essentially attempt to “break into” the network environment to identify vulnerabilities and suggest actions to prevent actual breaches.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20DE6AE6" w14:textId="01A863D9" w:rsidR="00FD384B" w:rsidRPr="00483D52" w:rsidRDefault="00FD384B" w:rsidP="00483D52">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00483D52">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Category 4:</w:t>
       </w:r>
       <w:r w:rsidRPr="00483D52">
         <w:t xml:space="preserve"> Information Security and Cybersecurity Incident Response services, including emergency incident response services, incident containment, mitigation, remediation, internal and external communications and required notifications, forensic investigations, managed threat detection and response. Contractors are prepared to engage within 24-48 hours, 7 days a week, and implement incident response protocols as negotiated by the buyer.</w:t>
       </w:r>
       <w:r w:rsidR="00483D52">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
@@ -4179,51 +4128,51 @@
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00483D52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>When an organization believes that a cyber event may have taken place, vendors in Category 4 are available to assist with response efforts, including crisis management, business continuity, and communications strategy, among others.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79FAB35B" w14:textId="18FABEF4" w:rsidR="005D20CA" w:rsidRDefault="005D20CA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc213660404"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc219362682"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="26025C25" w14:textId="4FE71449" w:rsidR="007C28A1" w:rsidRPr="003C62B7" w:rsidRDefault="007C28A1" w:rsidP="007C28A1">
       <w:pPr>
         <w:pStyle w:val="HeadText2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc194066594"/>
       <w:r w:rsidRPr="004A7CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4245,51 +4194,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PCI-related</w:t>
       </w:r>
       <w:r w:rsidR="006B1E82">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A7CCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc213660405"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc219362683"/>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
       <w:r w:rsidR="008B1C4B">
         <w:t>May</w:t>
       </w:r>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> Use the Contract</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="2F421623" w14:textId="14254EBC" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F80200" w:rsidP="00F80200">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The following </w:t>
       </w:r>
       <w:r w:rsidR="00F355B6" w:rsidRPr="003C62B7">
@@ -4388,87 +4337,87 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Independent public authorities, commissions, and quasi-public agencies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D69D10A" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00747A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Local public libraries, public school districts, and charter schools</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F85341C" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00747A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Public hospitals owned by the Commonwealth of Massachusetts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="342D2151" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00747A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Public institutions of higher education</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4263DFBE" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00747A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Public purchasing cooperatives</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C8B4229" w14:textId="058CC811" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00747A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -4556,51 +4505,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0B394519" w14:textId="3C7F7EE8" w:rsidR="00F355B6" w:rsidRDefault="00F355B6" w:rsidP="00747A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other entities when designated in writing by the State Purchasing Agent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3A806F" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc194066597"/>
-      <w:bookmarkStart w:id="17" w:name="_Toc213660406"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc219362684"/>
       <w:r>
         <w:t>Pricing Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="51B6A7E5" w14:textId="0DAD64EF" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Hlk193714773"/>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4758,135 +4707,127 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B75CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>section</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, where links to all the vendors’ MBPOs are provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6DD92B" w14:textId="35C945D0" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Quote_Response_and"/>
-      <w:bookmarkStart w:id="20" w:name="_Toc213660407"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc219362685"/>
       <w:bookmarkStart w:id="21" w:name="_Toc194066598"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t>Quote Response and Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="4479F356" w14:textId="77777777" w:rsidR="00E923F1" w:rsidRDefault="00E923F1" w:rsidP="00E923F1">
       <w:bookmarkStart w:id="22" w:name="_Toc194066596"/>
       <w:r w:rsidRPr="00B52354">
         <w:t xml:space="preserve">Contract users should always reference </w:t>
       </w:r>
       <w:r w:rsidRPr="00700D79">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ITS78</w:t>
       </w:r>
       <w:r w:rsidRPr="00B52354">
-        <w:t xml:space="preserve"> when contacting vendors to ensure they are receiving contract pricing. Quotes, not including construction services, should be </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> based on best value.</w:t>
+        <w:t xml:space="preserve"> when contacting vendors to ensure they are receiving contract pricing. Quotes, not including construction services, should be awarded based on best value.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15791192" w14:textId="77777777" w:rsidR="00E923F1" w:rsidRDefault="00E923F1" w:rsidP="00E923F1">
       <w:r w:rsidRPr="00B52354">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For a full description of how to complete a quote in COMMBUYS visit the </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00557BCC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Job Aids for Buyers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B52354">
         <w:t xml:space="preserve"> webpage, and select</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId24">
         <w:r w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Request Quotes from Vendors on Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="005A09E0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>How to Post a Bid to Receive Quotes from Vendors on a Statewide Contract (Executive Agencies)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45336D7C" w14:textId="04C58DEE" w:rsidR="00ED723A" w:rsidRDefault="00ED723A" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc213660408"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc219362686"/>
       <w:r w:rsidRPr="00564A93">
+        <w:lastRenderedPageBreak/>
         <w:t>Purchase</w:t>
       </w:r>
       <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="2583A638" w14:textId="77777777" w:rsidR="00217F73" w:rsidRPr="003B0898" w:rsidRDefault="00217F73" w:rsidP="00217F73">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006812FE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The purchase options identified below are the only acceptable options that may be used in this contract:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C4FA890" w14:textId="692F3EA5" w:rsidR="00F8404F" w:rsidRPr="00F8404F" w:rsidRDefault="00F8404F" w:rsidP="00217F73">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -4901,104 +4842,76 @@
         <w:t>Fee-for-Service contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72EEEF47" w14:textId="77777777" w:rsidR="007C28A1" w:rsidRPr="00217F73" w:rsidRDefault="007C28A1" w:rsidP="00217F73">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217F73">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fixed Pricing:</w:t>
       </w:r>
       <w:r w:rsidRPr="00217F73">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> All engagements will require a SOW in the form of the “Statement of Work” with deliverable-based payments. In the SOW, Bidders must agree to identify </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> costs or charges that will be billed under the SOW.</w:t>
+        <w:t xml:space="preserve"> All engagements will require a SOW in the form of the “Statement of Work” with deliverable-based payments. In the SOW, Bidders must agree to identify any and all costs or charges that will be billed under the SOW.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="535E61B7" w14:textId="77777777" w:rsidR="007C28A1" w:rsidRPr="00217F73" w:rsidRDefault="007C28A1" w:rsidP="00217F73">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217F73">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Hourly Pricing:</w:t>
       </w:r>
       <w:r w:rsidRPr="00217F73">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> All engagements will require a SOW in the form of the “Statement of Work.” In the SOW, Bidders must agree to identify </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> costs or charges that will be billed under the SOW.</w:t>
+        <w:t xml:space="preserve"> All engagements will require a SOW in the form of the “Statement of Work.” In the SOW, Bidders must agree to identify any and all costs or charges that will be billed under the SOW.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1645680E" w14:textId="7FB5AEA2" w:rsidR="00FD66F7" w:rsidRDefault="00FD66F7" w:rsidP="007C28A1">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
         <w:t xml:space="preserve">inks to all the vendors’ </w:t>
       </w:r>
       <w:r>
         <w:t>Master Blanket Purchase Orders (</w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
         <w:t>MBPOs</w:t>
       </w:r>
       <w:r>
         <w:t>), where product pricing may be found,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
@@ -5041,111 +4954,79 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1080">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If soliciting multiple quotes (recommended except in unusual circumstances):</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1080">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Solicit quotes and select and purchase quoted </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> in COMMBUYS</w:t>
+        <w:t xml:space="preserve"> Solicit quotes and select and purchase quoted item in COMMBUYS</w:t>
       </w:r>
       <w:r w:rsidR="00A31425">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EC21349" w14:textId="77777777" w:rsidR="00CE782B" w:rsidRDefault="00CE782B" w:rsidP="00CE782B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1080">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> This COMMBUYS functionality provides a mechanism to easily obtain quotes, as specified by the Contract. The buyer would create a Release </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> then convert it to a Bid. After approval by the buyer approving officer, the bid is then sent to selected vendors to request quotes. Buyers must include “ITS78 RFQ” when entering information in the Description field. </w:t>
+        <w:t xml:space="preserve"> This COMMBUYS functionality provides a mechanism to easily obtain quotes, as specified by the Contract. The buyer would create a Release Requisition, and then convert it to a Bid. After approval by the buyer approving officer, the bid is then sent to selected vendors to request quotes. Buyers must include “ITS78 RFQ” when entering information in the Description field. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="366AAE10" w14:textId="0186E065" w:rsidR="00CE782B" w:rsidRDefault="00A31425" w:rsidP="00CE782B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B52354">
         <w:t xml:space="preserve">For a full description of how to complete a quote in COMMBUYS visit the </w:t>
       </w:r>
@@ -5224,265 +5105,118 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Once the Statement of Work (SOW) has been finalized, COMMBUYS users should attach it to their direct release purchase order in COMMBUYS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50A61A92" w14:textId="7204BD66" w:rsidR="00CE782B" w:rsidRPr="00BF2B02" w:rsidRDefault="00CE782B" w:rsidP="0066734D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF2B02">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For a description of how to complete this purchase in COMMBUYS, </w:t>
       </w:r>
       <w:r w:rsidR="004C7BA7" w:rsidRPr="00BF2B02">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">refer to the </w:t>
       </w:r>
       <w:hyperlink r:id="rId29">
         <w:r w:rsidR="004C7BA7" w:rsidRPr="00BF2B02">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004C7BA7">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF2B02">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF2B02">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> In Step 8, enter the Unit Cost as 1. In Step 11, attach the SOW and purchase order with detailed pricing and quantity information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3559D534" w14:textId="77777777" w:rsidR="00266EDE" w:rsidRPr="003B0898" w:rsidRDefault="00CE782B" w:rsidP="00266EDE">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="2B11B24D" w14:textId="284CB1C5" w:rsidR="008A72A3" w:rsidRDefault="008A72A3" w:rsidP="009F6189">
+      <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B0898">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Document items in COMMBUYS that have already been purchased</w:t>
-[...140 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MMARS and COMMBUYS do not interface. Payment request and invoice must be reported in both MMARS and COMMBUYS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="675722E9" w14:textId="20EE58BB" w:rsidR="00FE302E" w:rsidRDefault="00FE302E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Extend_Beyond_(Performance"/>
-      <w:bookmarkStart w:id="25" w:name="_Toc213660409"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc219362687"/>
       <w:bookmarkStart w:id="26" w:name="_Toc194066599"/>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidR="001A489C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="19A07CFA" w14:textId="7D3EAF66" w:rsidR="00264128" w:rsidRPr="00136C46" w:rsidRDefault="00590190" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
@@ -5562,51 +5296,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No new agreements, including leases, rentals, or service contracts, may be made after the contract's expiration</w:t>
       </w:r>
       <w:r w:rsidR="00D129F4" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc213660410"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc219362688"/>
       <w:r>
         <w:t xml:space="preserve">Setting Up a </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>COMMBUYS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Account</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="78CB2CA0" w14:textId="37DC3E94" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">COMMBUYS is the Commonwealth of Massachusetts' e-procurement platform, serving as a central marketplace for state agencies </w:t>
       </w:r>
@@ -5763,89 +5497,81 @@
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tatewide </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ontracts (SWCs) for the purchase of products and services. </w:t>
       </w:r>
       <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">To set up a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
+        <w:t>To set up a COMMBUYS buyer account or to update an existing agency account,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3390A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B3390A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
+        <w:t xml:space="preserve">the buyers must </w:t>
+      </w:r>
+      <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">the buyers must </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0065246C">
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17CD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>email</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="00B3390A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or call</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
@@ -5943,51 +5669,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc213660411"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc219362689"/>
       <w:bookmarkStart w:id="29" w:name="_Toc194066601"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t>Finding Contract Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="782F9C76" w14:textId="423CA7C5" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E3202F">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -6122,53 +5848,54 @@
         <w:t>, follow these steps</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D67533E" w14:textId="5E73B0D2" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32">
+      <w:hyperlink r:id="rId31">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
       </w:r>
       <w:r w:rsidR="007C28A1">
         <w:rPr>
@@ -6481,69 +6208,69 @@
       </w:r>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="00FB4E4E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ITS78 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007C28A1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc194066602"/>
-      <w:bookmarkStart w:id="31" w:name="_Toc213660412"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc219362690"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="60A82AFB" w14:textId="2A76FA5D" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To find vendor-specific documents, </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6794,159 +6521,135 @@
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B41098" w14:textId="04D66C77" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="00747A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">To view, </w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C055FEA" w14:textId="4B0EC8C6" w:rsidR="0011136C" w:rsidRDefault="0011136C" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc213660413"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc219362691"/>
       <w:r w:rsidRPr="0011136C">
         <w:t>Statement of Work (SOW) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="0011136C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A1C931D" w14:textId="77777777" w:rsidR="007C28A1" w:rsidRDefault="007C28A1" w:rsidP="007C28A1">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C57DB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All engagements entered into under ITS78 will require a SOW in the form of the “Statement of Work” with deliverable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C57DB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>based payments. Contracting Departments may include additional terms in the SOW. In the SOW, any and all costs or charges that will be billed under the SOW must be clearly identified. Vendors may include options for Fixed Price engagements, Time and Materials engagements, or both. Three SOW templates, one for Fixed Price, one for Time and Materials, and one for both, are found on the Master Contract Record.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E979A5D" w14:textId="77777777" w:rsidR="00E923F1" w:rsidRDefault="00E923F1" w:rsidP="00E923F1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc213660414"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc219362692"/>
       <w:r w:rsidRPr="007C28A1">
+        <w:lastRenderedPageBreak/>
         <w:t>Additional Requirements for Executive Departments and other Eligible Entities that use the Commonwealth Network</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="1909EC68" w14:textId="0FEE6A40" w:rsidR="00E923F1" w:rsidRDefault="00E923F1" w:rsidP="00E923F1">
       <w:r w:rsidRPr="004263EC">
-        <w:t xml:space="preserve">If this SOW </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and their signature is required on the Statement of Work. The Eligible Entity Project Manager (PM) will coordinate with the EOTSS point of contact throughout the Term of the engagement.</w:t>
+        <w:t>If this SOW will be placed under Category 2, 3, or 4 of ITS78, the Eligible Entity will work with the Executive Office of Technology Services and Security (EOTSS) to identify an EOTSS contact who will serve as a point of contact for the project. The EOTSS contact will be named in the Statement of Work and their signature is required on the Statement of Work. The Eligible Entity Project Manager (PM) will coordinate with the EOTSS point of contact throughout the Term of the engagement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CBF06C2" w14:textId="2D4C98E1" w:rsidR="00E923F1" w:rsidRPr="00557BCC" w:rsidRDefault="00E2682F" w:rsidP="00E923F1">
       <w:r w:rsidRPr="004263EC">
         <w:t>If</w:t>
       </w:r>
       <w:r w:rsidR="00E923F1" w:rsidRPr="004263EC">
-        <w:t xml:space="preserve"> a point of escalation is required within EOTSS, the Eligible Entity PM will communicate with the EOTSS Chief Information Security Officer, or </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> a point of escalation is required within EOTSS, the Eligible Entity PM will communicate with the EOTSS Chief Information Security Officer, or designee.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Toc201925128"/>
-      <w:bookmarkStart w:id="35" w:name="_Toc213660415"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc219362693"/>
       <w:r w:rsidRPr="00B6218B">
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>Office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (SD</w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
@@ -6979,157 +6682,156 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Departments </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="00556773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Small Business Purchasing Program (SBPP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="001B046D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Program (SDP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
       </w:r>
       <w:r w:rsidR="001F7D27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Operational Services Division (OSD) provides a list of SDO businesses through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
@@ -7164,51 +6866,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and SBPP)</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc213660416"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc219362694"/>
       <w:r w:rsidRPr="00DD5236">
         <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5236">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="00747A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
@@ -7233,51 +6935,51 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="009E2D17">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
@@ -7307,52 +7009,53 @@
         </w:rPr>
         <w:t xml:space="preserve"> be found on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc213660417"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc219362695"/>
       <w:r w:rsidRPr="007418B6">
+        <w:lastRenderedPageBreak/>
         <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
@@ -7373,51 +7076,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+      <w:hyperlink r:id="rId38" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
         <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7440,140 +7143,139 @@
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDO Certification Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C87046" w14:textId="58B7BA95" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc213660418"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc219362696"/>
       <w:bookmarkStart w:id="39" w:name="_Toc194066607"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Subcontractor</w:t>
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidR="004D3A5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="477867D8" w14:textId="113927C7" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Standard Contract Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, as well as other applicable terms of this </w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statewide Contract (</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SWC</w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Toc194066611"/>
-      <w:bookmarkStart w:id="41" w:name="_Toc213660419"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc219362697"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Additional Discounts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="5ADADBAE" w14:textId="4FD4F0AE" w:rsidR="007C28A1" w:rsidRPr="007C28A1" w:rsidRDefault="000157ED" w:rsidP="00300B6F">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors in this </w:t>
       </w:r>
       <w:r w:rsidR="00BE45BC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
@@ -7659,51 +7361,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="006A0936">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">percentage </w:t>
       </w:r>
       <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>discount given to the buyer if the invoice is paid within a specified time, in accordance with the</w:t>
       </w:r>
       <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42">
+      <w:hyperlink r:id="rId41">
         <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Bill Paying Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F52DB7" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9FFCE7" w14:textId="46FFB54B" w:rsidR="00BC6254" w:rsidRPr="007C28A1" w:rsidRDefault="00BC6254" w:rsidP="007C28A1">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C28A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -7720,182 +7422,183 @@
         <w:t xml:space="preserve"> Vendor discounts are detailed in the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="007C28A1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C28A1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table and the price files within each vendor's Master Blanket Purchase Order (MBPO) or Master Contract Record MBPO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A76A16" w14:textId="22F9C6DE" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="_Toc194066612"/>
-      <w:bookmarkStart w:id="43" w:name="_Toc213660420"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc219362698"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Emergency Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidR="00FE1EB2" w:rsidRPr="0011288D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="00280EC3" w:rsidP="00280EC3">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A7E73">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidR="00003B08" w:rsidRPr="00003B08">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>801 CMR 21.05(3)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="_Toc194066614"/>
-      <w:bookmarkStart w:id="45" w:name="_Toc213660421"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc219362699"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Vendor Performance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0752D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="00747A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the Procurated website, </w:t>
@@ -8004,62 +7707,62 @@
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers are encouraged to reach out to the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="00930D69">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="00930D69" w:rsidRPr="00184B5C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Kerri Quinn</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00930D69">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidR="00930D69" w:rsidRPr="00184B5C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Joshua Flanagan-Lanier</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00930D69">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00BE5560">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -8069,249 +7772,80 @@
     </w:p>
     <w:p w14:paraId="7EEB944D" w14:textId="2C0339E6" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="00747A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00EF1817" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be evaluated on their current performance and may be asked to work with the Commonwealth toward improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECCA573" w14:textId="1FFE7CB8" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00D86662" w:rsidP="00747A2D">
-[...166 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3CA7FE22" w14:textId="44C5BAF5" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="00747A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="_Toc194066615"/>
-      <w:bookmarkStart w:id="47" w:name="_Toc213660422"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc219362700"/>
       <w:r>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508955D5" w14:textId="45D486D8" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00747A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
@@ -8524,193 +8058,200 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="005C6EE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00930D69">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidR="00930D69" w:rsidRPr="00184B5C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Kerri Quinn</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00930D69">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidR="00930D69" w:rsidRPr="00184B5C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Joshua Flanagan-Lanier</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00930D69">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for gui</w:t>
       </w:r>
       <w:r w:rsidR="00861069">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dance</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DE46830" w14:textId="37A44786" w:rsidR="004C38FD" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="_Memorandum_of_Understanding"/>
-      <w:bookmarkStart w:id="49" w:name="_Toc213660423"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc219362701"/>
       <w:bookmarkStart w:id="50" w:name="_Toc194066619"/>
       <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidRPr="004C38FD">
         <w:t>Memorandum of Understanding (MOU)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:r w:rsidR="003B7672">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
     </w:p>
     <w:p w14:paraId="1DA44655" w14:textId="6E9C581B" w:rsidR="005C6EE8" w:rsidRDefault="005C6EE8" w:rsidP="005C6EE8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="_Toc194066620"/>
       <w:r w:rsidRPr="000E3C58">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All engagements entered into under ITS78 will require a SOW in the form of the “Statement of Work” with deliverable-based payments. Contracting Departments may include additional terms in the SOW. In the SOW, any and all costs or</w:t>
       </w:r>
       <w:r w:rsidRPr="00C325A2">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000E3C58">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">charges that will be billed under the SOW must be clearly identified. Vendors may include options for Fixed Price engagements, Time and Materials engagements, or both.  Three SOW templates, one for Fixed Price, one for Time and Materials, and one for both, are found </w:t>
+        <w:t xml:space="preserve">charges that will be billed under the SOW must be clearly identified. Vendors may include options for Fixed Price engagements, Time and Materials engagements, or both.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C58">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Three SOW templates, one for Fixed Price, one for Time and Materials, and one for both, are found </w:t>
       </w:r>
       <w:r w:rsidR="00554C28">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidRPr="000E3C58">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidR="00EF6D56">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ITS78 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00554C28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E42F27">
         <w:t>in the</w:t>
       </w:r>
       <w:r w:rsidR="00554C28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00554C28" w:rsidRPr="00554C28">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Agency Attachments</w:t>
       </w:r>
       <w:r w:rsidR="00E42F27">
         <w:t xml:space="preserve"> section.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="_Toc213660424"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc219362702"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Instructions for</w:t>
       </w:r>
       <w:r w:rsidR="00BA483E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
         <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
       </w:r>
       <w:r w:rsidRPr="003066B4">
         <w:t xml:space="preserve"> Users</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
     </w:p>
     <w:p w14:paraId="7E58B0D1" w14:textId="1AA6DF08" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="00DC48F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F493B">
@@ -8761,60 +8302,51 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ITS78</w:t>
       </w:r>
       <w:r w:rsidR="00510821">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="005C6EE8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">in the Agreement ID field in MMARS for encumbrances related to </w:t>
-[...8 lines deleted...]
-        <w:t>purchases from Statewide Contracts.</w:t>
+        <w:t>in the Agreement ID field in MMARS for encumbrances related to purchases from Statewide Contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="53" w:name="_Contract_Summary"/>
       <w:bookmarkStart w:id="54" w:name="_Who_Can_Use_2"/>
       <w:bookmarkStart w:id="55" w:name="_Find_Bid/Contract_Documents"/>
       <w:bookmarkStart w:id="56" w:name="_Who_Can_Use_3"/>
       <w:bookmarkStart w:id="57" w:name="_Contract_Categories_3"/>
       <w:bookmarkStart w:id="58" w:name="_Additional_Information/FAQs_3"/>
       <w:bookmarkStart w:id="59" w:name="_Frequently_Purchased_Items"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
@@ -8838,51 +8370,51 @@
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical support and job aids </w:t>
       </w:r>
       <w:r w:rsidR="000E68EE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by emailing </w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A63214">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00E9505D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
@@ -8904,76 +8436,76 @@
       </w:r>
       <w:r w:rsidR="00417EA8" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A63214">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00266475" w:rsidRDefault="00266475" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00266475" w:rsidSect="003E7DC2">
-          <w:footerReference w:type="first" r:id="rId52"/>
+          <w:footerReference w:type="first" r:id="rId51"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66F6F6D9" w14:textId="572D18D1" w:rsidR="00E51057" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="60" w:name="_Appendix_A:_Vendor"/>
       <w:bookmarkStart w:id="61" w:name="_Vendor_Specific_Information"/>
       <w:bookmarkStart w:id="62" w:name="_Vendor_Information*"/>
       <w:bookmarkStart w:id="63" w:name="_Vendor_List_and"/>
       <w:bookmarkStart w:id="64" w:name="_Appendix_A:_1"/>
       <w:bookmarkStart w:id="65" w:name="_Toc194066623"/>
-      <w:bookmarkStart w:id="66" w:name="_Toc213660425"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc219362703"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidRPr="00ED150D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:r w:rsidRPr="00B142B5">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -8992,51 +8524,51 @@
         <w:t xml:space="preserve"> Vendor Listing Spreadsheet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA64E5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Agency Attachments</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> section of the</w:t>
       </w:r>
       <w:r w:rsidR="00C40348">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidR="00C40348">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ITS78 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DD06A9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED47726" w14:textId="41B458C1" w:rsidR="00385419" w:rsidRDefault="00DD06A9" w:rsidP="005C6EE8">
       <w:r w:rsidRPr="00DD06A9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidR="00385419">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -9087,95 +8619,94 @@
       </w:pPr>
       <w:r>
         <w:t>The Solicitation-Enabled MBPO is for multiple quote requests and price comparison.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5932073E" w14:textId="747BA4D2" w:rsidR="00DD06A9" w:rsidRPr="005C6EE8" w:rsidRDefault="00DD06A9" w:rsidP="00385419">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>N/A = Not Applicable</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14670" w:type="dxa"/>
         <w:tblInd w:w="-1175" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vendor Information Table"/>
-        <w:tblDescription w:val="This table includes the following column headings and information: vendor name, Master Blanket Purchase Order Number, MMARS Vendor Code, MMARS Vendor Line, Contact Person, Phone number, Email, Categories, Regions, Discounts (PPD, Dock Delivery, Other), MBE, WMBE, WBE, Vetran status, Minimum Order, and list of any other imporatant items.  "/>
+        <w:tblDescription w:val="This table may list the contract's approved vendors and their associated details. Users may find vendor-specific information, including contact details, Master Blanket Purchase Order number (with a direct link), service categories, geographic regions, applicable prompt payment or delivery discounts, and any other important items related to the contract."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1664"/>
         <w:gridCol w:w="1599"/>
         <w:gridCol w:w="916"/>
         <w:gridCol w:w="1131"/>
         <w:gridCol w:w="2430"/>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="810"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD1F76" w:rsidRPr="006B02AE" w14:paraId="41055C7E" w14:textId="77777777" w:rsidTr="00C434DD">
+      <w:tr w:rsidR="00CD1F76" w:rsidRPr="006B02AE" w14:paraId="41055C7E" w14:textId="77777777" w:rsidTr="00AD20A3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="692"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1664" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="5993AA01" w14:textId="2EAAA530" w:rsidR="00CD1F76" w:rsidRPr="006B02AE" w:rsidRDefault="00CD1F76" w:rsidP="00D82ACC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="67" w:name="_Appendix_A:_[add"/>
             <w:bookmarkStart w:id="68" w:name="_Toc194066624"/>
             <w:bookmarkEnd w:id="67"/>
             <w:r w:rsidRPr="006B02AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Vendor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="10EDD29D" w14:textId="7AEBB36C" w:rsidR="00CD1F76" w:rsidRPr="006B02AE" w:rsidRDefault="00CD1F76" w:rsidP="00D82ACC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B02AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -9448,91 +8979,90 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>SDP</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00CD1F76" w:rsidRPr="006B02AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Commitment Percentage</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C434DD" w:rsidRPr="006B02AE" w14:paraId="50E48B48" w14:textId="77777777" w:rsidTr="00C434DD">
+      <w:tr w:rsidR="00C434DD" w:rsidRPr="006B02AE" w14:paraId="50E48B48" w14:textId="77777777" w:rsidTr="00AD20A3">
         <w:trPr>
           <w:cantSplit/>
-          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1664" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05BA1BC7" w14:textId="2086082A" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
+          <w:p w14:paraId="05BA1BC7" w14:textId="76E85F99" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B02AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Master Contract Record</w:t>
+              <w:t>Master Contract Record</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FC85824" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r w:rsidRPr="006B02AE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-21-1080-OSD03-SRC01-22392</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006B02AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="916" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DC6417B" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
@@ -9622,89 +9152,89 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1619E493" w14:textId="6C43BAD2" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00454864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15F13B36" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r w:rsidRPr="00D129E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>kerri.quinn@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0902356F" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="62793140" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A62A222" w14:textId="225A129F" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r w:rsidRPr="00D0786D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>joshua.flanagan-lanier@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34F2DE2D" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B02AE">
@@ -9784,102 +9314,93 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B6AF276" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B02AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C434DD" w:rsidRPr="006B02AE" w14:paraId="20882781" w14:textId="77777777" w:rsidTr="00C434DD">
+      <w:tr w:rsidR="00C434DD" w:rsidRPr="006B02AE" w14:paraId="20882781" w14:textId="77777777" w:rsidTr="00AD20A3">
         <w:trPr>
           <w:cantSplit/>
-          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1664" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AC03114" w14:textId="290DE42E" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
-[...16 lines deleted...]
-          <w:p w14:paraId="6A27C9FE" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
+          <w:p w14:paraId="6A27C9FE" w14:textId="7299C360" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00824C85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006B02AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Solicitation Enabled MBPO </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="137D0D89" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r w:rsidRPr="006B02AE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-21-1080-OSD03-SRC01-22404</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="916" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E8EBF81" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -9963,90 +9484,90 @@
           </w:p>
           <w:p w14:paraId="7E5AC17C" w14:textId="67503725" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00454864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B60854C" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r w:rsidRPr="00D129E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>kerri.quinn@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="10E67BF2" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="752DA364" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7ABDC02F" w14:textId="72E2212C" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r w:rsidRPr="00D0786D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>joshua.flanagan-lanier@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C82BAF1" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
@@ -10131,100 +9652,90 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="599ABE6C" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B02AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C434DD" w:rsidRPr="006B02AE" w14:paraId="319C8524" w14:textId="77777777" w:rsidTr="00C434DD">
+      <w:tr w:rsidR="00C434DD" w:rsidRPr="006B02AE" w14:paraId="319C8524" w14:textId="77777777" w:rsidTr="00AD20A3">
         <w:trPr>
           <w:cantSplit/>
-          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1664" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2260336B" w14:textId="03527045" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
+          <w:p w14:paraId="5FA14225" w14:textId="0FE9276C" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00824C85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B02AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Solicitation Enabled MBPO</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48738113" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r w:rsidRPr="006B02AE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-21-1080-OSD03-SRC01-22403</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="916" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="681F79E9" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -10307,89 +9818,89 @@
           </w:p>
           <w:p w14:paraId="1AA7A375" w14:textId="08F4A49F" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00454864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C5C1A7D" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r w:rsidRPr="00D129E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>kerri.quinn@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="64710620" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5F04D5DC" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C367BE6" w14:textId="578D49C3" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r w:rsidRPr="00D0786D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>joshua.flanagan-lanier@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="413BE977" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
@@ -10472,98 +9983,89 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5157D53E" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B02AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C434DD" w:rsidRPr="006B02AE" w14:paraId="6F7D5715" w14:textId="77777777" w:rsidTr="00C434DD">
+      <w:tr w:rsidR="00C434DD" w:rsidRPr="006B02AE" w14:paraId="6F7D5715" w14:textId="77777777" w:rsidTr="00AD20A3">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1664" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CAC72D8" w14:textId="45F01A39" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
+          <w:p w14:paraId="5EBEAE38" w14:textId="7E9A2349" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00824C85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B02AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Solicitation Enabled MBPO</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="542E8DCF" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r w:rsidRPr="006B02AE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-21-1080-OSD03-SRC01-22402</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="916" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6253ACCF" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -10645,89 +10147,89 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="248A5DDE" w14:textId="3B7BE3CC" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00454864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1ADECCFF" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r w:rsidRPr="00D129E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>kerri.quinn@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="706B1BD7" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5817F2B4" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6B3FCA43" w14:textId="29C6B6F0" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r w:rsidRPr="00D0786D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>joshua.flanagan-lanier@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="093F6A86" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B02AE">
@@ -10807,99 +10309,89 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DB1224A" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B02AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C434DD" w:rsidRPr="006B02AE" w14:paraId="0D0FE54E" w14:textId="77777777" w:rsidTr="00C434DD">
+      <w:tr w:rsidR="00C434DD" w:rsidRPr="006B02AE" w14:paraId="0D0FE54E" w14:textId="77777777" w:rsidTr="00AD20A3">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1664" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3682B78A" w14:textId="12D2F670" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
+          <w:p w14:paraId="4FC80D29" w14:textId="7A48AB8A" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00824C85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B02AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Solicitation Enabled MBPO</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48ADCA8A" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r w:rsidRPr="006B02AE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-21-1080-OSD03-SRC01-22401</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="916" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4764DCF8" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -10981,89 +10473,89 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="74E3552A" w14:textId="0AFE2AB5" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00454864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53B92783" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r w:rsidRPr="00D129E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>kerri.quinn@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="012DAA8E" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4FF4B485" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="50471CCD" w14:textId="79BE2F3A" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r w:rsidRPr="00D0786D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>joshua.flanagan-lanier@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5328B7B8" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B02AE">
@@ -11144,61 +10636,58 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13DFD58B" w14:textId="77777777" w:rsidR="00C434DD" w:rsidRPr="006B02AE" w:rsidRDefault="00C434DD" w:rsidP="00C434DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B02AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0FB2E0D9" w14:textId="77777777" w:rsidR="00385419" w:rsidRDefault="00385419" w:rsidP="00A27CA1">
+    <w:p w14:paraId="0FB2E0D9" w14:textId="77777777" w:rsidR="00385419" w:rsidRDefault="00385419" w:rsidP="00824C85"/>
+    <w:p w14:paraId="387CC61A" w14:textId="3EBDBAC5" w:rsidR="00304C6F" w:rsidRDefault="00275216" w:rsidP="00A27CA1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="69" w:name="_Toc213660426"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc219362704"/>
       <w:r w:rsidRPr="00275216">
+        <w:lastRenderedPageBreak/>
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t xml:space="preserve"> (UNSPSC</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t>)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00E23F4C">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -11354,117 +10843,117 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–00–00</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44ABF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Information Services</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00931DF2" w:rsidRPr="00A27CA1" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="404C6E13" w14:textId="77777777" w:rsidR="006D29FB" w:rsidRDefault="006D29FB" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="5EECA5A7" w14:textId="77777777" w:rsidR="005F19A5" w:rsidRDefault="005F19A5" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F27AFC9" w14:textId="77777777" w:rsidR="006D29FB" w:rsidRDefault="006D29FB"/>
+    <w:p w14:paraId="379BE8F6" w14:textId="77777777" w:rsidR="005F19A5" w:rsidRDefault="005F19A5"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D2931C6" w14:textId="77777777" w:rsidR="006D29FB" w:rsidRDefault="006D29FB" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="36EE7DB9" w14:textId="77777777" w:rsidR="005F19A5" w:rsidRDefault="005F19A5" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10676A60" w14:textId="77777777" w:rsidR="006D29FB" w:rsidRDefault="006D29FB"/>
+    <w:p w14:paraId="7659F2C1" w14:textId="77777777" w:rsidR="005F19A5" w:rsidRDefault="005F19A5"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="49AF461C" w14:textId="77777777" w:rsidR="006D29FB" w:rsidRDefault="006D29FB">
+    <w:p w14:paraId="10690402" w14:textId="77777777" w:rsidR="005F19A5" w:rsidRDefault="005F19A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
@@ -11510,61 +10999,52 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Note: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="72DBEBE5" w14:textId="762D37F8" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00363AB5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -12014,61 +11494,52 @@
       <w:t>ote</w:t>
     </w:r>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="49C1DFAA" w14:textId="2E4E342D" w:rsidR="00DC6031" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -12511,61 +11982,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BD17469" w14:textId="559953B5" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00363AB5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -12764,80 +12226,80 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B05295E" w14:textId="77777777" w:rsidR="006D29FB" w:rsidRDefault="006D29FB" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="7EF26389" w14:textId="77777777" w:rsidR="005F19A5" w:rsidRDefault="005F19A5" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5010BEA8" w14:textId="77777777" w:rsidR="006D29FB" w:rsidRDefault="006D29FB"/>
+    <w:p w14:paraId="33E173F5" w14:textId="77777777" w:rsidR="005F19A5" w:rsidRDefault="005F19A5"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C164D1A" w14:textId="77777777" w:rsidR="006D29FB" w:rsidRDefault="006D29FB" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="52F74573" w14:textId="77777777" w:rsidR="005F19A5" w:rsidRDefault="005F19A5" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E98B01F" w14:textId="77777777" w:rsidR="006D29FB" w:rsidRDefault="006D29FB"/>
+    <w:p w14:paraId="733030CE" w14:textId="77777777" w:rsidR="005F19A5" w:rsidRDefault="005F19A5"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="13470D1C" w14:textId="77777777" w:rsidR="006D29FB" w:rsidRDefault="006D29FB">
+    <w:p w14:paraId="4E6FC635" w14:textId="77777777" w:rsidR="005F19A5" w:rsidRDefault="005F19A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="6C5B783A" w14:textId="4356AA9D" w:rsidR="00A40376" w:rsidRDefault="00A40376">
+    <w:p w14:paraId="6C5B783A" w14:textId="5F8AFB4A" w:rsidR="00A40376" w:rsidRDefault="00A40376">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00420F03" w:rsidRPr="00420F03">
         <w:t xml:space="preserve">State agencies requiring engagement under this category must coordinate with and gain the approval of the Office of the Commonwealth Chief Information Security Officer (CCISO). This can be done by emailing your request to </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="00452C0E" w:rsidRPr="00452C0E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Enterprise Risk Management</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00420F03" w:rsidRPr="00420F03">
         <w:t>.</w:t>
@@ -15804,51 +15266,51 @@
   <w:num w:numId="16" w16cid:durableId="2065054508">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1919558157">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1488083602">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1860923909">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="774714484">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="579755877">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="17"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -16436,50 +15898,51 @@
     <w:rsid w:val="001706C5"/>
     <w:rsid w:val="001708FF"/>
     <w:rsid w:val="00170EFD"/>
     <w:rsid w:val="001718AE"/>
     <w:rsid w:val="001718C4"/>
     <w:rsid w:val="001725B9"/>
     <w:rsid w:val="00172A9B"/>
     <w:rsid w:val="00172AE0"/>
     <w:rsid w:val="00172C56"/>
     <w:rsid w:val="0017348E"/>
     <w:rsid w:val="00173629"/>
     <w:rsid w:val="00173847"/>
     <w:rsid w:val="00174038"/>
     <w:rsid w:val="00174238"/>
     <w:rsid w:val="001743C3"/>
     <w:rsid w:val="001747C6"/>
     <w:rsid w:val="00174E98"/>
     <w:rsid w:val="00174F93"/>
     <w:rsid w:val="00175545"/>
     <w:rsid w:val="00175B26"/>
     <w:rsid w:val="00175FFB"/>
     <w:rsid w:val="00177A06"/>
     <w:rsid w:val="001803B9"/>
     <w:rsid w:val="00180F43"/>
     <w:rsid w:val="001812D3"/>
+    <w:rsid w:val="001812EE"/>
     <w:rsid w:val="001814A5"/>
     <w:rsid w:val="00181542"/>
     <w:rsid w:val="00181857"/>
     <w:rsid w:val="00181AF0"/>
     <w:rsid w:val="00181E46"/>
     <w:rsid w:val="0018248C"/>
     <w:rsid w:val="00182926"/>
     <w:rsid w:val="00182EAD"/>
     <w:rsid w:val="00183B65"/>
     <w:rsid w:val="00183BE8"/>
     <w:rsid w:val="00185037"/>
     <w:rsid w:val="00185D36"/>
     <w:rsid w:val="001864F5"/>
     <w:rsid w:val="00187389"/>
     <w:rsid w:val="00187D56"/>
     <w:rsid w:val="00190188"/>
     <w:rsid w:val="00190192"/>
     <w:rsid w:val="00190434"/>
     <w:rsid w:val="00190464"/>
     <w:rsid w:val="00190554"/>
     <w:rsid w:val="00190DC5"/>
     <w:rsid w:val="00190DCF"/>
     <w:rsid w:val="00191E86"/>
     <w:rsid w:val="00191F46"/>
     <w:rsid w:val="00192216"/>
@@ -17117,50 +16580,51 @@
     <w:rsid w:val="0033203C"/>
     <w:rsid w:val="0033239D"/>
     <w:rsid w:val="00332768"/>
     <w:rsid w:val="00332B74"/>
     <w:rsid w:val="00332CAE"/>
     <w:rsid w:val="00332F24"/>
     <w:rsid w:val="00333321"/>
     <w:rsid w:val="003336A1"/>
     <w:rsid w:val="00333989"/>
     <w:rsid w:val="00333FC6"/>
     <w:rsid w:val="003343CA"/>
     <w:rsid w:val="00334444"/>
     <w:rsid w:val="00334BD6"/>
     <w:rsid w:val="00334EC6"/>
     <w:rsid w:val="003358B4"/>
     <w:rsid w:val="003359D1"/>
     <w:rsid w:val="00335A8A"/>
     <w:rsid w:val="00335CAB"/>
     <w:rsid w:val="00335CC0"/>
     <w:rsid w:val="00335FCF"/>
     <w:rsid w:val="003371B2"/>
     <w:rsid w:val="003378F7"/>
     <w:rsid w:val="00337A5C"/>
     <w:rsid w:val="00340B95"/>
     <w:rsid w:val="00340BE0"/>
+    <w:rsid w:val="00340D86"/>
     <w:rsid w:val="00340F9A"/>
     <w:rsid w:val="0034149B"/>
     <w:rsid w:val="003417A9"/>
     <w:rsid w:val="00341F85"/>
     <w:rsid w:val="00342578"/>
     <w:rsid w:val="003437E1"/>
     <w:rsid w:val="003438B2"/>
     <w:rsid w:val="003438F6"/>
     <w:rsid w:val="00343C27"/>
     <w:rsid w:val="00344041"/>
     <w:rsid w:val="0034425A"/>
     <w:rsid w:val="00344435"/>
     <w:rsid w:val="00344787"/>
     <w:rsid w:val="00344DB5"/>
     <w:rsid w:val="00345515"/>
     <w:rsid w:val="00345C56"/>
     <w:rsid w:val="00345DBD"/>
     <w:rsid w:val="003460E7"/>
     <w:rsid w:val="00346136"/>
     <w:rsid w:val="003468FA"/>
     <w:rsid w:val="00346DD0"/>
     <w:rsid w:val="00346EA9"/>
     <w:rsid w:val="00347124"/>
     <w:rsid w:val="003471D8"/>
     <w:rsid w:val="0035048E"/>
@@ -17644,50 +17108,51 @@
     <w:rsid w:val="0047659A"/>
     <w:rsid w:val="00476EA7"/>
     <w:rsid w:val="00477992"/>
     <w:rsid w:val="00477DDF"/>
     <w:rsid w:val="00480784"/>
     <w:rsid w:val="0048091F"/>
     <w:rsid w:val="004809C0"/>
     <w:rsid w:val="00480A60"/>
     <w:rsid w:val="00480E10"/>
     <w:rsid w:val="0048135A"/>
     <w:rsid w:val="00481425"/>
     <w:rsid w:val="00481615"/>
     <w:rsid w:val="00482875"/>
     <w:rsid w:val="00482C3E"/>
     <w:rsid w:val="00482F90"/>
     <w:rsid w:val="00483D52"/>
     <w:rsid w:val="00483D99"/>
     <w:rsid w:val="004845EC"/>
     <w:rsid w:val="0048460D"/>
     <w:rsid w:val="00484D96"/>
     <w:rsid w:val="00484F96"/>
     <w:rsid w:val="00485996"/>
     <w:rsid w:val="0048642D"/>
     <w:rsid w:val="00487455"/>
     <w:rsid w:val="00487A54"/>
+    <w:rsid w:val="00487DF2"/>
     <w:rsid w:val="00490EB5"/>
     <w:rsid w:val="0049109E"/>
     <w:rsid w:val="00491294"/>
     <w:rsid w:val="004919E2"/>
     <w:rsid w:val="00491C81"/>
     <w:rsid w:val="00491D32"/>
     <w:rsid w:val="00492CC3"/>
     <w:rsid w:val="00493044"/>
     <w:rsid w:val="00493238"/>
     <w:rsid w:val="00493421"/>
     <w:rsid w:val="00493515"/>
     <w:rsid w:val="00493B0A"/>
     <w:rsid w:val="00493CCD"/>
     <w:rsid w:val="00493D08"/>
     <w:rsid w:val="00494B2F"/>
     <w:rsid w:val="00495251"/>
     <w:rsid w:val="0049540A"/>
     <w:rsid w:val="004956F6"/>
     <w:rsid w:val="00495A72"/>
     <w:rsid w:val="00495FD4"/>
     <w:rsid w:val="004963C0"/>
     <w:rsid w:val="0049777A"/>
     <w:rsid w:val="00497BD7"/>
     <w:rsid w:val="00497CF1"/>
     <w:rsid w:val="00497F56"/>
@@ -18203,50 +17668,51 @@
     <w:rsid w:val="005E10B3"/>
     <w:rsid w:val="005E22E8"/>
     <w:rsid w:val="005E24DF"/>
     <w:rsid w:val="005E2CE6"/>
     <w:rsid w:val="005E31A5"/>
     <w:rsid w:val="005E3431"/>
     <w:rsid w:val="005E36DC"/>
     <w:rsid w:val="005E3B6E"/>
     <w:rsid w:val="005E53DA"/>
     <w:rsid w:val="005E54AD"/>
     <w:rsid w:val="005E560E"/>
     <w:rsid w:val="005E566F"/>
     <w:rsid w:val="005E5CA7"/>
     <w:rsid w:val="005E5E76"/>
     <w:rsid w:val="005E61C8"/>
     <w:rsid w:val="005E648B"/>
     <w:rsid w:val="005E7362"/>
     <w:rsid w:val="005E7680"/>
     <w:rsid w:val="005F0209"/>
     <w:rsid w:val="005F04C2"/>
     <w:rsid w:val="005F0C1B"/>
     <w:rsid w:val="005F1251"/>
     <w:rsid w:val="005F1364"/>
     <w:rsid w:val="005F1412"/>
     <w:rsid w:val="005F1911"/>
+    <w:rsid w:val="005F19A5"/>
     <w:rsid w:val="005F1A04"/>
     <w:rsid w:val="005F1CA1"/>
     <w:rsid w:val="005F1E94"/>
     <w:rsid w:val="005F1EA3"/>
     <w:rsid w:val="005F2518"/>
     <w:rsid w:val="005F26F2"/>
     <w:rsid w:val="005F2912"/>
     <w:rsid w:val="005F32C3"/>
     <w:rsid w:val="005F344F"/>
     <w:rsid w:val="005F348C"/>
     <w:rsid w:val="005F3752"/>
     <w:rsid w:val="005F3C82"/>
     <w:rsid w:val="005F3FF8"/>
     <w:rsid w:val="005F42E9"/>
     <w:rsid w:val="005F4FDE"/>
     <w:rsid w:val="005F5163"/>
     <w:rsid w:val="005F5274"/>
     <w:rsid w:val="005F58A5"/>
     <w:rsid w:val="005F5BB2"/>
     <w:rsid w:val="005F6C9D"/>
     <w:rsid w:val="005F7591"/>
     <w:rsid w:val="005F7819"/>
     <w:rsid w:val="005F7C01"/>
     <w:rsid w:val="006008C0"/>
     <w:rsid w:val="00600C50"/>
@@ -18256,50 +17722,51 @@
     <w:rsid w:val="00601784"/>
     <w:rsid w:val="00601880"/>
     <w:rsid w:val="00601AD1"/>
     <w:rsid w:val="00601AEF"/>
     <w:rsid w:val="00601B84"/>
     <w:rsid w:val="006022C0"/>
     <w:rsid w:val="006023C3"/>
     <w:rsid w:val="00602CA4"/>
     <w:rsid w:val="00602E1E"/>
     <w:rsid w:val="0060318E"/>
     <w:rsid w:val="0060320F"/>
     <w:rsid w:val="00603363"/>
     <w:rsid w:val="00603957"/>
     <w:rsid w:val="0060400B"/>
     <w:rsid w:val="0060405B"/>
     <w:rsid w:val="00604328"/>
     <w:rsid w:val="00604587"/>
     <w:rsid w:val="0060459D"/>
     <w:rsid w:val="006054A8"/>
     <w:rsid w:val="006054FC"/>
     <w:rsid w:val="006061C4"/>
     <w:rsid w:val="0060623C"/>
     <w:rsid w:val="00606368"/>
     <w:rsid w:val="006063B5"/>
     <w:rsid w:val="006063EB"/>
+    <w:rsid w:val="006069FE"/>
     <w:rsid w:val="00607322"/>
     <w:rsid w:val="006105EB"/>
     <w:rsid w:val="006106BB"/>
     <w:rsid w:val="00610CE7"/>
     <w:rsid w:val="00610FC2"/>
     <w:rsid w:val="00611AE9"/>
     <w:rsid w:val="00611B0C"/>
     <w:rsid w:val="00611C5F"/>
     <w:rsid w:val="00611E9C"/>
     <w:rsid w:val="006120EC"/>
     <w:rsid w:val="00612DA2"/>
     <w:rsid w:val="00613AD0"/>
     <w:rsid w:val="00613FA9"/>
     <w:rsid w:val="0061417A"/>
     <w:rsid w:val="00614844"/>
     <w:rsid w:val="00614D7F"/>
     <w:rsid w:val="00614EA3"/>
     <w:rsid w:val="00615613"/>
     <w:rsid w:val="006157E1"/>
     <w:rsid w:val="00615811"/>
     <w:rsid w:val="006158A9"/>
     <w:rsid w:val="006159B4"/>
     <w:rsid w:val="00615FD9"/>
     <w:rsid w:val="00616361"/>
     <w:rsid w:val="0061696E"/>
@@ -19111,50 +18578,51 @@
     <w:rsid w:val="00811ECF"/>
     <w:rsid w:val="0081239D"/>
     <w:rsid w:val="00813867"/>
     <w:rsid w:val="00813D9D"/>
     <w:rsid w:val="00814F65"/>
     <w:rsid w:val="00815201"/>
     <w:rsid w:val="008161E7"/>
     <w:rsid w:val="00816341"/>
     <w:rsid w:val="00816990"/>
     <w:rsid w:val="0081786A"/>
     <w:rsid w:val="00817B91"/>
     <w:rsid w:val="008200BD"/>
     <w:rsid w:val="008200FC"/>
     <w:rsid w:val="00820106"/>
     <w:rsid w:val="0082048B"/>
     <w:rsid w:val="008204F6"/>
     <w:rsid w:val="008209B8"/>
     <w:rsid w:val="00820B51"/>
     <w:rsid w:val="00820F13"/>
     <w:rsid w:val="0082151F"/>
     <w:rsid w:val="00821B56"/>
     <w:rsid w:val="008220DD"/>
     <w:rsid w:val="00822F94"/>
     <w:rsid w:val="008234A6"/>
     <w:rsid w:val="008249A6"/>
+    <w:rsid w:val="00824C85"/>
     <w:rsid w:val="008251FA"/>
     <w:rsid w:val="00825271"/>
     <w:rsid w:val="00825387"/>
     <w:rsid w:val="00825AB6"/>
     <w:rsid w:val="00825BF6"/>
     <w:rsid w:val="0082614B"/>
     <w:rsid w:val="008262D7"/>
     <w:rsid w:val="0082682E"/>
     <w:rsid w:val="00826CE0"/>
     <w:rsid w:val="0082784B"/>
     <w:rsid w:val="0082785E"/>
     <w:rsid w:val="00827E70"/>
     <w:rsid w:val="008301A2"/>
     <w:rsid w:val="00830454"/>
     <w:rsid w:val="0083077D"/>
     <w:rsid w:val="00830CD0"/>
     <w:rsid w:val="00831876"/>
     <w:rsid w:val="0083198F"/>
     <w:rsid w:val="0083213B"/>
     <w:rsid w:val="008329A9"/>
     <w:rsid w:val="00832C4E"/>
     <w:rsid w:val="008332F4"/>
     <w:rsid w:val="00833378"/>
     <w:rsid w:val="00833AFD"/>
     <w:rsid w:val="00833B99"/>
@@ -19664,50 +19132,51 @@
     <w:rsid w:val="00981F83"/>
     <w:rsid w:val="00981FCA"/>
     <w:rsid w:val="009823DC"/>
     <w:rsid w:val="0098311C"/>
     <w:rsid w:val="00984154"/>
     <w:rsid w:val="00984B4D"/>
     <w:rsid w:val="00984B63"/>
     <w:rsid w:val="009851E3"/>
     <w:rsid w:val="00985758"/>
     <w:rsid w:val="009863AE"/>
     <w:rsid w:val="00986DB3"/>
     <w:rsid w:val="00986F52"/>
     <w:rsid w:val="009876E8"/>
     <w:rsid w:val="00987AC9"/>
     <w:rsid w:val="00990347"/>
     <w:rsid w:val="00990499"/>
     <w:rsid w:val="009906F8"/>
     <w:rsid w:val="00990A36"/>
     <w:rsid w:val="009913F3"/>
     <w:rsid w:val="00991665"/>
     <w:rsid w:val="00991872"/>
     <w:rsid w:val="00991914"/>
     <w:rsid w:val="00991BA2"/>
     <w:rsid w:val="009929D7"/>
     <w:rsid w:val="00993294"/>
+    <w:rsid w:val="00993534"/>
     <w:rsid w:val="009939A4"/>
     <w:rsid w:val="00994306"/>
     <w:rsid w:val="00994456"/>
     <w:rsid w:val="009946D3"/>
     <w:rsid w:val="00994C97"/>
     <w:rsid w:val="00994FAB"/>
     <w:rsid w:val="00996783"/>
     <w:rsid w:val="00997C33"/>
     <w:rsid w:val="009A0825"/>
     <w:rsid w:val="009A08D6"/>
     <w:rsid w:val="009A1361"/>
     <w:rsid w:val="009A1A47"/>
     <w:rsid w:val="009A1D5C"/>
     <w:rsid w:val="009A1EF8"/>
     <w:rsid w:val="009A1F86"/>
     <w:rsid w:val="009A2036"/>
     <w:rsid w:val="009A2159"/>
     <w:rsid w:val="009A2706"/>
     <w:rsid w:val="009A2798"/>
     <w:rsid w:val="009A27BF"/>
     <w:rsid w:val="009A2BCE"/>
     <w:rsid w:val="009A30A6"/>
     <w:rsid w:val="009A327B"/>
     <w:rsid w:val="009A36C3"/>
     <w:rsid w:val="009A3819"/>
@@ -20125,50 +19594,51 @@
     <w:rsid w:val="00AC2BD8"/>
     <w:rsid w:val="00AC32AA"/>
     <w:rsid w:val="00AC3858"/>
     <w:rsid w:val="00AC3F4D"/>
     <w:rsid w:val="00AC400C"/>
     <w:rsid w:val="00AC4043"/>
     <w:rsid w:val="00AC417E"/>
     <w:rsid w:val="00AC4318"/>
     <w:rsid w:val="00AC4379"/>
     <w:rsid w:val="00AC5356"/>
     <w:rsid w:val="00AC5CCF"/>
     <w:rsid w:val="00AC6539"/>
     <w:rsid w:val="00AC6815"/>
     <w:rsid w:val="00AC6DC9"/>
     <w:rsid w:val="00AC7116"/>
     <w:rsid w:val="00AC75CF"/>
     <w:rsid w:val="00AC7695"/>
     <w:rsid w:val="00AC7F57"/>
     <w:rsid w:val="00AD02A0"/>
     <w:rsid w:val="00AD03B1"/>
     <w:rsid w:val="00AD06A5"/>
     <w:rsid w:val="00AD0A7A"/>
     <w:rsid w:val="00AD0EA3"/>
     <w:rsid w:val="00AD1864"/>
     <w:rsid w:val="00AD1E34"/>
+    <w:rsid w:val="00AD20A3"/>
     <w:rsid w:val="00AD2382"/>
     <w:rsid w:val="00AD2919"/>
     <w:rsid w:val="00AD2F61"/>
     <w:rsid w:val="00AD417B"/>
     <w:rsid w:val="00AD4B04"/>
     <w:rsid w:val="00AD5B66"/>
     <w:rsid w:val="00AD5BAE"/>
     <w:rsid w:val="00AD5C4F"/>
     <w:rsid w:val="00AD600C"/>
     <w:rsid w:val="00AD6157"/>
     <w:rsid w:val="00AD62AC"/>
     <w:rsid w:val="00AD675E"/>
     <w:rsid w:val="00AD68AC"/>
     <w:rsid w:val="00AD7C67"/>
     <w:rsid w:val="00AD7E99"/>
     <w:rsid w:val="00AE02DB"/>
     <w:rsid w:val="00AE0456"/>
     <w:rsid w:val="00AE045D"/>
     <w:rsid w:val="00AE0CB9"/>
     <w:rsid w:val="00AE0FFC"/>
     <w:rsid w:val="00AE1544"/>
     <w:rsid w:val="00AE1E72"/>
     <w:rsid w:val="00AE2F93"/>
     <w:rsid w:val="00AE3028"/>
     <w:rsid w:val="00AE3A14"/>
@@ -20507,50 +19977,51 @@
     <w:rsid w:val="00BA623E"/>
     <w:rsid w:val="00BA63E7"/>
     <w:rsid w:val="00BA651E"/>
     <w:rsid w:val="00BA70A8"/>
     <w:rsid w:val="00BA72A2"/>
     <w:rsid w:val="00BB243E"/>
     <w:rsid w:val="00BB263E"/>
     <w:rsid w:val="00BB3497"/>
     <w:rsid w:val="00BB3E74"/>
     <w:rsid w:val="00BB438B"/>
     <w:rsid w:val="00BB5223"/>
     <w:rsid w:val="00BB5677"/>
     <w:rsid w:val="00BB595F"/>
     <w:rsid w:val="00BB63B1"/>
     <w:rsid w:val="00BB6F58"/>
     <w:rsid w:val="00BB71AA"/>
     <w:rsid w:val="00BB7832"/>
     <w:rsid w:val="00BB7B76"/>
     <w:rsid w:val="00BB7C29"/>
     <w:rsid w:val="00BB7DD8"/>
     <w:rsid w:val="00BC0061"/>
     <w:rsid w:val="00BC00AE"/>
     <w:rsid w:val="00BC015E"/>
     <w:rsid w:val="00BC05D2"/>
     <w:rsid w:val="00BC06A4"/>
+    <w:rsid w:val="00BC090B"/>
     <w:rsid w:val="00BC0C5C"/>
     <w:rsid w:val="00BC0F18"/>
     <w:rsid w:val="00BC1029"/>
     <w:rsid w:val="00BC1081"/>
     <w:rsid w:val="00BC11FD"/>
     <w:rsid w:val="00BC12EB"/>
     <w:rsid w:val="00BC1BA2"/>
     <w:rsid w:val="00BC1E8D"/>
     <w:rsid w:val="00BC237C"/>
     <w:rsid w:val="00BC238D"/>
     <w:rsid w:val="00BC2619"/>
     <w:rsid w:val="00BC2C4D"/>
     <w:rsid w:val="00BC340D"/>
     <w:rsid w:val="00BC3653"/>
     <w:rsid w:val="00BC4277"/>
     <w:rsid w:val="00BC4768"/>
     <w:rsid w:val="00BC4ACB"/>
     <w:rsid w:val="00BC4AF0"/>
     <w:rsid w:val="00BC517F"/>
     <w:rsid w:val="00BC56F3"/>
     <w:rsid w:val="00BC5762"/>
     <w:rsid w:val="00BC58D7"/>
     <w:rsid w:val="00BC5D65"/>
     <w:rsid w:val="00BC5DEA"/>
     <w:rsid w:val="00BC6254"/>
@@ -20938,81 +20409,84 @@
     <w:rsid w:val="00CC4BF2"/>
     <w:rsid w:val="00CC514F"/>
     <w:rsid w:val="00CC5EC6"/>
     <w:rsid w:val="00CC6282"/>
     <w:rsid w:val="00CC69E7"/>
     <w:rsid w:val="00CC6BEF"/>
     <w:rsid w:val="00CD00FD"/>
     <w:rsid w:val="00CD023C"/>
     <w:rsid w:val="00CD0547"/>
     <w:rsid w:val="00CD0682"/>
     <w:rsid w:val="00CD0F08"/>
     <w:rsid w:val="00CD1DB1"/>
     <w:rsid w:val="00CD1F76"/>
     <w:rsid w:val="00CD20D0"/>
     <w:rsid w:val="00CD2D00"/>
     <w:rsid w:val="00CD31EF"/>
     <w:rsid w:val="00CD3492"/>
     <w:rsid w:val="00CD35FB"/>
     <w:rsid w:val="00CD45D6"/>
     <w:rsid w:val="00CD46C5"/>
     <w:rsid w:val="00CD4CC6"/>
     <w:rsid w:val="00CD588E"/>
     <w:rsid w:val="00CD594C"/>
     <w:rsid w:val="00CD5979"/>
     <w:rsid w:val="00CD629E"/>
+    <w:rsid w:val="00CD69F2"/>
     <w:rsid w:val="00CD6AC7"/>
     <w:rsid w:val="00CD70F4"/>
     <w:rsid w:val="00CD74E6"/>
     <w:rsid w:val="00CD7705"/>
     <w:rsid w:val="00CE04A0"/>
     <w:rsid w:val="00CE0613"/>
     <w:rsid w:val="00CE0810"/>
     <w:rsid w:val="00CE096F"/>
     <w:rsid w:val="00CE0BD2"/>
     <w:rsid w:val="00CE0D61"/>
     <w:rsid w:val="00CE16B5"/>
     <w:rsid w:val="00CE19AA"/>
     <w:rsid w:val="00CE1D99"/>
     <w:rsid w:val="00CE1FAB"/>
     <w:rsid w:val="00CE203A"/>
     <w:rsid w:val="00CE2175"/>
     <w:rsid w:val="00CE221B"/>
     <w:rsid w:val="00CE2941"/>
     <w:rsid w:val="00CE295E"/>
     <w:rsid w:val="00CE296A"/>
     <w:rsid w:val="00CE2C68"/>
     <w:rsid w:val="00CE3171"/>
     <w:rsid w:val="00CE363C"/>
     <w:rsid w:val="00CE3882"/>
+    <w:rsid w:val="00CE3AF7"/>
     <w:rsid w:val="00CE429F"/>
     <w:rsid w:val="00CE47E3"/>
     <w:rsid w:val="00CE4D93"/>
     <w:rsid w:val="00CE4F99"/>
     <w:rsid w:val="00CE5C94"/>
     <w:rsid w:val="00CE634E"/>
     <w:rsid w:val="00CE6515"/>
+    <w:rsid w:val="00CE6952"/>
     <w:rsid w:val="00CE6FF4"/>
     <w:rsid w:val="00CE7248"/>
     <w:rsid w:val="00CE75BB"/>
     <w:rsid w:val="00CE782B"/>
     <w:rsid w:val="00CF03A2"/>
     <w:rsid w:val="00CF04CB"/>
     <w:rsid w:val="00CF17EB"/>
     <w:rsid w:val="00CF17F5"/>
     <w:rsid w:val="00CF25E4"/>
     <w:rsid w:val="00CF28C8"/>
     <w:rsid w:val="00CF2EBB"/>
     <w:rsid w:val="00CF3BFE"/>
     <w:rsid w:val="00CF4261"/>
     <w:rsid w:val="00CF47F7"/>
     <w:rsid w:val="00CF4E6F"/>
     <w:rsid w:val="00CF4F58"/>
     <w:rsid w:val="00CF56DC"/>
     <w:rsid w:val="00CF5988"/>
     <w:rsid w:val="00CF5EB3"/>
     <w:rsid w:val="00CF5F24"/>
     <w:rsid w:val="00CF60CE"/>
     <w:rsid w:val="00CF66B7"/>
     <w:rsid w:val="00CF70FE"/>
     <w:rsid w:val="00CF756A"/>
     <w:rsid w:val="00D0099F"/>
@@ -22060,50 +21534,51 @@
     <w:rsid w:val="00FA1808"/>
     <w:rsid w:val="00FA1A70"/>
     <w:rsid w:val="00FA244F"/>
     <w:rsid w:val="00FA2EDB"/>
     <w:rsid w:val="00FA2FA4"/>
     <w:rsid w:val="00FA34E8"/>
     <w:rsid w:val="00FA36E9"/>
     <w:rsid w:val="00FA38C8"/>
     <w:rsid w:val="00FA3ABD"/>
     <w:rsid w:val="00FA3EFF"/>
     <w:rsid w:val="00FA406B"/>
     <w:rsid w:val="00FA4281"/>
     <w:rsid w:val="00FA4A75"/>
     <w:rsid w:val="00FA5188"/>
     <w:rsid w:val="00FA5FC5"/>
     <w:rsid w:val="00FA63EF"/>
     <w:rsid w:val="00FA6956"/>
     <w:rsid w:val="00FA6E91"/>
     <w:rsid w:val="00FA7195"/>
     <w:rsid w:val="00FA73D7"/>
     <w:rsid w:val="00FA7B1E"/>
     <w:rsid w:val="00FA7FB1"/>
     <w:rsid w:val="00FB04D6"/>
     <w:rsid w:val="00FB0DE8"/>
     <w:rsid w:val="00FB1695"/>
+    <w:rsid w:val="00FB19D7"/>
     <w:rsid w:val="00FB1EF9"/>
     <w:rsid w:val="00FB227E"/>
     <w:rsid w:val="00FB4E4E"/>
     <w:rsid w:val="00FB5AA9"/>
     <w:rsid w:val="00FB5E45"/>
     <w:rsid w:val="00FB624A"/>
     <w:rsid w:val="00FB68FA"/>
     <w:rsid w:val="00FB6C18"/>
     <w:rsid w:val="00FB71FB"/>
     <w:rsid w:val="00FB7251"/>
     <w:rsid w:val="00FB7413"/>
     <w:rsid w:val="00FB7630"/>
     <w:rsid w:val="00FC1367"/>
     <w:rsid w:val="00FC1ACB"/>
     <w:rsid w:val="00FC1C77"/>
     <w:rsid w:val="00FC20C3"/>
     <w:rsid w:val="00FC288C"/>
     <w:rsid w:val="00FC29BB"/>
     <w:rsid w:val="00FC2B4E"/>
     <w:rsid w:val="00FC2C97"/>
     <w:rsid w:val="00FC3479"/>
     <w:rsid w:val="00FC3605"/>
     <w:rsid w:val="00FC3C7B"/>
     <w:rsid w:val="00FC5D4F"/>
     <w:rsid w:val="00FC602B"/>
@@ -27610,67 +27085,67 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index/download" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22392&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22392&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22402&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22392&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22401&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-post-a-bid-to-receive-quotes-from-vendors-on-a-statewide-contract-executive-agencies" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22404&amp;releaseNbr=0&amp;external=true&amp;parentUrl=closee" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22403&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-post-a-bid-to-receive-quotes-from-vendors-on-a-statewide-contract-executive-agencies" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22392&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22392&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22392&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22392&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22392&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22404&amp;releaseNbr=0&amp;external=true&amp;parentUrl=closee" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-post-a-bid-to-receive-quotes-from-vendors-on-a-statewide-contract-executive-agencies" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22403&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22402&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-post-a-bid-to-receive-quotes-from-vendors-on-a-statewide-contract-executive-agencies" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22392&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22392&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-21-1080-OSD03-SRC01-22401&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://massgov-my.sharepoint.com/personal/catherine_aillon_mass_gov/Documents/Documents/11.10.25%20Posting/ERM@mass.gov" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ERM@mass.gov" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://massgov-my.sharepoint.com/personal/catherine_aillon_mass_gov/Documents/Documents/11.10.25%20Posting/ERM@mass.gov" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/Catherine.Aillon/Downloads/ERM@mass.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -27939,52 +27414,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a769f5e92b7c1d9dc616422e0a2633ff">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4acca893a766136a5bafeab47b9027e1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e0e5592891313212390eddb4a3d5f9a" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -28174,138 +27649,140 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{154CE330-54A2-4566-921A-34F995A65EF4}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7D8A391-D77C-4B11-B185-38BF7DC5B4F1}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>27697</Characters>
+  <Pages>16</Pages>
+  <Words>4689</Words>
+  <Characters>26730</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>230</Lines>
-  <Paragraphs>64</Paragraphs>
+  <Lines>222</Lines>
+  <Paragraphs>62</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Products and Services Contract User Guide Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32491</CharactersWithSpaces>
+  <CharactersWithSpaces>31357</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="480" baseType="variant">
       <vt:variant>
         <vt:i4>3342415</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>342</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.sec.state.ma.us/divisions/cis/download/maps/County_Map.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2424926</vt:i4>
       </vt:variant>
       <vt:variant>