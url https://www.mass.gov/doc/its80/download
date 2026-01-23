--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -106,107 +106,107 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E236867" w14:textId="77777777" w:rsidR="00B96467" w:rsidRDefault="00B96467" w:rsidP="00B22304">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65E4D6F9" w14:textId="2C54789C" w:rsidR="00680B92" w:rsidRDefault="00680B92" w:rsidP="00B32629">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc206762628"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc213662871"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc219362991"/>
       <w:r w:rsidRPr="00CA6AF1">
         <w:t>Contract User Guid</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00B32629" w:rsidRPr="00B32629">
         <w:t>ITS80: Information Technology Independent Research Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="47B13819" w14:textId="77777777" w:rsidR="00E073B7" w:rsidRPr="00E073B7" w:rsidRDefault="00E073B7" w:rsidP="00E073B7">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="390D03BC" w14:textId="284462A2" w:rsidR="00C9452E" w:rsidRDefault="00803BD8" w:rsidP="00266877">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc213662872"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc219362992"/>
       <w:r w:rsidRPr="003E0898">
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="003E0898">
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="0D7C82B0" w14:textId="77777777" w:rsidR="00E073B7" w:rsidRPr="00E073B7" w:rsidRDefault="00E073B7" w:rsidP="00E073B7">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="9630" w:type="dxa"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
         <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
         <w:tblCaption w:val="Contract Overview"/>
         <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3325"/>
         <w:gridCol w:w="6305"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="00E073B7">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="332D8D99">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1572"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Category Manager Contact Information</w:t>
@@ -294,51 +294,51 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="18E36C1D" w14:textId="533244B0" w:rsidR="00B1168A" w:rsidRPr="00606368" w:rsidRDefault="00E073B7" w:rsidP="00E073B7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65C36">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="00E073B7">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="332D8D99">
         <w:trPr>
           <w:trHeight w:val="1395"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="000A0D78" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contract Term</w:t>
             </w:r>
@@ -451,51 +451,51 @@
                   <w:b/>
                   <w:bCs/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Extend Beyond Date:</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00843A58">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00843A58">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">January 18, 2027 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="00E073B7">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="332D8D99">
         <w:trPr>
           <w:trHeight w:val="1299"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006626DD" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006626DD">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
             </w:r>
@@ -623,129 +623,115 @@
             </w:r>
             <w:r w:rsidRPr="00CA06AC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*The asterisk is required when referencing the contract in the MMARS</w:t>
             </w:r>
             <w:r w:rsidR="008D670A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> system</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA06AC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="00E073B7">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="332D8D99">
         <w:trPr>
           <w:trHeight w:val="765"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="6263" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="598ACD9D" w14:textId="39F804EA" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00E073B7">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266877">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quotes are required for </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">. Refer to the </w:t>
+              <w:t xml:space="preserve">Quotes are required for purchasing. Refer to the </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Quote_Response_and" w:history="1">
               <w:r w:rsidRPr="00266877">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00266877">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section for guidelines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="00E073B7">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="332D8D99">
         <w:trPr>
           <w:trHeight w:val="756"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor List</w:t>
             </w:r>
@@ -772,99 +758,105 @@
             </w:r>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
               <w:r w:rsidRPr="00136526">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="00E073B7">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="332D8D99">
         <w:trPr>
           <w:trHeight w:val="504"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="6263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="28361ED6" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="00E073B7" w:rsidP="00E073B7">
+          <w:p w14:paraId="331CB3E6" w14:textId="7D5647E9" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="5632B626" w:rsidP="332D8D99">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="332D8D99">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01/15/2026: Removed Request for Payment Authorization (RPA) language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14685198" w14:textId="18804241" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="332D8D99">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5A0EFEED" w14:textId="77777777" w:rsidR="00E073B7" w:rsidRDefault="00E073B7" w:rsidP="00266877">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="471DB5A3" w14:textId="77777777" w:rsidR="00E073B7" w:rsidRDefault="00E073B7" w:rsidP="00266877">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
@@ -914,60 +906,52 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mass.gov/</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF7BD81" w14:textId="4C0EC64B" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Template Version: 9.0</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
@@ -1111,1745 +1095,1737 @@
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00145223">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">720-3300 | </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidR="00FA6E91">
           <w:rPr>
             <w:color w:val="2E368F"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/osd</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="007D0521">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00B03625" w:rsidSect="003E7DC2">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:footerReference w:type="first" r:id="rId18"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4A9ACB03" w14:textId="5A26B5B9" w:rsidR="00345118" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="14E3B29C" w14:textId="15B05269" w:rsidR="005421BD" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc213662871" w:history="1">
-            <w:r w:rsidR="00345118" w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219362991" w:history="1">
+            <w:r w:rsidR="005421BD" w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Contract User Guide ITS80: Information Technology Independent Research Services</w:t>
             </w:r>
-            <w:r w:rsidR="00345118">
+            <w:r w:rsidR="005421BD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00345118">
+            <w:r w:rsidR="005421BD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00345118">
+            <w:r w:rsidR="005421BD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662871 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00345118">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362991 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005421BD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00345118">
+            <w:r w:rsidR="005421BD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00345118">
+            <w:r w:rsidR="005421BD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00345118">
+            <w:r w:rsidR="005421BD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2F6B0855" w14:textId="6968F693" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="7E47CFAD" w14:textId="0E0484EA" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662872" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219362992" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Overview</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662872 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362992 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="382B8157" w14:textId="745383F6" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="23F72B37" w14:textId="63C83348" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662873" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219362993" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Summary</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662873 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362993 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="780DC5FC" w14:textId="1C2064C1" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="5C41B120" w14:textId="2836E5C9" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662874" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219362994" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Benefits and Cost Savings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662874 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362994 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="43715D84" w14:textId="468E2672" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="5F34F1CA" w14:textId="4B5541AD" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662875" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219362995" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662875 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362995 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6F1D6C4A" w14:textId="158DB5A5" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="0D2CB212" w14:textId="51F82CCE" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662876" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219362996" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Who May Use the Contract</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662876 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362996 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="56D03CD5" w14:textId="1DEC97D8" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="06B80E4C" w14:textId="5F1109A1" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662877" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219362997" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Pricing Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662877 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362997 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0DBA8B3A" w14:textId="010B724B" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="5E091E19" w14:textId="68D0AFD3" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662878" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219362998" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Quote Response and Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662878 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362998 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="487BED5D" w14:textId="5395BD65" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="1ED49088" w14:textId="060EE550" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662879" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219362999" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Purchase Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662879 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219362999 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="554DD297" w14:textId="4FEE8496" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="5BB97703" w14:textId="3BD93BD4" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662880" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219363000" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662880 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363000 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2594C179" w14:textId="0E960EB9" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="7517A479" w14:textId="7AA256FF" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662881" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219363001" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Setting Up a COMMBUYS Account</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662881 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363001 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="56CF17E5" w14:textId="26758BB7" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="270DB5DD" w14:textId="6509BF0E" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662882" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219363002" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Contract Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662882 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363002 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="61D49D55" w14:textId="1E58D6E2" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="54069528" w14:textId="2F3156E6" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662883" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219363003" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Vendor-Specific Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662883 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363003 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="34A4AA5C" w14:textId="799963B1" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="1B951060" w14:textId="2619C107" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662884" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219363004" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Office (SDO) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662884 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363004 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2C285527" w14:textId="696A20AE" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="40A1FB7B" w14:textId="6A6C4A82" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662885" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219363005" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662885 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363005 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="225788D2" w14:textId="3F56863F" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="213977E6" w14:textId="7ADAAFEC" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662886" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219363006" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662886 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363006 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="132896FD" w14:textId="55B93926" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="34B980B5" w14:textId="21073513" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662887" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219363007" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Subcontractors</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662887 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363007 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="17353251" w14:textId="4731BE2A" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="4B8B648A" w14:textId="0E214812" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662888" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219363008" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor Performance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662888 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363008 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6ED80F0F" w14:textId="28C8FBEA" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="3D9CD23B" w14:textId="1E5D3B3C" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662889" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219363009" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>General Procurement Guidelines and Best Practices</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662889 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363009 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="71C6B725" w14:textId="3F2C2807" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="443A01F1" w14:textId="5DF4ED16" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662890" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219363010" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Instructions for Massachusetts Management Accounting and Reporting System (MMARS) Users</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662890 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363010 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6F6CFAA7" w14:textId="0C00A5F2" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="00695299" w14:textId="450DD22A" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662891" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219363011" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor List and Information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662891 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363011 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="42D8CE61" w14:textId="454BEEAF" w:rsidR="00345118" w:rsidRDefault="00345118">
+        <w:p w14:paraId="6392551A" w14:textId="649A4A67" w:rsidR="005421BD" w:rsidRDefault="005421BD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213662892" w:history="1">
-            <w:r w:rsidRPr="00E473F9">
+          <w:hyperlink w:anchor="_Toc219363012" w:history="1">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>United Nations Standard Products and Services Code</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E473F9">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E473F9">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> (UNSPSC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E473F9">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E473F9">
+            <w:r w:rsidRPr="00053371">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213662892 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219363012 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50AC2B20" w14:textId="127246DE" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="50AC2B20" w14:textId="7FD7B603" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
           <w:r>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:caps/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4BCAF3C8" w14:textId="77777777" w:rsidR="00975D07" w:rsidRDefault="00975D07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00975D07" w:rsidSect="00975D07">
           <w:headerReference w:type="first" r:id="rId19"/>
           <w:footerReference w:type="first" r:id="rId20"/>
@@ -2862,80 +2838,69 @@
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52077F97" w14:textId="77777777" w:rsidR="00E073B7" w:rsidRDefault="00E073B7" w:rsidP="00B7346F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1886F881" w14:textId="04B6B347" w:rsidR="00DA3FD7" w:rsidRPr="00B7346F" w:rsidRDefault="13FE62E6" w:rsidP="00B7346F">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">TIP: To return to the first page throughout this document, use </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
+      </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc213662873"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc219362993"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
         <w:t>Summary</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="297B4557" w14:textId="77777777" w:rsidR="0094328F" w:rsidRDefault="0094328F" w:rsidP="0094328F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E94E70">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -2961,105 +2926,69 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099560C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">It replaces ITS59, the previous contract for IT Independent Research Services. The contract primarily offers online access via subscription to independent and objective IT research articles and IT market analyses, including tables showing market leaders in comparison to one another in areas such as computer hardware and software, security products and services, and many more. Technology trends and forecasts are also available. Some ITS80 vendors offer subscriptions that include analyst consultation to assist contract users to locate the information most applicable to their specific questions and to interpret the available data. Some subscriptions include tickets for participation at summit conferences and peer-to-peer networking events. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5930F3C0" w14:textId="77777777" w:rsidR="0094328F" w:rsidRDefault="0094328F" w:rsidP="0094328F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099560C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ITS80 leverages the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">ITS80 leverages the NASPOValuePoint </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00047603">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>IT Research &amp; Advisory Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0099560C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> contract, with some services excluded as specified below. Massachusetts joined this multi-state cooperative contract rather than </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> an RFR to obtain these services. </w:t>
+        <w:t xml:space="preserve"> contract, with some services excluded as specified below. Massachusetts joined this multi-state cooperative contract rather than conduct an RFR to obtain these services. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68FA877E" w14:textId="25F900CF" w:rsidR="00815201" w:rsidRDefault="00815201" w:rsidP="00815201">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C7194">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="000C7194" w:rsidRPr="000C7194">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ote:</w:t>
       </w:r>
       <w:r w:rsidRPr="00815201">
@@ -3148,51 +3077,51 @@
       <w:r w:rsidRPr="00505933">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00E073B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ITS80 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0094328F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7375C5A9" w14:textId="66D5AFE7" w:rsidR="00EF0700" w:rsidRPr="0094328F" w:rsidRDefault="00EF0700" w:rsidP="0094328F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc194066617"/>
-      <w:bookmarkStart w:id="7" w:name="_Toc213662874"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc219362994"/>
       <w:r>
         <w:t xml:space="preserve">Benefits and </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Cost</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D5DA1">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Savings</w:t>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="_Toc188457898"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="082CDB9C" w14:textId="214D317C" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00EF0700">
       <w:pPr>
@@ -3371,51 +3300,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Offering Prompt Pay</w:t>
       </w:r>
       <w:r w:rsidR="00DB7558">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ment</w:t>
       </w:r>
       <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Discount</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79FAB35B" w14:textId="5181B052" w:rsidR="005D20CA" w:rsidRDefault="005D20CA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc213662875"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc219362995"/>
       <w:bookmarkStart w:id="10" w:name="_Toc194066595"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="0903CD51" w14:textId="77777777" w:rsidR="00B13DB0" w:rsidRPr="00E94E70" w:rsidRDefault="00B13DB0" w:rsidP="00E073B7">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc194066594"/>
       <w:r w:rsidRPr="00E94E70">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -3534,51 +3463,51 @@
           </w:rPr>
           <w:t>76</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E94E70">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkStart w:id="13" w:name="_Emergency_Services"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00E94E70">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc213662876"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc219362996"/>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
       <w:r w:rsidR="008B1C4B">
         <w:t>May</w:t>
       </w:r>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> Use the Contract</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="2F421623" w14:textId="14254EBC" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F80200" w:rsidP="00F80200">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The following </w:t>
       </w:r>
       <w:r w:rsidR="00F355B6" w:rsidRPr="003C62B7">
@@ -3844,51 +3773,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0B394519" w14:textId="3C7F7EE8" w:rsidR="00F355B6" w:rsidRDefault="00F355B6" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other entities when designated in writing by the State Purchasing Agent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3A806F" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc194066597"/>
-      <w:bookmarkStart w:id="16" w:name="_Toc213662877"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc219362997"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Pricing Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="1D645831" w14:textId="77777777" w:rsidR="00B13DB0" w:rsidRDefault="00B13DB0" w:rsidP="00B13DB0">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Hlk193714773"/>
       <w:r w:rsidRPr="00E94E70">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E94E70">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -3949,196 +3878,90 @@
       </w:r>
       <w:r w:rsidRPr="005539BA">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidRPr="005539BA">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contractors</w:t>
       </w:r>
       <w:r w:rsidRPr="005539BA">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tab at this link to the </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="005539BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>NASPOValuePoint</w:t>
-[...8 lines deleted...]
-          <w:t xml:space="preserve"> Contract</w:t>
+          <w:t>NASPOValuePoint Contract</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005539BA">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, or link directly to the vendor’s record on </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> via the URL provided in </w:t>
+        <w:t xml:space="preserve">, or link directly to the vendor’s record on NASPOValuePoint via the URL provided in </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="005539BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor List and Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005539BA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="005539BA">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Under Documents/Details on each vendor’s contract on </w:t>
-[...79 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">  Under Documents/Details on each vendor’s contract on NASPOValuePoint, you will find the Vendor’s “Master Agreement Documents.” The Vendor’s Master Agreement includes the terms of the vendor’s NASPOValuePoint agreement, which are expanded and modified by the vendor’s Massachusetts Participating Addendum. Pricing is located in Exhibit C of each vendor’s Master Agreement. Pricing and products are subject to changes approved by NASPOValuePoint.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BEACAA8" w14:textId="26868DC1" w:rsidR="00B13DB0" w:rsidRPr="00E94E70" w:rsidRDefault="00B13DB0" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E94E70">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If a vendor does not have a manufacturer listed in their awarded price file, the vendor must contact the Category Manager</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4292,51 +4115,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B75CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>section</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, where links to all the vendors’ MBPOs are provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F451098" w14:textId="4A6C3DE9" w:rsidR="00614844" w:rsidRPr="00614844" w:rsidRDefault="00F35A63" w:rsidP="001F6040">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Quote_Response_and"/>
-      <w:bookmarkStart w:id="19" w:name="_Toc213662878"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc219362998"/>
       <w:bookmarkStart w:id="20" w:name="_Toc194066598"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t>Quote Response and Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="4084B67A" w14:textId="050943D6" w:rsidR="001F6040" w:rsidRDefault="001F6040" w:rsidP="001F6040">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc194066596"/>
       <w:r w:rsidRPr="005B31AE">
         <w:t>Multiple Quotes are not required. Contract Users should review the pricing and services available on each vendor’s contract and select the vendor whose offerings best meet their requirements. Additional information to assist Contract Users in selecting the appropriate subscription will be posted on COMMBUYS when available. It is recommended that you contact the vendor’s account representative (</w:t>
       </w:r>
       <w:r w:rsidR="00E073B7">
         <w:t>refer to the</w:t>
       </w:r>
@@ -4407,93 +4230,79 @@
       <w:r w:rsidR="005539BA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B31AE">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="005539BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>How to Create a Solicitation Enabled Bid Using a Release Requisition</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005B31AE">
         <w:t xml:space="preserve"> job aid. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45336D7C" w14:textId="04C58DEE" w:rsidR="00ED723A" w:rsidRDefault="00ED723A" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc213662879"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc219362999"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Purchase</w:t>
       </w:r>
       <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="026E88CB" w14:textId="65827490" w:rsidR="00E073B7" w:rsidRPr="00E073B7" w:rsidRDefault="00E073B7" w:rsidP="00E073B7">
       <w:r w:rsidRPr="00E94E70">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Purchases made through this contract will be direct, outright purchases.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CD0E05" w14:textId="1039D830" w:rsidR="001F6040" w:rsidRPr="00636A3D" w:rsidRDefault="001F6040" w:rsidP="001F6040">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E94E70">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The purchase options identified below are the only acceptable options that may be used </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> this contract: </w:t>
+        <w:t xml:space="preserve">The purchase options identified below are the only acceptable options that may be used on this contract: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="199F8C71" w14:textId="77777777" w:rsidR="001F6040" w:rsidRPr="00877104" w:rsidRDefault="001F6040" w:rsidP="001F6040">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E94E70">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Quote Solicitation:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E94E70">
         <w:rPr>
@@ -4681,200 +4490,80 @@
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="001F6040" w:rsidRPr="00877104">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:hyperlink r:id="rId33">
         <w:r w:rsidR="001F6040" w:rsidRPr="00877104">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001F6040" w:rsidRPr="00877104">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2876F468" w14:textId="77777777" w:rsidR="001F6040" w:rsidRPr="00877104" w:rsidRDefault="001F6040" w:rsidP="001F6040">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="2B11B24D" w14:textId="284CB1C5" w:rsidR="008A72A3" w:rsidRDefault="008A72A3" w:rsidP="009F6189">
+      <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00877104">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Document Items in COMMBUYS That Have Already Been Purchased:</w:t>
-[...114 lines deleted...]
-        </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MMARS and COMMBUYS do not interface. Payment request and invoice must be reported in both MMARS and COMMBUYS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="675722E9" w14:textId="137C4A7A" w:rsidR="00FE302E" w:rsidRDefault="00FE302E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Extend_Beyond_(Performance"/>
-      <w:bookmarkStart w:id="24" w:name="_Toc213662880"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc219363000"/>
       <w:bookmarkStart w:id="25" w:name="_Toc194066599"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidR="001A489C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="19A07CFA" w14:textId="35619496" w:rsidR="00264128" w:rsidRPr="00136C46" w:rsidRDefault="00590190" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
@@ -4954,51 +4643,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No new agreements, including leases, rentals, or service contracts, may be made after the contract's expiration</w:t>
       </w:r>
       <w:r w:rsidR="00D129F4" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc213662881"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc219363001"/>
       <w:r>
         <w:t xml:space="preserve">Setting Up a </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>COMMBUYS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Account</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="78CB2CA0" w14:textId="37DC3E94" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">COMMBUYS is the Commonwealth of Massachusetts' e-procurement platform, serving as a central marketplace for state agencies </w:t>
       </w:r>
@@ -5185,51 +4874,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the buyers must </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="00B3390A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or call</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
@@ -5250,51 +4939,50 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>888-627-8283</w:t>
       </w:r>
       <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6D23F5" w14:textId="5028FFCD" w:rsidR="006C26B7" w:rsidRPr="00136C46" w:rsidRDefault="0005780F" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>While COMMBUYS use is not mandated for Non-Executive Agencies</w:t>
       </w:r>
       <w:r w:rsidR="00F76D22">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other </w:t>
       </w:r>
       <w:r w:rsidR="00BF6E04">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00F76D22">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ligible </w:t>
       </w:r>
       <w:r w:rsidR="00BF6E04">
         <w:rPr>
@@ -5328,51 +5016,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc213662882"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc219363002"/>
       <w:bookmarkStart w:id="28" w:name="_Toc194066601"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t>Finding Contract Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="782F9C76" w14:textId="423CA7C5" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E3202F">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -5507,53 +5195,54 @@
         <w:t>, follow these steps</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D67533E" w14:textId="50C205C7" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36">
+      <w:hyperlink r:id="rId35">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
       </w:r>
       <w:r w:rsidR="008B5AA1" w:rsidRPr="008B5AA1">
         <w:rPr>
@@ -5664,204 +5353,212 @@
         </w:rPr>
         <w:t>Master Blanket Purchase Orders (</w:t>
       </w:r>
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MBPOs</w:t>
       </w:r>
       <w:r w:rsidR="00837172" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> information opens in a table format. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5DE19C" w14:textId="04D79911" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="0091198E">
+    <w:p w14:paraId="6C5DE19C" w14:textId="0D2F0A77" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view </w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00F951D6" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>associated</w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contract documents, under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Blanket #</w:t>
-[...85 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+        <w:t xml:space="preserve">Blanket </w:t>
+      </w:r>
+      <w:r w:rsidR="00056E7D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Agency Attachments</w:t>
+        <w:t xml:space="preserve">Number. </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
+        <w:t xml:space="preserve">column, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF04CB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14A44" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Purchase Order (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PO</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3369B" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> link. </w:t>
+      </w:r>
+      <w:r w:rsidR="0002260E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="001E44D0" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MBPO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> opens for the selected </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4464F" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PO,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the attachments </w:t>
+      </w:r>
+      <w:r w:rsidR="000F68FF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be found in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Agency Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section.</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25607E40" w14:textId="7C1BC952" w:rsidR="00530D68" w:rsidRPr="00136C46" w:rsidRDefault="00D618B6" w:rsidP="00C85314">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
@@ -5883,70 +5580,70 @@
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
       <w:r w:rsidR="00C85314" w:rsidRPr="00877104">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidR="005539BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ITS80 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C85314">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="62D36645" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc194066602"/>
-      <w:bookmarkStart w:id="30" w:name="_Toc213662883"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc219363003"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="60A82AFB" w14:textId="49B30978" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To find vendor-specific documents, </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6032,99 +5729,106 @@
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page</w:t>
       </w:r>
       <w:r w:rsidR="00F33440" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and follow these steps:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAA3403" w14:textId="22E92C57" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="0091198E">
+    <w:p w14:paraId="1EAA3403" w14:textId="5D89C805" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00EB01C8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page, u</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nder the </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Master Blanket Purchase Order #</w:t>
+        <w:t xml:space="preserve">Master Blanket Purchase Order </w:t>
+      </w:r>
+      <w:r w:rsidR="00056E7D">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Number.</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Column, </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the applicable </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
@@ -6219,53 +5923,52 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view, </w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc201925128"/>
-      <w:bookmarkStart w:id="32" w:name="_Toc213662884"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc219363004"/>
       <w:r w:rsidRPr="00B6218B">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>Office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (SD</w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
@@ -6297,156 +6000,157 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Departments </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="00556773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Small Business Purchasing Program (SBPP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="001B046D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Program (SDP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
       </w:r>
       <w:r w:rsidR="001F7D27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Operational Services Division (OSD) provides a list of SDO businesses through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
@@ -6481,51 +6185,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and SBPP)</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc213662885"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc219363005"/>
       <w:r w:rsidRPr="00DD5236">
         <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5236">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
@@ -6550,51 +6254,51 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
@@ -6624,51 +6328,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> be found on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc213662886"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc219363006"/>
       <w:r w:rsidRPr="007418B6">
         <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
@@ -6690,255 +6394,255 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+      <w:hyperlink r:id="rId42" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
         <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor SBPP Certification status can be found on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:tgtFrame="_blank" w:tooltip="https://outlook.office.com/mail/id/AAQkADgzYTk4ODU3LTYyMDgtNGM4ZC04NmU4LWQ0MGVkNDhjYzRhZAAQAC3UPijPB%2BlJqIH0J4xQFY0%3D#x__Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00ED6956">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDO Certification Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C87046" w14:textId="627FF938" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc213662887"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc219363007"/>
       <w:bookmarkStart w:id="36" w:name="_Toc194066607"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Subcontractor</w:t>
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidR="004D3A5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="477867D8" w14:textId="6288B26F" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Standard Contract Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, as well as other applicable terms of this </w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statewide Contract (</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SWC</w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="_Toc194066614"/>
-      <w:bookmarkStart w:id="38" w:name="_Toc213662888"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc219363008"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Vendor Performance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0752D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the Procurated website, </w:t>
@@ -7054,62 +6758,62 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers are encouraged to reach out to the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="003963BC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005539BA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidR="005539BA" w:rsidRPr="00184B5C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Kerri Quinn</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005539BA">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidR="005539BA" w:rsidRPr="00184B5C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Joshua Flanagan-Lanier</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005539BA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if vendors are not meeting their contractual obligations and buyers may be surveyed for vendor performance feedback.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EEB944D" w14:textId="2C0339E6" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -7309,86 +7013,85 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="_Toc194066615"/>
-      <w:bookmarkStart w:id="40" w:name="_Toc213662889"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc219363009"/>
       <w:r>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508955D5" w14:textId="0541F102" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Buyers should inform vendors to reference </w:t>
       </w:r>
       <w:r w:rsidR="007F523B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Statewide </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="003963BC" w:rsidRPr="003963BC">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ITS80</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7560,62 +7263,62 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="003963BC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005539BA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidR="005539BA" w:rsidRPr="00184B5C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Kerri Quinn</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005539BA">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidR="005539BA" w:rsidRPr="00184B5C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Joshua Flanagan-Lanier</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005539BA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for gui</w:t>
       </w:r>
       <w:r w:rsidR="00861069">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -7625,59 +7328,60 @@
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012945E2" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="0091198E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="_Toc194066620"/>
-      <w:bookmarkStart w:id="42" w:name="_Toc213662890"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc219363010"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Instructions for</w:t>
       </w:r>
       <w:r w:rsidR="00BA483E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
         <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
       </w:r>
       <w:r w:rsidRPr="003066B4">
         <w:t xml:space="preserve"> Users</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="7E58B0D1" w14:textId="1F238579" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="00DC48F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F493B">
@@ -7788,51 +7492,51 @@
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical support and job aids </w:t>
       </w:r>
       <w:r w:rsidR="000E68EE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by emailing </w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A63214">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00E9505D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
@@ -7854,74 +7558,74 @@
       </w:r>
       <w:r w:rsidR="00417EA8" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A63214">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00266475" w:rsidRDefault="00266475" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00266475" w:rsidSect="003E7DC2">
-          <w:footerReference w:type="first" r:id="rId52"/>
+          <w:footerReference w:type="first" r:id="rId51"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66F6F6D9" w14:textId="572D18D1" w:rsidR="00E51057" w:rsidRPr="00ED150D" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:u w:val="double"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="_Appendix_A:_Vendor"/>
       <w:bookmarkStart w:id="51" w:name="_Vendor_Specific_Information"/>
       <w:bookmarkStart w:id="52" w:name="_Vendor_Information*"/>
       <w:bookmarkStart w:id="53" w:name="_Vendor_List_and"/>
       <w:bookmarkStart w:id="54" w:name="_Appendix_A:_1"/>
       <w:bookmarkStart w:id="55" w:name="_Toc194066623"/>
-      <w:bookmarkStart w:id="56" w:name="_Toc213662891"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc219363011"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:r w:rsidRPr="00ED150D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r w:rsidRPr="00B142B5">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -8429,51 +8133,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005539BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>[Master Contract Record] [Master MBPO] (All contract documents)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43C95CB1" w14:textId="77777777" w:rsidR="00332CE3" w:rsidRPr="005539BA" w:rsidRDefault="00332CE3" w:rsidP="00332CE3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r w:rsidRPr="005539BA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27810</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1867" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32B9E059" w14:textId="77777777" w:rsidR="00332CE3" w:rsidRDefault="00332CE3" w:rsidP="00332CE3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -8545,80 +8249,80 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6057DB2B" w14:textId="3BB6FDEE" w:rsidR="00332CE3" w:rsidRPr="005539BA" w:rsidRDefault="00332CE3" w:rsidP="00332CE3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00454864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="763873BE" w14:textId="77777777" w:rsidR="00332CE3" w:rsidRDefault="00332CE3" w:rsidP="00332CE3">
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r w:rsidRPr="00D129E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>kerri.quinn@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="6EBD2985" w14:textId="77777777" w:rsidR="00332CE3" w:rsidRDefault="00332CE3" w:rsidP="00332CE3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="257FFBF4" w14:textId="08C5779F" w:rsidR="00332CE3" w:rsidRPr="005539BA" w:rsidRDefault="00332CE3" w:rsidP="00332CE3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r w:rsidRPr="00D0786D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>joshua.flanagan-lanier@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39F198BB" w14:textId="77777777" w:rsidR="00332CE3" w:rsidRPr="005539BA" w:rsidRDefault="00332CE3" w:rsidP="00332CE3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005539BA">
@@ -8718,51 +8422,51 @@
             </w:pPr>
             <w:r w:rsidRPr="005539BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Forrester</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B01F844" w14:textId="77777777" w:rsidR="00332CE3" w:rsidRPr="005539BA" w:rsidRDefault="00332CE3" w:rsidP="00D82ACC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r w:rsidRPr="005539BA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-24-1080-OSD03-SRC01-31098</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1867" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D2A50FC" w14:textId="77777777" w:rsidR="00332CE3" w:rsidRPr="005539BA" w:rsidRDefault="00332CE3" w:rsidP="00D82ACC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
@@ -8790,51 +8494,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005539BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>703-584-2850</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D10C5F4" w14:textId="77777777" w:rsidR="00332CE3" w:rsidRPr="005539BA" w:rsidRDefault="00332CE3" w:rsidP="00D82ACC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId57">
+            <w:hyperlink r:id="rId56">
               <w:r w:rsidRPr="005539BA">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>djaehnig@forrester.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1787115D" w14:textId="77777777" w:rsidR="00332CE3" w:rsidRPr="005539BA" w:rsidRDefault="00332CE3" w:rsidP="00D82ACC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005539BA">
@@ -8861,51 +8565,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005539BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="468F9786" w14:textId="1D0D6098" w:rsidR="00332CE3" w:rsidRPr="005539BA" w:rsidRDefault="00332CE3" w:rsidP="00D82ACC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Forrester Research, Inc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DB4B837" w14:textId="77777777" w:rsidR="00332CE3" w:rsidRPr="005539BA" w:rsidRDefault="00332CE3" w:rsidP="00D82ACC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
@@ -8938,51 +8642,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005539BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Gartner Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DFF010A" w14:textId="77777777" w:rsidR="00332CE3" w:rsidRPr="005539BA" w:rsidRDefault="00332CE3" w:rsidP="00D82ACC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r w:rsidRPr="005539BA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-27814</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1867" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0808DB01" w14:textId="77777777" w:rsidR="00332CE3" w:rsidRPr="005539BA" w:rsidRDefault="00332CE3" w:rsidP="00D82ACC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005539BA">
@@ -9076,98 +8780,98 @@
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005539BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14335785" w14:textId="0912C24A" w:rsidR="00332CE3" w:rsidRPr="005539BA" w:rsidRDefault="00332CE3" w:rsidP="00D82ACC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Gartner, Inc.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10B13C0C" w14:textId="77777777" w:rsidR="00332CE3" w:rsidRPr="005539BA" w:rsidRDefault="00332CE3" w:rsidP="00D82ACC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005539BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="33027FD6" w14:textId="77777777" w:rsidR="00332CE3" w:rsidRDefault="00332CE3" w:rsidP="009C7631">
       <w:bookmarkStart w:id="57" w:name="_Appendix_A:_[add"/>
       <w:bookmarkStart w:id="58" w:name="_Toc194066624"/>
       <w:bookmarkEnd w:id="57"/>
     </w:p>
     <w:p w14:paraId="58F8E879" w14:textId="2FB44D34" w:rsidR="009329E5" w:rsidRDefault="00275216" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="59" w:name="_Toc213662892"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc219363012"/>
       <w:r w:rsidRPr="00275216">
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t xml:space="preserve"> (UNSPSC</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t>)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00E23F4C">
         <w:rPr>
           <w:highlight w:val="yellow"/>
@@ -9199,117 +8903,117 @@
         </w:rPr>
         <w:t xml:space="preserve"> Information Technology Independent Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00931DF2" w:rsidRPr="003F11C3" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20876C15" w14:textId="77777777" w:rsidR="00620567" w:rsidRDefault="00620567" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="5E5F393A" w14:textId="77777777" w:rsidR="00267EC8" w:rsidRDefault="00267EC8" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="064A2FB5" w14:textId="77777777" w:rsidR="00620567" w:rsidRDefault="00620567"/>
+    <w:p w14:paraId="062348AE" w14:textId="77777777" w:rsidR="00267EC8" w:rsidRDefault="00267EC8"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="295DE543" w14:textId="77777777" w:rsidR="00620567" w:rsidRDefault="00620567" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="4FB62506" w14:textId="77777777" w:rsidR="00267EC8" w:rsidRDefault="00267EC8" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1230F51D" w14:textId="77777777" w:rsidR="00620567" w:rsidRDefault="00620567"/>
+    <w:p w14:paraId="19B72AE1" w14:textId="77777777" w:rsidR="00267EC8" w:rsidRDefault="00267EC8"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="309A1ACA" w14:textId="77777777" w:rsidR="00620567" w:rsidRDefault="00620567">
+    <w:p w14:paraId="1F07CFC4" w14:textId="77777777" w:rsidR="00267EC8" w:rsidRDefault="00267EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
@@ -9355,61 +9059,52 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Note: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="72DBEBE5" w14:textId="5654A5B1" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -9723,55 +9418,55 @@
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...3 lines deleted...]
-              <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="21BAD97C">
+            <v:group id="Group 1730328604" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" alt="&quot;&quot;" coordsize="12240,555" coordorigin=",15285" o:spid="_x0000_s1026" w14:anchorId="0F41475B" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+              <v:rect id="Rectangle 6" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="#efb935" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;"/>
+              <v:rect id="Rectangle 7" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="#2e3791" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
@@ -9859,61 +9554,52 @@
       <w:t>ote</w:t>
     </w:r>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="49C1DFAA" w14:textId="2E4E342D" w:rsidR="00DC6031" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -10227,55 +9913,55 @@
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...3 lines deleted...]
-              <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="481FF1E6">
+            <v:group id="Group 26" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" alt="&quot;&quot;" coordsize="12240,555" coordorigin=",15285" o:spid="_x0000_s1026" w14:anchorId="2224524E" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+              <v:rect id="Rectangle 6" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="#efb935" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+              <v:rect id="Rectangle 7" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="#2e3791" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
     </w:tblGrid>
     <w:tr w:rsidR="005851F6" w14:paraId="488F74A0" w14:textId="77777777" w:rsidTr="00B84519">
@@ -10356,61 +10042,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BD17469" w14:textId="33A3C3CC" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -10609,73 +10286,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6119B78B" w14:textId="77777777" w:rsidR="00620567" w:rsidRDefault="00620567" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="0A91D272" w14:textId="77777777" w:rsidR="00267EC8" w:rsidRDefault="00267EC8" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32A33759" w14:textId="77777777" w:rsidR="00620567" w:rsidRDefault="00620567"/>
+    <w:p w14:paraId="174311FE" w14:textId="77777777" w:rsidR="00267EC8" w:rsidRDefault="00267EC8"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="200DD8F4" w14:textId="77777777" w:rsidR="00620567" w:rsidRDefault="00620567" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="7F3FBF33" w14:textId="77777777" w:rsidR="00267EC8" w:rsidRDefault="00267EC8" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E48D032" w14:textId="77777777" w:rsidR="00620567" w:rsidRDefault="00620567"/>
+    <w:p w14:paraId="4B96F79F" w14:textId="77777777" w:rsidR="00267EC8" w:rsidRDefault="00267EC8"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="61EB4120" w14:textId="77777777" w:rsidR="00620567" w:rsidRDefault="00620567">
+    <w:p w14:paraId="01F61761" w14:textId="77777777" w:rsidR="00267EC8" w:rsidRDefault="00267EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A9B9F4D" w14:textId="519FEDEC" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00196519" w:rsidP="007A023C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -10800,91 +10477,91 @@
                               <w:sz w:val="48"/>
                             </w:rPr>
                             <w:t>Contract User Guide</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="28DB629A" w14:textId="7274984B" w:rsidR="00886F53" w:rsidRPr="005D4B8A" w:rsidRDefault="00886F53" w:rsidP="00057CE6">
                           <w:pPr>
                             <w:ind w:right="-50"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="6BE6E74D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="0840D9BF">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="6BE6E74D">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:312.15pt;height:64.7pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5IHfIDgIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk6wx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7ry8lu2m2vQ3TgyCK1CF5eLS56VvDTgq9Blvw2WTKmbISKm0PBf/+bf/m&#10;mjMfhK2EAasK/qg8v9m+frXpXK7m0ICpFDICsT7vXMGbEFyeZV42qhV+Ak5ZctaArQhk4iGrUHSE&#10;3ppsPp2usg6wcghSeU+3d4OTbxN+XSsZvtS1V4GZglNtIe2Y9jLu2XYj8gMK12g5liH+oYpWaEtJ&#10;z1B3Igh2RP0XVKslgoc6TCS0GdS1lir1QN3Mpn9089AIp1IvRI53Z5r8/4OVn08P7iuy0L+DngaY&#10;mvDuHuQPzyzsGmEP6hYRukaJihLPImVZ53w+Po1U+9xHkLL7BBUNWRwDJKC+xjayQn0yQqcBPJ5J&#10;V31gki6v1qvF1XLFmSTf9Xy2XixSCpE/v3bowwcFLYuHgiMNNaGL070PsRqRP4fEZB6MrvbamGTg&#10;odwZZCdBAtinNaL/FmYs6wq+Xs6XCdlCfJ+00epAAjW6peKmcQ2SiWy8t1UKCUKb4UyVGDvSExkZ&#10;uAl92VNgpKmE6pGIQhiESB+HDg3gL846EmHB/c+jQMWZ+WiJ7PVssYiqTcZi+XZOBl56ykuPsJKg&#10;Ch44G467kJQeebBwS0OpdeLrpZKxVhJXonH8CFG9l3aKevmu2ycAAAD//wMAUEsDBBQABgAIAAAA&#10;IQClyiHv2wAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXYRkVpkadSk&#10;xmtrf8AAUyCys4TdFvrvnXrRy0sm7+W9b/L1bHt1otF3jg08LCJQxJWrO24M7L8298+gfECusXdM&#10;Bs7kYV1cX+WY1W7iLZ12oVFSwj5DA20IQ6a1r1qy6BduIBbv4EaLQc6x0fWIk5TbXsdRlGqLHctC&#10;iwO9t1R9747WwOFzuntaTeVH2C+3SfqG3bJ0Z2Nub+bXF1CB5vAXhgu+oEMhTKU7cu1Vb0AeCb8q&#10;Xhonj6BKCcWrBHSR6//0xQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOSB3yA4CAAD2&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApcoh79sA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" stroked="f">
+            <v:shape id="Text Box 2" style="width:312.15pt;height:64.7pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:spid="_x0000_s1026" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5IHfIDgIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk6wx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7ry8lu2m2vQ3TgyCK1CF5eLS56VvDTgq9Blvw2WTKmbISKm0PBf/+bf/m&#10;mjMfhK2EAasK/qg8v9m+frXpXK7m0ICpFDICsT7vXMGbEFyeZV42qhV+Ak5ZctaArQhk4iGrUHSE&#10;3ppsPp2usg6wcghSeU+3d4OTbxN+XSsZvtS1V4GZglNtIe2Y9jLu2XYj8gMK12g5liH+oYpWaEtJ&#10;z1B3Igh2RP0XVKslgoc6TCS0GdS1lir1QN3Mpn9089AIp1IvRI53Z5r8/4OVn08P7iuy0L+DngaY&#10;mvDuHuQPzyzsGmEP6hYRukaJihLPImVZ53w+Po1U+9xHkLL7BBUNWRwDJKC+xjayQn0yQqcBPJ5J&#10;V31gki6v1qvF1XLFmSTf9Xy2XixSCpE/v3bowwcFLYuHgiMNNaGL070PsRqRP4fEZB6MrvbamGTg&#10;odwZZCdBAtinNaL/FmYs6wq+Xs6XCdlCfJ+00epAAjW6peKmcQ2SiWy8t1UKCUKb4UyVGDvSExkZ&#10;uAl92VNgpKmE6pGIQhiESB+HDg3gL846EmHB/c+jQMWZ+WiJ7PVssYiqTcZi+XZOBl56ykuPsJKg&#10;Ch44G467kJQeebBwS0OpdeLrpZKxVhJXonH8CFG9l3aKevmu2ycAAAD//wMAUEsDBBQABgAIAAAA&#10;IQClyiHv2wAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXYRkVpkadSk&#10;xmtrf8AAUyCys4TdFvrvnXrRy0sm7+W9b/L1bHt1otF3jg08LCJQxJWrO24M7L8298+gfECusXdM&#10;Bs7kYV1cX+WY1W7iLZ12oVFSwj5DA20IQ6a1r1qy6BduIBbv4EaLQc6x0fWIk5TbXsdRlGqLHctC&#10;iwO9t1R9747WwOFzuntaTeVH2C+3SfqG3bJ0Z2Nub+bXF1CB5vAXhgu+oEMhTKU7cu1Vb0AeCb8q&#10;Xhonj6BKCcWrBHSR6//0xQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOSB3yA4CAAD2&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApcoh79sA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="7E0367E2" w14:textId="138592CD" w:rsidR="00913691" w:rsidRPr="005D4B8A" w:rsidRDefault="00B7346F" w:rsidP="00913691">
+                  <w:p w:rsidRPr="005D4B8A" w:rsidR="00913691" w:rsidP="00913691" w:rsidRDefault="00B7346F" w14:paraId="7C6CB937" w14:textId="138592CD">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t>ITS80</w:t>
                     </w:r>
-                    <w:r w:rsidR="00913691" w:rsidRPr="00256FA6">
+                    <w:r w:rsidRPr="00256FA6" w:rsidR="00913691">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="00913691">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t>Contract User Guide</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="28DB629A" w14:textId="7274984B" w:rsidR="00886F53" w:rsidRPr="005D4B8A" w:rsidRDefault="00886F53" w:rsidP="00057CE6">
+                  <w:p w:rsidRPr="005D4B8A" w:rsidR="00886F53" w:rsidP="00057CE6" w:rsidRDefault="00886F53" w14:paraId="672A6659" w14:textId="7274984B">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="3F3B35B9" w14:textId="77777777" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
@@ -10913,54 +10590,54 @@
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...2 lines deleted...]
-              <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="410F4B7A">
+            <v:line id="Straight Connector 4" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" o:spid="_x0000_s1026" strokecolor="#4f81bd [3204]" strokeweight="3pt" from="0,0" to="550.8pt,0" w14:anchorId="361F6C2C" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;">
+              <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
@@ -11126,84 +10803,84 @@
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="00DD35D3" w:rsidRPr="00492CC3">
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="52"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>Contract User Guide</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="1597F477" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="0FF061FE">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="1597F477">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1311369810" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:313.9pt;height:67.4pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuRJQEDwIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJktYx4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7ry8lu2m2vQ3TgyCK1CF5eLS+6VvDTgq9Blvy2WTKmbISKm0PJf/+bfcm&#10;58wHYSthwKqSPyrPbzavX607V6g5NGAqhYxArC86V/ImBFdkmZeNaoWfgFOWnDVgKwKZeMgqFB2h&#10;tyabT6dXWQdYOQSpvKfbu8HJNwm/rpUMX+raq8BMyam2kHZM+z7u2WYtigMK12g5liH+oYpWaEtJ&#10;z1B3Igh2RP0XVKslgoc6TCS0GdS1lir1QN3Mpn9089AIp1IvRI53Z5r8/4OVn08P7iuy0L+DngaY&#10;mvDuHuQPzyxsG2EP6hYRukaJihLPImVZ53wxPo1U+8JHkH33CSoasjgGSEB9jW1khfpkhE4DeDyT&#10;rvrAJF2+XeVXi5xcknz5cplf5ymFKJ5fO/Thg4KWxUPJkYaa0MXp3odYjSieQ2IyD0ZXO21MMvCw&#10;3xpkJ0EC2KU1ov8WZizrSr5azpcJ2UJ8n7TR6kACNbql4qZxDZKJbLy3VQoJQpvhTJUYO9ITGRm4&#10;Cf2+Z7oauYts7aF6JL4QBj3S/6FDA/iLs460WHL/8yhQcWY+WuJ8NVssoniTsVhez8nAS8/+0iOs&#10;JKiSB86G4zYkwUc6LNzSbGqdaHupZCyZNJbYHP9DFPGlnaJefu3mCQAA//8DAFBLAwQUAAYACAAA&#10;ACEAUtsajNoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1KCUpIU4F&#10;SCCuLf2ATbxNIuJ1FLtN+vcsXOCy0mhGs2+Kzex6daIxdJ4N3C0SUMS1tx03Bvafb7drUCEiW+w9&#10;k4EzBdiUlxcF5tZPvKXTLjZKSjjkaKCNcci1DnVLDsPCD8TiHfzoMIocG21HnKTc9XqZJKl22LF8&#10;aHGg15bqr93RGTh8TDcPj1P1HvfZdpW+YJdV/mzM9dX8/AQq0hz/wvCDL+hQClPlj2yD6g3IkPh7&#10;xUuXmcyoJHS/WoMuC/2fvvwGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALkSUBA8CAAD9&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUtsajNoA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" stroked="f">
+            <v:shape id="Text Box 1311369810" style="width:313.9pt;height:67.4pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:spid="_x0000_s1027" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuRJQEDwIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJktYx4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7ry8lu2m2vQ3TgyCK1CF5eLS+6VvDTgq9Blvy2WTKmbISKm0PJf/+bfcm&#10;58wHYSthwKqSPyrPbzavX607V6g5NGAqhYxArC86V/ImBFdkmZeNaoWfgFOWnDVgKwKZeMgqFB2h&#10;tyabT6dXWQdYOQSpvKfbu8HJNwm/rpUMX+raq8BMyam2kHZM+z7u2WYtigMK12g5liH+oYpWaEtJ&#10;z1B3Igh2RP0XVKslgoc6TCS0GdS1lir1QN3Mpn9089AIp1IvRI53Z5r8/4OVn08P7iuy0L+DngaY&#10;mvDuHuQPzyxsG2EP6hYRukaJihLPImVZ53wxPo1U+8JHkH33CSoasjgGSEB9jW1khfpkhE4DeDyT&#10;rvrAJF2+XeVXi5xcknz5cplf5ymFKJ5fO/Thg4KWxUPJkYaa0MXp3odYjSieQ2IyD0ZXO21MMvCw&#10;3xpkJ0EC2KU1ov8WZizrSr5azpcJ2UJ8n7TR6kACNbql4qZxDZKJbLy3VQoJQpvhTJUYO9ITGRm4&#10;Cf2+Z7oauYts7aF6JL4QBj3S/6FDA/iLs460WHL/8yhQcWY+WuJ8NVssoniTsVhez8nAS8/+0iOs&#10;JKiSB86G4zYkwUc6LNzSbGqdaHupZCyZNJbYHP9DFPGlnaJefu3mCQAA//8DAFBLAwQUAAYACAAA&#10;ACEAUtsajNoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1KCUpIU4F&#10;SCCuLf2ATbxNIuJ1FLtN+vcsXOCy0mhGs2+Kzex6daIxdJ4N3C0SUMS1tx03Bvafb7drUCEiW+w9&#10;k4EzBdiUlxcF5tZPvKXTLjZKSjjkaKCNcci1DnVLDsPCD8TiHfzoMIocG21HnKTc9XqZJKl22LF8&#10;aHGg15bqr93RGTh8TDcPj1P1HvfZdpW+YJdV/mzM9dX8/AQq0hz/wvCDL+hQClPlj2yD6g3IkPh7&#10;xUuXmcyoJHS/WoMuC/2fvvwGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALkSUBA8CAAD9&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUtsajNoA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="06F7E207" w14:textId="6AA701D6" w:rsidR="00DD35D3" w:rsidRPr="00492CC3" w:rsidRDefault="00B7346F">
+                  <w:p w:rsidRPr="00492CC3" w:rsidR="00DD35D3" w:rsidRDefault="00B7346F" w14:paraId="6C0EEF07" w14:textId="6AA701D6">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="52"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t>ITS80</w:t>
                     </w:r>
-                    <w:r w:rsidR="00DD35D3" w:rsidRPr="00256FA6">
+                    <w:r w:rsidRPr="00256FA6" w:rsidR="00DD35D3">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidR="00DD35D3" w:rsidRPr="00492CC3">
+                    <w:r w:rsidRPr="00492CC3" w:rsidR="00DD35D3">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="52"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>Contract User Guide</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14DB22E7" w14:textId="77777777" w:rsidR="00DD35D3" w:rsidRPr="00D24FD4" w:rsidRDefault="00DD35D3" w:rsidP="00197BB3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
@@ -11260,54 +10937,54 @@
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...2 lines deleted...]
-              <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+        <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="73A99902">
+            <v:line id="Straight Connector 1684346985" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" alt="&quot;&quot;" o:spid="_x0000_s1026" strokecolor="#4f81bd [3204]" strokeweight="3pt" from="0,0" to="550.8pt,0" w14:anchorId="7DAA39C8" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;">
+              <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
@@ -13109,51 +12786,51 @@
   <w:num w:numId="12" w16cid:durableId="271716133">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="657999321">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="142893176">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1613897022">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1480270539">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="37358296">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -13281,61 +12958,63 @@
     <w:rsid w:val="0004406E"/>
     <w:rsid w:val="000440D6"/>
     <w:rsid w:val="00044567"/>
     <w:rsid w:val="00044702"/>
     <w:rsid w:val="0004480A"/>
     <w:rsid w:val="0004484E"/>
     <w:rsid w:val="000454B3"/>
     <w:rsid w:val="000456E7"/>
     <w:rsid w:val="000466F9"/>
     <w:rsid w:val="00047007"/>
     <w:rsid w:val="0004772E"/>
     <w:rsid w:val="00047BD3"/>
     <w:rsid w:val="0005037F"/>
     <w:rsid w:val="00050399"/>
     <w:rsid w:val="000507A7"/>
     <w:rsid w:val="0005094B"/>
     <w:rsid w:val="00051461"/>
     <w:rsid w:val="00051537"/>
     <w:rsid w:val="00051972"/>
     <w:rsid w:val="00051C03"/>
     <w:rsid w:val="00051F6B"/>
     <w:rsid w:val="00052767"/>
     <w:rsid w:val="0005289A"/>
     <w:rsid w:val="00052AF0"/>
     <w:rsid w:val="00052DA2"/>
+    <w:rsid w:val="00052F64"/>
     <w:rsid w:val="000534C0"/>
     <w:rsid w:val="00053531"/>
     <w:rsid w:val="0005359A"/>
     <w:rsid w:val="00054340"/>
     <w:rsid w:val="0005508B"/>
     <w:rsid w:val="00055156"/>
     <w:rsid w:val="00055222"/>
     <w:rsid w:val="00055356"/>
     <w:rsid w:val="0005582A"/>
     <w:rsid w:val="0005642B"/>
     <w:rsid w:val="0005684F"/>
+    <w:rsid w:val="00056E7D"/>
     <w:rsid w:val="0005780F"/>
     <w:rsid w:val="000578FC"/>
     <w:rsid w:val="00057C61"/>
     <w:rsid w:val="00057CE6"/>
     <w:rsid w:val="0006042A"/>
     <w:rsid w:val="000606C7"/>
     <w:rsid w:val="00060815"/>
     <w:rsid w:val="000611C7"/>
     <w:rsid w:val="00061212"/>
     <w:rsid w:val="00062147"/>
     <w:rsid w:val="00062930"/>
     <w:rsid w:val="00062A4B"/>
     <w:rsid w:val="00062AE7"/>
     <w:rsid w:val="00062DDE"/>
     <w:rsid w:val="00062F21"/>
     <w:rsid w:val="00063010"/>
     <w:rsid w:val="000633A7"/>
     <w:rsid w:val="00063865"/>
     <w:rsid w:val="00063CB1"/>
     <w:rsid w:val="00064CC9"/>
     <w:rsid w:val="0006602E"/>
     <w:rsid w:val="000667FF"/>
     <w:rsid w:val="00066DCE"/>
     <w:rsid w:val="00067072"/>
     <w:rsid w:val="000675A7"/>
@@ -14087,59 +13766,61 @@
     <w:rsid w:val="00256475"/>
     <w:rsid w:val="00256AB8"/>
     <w:rsid w:val="00256D3D"/>
     <w:rsid w:val="00256FA6"/>
     <w:rsid w:val="0025735D"/>
     <w:rsid w:val="0026042B"/>
     <w:rsid w:val="0026103A"/>
     <w:rsid w:val="00261A40"/>
     <w:rsid w:val="00262982"/>
     <w:rsid w:val="0026357A"/>
     <w:rsid w:val="0026368F"/>
     <w:rsid w:val="00264128"/>
     <w:rsid w:val="002642F9"/>
     <w:rsid w:val="00264A56"/>
     <w:rsid w:val="00265213"/>
     <w:rsid w:val="002655B7"/>
     <w:rsid w:val="002655CF"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00266475"/>
     <w:rsid w:val="002665C5"/>
     <w:rsid w:val="0026670F"/>
     <w:rsid w:val="00266877"/>
     <w:rsid w:val="0026740B"/>
     <w:rsid w:val="00267BB6"/>
+    <w:rsid w:val="00267EC8"/>
     <w:rsid w:val="002705CB"/>
     <w:rsid w:val="002710E6"/>
     <w:rsid w:val="0027186F"/>
     <w:rsid w:val="002718D1"/>
     <w:rsid w:val="002722E1"/>
     <w:rsid w:val="002725D9"/>
     <w:rsid w:val="00272A26"/>
     <w:rsid w:val="002733A5"/>
     <w:rsid w:val="002733D1"/>
+    <w:rsid w:val="002736C7"/>
     <w:rsid w:val="002739BC"/>
     <w:rsid w:val="00273A68"/>
     <w:rsid w:val="00275216"/>
     <w:rsid w:val="00275AAF"/>
     <w:rsid w:val="00275DEB"/>
     <w:rsid w:val="00276002"/>
     <w:rsid w:val="00277786"/>
     <w:rsid w:val="00277C51"/>
     <w:rsid w:val="00277CB7"/>
     <w:rsid w:val="00277D1B"/>
     <w:rsid w:val="00277E0D"/>
     <w:rsid w:val="00280B86"/>
     <w:rsid w:val="00280DE4"/>
     <w:rsid w:val="00280EC3"/>
     <w:rsid w:val="002812E6"/>
     <w:rsid w:val="00281536"/>
     <w:rsid w:val="002816F4"/>
     <w:rsid w:val="00281714"/>
     <w:rsid w:val="0028171C"/>
     <w:rsid w:val="002819AB"/>
     <w:rsid w:val="002819F1"/>
     <w:rsid w:val="00281FB4"/>
     <w:rsid w:val="00282767"/>
     <w:rsid w:val="00282C29"/>
     <w:rsid w:val="002832C4"/>
@@ -15211,50 +14892,51 @@
     <w:rsid w:val="00532305"/>
     <w:rsid w:val="00532330"/>
     <w:rsid w:val="00532372"/>
     <w:rsid w:val="005339FA"/>
     <w:rsid w:val="00533B85"/>
     <w:rsid w:val="00533F7B"/>
     <w:rsid w:val="0053470F"/>
     <w:rsid w:val="00535288"/>
     <w:rsid w:val="00535A03"/>
     <w:rsid w:val="00535EBD"/>
     <w:rsid w:val="00536494"/>
     <w:rsid w:val="00536D7A"/>
     <w:rsid w:val="00537222"/>
     <w:rsid w:val="0053742F"/>
     <w:rsid w:val="005376C9"/>
     <w:rsid w:val="005378E6"/>
     <w:rsid w:val="0053797D"/>
     <w:rsid w:val="005402A0"/>
     <w:rsid w:val="00540416"/>
     <w:rsid w:val="005405EC"/>
     <w:rsid w:val="00540B0E"/>
     <w:rsid w:val="00540F15"/>
     <w:rsid w:val="005419AD"/>
     <w:rsid w:val="00541BAD"/>
     <w:rsid w:val="0054200A"/>
+    <w:rsid w:val="005421BD"/>
     <w:rsid w:val="005425BA"/>
     <w:rsid w:val="005441C3"/>
     <w:rsid w:val="005442F1"/>
     <w:rsid w:val="0054439B"/>
     <w:rsid w:val="00544519"/>
     <w:rsid w:val="00544A11"/>
     <w:rsid w:val="00544C0A"/>
     <w:rsid w:val="00544F06"/>
     <w:rsid w:val="00545746"/>
     <w:rsid w:val="005457A9"/>
     <w:rsid w:val="00545BDA"/>
     <w:rsid w:val="005460EF"/>
     <w:rsid w:val="00546250"/>
     <w:rsid w:val="00546AB2"/>
     <w:rsid w:val="00550627"/>
     <w:rsid w:val="005507F7"/>
     <w:rsid w:val="00550D9E"/>
     <w:rsid w:val="00550E35"/>
     <w:rsid w:val="00550EFD"/>
     <w:rsid w:val="00551314"/>
     <w:rsid w:val="005516ED"/>
     <w:rsid w:val="00551CAB"/>
     <w:rsid w:val="00552010"/>
     <w:rsid w:val="0055255A"/>
     <w:rsid w:val="00552978"/>
@@ -16134,50 +15816,51 @@
     <w:rsid w:val="00771EB0"/>
     <w:rsid w:val="0077248B"/>
     <w:rsid w:val="00772FEC"/>
     <w:rsid w:val="00773039"/>
     <w:rsid w:val="0077341E"/>
     <w:rsid w:val="00773A04"/>
     <w:rsid w:val="00774286"/>
     <w:rsid w:val="00774E12"/>
     <w:rsid w:val="00774E9A"/>
     <w:rsid w:val="00774EAE"/>
     <w:rsid w:val="007750E6"/>
     <w:rsid w:val="007756D6"/>
     <w:rsid w:val="00775712"/>
     <w:rsid w:val="0077579E"/>
     <w:rsid w:val="00775C72"/>
     <w:rsid w:val="00775E24"/>
     <w:rsid w:val="00775EDA"/>
     <w:rsid w:val="00775EEC"/>
     <w:rsid w:val="007761C8"/>
     <w:rsid w:val="0077633E"/>
     <w:rsid w:val="0077675C"/>
     <w:rsid w:val="007767C0"/>
     <w:rsid w:val="007772D5"/>
     <w:rsid w:val="00777CA8"/>
     <w:rsid w:val="00777D0B"/>
+    <w:rsid w:val="00777FFE"/>
     <w:rsid w:val="00780083"/>
     <w:rsid w:val="00780991"/>
     <w:rsid w:val="00780C24"/>
     <w:rsid w:val="00780D9B"/>
     <w:rsid w:val="00781971"/>
     <w:rsid w:val="00781E5F"/>
     <w:rsid w:val="007820D3"/>
     <w:rsid w:val="00782391"/>
     <w:rsid w:val="0078328C"/>
     <w:rsid w:val="007832D0"/>
     <w:rsid w:val="00783970"/>
     <w:rsid w:val="007839B1"/>
     <w:rsid w:val="00783A83"/>
     <w:rsid w:val="007847C8"/>
     <w:rsid w:val="007851D2"/>
     <w:rsid w:val="00785643"/>
     <w:rsid w:val="0078597E"/>
     <w:rsid w:val="00785A0A"/>
     <w:rsid w:val="007860A7"/>
     <w:rsid w:val="00786231"/>
     <w:rsid w:val="007871FC"/>
     <w:rsid w:val="0079049B"/>
     <w:rsid w:val="007909C4"/>
     <w:rsid w:val="00791030"/>
     <w:rsid w:val="00791323"/>
@@ -16318,50 +16001,51 @@
     <w:rsid w:val="007E53C4"/>
     <w:rsid w:val="007E58BF"/>
     <w:rsid w:val="007E603E"/>
     <w:rsid w:val="007E6149"/>
     <w:rsid w:val="007E6A8C"/>
     <w:rsid w:val="007E6E51"/>
     <w:rsid w:val="007E6E7F"/>
     <w:rsid w:val="007E6F0E"/>
     <w:rsid w:val="007E762E"/>
     <w:rsid w:val="007E7ABE"/>
     <w:rsid w:val="007E7C61"/>
     <w:rsid w:val="007F05AC"/>
     <w:rsid w:val="007F0CDE"/>
     <w:rsid w:val="007F0F52"/>
     <w:rsid w:val="007F108B"/>
     <w:rsid w:val="007F1574"/>
     <w:rsid w:val="007F1720"/>
     <w:rsid w:val="007F18CA"/>
     <w:rsid w:val="007F1A03"/>
     <w:rsid w:val="007F20A6"/>
     <w:rsid w:val="007F280B"/>
     <w:rsid w:val="007F2B86"/>
     <w:rsid w:val="007F2C27"/>
     <w:rsid w:val="007F361A"/>
     <w:rsid w:val="007F46A1"/>
+    <w:rsid w:val="007F4B59"/>
     <w:rsid w:val="007F4E97"/>
     <w:rsid w:val="007F5076"/>
     <w:rsid w:val="007F523B"/>
     <w:rsid w:val="007F52FA"/>
     <w:rsid w:val="007F5E5D"/>
     <w:rsid w:val="007F5F99"/>
     <w:rsid w:val="007F61A4"/>
     <w:rsid w:val="007F7740"/>
     <w:rsid w:val="007F7B12"/>
     <w:rsid w:val="00800171"/>
     <w:rsid w:val="00800380"/>
     <w:rsid w:val="00800AB8"/>
     <w:rsid w:val="00800BAA"/>
     <w:rsid w:val="00800BCE"/>
     <w:rsid w:val="00800E9C"/>
     <w:rsid w:val="0080104A"/>
     <w:rsid w:val="00801381"/>
     <w:rsid w:val="00802319"/>
     <w:rsid w:val="008024EE"/>
     <w:rsid w:val="00802718"/>
     <w:rsid w:val="0080295B"/>
     <w:rsid w:val="00802D06"/>
     <w:rsid w:val="008035B3"/>
     <w:rsid w:val="008036C6"/>
     <w:rsid w:val="00803882"/>
@@ -17961,50 +17645,51 @@
     <w:rsid w:val="00C20018"/>
     <w:rsid w:val="00C2051C"/>
     <w:rsid w:val="00C20DED"/>
     <w:rsid w:val="00C21640"/>
     <w:rsid w:val="00C21F59"/>
     <w:rsid w:val="00C2214D"/>
     <w:rsid w:val="00C221EB"/>
     <w:rsid w:val="00C22710"/>
     <w:rsid w:val="00C22985"/>
     <w:rsid w:val="00C232E0"/>
     <w:rsid w:val="00C236A1"/>
     <w:rsid w:val="00C240F1"/>
     <w:rsid w:val="00C24527"/>
     <w:rsid w:val="00C248DB"/>
     <w:rsid w:val="00C24BD5"/>
     <w:rsid w:val="00C24CC5"/>
     <w:rsid w:val="00C25422"/>
     <w:rsid w:val="00C25AC5"/>
     <w:rsid w:val="00C25C9B"/>
     <w:rsid w:val="00C25C9C"/>
     <w:rsid w:val="00C264FA"/>
     <w:rsid w:val="00C26749"/>
     <w:rsid w:val="00C26DFF"/>
     <w:rsid w:val="00C27626"/>
     <w:rsid w:val="00C278D5"/>
+    <w:rsid w:val="00C3048A"/>
     <w:rsid w:val="00C30588"/>
     <w:rsid w:val="00C30DE4"/>
     <w:rsid w:val="00C319E1"/>
     <w:rsid w:val="00C31A56"/>
     <w:rsid w:val="00C31E2C"/>
     <w:rsid w:val="00C32171"/>
     <w:rsid w:val="00C33D4C"/>
     <w:rsid w:val="00C3451A"/>
     <w:rsid w:val="00C34F94"/>
     <w:rsid w:val="00C36214"/>
     <w:rsid w:val="00C364B2"/>
     <w:rsid w:val="00C36E69"/>
     <w:rsid w:val="00C36FCD"/>
     <w:rsid w:val="00C371F2"/>
     <w:rsid w:val="00C372E9"/>
     <w:rsid w:val="00C374C9"/>
     <w:rsid w:val="00C37D9A"/>
     <w:rsid w:val="00C4071C"/>
     <w:rsid w:val="00C40979"/>
     <w:rsid w:val="00C40C40"/>
     <w:rsid w:val="00C41031"/>
     <w:rsid w:val="00C411FA"/>
     <w:rsid w:val="00C4154C"/>
     <w:rsid w:val="00C4174C"/>
     <w:rsid w:val="00C41DF8"/>
@@ -18212,50 +17897,51 @@
     <w:rsid w:val="00CC4601"/>
     <w:rsid w:val="00CC4BF2"/>
     <w:rsid w:val="00CC514F"/>
     <w:rsid w:val="00CC5EC6"/>
     <w:rsid w:val="00CC6282"/>
     <w:rsid w:val="00CC69E7"/>
     <w:rsid w:val="00CC6BEF"/>
     <w:rsid w:val="00CD00FD"/>
     <w:rsid w:val="00CD023C"/>
     <w:rsid w:val="00CD0547"/>
     <w:rsid w:val="00CD0682"/>
     <w:rsid w:val="00CD0F08"/>
     <w:rsid w:val="00CD1DB1"/>
     <w:rsid w:val="00CD20D0"/>
     <w:rsid w:val="00CD2D00"/>
     <w:rsid w:val="00CD31EF"/>
     <w:rsid w:val="00CD3492"/>
     <w:rsid w:val="00CD35FB"/>
     <w:rsid w:val="00CD45D6"/>
     <w:rsid w:val="00CD46C5"/>
     <w:rsid w:val="00CD4CC6"/>
     <w:rsid w:val="00CD588E"/>
     <w:rsid w:val="00CD594C"/>
     <w:rsid w:val="00CD5979"/>
     <w:rsid w:val="00CD629E"/>
+    <w:rsid w:val="00CD69F2"/>
     <w:rsid w:val="00CD6AC7"/>
     <w:rsid w:val="00CD70F4"/>
     <w:rsid w:val="00CD74E6"/>
     <w:rsid w:val="00CD7705"/>
     <w:rsid w:val="00CE04A0"/>
     <w:rsid w:val="00CE0613"/>
     <w:rsid w:val="00CE0810"/>
     <w:rsid w:val="00CE096F"/>
     <w:rsid w:val="00CE0BD2"/>
     <w:rsid w:val="00CE0D61"/>
     <w:rsid w:val="00CE16B5"/>
     <w:rsid w:val="00CE19AA"/>
     <w:rsid w:val="00CE1D99"/>
     <w:rsid w:val="00CE1FAB"/>
     <w:rsid w:val="00CE203A"/>
     <w:rsid w:val="00CE2175"/>
     <w:rsid w:val="00CE221B"/>
     <w:rsid w:val="00CE2941"/>
     <w:rsid w:val="00CE295E"/>
     <w:rsid w:val="00CE296A"/>
     <w:rsid w:val="00CE2C68"/>
     <w:rsid w:val="00CE3171"/>
     <w:rsid w:val="00CE363C"/>
     <w:rsid w:val="00CE3882"/>
     <w:rsid w:val="00CE429F"/>
@@ -19609,50 +19295,51 @@
     <w:rsid w:val="2C837899"/>
     <w:rsid w:val="2C9158C6"/>
     <w:rsid w:val="2DA1BF57"/>
     <w:rsid w:val="2DEA05BD"/>
     <w:rsid w:val="2DFFAC9A"/>
     <w:rsid w:val="2E7B5CE0"/>
     <w:rsid w:val="2E7C31C9"/>
     <w:rsid w:val="2F071CE2"/>
     <w:rsid w:val="2F11D050"/>
     <w:rsid w:val="302AE77A"/>
     <w:rsid w:val="304B4F25"/>
     <w:rsid w:val="3069EFA4"/>
     <w:rsid w:val="30813013"/>
     <w:rsid w:val="30CC72CC"/>
     <w:rsid w:val="30FD12C7"/>
     <w:rsid w:val="31092F4C"/>
     <w:rsid w:val="318985F6"/>
     <w:rsid w:val="31DE879D"/>
     <w:rsid w:val="31EE043A"/>
     <w:rsid w:val="32B4A2FF"/>
     <w:rsid w:val="32C26E34"/>
     <w:rsid w:val="32E92805"/>
     <w:rsid w:val="330C91CE"/>
     <w:rsid w:val="331CAEC4"/>
     <w:rsid w:val="3329E10D"/>
+    <w:rsid w:val="332D8D99"/>
     <w:rsid w:val="3338F81A"/>
     <w:rsid w:val="33910EFE"/>
     <w:rsid w:val="33BB9C91"/>
     <w:rsid w:val="33E2ABA4"/>
     <w:rsid w:val="33ED6D7C"/>
     <w:rsid w:val="342BD182"/>
     <w:rsid w:val="343D783B"/>
     <w:rsid w:val="3481C652"/>
     <w:rsid w:val="3481DB8B"/>
     <w:rsid w:val="348503EB"/>
     <w:rsid w:val="354EFDAC"/>
     <w:rsid w:val="356329EE"/>
     <w:rsid w:val="35A009EC"/>
     <w:rsid w:val="35B80FFE"/>
     <w:rsid w:val="36D3BC6C"/>
     <w:rsid w:val="3746FD72"/>
     <w:rsid w:val="37B39D51"/>
     <w:rsid w:val="37B7AB2F"/>
     <w:rsid w:val="37D9AB18"/>
     <w:rsid w:val="37E3E6A4"/>
     <w:rsid w:val="380429CB"/>
     <w:rsid w:val="38092712"/>
     <w:rsid w:val="383AF6BC"/>
     <w:rsid w:val="388A199C"/>
     <w:rsid w:val="3894F219"/>
@@ -19725,50 +19412,51 @@
     <w:rsid w:val="4ED97C9A"/>
     <w:rsid w:val="4EF801C0"/>
     <w:rsid w:val="4F09E275"/>
     <w:rsid w:val="4F81A441"/>
     <w:rsid w:val="4FA8B06B"/>
     <w:rsid w:val="4FDDDC33"/>
     <w:rsid w:val="50154D23"/>
     <w:rsid w:val="501ACC07"/>
     <w:rsid w:val="505B6E0A"/>
     <w:rsid w:val="505B7E99"/>
     <w:rsid w:val="5073386C"/>
     <w:rsid w:val="50BEEE4F"/>
     <w:rsid w:val="50DF1D72"/>
     <w:rsid w:val="5110D5A6"/>
     <w:rsid w:val="514378B5"/>
     <w:rsid w:val="5187E4DA"/>
     <w:rsid w:val="51BC80A4"/>
     <w:rsid w:val="51F5625D"/>
     <w:rsid w:val="525D1729"/>
     <w:rsid w:val="5268E906"/>
     <w:rsid w:val="53D00C69"/>
     <w:rsid w:val="54579326"/>
     <w:rsid w:val="5473CD39"/>
     <w:rsid w:val="556377FB"/>
     <w:rsid w:val="5568833A"/>
+    <w:rsid w:val="5632B626"/>
     <w:rsid w:val="56331C6C"/>
     <w:rsid w:val="567896BC"/>
     <w:rsid w:val="577BB6F1"/>
     <w:rsid w:val="57ADD150"/>
     <w:rsid w:val="57F01BE9"/>
     <w:rsid w:val="57FB0354"/>
     <w:rsid w:val="58314F50"/>
     <w:rsid w:val="585C6DF1"/>
     <w:rsid w:val="58843273"/>
     <w:rsid w:val="5896E57C"/>
     <w:rsid w:val="589ECD48"/>
     <w:rsid w:val="58EEE0FF"/>
     <w:rsid w:val="595C23A9"/>
     <w:rsid w:val="5988972B"/>
     <w:rsid w:val="59975D5C"/>
     <w:rsid w:val="59A43698"/>
     <w:rsid w:val="59C19D99"/>
     <w:rsid w:val="59F1F6E2"/>
     <w:rsid w:val="59F2BEAA"/>
     <w:rsid w:val="5A322E9A"/>
     <w:rsid w:val="5A63ABBB"/>
     <w:rsid w:val="5A90A5A1"/>
     <w:rsid w:val="5ADDFEFB"/>
     <w:rsid w:val="5B0CEAAB"/>
     <w:rsid w:val="5B6352A7"/>
@@ -24884,51 +24572,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/it-research-advisory-services/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/it-research-advisory-services/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/rw/how-to-create-a-solicitation-enabled-bid-using-a-release-requisition.pdf?_ga=2.124800526.526601116.1762781842-411155804.1736349941&amp;_gl=1*1jbhhv3*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjI3ODY1MjYkbzUyOCRnMSR0MTc2Mjc4NzAzMCRqNDYkbDAkaDA." TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf76/download" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27810&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27810&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27810&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/it-research-advisory-services/forrester-research-inc/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its81/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:djaehnig@forrester.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/it-research-advisory-services/gartner-inc/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27810&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27810&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC01-31098&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27814&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/it-research-advisory-services/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/it-research-advisory-services/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC01-31098&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/rw/how-to-create-a-solicitation-enabled-bid-using-a-release-requisition.pdf?_ga=2.124800526.526601116.1762781842-411155804.1736349941&amp;_gl=1*1jbhhv3*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjI3ODY1MjYkbzUyOCRnMSR0MTc2Mjc4NzAzMCRqNDYkbDAkaDA." TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf76/download" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27810&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27814&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27810&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27810&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:djaehnig@forrester.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/it-research-advisory-services/gartner-inc/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its81/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27810&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naspovaluepoint.org/portfolio/it-research-advisory-services/forrester-research-inc/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27810&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -25213,72 +24901,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4acca893a766136a5bafeab47b9027e1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e0e5592891313212390eddb4a3d5f9a" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -25467,1560 +25135,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
-[...4 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8360E35F-4D4B-46B5-AA9E-260D91F70A45}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28862923-F4EB-465F-9125-1851ED192BD0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>3798</Words>
-  <Characters>21655</Characters>
+  <Words>3714</Words>
+  <Characters>21172</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>180</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>176</Lines>
+  <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25403</CharactersWithSpaces>
+  <CharactersWithSpaces>24837</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1442 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">