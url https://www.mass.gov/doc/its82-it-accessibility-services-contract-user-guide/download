--- v0 (2025-11-09)
+++ v1 (2026-01-22)
@@ -1,15822 +1,18552 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="52B2AEF0" w14:textId="0D9E16E8" w:rsidR="00B66495" w:rsidRDefault="00DD00A6" w:rsidP="00B848D5">
+    <w:p w14:paraId="21A9D04A" w14:textId="15063EB0" w:rsidR="00915172" w:rsidRDefault="00946422" w:rsidP="00BF77A9">
       <w:pPr>
         <w:pStyle w:val="Title"/>
+        <w:spacing w:after="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk69282909"/>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="707BC06F" wp14:editId="5875DB4E">
+            <wp:extent cx="2682060" cy="804672"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1553488940" name="Picture 5" descr="Operational Services Division Logo"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1553488940" name="Picture 5" descr="Operational Services Division Logo"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2682060" cy="804672"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E236867" w14:textId="77777777" w:rsidR="00B96467" w:rsidRDefault="00B96467" w:rsidP="00B22304">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="40"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_Hlk69282909"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1717ED78" w14:textId="5AC97698" w:rsidR="00680B92" w:rsidRPr="00CA6AF1" w:rsidRDefault="00680B92" w:rsidP="00680B92">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc206762628"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc213668278"/>
+      <w:r w:rsidRPr="00CA6AF1">
+        <w:t>Contract User Guid</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00F177FF" w:rsidRPr="00F177FF">
         <w:t>ITS82: IT Accessibility Services</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="427A3189" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
-[...4 lines deleted...]
-        <w:ind w:left="360"/>
+    <w:p w14:paraId="7B3AFAB3" w14:textId="6AA26EBE" w:rsidR="003121D1" w:rsidRDefault="00803BD8" w:rsidP="003E0898">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc213668279"/>
+      <w:r w:rsidRPr="003E0898">
+        <w:t xml:space="preserve">Contract </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0898">
+        <w:t>Overview</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="390D03BC" w14:textId="14BDB73B" w:rsidR="00C9452E" w:rsidRDefault="00C9452E" w:rsidP="00666B28">
+      <w:pPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="center"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
+        <w:tblCaption w:val="Contract Overview"/>
+        <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2557"/>
-        <w:gridCol w:w="5442"/>
+        <w:gridCol w:w="3865"/>
+        <w:gridCol w:w="5129"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="622F63B0" w14:textId="77777777">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="00000CA6">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1572"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="7943" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="64CB314E" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625">
+          <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00136526">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Category Manager Contact Information</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2515" w:type="dxa"/>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="4F10356C" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="006B460E" w:rsidRDefault="00B03625">
+          <w:p w14:paraId="3ABFFCD7" w14:textId="2C3A679D" w:rsidR="00B1168A" w:rsidRPr="00000CA6" w:rsidRDefault="00CD0A1A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B460E">
-[...25 lines deleted...]
-              <w:r w:rsidRPr="002F116D">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="24"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Kerri Quinn</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="6F805B0A" w14:textId="1D2CD400" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B70705" w:rsidP="0082121E">
+          <w:p w14:paraId="67A40266" w14:textId="6C189B73" w:rsidR="00FB6CCC" w:rsidRPr="00C94A10" w:rsidRDefault="0030603E" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidRPr="00965C8A">
+            <w:r w:rsidRPr="0030603E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>617-359-7284</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="497AF340" w14:textId="77777777" w:rsidR="00B1168A" w:rsidRPr="00000CA6" w:rsidRDefault="00B1168A" w:rsidP="00B1168A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9165"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59219ACF" w14:textId="1A2EBED6" w:rsidR="009343F3" w:rsidRPr="00000CA6" w:rsidRDefault="009343F3" w:rsidP="00B1168A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9165"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="00000CA6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="24"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Joshua Flanagan-Lanier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+          </w:p>
+          <w:p w14:paraId="18E36C1D" w14:textId="51CDA436" w:rsidR="00141D48" w:rsidRPr="009343F3" w:rsidRDefault="009343F3" w:rsidP="00B1168A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9165"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009343F3">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="4F6B66C8" w14:textId="77777777">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="00A93E02">
         <w:trPr>
-          <w:trHeight w:val="103"/>
+          <w:trHeight w:val="1927"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2515" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="46730541" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="006B460E" w:rsidRDefault="00B03625">
+          <w:p w14:paraId="000A0D78" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
-                <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B460E">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00136526">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contract Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="459D77F6" w14:textId="70517441" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00047E75">
+          <w:p w14:paraId="1CB367C6" w14:textId="3599D4F7" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="007B5CF4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="15"/>
+                <w:numId w:val="18"/>
               </w:numPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Contract Term: </w:t>
             </w:r>
-            <w:r w:rsidR="00C758F4">
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="00B468E3" w:rsidRPr="00B468E3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>J</w:t>
-[...2 lines deleted...]
-              <w:t>uly 1, 2025 – June 30, 2030</w:t>
+              <w:t>July 1, 2025–June 30, 2030</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4510010B" w14:textId="37C713B0" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00047E75">
+          <w:p w14:paraId="29A0CCBB" w14:textId="479FC3EE" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="007B5CF4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="15"/>
+                <w:numId w:val="18"/>
               </w:numPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximum End Date: </w:t>
             </w:r>
-            <w:r w:rsidR="00727183">
+            <w:r w:rsidR="00152D01" w:rsidRPr="00152D01">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>June 30, 2030</w:t>
             </w:r>
-            <w:r w:rsidR="00E70181">
-[...13 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="5E2BBFD6" w14:textId="67CDBDA4" w:rsidR="00B03625" w:rsidRPr="008E4C1A" w:rsidRDefault="00B03625" w:rsidP="008E4C1A">
+          <w:p w14:paraId="18DAF315" w14:textId="771A310D" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="007B5CF4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="15"/>
+                <w:numId w:val="18"/>
               </w:numPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E4C1A">
+            <w:hyperlink w:anchor="_Extend_Beyond_(Performance" w:history="1">
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidRPr="00A93E02">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>Extend</w:t>
+              </w:r>
+              <w:proofErr w:type="gramEnd"/>
+              <w:r w:rsidRPr="00A93E02">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Beyond Date:</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00A93E02">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Extend Beyond Date:</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002B0034">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA164D" w:rsidRPr="00CA164D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>June 30,</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA164D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002B0034" w:rsidRPr="002B0034">
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="00A93E02" w:rsidRPr="00A93E02">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>June 30, 2031</w:t>
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00590DF7">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00A93E02" w:rsidRPr="00A93E02">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A93E02">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. No new agreements except for performance and payment purposes only beyond this date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="159D2588" w14:textId="77777777">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="0093033F">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="103"/>
+          <w:trHeight w:val="1299"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2515" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="6652F207" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="006B460E" w:rsidRDefault="00B03625">
+          <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006626DD" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
-                <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B460E">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="006626DD">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>MMARS MA#</w:t>
+              <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
+            </w:r>
+            <w:r w:rsidR="0064148A" w:rsidRPr="00136526">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF0B69">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Master Agreement (MA) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="22C25E02" w14:textId="1CAE86E6" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="002B0034" w:rsidP="00E11A59">
+          <w:p w14:paraId="5A290FBE" w14:textId="3A1AE951" w:rsidR="0064148A" w:rsidRDefault="00CA164D" w:rsidP="00953689">
             <w:pPr>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ITS82</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC0566">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EA9FD51" w14:textId="77777777" w:rsidR="00287F65" w:rsidRDefault="00287F65" w:rsidP="00953689">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34C47EF3" w14:textId="68DF6EC9" w:rsidR="002B4F4A" w:rsidRPr="00136526" w:rsidRDefault="002B4F4A" w:rsidP="00953689">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D6578">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="24"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ITS82000000000000000</w:t>
+              <w:t>ote</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D6578">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA06AC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*The asterisk is required when referencing the contract in the MMARS</w:t>
+            </w:r>
+            <w:r w:rsidR="008D670A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> system</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA06AC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="5AC5ABD3" w14:textId="77777777">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="00713E4C">
         <w:trPr>
-          <w:trHeight w:val="103"/>
+          <w:trHeight w:val="1045"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2515" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="48B58BBA" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="006B460E" w:rsidRDefault="00B03625">
+          <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
-                <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B460E">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00136526">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67A908DB" w14:textId="258CA6A0" w:rsidR="00B03625" w:rsidRPr="00E11A59" w:rsidRDefault="00B03625" w:rsidP="002B0034">
+          <w:p w14:paraId="598ACD9D" w14:textId="586D0F2A" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00AC0566">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:rPr>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00AC0566">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quotes are required for purchasing. See the </w:t>
+              <w:t xml:space="preserve">Quotes are required for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC0566">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>purchasing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC0566">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Refer to the </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Quote_Response_and" w:history="1">
-              <w:r w:rsidRPr="00136526">
+              <w:r w:rsidRPr="00AC0566">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00136526">
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00AC0566">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section for guidelines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="5A84D122" w14:textId="77777777">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="00713E4C">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="103"/>
+          <w:trHeight w:val="667"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2515" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="6C5D9790" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="006B460E" w:rsidRDefault="00B03625">
+          <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
-                <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B460E">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00136526">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor List</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="6F70EEC4" w14:textId="20936A1A" w:rsidR="00B03625" w:rsidRPr="00E11A59" w:rsidRDefault="00B03625">
+          <w:p w14:paraId="69C38038" w14:textId="314A205A" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00713E4C">
             <w:pPr>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:rPr>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Refer to</w:t>
+            </w:r>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">See </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
               <w:r w:rsidRPr="00136526">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="46C59EDB" w14:textId="77777777">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="00DB37F6">
         <w:trPr>
-          <w:trHeight w:val="103"/>
+          <w:trHeight w:val="676"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2515" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="3457EFFA" w14:textId="0E0263EC" w:rsidR="00B03625" w:rsidRPr="006B460E" w:rsidRDefault="00B03625">
+          <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
-                <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B460E">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00136526">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9E0F81" w14:textId="6875C1FD" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00763180">
+          <w:p w14:paraId="14685198" w14:textId="3405458A" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="00DB37F6" w:rsidP="00953689">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00DB37F6">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10/30/2025</w:t>
-[...13 lines deleted...]
-              <w:t>Updated category manager information</w:t>
+              <w:t>November 07, 2025: Updated Category Manager information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="241CCDAE" w14:textId="7A6C3BA1" w:rsidR="007D0521" w:rsidRDefault="007D0521" w:rsidP="00426815">
+    <w:p w14:paraId="2376688F" w14:textId="77777777" w:rsidR="00DB37F6" w:rsidRDefault="00DB37F6" w:rsidP="006E4CCA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
+        <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25388760" w14:textId="77777777" w:rsidR="007D0521" w:rsidRDefault="007D0521">
-      <w:r>
+    <w:p w14:paraId="2EE53A3B" w14:textId="49497E13" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="006E4CCA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9165"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005569DF">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14344" w:rsidRPr="005569DF">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ot</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4379" w:rsidRPr="005569DF">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005569DF">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E4CCA">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E4CCA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mass.gov/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4CCA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>osd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4CCA">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF7BD81" w14:textId="643AB426" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Template Version: 9.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Page </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGE </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="007A2A12">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="007A2A12">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2DD00E" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4680"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="1815"/>
+          <w:tab w:val="center" w:pos="4968"/>
+          <w:tab w:val="right" w:pos="9990"/>
+        </w:tabs>
+        <w:ind w:left="-1440" w:right="-1440"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2E368F"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>One Ashburton Place, Room 1608 Boston, MA, 02108-1552</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25388760" w14:textId="23DADA28" w:rsidR="007D0521" w:rsidRDefault="00AC1E9E" w:rsidP="00C9452E">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:color w:val="2E368F"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tel</w:t>
+      </w:r>
+      <w:r w:rsidR="004F636A">
+        <w:rPr>
+          <w:color w:val="2E368F"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ephone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:color w:val="2E368F"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00145223">
+        <w:rPr>
+          <w:color w:val="2E368F"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>617-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:color w:val="2E368F"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">720-3300 | </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidR="00FA6E91">
+          <w:rPr>
+            <w:color w:val="2E368F"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>mass.gov/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00FA6E91">
+          <w:rPr>
+            <w:color w:val="2E368F"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>osd</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidR="007D0521">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00B03625" w:rsidSect="003E7DC2">
-          <w:headerReference w:type="default" r:id="rId13"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId15"/>
+          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="first" r:id="rId17"/>
+          <w:footerReference w:type="first" r:id="rId18"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="46FC1B32" w14:textId="3C7397EB" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
+        <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="7913B015" w14:textId="7A256C47" w:rsidR="00E70181" w:rsidRDefault="00242685">
+        <w:p w14:paraId="7EE93ADC" w14:textId="36583E04" w:rsidR="007A2A12" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
+            <w:rPr>
+              <w:bCs w:val="0"/>
+              <w:caps/>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
+            <w:rPr>
+              <w:bCs w:val="0"/>
+              <w:caps/>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
+            <w:rPr>
+              <w:bCs w:val="0"/>
+              <w:caps/>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc201925115" w:history="1">
-            <w:r w:rsidR="00E70181" w:rsidRPr="006B5361">
+          <w:hyperlink w:anchor="_Toc213668278" w:history="1">
+            <w:r w:rsidR="007A2A12" w:rsidRPr="00B00A5F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Contract Summary</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E70181">
+              <w:t>Contract User Guide ITS82: IT Accessibility Services</w:t>
+            </w:r>
+            <w:r w:rsidR="007A2A12">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E70181">
+            <w:r w:rsidR="007A2A12">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E70181">
+            <w:r w:rsidR="007A2A12">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc201925115 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E70181">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668278 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="007A2A12">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E70181">
+            <w:r w:rsidR="007A2A12">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F645A9">
+            <w:r w:rsidR="007A2A12">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E70181">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007A2A12">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="03571ADB" w14:textId="377652A7" w:rsidR="00E70181" w:rsidRDefault="00E70181">
-[...62 lines deleted...]
-        <w:p w14:paraId="3FADF589" w14:textId="27F8586A" w:rsidR="00E70181" w:rsidRDefault="00E70181">
+        <w:p w14:paraId="54840567" w14:textId="01AE1D54" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:smallCaps w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668279" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Contract Overview</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668279 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="67D02771" w14:textId="31878C48" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668280" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Contract Summary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668280 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="378610E3" w14:textId="5B90F02A" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc201925117" w:history="1">
-            <w:r w:rsidRPr="006B5361">
+          <w:hyperlink w:anchor="_Toc213668281" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Benefits and Cost Savings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc201925117 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668281 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F645A9">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0FB16888" w14:textId="185C8F0E" w:rsidR="00E70181" w:rsidRDefault="00E70181">
-[...1329 lines deleted...]
-        <w:p w14:paraId="64F85254" w14:textId="67362280" w:rsidR="00E70181" w:rsidRDefault="00E70181">
+        <w:p w14:paraId="2D42B174" w14:textId="41F7A9CB" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:smallCaps w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668282" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Contract Categories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668282 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="729E7293" w14:textId="1F243BBF" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668283" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668283 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="439E5D86" w14:textId="54E7DB3D" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668284" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Who May Use the Contract</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668284 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2D76BBB7" w14:textId="730798B1" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668285" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Pricing Options</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668285 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3F0C33BF" w14:textId="2AE188C9" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668286" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Quote Response and Requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668286 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5229FF2D" w14:textId="7E5AD1FF" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668287" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Obtaining Quotes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668287 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="302F448E" w14:textId="473BA2B8" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668288" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Purchase Options</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668288 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2065C1F2" w14:textId="490013A1" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668289" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668289 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7ACE29E4" w14:textId="002A6BA8" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668290" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Setting Up a COMMBUYS Account</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668290 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="522A0CE2" w14:textId="6080981A" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668291" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Finding Contract Documents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668291 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="323D1A16" w14:textId="0D26159F" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668292" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Finding Vendor-Specific Documents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668292 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6D1E8B9E" w14:textId="7F78F612" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668293" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Statement of Work (SOW) Requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668293 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="47DF0D21" w14:textId="2F3F7909" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668294" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Supplier Diversity Office (SDO) Requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668294 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="53079802" w14:textId="42FA19C1" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc201925139" w:history="1">
-            <w:r w:rsidRPr="006B5361">
+          <w:hyperlink w:anchor="_Toc213668295" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Category A: Accessibility Audit Services</w:t>
+              <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc201925139 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668295 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F645A9">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="257B4D63" w14:textId="18F9ED94" w:rsidR="00E70181" w:rsidRDefault="00E70181">
+        <w:p w14:paraId="655F6994" w14:textId="0F23AC2B" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:iCs w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668296" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668296 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="18623F57" w14:textId="56C5DF24" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:smallCaps w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668297" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Subcontractors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668297 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0C24A7A7" w14:textId="3D265000" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668298" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Additional Discounts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668298 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="75406A3C" w14:textId="54B10B37" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668299" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Emergency Services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668299 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="43388552" w14:textId="7AFECEDE" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668300" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Vendor Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668300 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6A5F68A3" w14:textId="3B063145" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668301" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>General Procurement Guidelines and Best Practices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668301 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="693E2ADA" w14:textId="5D5DD819" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668302" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Adding a Product or Service</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668302 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="10FECDC8" w14:textId="27A2EBC0" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668303" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Instructions for Massachusetts Management Accounting and Reporting System (MMARS) Users</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668303 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1A292A4E" w14:textId="60574EC5" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668304" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Vendor List and Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668304 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3848B21A" w14:textId="116949AD" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668305" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>United Nations Standard Products and Services Code</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>®</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (UNSPSC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>®</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668305 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="57E55906" w14:textId="13DD96E5" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668306" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Appendix: Additional Category Details</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668306 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="14952342" w14:textId="0F4F7A06" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc201925140" w:history="1">
-            <w:r w:rsidRPr="006B5361">
+          <w:hyperlink w:anchor="_Toc213668307" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Category B: Accessibility Consulting Services</w:t>
+              <w:t>Category A: Accessibility Audit Services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc201925140 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668307 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F645A9">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0654A5E3" w14:textId="176A4D8D" w:rsidR="00E70181" w:rsidRDefault="00E70181">
+        <w:p w14:paraId="387659EB" w14:textId="2B25EAA3" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:smallCaps w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc201925141" w:history="1">
-            <w:r w:rsidRPr="006B5361">
+          <w:hyperlink w:anchor="_Toc213668308" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Category C: Document Remediation Services</w:t>
+              <w:t>Category B: Accessibility Consulting Services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc201925141 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668308 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F645A9">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="786C9D8C" w14:textId="4ED11FD3" w:rsidR="00E70181" w:rsidRDefault="00E70181">
+        <w:p w14:paraId="2F645607" w14:textId="73238158" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:smallCaps w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc201925142" w:history="1">
-            <w:r w:rsidRPr="006B5361">
+          <w:hyperlink w:anchor="_Toc213668309" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Category D: Accessibility Training Services</w:t>
+              <w:t>Category C: Document Remediation Services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc201925142 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668309 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F645A9">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="79E50AE1" w14:textId="7C2B76EF" w:rsidR="00E70181" w:rsidRDefault="00E70181">
+        <w:p w14:paraId="37451339" w14:textId="3083FD60" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:smallCaps w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc201925143" w:history="1">
-            <w:r w:rsidRPr="006B5361">
+          <w:hyperlink w:anchor="_Toc213668310" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Category E: Multimedia Transcription, Captioning, Descriptive Services, and ASL Video Production</w:t>
+              <w:t>Category D: Accessibility Training Services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc201925143 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668310 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F645A9">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="62DF3FDD" w14:textId="55C33742" w:rsidR="00E70181" w:rsidRDefault="00E70181">
+        <w:p w14:paraId="6FFF52E3" w14:textId="4757BD95" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:smallCaps w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc201925144" w:history="1">
-            <w:r w:rsidRPr="006B5361">
+          <w:hyperlink w:anchor="_Toc213668311" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Category F: IT Hardware Accessibility Audit Services</w:t>
+              <w:t>Category E: Multimedia Transcription, Captioning, Descriptive Services, and ASL Video Production</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc201925144 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668311 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F645A9">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50AC2B20" w14:textId="29A1F14E" w:rsidR="005A21C6" w:rsidRDefault="00242685">
+        <w:p w14:paraId="311BBEDC" w14:textId="7A817761" w:rsidR="007A2A12" w:rsidRDefault="007A2A12">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:iCs w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213668312" w:history="1">
+            <w:r w:rsidRPr="00B00A5F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Category F: IT Hardware Accessibility Audit Services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213668312 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="50AC2B20" w14:textId="1075C315" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
           <w:r>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:caps/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4BCAF3C8" w14:textId="77777777" w:rsidR="00975D07" w:rsidRDefault="00975D07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00975D07" w:rsidSect="00975D07">
-          <w:headerReference w:type="first" r:id="rId17"/>
+          <w:headerReference w:type="first" r:id="rId19"/>
+          <w:footerReference w:type="first" r:id="rId20"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DECF372" w14:textId="77777777" w:rsidR="00564A93" w:rsidRDefault="00564A93">
-      <w:pPr>
+    <w:p w14:paraId="473DFC2B" w14:textId="77777777" w:rsidR="00F17A61" w:rsidRDefault="00F17A61" w:rsidP="00B854B6">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43F715E6" w14:textId="4AE51136" w:rsidR="00D66FF8" w:rsidRDefault="13FE62E6">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="76DCC826" w14:textId="2FFFCC4C" w:rsidR="003F26F2" w:rsidRDefault="13FE62E6" w:rsidP="00B854B6">
+      <w:pPr>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
-      </w:r>
+        <w:t xml:space="preserve">TIP: To return to the first page throughout this document, use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="4C2A9F3F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Ctrl+home</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00D66FF8">
+        <w:br w:type="page"/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
-    <w:p w14:paraId="0954B7C4" w14:textId="3CD3C91A" w:rsidR="00E26E6E" w:rsidRDefault="00D66FF8" w:rsidP="00D66FF8">
-[...8 lines deleted...]
-      <w:r w:rsidR="00F65966" w:rsidRPr="00564A93">
+    <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc213668280"/>
+      <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B15B3F" w:rsidRPr="00564A93">
+      <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
         <w:t>Summary</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="349508A5" w14:textId="77777777" w:rsidR="00450E07" w:rsidRPr="00C428B2" w:rsidRDefault="000C51F7" w:rsidP="003B3773">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C428B2">
+    <w:p w14:paraId="2218BC3D" w14:textId="5C5276FE" w:rsidR="00D9774C" w:rsidRDefault="00977B27" w:rsidP="007D2B69">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00977B27">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ITS82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00977B27">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IT Accessibility Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5616" w:rsidRPr="007D2B69">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5616" w:rsidRPr="00A12C2C">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EB5616" w:rsidRPr="00C428B2">
+      <w:r w:rsidR="00013016" w:rsidRPr="00013016">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is a Statewide Contract (SWC) for the acquisition of information technology </w:t>
+      </w:r>
+      <w:r w:rsidR="00013016">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(IT</w:t>
+      </w:r>
+      <w:r w:rsidR="00013016" w:rsidRPr="00013016">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) professional services specific to ensuring the accessibility of information and communication technologies (ICT) deployed by the Commonwealth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760C9C7C" w14:textId="5E6F3980" w:rsidR="006D68AA" w:rsidRPr="006D68AA" w:rsidRDefault="006D68AA" w:rsidP="007D2B69">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="002B1BAC" w:rsidRPr="00C428B2">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D68AA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...51 lines deleted...]
-        <w:t>review ITS82 Category B: Accessibility Consulting Services. ITS82 includes a new Category F: IT Hardware Accessibility Audit Services.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ITS82 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C90A0D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provides access to expert consultants </w:t>
+      </w:r>
+      <w:r w:rsidR="003E7820">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>who will ensure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D68AA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> th</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7820">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D68AA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ICT services do not discriminate against </w:t>
+      </w:r>
+      <w:r w:rsidR="00350B74">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>individuals</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D68AA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with disabilities by:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5910CF39" w14:textId="77777777" w:rsidR="00C428B2" w:rsidRPr="00C428B2" w:rsidRDefault="00450E07" w:rsidP="003B3773">
-[...28 lines deleted...]
-    <w:p w14:paraId="68B1AE30" w14:textId="77777777" w:rsidR="00C428B2" w:rsidRPr="00C428B2" w:rsidRDefault="00C428B2" w:rsidP="00047E75">
+    <w:p w14:paraId="438EBEE2" w14:textId="77777777" w:rsidR="006D68AA" w:rsidRDefault="006D68AA" w:rsidP="006D68AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Testing websites and applications for accessibility </w:t>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D68AA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Testing websites and applications for accessibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B68122" w14:textId="48E79932" w:rsidR="00C428B2" w:rsidRPr="00C428B2" w:rsidRDefault="00C428B2" w:rsidP="00047E75">
+    <w:p w14:paraId="6F38CE62" w14:textId="77777777" w:rsidR="006D68AA" w:rsidRDefault="006D68AA" w:rsidP="006D68AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Assessing and fixing accessibility problems with websites, applications, and documents </w:t>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D68AA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assessing and fixing accessibility problems with websites, applications, and documents  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B7F901C" w14:textId="1E0CF1A3" w:rsidR="00C428B2" w:rsidRPr="00C428B2" w:rsidRDefault="00C428B2" w:rsidP="00047E75">
+    <w:p w14:paraId="3F8DA90F" w14:textId="77777777" w:rsidR="006D68AA" w:rsidRDefault="006D68AA" w:rsidP="006D68AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Establishing accessibility strategies, policies, and procedures </w:t>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D68AA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Establishing accessibility strategies, policies, and procedures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D878FF" w14:textId="7DF43E74" w:rsidR="00C428B2" w:rsidRPr="00C428B2" w:rsidRDefault="00C428B2" w:rsidP="00047E75">
+    <w:p w14:paraId="72612630" w14:textId="77777777" w:rsidR="006D68AA" w:rsidRDefault="006D68AA" w:rsidP="006D68AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Training in accessibility requirements and techniques </w:t>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D68AA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Training in accessibility requirements and techniques</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236E3B9C" w14:textId="703009C8" w:rsidR="00C428B2" w:rsidRPr="00C428B2" w:rsidRDefault="00C428B2" w:rsidP="00047E75">
+    <w:p w14:paraId="2F3D678E" w14:textId="77777777" w:rsidR="006D68AA" w:rsidRDefault="006D68AA" w:rsidP="006D68AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Meeting accessibility requirements for audio and video </w:t>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D68AA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Meeting accessibility requirements for audio and video</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="037E48BE" w14:textId="06EDE9D3" w:rsidR="00C428B2" w:rsidRPr="00C428B2" w:rsidRDefault="00C428B2" w:rsidP="00047E75">
+    <w:p w14:paraId="5D48B8C5" w14:textId="77777777" w:rsidR="006D68AA" w:rsidRDefault="006D68AA" w:rsidP="006D68AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D68AA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Providing accommodations for employees using legacy systems</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E770B2" w14:textId="02632D80" w:rsidR="00C428B2" w:rsidRDefault="00C428B2" w:rsidP="00047E75">
+    <w:p w14:paraId="45BF56F6" w14:textId="1171FECD" w:rsidR="006D68AA" w:rsidRPr="006D68AA" w:rsidRDefault="006D68AA" w:rsidP="006D68AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D68AA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Testing IT hardware for accessibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4F50FE" w14:textId="54EA30E3" w:rsidR="001B2E95" w:rsidRDefault="001B2E95" w:rsidP="001B2E95">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001B2E95">
+    <w:p w14:paraId="3BA14FA7" w14:textId="03088284" w:rsidR="00362DFB" w:rsidRDefault="00362DFB" w:rsidP="00815201">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505933">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="005268C0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505933">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master Contract Record, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B307C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="007D0C0F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="009C5EB3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="009C5EB3" w:rsidRPr="00E10755">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ITS82 Master Contract Record</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007D0C0F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B089CE" w14:textId="3AA35E5B" w:rsidR="003B41F9" w:rsidRPr="00815201" w:rsidRDefault="003B41F9" w:rsidP="00815201">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7194">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This contract </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be used to procure the goods or services described herein </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>at any dollar amount</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Any limitations, including for procurements involving </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754E5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>construction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, are outlined in this Contract User Guide.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA47DAA" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="00EF0700" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc194066617"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc213668281"/>
+      <w:r>
+        <w:t xml:space="preserve">Benefits and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633557">
+        <w:rPr>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+        <w:t>Cost</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5DA1">
+        <w:rPr>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+        <w:t>Savings</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="082CDB9C" w14:textId="214D317C" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00EF0700">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc188457898"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Statewide </w:t>
+      </w:r>
+      <w:r w:rsidR="008B1C1B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontracts are an easy way to obtain benefits for your organization by: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF1A2D9" w14:textId="4F6B6A80" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Leveraging the Commonwealth’s buying power</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40013AFF" w14:textId="3AAB4685" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Simplifying the solicitation process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A410C27" w14:textId="005683D9" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Providing contracting expertise</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7BDA87" w14:textId="10239F41" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enhancing vendor relationships through proactive management and oversight</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367B6D3F" w14:textId="41A14A8D" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Offering competitive pricing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381ADBA2" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Partnering with a pool of qualified and experienced vendors </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4122FFB9" w14:textId="612E07C1" w:rsidR="00EF0700" w:rsidRPr="000571B3" w:rsidRDefault="00EF0700" w:rsidP="00EB5E4C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000571B3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Offering Prompt Pay</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7558" w:rsidRPr="000571B3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000571B3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Discount</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C58FCA8" w14:textId="29599104" w:rsidR="008B7D4E" w:rsidRDefault="008B7D4E" w:rsidP="0010277A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc194066593"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc213668282"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Contract Categories</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="7261F882" w14:textId="00BAA247" w:rsidR="001B2E95" w:rsidRDefault="001B2E95" w:rsidP="001B2E95">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">This Contract includes six categories of services as listed below. Only those vendors approved for a Category may provide services under that Category. See </w:t>
+    <w:p w14:paraId="1E9561C4" w14:textId="2A2E0D34" w:rsidR="0003764C" w:rsidRPr="0003764C" w:rsidRDefault="006D5067" w:rsidP="0003764C">
+      <w:r>
+        <w:t>The s</w:t>
+      </w:r>
+      <w:r w:rsidR="003771A2" w:rsidRPr="003771A2">
+        <w:t xml:space="preserve">ervices </w:t>
+      </w:r>
+      <w:r w:rsidR="00416BAA">
+        <w:t xml:space="preserve">listed in this section </w:t>
+      </w:r>
+      <w:r w:rsidR="003771A2" w:rsidRPr="003771A2">
+        <w:t xml:space="preserve">may only be provided by vendors who have been formally approved for the specific </w:t>
+      </w:r>
+      <w:r w:rsidR="000C0907">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="003771A2" w:rsidRPr="003771A2">
+        <w:t>ategory of work</w:t>
+      </w:r>
+      <w:r w:rsidR="0003764C" w:rsidRPr="001B2E95">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004F3673" w:rsidRPr="004F3673">
+        <w:t xml:space="preserve">Refer to the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
-        <w:r w:rsidRPr="000A5D31">
+        <w:r w:rsidR="0044305A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>VENDOR LIST AND INFORMATION</w:t>
+          <w:t>Vendor List and Information</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001B2E95">
+      <w:r w:rsidR="004F3673" w:rsidRPr="004F3673">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0076322E">
+        <w:t>for a list of approved vendors by category</w:t>
+      </w:r>
+      <w:r w:rsidR="0044305A">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0076322E">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Appendix_A:_Additional" w:history="1">
-        <w:r w:rsidRPr="008B4821">
+      <w:hyperlink w:anchor="_Appendix:_[Enter_Meaningful" w:history="1">
+        <w:r w:rsidR="00CC16E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Appendix A</w:t>
+          <w:t>Appendix</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001B2E95">
-        <w:t xml:space="preserve"> for more detail about each Category and which vendors are approved for each Category. </w:t>
+      <w:r w:rsidR="0076322E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F3673" w:rsidRPr="004F3673">
+        <w:t xml:space="preserve">for a breakdown of each category. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="386E3B18" w14:textId="77777777" w:rsidR="000A5D31" w:rsidRDefault="001B2E95" w:rsidP="00047E75">
+    <w:p w14:paraId="1C863CFB" w14:textId="77777777" w:rsidR="00D11AEB" w:rsidRDefault="00A72844" w:rsidP="008B7D4E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This contract includes </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6AD8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>six (6)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> categories of </w:t>
+      </w:r>
+      <w:r w:rsidR="003855F5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000822E8" w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>listed as follow</w:t>
+      </w:r>
+      <w:r w:rsidR="0011605C" w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64DE1910" w14:textId="77777777" w:rsidR="00D11AEB" w:rsidRDefault="00D11AEB" w:rsidP="00D11AEB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2E95">
-[...3 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="009F4FBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Category A:</w:t>
       </w:r>
       <w:r w:rsidRPr="001B2E95">
         <w:t xml:space="preserve"> Accessibility Audit Services </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37FA2C75" w14:textId="77777777" w:rsidR="000A5D31" w:rsidRDefault="001B2E95" w:rsidP="00047E75">
+    <w:p w14:paraId="37745746" w14:textId="77777777" w:rsidR="00D11AEB" w:rsidRDefault="00D11AEB" w:rsidP="00D11AEB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2E95">
-[...3 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="009F4FBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Category B:</w:t>
       </w:r>
       <w:r w:rsidRPr="001B2E95">
         <w:t xml:space="preserve"> Accessibility Consulting Services </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30937AEB" w14:textId="77777777" w:rsidR="000A5D31" w:rsidRDefault="001B2E95" w:rsidP="00047E75">
+    <w:p w14:paraId="0544F7D1" w14:textId="77777777" w:rsidR="00D11AEB" w:rsidRDefault="00D11AEB" w:rsidP="00D11AEB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2E95">
-[...3 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="009F4FBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Category C:</w:t>
       </w:r>
       <w:r w:rsidRPr="001B2E95">
         <w:t xml:space="preserve"> Document Remediation Services </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16563DC2" w14:textId="77777777" w:rsidR="000A5D31" w:rsidRDefault="001B2E95" w:rsidP="00047E75">
+    <w:p w14:paraId="41E3C92B" w14:textId="77777777" w:rsidR="00D11AEB" w:rsidRDefault="00D11AEB" w:rsidP="00D11AEB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2E95">
+      <w:r w:rsidRPr="009F4FBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Category D</w:t>
       </w:r>
-      <w:r w:rsidR="000A5D31">
+      <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="001B2E95">
         <w:t xml:space="preserve"> Accessibility Training Services </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B8DBCEC" w14:textId="1236F5BF" w:rsidR="000A5D31" w:rsidRDefault="001B2E95" w:rsidP="00047E75">
+    <w:p w14:paraId="5AA951F5" w14:textId="3AD1D789" w:rsidR="00D11AEB" w:rsidRDefault="00D11AEB" w:rsidP="00D11AEB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2E95">
-[...3 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="009F4FBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Category E:</w:t>
       </w:r>
       <w:r w:rsidRPr="001B2E95">
         <w:t xml:space="preserve"> Multimedia Transcription, Captioning, Description Services</w:t>
       </w:r>
-      <w:r w:rsidR="000A5D31">
-        <w:t>, and ASL Video Production</w:t>
+      <w:r>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidR="007E1211">
+        <w:t>American Sign Language (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ASL</w:t>
+      </w:r>
+      <w:r w:rsidR="007E1211">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Video Production</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6186F845" w14:textId="5349608E" w:rsidR="001B2E95" w:rsidRPr="001B2E95" w:rsidRDefault="001B2E95" w:rsidP="00047E75">
+    <w:p w14:paraId="2CBA0DF4" w14:textId="77777777" w:rsidR="00D11AEB" w:rsidRPr="001B2E95" w:rsidRDefault="00D11AEB" w:rsidP="00D11AEB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2E95">
-[...3 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="009F4FBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Category F:</w:t>
       </w:r>
       <w:r w:rsidRPr="001B2E95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000A5D31">
+      <w:r>
         <w:t>IT Hardware Accessibility Audit Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68FA877E" w14:textId="733D227A" w:rsidR="00815201" w:rsidRPr="004327A1" w:rsidRDefault="00815201" w:rsidP="00815201">
-[...10 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="02EE84F7" w14:textId="777E64D5" w:rsidR="005D20CA" w:rsidRDefault="005D20CA" w:rsidP="00AA70CA">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc194066595"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc213668283"/>
+      <w:r w:rsidRPr="00564A93">
+        <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="18DA1726" w14:textId="1F7C4EBE" w:rsidR="00D52784" w:rsidRPr="003C62B7" w:rsidRDefault="00907F53" w:rsidP="00EF4A09">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52784" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he following list of products and services </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52784" w:rsidRPr="00907F53">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...51 lines deleted...]
-        <w:t>, are outlined in this Contract User Guide.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52784" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> available for purchase</w:t>
+      </w:r>
+      <w:r w:rsidR="00D567A9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on this contract</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52784" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF0A48D" w14:textId="04C7A59B" w:rsidR="003B3773" w:rsidRPr="00A12C2C" w:rsidRDefault="00CF3BFE" w:rsidP="003B3773">
-[...118 lines deleted...]
-    <w:p w14:paraId="3BF1A2D9" w14:textId="4F6B6A80" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00047E75">
+    <w:p w14:paraId="01B6B9EA" w14:textId="44847503" w:rsidR="00D52784" w:rsidRPr="00047E75" w:rsidRDefault="00D52784" w:rsidP="00B3479A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="33"/>
         </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00047E75">
+        <w:t xml:space="preserve">Purchase of any equipment. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D41C76" w:rsidRPr="00C3690A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...10 lines deleted...]
-        <w:t>Leveraging the Commonwealth’s buying power</w:t>
+        </w:rPr>
+        <w:t>ITS82</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3690A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a </w:t>
+      </w:r>
+      <w:r w:rsidR="00651AE4" w:rsidRPr="00C3690A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3690A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-only contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40013AFF" w14:textId="3AAB4685" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00047E75">
+    <w:p w14:paraId="5A0706D2" w14:textId="33E26D2C" w:rsidR="00D52784" w:rsidRPr="00047E75" w:rsidRDefault="00D52784" w:rsidP="00B3479A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="33"/>
         </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00047E75">
+        <w:t xml:space="preserve">Consulting services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F93090">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...10 lines deleted...]
-        <w:t>Simplifying the solicitation process</w:t>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00047E75">
+        <w:t xml:space="preserve"> related</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00047E75">
+        <w:t xml:space="preserve"> IT </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73F0C">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00047E75">
+        <w:t>ccessibility</w:t>
+      </w:r>
+      <w:r w:rsidR="00651AE4">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A410C27" w14:textId="005683D9" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00047E75">
+    <w:p w14:paraId="5A9D84B3" w14:textId="0BB96F8E" w:rsidR="00D52784" w:rsidRPr="00047E75" w:rsidRDefault="00D52784" w:rsidP="00B3479A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="33"/>
         </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00047E75">
+        <w:t xml:space="preserve">Training services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F93090">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...10 lines deleted...]
-        <w:t>Providing contracting expertise</w:t>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00047E75">
+        <w:t xml:space="preserve"> related to IT </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73F0C">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00047E75">
+        <w:t>ccessibility</w:t>
+      </w:r>
+      <w:r w:rsidR="00651AE4">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C7BDA87" w14:textId="10239F41" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00047E75">
+    <w:p w14:paraId="67F8B2C6" w14:textId="7C4041C6" w:rsidR="00D52784" w:rsidRPr="00047E75" w:rsidRDefault="00D52784" w:rsidP="00B3479A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="33"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>Enhancing vendor relationships through proactive management and oversight</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00047E75">
+        <w:t>Foreign language in-person interpretation, translation, telephonic interpretation</w:t>
+      </w:r>
+      <w:r w:rsidR="00651AE4">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00047E75">
+        <w:t xml:space="preserve"> and video remote interpretation services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367B6D3F" w14:textId="41A14A8D" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00047E75">
+    <w:p w14:paraId="4AEF3769" w14:textId="548B77AB" w:rsidR="00D52784" w:rsidRPr="00047E75" w:rsidRDefault="00D52784" w:rsidP="00B3479A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="33"/>
         </w:numPr>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t>Offering competitive pricing</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00047E75">
+        <w:t>Sign language interpretation that is not pre-recorded</w:t>
+      </w:r>
+      <w:r w:rsidR="00301521">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381ADBA2" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00047E75">
+    <w:p w14:paraId="562D9D0C" w14:textId="057AAB99" w:rsidR="00D52784" w:rsidRPr="00047E75" w:rsidRDefault="00D52784" w:rsidP="00B3479A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="33"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Partnering with a pool of qualified and experienced vendors </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00047E75">
+        <w:t>Real-time captioning</w:t>
+      </w:r>
+      <w:r w:rsidR="00301521">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7968B635" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00B76A15" w:rsidRDefault="00EF0700" w:rsidP="00047E75">
+    <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc194066594"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc213668284"/>
+      <w:r w:rsidRPr="000067FD">
+        <w:t xml:space="preserve">Who </w:t>
+      </w:r>
+      <w:r w:rsidR="008B1C4B">
+        <w:t>May</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000067FD">
+        <w:t xml:space="preserve"> Use the Contract</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="2F421623" w14:textId="14254EBC" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F80200" w:rsidP="00F80200">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following </w:t>
+      </w:r>
+      <w:r w:rsidR="00F355B6" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is a complete list of the types of organizations generally allowed to use </w:t>
+      </w:r>
+      <w:r w:rsidR="00671BFA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00350C44" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Operational Service Division’s (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F355B6" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OSD's</w:t>
+      </w:r>
+      <w:r w:rsidR="00350C44" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F355B6" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D55E65" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Statewide Contracts (SWCs)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F355B6" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Some SWCs may be open to additional organizations, and some are more restricted in usage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15581848" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:b/>
-[...12 lines deleted...]
-        <w:t>Offering Prompt Pay Discount</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cities, towns, districts, counties, and other political subdivisions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E6A96CB" w14:textId="2121458C" w:rsidR="00B76A15" w:rsidRPr="00A12C2C" w:rsidRDefault="00B76A15" w:rsidP="00047E75">
+    <w:p w14:paraId="6FA83448" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:b/>
-[...12 lines deleted...]
-        <w:t>Accessing frequently requested IT accessibility services</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Executive, Legislative, and Judicial Branches, including all departments and elected offices therein</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79FAB35B" w14:textId="75246E84" w:rsidR="005D20CA" w:rsidRDefault="005D20CA" w:rsidP="005D20CA">
-[...322 lines deleted...]
-    <w:p w14:paraId="15581848" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="008F4357">
+    <w:p w14:paraId="22EA9BDA" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Cities, towns, districts, counties, and other political subdivisions</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Independent public authorities, commissions, and quasi-public agencies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA83448" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="008F4357">
+    <w:p w14:paraId="1D69D10A" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Executive, Legislative, and Judicial Branches, including all departments and elected offices therein</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Local public libraries, public school districts, and charter schools</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EA9BDA" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="008F4357">
+    <w:p w14:paraId="7F85341C" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Independent public authorities, commissions, and quasi-public agencies</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Public hospitals owned by the Commonwealth of Massachusetts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D69D10A" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="008F4357">
+    <w:p w14:paraId="342D2151" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Local public libraries, public school districts, and charter schools</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Public institutions of higher education</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F85341C" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="008F4357">
+    <w:p w14:paraId="4263DFBE" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Public hospitals owned by the Commonwealth of Massachusetts</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Public purchasing cooperatives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="342D2151" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="008F4357">
+    <w:p w14:paraId="0C8B4229" w14:textId="058CC811" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...43 lines deleted...]
-      <w:hyperlink r:id="rId19" w:history="1">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="003C62B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Non-profit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, UFR-certified organizations that are doing business with the Commonwealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5575D2F8" w14:textId="4BDF2708" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="008F4357">
+    <w:p w14:paraId="5575D2F8" w14:textId="4BDF2708" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Other states and territories </w:t>
       </w:r>
       <w:r w:rsidR="00475DA4" w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and their cities, towns, districts, counties, other political subdivisions, and public institutions of higher education </w:t>
       </w:r>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidR="00BC1E8D" w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>out</w:t>
       </w:r>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> prior approval </w:t>
       </w:r>
       <w:r w:rsidR="009E5D94" w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>from</w:t>
       </w:r>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the State Purchasing Agent</w:t>
       </w:r>
       <w:r w:rsidR="00EE0DAF" w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B394519" w14:textId="3C7F7EE8" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="008F4357">
+    <w:p w14:paraId="0B394519" w14:textId="3C7F7EE8" w:rsidR="00F355B6" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other entities when designated in writing by the State Purchasing Agent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E3A806F" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="_Toc201925120"/>
+    <w:p w14:paraId="2E3A806F" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc194066597"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc213668285"/>
       <w:r>
         <w:t>Pricing Options</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="51B6A7E5" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRPr="00BC75FE" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="_Hlk193714773"/>
+    <w:p w14:paraId="51B6A7E5" w14:textId="0DAD64EF" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk193714773"/>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The price files and vendor catalogs are accessible through public view in COMMBUYS; therefore, buyers </w:t>
+      </w:r>
+      <w:r w:rsidR="004C3029">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> access the price files and vendor catalogs without sign</w:t>
+      </w:r>
+      <w:r w:rsidR="00333FC6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> into a COMMBUYS account.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="2B52DF29" w14:textId="77777777" w:rsidR="004327A1" w:rsidRPr="004327A1" w:rsidRDefault="00F35A63" w:rsidP="00047E75">
-[...6 lines deleted...]
-        <w:ind w:left="720"/>
+    <w:p w14:paraId="0EA5B639" w14:textId="174D372F" w:rsidR="005120C8" w:rsidRDefault="005120C8" w:rsidP="00F35A63">
+      <w:pPr>
         <w:rPr>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...27 lines deleted...]
-        <w:t>Cost information provided by Category D vendors in Course Offering spreadsheets for Predefined Courses, and by Category E vendors in Transcription and Captioning Offering spreadsheets may be considered a "quote" for procurement purposes. For purchases under $500, Entities may select a vendor based on this information in lieu of issuing an RFQ. In this case, you may use a Purchase Order rather than a Statement of Work (SOW). Contract users should confirm vendor availability prior to issuing a Purchase Order.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120C8">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The pricing options are outlined as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6753DAF9" w14:textId="2547E93C" w:rsidR="00F35A63" w:rsidRPr="00BC75FE" w:rsidRDefault="00F35A63" w:rsidP="00047E75">
-[...89 lines deleted...]
-    <w:p w14:paraId="21CACDF1" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRPr="00BC75FE" w:rsidRDefault="00F35A63" w:rsidP="00047E75">
+    <w:p w14:paraId="2F68D4E8" w14:textId="58C8C648" w:rsidR="00A53D30" w:rsidRPr="00A53D30" w:rsidRDefault="008F6084" w:rsidP="0084151D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BC75FE">
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00676C6A">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> The contract's published pricing, including discounts, is a maximum price or 'not-to-exceed' limit and can be subject to further negotiation.</w:t>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendor Price File:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42F43A50" w14:textId="0BEB21D5" w:rsidR="00F35A63" w:rsidRPr="00BC75FE" w:rsidRDefault="00F35A63" w:rsidP="00047E75">
+    <w:p w14:paraId="3A67ACBE" w14:textId="77777777" w:rsidR="00A57DFF" w:rsidRDefault="00EB4E41" w:rsidP="00E16FE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00676C6A">
+        <w:t xml:space="preserve">Cost information provided by Category D vendors for </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4170" w:rsidRPr="00676C6A">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676C6A">
+        <w:t xml:space="preserve">redefined </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4170" w:rsidRPr="00676C6A">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676C6A">
+        <w:t xml:space="preserve">ourses and by Category E vendors for </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4170" w:rsidRPr="00676C6A">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676C6A">
+        <w:t xml:space="preserve">ranscription and </w:t>
+      </w:r>
+      <w:r w:rsidR="001054D0" w:rsidRPr="00676C6A">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676C6A">
+        <w:t xml:space="preserve">aptioning </w:t>
+      </w:r>
+      <w:r w:rsidR="001054D0" w:rsidRPr="00676C6A">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676C6A">
+        <w:t>ervices in the official offering spreadsheets shall be treated as a formal procurement quote</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1631" w:rsidRPr="00676C6A">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00676C6A" w:rsidRPr="00676C6A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57EE331C" w14:textId="4C497DB0" w:rsidR="008F6084" w:rsidRPr="00676C6A" w:rsidRDefault="008F6084" w:rsidP="00E16FE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16FE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For purchases under $500, </w:t>
+      </w:r>
+      <w:r w:rsidR="005F31A1" w:rsidRPr="00E16FE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>contract users</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16FE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may select a vendor based on this information in lieu of issuing a</w:t>
+      </w:r>
+      <w:r w:rsidR="0024344C" w:rsidRPr="00E16FE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Request for Quote</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16FE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0024344C" w:rsidRPr="00E16FE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16FE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>RFQ</w:t>
+      </w:r>
+      <w:r w:rsidR="00690098" w:rsidRPr="00E16FE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16FE7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>. In this case, you may use a Purchase Order rather than a Statement of Work (SOW). Contract users should confirm vendor availability prior to issuing a Purchase Order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682BAA76" w14:textId="1D07DA7D" w:rsidR="008F6084" w:rsidRPr="00BC75FE" w:rsidRDefault="008F6084" w:rsidP="008F6084">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If a vendor does not have a manufacturer listed in their awarded price file, the vendor must contact the Category Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4649">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB20D6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00CB20D6" w:rsidRPr="004D41BE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Kerri Quin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CB20D6">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="00CB20D6" w:rsidRPr="00000CA6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Joshua Flanagan-Lanier</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CB20D6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to get the manufacturer added before they can sell their products on </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ITS82.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If a vendor is not honoring their discount pricing from the price file, then the customer should contact the Category Manager</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E376348" w14:textId="77777777" w:rsidR="008F6084" w:rsidRPr="00BC75FE" w:rsidRDefault="008F6084" w:rsidP="008F6084">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ceiling/Not-to-Exceed:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The contract's published pricing, including discounts, is a maximum price or 'not-to-exceed' limit and can be subject to further negotiation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F43A50" w14:textId="4091237E" w:rsidR="00F35A63" w:rsidRPr="00BC75FE" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Product pricing may be found on the </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Product pricing may be </w:t>
+      </w:r>
+      <w:r w:rsidR="00647B11">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>accessed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00647B11">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00BC75FE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC75FE">
+      <w:r w:rsidR="008B75CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>page, where links to all the vendors’ MBPOs are provided.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, where links to all the vendors’ </w:t>
+      </w:r>
+      <w:r w:rsidR="00462E0D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Blanket Purchase Order</w:t>
+      </w:r>
+      <w:r w:rsidR="00275CE0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MBPOs</w:t>
+      </w:r>
+      <w:r w:rsidR="00275CE0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are provided.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473112C0" w14:textId="4A5105EF" w:rsidR="00F35A63" w:rsidRPr="00BC75FE" w:rsidRDefault="00F35A63" w:rsidP="00AE5735">
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="2E6DD92B" w14:textId="7F654242" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Quote_Response_and"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc194066598"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc213668286"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t>Quote Response and Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="022E0D03" w14:textId="1856AD9C" w:rsidR="0000020E" w:rsidRPr="0093021B" w:rsidRDefault="0000020E" w:rsidP="0000020E">
+      <w:r w:rsidRPr="0093021B">
+        <w:t xml:space="preserve">Eligible </w:t>
+      </w:r>
+      <w:r w:rsidR="008D607F">
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093021B">
+        <w:t>ntities</w:t>
+      </w:r>
       <w:r>
+        <w:t xml:space="preserve"> who are COMMBUYS users</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093021B">
+        <w:t xml:space="preserve"> must use a COMMBUYS Request for Quote (RFQ) to solicit quotes from at least three</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093021B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> under the Category they wish to use, or all contractors in the Category if there are fewer than three contractors, except as noted under Obtaining Quotes below. Use the “RFQ Template for ITS</w:t>
+      <w:r w:rsidR="00893861">
+        <w:t>vendors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093021B">
+        <w:t xml:space="preserve"> within the specified </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...71 lines deleted...]
-      </w:pPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093021B">
+        <w:t xml:space="preserve">ategory. If fewer than three </w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...66 lines deleted...]
-        <w:r w:rsidR="0053184B" w:rsidRPr="0053184B">
+        <w:t xml:space="preserve">(3) </w:t>
+      </w:r>
+      <w:r w:rsidR="007D0963">
+        <w:t>vendors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093021B">
+        <w:t xml:space="preserve"> are available in that </w:t>
+      </w:r>
+      <w:r>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093021B">
+        <w:t xml:space="preserve">ategory, all available </w:t>
+      </w:r>
+      <w:r w:rsidR="007D0963">
+        <w:t>vendors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093021B">
+        <w:t xml:space="preserve"> must be solicited. This requirement is subject to the exceptions outlined in the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Obtaining_Quotes" w:history="1">
+        <w:r w:rsidR="00873A43">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
-[...1 lines deleted...]
-            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t>Obtaining Quotes</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0093021B">
+        <w:t xml:space="preserve"> section</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Eligible Entities who do not use COMMBUYS may utilize email and follow the same requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D7358C" w14:textId="3BB5D4B4" w:rsidR="0000020E" w:rsidRPr="00BC45D3" w:rsidRDefault="0000020E" w:rsidP="0000020E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Once posted, you  may u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5735">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>se the “RFQ Template for ITS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>82</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5735">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” attached under “Agency Files” on COMMBUYS to define your requirements. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The template is annotated to indicate what information is needed for the different categories. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5735">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Entities that do not use COMMBUYS may request quotes via email using the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5735">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information in the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
+        <w:r w:rsidRPr="00CB2EAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor List and Information</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008B4821">
-[...1 lines deleted...]
-          <w:b w:val="0"/>
+      <w:r w:rsidRPr="00AE5735">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> table.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E7C2629" w14:textId="77777777" w:rsidR="000515CB" w:rsidRDefault="000515CB" w:rsidP="000515CB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Obtaining_Quotes"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc213239784"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc213668287"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:t>Obtaining Quotes</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="1CC42B2D" w14:textId="27A818F6" w:rsidR="00716663" w:rsidRPr="00716663" w:rsidRDefault="009A2F4F" w:rsidP="00716663">
+      <w:r w:rsidRPr="009A2F4F">
+        <w:t>Review the</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2F4F">
+        <w:t xml:space="preserve"> instructions before requesting quotes</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5509029D" w14:textId="77777777" w:rsidR="00716663" w:rsidRDefault="00716663" w:rsidP="009A2F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Always reference </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2F4F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ITS82</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> when contacting vendors to ensure correct contract pricing is applied.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B61BFF" w14:textId="77777777" w:rsidR="00716663" w:rsidRDefault="00716663" w:rsidP="009A2F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Award quotes based on best value.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465CF31B" w14:textId="77777777" w:rsidR="00716663" w:rsidRDefault="00716663" w:rsidP="0012487C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Vendor spreadsheets (Category D and E) may be considered formal "quotes" for procurement purposes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E73B1B" w14:textId="77777777" w:rsidR="00716663" w:rsidRDefault="00716663" w:rsidP="0075619B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>For purchases under $500:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD37505" w14:textId="71AFAC4A" w:rsidR="00716663" w:rsidRDefault="00716663" w:rsidP="0084154F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Entities may select a vendor based solely on the </w:t>
+      </w:r>
+      <w:r w:rsidR="0084630B">
+        <w:t xml:space="preserve">vendor </w:t>
+      </w:r>
+      <w:r>
+        <w:t>spreadsheet information (no formal R</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4C45">
+        <w:t xml:space="preserve">equest for </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4C45">
+        <w:t>uote</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> required).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E3CFE30" w14:textId="77777777" w:rsidR="00716663" w:rsidRDefault="00716663" w:rsidP="0084154F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>A Purchase Order (PO) can be used instead of a Statement of Work (SOW).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F021D9" w14:textId="77777777" w:rsidR="00716663" w:rsidRDefault="00716663" w:rsidP="0084154F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Always confirm the vendor's availability before issuing a PO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59135E76" w14:textId="3B540265" w:rsidR="00716663" w:rsidRPr="00716663" w:rsidRDefault="00716663" w:rsidP="0084154F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For detailed instructions on completing a quote in COMMBUYS, refer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25">
+        <w:r w:rsidR="00164BFC" w:rsidRPr="003B0898">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> job aid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45336D7C" w14:textId="04C58DEE" w:rsidR="00ED723A" w:rsidRDefault="00ED723A" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc194066596"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc213668288"/>
+      <w:r w:rsidRPr="00564A93">
+        <w:t>Purchase</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
+        <w:t xml:space="preserve"> Options</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="3CE8EE05" w14:textId="4BBFCEDF" w:rsidR="0099452C" w:rsidRDefault="00A92212" w:rsidP="0099452C">
+      <w:r>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="0099452C" w:rsidRPr="00D66042">
+        <w:t xml:space="preserve">inks to all the vendors’ </w:t>
+      </w:r>
+      <w:r w:rsidR="0099452C">
+        <w:t>Master Blanket Purchase Orders (</w:t>
+      </w:r>
+      <w:r w:rsidR="0099452C" w:rsidRPr="00D66042">
+        <w:t>MBPOs</w:t>
+      </w:r>
+      <w:r w:rsidR="0099452C">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, where product pricing may be found,</w:t>
+      </w:r>
+      <w:r w:rsidR="0099452C" w:rsidRPr="00D66042">
+        <w:t xml:space="preserve"> are provided</w:t>
+      </w:r>
+      <w:r w:rsidR="00493AEF">
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
+        <w:r w:rsidR="00493AEF" w:rsidRPr="00CB2EAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Vendor List and Information</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62DD2CE5" w14:textId="154DF712" w:rsidR="006D622E" w:rsidRDefault="006D622E" w:rsidP="005E5E76">
+      <w:r w:rsidRPr="00045863">
+        <w:lastRenderedPageBreak/>
+        <w:t>Fee-for-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00045863">
+        <w:t xml:space="preserve">ervice is the only acceptable option that may be used </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24AF6" w:rsidRPr="00045863">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00045863">
+        <w:t xml:space="preserve"> this contract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA59A47" w14:textId="77777777" w:rsidR="00BF4011" w:rsidRDefault="0004612A" w:rsidP="00B93ABA">
+      <w:r w:rsidRPr="0004612A">
+        <w:t>Purchases may be executed through the solicitation of quot</w:t>
+      </w:r>
+      <w:r>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004612A">
+        <w:t xml:space="preserve"> from </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5402E">
+        <w:t>eligible</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004612A">
+        <w:t xml:space="preserve"> vendors</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6137F" w:rsidRPr="00E6137F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3004">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A72A3" w:rsidRPr="003B0898">
+        <w:t xml:space="preserve">Buyers </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC214E">
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidR="008A72A3" w:rsidRPr="003B0898">
+        <w:t xml:space="preserve"> solicit quotes from multiple vendors (</w:t>
+      </w:r>
+      <w:r w:rsidR="000B307C">
+        <w:t>refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="008A72A3" w:rsidRPr="003B0898">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD588E" w:rsidRPr="003B0898">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
+        <w:r w:rsidR="008A72A3" w:rsidRPr="001131E7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Vendor</w:t>
+        </w:r>
+        <w:r w:rsidR="00E75CFF" w:rsidRPr="001131E7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> List and Information</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="001131E7">
+        <w:t xml:space="preserve"> for a list of eligible vendors</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75CFF">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="008A72A3" w:rsidRPr="003B0898">
+        <w:t xml:space="preserve">, award vendors, and place orders through COMMBUYS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CEF7DDB" w14:textId="085B8FBA" w:rsidR="00A9060E" w:rsidRPr="006C4998" w:rsidRDefault="00A61E64" w:rsidP="00B93ABA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B0898">
+        <w:t xml:space="preserve">A solicitation-enabled contract allows the buyer to solicit quotes from vendors who have Master Blanket Purchase Orders (MBPOs) or Statewide Contracts in COMMBUYS. The buyers </w:t>
+      </w:r>
+      <w:r w:rsidR="00550627">
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidR="008A72A3" w:rsidRPr="003B0898">
+        <w:t xml:space="preserve"> create a solicitation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0898">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A72A3" w:rsidRPr="003B0898">
+        <w:t xml:space="preserve">enabled bid using a release requisition, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0898">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="008A72A3" w:rsidRPr="003B0898">
+        <w:t>onvert</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0898">
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="008A72A3" w:rsidRPr="003B0898">
+        <w:t xml:space="preserve"> the requisition to a bid, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0898">
+        <w:t>then r</w:t>
+      </w:r>
+      <w:r w:rsidR="008A72A3" w:rsidRPr="003B0898">
+        <w:t>equest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0898">
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="008A72A3" w:rsidRPr="003B0898">
+        <w:t xml:space="preserve"> quotes from eligible vendors. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="088CC22C" w14:textId="7C1AA441" w:rsidR="00A9060E" w:rsidRPr="003B0898" w:rsidRDefault="000B307C" w:rsidP="00B93ABA">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+          <w:b/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9060E" w:rsidRPr="003B0898">
+        <w:rPr>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
-[...150 lines deleted...]
-        <w:r w:rsidRPr="003B0898">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26">
+        <w:r w:rsidR="00A9060E" w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorBidi"/>
-            <w:b w:val="0"/>
             <w:bCs w:val="0"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Request Quotes from Vendors on Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003B0898">
+      <w:r w:rsidR="00A9060E" w:rsidRPr="003B0898">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B0898">
+      <w:r w:rsidR="00A9060E" w:rsidRPr="003B0898">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>job aid for more details.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0023E606" w14:textId="77777777" w:rsidR="00435DA6" w:rsidRPr="003B0898" w:rsidRDefault="00435DA6" w:rsidP="009F6189">
-[...39 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="14E32EE5" w14:textId="0680553D" w:rsidR="00FE302E" w:rsidRPr="00136C46" w:rsidRDefault="00FE302E" w:rsidP="0089327C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Extend_Beyond_(Performance"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc194066599"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc213668289"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-[...19 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="19A07CFA" w14:textId="7D3EAF66" w:rsidR="00264128" w:rsidRPr="00136C46" w:rsidRDefault="00590190" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For extend beyond, t</w:t>
       </w:r>
       <w:r w:rsidR="00264128" w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">he following </w:t>
       </w:r>
       <w:r w:rsidR="000E01B4" w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">stipulations </w:t>
       </w:r>
       <w:r w:rsidR="00264128" w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are in place:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8AD065" w14:textId="72E88F9A" w:rsidR="00FE302E" w:rsidRPr="00136C46" w:rsidRDefault="00FE302E" w:rsidP="008F4357">
+    <w:p w14:paraId="6A8AD065" w14:textId="4200F94B" w:rsidR="00FE302E" w:rsidRPr="00136C46" w:rsidRDefault="00FE302E" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
-      <w:r w:rsidR="00D542F2" w:rsidRPr="00136C46">
+      <w:r w:rsidR="00E70D5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>cannot</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may not</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">12 months </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enter into a written agreement that will go more </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089327C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>than twelve (12) months</w:t>
+      </w:r>
+      <w:r w:rsidR="00B319A1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">beyond the maximum end date of the contract. Existing services may be completed and payments made during this period. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70EA506D" w14:textId="62E343C4" w:rsidR="00FE302E" w:rsidRPr="00136C46" w:rsidRDefault="00BC2619" w:rsidP="008F4357">
+    <w:p w14:paraId="70EA506D" w14:textId="62E343C4" w:rsidR="00FE302E" w:rsidRPr="00136C46" w:rsidRDefault="00BC2619" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No new agreements, including leases, rentals, or service contracts, may be made after the contract's expiration</w:t>
       </w:r>
       <w:r w:rsidR="00D129F4" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="000067FD">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="22" w:name="_Toc201925124"/>
+    <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc213668290"/>
       <w:r>
-        <w:t>Setting Up a COMMBUYS Account</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="22"/>
+        <w:t xml:space="preserve">Setting Up a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633557">
+        <w:t>COMMBUYS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Account</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="78CB2CA0" w14:textId="1AD27E2E" w:rsidR="000B5F54" w:rsidRPr="00136C46" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
+    <w:p w14:paraId="78CB2CA0" w14:textId="37DC3E94" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">COMMBUYS is the Commonwealth of Massachusetts' official e-procurement platform, serving as a central marketplace for state agencies to procure goods and </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COMMBUYS is the Commonwealth of Massachusetts' e-procurement platform, serving as a central marketplace for state agencies </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3CAD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and other </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD31EF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3CAD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ligible </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD31EF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3CAD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntities </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to procure goods and </w:t>
       </w:r>
       <w:r w:rsidR="00633F74" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>services</w:t>
       </w:r>
       <w:r w:rsidR="00A72542" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> connecting </w:t>
       </w:r>
       <w:r w:rsidR="00731D28" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">government buyers </w:t>
       </w:r>
       <w:r w:rsidR="00A069C0" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and businesses</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
       <w:r w:rsidR="00124E63" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>It aims to streamline the purchasing process, ensuring transparency, efficiency, and accessibility in the procurement process.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>It aims to streamline the purchasing process, ensuring transparency</w:t>
+      </w:r>
+      <w:r w:rsidR="00E93701">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00124E63" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>efficiency in the procurement process.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E6D23F5" w14:textId="17CAFE4D" w:rsidR="006C26B7" w:rsidRPr="00136C46" w:rsidRDefault="0005780F" w:rsidP="00FE302E">
+    <w:p w14:paraId="370E26D7" w14:textId="1F0CF014" w:rsidR="0082614B" w:rsidRPr="00136C46" w:rsidRDefault="0082614B" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For Executive Agencies, COMMBUYS is required. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-        <w:t>Agencies</w:t>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Per </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
-        <w:rPr>
-[...22 lines deleted...]
-      <w:r w:rsidR="00CA0D58" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>801 CMR 21.00</w:t>
       </w:r>
-      <w:r w:rsidR="00CA0D58" w:rsidRPr="00136C46">
+      <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D021FA" w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Executive Agencies must use established </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00CA0D58" w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00CA0D58" w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tatewide </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontracts (SWCs) for the purchase of products and services. </w:t>
+      </w:r>
+      <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>To set up a COMMBUYS buyer account or to update an existing agency account,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3390A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00FE302E" w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:r w:rsidR="001A5C84" w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the buyers must </w:t>
+      </w:r>
+      <w:r w:rsidR="0065246C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17CD7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidR="00B3390A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>OSDhelpdesk@mass.gov</w:t>
+          <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FE302E" w:rsidRPr="00136C46">
+      <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0065246C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or call</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17CD7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3390A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>888-627-8283</w:t>
+      </w:r>
+      <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01DC6409" w14:textId="0238B26C" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="24" w:name="_Toc201925125"/>
+    <w:p w14:paraId="2E6D23F5" w14:textId="5028FFCD" w:rsidR="006C26B7" w:rsidRPr="00136C46" w:rsidRDefault="0005780F" w:rsidP="00FE302E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>While COMMBUYS use is not mandated for Non-Executive Agencies</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76D22">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and other </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6E04">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76D22">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ligible </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6E04">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76D22">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ntities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, it is highly recommended to streamline the procurement process and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3644">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assist buyers in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mak</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3644">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc213668291"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc194066601"/>
       <w:r w:rsidRPr="00AB211E">
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="24"/>
+        <w:t>Finding Contract Documents</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00AB211E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
-    <w:p w14:paraId="782F9C76" w14:textId="6A6B4E5A" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="782F9C76" w14:textId="1464FA27" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
+      <w:pPr>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Buyers can view contract documents on COMMBUYS without requiring a COMMBUYS account or logging in.  </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Buyers </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3202F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> view contract documents </w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2" w:rsidRPr="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2" w:rsidRPr="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ncluding </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7265E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contract User Guide</w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2" w:rsidRPr="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7265E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Request for Response</w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2" w:rsidRPr="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5461A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Statement of Work</w:t>
+      </w:r>
+      <w:r w:rsidR="000B320C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0426">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specifications, </w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2" w:rsidRPr="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7265E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2" w:rsidRPr="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ther </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7265E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2" w:rsidRPr="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ttachments)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7265E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on COMMBUYS without requiring a COMMBUYS account or logging in.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26289368" w14:textId="04AFF596" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To find contract documents</w:t>
       </w:r>
       <w:r w:rsidR="00E571FB" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in COMMBUYS</w:t>
       </w:r>
       <w:r w:rsidR="00A774B6" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, follow these steps</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D67533E" w14:textId="4A341BA5" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
+    <w:p w14:paraId="5D67533E" w14:textId="284BC40C" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23">
+      <w:hyperlink r:id="rId28">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
       </w:r>
-      <w:r w:rsidR="00B7015F" w:rsidRPr="00B7015F">
+      <w:r w:rsidR="00F57328" w:rsidRPr="00F57328">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ITS82</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in the search tool and</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">select </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Blankets</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the drop-down list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF16B5B" w14:textId="13DC8B62" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
+    <w:p w14:paraId="5FF16B5B" w14:textId="5CCEF41D" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00CF04CB" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Click the Search icon. </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Select</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Search icon. </w:t>
       </w:r>
       <w:r w:rsidR="002542E6" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">elated </w:t>
       </w:r>
       <w:r w:rsidR="00837172" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Master Blanket Purchase Orders (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MBPOs</w:t>
       </w:r>
       <w:r w:rsidR="00837172" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> information opens in a table format. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5DE19C" w14:textId="7C168718" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
+    <w:p w14:paraId="6C5DE19C" w14:textId="04D79911" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view </w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00F951D6" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>associated</w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contract documents, under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Blanket #</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> column, click on the applicable </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> column, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF04CB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the applicable </w:t>
       </w:r>
       <w:r w:rsidR="00A14A44" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Purchase Order (</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PO</w:t>
       </w:r>
       <w:r w:rsidR="00D3369B" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> link. </w:t>
       </w:r>
+      <w:r w:rsidR="0002260E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
       <w:r w:rsidR="001E44D0" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MBPO</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> opens for the selected PO and the attachments can be found in the </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> opens for the selected </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4464F" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PO,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the attachments </w:t>
+      </w:r>
+      <w:r w:rsidR="000F68FF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be found in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Agency Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section.</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49C20135" w14:textId="68B84C41" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00D618B6" w:rsidP="00F329F3">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="49C20135" w14:textId="618EEEC4" w:rsidR="00AB211E" w:rsidRPr="00E31AA3" w:rsidRDefault="00D618B6" w:rsidP="00D17040">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D17040">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ll standard contract documents </w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00D17040">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
-      <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
-[...14 lines deleted...]
-        <w:r w:rsidR="00D764DF" w:rsidRPr="00D764DF">
+      <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF04CB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ing </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="00C31410" w:rsidRPr="00E10755">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Master Blanket Purchase Order PO-26-1080-OSD03-OSD03-36554</w:t>
+          <w:t>ITS82 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00C31410">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00AB211E">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="_Toc201925126"/>
+    <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc194066602"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc213668292"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="60A82AFB" w14:textId="4572425D" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
+    <w:p w14:paraId="60A82AFB" w14:textId="03EFA28B" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00047E75">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>To find vendor-specific documents</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84FCA">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">SOW templates and catalogs, </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B307C">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">see </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F55958" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">links to </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">individual vendor MBPOs on the </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>individual vendor</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE045D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE045D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Blanket Purchase Order (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MBPO</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE045D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page</w:t>
       </w:r>
       <w:r w:rsidR="00F33440" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and follow these steps:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAA3403" w14:textId="1764ADFF" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="00047E75">
+    <w:p w14:paraId="1EAA3403" w14:textId="22E92C57" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00EB01C8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page, u</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nder the </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Master Blanket Purchase Order #</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Column, click on the applicable </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Column, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF04CB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the applicable </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Purchase Order (</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PO</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> link. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Master Blanket Purchase Order (MBPO) opens for the selected PO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0681DD01" w14:textId="33618CF0" w:rsidR="00554AF0" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="00047E75">
+    <w:p w14:paraId="0681DD01" w14:textId="33618CF0" w:rsidR="00554AF0" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the MBPO, scroll down to the </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section to find the vendor-specific documents</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B41098" w14:textId="7DC7CC65" w:rsidR="00C3116B" w:rsidRDefault="00F33440" w:rsidP="00047E75">
+    <w:p w14:paraId="64B41098" w14:textId="04D66C77" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>To view, click on the desired document link.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To view, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB01C8">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2DA2B4" w14:textId="295BA001" w:rsidR="00F33440" w:rsidRPr="00C3116B" w:rsidRDefault="00C3116B" w:rsidP="00C3116B">
-[...20 lines deleted...]
-      <w:bookmarkStart w:id="27" w:name="_Toc201925127"/>
+    <w:p w14:paraId="3C055FEA" w14:textId="295FAF48" w:rsidR="0011136C" w:rsidRDefault="0011136C" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc213668293"/>
       <w:r w:rsidRPr="0011136C">
         <w:lastRenderedPageBreak/>
         <w:t>Statement of Work (SOW) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidRPr="0011136C">
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="326815EB" w14:textId="3A9EA623" w:rsidR="00C94CD6" w:rsidRDefault="0011136C" w:rsidP="0011136C">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00A4352C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uyers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00857FD0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t complete a detailed SOW when soliciting quotes. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E73" w:rsidRPr="00386E73">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The SOW </w:t>
+      </w:r>
+      <w:r w:rsidR="00857FD0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E73" w:rsidRPr="00386E73">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">emplate attached to each Master Blanket Purchase Order </w:t>
+      </w:r>
+      <w:r w:rsidR="00857FD0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(MBPO) </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E73" w:rsidRPr="00857FD0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E73" w:rsidRPr="00386E73">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be used for all engagements except as specified under </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Obtaining_Quotes" w:history="1">
+        <w:r w:rsidR="00386E73" w:rsidRPr="00293ADC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Obtaining Quotes</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00386E73" w:rsidRPr="00386E73">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. It may be tailored to omit sections</w:t>
+      </w:r>
+      <w:r w:rsidR="00022C73">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E73" w:rsidRPr="00386E73">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">terms </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4563A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E73" w:rsidRPr="00386E73">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are not relevant or to add new sections</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4563A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E73" w:rsidRPr="00386E73">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">terms. The SOW </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4563A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E73" w:rsidRPr="00386E73">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">emplate posted on COMMBUYS includes a place for entering the name of the </w:t>
+      </w:r>
+      <w:r w:rsidR="0004365F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Request for Response (</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E73" w:rsidRPr="00386E73">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RFR</w:t>
+      </w:r>
+      <w:r w:rsidR="0004365F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E73" w:rsidRPr="00386E73">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which must be completed as </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E73" w:rsidRPr="002E1E7D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ITS82</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E73" w:rsidRPr="00386E73">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26F47B42" w14:textId="7B9B73C1" w:rsidR="00604795" w:rsidRPr="00136C46" w:rsidRDefault="00604795" w:rsidP="0011136C">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00604795">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Example SOW templates are located in the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E57675">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00A4352C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ITS82 Master Contract Record</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00604795">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, within the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57675">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agency Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604795">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> section</w:t>
+      </w:r>
+      <w:r w:rsidR="00E57675">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7845E053" w14:textId="758773AA" w:rsidR="0011136C" w:rsidRPr="00136C46" w:rsidRDefault="0011136C" w:rsidP="00C3116B">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="0A4E6418" w14:textId="0348DD58" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="0024729E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>B</w:t>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The following</w:t>
+      </w:r>
+      <w:r w:rsidR="00411B72" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are examples of</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000351B6" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">required </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>information on the SOW (</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2C97" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidR="00344041">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organization</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2C97" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may require more details):  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A4E6418" w14:textId="36B4852B" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="0024729E">
-[...64 lines deleted...]
-    <w:p w14:paraId="7C6293AE" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="00C3116B">
+    <w:p w14:paraId="7C6293AE" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Scope of services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CC8656E" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="00C3116B">
+    <w:p w14:paraId="6CC8656E" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Deliverables dates</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EE82A77" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="00C3116B">
+    <w:p w14:paraId="5EE82A77" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Location of service</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BB1FAAA" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="00C3116B">
+    <w:p w14:paraId="0BB1FAAA" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Detailed budget</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45EA00A8" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="00C3116B">
+    <w:p w14:paraId="45EA00A8" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Estimated total costs </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D281003" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="00C3116B">
+    <w:p w14:paraId="3D281003" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Number of staff</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="531A1D85" w14:textId="44FB1AE8" w:rsidR="0024729E" w:rsidRPr="0024729E" w:rsidRDefault="0024729E" w:rsidP="00C3116B">
+    <w:p w14:paraId="531A1D85" w14:textId="44FB1AE8" w:rsidR="0024729E" w:rsidRPr="0024729E" w:rsidRDefault="0024729E" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rate(s) per hour</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23887F63" w14:textId="67478691" w:rsidR="00B6218B" w:rsidRPr="00B6218B" w:rsidRDefault="00B6218B" w:rsidP="00B6218B">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="_Toc201925128"/>
+    <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Toc201925128"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc213668294"/>
       <w:r w:rsidRPr="00B6218B">
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
-      <w:r w:rsidR="002D031B">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidR="006C2DAB">
+        <w:t>Office</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (SD</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2DAB">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
-    <w:p w14:paraId="428F097F" w14:textId="2680CCD3" w:rsidR="0097232E" w:rsidRPr="009E12A3" w:rsidRDefault="003D4D32" w:rsidP="0097232E">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
+      <w:pPr>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Please see the following guidelines:</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4D16">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E74447" w14:textId="446E62C9" w:rsidR="00F9111F" w:rsidRPr="009E12A3" w:rsidRDefault="00927985" w:rsidP="008F4357">
+    <w:p w14:paraId="2EE2B732" w14:textId="4A9ACBA9" w:rsidR="00FF0F69" w:rsidRDefault="00FF0F69" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00F9111F" w:rsidRPr="009E12A3">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Executive Departments </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">endor SDP commitment percentages can be found </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...78 lines deleted...]
-      <w:hyperlink r:id="rId25" w:history="1">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">, and departmental policies, laws, and regulations. </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E05A70D" w14:textId="6BF2A3AB" w:rsidR="0097232E" w:rsidRPr="009E12A3" w:rsidRDefault="00F14EFA" w:rsidP="00C3116B">
+    <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009E12A3">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>In cases where all other factors are equal, and particularly when adhering to a best value approach, the department will favor the vendor with a stronger SDP commitment</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00556773">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Small Business Purchasing Program (SBPP)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D16914">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="001B046D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Supplier Diversity Program (SDP)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D16914">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D27">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D16914">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E68259" w14:textId="180583F1" w:rsidR="0097232E" w:rsidRPr="009E12A3" w:rsidRDefault="0003445F" w:rsidP="00C3116B">
+    <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4039E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Operational Services Division (OSD) provides a list of SDO businesses through the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="009E12A3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Statewide Contract Index</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A4039E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000B307C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD658C" w:rsidRPr="00BD658C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDO </w:t>
+      </w:r>
+      <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Programs (SD</w:t>
+      </w:r>
+      <w:r w:rsidR="005A4667">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and SBPP)</w:t>
+      </w:r>
+      <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Toc213668295"/>
+      <w:r w:rsidRPr="00DD5236">
+        <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5236">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please view the following guidelines:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007002E9">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In cases where all other factors are equal, and particularly when adhering to a best value approach, the department will favor the vendor with stronger SDP commitment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570E0460" w14:textId="513A2E36" w:rsidR="00053531" w:rsidRPr="007002E9" w:rsidRDefault="00053531" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="007A6BC1" w:rsidRPr="009E12A3">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For more information, </w:t>
+      </w:r>
+      <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008D31BA" w:rsidRPr="009E12A3">
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B238E5D" w14:textId="77777777" w:rsidR="0097232E" w:rsidRPr="009E12A3" w:rsidRDefault="0097232E" w:rsidP="00C3116B">
+    <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="009E2D17">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:hyperlink r:id="rId26" w:history="1">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendor SDP commitment percentages </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be found on the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Statewide Contract Index</w:t>
+          <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2B49C0" w14:textId="7A6EBDED" w:rsidR="005131F9" w:rsidRPr="009E12A3" w:rsidRDefault="005131F9" w:rsidP="008F4357">
+    <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc213668296"/>
+      <w:r w:rsidRPr="007418B6">
+        <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C6101">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please view the following guidelines:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...21 lines deleted...]
-        <w:r w:rsidR="00D83FC2" w:rsidRPr="009E12A3">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C6101">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If available, departments must notify at least two certified small businesses capable of providing the product or service. Bids received from SBPP-participating small businesses must be evaluated, and if one meets the department’s best value criteria, the contract must be awarded to that vendor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACB0633" w14:textId="181C0B0C" w:rsidR="003C6101" w:rsidRDefault="008F629C" w:rsidP="003C6101">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F629C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For more information, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F629C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+        <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t xml:space="preserve">Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams </w:t>
+          <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000015F4" w:rsidRPr="009E12A3">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="008F629C">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36C87046" w14:textId="6A0D6D78" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00B41726">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="_Toc194066607"/>
+    <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="003C6101">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6956">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendor SBPP Certification status can be found on the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:tgtFrame="_blank" w:tooltip="https://outlook.office.com/mail/id/AAQkADgzYTk4ODU3LTYyMDgtNGM4ZC04NmU4LWQ0MGVkNDhjYzRhZAAQAC3UPijPB%2BlJqIH0J4xQFY0%3D#x__Appendix_A:_Vendor" w:history="1">
+        <w:r w:rsidRPr="00ED6956">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>vendor list</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00ED6956">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> table in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2D17">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SDO Certification Type</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6956">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> column.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C87046" w14:textId="6617A1EB" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc194066607"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc213668297"/>
       <w:r w:rsidRPr="003066B4">
-        <w:lastRenderedPageBreak/>
         <w:t>Subcontractor</w:t>
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
-    <w:p w14:paraId="477867D8" w14:textId="202D82F7" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
+    <w:p w14:paraId="477867D8" w14:textId="384064BB" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Standard Contract Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, as well as other applicable terms of this </w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statewide Contract (</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SWC</w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="_Toc194066611"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc213668298"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Additional Discounts</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="62D3C01F" w14:textId="31420009" w:rsidR="00F52DB7" w:rsidRPr="00131A40" w:rsidRDefault="000157ED" w:rsidP="00131A40">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendors in this statewide contract offer </w:t>
+      </w:r>
+      <w:r w:rsidR="00131A40">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prompt Payment Discount (PPD)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which </w:t>
+      </w:r>
+      <w:r w:rsidR="00187389">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vary for each vendor</w:t>
+      </w:r>
+      <w:r w:rsidR="000705A4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="00F52DB7" w:rsidRPr="00131A40">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00131A40">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PD</w:t>
+      </w:r>
+      <w:r w:rsidR="00131A40" w:rsidRPr="00131A40">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a</w:t>
+      </w:r>
+      <w:r w:rsidR="00F52DB7" w:rsidRPr="00131A40">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0936" w:rsidRPr="00131A40">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">percentage </w:t>
+      </w:r>
+      <w:r w:rsidR="00F52DB7" w:rsidRPr="00131A40">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>discount given to the buyer if the invoice is paid within a specified time, in accordance with the</w:t>
+      </w:r>
+      <w:r w:rsidR="00F52DB7" w:rsidRPr="00131A40">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39">
+        <w:r w:rsidR="00F52DB7" w:rsidRPr="00131A40">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Commonwealth’s Bill Paying Policy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00F52DB7" w:rsidRPr="00131A40">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00044567">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="32" w:name="_Toc201925130"/>
+    <w:p w14:paraId="1F9FFCE7" w14:textId="30AD2D1F" w:rsidR="00BC6254" w:rsidRDefault="00BC6254" w:rsidP="00BC6254">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001978DC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
       <w:r>
-        <w:t>Additional Discounts</w:t>
-[...5 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> V</w:t>
+      </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Vendors in this statewide contract offer the following discounts, which can vary for each vendor (vendor discounts are detailed in the </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">endor discounts are detailed in the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="006A0936">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> table and the price files within each vendor's Master Blanket Purchase Order </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>:</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MBPO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Master Contract Record MBPO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D3C01F" w14:textId="5350E733" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="00F52DB7" w:rsidP="00F52DB7">
-[...8 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="62A76A16" w14:textId="7BA26118" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Toc194066612"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc213668299"/>
+      <w:r w:rsidRPr="003066B4">
+        <w:t>Emergency Services</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w14:paraId="752EEF2C" w14:textId="16F43BBE" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="00280EC3" w:rsidP="005B256B">
+      <w:pPr>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-        <w:t>Prompt Pay Discount:</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
+      </w:r>
+      <w:r w:rsidR="00497BD7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007A7E73">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The</w:t>
+      </w:r>
+      <w:r w:rsidR="00003B08">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidR="00003B08" w:rsidRPr="00003B08">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>801 CMR 21.05(3)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00003B08">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...28 lines deleted...]
-      <w:hyperlink r:id="rId30">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
-[...66 lines deleted...]
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00177A06">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="36" w:name="_Toc201925132"/>
+    <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Toc194066614"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc213668300"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Vendor Performance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
-    <w:p w14:paraId="56E5F7E6" w14:textId="4C13B04C" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00177A06" w:rsidP="00177A06">
-[...11 lines deleted...]
-        <w:t>For vendor performance, please make n</w:t>
+    <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0752D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>ote of the following:</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EAD9AC7" w14:textId="2A3DA046" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="00047E75">
+    <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:r w:rsidR="00750860" w:rsidRPr="00E07391">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
+      </w:r>
+      <w:r w:rsidR="00387453">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">through the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Procurated</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Platform</w:t>
+        </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A36AA5">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> for input.</w:t>
+      <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00387453">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> On the Procurated website page, </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C4CD8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procurated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C4CD8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website, </w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">select an OSD contract, click </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select an OSD contract, c</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hoose</w:t>
+      </w:r>
+      <w:r w:rsidR="003F621F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F621F" w:rsidRPr="00E8347B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Select</w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E8347B">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="006061C4">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">then click </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>then c</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hoose</w:t>
+      </w:r>
+      <w:r w:rsidR="006061C4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006061C4" w:rsidRPr="00E8347B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide a Review</w:t>
       </w:r>
       <w:r w:rsidR="006061C4">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
       <w:r w:rsidR="00E8347B">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
       <w:r w:rsidR="00B94333">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>licable</w:t>
       </w:r>
       <w:r w:rsidR="00E8347B">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vendor listed.</w:t>
       </w:r>
       <w:r w:rsidR="00116495">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F3CD7E" w14:textId="04FB1075" w:rsidR="0060320F" w:rsidRPr="009E12A3" w:rsidRDefault="0060320F" w:rsidP="00047E75">
+    <w:p w14:paraId="12F3CD7E" w14:textId="07F6AB18" w:rsidR="0060320F" w:rsidRPr="009E12A3" w:rsidRDefault="0060320F" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers are encouraged to reach out to the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00F74FFF">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="004F6F66">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Manager</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0090528E">
+      <w:r w:rsidR="004B1D6F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
-        <w:r w:rsidR="0090528E">
+      <w:hyperlink r:id="rId43" w:history="1">
+        <w:r w:rsidR="00CD0A1A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>joshua.flanagan-lanier@mass.gov</w:t>
+          <w:t>Kerri Quinn</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F74FFF">
+      <w:r w:rsidR="004B1D6F">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:history="1">
+        <w:r w:rsidR="004B1D6F" w:rsidRPr="00000CA6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Joshua Flanagan-Lanier</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004B1D6F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if vendors are not meeting their contractual obligations and buyers may be surveyed for vendor performance feedback.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EEB944D" w14:textId="1DCC890B" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="00EF1817" w:rsidP="00047E75">
+    <w:p w14:paraId="7EEB944D" w14:textId="2C0339E6" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:t>Contractors will be evaluated on their current performance and may be asked to work with the Commonwealth towards improvement.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendors</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1817" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be evaluated on their current performance and may be asked to work with the Commonwealth toward improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECCA573" w14:textId="76364969" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00D86662" w:rsidP="00047E75">
+    <w:p w14:paraId="2ECCA573" w14:textId="1FFE7CB8" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00D86662" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="001123CE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vendor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> performance is unacceptable but </w:t>
+      </w:r>
+      <w:r w:rsidR="008B4DE7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be corrected, the </w:t>
+      </w:r>
+      <w:r w:rsidR="006F661A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vendor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be given the opportunity to develop and implement a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A11683">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>ontractor will be given the opportunity to develop and implement a corrective action plan, working collaboratively with OSD and the relevant purchasing entities.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orrective </w:t>
+      </w:r>
+      <w:r w:rsidR="00A11683">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ction </w:t>
+      </w:r>
+      <w:r w:rsidR="00A11683">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lan</w:t>
+      </w:r>
+      <w:r w:rsidR="00A11683">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CAP)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, working collaboratively with OSD and the relevant purchasing entities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2740164E" w14:textId="4A7923FF" w:rsidR="00291F79" w:rsidRPr="009E12A3" w:rsidRDefault="00291F79" w:rsidP="00047E75">
+    <w:p w14:paraId="2740164E" w14:textId="5D21A87A" w:rsidR="00291F79" w:rsidRPr="009E12A3" w:rsidRDefault="00291F79" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">If the Contractor's performance is inadequate or breaches the RFR terms, </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="001123CE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vendor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> performance is inadequate or breaches the RFR terms, </w:t>
       </w:r>
       <w:r w:rsidR="00DD0432" w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">including attachments and agreements, </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>the OSD Category Manager may issue a warning, add vendors, implement a corrective action plan, or suspend/terminate the contract.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the OSD Category Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="004F6F66">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may issue a warning, implement a </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3B6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CAP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, or suspend/terminate the contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA7FE22" w14:textId="342949F6" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00471474" w:rsidP="00047E75">
+    <w:p w14:paraId="131C4A43" w14:textId="5275873A" w:rsidR="00B11FB8" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="004B1D6F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:t>Contractors must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Vendors</w:t>
+      </w:r>
+      <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="38" w:name="_Toc201925133"/>
+    <w:p w14:paraId="1E4F3ADB" w14:textId="0FBDD69E" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc194066615"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc213668301"/>
       <w:r>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508955D5" w14:textId="67B58698" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="008F4357">
-[...266 lines deleted...]
-    <w:p w14:paraId="012945E2" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="008F4357">
+    <w:p w14:paraId="508955D5" w14:textId="30077177" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Buyers should inform vendors to reference </w:t>
+      </w:r>
+      <w:r w:rsidR="007F523B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Statewide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contract </w:t>
+      </w:r>
+      <w:r w:rsidR="00E40733" w:rsidRPr="00E40733">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ITS82</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on all quotes and invoices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAEA744" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No prepayment should be made for products not yet delivered or services not yet rendered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A53C235" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No sales tax should be applied to invoices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4E314F" w14:textId="3DE200C1" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No fees or surcharges (including travel, fuel, delivery) should be applied to invoices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C69D88" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Special order fees must be agreed upon by both parties upfront.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62965195" w14:textId="0D0009D2" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Payments for products or services provided must be paid </w:t>
+      </w:r>
+      <w:r w:rsidR="0059231F" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>45 days per Massachusetts Bill Payment Policy, or sooner if applying Prompt Payment Discount.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC49F8A" w14:textId="4DA0648F" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Buyers are not required to sign additional agreements with vendors that conflict with the Request for Response (RFR) Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED285F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED285F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontact </w:t>
+      </w:r>
+      <w:r w:rsidR="0059140B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="004F6F66">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E40733">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:history="1">
+        <w:r w:rsidR="00CD0A1A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Kerri Quinn</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E40733">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:history="1">
+        <w:r w:rsidR="00E40733" w:rsidRPr="00000CA6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Joshua Flanagan-Lanier</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E40733">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for gui</w:t>
+      </w:r>
+      <w:r w:rsidR="00861069">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="012945E2" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18BD570A" w14:textId="00387D9D" w:rsidR="00BC5DEA" w:rsidRPr="002E2D42" w:rsidRDefault="00BC5DEA" w:rsidP="00BC5DEA">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="40" w:name="_Toc201925134"/>
+    <w:p w14:paraId="18BD570A" w14:textId="16CFB5F3" w:rsidR="00BC5DEA" w:rsidRPr="002E2D42" w:rsidRDefault="00BC5DEA" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="_Toc194066616"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc213668302"/>
       <w:r w:rsidRPr="002E2D42">
         <w:t>Adding a Product</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidR="003B7672" w:rsidRPr="002E2D42">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1481">
+        <w:t>or Service</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
     </w:p>
-    <w:p w14:paraId="32C0D1EE" w14:textId="270C8B22" w:rsidR="00BC5DEA" w:rsidRPr="009E12A3" w:rsidRDefault="00BC5DEA" w:rsidP="00BC5DEA">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="32C0D1EE" w14:textId="5DF57BAB" w:rsidR="00BC5DEA" w:rsidRPr="009E12A3" w:rsidRDefault="00BC5DEA" w:rsidP="00BC5DEA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00232D00">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To add a product </w:t>
+      </w:r>
+      <w:r w:rsidR="00F34FA2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:r w:rsidR="68FAEB21" w:rsidRPr="362CDBAD">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or service </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the list of eligible products </w:t>
+      </w:r>
+      <w:r w:rsidR="00F34FA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sold under this contract, buyers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34FA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contact the Category Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="004F6F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A203A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:history="1">
+        <w:r w:rsidR="00CD0A1A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>joshua.flanagan-lanier@mass.gov</w:t>
+          <w:t>Kerri Quinn</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00232D00">
+      <w:r w:rsidR="00A203A6">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:history="1">
+        <w:r w:rsidR="00A203A6" w:rsidRPr="00000CA6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Joshua Flanagan-Lanier</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A203A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>)</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for approval. The new products</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34FA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>services</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> for approval. The new products requested must comply with the established specifications and scope of the contract. </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requested </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00894B55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comply with the established specifications and scope of the contract.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB63B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="401E5311" w14:textId="3C14E6D1" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="004C38FD">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="42" w:name="_Toc201925135"/>
+    <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="_Toc194066620"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc213668303"/>
       <w:r w:rsidRPr="003066B4">
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="42"/>
+        <w:t>Instructions for</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA483E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
+        <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003066B4">
+        <w:t xml:space="preserve"> Users</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
     </w:p>
-    <w:p w14:paraId="4A1C4A2C" w14:textId="222D8D97" w:rsidR="00266475" w:rsidRPr="00622714" w:rsidRDefault="00464E48" w:rsidP="00622714">
+    <w:p w14:paraId="7E58B0D1" w14:textId="0BD9A057" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="00DC48F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E006A5">
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When placing orders with a contractor, </w:t>
       </w:r>
-      <w:r w:rsidR="000937A5" w:rsidRPr="000937A5">
+      <w:r w:rsidR="00BD68D3" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="000937A5">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MMARS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...26 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> users </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E006A5">
+      <w:r w:rsidRPr="00075074">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E006A5">
+      <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-      <w:r w:rsidR="3F49E715" w:rsidRPr="329F770F">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include a reference to the Statewide Contract ID number </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2AE4" w:rsidRPr="0043211D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ITS82</w:t>
+      </w:r>
+      <w:r w:rsidR="0043211D" w:rsidRPr="0043211D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="001F79BA">
+      <w:r w:rsidR="00BD68D3">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E006A5">
+      <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in the Agreement ID field in MMARS for encumbrances related to purchases from Statewide Contracts.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37">
-        <w:r w:rsidRPr="00E006A5">
+      <w:bookmarkStart w:id="53" w:name="_Contract_Summary"/>
+      <w:bookmarkStart w:id="54" w:name="_Who_Can_Use_2"/>
+      <w:bookmarkStart w:id="55" w:name="_Find_Bid/Contract_Documents"/>
+      <w:bookmarkStart w:id="56" w:name="_Who_Can_Use_3"/>
+      <w:bookmarkStart w:id="57" w:name="_Contract_Categories_3"/>
+      <w:bookmarkStart w:id="58" w:name="_Additional_Information/FAQs_3"/>
+      <w:bookmarkStart w:id="59" w:name="_Frequently_Purchased_Items"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please address all inquiries regarding</w:t>
+      </w:r>
+      <w:r w:rsidR="00376AED">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00376AED" w:rsidRPr="00E006A5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MMARS</w:t>
+      </w:r>
+      <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> technical support and job aids </w:t>
+      </w:r>
+      <w:r w:rsidR="000E68EE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by emailing </w:t>
+      </w:r>
+      <w:r w:rsidR="003764F5">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00417EA8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:history="1">
+        <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Comptroller.Info@mass.gov</w:t>
+          <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E006A5">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00A63214">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00417EA8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9505D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidR="003764F5">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calling</w:t>
+      </w:r>
+      <w:r w:rsidR="00E9505D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00417EA8" w:rsidRPr="00D27BA2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>617-973-2468</w:t>
+      </w:r>
+      <w:r w:rsidR="00417EA8" w:rsidRPr="00E006A5">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="43" w:name="_Contract_Summary"/>
-[...12 lines deleted...]
-      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidR="00A63214">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00266475" w:rsidRDefault="00266475" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00266475" w:rsidSect="003E7DC2">
+          <w:footerReference w:type="first" r:id="rId50"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66F6F6D9" w14:textId="572D18D1" w:rsidR="00E51057" w:rsidRDefault="00E51057" w:rsidP="00E51057">
-[...19 lines deleted...]
-      <w:bookmarkEnd w:id="54"/>
+    <w:p w14:paraId="41E8F058" w14:textId="77777777" w:rsidR="000945F7" w:rsidRDefault="00E51057" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="_Appendix_A:_Vendor"/>
+      <w:bookmarkStart w:id="61" w:name="_Vendor_Specific_Information"/>
+      <w:bookmarkStart w:id="62" w:name="_Vendor_Information*"/>
+      <w:bookmarkStart w:id="63" w:name="_Vendor_List_and"/>
+      <w:bookmarkStart w:id="64" w:name="_Appendix_A:_1"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc194066623"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc213668304"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidRPr="00ED150D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
-[...12 lines deleted...]
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
     </w:p>
-    <w:p w14:paraId="54A49BBC" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00E11E01" w:rsidRDefault="00E11E01" w:rsidP="00E11E01">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="31645C72" w14:textId="38AA46CC" w:rsidR="00382DB3" w:rsidRPr="002A4D70" w:rsidRDefault="002A4D70" w:rsidP="000945F7">
+      <w:r w:rsidRPr="002A4D70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> N/A = Not Applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1B53">
+        <w:t>, MBE = Minority Business Enterprise</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97529">
+        <w:t>, SBPP = Small Business Purchasing Program</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="14089" w:type="dxa"/>
         <w:tblInd w:w="-455" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vendor Information Table"/>
-        <w:tblDescription w:val="This table includes the following column headings and information: vendor name, Master Blanket Purchase Order Number, MMARS Vendor Code, MMARS Vendor Line, Contact Person, Phone number, Email, Categories, Regions, Discounts (PPD, Dock Delivery, Other), MBE, WMBE, WBE, Vetran status, Minimum Order, and list of any other imporatant items.  "/>
+        <w:tblDescription w:val="This table may list the contract's approved vendors and their associated details. Users may find vendor-specific information, including contact details, Master Blanket Purchase Order number (with a direct link), service categories, geographic regions, applicable prompt payment or delivery discounts, and any other important items related to the contract."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1803"/>
         <w:gridCol w:w="1599"/>
         <w:gridCol w:w="1777"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="1080"/>
-        <w:gridCol w:w="1260"/>
-        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="1571"/>
+        <w:gridCol w:w="1399"/>
         <w:gridCol w:w="1260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E11E01" w:rsidRPr="00ED150D" w14:paraId="4423EDCF" w14:textId="77777777" w:rsidTr="00B95C8C">
+      <w:tr w:rsidR="00382DB3" w:rsidRPr="009C167C" w14:paraId="56F96409" w14:textId="77777777" w:rsidTr="00A87DE4">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="656"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7BC99E" w14:textId="7F48A778" w:rsidR="00382DB3" w:rsidRPr="009C167C" w:rsidRDefault="00382DB3" w:rsidP="009C167C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C167C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vendor</w:t>
+            </w:r>
+            <w:r w:rsidR="008131D4">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:footnoteReference w:id="2"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+          </w:tcPr>
+          <w:p w14:paraId="11587A48" w14:textId="0E7851C1" w:rsidR="00382DB3" w:rsidRPr="009C167C" w:rsidRDefault="00382DB3" w:rsidP="009C167C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C167C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Master Blanket Purchase Order</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (MBPO)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C167C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1777" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B9C4B8" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="009C167C" w:rsidRDefault="00382DB3" w:rsidP="009C167C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C167C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Contact Person</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+          </w:tcPr>
+          <w:p w14:paraId="6485AD9E" w14:textId="0CFA7AA1" w:rsidR="00382DB3" w:rsidRPr="009C167C" w:rsidRDefault="00382DB3" w:rsidP="009C167C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C167C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phone </w:t>
+            </w:r>
+            <w:r w:rsidR="00D45411">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EE4A37" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="009C167C" w:rsidRDefault="00382DB3" w:rsidP="009C167C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C167C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB85525" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="009C167C" w:rsidRDefault="00382DB3" w:rsidP="009C167C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C167C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Categories</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+          </w:tcPr>
+          <w:p w14:paraId="381AAB83" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="009C167C" w:rsidRDefault="00382DB3" w:rsidP="009C167C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C167C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Prompt Payment Discount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+          </w:tcPr>
+          <w:p w14:paraId="77472192" w14:textId="6DF8E26A" w:rsidR="00382DB3" w:rsidRPr="009C167C" w:rsidRDefault="00D45411" w:rsidP="009C167C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Supplier Diversity Office (</w:t>
+            </w:r>
+            <w:r w:rsidR="00382DB3" w:rsidRPr="009C167C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SDO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00382DB3" w:rsidRPr="009C167C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Certification Type</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3E7AC9" w14:textId="58404474" w:rsidR="00382DB3" w:rsidRPr="009C167C" w:rsidRDefault="002A4D70" w:rsidP="009C167C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A4D70">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Supplier Diversity Program </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00382DB3" w:rsidRPr="009C167C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SDP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00382DB3" w:rsidRPr="009C167C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Commitment Percentage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00382DB3" w:rsidRPr="009C167C" w14:paraId="78D2719B" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B9AB4C3" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="387F8037" w14:textId="38E5132F" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...47 lines deleted...]
-              <w:t>*</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Master Contract Record (All contract documents)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32BD9">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6292F821" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="0E669ABF" w14:textId="0E5EF83A" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00BB0C07" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...416 lines deleted...]
-              <w:r w:rsidRPr="00D764DF">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r w:rsidRPr="00454864">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Master Blanket Purchase Order PO-26-1080-OSD03-OSD03-36554</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3727EFE9" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="3DF14479" w14:textId="3CAB7B6D" w:rsidR="00646C41" w:rsidRDefault="00646C41" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00646C41">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Kerri Quin</w:t>
+            </w:r>
+            <w:r w:rsidR="0003625D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="409F782B" w14:textId="77777777" w:rsidR="00CE3662" w:rsidRDefault="00CE3662" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66F06829" w14:textId="77777777" w:rsidR="00B3383A" w:rsidRDefault="00B3383A" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="114B3FEC" w14:textId="55097593" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joshua Flanagan-Lanier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="122B92C4" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="4EAE18B3" w14:textId="13B026DA" w:rsidR="00CE3662" w:rsidRPr="00D129E9" w:rsidRDefault="00CE3662" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D129E9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>617-359-7284</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="128B4A32" w14:textId="77777777" w:rsidR="00CE3662" w:rsidRPr="00D129E9" w:rsidRDefault="00CE3662" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EDFEC7F" w14:textId="07F664F2" w:rsidR="00382DB3" w:rsidRPr="00D129E9" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D129E9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CAA29DE" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="0B10F424" w14:textId="51ACE8F1" w:rsidR="00CE3662" w:rsidRPr="00D129E9" w:rsidRDefault="00BC36C1" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
-              <w:r w:rsidRPr="00772BB7">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r w:rsidRPr="00D129E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>kerri.quinn@mass.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="63D4A16F" w14:textId="77777777" w:rsidR="00CE3662" w:rsidRPr="00D129E9" w:rsidRDefault="00CE3662" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55BE9D12" w14:textId="77777777" w:rsidR="00D129E9" w:rsidRPr="00D129E9" w:rsidRDefault="00D129E9" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F807A9C" w14:textId="2E9293D1" w:rsidR="00382DB3" w:rsidRPr="00D129E9" w:rsidRDefault="00D129E9" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r w:rsidRPr="00D129E9">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>joshua.flanagan-lanier@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1714FA20" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="3EEC8E89" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1424EBC6" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6775C1C6" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ACC5440" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="2B97C7A3" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...47 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B95C8C" w:rsidRPr="00ED150D" w14:paraId="0C691ED4" w14:textId="77777777" w:rsidTr="00B95C8C">
+      <w:tr w:rsidR="00382DB3" w:rsidRPr="009C167C" w14:paraId="5077D6B7" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C67506B" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="3C5D4CC2" w14:textId="5B53BDA5" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...40 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Category A Solicitation- Enabled MBPO (For requesting quotes)</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="67" w:name="_Ref212817415"/>
+            <w:r w:rsidR="00B32BD9">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:footnoteReference w:id="4"/>
+            </w:r>
+            <w:bookmarkEnd w:id="67"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52851C25" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00554BA1" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="62567548" w14:textId="0C490CAE" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00356C8B" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
-              <w:r w:rsidRPr="00554BA1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r w:rsidRPr="00454864">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Master Blanket Purchase Order PO-26-1080-OSD03-OSD03-36571</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57959A45" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="6D56360C" w14:textId="19AAE7BB" w:rsidR="00D93033" w:rsidRDefault="00D93033" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Kerri Quin</w:t>
+            </w:r>
+            <w:r w:rsidR="0003625D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69D4AE02" w14:textId="77777777" w:rsidR="00D93033" w:rsidRDefault="00D93033" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68713178" w14:textId="77777777" w:rsidR="00D129E9" w:rsidRDefault="00D129E9" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29DE3DF3" w14:textId="78D04197" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joshua Flanagan-Lanier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="214C3950" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="000B69DC" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="69ACABF5" w14:textId="1A6775F1" w:rsidR="00D93033" w:rsidRDefault="00D93033" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3662">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>617-359-7284</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6475E88E" w14:textId="77777777" w:rsidR="00D93033" w:rsidRDefault="00D93033" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DFB513E" w14:textId="204DD1CA" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="043F694A" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="0E1F715C" w14:textId="45378392" w:rsidR="00D129E9" w:rsidRDefault="00D129E9" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
-              <w:r w:rsidRPr="00772BB7">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r w:rsidRPr="00D129E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>kerri.quinn@mass.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="7CE5FEA6" w14:textId="77777777" w:rsidR="00D129E9" w:rsidRDefault="00D129E9" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="741DD37D" w14:textId="77777777" w:rsidR="00D129E9" w:rsidRDefault="00D129E9" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D6899AE" w14:textId="7DDB6CA9" w:rsidR="00382DB3" w:rsidRPr="00D129E9" w:rsidRDefault="00D129E9" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r w:rsidRPr="00D129E9">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>joshua.flanagan-lanier@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FB6EA57" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="70DC8019" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="562B41C2" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="548680EC" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7748D6C1" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="470CC895" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...47 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B95C8C" w:rsidRPr="00ED150D" w14:paraId="0D2F040A" w14:textId="77777777" w:rsidTr="00B95C8C">
+      <w:tr w:rsidR="00382DB3" w:rsidRPr="009C167C" w14:paraId="55B2C366" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37D06E3A" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="20751B79" w14:textId="10C44782" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...39 lines deleted...]
-              <w:t>***</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Category B Solicitation- Enabled MBPO (For requesting quote</w:t>
+            </w:r>
+            <w:r w:rsidR="00F466AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>s)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NOTEREF _Ref212817415 </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52217E49" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00554BA1" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="47ABC780" w14:textId="28BCF64C" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00803A67" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
-              <w:r w:rsidRPr="00554BA1">
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r w:rsidRPr="00454864">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Master Blanket Purchase Order PO-26-1080-OSD03-OSD03-36572</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69F6A0D7" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="04EDF551" w14:textId="4C88B053" w:rsidR="00021428" w:rsidRDefault="00021428" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Kerri Quin</w:t>
+            </w:r>
+            <w:r w:rsidR="0003625D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CB4F34F" w14:textId="77777777" w:rsidR="00021428" w:rsidRDefault="00021428" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="561DB116" w14:textId="77777777" w:rsidR="00D0786D" w:rsidRDefault="00D0786D" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24114B79" w14:textId="23718C3C" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joshua Flanagan-Lanier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35854EA5" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="000B69DC" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="17503937" w14:textId="465903A6" w:rsidR="00021428" w:rsidRDefault="00021428" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3662">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>617-359-7284</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20E73642" w14:textId="77777777" w:rsidR="00021428" w:rsidRDefault="00021428" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46892FDB" w14:textId="7BAFC360" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5626D10E" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="000B69DC" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="434C154B" w14:textId="3E9F0034" w:rsidR="00021428" w:rsidRDefault="00D0786D" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
-              <w:r w:rsidRPr="00772BB7">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r w:rsidRPr="00D129E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>kerri.quinn@mass.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="31B4A9F8" w14:textId="77777777" w:rsidR="00021428" w:rsidRDefault="00021428" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6693D432" w14:textId="77777777" w:rsidR="00021428" w:rsidRDefault="00021428" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17FDC8AA" w14:textId="139DF331" w:rsidR="00382DB3" w:rsidRPr="00D0786D" w:rsidRDefault="00021428" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r w:rsidRPr="00D0786D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>joshua.flanagan-lanier@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A2EDA02" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="7E07EF01" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="116903FC" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CA8F86" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="626E42FC" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="69F0CB43" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...45 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B95C8C" w:rsidRPr="00ED150D" w14:paraId="77DDB85A" w14:textId="77777777" w:rsidTr="00B95C8C">
+      <w:tr w:rsidR="00382DB3" w:rsidRPr="009C167C" w14:paraId="315C6359" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FBAA9CE" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="45FEF5C6" w14:textId="11003700" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...39 lines deleted...]
-              <w:t>***</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Category C Solicitation- Enabled MBPO (For requesting quotes)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NOTEREF _Ref212817415 </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17112A31" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="007E4719" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="61277EF9" w14:textId="1E5A4174" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="002C10C2" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
-              <w:r w:rsidRPr="007E4719">
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r w:rsidRPr="00454864">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Master Blanket Purchase Order PO-26-1080-OSD03-OSD03-36573</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="088C51ED" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="7108DE92" w14:textId="32E12D41" w:rsidR="00D0786D" w:rsidRDefault="00D0786D" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Kerri Quin</w:t>
+            </w:r>
+            <w:r w:rsidR="0003625D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E5DF161" w14:textId="77777777" w:rsidR="00D0786D" w:rsidRDefault="00D0786D" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="722B3190" w14:textId="77777777" w:rsidR="00D0786D" w:rsidRDefault="00D0786D" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="433F12B0" w14:textId="4501D3E7" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joshua Flanagan-Lanier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A2FA673" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="000B69DC" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="492D83E9" w14:textId="44B02DC7" w:rsidR="00D0786D" w:rsidRDefault="00D0786D" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3662">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>617-359-7284</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13327874" w14:textId="77777777" w:rsidR="00D0786D" w:rsidRDefault="00D0786D" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65BCC9EB" w14:textId="37174803" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="611149D7" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="000B69DC" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="5C09F650" w14:textId="289BBB76" w:rsidR="00D0786D" w:rsidRPr="00D0786D" w:rsidRDefault="00D0786D" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
-              <w:r w:rsidRPr="00772BB7">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r w:rsidRPr="00D0786D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>kerri.quinn@mass.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="4F43473B" w14:textId="77777777" w:rsidR="00D0786D" w:rsidRPr="00D0786D" w:rsidRDefault="00D0786D" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B4E31AA" w14:textId="77777777" w:rsidR="00D0786D" w:rsidRPr="00D0786D" w:rsidRDefault="00D0786D" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="169B305D" w14:textId="5D92EC47" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00D0786D" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r w:rsidRPr="00D0786D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>joshua.flanagan-lanier@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4AA28E" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="5A9B1A27" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B47371E" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="461A316C" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D4B1F8B" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="75E6C68F" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...45 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B95C8C" w:rsidRPr="00ED150D" w14:paraId="71C4B94B" w14:textId="77777777" w:rsidTr="00B95C8C">
+      <w:tr w:rsidR="00382DB3" w:rsidRPr="009C167C" w14:paraId="2489B2CA" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF63DC0" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="405C0980" w14:textId="07E5ABE5" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...39 lines deleted...]
-              <w:t>***</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Category D Solicitation- Enabled MBPO (For requesting quotes)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NOTEREF _Ref212817415 </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74AB9556" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="007E4719" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="25E547DF" w14:textId="5A35AC77" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00EC4C1F" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
-              <w:r w:rsidRPr="007E4719">
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r w:rsidRPr="00454864">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Master Blanket Purchase Order PO-26-1080-OSD03-OSD03-36574</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="758CF2FC" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="3B629F4C" w14:textId="0391ECEF" w:rsidR="001C340B" w:rsidRDefault="001C340B" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Kerri Quin</w:t>
+            </w:r>
+            <w:r w:rsidR="0003625D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B845C32" w14:textId="77777777" w:rsidR="001C340B" w:rsidRDefault="001C340B" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="410ECB17" w14:textId="77777777" w:rsidR="00C46BA9" w:rsidRDefault="00C46BA9" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6802FDB7" w14:textId="19B7F3C0" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joshua Flanagan-Lanier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B52995F" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="000B69DC" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="5FA3FF0E" w14:textId="77777777" w:rsidR="001C340B" w:rsidRDefault="001C340B" w:rsidP="001C340B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3662">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>617-359-7284</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="009EFF36" w14:textId="77777777" w:rsidR="001C340B" w:rsidRDefault="001C340B" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55CC4F2A" w14:textId="5B0C4424" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AD293AC" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="000B69DC" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="517C468F" w14:textId="7C6ECBD9" w:rsidR="00C46BA9" w:rsidRPr="00C46BA9" w:rsidRDefault="00C46BA9" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
-              <w:r w:rsidRPr="00772BB7">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r w:rsidRPr="00C46BA9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>kerri.quinn@mass.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="0216504D" w14:textId="77777777" w:rsidR="00C46BA9" w:rsidRPr="00C46BA9" w:rsidRDefault="00C46BA9" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55EE64B6" w14:textId="77777777" w:rsidR="00C46BA9" w:rsidRPr="00C46BA9" w:rsidRDefault="00C46BA9" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A05D780" w14:textId="611A812B" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00C46BA9" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r w:rsidRPr="00C46BA9">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>joshua.flanagan-lanier@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B78163C" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="6D2909C9" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A695E60" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17567A8B" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38F9D33D" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="6BA7EF06" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...45 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B95C8C" w:rsidRPr="00ED150D" w14:paraId="2765AC0A" w14:textId="77777777" w:rsidTr="00B95C8C">
+      <w:tr w:rsidR="00382DB3" w:rsidRPr="009C167C" w14:paraId="5E7D8DF7" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="230561F7" w14:textId="13A666E0" w:rsidR="00E11E01" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="519CC1BA" w14:textId="1663A60B" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...39 lines deleted...]
-              <w:t>***</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Category E Solicitation- Enabled MBPO (For requesting quotes)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NOTEREF _Ref212817415 </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B32BD9" w:rsidRPr="00B32BD9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="208C13FA" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="007E4719" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="05C0EE51" w14:textId="65BD821A" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00F0124A" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
-              <w:r w:rsidRPr="007E4719">
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r w:rsidRPr="00454864">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Master Blanket Purchase Order PO-26-1080-OSD03-OSD03-36577</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38E73018" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="4703DE3A" w14:textId="103B49E5" w:rsidR="00C46BA9" w:rsidRDefault="00C46BA9" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Kerri Quin</w:t>
+            </w:r>
+            <w:r w:rsidR="0003625D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A9F8084" w14:textId="77777777" w:rsidR="00C46BA9" w:rsidRDefault="00C46BA9" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C92F742" w14:textId="77777777" w:rsidR="00C46BA9" w:rsidRDefault="00C46BA9" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5583428F" w14:textId="0AC7C310" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joshua Flanagan-Lanier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="182CCD22" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="000B69DC" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="3229E035" w14:textId="2A86A72A" w:rsidR="00C46BA9" w:rsidRDefault="00C46BA9" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3662">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>617-359-7284</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="748B2EB1" w14:textId="77777777" w:rsidR="00C46BA9" w:rsidRDefault="00C46BA9" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="279D5D70" w14:textId="0B8B2806" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09C63E9D" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="000B69DC" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="26A5C2BC" w14:textId="51FECB0C" w:rsidR="00641419" w:rsidRPr="00641419" w:rsidRDefault="00641419" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
-              <w:r w:rsidRPr="00772BB7">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r w:rsidRPr="00641419">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>kerri.quinn@mass.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="06173212" w14:textId="77777777" w:rsidR="00641419" w:rsidRPr="00641419" w:rsidRDefault="00641419" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="712001A5" w14:textId="77777777" w:rsidR="00641419" w:rsidRPr="00641419" w:rsidRDefault="00641419" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B166455" w14:textId="0D3CAA85" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00641419" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r w:rsidRPr="00641419">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>joshua.flanagan-lanier@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="155CB56D" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="0513F822" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A22EF5D" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5945B9C5" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20A8C667" w14:textId="77777777" w:rsidR="00E11E01" w:rsidRPr="00ED150D" w:rsidRDefault="00E11E01" w:rsidP="00B95C8C">
+          <w:p w14:paraId="62F4A57D" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...45 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0008029C" w:rsidRPr="00ED150D" w14:paraId="582F0C2D" w14:textId="77777777" w:rsidTr="00B95C8C">
+      <w:tr w:rsidR="00382DB3" w:rsidRPr="009C167C" w14:paraId="776D1ECE" w14:textId="77777777" w:rsidTr="00A87DE4">
         <w:trPr>
-          <w:trHeight w:val="692"/>
-[...244 lines deleted...]
-          <w:tblHeader/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FF2F1DE" w14:textId="2E7971EA" w:rsidR="00577387" w:rsidRPr="00B95C8C" w:rsidRDefault="00577387" w:rsidP="00B95C8C">
+          <w:p w14:paraId="3E95BC30" w14:textId="0DB290A4" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B95C8C">
-[...18 lines deleted...]
-              <w:t>(All contract documents)**</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Category F Solicitation- Enabled MBPO (For requesting quotes)</w:t>
+            </w:r>
+            <w:r w:rsidR="00F466AE" w:rsidRPr="00F466AE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00F466AE" w:rsidRPr="00F466AE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NOTEREF _Ref212817415 </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00F466AE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00F466AE" w:rsidRPr="00F466AE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00F466AE" w:rsidRPr="00F466AE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00F466AE" w:rsidRPr="00F466AE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46358B1E" w14:textId="12CAA964" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00D764DF" w:rsidP="00B95C8C">
+          <w:p w14:paraId="11614BE4" w14:textId="762AA863" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00873385" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
-              <w:r w:rsidRPr="00D764DF">
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r w:rsidRPr="00454864">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>Master Blanket Purchase Order PO-26-1080-OSD03-OSD03-36554</w:t>
+                <w:t>Master Blanket Purchase Order PO-26-1080-OSD03-OSD03-36579</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6203CA40" w14:textId="79259EFD" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00D764DF" w:rsidP="00B95C8C">
+          <w:p w14:paraId="1A0307DF" w14:textId="4D8E8B17" w:rsidR="00641419" w:rsidRDefault="00641419" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Kerri Quin</w:t>
+            </w:r>
+            <w:r w:rsidR="0003625D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="346457A5" w14:textId="77777777" w:rsidR="00641419" w:rsidRDefault="00641419" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="352D49F0" w14:textId="77777777" w:rsidR="00356545" w:rsidRDefault="00356545" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CA9241F" w14:textId="22F89307" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joshua Flanagan-Lanier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4672E572" w14:textId="38354E44" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00772BB7" w:rsidP="00B95C8C">
+          <w:p w14:paraId="76279C06" w14:textId="6ACF04D0" w:rsidR="00356545" w:rsidRDefault="00356545" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CE3662">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>617-359-7284</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66A88A50" w14:textId="77777777" w:rsidR="00356545" w:rsidRDefault="00356545" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FDB9F3D" w14:textId="689992FB" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>351-667-2246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40D92B58" w14:textId="1C36E4B8" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00772BB7" w:rsidP="00B95C8C">
+          <w:p w14:paraId="5DFEA1D9" w14:textId="52B30CBA" w:rsidR="00356545" w:rsidRPr="00356545" w:rsidRDefault="00356545" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
-              <w:r w:rsidRPr="00772BB7">
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r w:rsidRPr="00356545">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>kerri.quinn@mass.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="20CC36BC" w14:textId="77777777" w:rsidR="00356545" w:rsidRPr="00356545" w:rsidRDefault="00356545" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A4EAFB6" w14:textId="77777777" w:rsidR="00356545" w:rsidRPr="00356545" w:rsidRDefault="00356545" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0778C92C" w14:textId="66654324" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00356545" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r w:rsidRPr="00356545">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>joshua.flanagan-lanier@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66609C25" w14:textId="77777777" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00577387" w:rsidP="00B95C8C">
+          <w:p w14:paraId="3FCA4093" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1C2BF5" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CCF26B4" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="454F02E1" w14:textId="77777777" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00577387" w:rsidP="00B95C8C">
+          <w:p w14:paraId="420C92EB" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...47 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00577387" w:rsidRPr="00ED150D" w14:paraId="673EC688" w14:textId="77777777" w:rsidTr="00B95C8C">
+      <w:tr w:rsidR="00A42DE5" w:rsidRPr="009C167C" w14:paraId="4D913622" w14:textId="77777777" w:rsidTr="00A87DE4">
         <w:trPr>
-          <w:tblHeader/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4957DF35" w14:textId="5EBEB336" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="001C2223" w:rsidP="00B95C8C">
+          <w:p w14:paraId="2B2C927B" w14:textId="1DA29EB2" w:rsidR="00A42DE5" w:rsidRPr="00237E77" w:rsidRDefault="00A42DE5" w:rsidP="00A42DE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...39 lines deleted...]
-              <w:t>***</w:t>
+            <w:r w:rsidRPr="00237E77">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>CGI Technologies and Solutions Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B1ADBA8" w14:textId="24815615" w:rsidR="00577387" w:rsidRPr="00554BA1" w:rsidRDefault="00C5284F" w:rsidP="00B95C8C">
+          <w:p w14:paraId="67FC4D93" w14:textId="02AED08F" w:rsidR="00A42DE5" w:rsidRPr="00237E77" w:rsidRDefault="00A42DE5" w:rsidP="00A42DE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
-              <w:r w:rsidRPr="00554BA1">
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r w:rsidRPr="00237E77">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
-                  <w:szCs w:val="16"/>
+                  <w:szCs w:val="14"/>
                 </w:rPr>
-                <w:t>Master Blanket Purchase Order PO-26-1080-OSD03-OSD03-36571</w:t>
+                <w:t>Master Blanket Purchase Order PO-25-1080-OSD03-OSD03-36712</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB8F3ED" w14:textId="798E639B" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="001C2223" w:rsidP="00B95C8C">
+          <w:p w14:paraId="5538F8E3" w14:textId="0783B2C7" w:rsidR="00A42DE5" w:rsidRPr="00237E77" w:rsidRDefault="00A42DE5" w:rsidP="00A42DE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Joshua Flanagan-Lanier</w:t>
+            <w:r w:rsidRPr="00237E77">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sandy Maloney</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1172B6C6" w14:textId="1183EBD0" w:rsidR="00577387" w:rsidRPr="000B69DC" w:rsidRDefault="001C2223" w:rsidP="00B95C8C">
+          <w:p w14:paraId="05B0F94E" w14:textId="626E31F1" w:rsidR="00A42DE5" w:rsidRPr="00237E77" w:rsidRDefault="00A42DE5" w:rsidP="00A42DE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>351-667-2246</w:t>
+            <w:r w:rsidRPr="00237E77">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>978-314-2640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78DA7E14" w14:textId="5B342AC3" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="001C2223" w:rsidP="00B95C8C">
+          <w:p w14:paraId="7158DAD5" w14:textId="387EDD7B" w:rsidR="00A42DE5" w:rsidRPr="00237E77" w:rsidRDefault="00A42DE5" w:rsidP="00A42DE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
-              <w:r w:rsidRPr="00772BB7">
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r w:rsidRPr="00237E77">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>S</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00237E77">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>joshua.flanagan-lanier@mass.gov</w:t>
+                <w:t>andy.Maloney@cgi.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7123AF49" w14:textId="77777777" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00577387" w:rsidP="00B95C8C">
+          <w:p w14:paraId="78D011BD" w14:textId="76039AA9" w:rsidR="00A42DE5" w:rsidRPr="00237E77" w:rsidRDefault="00A42DE5" w:rsidP="00A42DE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00237E77">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03514394" w14:textId="77777777" w:rsidR="00A42DE5" w:rsidRPr="00237E77" w:rsidRDefault="00A42DE5" w:rsidP="00A42DE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00237E77">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 days – 2% off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F9A33BE" w14:textId="77777777" w:rsidR="00A42DE5" w:rsidRPr="00237E77" w:rsidRDefault="00A42DE5" w:rsidP="00A42DE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00237E77">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 days – 2% off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39BFFBF5" w14:textId="77777777" w:rsidR="00A42DE5" w:rsidRPr="00237E77" w:rsidRDefault="00A42DE5" w:rsidP="00A42DE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00237E77">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 days – 1% off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6145834F" w14:textId="1531C11F" w:rsidR="00A42DE5" w:rsidRPr="00237E77" w:rsidRDefault="00A42DE5" w:rsidP="00A42DE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00237E77">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 days – 1% off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42CB4D15" w14:textId="30CA70F1" w:rsidR="00A42DE5" w:rsidRPr="00237E77" w:rsidRDefault="00A42DE5" w:rsidP="00A42DE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00237E77">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ED4A067" w14:textId="77777777" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00577387" w:rsidP="00B95C8C">
+          <w:p w14:paraId="0C59013D" w14:textId="615BAD9B" w:rsidR="00A42DE5" w:rsidRPr="00237E77" w:rsidRDefault="00A42DE5" w:rsidP="00A42DE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED150D">
-[...51 lines deleted...]
-              <w:t>N/A</w:t>
+            <w:r w:rsidRPr="00237E77">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C2223" w:rsidRPr="00ED150D" w14:paraId="37A1AD91" w14:textId="77777777" w:rsidTr="00B95C8C">
+      <w:tr w:rsidR="00382DB3" w:rsidRPr="009C167C" w14:paraId="2EB45F6F" w14:textId="77777777" w:rsidTr="00A87DE4">
         <w:trPr>
-          <w:tblHeader/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7112A9C9" w14:textId="51B70715" w:rsidR="001C2223" w:rsidRDefault="001C2223" w:rsidP="00B95C8C">
+          <w:p w14:paraId="2574FC7E" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...39 lines deleted...]
-              <w:t>***</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>CHAX Training &amp; Consulting, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74087CBA" w14:textId="4199FDCF" w:rsidR="001C2223" w:rsidRPr="00554BA1" w:rsidRDefault="00554BA1" w:rsidP="00B95C8C">
+          <w:p w14:paraId="14072D8A" w14:textId="0EBC2E0C" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00B678C5" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
-              <w:r w:rsidRPr="00554BA1">
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r w:rsidRPr="00454864">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1433 lines deleted...]
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Master Blanket Purchase Order PO-25-1080-OSD03-OSD03-36603</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="490D56F5" w14:textId="29AA19A9" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00497783" w:rsidP="00B95C8C">
+          <w:p w14:paraId="726AD0B6" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00497783">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Katie Sansom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FCDBED0" w14:textId="14571985" w:rsidR="00577387" w:rsidRPr="000B69DC" w:rsidRDefault="00497783" w:rsidP="00B95C8C">
+          <w:p w14:paraId="06D5BE32" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00497783">
-[...37 lines deleted...]
-              <w:t>0356</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>215-033-0356</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="331DE1D1" w14:textId="5DA6522F" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00D950EB" w:rsidP="00B95C8C">
+          <w:p w14:paraId="50EE432E" w14:textId="3C32098D" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D950EB">
-[...6 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r w:rsidRPr="008D24E3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>ksansom@chaxtc.com</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6CE7DE" w14:textId="60470443" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00577387" w:rsidP="00B95C8C">
+          <w:p w14:paraId="5F940C55" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA173F">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>A, B, C, D, E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DAA03CD" w14:textId="1576E8B3" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 days – 3%</w:t>
+            </w:r>
+            <w:r w:rsidR="0074204D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E60B108" w14:textId="737D0A88" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 days – 2.5%</w:t>
+            </w:r>
+            <w:r w:rsidR="0074204D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E74466A" w14:textId="152DA959" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 days – 2%</w:t>
+            </w:r>
+            <w:r w:rsidR="0074204D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DBE276D" w14:textId="3BAB14BE" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 days – 1%</w:t>
+            </w:r>
+            <w:r w:rsidR="0074204D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42FB4F0C" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66DA25D6" w14:textId="77777777" w:rsidR="00577387" w:rsidRDefault="00577387" w:rsidP="00B95C8C">
+          <w:p w14:paraId="3E146004" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>10 days – 3%</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59EA70BC" w14:textId="77777777" w:rsidR="00577387" w:rsidRDefault="00577387" w:rsidP="00B95C8C">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A95F66" w:rsidRPr="009C167C" w14:paraId="16E20A55" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04025464" w14:textId="0F1A582B" w:rsidR="00A95F66" w:rsidRPr="00454864" w:rsidRDefault="00A95F66" w:rsidP="00A95F66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-              <w:t>30 days – 1%</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>E.B. Green Consulting, Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C1F24FE" w14:textId="577434A3" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00454D22" w:rsidP="00B95C8C">
+          <w:p w14:paraId="686C3A3F" w14:textId="0F47719D" w:rsidR="00A95F66" w:rsidRPr="00454864" w:rsidRDefault="009625C0" w:rsidP="00A95F66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>None</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r w:rsidRPr="00454864">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:bCs/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>Master Blanket Purchase Order PO-25-1080-OSD03-OSD03-36706</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1777" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B036C63" w14:textId="3F9FF474" w:rsidR="00A95F66" w:rsidRPr="00454864" w:rsidRDefault="00A95F66" w:rsidP="00A95F66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Eugene Green</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D61E236" w14:textId="7671D005" w:rsidR="00A95F66" w:rsidRPr="00454864" w:rsidRDefault="00A95F66" w:rsidP="00A95F66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(800) 483-2338</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F30200F" w14:textId="074638DF" w:rsidR="00A95F66" w:rsidRPr="00454864" w:rsidRDefault="00A95F66" w:rsidP="00A95F66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r w:rsidRPr="00454864">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:bCs/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>egreen@ebgreenconsulting.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="544AD5C3" w14:textId="2C00699A" w:rsidR="00A95F66" w:rsidRPr="00454864" w:rsidRDefault="00A95F66" w:rsidP="00A95F66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>A, B, C, F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E00154" w14:textId="4D2A6E60" w:rsidR="00A95F66" w:rsidRPr="00454864" w:rsidRDefault="00A95F66" w:rsidP="00A95F66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 days – 5%</w:t>
+            </w:r>
+            <w:r w:rsidR="00B50725">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A9FB8D2" w14:textId="7E28C7EB" w:rsidR="00A95F66" w:rsidRPr="00454864" w:rsidRDefault="00A95F66" w:rsidP="00A95F66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 days – 4%</w:t>
+            </w:r>
+            <w:r w:rsidR="00B50725">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C82512A" w14:textId="1E4747FA" w:rsidR="00A95F66" w:rsidRPr="00454864" w:rsidRDefault="00A95F66" w:rsidP="00A95F66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 days – 2%</w:t>
+            </w:r>
+            <w:r w:rsidR="00B50725">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55F76C69" w14:textId="09D1D939" w:rsidR="00A95F66" w:rsidRPr="00454864" w:rsidRDefault="00A95F66" w:rsidP="00A95F66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 days – 1%</w:t>
+            </w:r>
+            <w:r w:rsidR="00B50725">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1006D86E" w14:textId="120E7ED3" w:rsidR="00A95F66" w:rsidRPr="00454864" w:rsidRDefault="00A95F66" w:rsidP="00A95F66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>MBE, SBPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31DB1A49" w14:textId="20B4FC90" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00577387" w:rsidP="00B95C8C">
+          <w:p w14:paraId="71A9B718" w14:textId="51240FE3" w:rsidR="00A95F66" w:rsidRPr="00454864" w:rsidRDefault="00A95F66" w:rsidP="00A95F66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...2 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC41E9">
-[...5 lines deleted...]
-              <w:t>2%</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00577387" w:rsidRPr="00ED150D" w14:paraId="00D2E787" w14:textId="77777777" w:rsidTr="00B95C8C">
+      <w:tr w:rsidR="00382DB3" w:rsidRPr="009C167C" w14:paraId="7B7DA734" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF7A669" w14:textId="6F00E640" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00A77A75" w:rsidP="00B95C8C">
+          <w:p w14:paraId="58BDE0F7" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>IAccessible Inc</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>IAccessible</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36B7C21E" w14:textId="5F8E20A3" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="001509D7" w:rsidP="00B95C8C">
+          <w:p w14:paraId="076C540D" w14:textId="57DE144A" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00237E77" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
-              <w:r w:rsidRPr="001509D7">
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r w:rsidRPr="00454864">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Master Blanket Purchase Order PO-25-1080-OSD03-OSD03-36602</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6038A327" w14:textId="03E4F033" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="008E7CE6" w:rsidP="00B95C8C">
+          <w:p w14:paraId="61E134E9" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E7CE6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Manish Agrawal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77D7F3DE" w14:textId="3B24A3A7" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="008E7CE6" w:rsidP="00B95C8C">
+          <w:p w14:paraId="17B7C5B5" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E7CE6">
-[...21 lines deleted...]
-              <w:t>872-3090</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>617-872-3090</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32B390A6" w14:textId="0B96A95D" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="008E7CE6" w:rsidP="00B95C8C">
+          <w:p w14:paraId="00287C49" w14:textId="717C48E3" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E7CE6">
-[...6 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r w:rsidRPr="00297D04">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>manish@iaccessible.net</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DC0F3AB" w14:textId="424729DD" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="005D7D72" w:rsidP="00B95C8C">
+          <w:p w14:paraId="2C34B398" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>A, B, C, D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CDA9519" w14:textId="4D40BF03" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 days – 3%</w:t>
+            </w:r>
+            <w:r w:rsidR="00297D04">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6896E839" w14:textId="05D65484" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 days – 2.5%</w:t>
+            </w:r>
+            <w:r w:rsidR="003721E3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0057D490" w14:textId="0E5946C8" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 days – 2%</w:t>
+            </w:r>
+            <w:r w:rsidR="003721E3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44824379" w14:textId="378EB92D" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 days – 1.5%</w:t>
+            </w:r>
+            <w:r w:rsidR="003721E3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54634469" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="153BA903" w14:textId="77777777" w:rsidR="00577387" w:rsidRDefault="00255578" w:rsidP="00B95C8C">
+          <w:p w14:paraId="7F4454FF" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...101 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00577387" w:rsidRPr="00ED150D" w14:paraId="64025C29" w14:textId="77777777" w:rsidTr="00B95C8C">
+      <w:tr w:rsidR="00382DB3" w:rsidRPr="009C167C" w14:paraId="0A0D3E3E" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3608C896" w14:textId="43EFDF57" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="0061356A" w:rsidP="00B95C8C">
+          <w:p w14:paraId="1E847DBD" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Iterators LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A03F238" w14:textId="5F142814" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00C46C38" w:rsidP="00B95C8C">
+          <w:p w14:paraId="5BD87B46" w14:textId="2F95C0FE" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00494312" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
-              <w:r w:rsidRPr="00C46C38">
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r w:rsidRPr="00454864">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Master Blanket Purchase Order PO-25-1080-OSD03-OSD03-36600</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B416195" w14:textId="18A344A6" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00A02ED6" w:rsidP="00B95C8C">
+          <w:p w14:paraId="1AFE0E70" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A02ED6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Jill Willcox</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46498F29" w14:textId="3E349B56" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00A02ED6" w:rsidP="00B95C8C">
+          <w:p w14:paraId="1F7CA8A5" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A02ED6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-909-0564</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F05DF74" w14:textId="544F116A" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00A02ED6" w:rsidP="00B95C8C">
+          <w:p w14:paraId="0C5E8023" w14:textId="0D14C6EC" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A02ED6">
-[...6 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r w:rsidRPr="003721E3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>jwillcox@IteratorsTesting.com</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F5A2A86" w14:textId="6E884BF1" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00D86A61" w:rsidP="00B95C8C">
+          <w:p w14:paraId="2066690D" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>A, B, C, D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D8E341" w14:textId="2CA15904" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 days – 2%</w:t>
+            </w:r>
+            <w:r w:rsidR="002A4FBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0292EBB1" w14:textId="0B5B486D" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 days – 2%</w:t>
+            </w:r>
+            <w:r w:rsidR="002A4FBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="596885D2" w14:textId="5164F7EB" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 days – 2%</w:t>
+            </w:r>
+            <w:r w:rsidR="002A4FBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19E29CB0" w14:textId="03CBF681" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 days – 2%</w:t>
+            </w:r>
+            <w:r w:rsidR="002A4FBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25A1DCC9" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>SBPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5339BB31" w14:textId="77777777" w:rsidR="00577387" w:rsidRDefault="00AC096E" w:rsidP="00B95C8C">
+          <w:p w14:paraId="4D9FE47C" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>10 days – 2%</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B4E529A" w14:textId="77777777" w:rsidR="00AC096E" w:rsidRDefault="00AC096E" w:rsidP="00B95C8C">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C465C3" w:rsidRPr="009C167C" w14:paraId="74C2D471" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3121A6D5" w14:textId="1F65C030" w:rsidR="00C465C3" w:rsidRPr="00C465C3" w:rsidRDefault="00C465C3" w:rsidP="00C465C3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-              <w:t>30 days – 2%</w:t>
+            <w:r w:rsidRPr="00C465C3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Perkins School for the Blind</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA6E718" w14:textId="264E10A9" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00907768" w:rsidP="00B95C8C">
+          <w:p w14:paraId="730A03A2" w14:textId="1D8AA1C5" w:rsidR="00C465C3" w:rsidRPr="00C465C3" w:rsidRDefault="00C465C3" w:rsidP="00C465C3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>SBPP</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r w:rsidRPr="00C465C3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>Master Blanket Purchase Order PO-25-1080-OSD03-OSD03-36780</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1777" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="623A4EEB" w14:textId="6A6CBC1C" w:rsidR="00C465C3" w:rsidRPr="00C465C3" w:rsidRDefault="00C465C3" w:rsidP="00C465C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C465C3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jennifer </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C465C3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sagalyn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71F26AF4" w14:textId="68796B31" w:rsidR="00C465C3" w:rsidRPr="00C465C3" w:rsidRDefault="00C465C3" w:rsidP="00C465C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C465C3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>617-924-3434</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BFE0DD2" w14:textId="15121BA8" w:rsidR="00C465C3" w:rsidRPr="00C465C3" w:rsidRDefault="00C465C3" w:rsidP="00C465C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r w:rsidRPr="00C465C3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t>jennifer.sagalyn@perkins.or</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00C465C3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t>g</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C6522CE" w14:textId="72BBC23C" w:rsidR="00C465C3" w:rsidRPr="00C465C3" w:rsidRDefault="00C465C3" w:rsidP="00C465C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C465C3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>C, D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28177F92" w14:textId="77777777" w:rsidR="00C465C3" w:rsidRPr="00C465C3" w:rsidRDefault="00C465C3" w:rsidP="00C465C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C465C3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 days – 5% off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2885BC9D" w14:textId="77777777" w:rsidR="00C465C3" w:rsidRPr="00C465C3" w:rsidRDefault="00C465C3" w:rsidP="00C465C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C465C3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 days- 4% off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DA18BD5" w14:textId="77777777" w:rsidR="00C465C3" w:rsidRPr="00C465C3" w:rsidRDefault="00C465C3" w:rsidP="00C465C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C465C3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 days – 3% off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EF519DF" w14:textId="297E3815" w:rsidR="00C465C3" w:rsidRPr="00C465C3" w:rsidRDefault="00C465C3" w:rsidP="00C465C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C465C3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 days – 2% off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A3A3EF7" w14:textId="77777777" w:rsidR="00C465C3" w:rsidRPr="00C465C3" w:rsidRDefault="00C465C3" w:rsidP="00C465C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BEE3C1C" w14:textId="578E728E" w:rsidR="00C465C3" w:rsidRPr="00C465C3" w:rsidRDefault="00C465C3" w:rsidP="00C465C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C465C3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19FC54A5" w14:textId="43D74558" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00907768" w:rsidP="00B95C8C">
+          <w:p w14:paraId="4D84A536" w14:textId="0ECD8FD9" w:rsidR="00C465C3" w:rsidRPr="00C465C3" w:rsidRDefault="00C465C3" w:rsidP="00C465C3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>5%</w:t>
+            <w:r w:rsidRPr="00C465C3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00577387" w:rsidRPr="00ED150D" w14:paraId="25748493" w14:textId="77777777" w:rsidTr="00B95C8C">
+      <w:tr w:rsidR="004620D4" w:rsidRPr="009C167C" w14:paraId="399BA2E1" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49967F44" w14:textId="06A9334F" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00DF7AC6" w:rsidP="00B95C8C">
+          <w:p w14:paraId="20AB2F95" w14:textId="21E1FDF9" w:rsidR="004620D4" w:rsidRPr="00454864" w:rsidRDefault="004620D4" w:rsidP="004620D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Scribely</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sapient Corporation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9D2AEC" w14:textId="0A5A3F10" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00FC0B5F" w:rsidP="00B95C8C">
+          <w:p w14:paraId="624D2265" w14:textId="576B3491" w:rsidR="004620D4" w:rsidRPr="00454864" w:rsidRDefault="0009124B" w:rsidP="004620D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
-              <w:r w:rsidRPr="00FC0B5F">
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r w:rsidRPr="00454864">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>Master Blanket Purchase Order PO-25-1080-OSD03-OSD03-36649</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1777" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="442D7088" w14:textId="21115B73" w:rsidR="004620D4" w:rsidRPr="00454864" w:rsidRDefault="004620D4" w:rsidP="004620D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Aseem Gupta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E42E434" w14:textId="31EE1FF9" w:rsidR="004620D4" w:rsidRPr="00454864" w:rsidRDefault="004620D4" w:rsidP="004620D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>978-760-2678</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07396DB8" w14:textId="0815C7D9" w:rsidR="004620D4" w:rsidRPr="00454864" w:rsidRDefault="004620D4" w:rsidP="004620D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r w:rsidRPr="002A4FBA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>aseem.gupta@publicissapient.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4132E29E" w14:textId="0DAC4DB6" w:rsidR="004620D4" w:rsidRPr="00454864" w:rsidRDefault="004620D4" w:rsidP="004620D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="262DF61E" w14:textId="336B0DEA" w:rsidR="004620D4" w:rsidRPr="00454864" w:rsidRDefault="004620D4" w:rsidP="004620D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 days – 2.5%</w:t>
+            </w:r>
+            <w:r w:rsidR="002A4FBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C479CD0" w14:textId="19FFEB77" w:rsidR="004620D4" w:rsidRPr="00454864" w:rsidRDefault="004620D4" w:rsidP="004620D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 days – 2%</w:t>
+            </w:r>
+            <w:r w:rsidR="002A4FBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7257AF13" w14:textId="583B709B" w:rsidR="004620D4" w:rsidRPr="00454864" w:rsidRDefault="004620D4" w:rsidP="004620D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 days – 1.5%</w:t>
+            </w:r>
+            <w:r w:rsidR="002A4FBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="582C98C5" w14:textId="0A7E2ABE" w:rsidR="004620D4" w:rsidRPr="00454864" w:rsidRDefault="004620D4" w:rsidP="004620D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 days – 1%</w:t>
+            </w:r>
+            <w:r w:rsidR="002A4FBA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41EDA172" w14:textId="5EFA0F35" w:rsidR="004620D4" w:rsidRPr="00454864" w:rsidRDefault="004620D4" w:rsidP="004620D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5457711F" w14:textId="3A265433" w:rsidR="004620D4" w:rsidRPr="00454864" w:rsidRDefault="004620D4" w:rsidP="004620D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00382DB3" w:rsidRPr="009C167C" w14:paraId="3391E121" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39199828" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Scribely</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1599" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25EF02E3" w14:textId="725FCE01" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00056EDA" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r w:rsidRPr="00454864">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Master Blanket Purchase Order PO-25-1080-OSD03-OSD03-36601</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EF173D6" w14:textId="5777E577" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00065610" w:rsidP="00B95C8C">
+          <w:p w14:paraId="5D4E7576" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00065610">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Caroline Desrosiers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FF5C039" w14:textId="55B7A7C8" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00065610" w:rsidP="00B95C8C">
+          <w:p w14:paraId="25FD1625" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00065610">
-[...21 lines deleted...]
-              <w:t>488-3250</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>628-488-3250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31DC03BB" w14:textId="26D5F6C3" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00065610" w:rsidP="00B95C8C">
+          <w:p w14:paraId="794760F4" w14:textId="48A05C04" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00065610">
-[...6 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r w:rsidRPr="00B41C85">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>caroline@scribely.com</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6087D92D" w14:textId="2AF6FB1A" w:rsidR="00577387" w:rsidRPr="00ED150D" w:rsidRDefault="00F95407" w:rsidP="00B95C8C">
+          <w:p w14:paraId="425F76D6" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="635ED5DE" w14:textId="55E62194" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 days – 5%</w:t>
+            </w:r>
+            <w:r w:rsidR="00B41C85">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="483F9597" w14:textId="15807230" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 days – 4%</w:t>
+            </w:r>
+            <w:r w:rsidR="00B41C85">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A5AA9EE" w14:textId="7124B3EB" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 days – 3%</w:t>
+            </w:r>
+            <w:r w:rsidR="00B41C85">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1335F4C4" w14:textId="1150C4ED" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 days – 2%</w:t>
+            </w:r>
+            <w:r w:rsidR="00B41C85">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17FBCCDC" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44CAA3C7" w14:textId="77777777" w:rsidR="00577387" w:rsidRDefault="00DF7AC6" w:rsidP="00B95C8C">
+          <w:p w14:paraId="31EEDC9A" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...169 lines deleted...]
-              <w:t>%</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C86CD5" w:rsidRPr="00ED150D" w14:paraId="095FBBAF" w14:textId="77777777" w:rsidTr="00B95C8C">
+      <w:tr w:rsidR="00382DB3" w:rsidRPr="009C167C" w14:paraId="642262FA" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="375FA17A" w14:textId="50EC6F1F" w:rsidR="00C86CD5" w:rsidRPr="0055051D" w:rsidRDefault="0055051D" w:rsidP="00B95C8C">
+          <w:p w14:paraId="7E767904" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0055051D">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> USA, Inc</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>T-Base Communications USA, Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AC29CC2" w14:textId="0F9EB792" w:rsidR="00C86CD5" w:rsidRPr="00F10E95" w:rsidRDefault="00F10E95" w:rsidP="00B95C8C">
+          <w:p w14:paraId="220D79FA" w14:textId="2C068FFB" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="001B3436" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
-              <w:r w:rsidRPr="00F10E95">
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r w:rsidRPr="00454864">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Master Blanket Purchase Order PO-25-1080-OSD03-OSD03-36650</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4704BDB4" w14:textId="62740597" w:rsidR="00C86CD5" w:rsidRPr="0055051D" w:rsidRDefault="00041021" w:rsidP="00B95C8C">
+          <w:p w14:paraId="7A0D3878" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00041021">
+            <w:r w:rsidRPr="00454864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ashley Hendrikson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEE8C91" w14:textId="0DA407E7" w:rsidR="00C86CD5" w:rsidRPr="0055051D" w:rsidRDefault="00041021" w:rsidP="00B95C8C">
+          <w:p w14:paraId="683C4CD3" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00454864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1-800-563-0668 x5149</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="299358EA" w14:textId="79254FD4" w:rsidR="00C86CD5" w:rsidRPr="0055051D" w:rsidRDefault="00CE6218" w:rsidP="00B95C8C">
+          <w:p w14:paraId="6C5C36F5" w14:textId="52E61600" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE6218">
-[...6 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r w:rsidRPr="00B41C85">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>document_csm@allyant.com</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14C6D25E" w14:textId="4E644DE2" w:rsidR="00C86CD5" w:rsidRPr="0055051D" w:rsidRDefault="00CE6218" w:rsidP="00B95C8C">
+          <w:p w14:paraId="28B53BF5" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00454864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>B, C, D, E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC9EFA8" w14:textId="5F59C739" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 days – 1%</w:t>
+            </w:r>
+            <w:r w:rsidR="00B41C85">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CFBEF14" w14:textId="2F3A8621" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 days – 1%</w:t>
+            </w:r>
+            <w:r w:rsidR="00B41C85">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="080F8D17" w14:textId="67C8B2F8" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 days – 1%</w:t>
+            </w:r>
+            <w:r w:rsidR="00B41C85">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57A44F05" w14:textId="328D71A3" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 days – 1%</w:t>
+            </w:r>
+            <w:r w:rsidR="00B41C85">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55785E56" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="528C5E53" w14:textId="77777777" w:rsidR="00C86CD5" w:rsidRDefault="00CE6218" w:rsidP="00B95C8C">
+          <w:p w14:paraId="05C7FC30" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...99 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00454864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF6388" w:rsidRPr="00ED150D" w14:paraId="16C12C8B" w14:textId="77777777" w:rsidTr="00B95C8C">
+      <w:tr w:rsidR="00382DB3" w:rsidRPr="009C167C" w14:paraId="55FDD828" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06A19808" w14:textId="6964086B" w:rsidR="00FF6388" w:rsidRPr="0055051D" w:rsidRDefault="006C6110" w:rsidP="00B95C8C">
+          <w:p w14:paraId="28CC3AD3" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Sapient Corporation</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>UISAT LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00522DBF" w14:textId="5EEAD2DC" w:rsidR="00FF6388" w:rsidRPr="00F10E95" w:rsidRDefault="0026285F" w:rsidP="00B95C8C">
+          <w:p w14:paraId="3DF97C7B" w14:textId="176E9F11" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00E40497" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...298 lines deleted...]
-              <w:r w:rsidRPr="001210E0">
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r w:rsidRPr="00454864">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Master Blanket Purchase Order PO-25-1080-OSD03-OSD03-36651</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43CD026C" w14:textId="424ABC98" w:rsidR="00FF6388" w:rsidRPr="0055051D" w:rsidRDefault="004C4C0A" w:rsidP="00B95C8C">
+          <w:p w14:paraId="27294DA2" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004C4C0A">
+            <w:r w:rsidRPr="00454864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Usman Sheikh</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE2B5D0" w14:textId="4419AFDB" w:rsidR="00FF6388" w:rsidRPr="0055051D" w:rsidRDefault="004C4C0A" w:rsidP="00B95C8C">
+          <w:p w14:paraId="7693F63F" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004C4C0A">
-[...37 lines deleted...]
-              <w:t>1189</w:t>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>540-940-1189</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5665B877" w14:textId="7172A5C5" w:rsidR="00FF6388" w:rsidRPr="0055051D" w:rsidRDefault="004C4C0A" w:rsidP="00B95C8C">
+          <w:p w14:paraId="255ACA25" w14:textId="779E9952" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004C4C0A">
-[...6 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r w:rsidRPr="00B41C85">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>usman@uisat.com</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17628726" w14:textId="6400E022" w:rsidR="00FF6388" w:rsidRPr="0055051D" w:rsidRDefault="004B08D6" w:rsidP="00B95C8C">
+          <w:p w14:paraId="2709BFA4" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00454864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>B, C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C09B405" w14:textId="69FA6182" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 days – 5%</w:t>
+            </w:r>
+            <w:r w:rsidR="00A87DE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B4BFB8E" w14:textId="4DDD5372" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 days – 4%</w:t>
+            </w:r>
+            <w:r w:rsidR="00A87DE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CFE6B54" w14:textId="2EFA5E93" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 days – 3%</w:t>
+            </w:r>
+            <w:r w:rsidR="00A87DE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="176828D8" w14:textId="6EFD2680" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 days – 2%</w:t>
+            </w:r>
+            <w:r w:rsidR="00A87DE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F3AA35" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00454864">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E6F3F94" w14:textId="77777777" w:rsidR="00FF6388" w:rsidRDefault="004B08D6" w:rsidP="00B95C8C">
+          <w:p w14:paraId="4BD56E86" w14:textId="77777777" w:rsidR="00382DB3" w:rsidRPr="00454864" w:rsidRDefault="00382DB3" w:rsidP="008219C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...99 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00454864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C4C0A" w:rsidRPr="00ED150D" w14:paraId="3839591D" w14:textId="77777777" w:rsidTr="007508FA">
-[...245 lines deleted...]
-      <w:tr w:rsidR="007508FA" w:rsidRPr="00ED150D" w14:paraId="236B7FEB" w14:textId="77777777" w:rsidTr="007508FA">
+      <w:tr w:rsidR="007F7869" w:rsidRPr="009C167C" w14:paraId="350A4E26" w14:textId="77777777" w:rsidTr="00A87DE4">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65256C63" w14:textId="20CD5CAE" w:rsidR="007508FA" w:rsidRPr="0071113B" w:rsidRDefault="0071113B" w:rsidP="004C4C0A">
+          <w:p w14:paraId="47624BE4" w14:textId="153E129A" w:rsidR="007F7869" w:rsidRPr="007F7869" w:rsidRDefault="007F7869" w:rsidP="007F7869">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0071113B">
-[...6 lines deleted...]
-              <w:t>E.B. Green Consulting, Inc</w:t>
+            <w:r w:rsidRPr="007F7869">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>WGBH Educational Foundation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67BBFBE9" w14:textId="1949CE74" w:rsidR="007508FA" w:rsidRPr="00F10E95" w:rsidRDefault="0077093A" w:rsidP="004C4C0A">
+          <w:p w14:paraId="21064278" w14:textId="495641D9" w:rsidR="007F7869" w:rsidRPr="007F7869" w:rsidRDefault="007F7869" w:rsidP="007F7869">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
-              <w:r w:rsidRPr="0077093A">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r w:rsidRPr="001C6229">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                  <w:bCs/>
-[...1 lines deleted...]
-                  <w:szCs w:val="22"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>Master Blanket Purchase Order PO-25-1080-OSD03-OSD03-36706</w:t>
+                <w:t>Master Blanket Purchase Order PO-25-1080-OSD03-OSD03-37090</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31BC13B4" w14:textId="0F6828D5" w:rsidR="007508FA" w:rsidRPr="0071113B" w:rsidRDefault="002560F0" w:rsidP="004C4C0A">
+          <w:p w14:paraId="0830CADE" w14:textId="3630BEF6" w:rsidR="007F7869" w:rsidRPr="007F7869" w:rsidRDefault="007F7869" w:rsidP="007F7869">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002560F0">
-[...6 lines deleted...]
-              <w:t>Eugene Green</w:t>
+            <w:r w:rsidRPr="007F7869">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Peter Villa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="174CB61D" w14:textId="506ED9B4" w:rsidR="007508FA" w:rsidRPr="0071113B" w:rsidRDefault="002560F0" w:rsidP="004C4C0A">
+          <w:p w14:paraId="52E34EE2" w14:textId="071AB5F1" w:rsidR="007F7869" w:rsidRPr="007F7869" w:rsidRDefault="007F7869" w:rsidP="007F7869">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002560F0">
-[...6 lines deleted...]
-              <w:t>(800) 483-2338</w:t>
+            <w:r w:rsidRPr="007F7869">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>617-300-3626</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74F32237" w14:textId="541F9CBA" w:rsidR="007508FA" w:rsidRPr="0071113B" w:rsidRDefault="002560F0" w:rsidP="004C4C0A">
+          <w:p w14:paraId="755622B1" w14:textId="26C29879" w:rsidR="007F7869" w:rsidRPr="007F7869" w:rsidRDefault="007F7869" w:rsidP="007F7869">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
-              <w:r w:rsidRPr="00304DF6">
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r w:rsidRPr="007F7869">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>egreen@ebgreenconsulting.com</w:t>
+                <w:t>peter_villa@wgbh.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E749437" w14:textId="3B0220E5" w:rsidR="007508FA" w:rsidRPr="0071113B" w:rsidRDefault="000C5633" w:rsidP="004C4C0A">
+          <w:p w14:paraId="047DE467" w14:textId="12601D19" w:rsidR="007F7869" w:rsidRPr="007F7869" w:rsidRDefault="007F7869" w:rsidP="007F7869">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>A, B, C, F</w:t>
+            <w:r w:rsidRPr="007F7869">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>A, B, D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C48F1F8" w14:textId="77777777" w:rsidR="007F7869" w:rsidRPr="007F7869" w:rsidRDefault="007F7869" w:rsidP="007F7869">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F7869">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 days – 0% off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65777F2C" w14:textId="77777777" w:rsidR="007F7869" w:rsidRPr="007F7869" w:rsidRDefault="007F7869" w:rsidP="007F7869">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F7869">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 days – 0% off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3456B126" w14:textId="77777777" w:rsidR="007F7869" w:rsidRPr="007F7869" w:rsidRDefault="007F7869" w:rsidP="007F7869">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F7869">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 days – 0% off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CAFFFE2" w14:textId="7CD6C370" w:rsidR="007F7869" w:rsidRPr="007F7869" w:rsidRDefault="007F7869" w:rsidP="007F7869">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F7869">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 days – 0% off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36F87158" w14:textId="56148836" w:rsidR="007F7869" w:rsidRPr="007F7869" w:rsidRDefault="007F7869" w:rsidP="007F7869">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F7869">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2156348B" w14:textId="77777777" w:rsidR="007508FA" w:rsidRDefault="000C5633" w:rsidP="004C4C0A">
+          <w:p w14:paraId="74211AB4" w14:textId="6CBA6871" w:rsidR="007F7869" w:rsidRPr="007F7869" w:rsidRDefault="007F7869" w:rsidP="007F7869">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...114 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="007F7869">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6332B1D8" w14:textId="77777777" w:rsidR="000F0321" w:rsidRPr="008B6A50" w:rsidRDefault="000F0321" w:rsidP="000F0321">
-[...15 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="387CC61A" w14:textId="38E58437" w:rsidR="00304C6F" w:rsidRDefault="00275216" w:rsidP="00C4365D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="_Appendix_B:_Vendor"/>
+      <w:bookmarkStart w:id="69" w:name="_Appendix_C:_Vendor"/>
+      <w:bookmarkStart w:id="70" w:name="_Appendix_A:_[add"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc194066624"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc213668305"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="00275216">
+        <w:t>United Nations Standard Products and Services Code</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275216">
+        <w:t xml:space="preserve"> (UNSPSC</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275216">
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
     </w:p>
-    <w:p w14:paraId="2ADDA83A" w14:textId="260E3A04" w:rsidR="000F0321" w:rsidRPr="008B6A50" w:rsidRDefault="000F0321" w:rsidP="000F0321">
-[...30 lines deleted...]
-        <w:t>rice files may be found in the individual vendor’s MBPO.</w:t>
+    <w:p w14:paraId="59BFD38A" w14:textId="126E2110" w:rsidR="00E53E55" w:rsidRDefault="00D119CD" w:rsidP="00304C6F">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119CD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNSPSC </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53E55" w:rsidRPr="00E53E55">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4365D" w:rsidRPr="00C4365D">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ITS82</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53E55" w:rsidRPr="00E53E55">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38901C5C" w14:textId="5D8E1284" w:rsidR="0013718A" w:rsidRPr="008B35F4" w:rsidRDefault="000F0321" w:rsidP="000F0321">
-[...97 lines deleted...]
-    <w:p w14:paraId="54D8A365" w14:textId="5FCB6839" w:rsidR="00A7060F" w:rsidRPr="00E006A5" w:rsidRDefault="00CB077F" w:rsidP="00047E75">
+    <w:p w14:paraId="491D549F" w14:textId="37A7D9A6" w:rsidR="00C4365D" w:rsidRPr="00E006A5" w:rsidRDefault="00C4365D" w:rsidP="00C4365D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00581F5B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>81</w:t>
+      </w:r>
+      <w:r w:rsidR="00581F5B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00581F5B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00581F5B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00581F5B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="00581F5B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00581F5B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...29 lines deleted...]
-        <w:t>Computer Services</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Computer Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16014BF6" w14:textId="10E5D698" w:rsidR="00A7060F" w:rsidRDefault="00622714" w:rsidP="00047E75">
+    <w:p w14:paraId="6ED1FAE5" w14:textId="16F3F7E8" w:rsidR="00C4365D" w:rsidRPr="00B85849" w:rsidRDefault="00C4365D" w:rsidP="00B85849">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00581F5B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>86</w:t>
+      </w:r>
+      <w:r w:rsidR="00581F5B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00581F5B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00581F5B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00581F5B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="00581F5B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00581F5B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B85849">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Specialized Education Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B85F581" w14:textId="37812050" w:rsidR="00931DF2" w:rsidRDefault="00E51057" w:rsidP="005D1C59">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="_Appendix:_[Enter_Meaningful"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc213668306"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="00ED150D">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Appendix: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC16E2" w:rsidRPr="00CC16E2">
+        <w:t>Additional Category Details</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p w14:paraId="01425DF7" w14:textId="6913AD75" w:rsidR="00F75FED" w:rsidRDefault="00C9271E" w:rsidP="00F75FED">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="_Toc213668307"/>
+      <w:r w:rsidRPr="00C9271E">
+        <w:t>Category A: Accessibility Audit Services</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="75"/>
+    </w:p>
+    <w:p w14:paraId="35441A79" w14:textId="70E0DE00" w:rsidR="00200E8B" w:rsidRDefault="0046305D" w:rsidP="00200E8B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>86-13-00-00 Specialized Education Services</w:t>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="002B08A1">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ategory covers t</w:t>
+      </w:r>
+      <w:r w:rsidR="00200E8B" w:rsidRPr="00297946">
+        <w:t>hird-party testing of Information and Communications Technology (ICT), including applications, websites, and web and mobile applications, to identify potential barriers for users with sensory, physical, learning</w:t>
+      </w:r>
+      <w:r w:rsidR="007B7593">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00200E8B" w:rsidRPr="00297946">
+        <w:t xml:space="preserve"> and other disabilities. </w:t>
+      </w:r>
+      <w:r w:rsidR="00200E8B">
+        <w:t>This is the category to use if you need a formal audit for contractual purposes. See Category B for other testing services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B85F581" w14:textId="43B8F9C5" w:rsidR="00931DF2" w:rsidRDefault="00E51057" w:rsidP="00946748">
-[...41 lines deleted...]
-    <w:p w14:paraId="77965C46" w14:textId="5732929F" w:rsidR="00ED4082" w:rsidRDefault="008E7C73" w:rsidP="008E7C73">
+    <w:p w14:paraId="10B861E3" w14:textId="48918095" w:rsidR="00200E8B" w:rsidRDefault="00200E8B" w:rsidP="00200E8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008E7C73">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00297946" w:rsidRPr="00297946">
-[...3 lines deleted...]
-        <w:t>The RFQ should include information such as identifying key workflows, an inventory of pages, existing quality assurance scripts, or other resources that will help bidders determine the scope of work.</w:t>
+      <w:r w:rsidRPr="00297946">
+        <w:t xml:space="preserve">Purchasing </w:t>
+      </w:r>
+      <w:r w:rsidR="007B7593">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297946">
+        <w:t xml:space="preserve">ntities will define what is to be tested for compliance and will provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33046">
+        <w:t>vendors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297946">
+        <w:t xml:space="preserve"> with required credentials and permissions. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33046">
+        <w:t>Request for Quote (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>RFQ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D33046">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> should include information such as identifying key workflows, an inventory of pages, existing quality assurance scripts, or other resources that will help bidders determine the scope of work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53A4C8C2" w14:textId="77777777" w:rsidR="008E7C73" w:rsidRPr="008E7C73" w:rsidRDefault="008E7C73" w:rsidP="008E7C73">
+    <w:p w14:paraId="0C8FF159" w14:textId="77777777" w:rsidR="00200E8B" w:rsidRPr="008E7C73" w:rsidRDefault="00200E8B" w:rsidP="00200E8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18D5F70D" w14:textId="314DAAA5" w:rsidR="008D273D" w:rsidRDefault="00297946" w:rsidP="008D273D">
-[...3 lines deleted...]
-      <w:r w:rsidR="00047E75">
+    <w:p w14:paraId="3FDDA65D" w14:textId="44CD358F" w:rsidR="00200E8B" w:rsidRDefault="00AD2212" w:rsidP="00200E8B">
+      <w:r>
+        <w:t>Vendors</w:t>
+      </w:r>
+      <w:r w:rsidR="00200E8B" w:rsidRPr="00297946">
+        <w:t xml:space="preserve"> will identify potential barriers for users with sensory, physical, learning</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00200E8B" w:rsidRPr="00297946">
+        <w:t xml:space="preserve"> and other disabilities</w:t>
+      </w:r>
+      <w:r w:rsidR="007F4ED2">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00200E8B" w:rsidRPr="00297946">
+        <w:t xml:space="preserve">based on the requirements of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00200E8B">
         <w:t>Accessibility</w:t>
       </w:r>
-      <w:r w:rsidRPr="00297946">
-        <w:t xml:space="preserve"> Standards, using automated testing tools, code inspection, and assistive technology, and provide a written report of their findings.</w:t>
+      <w:r w:rsidR="00200E8B" w:rsidRPr="00297946">
+        <w:t xml:space="preserve"> Standards</w:t>
+      </w:r>
+      <w:r w:rsidR="007F4ED2">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00200E8B" w:rsidRPr="00297946">
+        <w:t>, using automated testing tools, code inspection, and assistive technology</w:t>
+      </w:r>
+      <w:r w:rsidR="00785FFD">
+        <w:t>. Vendors will</w:t>
+      </w:r>
+      <w:r w:rsidR="00200E8B" w:rsidRPr="00297946">
+        <w:t xml:space="preserve"> provide a written report of their findings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B42514B" w14:textId="0FAFBE7B" w:rsidR="002B1609" w:rsidRDefault="002B1609" w:rsidP="002B1609">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="65" w:name="_Toc201925140"/>
+    <w:p w14:paraId="149A0F54" w14:textId="0C20566F" w:rsidR="00200E8B" w:rsidRDefault="004055BC" w:rsidP="00200E8B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="_Toc213668308"/>
+      <w:r w:rsidRPr="004055BC">
+        <w:t>Category B: Accessibility Consulting Services</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="76"/>
+    </w:p>
+    <w:p w14:paraId="582717FE" w14:textId="2275D3BF" w:rsidR="005312D4" w:rsidRDefault="0012732A" w:rsidP="005312D4">
       <w:r>
-        <w:t>Category B: Accessibility Consulting Services</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="65"/>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="002B08A1">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ategory covers p</w:t>
+      </w:r>
+      <w:r w:rsidR="005312D4" w:rsidRPr="00803763">
+        <w:t xml:space="preserve">rofessional services specific to IT accessibility such as strategy and planning, development and </w:t>
+      </w:r>
+      <w:r w:rsidR="00601D3F">
+        <w:t>quality assurance</w:t>
+      </w:r>
+      <w:r w:rsidR="005312D4" w:rsidRPr="00803763">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00727D76">
+        <w:t xml:space="preserve">(QA) </w:t>
+      </w:r>
+      <w:r w:rsidR="005312D4" w:rsidRPr="00803763">
+        <w:t>testing, application and website design, remediation, help desk services,</w:t>
+      </w:r>
+      <w:r w:rsidR="005312D4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5735">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="000B141E">
+        <w:t xml:space="preserve">nd </w:t>
+      </w:r>
+      <w:r w:rsidR="005312D4">
+        <w:t>assistive technology scripting services</w:t>
+      </w:r>
+      <w:r w:rsidR="005312D4" w:rsidRPr="00803763">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7EF85A75" w14:textId="6CF91C62" w:rsidR="002B1609" w:rsidRDefault="00803763" w:rsidP="002B1609">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> etc. </w:t>
+    <w:p w14:paraId="25860C5B" w14:textId="19A09A95" w:rsidR="00D828F7" w:rsidRDefault="00E8448D" w:rsidP="005312D4">
+      <w:r>
+        <w:t>Refer to the following detailed services</w:t>
+      </w:r>
+      <w:r w:rsidR="00727D76">
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7993BC97" w14:textId="124B808F" w:rsidR="00803763" w:rsidRDefault="00803763" w:rsidP="00047E75">
+    <w:p w14:paraId="6ED05FDC" w14:textId="6CBFDE48" w:rsidR="005312D4" w:rsidRPr="00791AC3" w:rsidRDefault="000478A8" w:rsidP="005312D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="39"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00803763">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Strategy and planning</w:t>
+      </w:r>
+      <w:r w:rsidR="005312D4" w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Services in support of accessibility planning efforts, such as conducting assessments of accessibility policies and procedures, developing enterprise or agency accessibility improvement strategies, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B141E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="005312D4" w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>advising on integrating accessibility requirements and best practices in development projects.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2341B7FC" w14:textId="2495BCD6" w:rsidR="00803763" w:rsidRDefault="00803763" w:rsidP="00047E75">
+    <w:p w14:paraId="4AFA6D0A" w14:textId="2093B89E" w:rsidR="005312D4" w:rsidRPr="00791AC3" w:rsidRDefault="005312D4" w:rsidP="005312D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="39"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00803763">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791AC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Development/QA testing:</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>standards required for audits as defined in the RFR for Category A or Category F. Please use those categories for auditing needs.</w:t>
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Testing services during development of ICT, such as suggesting testing tools, producing test scripts, performing tests, conducting </w:t>
+      </w:r>
+      <w:r w:rsidR="00100006">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>User Acceptance Testing (U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AT</w:t>
+      </w:r>
+      <w:r w:rsidR="00100006">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, tracking accessibility defects, </w:t>
+      </w:r>
+      <w:r w:rsidR="00497748">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">producing test results reports. Testing services provided under Category B do not meet the standards required for audits as defined in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56194">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Request for Response (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RFR</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56194">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Category A or Category F. Please use those categories for auditing needs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BB3E6B" w14:textId="77777777" w:rsidR="008E7C73" w:rsidRDefault="008E7C73" w:rsidP="008E7C73">
-[...17 lines deleted...]
-    <w:p w14:paraId="6F4D3D73" w14:textId="7B8116FD" w:rsidR="008823B0" w:rsidRPr="008E7C73" w:rsidRDefault="008823B0" w:rsidP="00047E75">
+    <w:p w14:paraId="2DD2CC1A" w14:textId="44208A0D" w:rsidR="00791AC3" w:rsidRPr="00791AC3" w:rsidRDefault="00791AC3" w:rsidP="00791AC3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008823B0">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791AC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...13 lines deleted...]
-        <w:br/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Web/application design, development, and remediation: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technical services to ensure accessible ICT, such as advising on the strengths and limitations of solutions sets, analyzing external accessibility reports, identifying accessibility problem solutions, </w:t>
+      </w:r>
+      <w:r w:rsidR="00015D0E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>producing or editing mark-up</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0BE7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or code.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="088DBE44" w14:textId="7CAB72E4" w:rsidR="008823B0" w:rsidRPr="00B95C8C" w:rsidRDefault="00670DDD" w:rsidP="008823B0">
+    <w:p w14:paraId="42331C22" w14:textId="2DADD672" w:rsidR="005312D4" w:rsidRPr="00791AC3" w:rsidRDefault="00791AC3" w:rsidP="00512AF1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="39"/>
         </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791AC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistive technology scripting services: </w:t>
       </w:r>
-      <w:r w:rsidR="0059327C" w:rsidRPr="0059327C">
-[...6 lines deleted...]
-      <w:r w:rsidR="008E7C73">
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Custom scripting for assistive technology (AT) software to optimize the usability of software programs, websites, or web applications for AT users. Assistive </w:t>
+      </w:r>
+      <w:r w:rsidR="001B0737">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">echnology </w:t>
+      </w:r>
+      <w:r w:rsidR="001B0737">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cripting </w:t>
+      </w:r>
+      <w:r w:rsidR="001B0737">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ervices include analysis, script development, and installation support involved in the creation of scripts or plug-ins to customize the use of AT software, to address accessibility deficiencies of websites or installed software</w:t>
+      </w:r>
+      <w:r w:rsidR="000B42E5">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or to accommodate other specific needs. This includes, but is not limited to, screen readers, magnification, and speech recognition.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="77" w:name="_Toc201925141"/>
+      <w:r w:rsidRPr="00791AC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008823B0" w:rsidRPr="008823B0">
+      <w:bookmarkEnd w:id="77"/>
+    </w:p>
+    <w:p w14:paraId="57CFC0DF" w14:textId="47F672CB" w:rsidR="005312D4" w:rsidRDefault="00A12EB3" w:rsidP="005312D4">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="_Toc213668309"/>
+      <w:r w:rsidRPr="00A12EB3">
         <w:t>Category C: Document Remediation Services</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="78"/>
     </w:p>
-    <w:p w14:paraId="197CB364" w14:textId="70354142" w:rsidR="00A3726D" w:rsidRDefault="00A3726D" w:rsidP="00A3726D">
-[...4 lines deleted...]
-        <w:t>Category C: Document Remediation Services</w:t>
+    <w:p w14:paraId="703B1043" w14:textId="1732BC18" w:rsidR="009342A0" w:rsidRDefault="009342A0" w:rsidP="009342A0">
+      <w:r w:rsidRPr="0003328C">
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="002B08A1">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>ategory is used for accessibility testing and remediation of binary file content</w:t>
+      </w:r>
+      <w:r w:rsidR="00F06816">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00125821">
+        <w:t xml:space="preserve"> including the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EAD9019" w14:textId="5319A285" w:rsidR="008823B0" w:rsidRDefault="0003328C" w:rsidP="008823B0">
-[...4 lines deleted...]
-    <w:p w14:paraId="3FE4ADEA" w14:textId="77777777" w:rsidR="0003328C" w:rsidRDefault="0003328C" w:rsidP="00047E75">
+    <w:p w14:paraId="24EBD12E" w14:textId="77777777" w:rsidR="009342A0" w:rsidRDefault="009342A0" w:rsidP="009342A0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="40"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F06816">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Microsoft Word:</w:t>
+      </w:r>
       <w:r w:rsidRPr="0003328C">
-        <w:t xml:space="preserve">Microsoft Word: .doc, .docm, .docx, .dot, .dotm, .dotx </w:t>
+        <w:t xml:space="preserve"> .doc, .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>docm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>, .docx, .dot, .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>dotm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>, .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>dotx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09422A45" w14:textId="77777777" w:rsidR="0003328C" w:rsidRDefault="0003328C" w:rsidP="00047E75">
+    <w:p w14:paraId="05C4887D" w14:textId="77777777" w:rsidR="009342A0" w:rsidRDefault="009342A0" w:rsidP="009342A0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="40"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EA2F94">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Microsoft Excel:</w:t>
+      </w:r>
       <w:r w:rsidRPr="0003328C">
-        <w:t xml:space="preserve">Microsoft Excel: .xls, .xlsx, .xlsm, .xlt, .xltx, .xltm </w:t>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>xls</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>, .xlsx, .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>xlsm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>, .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>xlt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>, .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>xltx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>, .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>xltm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23D453FA" w14:textId="77777777" w:rsidR="0003328C" w:rsidRDefault="0003328C" w:rsidP="00047E75">
+    <w:p w14:paraId="5FB4CE6B" w14:textId="77777777" w:rsidR="009342A0" w:rsidRDefault="009342A0" w:rsidP="009342A0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="40"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EA2F94">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PowerPoint:</w:t>
+      </w:r>
       <w:r w:rsidRPr="0003328C">
-        <w:t xml:space="preserve">PowerPoint: .ppt, .pptx, .pptm, .pot, .potx, .potm </w:t>
+        <w:t xml:space="preserve"> .ppt, .pptx, .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>pptm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>, .pot, .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>potx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>, .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t>potm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003328C">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="233D4682" w14:textId="40CE4828" w:rsidR="0003328C" w:rsidRDefault="0003328C" w:rsidP="00047E75">
+    <w:p w14:paraId="365FC2C0" w14:textId="77777777" w:rsidR="009342A0" w:rsidRDefault="009342A0" w:rsidP="009342A0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="40"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EA2F94">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Portable Document Format:</w:t>
+      </w:r>
       <w:r w:rsidRPr="0003328C">
-        <w:t>Portable Document Format: .pdf</w:t>
+        <w:t xml:space="preserve"> .pdf</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23CB7B0C" w14:textId="02D4E10D" w:rsidR="0003328C" w:rsidRDefault="0003328C" w:rsidP="00047E75">
+    <w:p w14:paraId="12BF1E76" w14:textId="261882F5" w:rsidR="009342A0" w:rsidRDefault="00EA2F94" w:rsidP="009342A0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="40"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Many other formats not listed here</w:t>
+        <w:t>Additional</w:t>
+      </w:r>
+      <w:r w:rsidR="009342A0">
+        <w:t xml:space="preserve"> formats not listed </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="305D2F4C" w14:textId="138F46F6" w:rsidR="00ED1680" w:rsidRDefault="00ED1680" w:rsidP="00ED1680">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00ED1680">
+    <w:p w14:paraId="68ABA02E" w14:textId="0E907C04" w:rsidR="00A12EB3" w:rsidRDefault="001927B4" w:rsidP="009342A0">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="_Toc213668310"/>
+      <w:r w:rsidRPr="001927B4">
         <w:t>Category D: Accessibility Training Services</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="79"/>
     </w:p>
-    <w:p w14:paraId="5C73D083" w14:textId="5A8E7A37" w:rsidR="00D6459B" w:rsidRDefault="00ED1680" w:rsidP="00ED1680">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5867449C" w14:textId="4B28C4FE" w:rsidR="00970993" w:rsidRDefault="00765E3F" w:rsidP="00970993">
       <w:r>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="26F37AD4" w14:textId="77777777" w:rsidR="00D6459B" w:rsidRDefault="00D6459B">
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="002B08A1">
+        <w:t>c</w:t>
+      </w:r>
       <w:r>
-        <w:br w:type="page"/>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>ategory covers s</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00ED1680">
+        <w:t xml:space="preserve">ervices to train technical, management, and general staff in accessibility requirements and techniques. Training options include in-person and remote sessions </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2288">
+        <w:t xml:space="preserve">such as </w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00ED1680">
+        <w:t>webinars</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2288">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00ED1680">
+        <w:t>distance learning</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2288">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00ED1680">
+        <w:t xml:space="preserve"> and services to create and provide custom courses for specific needs. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5666D">
+        <w:t>Refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="001E764B">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00ED1680">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00F5666D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>Vendor Attachments</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00ED1680">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D61B0C">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00ED1680">
+        <w:t xml:space="preserve"> COMMBUYS for </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1420A">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00ED1680">
+        <w:t xml:space="preserve">ourse </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1420A">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00ED1680">
+        <w:t xml:space="preserve">ffering spreadsheets, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76ADF">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00ED1680">
+        <w:t xml:space="preserve">ourse </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76ADF">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00ED1680">
+        <w:t>atalogs, and custom training service descriptions and rates</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10224FB1" w14:textId="7177F632" w:rsidR="00970993" w:rsidRPr="007A73A2" w:rsidRDefault="00CC2231" w:rsidP="00970993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1680">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Predefined Courses</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00877D6A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t xml:space="preserve">Vendors have listed </w:t>
+      </w:r>
+      <w:r w:rsidR="007C17C9">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t xml:space="preserve">redefined </w:t>
+      </w:r>
+      <w:r w:rsidR="007C17C9">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t xml:space="preserve">ourses that can be purchased by seat or class on the </w:t>
+      </w:r>
+      <w:r w:rsidR="000836A1">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t xml:space="preserve">ourse </w:t>
+      </w:r>
+      <w:r w:rsidR="000836A1">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t>ffering spreadsheet. The spreadsheet includes the course title, course duration, delivery method, maximum class size, target population, course objectives, cost per course, and course cancellation policy. Cost information can be</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t xml:space="preserve">considered a "quote" for procurement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t>purposes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t xml:space="preserve"> and a </w:t>
+      </w:r>
+      <w:r w:rsidR="006A122B">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t xml:space="preserve">urchase </w:t>
+      </w:r>
+      <w:r w:rsidR="006A122B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t xml:space="preserve">rder form may be used in lieu of the SOW </w:t>
+      </w:r>
+      <w:r w:rsidR="00655376">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t xml:space="preserve">emplate. Contract users should confirm vendor availability prior to issuing a </w:t>
+      </w:r>
+      <w:r w:rsidR="00655376">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t xml:space="preserve">urchase </w:t>
+      </w:r>
+      <w:r w:rsidR="00655376">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t>rder. Vendors have also provided a course catalog that includes a course description for each course listed in the spreadsheet.</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3951B4EB" w14:textId="3A7732F2" w:rsidR="00970993" w:rsidRDefault="00CC2231" w:rsidP="00970993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00877D6A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Custom Training Services</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="68" w:name="_Toc201925143"/>
       <w:r>
-        <w:t>Category E: Multimedia Transcription, Captioning, Descriptive Services, and ASL Video Production</w:t>
-[...18 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>Transcription and Captioning Services</w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00877D6A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0026354E">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t xml:space="preserve">ustom </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA71AD">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t xml:space="preserve">raining </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA71AD">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00970993" w:rsidRPr="00877D6A">
+        <w:t>ervices cover activities including but not limited to curriculum development, customization of predefined courses, development of course materials, development of electronic on-demand courses, and classroom delivery of custom courses. Procurement of custom training services requires a Request for Quote and Statement of Work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="453F6826" w14:textId="71543055" w:rsidR="00A35B59" w:rsidRDefault="00A639A3" w:rsidP="007A73A2">
+    <w:p w14:paraId="5440E392" w14:textId="35792E53" w:rsidR="00970993" w:rsidRDefault="00C13516" w:rsidP="00970993">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="_Toc213668311"/>
+      <w:r w:rsidRPr="00C13516">
+        <w:lastRenderedPageBreak/>
+        <w:t>Category E: Multimedia Transcription, Captioning, Descriptive Services, and ASL Video Production</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="80"/>
+    </w:p>
+    <w:p w14:paraId="2F80268D" w14:textId="60DA2909" w:rsidR="009B0AAD" w:rsidRDefault="00571041" w:rsidP="009B0AAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A639A3">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
+        <w:t>This category covers p</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0AAD" w:rsidRPr="00A35B59">
+        <w:t>roduction of transcripts, closed or open captions, video description,</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0AAD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A639A3">
-        <w:t>media, accuracy percentage guarantee, formats supported for media and deliverables, number of formats included in the deliverables, the cost to supply additional format(s), and the languages they can transcribe.</w:t>
+      <w:r w:rsidR="004D7F6E">
+        <w:t>American Sign Language (</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0AAD">
+        <w:t>ASL</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7F6E">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0AAD">
+        <w:t xml:space="preserve"> video production,</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0AAD" w:rsidRPr="00A35B59">
+        <w:t xml:space="preserve"> and related services for audio or video content in a variety of commonly used formats. This </w:t>
+      </w:r>
+      <w:r w:rsidR="002B08A1">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0AAD" w:rsidRPr="00A35B59">
+        <w:t xml:space="preserve">ategory is further divided into three </w:t>
+      </w:r>
+      <w:r w:rsidR="00F44131">
+        <w:t xml:space="preserve">(3) </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0AAD" w:rsidRPr="00A35B59">
+        <w:t xml:space="preserve">subcategories as </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1D34">
+        <w:t>follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0580B623" w14:textId="77777777" w:rsidR="00A639A3" w:rsidRDefault="00A639A3" w:rsidP="00047E75">
+    <w:p w14:paraId="16332CA2" w14:textId="77777777" w:rsidR="00DD1D34" w:rsidRDefault="00DD1D34" w:rsidP="009B0AAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F0E0DC2" w14:textId="07A6271C" w:rsidR="009B0AAD" w:rsidRDefault="009B0AAD" w:rsidP="00C06FA6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="42"/>
         </w:numPr>
-      </w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24FE3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Transcription and Captioning Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24FE3" w:rsidRPr="00F24FE3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A639A3">
-        <w:t xml:space="preserve">Pricing is based on a single media file. </w:t>
+        <w:t xml:space="preserve">Vendors have listed their </w:t>
+      </w:r>
+      <w:r w:rsidR="0027497B">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A639A3">
+        <w:t xml:space="preserve">ranscription and </w:t>
+      </w:r>
+      <w:r w:rsidR="0066084D">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A639A3">
+        <w:t xml:space="preserve">aptioning </w:t>
+      </w:r>
+      <w:r w:rsidR="0066084D">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A639A3">
+        <w:t>ervices offerings on the Transcription and Captioning Offering spreadsheet. The spreadsheet includes turn-around time, price per playing-time minute of supplied</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A639A3">
+        <w:t>media, accuracy percentage guarantee, formats supported for media and deliverables, number of formats included in the deliverables, the cost to supply additional format(s), and the languages they can transcribe.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52342">
+        <w:t xml:space="preserve"> Please refer to the following guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F62185" w14:textId="77777777" w:rsidR="00A639A3" w:rsidRDefault="00A639A3" w:rsidP="00047E75">
+    <w:p w14:paraId="1932A219" w14:textId="77777777" w:rsidR="009B0AAD" w:rsidRDefault="009B0AAD" w:rsidP="001476E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="44"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A639A3">
-        <w:t xml:space="preserve">"Playing-time minutes" is the length of time it takes to play the media in its native format, rounded up to the next whole minute. For instance, a video that plays in 3 minutes and 10 seconds is considered to have a playing-time of 4 minutes. </w:t>
+        <w:t xml:space="preserve">Pricing is based on a single media file. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0516AAD2" w14:textId="169702C6" w:rsidR="00A639A3" w:rsidRDefault="00A639A3" w:rsidP="00047E75">
+    <w:p w14:paraId="46814BA9" w14:textId="77777777" w:rsidR="009B0AAD" w:rsidRDefault="009B0AAD" w:rsidP="001476E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A639A3">
+        <w:t xml:space="preserve">"Playing-time minutes" is the length of time it takes to play the media in its native format, rounded up to the next whole minute. For instance, a video that plays in 3 minutes and 10 seconds is considered to have a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A639A3">
+        <w:t>playing-time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A639A3">
+        <w:t xml:space="preserve"> of 4 minutes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69405D2C" w14:textId="77777777" w:rsidR="009B0AAD" w:rsidRDefault="009B0AAD" w:rsidP="001476E8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A639A3">
         <w:t>"Turn-around time" is based on normal business hours—non-holiday weekdays from 8:45 a.m. ET to 5:00 p.m. ET—unless vendors indicate otherwise</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2832EE66" w14:textId="7BEE83E8" w:rsidR="00DE1803" w:rsidRDefault="00DE1803" w:rsidP="00DE1803">
+    <w:p w14:paraId="3BF7122D" w14:textId="77777777" w:rsidR="00AA0D5B" w:rsidRDefault="009B0AAD" w:rsidP="001476E8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DE1803">
-        <w:lastRenderedPageBreak/>
-        <w:t>Cost information in the spreadsheet can be considered a "quote" for procurement purposes. A Purchase Order form may be used in lieu of the SOW Template if the work is not complex, is under $500.00, and is for a short duration. Contract users should confirm vendor availability prior to issuing a Purchase Order.</w:t>
+        <w:t xml:space="preserve">Cost information in the spreadsheet can be considered a "quote" for procurement purposes. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13839FF0" w14:textId="68203153" w:rsidR="00DE1803" w:rsidRDefault="00E679CF" w:rsidP="00DE1803">
-      <w:pPr>
+    <w:p w14:paraId="65434576" w14:textId="366E68A1" w:rsidR="009B0AAD" w:rsidRDefault="009B0AAD" w:rsidP="001476E8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1803">
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0D5B">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1803">
+        <w:t xml:space="preserve">urchase </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0D5B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1803">
+        <w:t xml:space="preserve">rder form may be used in lieu of the SOW </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52342">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1803">
+        <w:t xml:space="preserve">emplate if the work is not complex, is under $500.00, and is for a short duration. Contract users should confirm vendor availability prior to issuing a </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0D5B">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1803">
+        <w:t xml:space="preserve">urchase </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0D5B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1803">
+        <w:t>rder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27874005" w14:textId="4A1ADA9B" w:rsidR="009B0AAD" w:rsidRDefault="009B0AAD" w:rsidP="00032440">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E7918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E679CF">
+        <w:t>Video Description Services</w:t>
+      </w:r>
+      <w:r w:rsidR="0016033F" w:rsidRPr="008E7918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Video Description Services</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E679CF">
+        <w:t xml:space="preserve">Services for providing descriptions of key visual information presented in provided video content, including but not limited to production of text descriptions, with or without timing, and audio tracks to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E679CF">
+        <w:lastRenderedPageBreak/>
+        <w:t>replace or supplement existing audio. Procurement of video description services requires a Request for Quote and Statement of Work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10DDD73F" w14:textId="56D87434" w:rsidR="00E679CF" w:rsidRDefault="00E679CF" w:rsidP="00DE1803">
-[...5 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="11F9B05C" w14:textId="2A4149DA" w:rsidR="009B0AAD" w:rsidRDefault="009B0AAD" w:rsidP="00F56099">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E7918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C602F8">
+        <w:t>ASL Video Production</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7918" w:rsidRPr="008E7918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>ASL Video Production</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016710E">
+        <w:t>Services for providing prerecorded ASL videos. Content may or may not include audio tracks and picture-in-picture (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016710E">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7E27">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016710E">
+        <w:t>P</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016710E">
+        <w:t>) formatting. Live ASL interpreting is not included here or elsewhere on ITS82. Entities eligible to use</w:t>
+      </w:r>
+      <w:r w:rsidR="00591792">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00591792" w:rsidRPr="00591792">
+        <w:t>MCD10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016710E">
+        <w:t xml:space="preserve"> or its successors may find ASL interpreter services there.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60C047F5" w14:textId="7202DDD3" w:rsidR="00C602F8" w:rsidRDefault="00A57950" w:rsidP="00DE1803">
-[...8 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="2CF78A44" w14:textId="5A3F1EAB" w:rsidR="009B0AAD" w:rsidRDefault="00A94E6C" w:rsidP="009B0AAD">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="_Toc213668312"/>
+      <w:r w:rsidRPr="00A94E6C">
+        <w:t>Category F: IT Hardware Accessibility Audit Services</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="81"/>
     </w:p>
-    <w:p w14:paraId="4BE41E6D" w14:textId="34B7A178" w:rsidR="0059327C" w:rsidRDefault="0059327C" w:rsidP="002827D7">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="69" w:name="_Toc201925144"/>
+    <w:p w14:paraId="3A631F8B" w14:textId="0DA9E6CE" w:rsidR="00E730FD" w:rsidRPr="00E730FD" w:rsidRDefault="00E730FD" w:rsidP="00E730FD">
+      <w:r w:rsidRPr="00E730FD">
+        <w:t>This category encompasses comprehensive, third-party accessibility assessments for various</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6330">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6330" w:rsidRPr="00297946">
+        <w:t>Information and Communications Technology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E730FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6330">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E730FD">
+        <w:t>ICT</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6330">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E730FD">
+        <w:t xml:space="preserve"> hardware products. Evaluated items include, but are not limited to, self-service kiosks, copiers and other office equipment, take-home medical devices (of an IT nature), electronic displays, monitors, and access control systems</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5B69">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2949">
+        <w:t xml:space="preserve"> The objective is </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2949" w:rsidRPr="005F2949">
+        <w:t>to identify and mitigate potential barriers for users with sensory, physical, learning, and other disabilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31DF61F9" w14:textId="640BFF78" w:rsidR="006456F7" w:rsidRDefault="006456F7" w:rsidP="00DE596E">
+      <w:r w:rsidRPr="006456F7">
+        <w:t>Purchasing Entities will specify exactly what needs to be tested for compliance</w:t>
+      </w:r>
+      <w:r w:rsidR="00A67633">
+        <w:t>, such as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006456F7">
+        <w:t xml:space="preserve"> specific hardware or locations</w:t>
+      </w:r>
+      <w:r w:rsidR="00A67633">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006456F7">
+        <w:t xml:space="preserve"> and provide vendors with the required credentials and access</w:t>
+      </w:r>
+      <w:r w:rsidR="00A67633">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F3BC6F" w14:textId="116458F5" w:rsidR="00DE596E" w:rsidRPr="002827D7" w:rsidRDefault="00D846CE" w:rsidP="00DE596E">
       <w:r>
-        <w:t>Category F: IT Hardware</w:t>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="69"/>
+        <w:t>Vendors</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE596E" w:rsidRPr="00047E75">
+        <w:t xml:space="preserve"> will identify potential barriers for users with sensory, physical, learning and other disabilities, based on the requirements of the Accessibility Standards, and provide a written report of their findings to the Purchasing Entity.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="145EF736" w14:textId="6075DDAD" w:rsidR="003440BC" w:rsidRDefault="003440BC" w:rsidP="003440BC">
-[...41 lines deleted...]
-      <w:pgMar w:top="1530" w:right="1080" w:bottom="1080" w:left="1260" w:header="864" w:footer="360" w:gutter="0"/>
+    <w:p w14:paraId="06FB3957" w14:textId="77777777" w:rsidR="00A94E6C" w:rsidRPr="00A94E6C" w:rsidRDefault="00A94E6C" w:rsidP="00A94E6C"/>
+    <w:p w14:paraId="77E3957F" w14:textId="77777777" w:rsidR="00C13516" w:rsidRPr="00C13516" w:rsidRDefault="00C13516" w:rsidP="00C13516"/>
+    <w:sectPr w:rsidR="00C13516" w:rsidRPr="00C13516" w:rsidSect="008A4943">
+      <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6118B9E3" w14:textId="77777777" w:rsidR="00881B98" w:rsidRDefault="00881B98" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="41BF2C50" w14:textId="77777777" w:rsidR="00495BDF" w:rsidRDefault="00495BDF" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CA01960" w14:textId="77777777" w:rsidR="00881B98" w:rsidRDefault="00881B98"/>
+    <w:p w14:paraId="5E13C5DD" w14:textId="77777777" w:rsidR="00495BDF" w:rsidRDefault="00495BDF"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F3DCC43" w14:textId="77777777" w:rsidR="00881B98" w:rsidRDefault="00881B98" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="3F96B645" w14:textId="77777777" w:rsidR="00495BDF" w:rsidRDefault="00495BDF" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40D1ECB3" w14:textId="77777777" w:rsidR="00881B98" w:rsidRDefault="00881B98"/>
+    <w:p w14:paraId="13DB4ED5" w14:textId="77777777" w:rsidR="00495BDF" w:rsidRDefault="00495BDF"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4DA71B6B" w14:textId="77777777" w:rsidR="00881B98" w:rsidRDefault="00881B98">
+    <w:p w14:paraId="4F185F24" w14:textId="77777777" w:rsidR="00495BDF" w:rsidRDefault="00495BDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6406EE7E" w14:textId="2015784C" w:rsidR="00B85E2F" w:rsidRPr="00621EE2" w:rsidRDefault="00B85E2F" w:rsidP="00B85E2F">
+  <w:p w14:paraId="3D1D0FA7" w14:textId="77777777" w:rsidR="00836826" w:rsidRDefault="00836826" w:rsidP="00FF756C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="29EFE2C8" w14:textId="023EC520" w:rsidR="00B564C1" w:rsidRPr="00621EE2" w:rsidRDefault="00B564C1" w:rsidP="00FF756C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00E365B8">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Note: </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">NOTE: </w:t>
+      <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
+    <w:r w:rsidRPr="00550E35">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>mass.gov/</w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00550E35">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>osd</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
-[...13 lines deleted...]
-      </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="78F8526E" w14:textId="5508398B" w:rsidR="00B85E2F" w:rsidRDefault="005875DD" w:rsidP="00B85E2F">
+  <w:p w14:paraId="72DBEBE5" w14:textId="5654A5B1" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>U</w:t>
+      <w:tab/>
+      <w:t>Template Version: 9.0</w:t>
     </w:r>
-    <w:r w:rsidR="0081067A" w:rsidRPr="00222273">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>pdated:</w:t>
+      <w:tab/>
+      <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidR="00A16309" w:rsidRPr="00FC288C">
-[...6 lines deleted...]
-    <w:r w:rsidR="009E3A45">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>July 1</w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="002D53CC">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidR="009E3A45">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>, 2025</w:t>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B85E2F">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:tab/>
-      <w:t xml:space="preserve">Template </w:t>
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="00C70F3C">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>V</w:t>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00B85E2F">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">ersion: </w:t>
+      <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="009E3A45">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00B85E2F">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>.0</w:t>
+      <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
-    <w:r w:rsidR="00B85E2F">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:tab/>
-      <w:t xml:space="preserve">Page </w:t>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B85E2F" w:rsidRPr="000D2433">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
+      <w:t>25</w:t>
     </w:r>
-    <w:r w:rsidR="00B85E2F" w:rsidRPr="000D2433">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> PAGE </w:instrText>
-[...70 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="339F6026" w14:textId="26459809" w:rsidR="00B85E2F" w:rsidRPr="003E118F" w:rsidRDefault="4C2A9F3F" w:rsidP="4C2A9F3F">
+  <w:p w14:paraId="79F596D7" w14:textId="77777777" w:rsidR="00B564C1" w:rsidRPr="003E118F" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="1815"/>
         <w:tab w:val="center" w:pos="4968"/>
         <w:tab w:val="right" w:pos="9990"/>
       </w:tabs>
       <w:ind w:left="-1440" w:right="-1440"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -15841,95 +18571,599 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>608</w:t>
     </w:r>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Boston, MA, 02108-1552</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="043864AE" w14:textId="77777777" w:rsidR="00B85E2F" w:rsidRPr="003E118F" w:rsidRDefault="00B85E2F" w:rsidP="003E118F">
+  <w:p w14:paraId="5DA8B09D" w14:textId="77777777" w:rsidR="00B564C1" w:rsidRPr="003E118F" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Tel: (617) 720 - 3300 | </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidRPr="003E118F">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>| TDD: (617) 727 - 2716 | Twitter: @Mass_OSD | Fax: (617) 727 - 4527</w:t>
+      <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="027B16A5" w14:textId="77777777" w:rsidR="00B85E2F" w:rsidRDefault="00B85E2F">
+  <w:p w14:paraId="2B8C5047" w14:textId="77777777" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47206A98" wp14:editId="41A61AF8">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A21D9F" wp14:editId="5D574E5A">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9705975</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7772400" cy="352425"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1730328604" name="Group 1730328604">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr>
+                      <a:grpSpLocks/>
+                    </wpg:cNvGrpSpPr>
+                    <wpg:grpSpPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7772400" cy="352425"/>
+                        <a:chOff x="0" y="15285"/>
+                        <a:chExt cx="12240" cy="555"/>
+                      </a:xfrm>
+                    </wpg:grpSpPr>
+                    <wps:wsp>
+                      <wps:cNvPr id="1339229573" name="Rectangle 6"/>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="15285"/>
+                          <a:ext cx="12240" cy="149"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="EFB935"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                    <wps:wsp>
+                      <wps:cNvPr id="311132120" name="Rectangle 7"/>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="15433"/>
+                          <a:ext cx="12240" cy="407"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="2E3791"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </wpg:wgp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:group w14:anchorId="34B35595" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+              <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
+              <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:group>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="10938" w:type="dxa"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3646"/>
+      <w:gridCol w:w="3646"/>
+      <w:gridCol w:w="3646"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="4C2A9F3F" w14:paraId="171CABCA" w14:textId="77777777" w:rsidTr="00B84519">
+      <w:trPr>
+        <w:trHeight w:val="198"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3646" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="408117BB" w14:textId="3795C989" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="00B84519">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3646" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="11AE3D1B" w14:textId="5609ABA8" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="4C2A9F3F">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3646" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="3098181F" w14:textId="78E03542" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="4C2A9F3F">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="78B34D08" w14:textId="6410B732" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="4C2A9F3F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="10254724" w14:textId="77777777" w:rsidR="00B84519" w:rsidRDefault="00B84519"/>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3FD0D681" w14:textId="3F286BCE" w:rsidR="00DC6031" w:rsidRPr="00621EE2" w:rsidRDefault="00DC6031" w:rsidP="007D42CF">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00E365B8">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>N</w:t>
+    </w:r>
+    <w:r w:rsidR="00E365B8" w:rsidRPr="00E365B8">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>ote</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00E365B8">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">: </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00621EE2">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00550E35">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>mass.gov/</w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00550E35">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>osd</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00621EE2">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="49C1DFAA" w14:textId="2E4E342D" w:rsidR="00DC6031" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>Template Version: 9.0</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve">Page </w:t>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>10</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>27</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="2DAE5D91" w14:textId="77777777" w:rsidR="00DC6031" w:rsidRPr="003E118F" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="1815"/>
+        <w:tab w:val="center" w:pos="4968"/>
+        <w:tab w:val="right" w:pos="9990"/>
+      </w:tabs>
+      <w:ind w:left="-1440" w:right="-1440"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="003E118F">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="2E368F"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">One Ashburton Place, </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="2E368F"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Room</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003E118F">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="2E368F"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="2E368F"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>608</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003E118F">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="2E368F"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Boston, MA, 02108-1552</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1548513B" w14:textId="0CBC9DAC" w:rsidR="00DC6031" w:rsidRPr="003E118F" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="003E118F">
+      <w:rPr>
+        <w:color w:val="2E368F"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Tel: (617) 720 - 3300 | </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1">
+      <w:r w:rsidRPr="003E118F">
+        <w:rPr>
+          <w:color w:val="2E368F"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">www.mass.gov/osd </w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidRPr="003E118F">
+      <w:rPr>
+        <w:color w:val="2E368F"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="79A39E2A" w14:textId="661D822B" w:rsidR="00AC1E9E" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="708ECDEC" wp14:editId="317ECAF3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9705975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7772400" cy="352425"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="26" name="Group 26">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr>
                       <a:grpSpLocks/>
@@ -16006,266 +19240,214 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="2C0B09DE" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251658240;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="6D20854F" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRDefault="0019409E"/>
+  <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="14584" w:type="dxa"/>
+      <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
-      <w:gridCol w:w="3646"/>
     </w:tblGrid>
-    <w:tr w:rsidR="002D53CC" w14:paraId="171CABCA" w14:textId="77777777" w:rsidTr="002D53CC">
+    <w:tr w:rsidR="005851F6" w14:paraId="488F74A0" w14:textId="77777777" w:rsidTr="00B84519">
       <w:trPr>
         <w:trHeight w:val="198"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3646" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="408117BB" w14:textId="1C00A9DA" w:rsidR="002D53CC" w:rsidRDefault="002D53CC" w:rsidP="00B84519">
+        <w:p w14:paraId="29E06CA7" w14:textId="1C6F2329" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00B84519">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3646" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="392600DA" w14:textId="77777777" w:rsidR="002D53CC" w:rsidRDefault="002D53CC" w:rsidP="4C2A9F3F">
+        <w:p w14:paraId="21B50F06" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3646" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="11AE3D1B" w14:textId="22DDFC55" w:rsidR="002D53CC" w:rsidRDefault="002D53CC" w:rsidP="4C2A9F3F">
-[...10 lines deleted...]
-        <w:p w14:paraId="3098181F" w14:textId="78E03542" w:rsidR="002D53CC" w:rsidRDefault="002D53CC" w:rsidP="4C2A9F3F">
+        <w:p w14:paraId="3A0E102E" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="775942F8" w14:textId="77777777" w:rsidR="00B84519" w:rsidRPr="00621EE2" w:rsidRDefault="00B84519" w:rsidP="00B84519">
+  <w:p w14:paraId="4279F5A4" w14:textId="4BD2EE78" w:rsidR="005851F6" w:rsidRPr="00621EE2" w:rsidRDefault="005851F6" w:rsidP="00FF756C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00ED4906">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>N</w:t>
+    </w:r>
+    <w:r w:rsidR="008105B0" w:rsidRPr="00ED4906">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>ote</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00ED4906">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>:</w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">NOTE: </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/osd</w:t>
+      <w:t>mass.gov/</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00550E35">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>osd</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="07400D7F" w14:textId="6A404AB1" w:rsidR="00B84519" w:rsidRDefault="00B84519" w:rsidP="00B84519">
+  <w:p w14:paraId="5BD17469" w14:textId="33A3C3CC" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>U</w:t>
-[...46 lines deleted...]
-      </w:rPr>
       <w:tab/>
-      <w:t xml:space="preserve">Template </w:t>
-[...31 lines deleted...]
-      <w:t>.0</w:t>
+      <w:t>Template Version: 9.0</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -16321,51 +19503,51 @@
     <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>23</w:t>
     </w:r>
     <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3F5275F6" w14:textId="77777777" w:rsidR="00B84519" w:rsidRPr="003E118F" w:rsidRDefault="00B84519" w:rsidP="00B84519">
+  <w:p w14:paraId="0D6BC633" w14:textId="77777777" w:rsidR="005851F6" w:rsidRPr="003E118F" w:rsidRDefault="005851F6" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="1815"/>
         <w:tab w:val="center" w:pos="4968"/>
         <w:tab w:val="right" w:pos="9990"/>
       </w:tabs>
       <w:ind w:left="-1440" w:right="-1440"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -16390,704 +19572,393 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>608</w:t>
     </w:r>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Boston, MA, 02108-1552</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="59843A61" w14:textId="77777777" w:rsidR="00B84519" w:rsidRPr="003E118F" w:rsidRDefault="00B84519" w:rsidP="00B84519">
+  <w:p w14:paraId="7A9F5523" w14:textId="2EE15038" w:rsidR="005851F6" w:rsidRPr="003E118F" w:rsidRDefault="005851F6" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Tel: (617) 720 - 3300 | </w:t>
+      <w:t xml:space="preserve">Tel: (617) 720 -3300 | </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidRPr="003E118F">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>| TDD: (617) 727 - 2716 | Twitter: @Mass_OSD | Fax: (617) 727 - 4527</w:t>
+      <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="78B34D08" w14:textId="6410B732" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="4C2A9F3F">
+  <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="10254724" w14:textId="77777777" w:rsidR="00B84519" w:rsidRDefault="00B84519"/>
-[...355 lines deleted...]
-  </w:p>
+  <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="508CFBE3" w14:textId="77777777" w:rsidR="00881B98" w:rsidRDefault="00881B98" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="4CB57386" w14:textId="77777777" w:rsidR="00495BDF" w:rsidRDefault="00495BDF" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BA81EC3" w14:textId="77777777" w:rsidR="00881B98" w:rsidRDefault="00881B98"/>
+    <w:p w14:paraId="681DA7E1" w14:textId="77777777" w:rsidR="00495BDF" w:rsidRDefault="00495BDF"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FE1F5A5" w14:textId="77777777" w:rsidR="00881B98" w:rsidRDefault="00881B98" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="2556FB33" w14:textId="77777777" w:rsidR="00495BDF" w:rsidRDefault="00495BDF" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A996D5E" w14:textId="77777777" w:rsidR="00881B98" w:rsidRDefault="00881B98"/>
+    <w:p w14:paraId="14EFAA4C" w14:textId="77777777" w:rsidR="00495BDF" w:rsidRDefault="00495BDF"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0FCC736B" w14:textId="77777777" w:rsidR="00881B98" w:rsidRDefault="00881B98">
+    <w:p w14:paraId="3EDD1C29" w14:textId="77777777" w:rsidR="00495BDF" w:rsidRDefault="00495BDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="214DB4F6" w14:textId="3AB9A070" w:rsidR="008131D4" w:rsidRDefault="008131D4">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008131D4">
+        <w:t>Note that COMMBUYS is the official system of record for vendor contact information.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="471DC326" w14:textId="178A2018" w:rsidR="00B32BD9" w:rsidRDefault="00B32BD9">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32BD9">
+        <w:t>The Master Contract Record Master Blanket Purchase Order (MBPO) is the central repository for all common contract files. The price files may be found in the individual vendor’s MBPO.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="369F49D2" w14:textId="6ABEB1C0" w:rsidR="00B32BD9" w:rsidRDefault="00B32BD9">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32BD9">
+        <w:t>The Solicitation-Enabled MBPO is for multiple quote requests and price comparison.</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7A9B9F4D" w14:textId="488F56C6" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00886F53" w:rsidP="007A023C">
+  <w:p w14:paraId="7A9B9F4D" w14:textId="519FEDEC" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00196519" w:rsidP="007A023C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D02B79">
+    <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="32"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C527650" wp14:editId="35D49D6F">
-          <wp:extent cx="1837690" cy="767194"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F7762ED" wp14:editId="0A92E902">
+          <wp:extent cx="2682060" cy="804672"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1469352021" name="Picture 1469352021" descr="Operational Services Division Logo" title="OSD Logo"/>
+          <wp:docPr id="1372931080" name="Picture 5" descr="Operational Services Division Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPr id="1372931080" name="Picture 5" descr="Operational Services Division Logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1846741" cy="770973"/>
+                    <a:ext cx="2694746" cy="808478"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00886F53">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6BE6E74D" wp14:editId="40392326">
-[...1 lines deleted...]
-              <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6BE6E74D" wp14:editId="488C838F">
+              <wp:extent cx="3964356" cy="821944"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:docPr id="2" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4711700" cy="1041400"/>
+                        <a:ext cx="3964356" cy="821944"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="7E0367E2" w14:textId="443EE4CE" w:rsidR="00913691" w:rsidRPr="005D4B8A" w:rsidRDefault="00322B78" w:rsidP="00913691">
+                        <w:p w14:paraId="7E0367E2" w14:textId="6EBC3091" w:rsidR="00913691" w:rsidRPr="005D4B8A" w:rsidRDefault="001473EF" w:rsidP="00913691">
                           <w:pPr>
                             <w:ind w:right="-50"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
-                            <w:t>ITS82</w:t>
-[...6 lines deleted...]
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve">ITS82 </w:t>
                           </w:r>
                           <w:r w:rsidR="00913691">
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                             <w:t>Contract User Guide</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="28DB629A" w14:textId="7274984B" w:rsidR="00886F53" w:rsidRPr="005D4B8A" w:rsidRDefault="00886F53" w:rsidP="00057CE6">
                           <w:pPr>
                             <w:ind w:right="-50"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6BE6E74D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:371pt;height:82pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8c4JJCwIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mqlG5R02l0FCGN&#10;gTT4AY7jNBa2z9huk/HrOTtZV+AN4QfL5zt/d/fd583NqBU5CeclmJoWi5wSYTi00hxq+u3r/s0V&#10;JT4w0zIFRtT0SXh6s339ajPYSiyhB9UKRxDE+GqwNe1DsFWWed4LzfwCrDDo7MBpFtB0h6x1bEB0&#10;rbJlnr/NBnCtdcCF93h7NznpNuF3neDhc9d5EYiqKdYW0u7S3sQ9225YdXDM9pLPZbB/qEIzaTDp&#10;GeqOBUaOTv4FpSV34KELCw46g66TXKQesJsi/6Obx55ZkXpBcrw90+T/Hyx/OD3aL46E8R2MOMDU&#10;hLf3wL97YmDXM3MQt87B0AvWYuIiUpYN1lfz00i1r3wEaYZP0OKQ2TFAAho7pyMr2CdBdBzA05l0&#10;MQbC8bJcF8U6RxdHX5GXRYlGzMGq5+fW+fBBgCbxUFOHU03w7HTvwxT6HBKzeVCy3UulkuEOzU45&#10;cmKogH1aM/pvYcqQoabXq+UqIRuI75M4tAyoUCV1Ta/yuCbNRDremzaFBCbVdMailZn5iZRM5ISx&#10;GTEw8tRA+4RMOZiUiD8HDz24n5QMqMKa+h9H5gQl6qNBtq+LsoyyTUa5Wi/RcJee5tLDDEeomgZK&#10;puMuJKlHHgzc4lQ6mfh6qWSuFdWVGJ9/QpTvpZ2iXv7r9hcAAAD//wMAUEsDBBQABgAIAAAAIQAO&#10;sPu22QAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHWoQgIhTgVIIK4t&#10;/YBNvE0i4nUUu0369yxc4LLSaEazb8rN4gZ1oin0ng3crRJQxI23PbcG9p9vtw+gQkS2OHgmA2cK&#10;sKkuL0osrJ95S6ddbJWUcCjQQBfjWGgdmo4chpUficU7+MlhFDm12k44S7kb9DpJMu2wZ/nQ4Uiv&#10;HTVfu6MzcPiYb+4f5/o97vNtmr1gn9f+bMz11fL8BCrSEv/C8IMv6FAJU+2PbIMaDMiQ+HvFy9O1&#10;yFpCWZqArkr9n776BgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHxzgkkLAgAA9wMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAA6w+7bZAAAABQEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" stroked="f">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:312.15pt;height:64.7pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5IHfIDgIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk6wx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7ry8lu2m2vQ3TgyCK1CF5eLS56VvDTgq9Blvw2WTKmbISKm0PBf/+bf/m&#10;mjMfhK2EAasK/qg8v9m+frXpXK7m0ICpFDICsT7vXMGbEFyeZV42qhV+Ak5ZctaArQhk4iGrUHSE&#10;3ppsPp2usg6wcghSeU+3d4OTbxN+XSsZvtS1V4GZglNtIe2Y9jLu2XYj8gMK12g5liH+oYpWaEtJ&#10;z1B3Igh2RP0XVKslgoc6TCS0GdS1lir1QN3Mpn9089AIp1IvRI53Z5r8/4OVn08P7iuy0L+DngaY&#10;mvDuHuQPzyzsGmEP6hYRukaJihLPImVZ53w+Po1U+9xHkLL7BBUNWRwDJKC+xjayQn0yQqcBPJ5J&#10;V31gki6v1qvF1XLFmSTf9Xy2XixSCpE/v3bowwcFLYuHgiMNNaGL070PsRqRP4fEZB6MrvbamGTg&#10;odwZZCdBAtinNaL/FmYs6wq+Xs6XCdlCfJ+00epAAjW6peKmcQ2SiWy8t1UKCUKb4UyVGDvSExkZ&#10;uAl92VNgpKmE6pGIQhiESB+HDg3gL846EmHB/c+jQMWZ+WiJ7PVssYiqTcZi+XZOBl56ykuPsJKg&#10;Ch44G467kJQeebBwS0OpdeLrpZKxVhJXonH8CFG9l3aKevmu2ycAAAD//wMAUEsDBBQABgAIAAAA&#10;IQClyiHv2wAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXYRkVpkadSk&#10;xmtrf8AAUyCys4TdFvrvnXrRy0sm7+W9b/L1bHt1otF3jg08LCJQxJWrO24M7L8298+gfECusXdM&#10;Bs7kYV1cX+WY1W7iLZ12oVFSwj5DA20IQ6a1r1qy6BduIBbv4EaLQc6x0fWIk5TbXsdRlGqLHctC&#10;iwO9t1R9747WwOFzuntaTeVH2C+3SfqG3bJ0Z2Nub+bXF1CB5vAXhgu+oEMhTKU7cu1Vb0AeCb8q&#10;Xhonj6BKCcWrBHSR6//0xQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOSB3yA4CAAD2&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApcoh79sA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="7E0367E2" w14:textId="443EE4CE" w:rsidR="00913691" w:rsidRPr="005D4B8A" w:rsidRDefault="00322B78" w:rsidP="00913691">
+                  <w:p w14:paraId="7E0367E2" w14:textId="6EBC3091" w:rsidR="00913691" w:rsidRPr="005D4B8A" w:rsidRDefault="001473EF" w:rsidP="00913691">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
-                      <w:t>ITS82</w:t>
-[...6 lines deleted...]
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t xml:space="preserve">ITS82 </w:t>
                     </w:r>
                     <w:r w:rsidR="00913691">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t>Contract User Guide</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="28DB629A" w14:textId="7274984B" w:rsidR="00886F53" w:rsidRPr="005D4B8A" w:rsidRDefault="00886F53" w:rsidP="00057CE6">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3F3B35B9" w14:textId="77777777" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00886F53" w:rsidP="009E1FF3">
+  <w:p w14:paraId="3F3B35B9" w14:textId="77777777" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
-      <w:ind w:left="720"/>
+      <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="32"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2010FF60" wp14:editId="4721DC58">
               <wp:extent cx="6995160" cy="0"/>
               <wp:effectExtent l="57150" t="38100" r="53340" b="95250"/>
               <wp:docPr id="4" name="Straight Connector 4" descr="Horizontal Blue Line in the Header" title="Horizontal Blue Line"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
@@ -17098,564 +19969,398 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="370CFEC9" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="0DE56D94" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="65EFE440" w14:textId="77777777" w:rsidR="0019409E" w:rsidRDefault="0019409E"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1020B730" w14:textId="7A34F4A0" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
+  <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00D02B79">
+      <w:rPr>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1AA777EF" w14:textId="6473B901" w:rsidR="00197BB3" w:rsidRPr="00B928AC" w:rsidRDefault="00197BB3" w:rsidP="00822F94">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="10365"/>
+      </w:tabs>
+      <w:ind w:left="-720"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
     <w:r>
       <w:rPr>
+        <w:sz w:val="32"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6EA6ECE6" w14:textId="0DE4A57D" w:rsidR="00DD35D3" w:rsidRDefault="00196519" w:rsidP="00D02B79">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:ind w:left="-720"/>
+      <w:rPr>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="790EE6F8" wp14:editId="4BBFB17A">
-[...2 lines deleted...]
-          <wp:docPr id="1556031782" name="Picture 1556031782" descr="Operational Services Division Logo" title="OSD Logo"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17AD6DAD" wp14:editId="145CB1BA">
+          <wp:extent cx="2682060" cy="804672"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="852510018" name="Picture 5" descr="Operational Services Division Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPr id="852510018" name="Picture 5" descr="Operational Services Division Logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1837944" cy="777240"/>
+                    <a:ext cx="2694746" cy="808478"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00D02B79">
+    <w:r w:rsidR="00DD35D3" w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00DD35D3">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1408790E" wp14:editId="2D19E259">
-[...2 lines deleted...]
-              <wp:docPr id="5" name="Text Box 5"/>
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1597F477" wp14:editId="70905451">
+              <wp:extent cx="3986480" cy="855878"/>
+              <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+              <wp:docPr id="1311369810" name="Text Box 1311369810"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4550735" cy="850789"/>
+                        <a:ext cx="3986480" cy="855878"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="747BED26" w14:textId="63D2D13E" w:rsidR="00886F53" w:rsidRPr="005D4B8A" w:rsidRDefault="00DD00A6">
+                        <w:p w14:paraId="06F7E207" w14:textId="1AA15047" w:rsidR="00DD35D3" w:rsidRPr="00492CC3" w:rsidRDefault="00A60A7E">
                           <w:pPr>
                             <w:ind w:right="-50"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
-                              <w:sz w:val="48"/>
-[...222 lines deleted...]
-                              <w:sz w:val="48"/>
+                              <w:sz w:val="52"/>
+                              <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                             <w:t>ITS82</w:t>
                           </w:r>
                           <w:r w:rsidR="00DD35D3" w:rsidRPr="00256FA6">
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidR="00DD35D3">
+                          <w:r w:rsidR="00DD35D3" w:rsidRPr="00492CC3">
                             <w:rPr>
                               <w:b/>
-                              <w:sz w:val="48"/>
+                              <w:sz w:val="52"/>
+                              <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>Contract User Guide</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="1597F477" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1311369810" o:spid="_x0000_s1028" type="#_x0000_t202" style="width:358.35pt;height:67pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7qNw/EAIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SlYduo6WrpUoS0&#10;XKSFD3Bsp7FwPMZ2m5SvZ+xkuwXeEH6wZjye45kzx5vbodPkJJ1XYCo6n+WUSMNBKHOo6Lev+1cr&#10;SnxgRjANRlb0LD293b58seltKRfQghbSEQQxvuxtRdsQbJllnreyY34GVhoMNuA6FtB1h0w41iN6&#10;p7NFnr/JenDCOuDSezy9H4N0m/CbRvLwuWm8DERXFGsLaXdpr+OebTesPDhmW8WnMtg/VNExZfDR&#10;C9Q9C4wcnfoLqlPcgYcmzDh0GTSN4jL1gN3M8z+6eWyZlakXJMfbC03+/8HyT6dH+8WRMLyFAQeY&#10;mvD2Afh3TwzsWmYO8s456FvJBD48j5RlvfXllBqp9qWPIHX/EQQOmR0DJKChcV1kBfskiI4DOF9I&#10;l0MgHA+XRZHfvC4o4Rhbob1apydY+ZRtnQ/vJXQkGhV1ONSEzk4PPsRqWPl0JT7mQSuxV1onxx3q&#10;nXbkxFAA+7Qm9N+uaUP6iq6LRZGQDcT8pI1OBRSoVh0Wl8c1Siay8c6IdCUwpUcbK9FmoicyMnIT&#10;hnogSlR0EXMjWzWIM/LlYNQj/h80WnA/KelRixX1P47MSUr0B4Ocr+fLZRRvcpbFzQIddx2pryPM&#10;cISqaKBkNHchCT7SYeAOZ9OoRNtzJVPJqLHE5vQfooiv/XTr+ddufwEAAP//AwBQSwMEFAAGAAgA&#10;AAAhAIHJXKXaAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdQolgRCn&#10;AiRQry39gE28TSLidRS7Tfr3LFzgMtJqRjNvi/XsenWiMXSeDSwXCSji2tuOGwP7z/fbR1AhIlvs&#10;PZOBMwVYl5cXBebWT7yl0y42Sko45GigjXHItQ51Sw7Dwg/E4h386DDKOTbajjhJuev1XZKk2mHH&#10;stDiQG8t1V+7ozNw2Ew3D09T9RH32XaVvmKXVf5szPXV/PIMKtIc/8Lwgy/oUApT5Y9sg+oNyCPx&#10;V8XLlmkGqpLQ/SoBXRb6P335DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPuo3D8QAgAA&#10;/QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIHJXKXa&#10;AAAABQEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" stroked="f">
+            <v:shape id="Text Box 1311369810" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:313.9pt;height:67.4pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuRJQEDwIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJktYx4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7ry8lu2m2vQ3TgyCK1CF5eLS+6VvDTgq9Blvy2WTKmbISKm0PJf/+bfcm&#10;58wHYSthwKqSPyrPbzavX607V6g5NGAqhYxArC86V/ImBFdkmZeNaoWfgFOWnDVgKwKZeMgqFB2h&#10;tyabT6dXWQdYOQSpvKfbu8HJNwm/rpUMX+raq8BMyam2kHZM+z7u2WYtigMK12g5liH+oYpWaEtJ&#10;z1B3Igh2RP0XVKslgoc6TCS0GdS1lir1QN3Mpn9089AIp1IvRI53Z5r8/4OVn08P7iuy0L+DngaY&#10;mvDuHuQPzyxsG2EP6hYRukaJihLPImVZ53wxPo1U+8JHkH33CSoasjgGSEB9jW1khfpkhE4DeDyT&#10;rvrAJF2+XeVXi5xcknz5cplf5ymFKJ5fO/Thg4KWxUPJkYaa0MXp3odYjSieQ2IyD0ZXO21MMvCw&#10;3xpkJ0EC2KU1ov8WZizrSr5azpcJ2UJ8n7TR6kACNbql4qZxDZKJbLy3VQoJQpvhTJUYO9ITGRm4&#10;Cf2+Z7oauYts7aF6JL4QBj3S/6FDA/iLs460WHL/8yhQcWY+WuJ8NVssoniTsVhez8nAS8/+0iOs&#10;JKiSB86G4zYkwUc6LNzSbGqdaHupZCyZNJbYHP9DFPGlnaJefu3mCQAA//8DAFBLAwQUAAYACAAA&#10;ACEAUtsajNoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1KCUpIU4F&#10;SCCuLf2ATbxNIuJ1FLtN+vcsXOCy0mhGs2+Kzex6daIxdJ4N3C0SUMS1tx03Bvafb7drUCEiW+w9&#10;k4EzBdiUlxcF5tZPvKXTLjZKSjjkaKCNcci1DnVLDsPCD8TiHfzoMIocG21HnKTc9XqZJKl22LF8&#10;aHGg15bqr93RGTh8TDcPj1P1HvfZdpW+YJdV/mzM9dX8/AQq0hz/wvCDL+hQClPlj2yD6g3IkPh7&#10;xUuXmcyoJHS/WoMuC/2fvvwGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALkSUBA8CAAD9&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUtsajNoA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="06F7E207" w14:textId="33FE8C31" w:rsidR="00DD35D3" w:rsidRPr="005D4B8A" w:rsidRDefault="000C51F7">
+                  <w:p w14:paraId="06F7E207" w14:textId="1AA15047" w:rsidR="00DD35D3" w:rsidRPr="00492CC3" w:rsidRDefault="00A60A7E">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
-                        <w:sz w:val="48"/>
+                        <w:sz w:val="52"/>
+                        <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t>ITS82</w:t>
                     </w:r>
                     <w:r w:rsidR="00DD35D3" w:rsidRPr="00256FA6">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidR="00DD35D3">
+                    <w:r w:rsidR="00DD35D3" w:rsidRPr="00492CC3">
                       <w:rPr>
                         <w:b/>
-                        <w:sz w:val="48"/>
+                        <w:sz w:val="52"/>
+                        <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>Contract User Guide</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="14DB22E7" w14:textId="77777777" w:rsidR="00DD35D3" w:rsidRPr="00D02B79" w:rsidRDefault="00DD35D3" w:rsidP="00197BB3">
+  <w:p w14:paraId="14DB22E7" w14:textId="77777777" w:rsidR="00DD35D3" w:rsidRPr="00D24FD4" w:rsidRDefault="00DD35D3" w:rsidP="00197BB3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
-        <w:sz w:val="32"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="35D6A866" w14:textId="77777777" w:rsidR="00DD35D3" w:rsidRPr="00D02B79" w:rsidRDefault="00DD35D3" w:rsidP="00197BB3">
     <w:pPr>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="32"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2EA25941" wp14:editId="2546CEEF">
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2EA25941" wp14:editId="666B4746">
               <wp:extent cx="6995160" cy="0"/>
               <wp:effectExtent l="57150" t="38100" r="53340" b="95250"/>
-              <wp:docPr id="1684346985" name="Straight Connector 1684346985" descr="Horizontal Blue Line in the Header" title="Horizontal Blue Line"/>
+              <wp:docPr id="1684346985" name="Straight Connector 1684346985">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6995160" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="562F7EC5" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="7D9FE475" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17760,50 +20465,276 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02BA3FE7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="611E0FB0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03BF653B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A2B6BA62"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DD720C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4D87D00"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17872,51 +20803,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F770B89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17929B4E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17985,51 +20916,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="150A483E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="63EA67A8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15B74313"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3FF2A34C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18098,51 +21142,277 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16EA3B33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E95AB000"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C633F77"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0B32C068"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21031777"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB967DAC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18211,51 +21481,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="216839E9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="537E79D8"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21CD5EEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8DF8D188"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18324,51 +21707,390 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23506802"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3004857C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24FA3C0D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EBD0188E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26507846"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CECE36DA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="282A0199"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51024DDA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18410,51 +22132,503 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29F67225"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A2E0D600"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31C80140"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="09D696D4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="339471F1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EA92697E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33CF47DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FBE4EDEE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35DE4A4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62CEF148"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18523,54 +22697,54 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="384A2D16"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37A15BA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2D60067E"/>
+    <w:tmpl w:val="1F682544"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -18636,51 +22810,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="397277A1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3AA89562"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AD955D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7A64708"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18722,51 +23009,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CC06368"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F96AEC8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18835,51 +23122,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41DF511A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="176A88DC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18948,164 +23235,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44B63FCA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DFB494A6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19174,164 +23348,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46C946E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5B08DA62"/>
+    <w:tmpl w:val="642E940E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005">
+    <w:lvl w:ilvl="2" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-[...34 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A08BDDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1CCAF70"/>
     <w:lvl w:ilvl="0" w:tplc="45FE7DFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6178A9CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -19400,54 +23574,167 @@
     <w:lvl w:ilvl="7" w:tplc="6E60C2DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FB9E60F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="524734D3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C1BA9F58"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56F00C37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A19C50A2"/>
+    <w:tmpl w:val="43B02632"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -19513,54 +23800,506 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58271C9F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82660D64"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A843FD8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EDBA9CE8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BA46AA5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2A44B7EA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65EF3B80"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D59C4836"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68393087"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B6AEA06A"/>
+    <w:tmpl w:val="A94A0594"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -19626,164 +24365,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B892E43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1840C08E"/>
+    <w:tmpl w:val="935499B0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CF11D38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50C4FD78"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19852,54 +24591,280 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E2D0135"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="12D28548"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F735184"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EDAC9876"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="731363B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DD0CA1F8"/>
+    <w:tmpl w:val="3834ACB8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
@@ -19965,5856 +24930,7368 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77A83C4D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EC8574E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="797C6029"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6D246856"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A1D6F67"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CBDA050E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C2B5830"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CE0648AA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="542207326">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="222839226">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="103381546">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="984166477">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="896821583">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="883181466">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1254818405">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="896821583">
+  <w:num w:numId="8" w16cid:durableId="1108283029">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1586958684">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="420370952">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1099913566">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="883181466">
+  <w:num w:numId="12" w16cid:durableId="517740112">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1872330189">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="457794394">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="599144571">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1513181071">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="998272191">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="55519776">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="452554056">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="9114506">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1482648705">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1772581419">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1019039246">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1840392131">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="744571837">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1803376375">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1334213503">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="809402103">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="271716133">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1969043051">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1834373909">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1615864254">
+  <w:num w:numId="32" w16cid:durableId="2036497657">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="316691500">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1234394346">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="56634828">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1704012159">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1480149541">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="2004114642">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1254818405">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="39" w16cid:durableId="1627081821">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1108283029">
+  <w:num w:numId="40" w16cid:durableId="988830064">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="496115199">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="559944190">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="103505579">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="1829438410">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="47384606">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1586958684">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="46" w16cid:durableId="313802635">
+    <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="517740112">
-[...35 lines deleted...]
-  <w:numIdMacAtCleanup w:val="22"/>
+  <w:numIdMacAtCleanup w:val="30"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:writeProtection w:recommended="1"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009369A0"/>
     <w:rsid w:val="00000134"/>
+    <w:rsid w:val="0000020E"/>
+    <w:rsid w:val="000004DB"/>
     <w:rsid w:val="00000736"/>
     <w:rsid w:val="000008BD"/>
+    <w:rsid w:val="00000CA6"/>
+    <w:rsid w:val="00000FF2"/>
+    <w:rsid w:val="00001330"/>
     <w:rsid w:val="000013EB"/>
     <w:rsid w:val="000015F4"/>
     <w:rsid w:val="00001B46"/>
+    <w:rsid w:val="00002149"/>
+    <w:rsid w:val="00002213"/>
     <w:rsid w:val="0000281C"/>
+    <w:rsid w:val="00003599"/>
+    <w:rsid w:val="00003B08"/>
+    <w:rsid w:val="00003C5E"/>
+    <w:rsid w:val="00004420"/>
     <w:rsid w:val="0000476F"/>
     <w:rsid w:val="00004AAB"/>
     <w:rsid w:val="000055B6"/>
     <w:rsid w:val="00005B0B"/>
     <w:rsid w:val="00005DDD"/>
+    <w:rsid w:val="0000616D"/>
     <w:rsid w:val="000063D9"/>
     <w:rsid w:val="0000661A"/>
     <w:rsid w:val="000067FD"/>
     <w:rsid w:val="00006867"/>
+    <w:rsid w:val="000069DF"/>
     <w:rsid w:val="00007251"/>
     <w:rsid w:val="000077C2"/>
     <w:rsid w:val="00007EFA"/>
     <w:rsid w:val="0001081E"/>
     <w:rsid w:val="00010C5E"/>
     <w:rsid w:val="00011132"/>
     <w:rsid w:val="000114B0"/>
+    <w:rsid w:val="00011699"/>
     <w:rsid w:val="00011ED4"/>
     <w:rsid w:val="00012CBF"/>
     <w:rsid w:val="00012E9F"/>
+    <w:rsid w:val="00013016"/>
     <w:rsid w:val="000133D1"/>
     <w:rsid w:val="0001472E"/>
     <w:rsid w:val="00014EA3"/>
     <w:rsid w:val="000157ED"/>
+    <w:rsid w:val="00015D0E"/>
     <w:rsid w:val="00015DFD"/>
     <w:rsid w:val="00015EB8"/>
+    <w:rsid w:val="0001620A"/>
     <w:rsid w:val="0001647C"/>
     <w:rsid w:val="000176A7"/>
     <w:rsid w:val="00020269"/>
+    <w:rsid w:val="00020358"/>
     <w:rsid w:val="00020715"/>
     <w:rsid w:val="00020955"/>
     <w:rsid w:val="00020A13"/>
     <w:rsid w:val="000211D7"/>
+    <w:rsid w:val="00021428"/>
     <w:rsid w:val="0002144E"/>
     <w:rsid w:val="000216EB"/>
     <w:rsid w:val="00021FC5"/>
     <w:rsid w:val="00022070"/>
     <w:rsid w:val="000225A8"/>
+    <w:rsid w:val="0002260E"/>
+    <w:rsid w:val="00022C73"/>
     <w:rsid w:val="00023A9B"/>
+    <w:rsid w:val="00023C3C"/>
     <w:rsid w:val="0002451F"/>
     <w:rsid w:val="000245DD"/>
     <w:rsid w:val="00024698"/>
     <w:rsid w:val="00024CE2"/>
     <w:rsid w:val="000258F6"/>
     <w:rsid w:val="000260F2"/>
     <w:rsid w:val="000261D2"/>
     <w:rsid w:val="0002675D"/>
     <w:rsid w:val="000272F0"/>
     <w:rsid w:val="00027C5A"/>
     <w:rsid w:val="00027D5D"/>
     <w:rsid w:val="00027E5F"/>
     <w:rsid w:val="0003060D"/>
     <w:rsid w:val="00030EE3"/>
     <w:rsid w:val="00031624"/>
     <w:rsid w:val="000316C5"/>
     <w:rsid w:val="00031F99"/>
     <w:rsid w:val="000321AC"/>
     <w:rsid w:val="000323BE"/>
     <w:rsid w:val="00032449"/>
     <w:rsid w:val="00032494"/>
-    <w:rsid w:val="0003328C"/>
+    <w:rsid w:val="000329B0"/>
     <w:rsid w:val="0003335E"/>
     <w:rsid w:val="00033590"/>
     <w:rsid w:val="000339E1"/>
     <w:rsid w:val="00033A05"/>
     <w:rsid w:val="000340F0"/>
     <w:rsid w:val="00034395"/>
     <w:rsid w:val="0003445F"/>
     <w:rsid w:val="000346B2"/>
     <w:rsid w:val="0003470F"/>
     <w:rsid w:val="000347B4"/>
     <w:rsid w:val="00034843"/>
     <w:rsid w:val="00034DA1"/>
     <w:rsid w:val="000351B6"/>
     <w:rsid w:val="000359B4"/>
+    <w:rsid w:val="0003625D"/>
     <w:rsid w:val="00036331"/>
     <w:rsid w:val="0003637D"/>
     <w:rsid w:val="00036385"/>
     <w:rsid w:val="0003653B"/>
     <w:rsid w:val="00036729"/>
+    <w:rsid w:val="0003695E"/>
     <w:rsid w:val="00036C85"/>
     <w:rsid w:val="00037112"/>
     <w:rsid w:val="00037504"/>
+    <w:rsid w:val="0003764C"/>
     <w:rsid w:val="000377EB"/>
     <w:rsid w:val="00037E2A"/>
     <w:rsid w:val="00037FDA"/>
     <w:rsid w:val="00040628"/>
     <w:rsid w:val="000409EE"/>
     <w:rsid w:val="00040A67"/>
-    <w:rsid w:val="00041021"/>
+    <w:rsid w:val="0004139D"/>
     <w:rsid w:val="00041A63"/>
+    <w:rsid w:val="00041B02"/>
+    <w:rsid w:val="0004215A"/>
     <w:rsid w:val="0004258A"/>
+    <w:rsid w:val="00042605"/>
     <w:rsid w:val="00042727"/>
     <w:rsid w:val="00042C1F"/>
+    <w:rsid w:val="0004365F"/>
     <w:rsid w:val="00043A65"/>
     <w:rsid w:val="00043A70"/>
     <w:rsid w:val="00043AF6"/>
     <w:rsid w:val="00043E3F"/>
     <w:rsid w:val="0004406E"/>
     <w:rsid w:val="000440D6"/>
     <w:rsid w:val="00044567"/>
-    <w:rsid w:val="00044701"/>
     <w:rsid w:val="00044702"/>
     <w:rsid w:val="0004480A"/>
     <w:rsid w:val="0004484E"/>
     <w:rsid w:val="000454B3"/>
+    <w:rsid w:val="000456E7"/>
+    <w:rsid w:val="00045863"/>
+    <w:rsid w:val="0004612A"/>
+    <w:rsid w:val="000466F9"/>
     <w:rsid w:val="00047007"/>
     <w:rsid w:val="0004772E"/>
-    <w:rsid w:val="00047E75"/>
+    <w:rsid w:val="000478A8"/>
+    <w:rsid w:val="00047BD3"/>
+    <w:rsid w:val="0005037F"/>
     <w:rsid w:val="00050399"/>
     <w:rsid w:val="000507A7"/>
     <w:rsid w:val="0005094B"/>
+    <w:rsid w:val="00051461"/>
     <w:rsid w:val="00051537"/>
+    <w:rsid w:val="000515CB"/>
+    <w:rsid w:val="00051783"/>
     <w:rsid w:val="00051972"/>
     <w:rsid w:val="00051C03"/>
     <w:rsid w:val="00051F6B"/>
     <w:rsid w:val="00052767"/>
     <w:rsid w:val="0005289A"/>
     <w:rsid w:val="00052AF0"/>
     <w:rsid w:val="00052DA2"/>
+    <w:rsid w:val="000534C0"/>
+    <w:rsid w:val="00053531"/>
     <w:rsid w:val="0005359A"/>
     <w:rsid w:val="00054340"/>
     <w:rsid w:val="0005508B"/>
     <w:rsid w:val="00055156"/>
     <w:rsid w:val="00055222"/>
     <w:rsid w:val="00055356"/>
+    <w:rsid w:val="0005582A"/>
     <w:rsid w:val="0005642B"/>
     <w:rsid w:val="0005684F"/>
+    <w:rsid w:val="00056EDA"/>
+    <w:rsid w:val="000571B3"/>
     <w:rsid w:val="0005780F"/>
     <w:rsid w:val="000578FC"/>
+    <w:rsid w:val="00057C61"/>
     <w:rsid w:val="00057CE6"/>
+    <w:rsid w:val="000600A0"/>
     <w:rsid w:val="0006042A"/>
     <w:rsid w:val="000606C7"/>
     <w:rsid w:val="00060815"/>
     <w:rsid w:val="000611C7"/>
     <w:rsid w:val="00061212"/>
     <w:rsid w:val="00062147"/>
-    <w:rsid w:val="000624AF"/>
     <w:rsid w:val="00062930"/>
     <w:rsid w:val="00062A4B"/>
     <w:rsid w:val="00062AE7"/>
     <w:rsid w:val="00062DDE"/>
     <w:rsid w:val="00062F21"/>
     <w:rsid w:val="00063010"/>
     <w:rsid w:val="000633A7"/>
     <w:rsid w:val="00063865"/>
     <w:rsid w:val="00063CB1"/>
-    <w:rsid w:val="0006463F"/>
     <w:rsid w:val="00064CC9"/>
-    <w:rsid w:val="00065610"/>
     <w:rsid w:val="0006602E"/>
     <w:rsid w:val="000667FF"/>
     <w:rsid w:val="00066DCE"/>
     <w:rsid w:val="00067072"/>
     <w:rsid w:val="000675A7"/>
+    <w:rsid w:val="000702C6"/>
+    <w:rsid w:val="000705A4"/>
     <w:rsid w:val="00070889"/>
     <w:rsid w:val="000708FE"/>
     <w:rsid w:val="000716DD"/>
     <w:rsid w:val="0007185E"/>
     <w:rsid w:val="00071964"/>
     <w:rsid w:val="00071C78"/>
     <w:rsid w:val="00071E45"/>
     <w:rsid w:val="000725BD"/>
     <w:rsid w:val="00072D9F"/>
     <w:rsid w:val="00073430"/>
     <w:rsid w:val="000734A8"/>
     <w:rsid w:val="00073768"/>
     <w:rsid w:val="00073A1A"/>
     <w:rsid w:val="00073E18"/>
     <w:rsid w:val="00073F43"/>
     <w:rsid w:val="0007409A"/>
     <w:rsid w:val="000740FB"/>
     <w:rsid w:val="00074988"/>
     <w:rsid w:val="00074A1C"/>
     <w:rsid w:val="00074ADE"/>
     <w:rsid w:val="00074C4B"/>
+    <w:rsid w:val="00075074"/>
     <w:rsid w:val="00075648"/>
     <w:rsid w:val="00075732"/>
     <w:rsid w:val="00075907"/>
     <w:rsid w:val="00075B8F"/>
     <w:rsid w:val="000760FF"/>
     <w:rsid w:val="00076E2E"/>
     <w:rsid w:val="0007703C"/>
     <w:rsid w:val="0007712B"/>
     <w:rsid w:val="00077B2B"/>
     <w:rsid w:val="00080086"/>
-    <w:rsid w:val="0008029C"/>
     <w:rsid w:val="000806ED"/>
+    <w:rsid w:val="00080D4C"/>
     <w:rsid w:val="00081FC8"/>
     <w:rsid w:val="000822BF"/>
     <w:rsid w:val="000822E8"/>
     <w:rsid w:val="000823DF"/>
     <w:rsid w:val="000824E1"/>
     <w:rsid w:val="0008272E"/>
     <w:rsid w:val="000829C5"/>
     <w:rsid w:val="00082D02"/>
+    <w:rsid w:val="00083566"/>
+    <w:rsid w:val="000836A1"/>
     <w:rsid w:val="00083BC6"/>
+    <w:rsid w:val="00083C50"/>
     <w:rsid w:val="000843DB"/>
     <w:rsid w:val="00084583"/>
     <w:rsid w:val="00084660"/>
     <w:rsid w:val="00084FFD"/>
     <w:rsid w:val="00085300"/>
     <w:rsid w:val="000858B6"/>
     <w:rsid w:val="000859D8"/>
     <w:rsid w:val="00085F04"/>
     <w:rsid w:val="00086D13"/>
     <w:rsid w:val="00086DB8"/>
     <w:rsid w:val="00086F6D"/>
     <w:rsid w:val="0008776A"/>
     <w:rsid w:val="00087CD6"/>
     <w:rsid w:val="00087E20"/>
     <w:rsid w:val="00087F2C"/>
     <w:rsid w:val="0009019F"/>
     <w:rsid w:val="00090A78"/>
+    <w:rsid w:val="00090FF8"/>
     <w:rsid w:val="00091096"/>
     <w:rsid w:val="000910B0"/>
     <w:rsid w:val="00091120"/>
-    <w:rsid w:val="0009156D"/>
+    <w:rsid w:val="0009124B"/>
     <w:rsid w:val="00091677"/>
-    <w:rsid w:val="00091774"/>
     <w:rsid w:val="000918E5"/>
+    <w:rsid w:val="00092535"/>
     <w:rsid w:val="00092DDE"/>
     <w:rsid w:val="000937A5"/>
     <w:rsid w:val="00093918"/>
+    <w:rsid w:val="000939B9"/>
     <w:rsid w:val="00093DC0"/>
     <w:rsid w:val="00093FAA"/>
     <w:rsid w:val="00094339"/>
     <w:rsid w:val="0009454C"/>
+    <w:rsid w:val="000945F7"/>
     <w:rsid w:val="000946AA"/>
+    <w:rsid w:val="00094F0A"/>
     <w:rsid w:val="00095370"/>
     <w:rsid w:val="000953B5"/>
     <w:rsid w:val="00095986"/>
     <w:rsid w:val="000961D2"/>
     <w:rsid w:val="000963BA"/>
     <w:rsid w:val="000A0837"/>
     <w:rsid w:val="000A1337"/>
     <w:rsid w:val="000A1BCF"/>
     <w:rsid w:val="000A1C0F"/>
     <w:rsid w:val="000A25FB"/>
     <w:rsid w:val="000A2B0A"/>
     <w:rsid w:val="000A2BA0"/>
     <w:rsid w:val="000A2C90"/>
     <w:rsid w:val="000A2F05"/>
     <w:rsid w:val="000A3917"/>
+    <w:rsid w:val="000A3D5D"/>
     <w:rsid w:val="000A4331"/>
     <w:rsid w:val="000A4668"/>
     <w:rsid w:val="000A4D11"/>
     <w:rsid w:val="000A50FE"/>
     <w:rsid w:val="000A52A9"/>
     <w:rsid w:val="000A52C4"/>
     <w:rsid w:val="000A5384"/>
     <w:rsid w:val="000A5986"/>
-    <w:rsid w:val="000A5D31"/>
     <w:rsid w:val="000A5E6A"/>
     <w:rsid w:val="000A716E"/>
+    <w:rsid w:val="000A7577"/>
     <w:rsid w:val="000A7626"/>
     <w:rsid w:val="000A76F0"/>
     <w:rsid w:val="000A7EC2"/>
+    <w:rsid w:val="000A7ECE"/>
     <w:rsid w:val="000B0079"/>
     <w:rsid w:val="000B0DF5"/>
+    <w:rsid w:val="000B141E"/>
     <w:rsid w:val="000B14CC"/>
     <w:rsid w:val="000B2106"/>
     <w:rsid w:val="000B2152"/>
     <w:rsid w:val="000B2914"/>
+    <w:rsid w:val="000B2B6E"/>
+    <w:rsid w:val="000B307C"/>
+    <w:rsid w:val="000B320C"/>
+    <w:rsid w:val="000B42E5"/>
     <w:rsid w:val="000B42F9"/>
+    <w:rsid w:val="000B58FF"/>
     <w:rsid w:val="000B5F54"/>
     <w:rsid w:val="000B69DC"/>
     <w:rsid w:val="000B6C29"/>
     <w:rsid w:val="000B7E41"/>
-    <w:rsid w:val="000C078A"/>
+    <w:rsid w:val="000C08FA"/>
+    <w:rsid w:val="000C0907"/>
     <w:rsid w:val="000C0F9A"/>
     <w:rsid w:val="000C17B5"/>
     <w:rsid w:val="000C1D14"/>
     <w:rsid w:val="000C21CB"/>
     <w:rsid w:val="000C2766"/>
     <w:rsid w:val="000C2C11"/>
     <w:rsid w:val="000C2DF3"/>
     <w:rsid w:val="000C2F58"/>
     <w:rsid w:val="000C3134"/>
     <w:rsid w:val="000C33B3"/>
     <w:rsid w:val="000C361D"/>
+    <w:rsid w:val="000C409D"/>
     <w:rsid w:val="000C4CD8"/>
     <w:rsid w:val="000C4DB8"/>
     <w:rsid w:val="000C4F12"/>
-    <w:rsid w:val="000C51F7"/>
     <w:rsid w:val="000C5283"/>
-    <w:rsid w:val="000C5633"/>
     <w:rsid w:val="000C5CD9"/>
     <w:rsid w:val="000C5DEF"/>
     <w:rsid w:val="000C5EFB"/>
     <w:rsid w:val="000C659E"/>
     <w:rsid w:val="000C6C89"/>
     <w:rsid w:val="000C7194"/>
     <w:rsid w:val="000C794C"/>
     <w:rsid w:val="000C7969"/>
     <w:rsid w:val="000C7A46"/>
     <w:rsid w:val="000D012D"/>
     <w:rsid w:val="000D0603"/>
+    <w:rsid w:val="000D0963"/>
     <w:rsid w:val="000D134C"/>
     <w:rsid w:val="000D1573"/>
     <w:rsid w:val="000D1F0B"/>
     <w:rsid w:val="000D332E"/>
     <w:rsid w:val="000D35C1"/>
     <w:rsid w:val="000D3A16"/>
     <w:rsid w:val="000D4542"/>
+    <w:rsid w:val="000D46F4"/>
     <w:rsid w:val="000D4A98"/>
     <w:rsid w:val="000D4B42"/>
     <w:rsid w:val="000D4C12"/>
     <w:rsid w:val="000D55B6"/>
     <w:rsid w:val="000D5CBA"/>
+    <w:rsid w:val="000D6A01"/>
     <w:rsid w:val="000D6B77"/>
     <w:rsid w:val="000D6CE0"/>
     <w:rsid w:val="000D6E6D"/>
     <w:rsid w:val="000D73B9"/>
     <w:rsid w:val="000D758F"/>
+    <w:rsid w:val="000D7FAE"/>
     <w:rsid w:val="000E01B4"/>
+    <w:rsid w:val="000E0426"/>
     <w:rsid w:val="000E0A48"/>
     <w:rsid w:val="000E0B52"/>
     <w:rsid w:val="000E165F"/>
     <w:rsid w:val="000E1981"/>
     <w:rsid w:val="000E24D8"/>
     <w:rsid w:val="000E2DD1"/>
     <w:rsid w:val="000E3A73"/>
     <w:rsid w:val="000E3C80"/>
     <w:rsid w:val="000E3D78"/>
+    <w:rsid w:val="000E3DEC"/>
     <w:rsid w:val="000E4C54"/>
     <w:rsid w:val="000E4DF8"/>
+    <w:rsid w:val="000E660F"/>
+    <w:rsid w:val="000E68EE"/>
     <w:rsid w:val="000E704D"/>
     <w:rsid w:val="000E7CBB"/>
     <w:rsid w:val="000E7EC0"/>
     <w:rsid w:val="000F0321"/>
+    <w:rsid w:val="000F0439"/>
     <w:rsid w:val="000F04D6"/>
     <w:rsid w:val="000F0607"/>
+    <w:rsid w:val="000F0FD1"/>
     <w:rsid w:val="000F149D"/>
     <w:rsid w:val="000F1965"/>
     <w:rsid w:val="000F1DBB"/>
+    <w:rsid w:val="000F1DFC"/>
+    <w:rsid w:val="000F2AD8"/>
     <w:rsid w:val="000F3090"/>
     <w:rsid w:val="000F3532"/>
-    <w:rsid w:val="000F3857"/>
     <w:rsid w:val="000F41C5"/>
     <w:rsid w:val="000F43F7"/>
     <w:rsid w:val="000F460B"/>
     <w:rsid w:val="000F4656"/>
     <w:rsid w:val="000F46D5"/>
+    <w:rsid w:val="000F46E2"/>
     <w:rsid w:val="000F592F"/>
     <w:rsid w:val="000F5978"/>
     <w:rsid w:val="000F5FBB"/>
     <w:rsid w:val="000F62E1"/>
     <w:rsid w:val="000F64F5"/>
+    <w:rsid w:val="000F68FF"/>
     <w:rsid w:val="000F6984"/>
+    <w:rsid w:val="000F6B0E"/>
     <w:rsid w:val="000F6D47"/>
     <w:rsid w:val="000F6F89"/>
     <w:rsid w:val="000F7115"/>
     <w:rsid w:val="000F71D5"/>
+    <w:rsid w:val="000F7E27"/>
+    <w:rsid w:val="00100006"/>
     <w:rsid w:val="00100083"/>
+    <w:rsid w:val="001003A9"/>
     <w:rsid w:val="001009D0"/>
+    <w:rsid w:val="00100A59"/>
     <w:rsid w:val="001013F1"/>
     <w:rsid w:val="00101487"/>
     <w:rsid w:val="001015DD"/>
     <w:rsid w:val="00101B86"/>
     <w:rsid w:val="00102025"/>
     <w:rsid w:val="0010203C"/>
+    <w:rsid w:val="0010277A"/>
     <w:rsid w:val="00102B24"/>
     <w:rsid w:val="00103706"/>
     <w:rsid w:val="0010402C"/>
-    <w:rsid w:val="00104301"/>
     <w:rsid w:val="0010470D"/>
     <w:rsid w:val="00104817"/>
     <w:rsid w:val="00104B58"/>
     <w:rsid w:val="00104D69"/>
     <w:rsid w:val="00105069"/>
-    <w:rsid w:val="00105093"/>
     <w:rsid w:val="0010521E"/>
     <w:rsid w:val="00105274"/>
+    <w:rsid w:val="001054D0"/>
     <w:rsid w:val="00105721"/>
     <w:rsid w:val="001063FA"/>
     <w:rsid w:val="001065F9"/>
+    <w:rsid w:val="00106BC6"/>
     <w:rsid w:val="00106F6D"/>
     <w:rsid w:val="001073B2"/>
     <w:rsid w:val="0011048B"/>
     <w:rsid w:val="0011060A"/>
     <w:rsid w:val="00111113"/>
     <w:rsid w:val="0011136C"/>
     <w:rsid w:val="00111D01"/>
     <w:rsid w:val="00112067"/>
     <w:rsid w:val="00112124"/>
+    <w:rsid w:val="001123CE"/>
+    <w:rsid w:val="0011288D"/>
+    <w:rsid w:val="001131E7"/>
     <w:rsid w:val="001136A0"/>
     <w:rsid w:val="00113C29"/>
     <w:rsid w:val="00113CF8"/>
     <w:rsid w:val="00113FE7"/>
     <w:rsid w:val="001148FB"/>
     <w:rsid w:val="00115CE6"/>
     <w:rsid w:val="0011605C"/>
     <w:rsid w:val="00116495"/>
     <w:rsid w:val="001168CC"/>
     <w:rsid w:val="00116C1E"/>
     <w:rsid w:val="00117182"/>
     <w:rsid w:val="00117FF3"/>
     <w:rsid w:val="00120458"/>
     <w:rsid w:val="00120504"/>
     <w:rsid w:val="0012078B"/>
     <w:rsid w:val="001209D4"/>
     <w:rsid w:val="00120A10"/>
-    <w:rsid w:val="001210E0"/>
     <w:rsid w:val="00121D78"/>
     <w:rsid w:val="001228CC"/>
     <w:rsid w:val="00122C58"/>
     <w:rsid w:val="00123283"/>
     <w:rsid w:val="00123385"/>
     <w:rsid w:val="0012351B"/>
     <w:rsid w:val="00123522"/>
     <w:rsid w:val="00123735"/>
     <w:rsid w:val="00123B60"/>
+    <w:rsid w:val="00123BF6"/>
+    <w:rsid w:val="00124518"/>
+    <w:rsid w:val="0012487C"/>
     <w:rsid w:val="00124E63"/>
     <w:rsid w:val="001251D1"/>
+    <w:rsid w:val="001254E0"/>
+    <w:rsid w:val="00125821"/>
     <w:rsid w:val="00125CC1"/>
     <w:rsid w:val="0012617C"/>
     <w:rsid w:val="0012681F"/>
     <w:rsid w:val="00126ABE"/>
     <w:rsid w:val="00126ACA"/>
     <w:rsid w:val="0012705C"/>
+    <w:rsid w:val="0012732A"/>
     <w:rsid w:val="00127604"/>
     <w:rsid w:val="0012764F"/>
     <w:rsid w:val="0012768F"/>
+    <w:rsid w:val="00127723"/>
     <w:rsid w:val="00127FAE"/>
     <w:rsid w:val="00130051"/>
     <w:rsid w:val="001300B3"/>
     <w:rsid w:val="0013059C"/>
     <w:rsid w:val="00130EC2"/>
     <w:rsid w:val="0013106D"/>
     <w:rsid w:val="001311F6"/>
     <w:rsid w:val="00131381"/>
+    <w:rsid w:val="00131479"/>
+    <w:rsid w:val="0013165B"/>
     <w:rsid w:val="001318CC"/>
+    <w:rsid w:val="00131A40"/>
     <w:rsid w:val="00131B3A"/>
     <w:rsid w:val="00132062"/>
-    <w:rsid w:val="0013257F"/>
     <w:rsid w:val="00132F28"/>
     <w:rsid w:val="00132F2A"/>
     <w:rsid w:val="001339B6"/>
     <w:rsid w:val="00134155"/>
     <w:rsid w:val="00134A24"/>
     <w:rsid w:val="00134C65"/>
     <w:rsid w:val="001361A1"/>
     <w:rsid w:val="00136526"/>
     <w:rsid w:val="00136649"/>
     <w:rsid w:val="0013695A"/>
     <w:rsid w:val="00136C46"/>
     <w:rsid w:val="00136D93"/>
     <w:rsid w:val="00137037"/>
     <w:rsid w:val="0013718A"/>
     <w:rsid w:val="001372D5"/>
     <w:rsid w:val="00137479"/>
     <w:rsid w:val="00137741"/>
     <w:rsid w:val="00137FC8"/>
     <w:rsid w:val="00140235"/>
     <w:rsid w:val="00140260"/>
     <w:rsid w:val="00140603"/>
+    <w:rsid w:val="0014086F"/>
     <w:rsid w:val="00140CA3"/>
     <w:rsid w:val="001415D6"/>
+    <w:rsid w:val="00141D48"/>
     <w:rsid w:val="001422CB"/>
     <w:rsid w:val="001424D7"/>
     <w:rsid w:val="001429C0"/>
     <w:rsid w:val="00143020"/>
     <w:rsid w:val="001434FE"/>
     <w:rsid w:val="00143905"/>
     <w:rsid w:val="00143930"/>
     <w:rsid w:val="00143AD0"/>
     <w:rsid w:val="001440EE"/>
     <w:rsid w:val="001442E8"/>
     <w:rsid w:val="00144AAC"/>
+    <w:rsid w:val="00145223"/>
     <w:rsid w:val="001458E0"/>
     <w:rsid w:val="001465FF"/>
+    <w:rsid w:val="001468E4"/>
     <w:rsid w:val="00146A9B"/>
     <w:rsid w:val="00147352"/>
+    <w:rsid w:val="001473EF"/>
     <w:rsid w:val="0014750F"/>
+    <w:rsid w:val="001476E8"/>
     <w:rsid w:val="0014784D"/>
-    <w:rsid w:val="00147915"/>
-    <w:rsid w:val="001509D7"/>
     <w:rsid w:val="00150A45"/>
+    <w:rsid w:val="00150F50"/>
     <w:rsid w:val="001519B5"/>
     <w:rsid w:val="00151AC8"/>
+    <w:rsid w:val="00151E16"/>
     <w:rsid w:val="00152088"/>
+    <w:rsid w:val="00152D01"/>
     <w:rsid w:val="00153404"/>
+    <w:rsid w:val="00153E29"/>
+    <w:rsid w:val="00154511"/>
     <w:rsid w:val="001545FB"/>
     <w:rsid w:val="0015470E"/>
     <w:rsid w:val="00154BFC"/>
     <w:rsid w:val="00155137"/>
+    <w:rsid w:val="001554D4"/>
     <w:rsid w:val="001557BC"/>
     <w:rsid w:val="00155D61"/>
     <w:rsid w:val="00155FF4"/>
     <w:rsid w:val="001563B2"/>
     <w:rsid w:val="001569E2"/>
     <w:rsid w:val="00156EC8"/>
     <w:rsid w:val="00157563"/>
+    <w:rsid w:val="0016033F"/>
     <w:rsid w:val="001607A6"/>
     <w:rsid w:val="001607B6"/>
     <w:rsid w:val="001608EC"/>
     <w:rsid w:val="001610CD"/>
     <w:rsid w:val="001614C5"/>
     <w:rsid w:val="00161669"/>
     <w:rsid w:val="00161685"/>
+    <w:rsid w:val="00162077"/>
+    <w:rsid w:val="00162616"/>
     <w:rsid w:val="00162A0F"/>
     <w:rsid w:val="00163070"/>
     <w:rsid w:val="001632CC"/>
     <w:rsid w:val="00163404"/>
     <w:rsid w:val="00163557"/>
     <w:rsid w:val="00163A42"/>
     <w:rsid w:val="00163ED6"/>
     <w:rsid w:val="00164115"/>
+    <w:rsid w:val="00164BFC"/>
+    <w:rsid w:val="00164D61"/>
     <w:rsid w:val="001654B8"/>
     <w:rsid w:val="0016572C"/>
-    <w:rsid w:val="00165DDF"/>
     <w:rsid w:val="00166284"/>
     <w:rsid w:val="00166D22"/>
     <w:rsid w:val="00166D83"/>
-    <w:rsid w:val="0016710E"/>
     <w:rsid w:val="00167937"/>
     <w:rsid w:val="0017020F"/>
     <w:rsid w:val="00170351"/>
     <w:rsid w:val="0017049A"/>
     <w:rsid w:val="001706C5"/>
     <w:rsid w:val="001708FF"/>
     <w:rsid w:val="00170EFD"/>
     <w:rsid w:val="001718AE"/>
     <w:rsid w:val="001718C4"/>
     <w:rsid w:val="001725B9"/>
     <w:rsid w:val="00172A9B"/>
     <w:rsid w:val="00172AE0"/>
     <w:rsid w:val="00172C56"/>
     <w:rsid w:val="0017348E"/>
     <w:rsid w:val="00173629"/>
     <w:rsid w:val="00173847"/>
     <w:rsid w:val="00174038"/>
     <w:rsid w:val="00174238"/>
     <w:rsid w:val="001743C3"/>
     <w:rsid w:val="001747C6"/>
     <w:rsid w:val="00174E98"/>
     <w:rsid w:val="00174F93"/>
+    <w:rsid w:val="00175545"/>
     <w:rsid w:val="00175B26"/>
     <w:rsid w:val="00175FFB"/>
-    <w:rsid w:val="00176937"/>
     <w:rsid w:val="00177A06"/>
     <w:rsid w:val="001803B9"/>
     <w:rsid w:val="00180F43"/>
     <w:rsid w:val="001812D3"/>
     <w:rsid w:val="00181542"/>
+    <w:rsid w:val="00181857"/>
     <w:rsid w:val="00181AF0"/>
     <w:rsid w:val="00181E46"/>
+    <w:rsid w:val="0018248C"/>
     <w:rsid w:val="00182926"/>
     <w:rsid w:val="00182EAD"/>
     <w:rsid w:val="00183B65"/>
     <w:rsid w:val="00183BE8"/>
     <w:rsid w:val="00185037"/>
     <w:rsid w:val="00185D36"/>
     <w:rsid w:val="001864F5"/>
+    <w:rsid w:val="00187389"/>
     <w:rsid w:val="00187D56"/>
     <w:rsid w:val="00190188"/>
     <w:rsid w:val="00190192"/>
     <w:rsid w:val="00190434"/>
+    <w:rsid w:val="00190464"/>
     <w:rsid w:val="00190554"/>
     <w:rsid w:val="00190DC5"/>
+    <w:rsid w:val="00190DCF"/>
+    <w:rsid w:val="00191E86"/>
     <w:rsid w:val="00191F46"/>
     <w:rsid w:val="00192216"/>
+    <w:rsid w:val="0019234C"/>
+    <w:rsid w:val="001927B4"/>
     <w:rsid w:val="00192877"/>
     <w:rsid w:val="001933D9"/>
     <w:rsid w:val="001938B7"/>
     <w:rsid w:val="00193DC7"/>
     <w:rsid w:val="00193DE0"/>
     <w:rsid w:val="00193EB5"/>
     <w:rsid w:val="00193F27"/>
     <w:rsid w:val="00194012"/>
     <w:rsid w:val="0019409E"/>
     <w:rsid w:val="0019468D"/>
     <w:rsid w:val="00195244"/>
     <w:rsid w:val="00195851"/>
     <w:rsid w:val="00195F1F"/>
     <w:rsid w:val="001960DD"/>
     <w:rsid w:val="00196224"/>
+    <w:rsid w:val="00196519"/>
     <w:rsid w:val="00197BB3"/>
     <w:rsid w:val="001A04D3"/>
     <w:rsid w:val="001A0C5F"/>
     <w:rsid w:val="001A1293"/>
     <w:rsid w:val="001A1BA6"/>
     <w:rsid w:val="001A1D5E"/>
     <w:rsid w:val="001A26DB"/>
     <w:rsid w:val="001A2963"/>
+    <w:rsid w:val="001A340E"/>
     <w:rsid w:val="001A352E"/>
     <w:rsid w:val="001A3979"/>
     <w:rsid w:val="001A3A6C"/>
+    <w:rsid w:val="001A3A7A"/>
     <w:rsid w:val="001A3D5D"/>
     <w:rsid w:val="001A3D90"/>
     <w:rsid w:val="001A41AE"/>
     <w:rsid w:val="001A489C"/>
     <w:rsid w:val="001A49F3"/>
     <w:rsid w:val="001A5433"/>
     <w:rsid w:val="001A559F"/>
     <w:rsid w:val="001A581C"/>
     <w:rsid w:val="001A596F"/>
     <w:rsid w:val="001A5C84"/>
     <w:rsid w:val="001A609F"/>
     <w:rsid w:val="001A66BF"/>
     <w:rsid w:val="001A6F1E"/>
     <w:rsid w:val="001A7224"/>
+    <w:rsid w:val="001A72C3"/>
+    <w:rsid w:val="001B046D"/>
+    <w:rsid w:val="001B0737"/>
     <w:rsid w:val="001B1383"/>
     <w:rsid w:val="001B1654"/>
     <w:rsid w:val="001B16A2"/>
     <w:rsid w:val="001B16FD"/>
     <w:rsid w:val="001B1724"/>
+    <w:rsid w:val="001B17CC"/>
+    <w:rsid w:val="001B1E53"/>
+    <w:rsid w:val="001B1EFF"/>
     <w:rsid w:val="001B29E8"/>
-    <w:rsid w:val="001B2E95"/>
     <w:rsid w:val="001B2F8D"/>
     <w:rsid w:val="001B3217"/>
+    <w:rsid w:val="001B3436"/>
     <w:rsid w:val="001B3B78"/>
     <w:rsid w:val="001B454B"/>
+    <w:rsid w:val="001B46C7"/>
     <w:rsid w:val="001B48A8"/>
     <w:rsid w:val="001B5F7B"/>
     <w:rsid w:val="001B730B"/>
     <w:rsid w:val="001B7645"/>
     <w:rsid w:val="001C0572"/>
+    <w:rsid w:val="001C07EA"/>
     <w:rsid w:val="001C0AD1"/>
     <w:rsid w:val="001C0EF8"/>
-    <w:rsid w:val="001C2223"/>
     <w:rsid w:val="001C2CD6"/>
-    <w:rsid w:val="001C2DE2"/>
+    <w:rsid w:val="001C2E2B"/>
     <w:rsid w:val="001C2E70"/>
     <w:rsid w:val="001C3179"/>
     <w:rsid w:val="001C33D5"/>
+    <w:rsid w:val="001C340B"/>
     <w:rsid w:val="001C38B4"/>
     <w:rsid w:val="001C38E0"/>
     <w:rsid w:val="001C3C17"/>
     <w:rsid w:val="001C3D2F"/>
     <w:rsid w:val="001C3D49"/>
+    <w:rsid w:val="001C4247"/>
     <w:rsid w:val="001C4336"/>
     <w:rsid w:val="001C4438"/>
     <w:rsid w:val="001C44AE"/>
     <w:rsid w:val="001C48B8"/>
+    <w:rsid w:val="001C4B29"/>
+    <w:rsid w:val="001C4D52"/>
     <w:rsid w:val="001C5226"/>
     <w:rsid w:val="001C537D"/>
     <w:rsid w:val="001C55DB"/>
     <w:rsid w:val="001C5906"/>
     <w:rsid w:val="001C61DE"/>
+    <w:rsid w:val="001C621A"/>
+    <w:rsid w:val="001C6229"/>
     <w:rsid w:val="001C6AE5"/>
     <w:rsid w:val="001C6DCC"/>
     <w:rsid w:val="001C7D0E"/>
     <w:rsid w:val="001D071B"/>
     <w:rsid w:val="001D0C65"/>
-    <w:rsid w:val="001D0FA0"/>
-    <w:rsid w:val="001D10FC"/>
     <w:rsid w:val="001D1BEF"/>
-    <w:rsid w:val="001D1FCA"/>
     <w:rsid w:val="001D21D1"/>
     <w:rsid w:val="001D2500"/>
     <w:rsid w:val="001D2EE0"/>
     <w:rsid w:val="001D3025"/>
     <w:rsid w:val="001D3BC9"/>
     <w:rsid w:val="001D4059"/>
-    <w:rsid w:val="001D44DB"/>
+    <w:rsid w:val="001D4EFE"/>
     <w:rsid w:val="001D50B0"/>
     <w:rsid w:val="001D55A2"/>
     <w:rsid w:val="001D5B17"/>
+    <w:rsid w:val="001D5DA1"/>
     <w:rsid w:val="001D6239"/>
+    <w:rsid w:val="001D69EF"/>
     <w:rsid w:val="001D6AE2"/>
     <w:rsid w:val="001D6B59"/>
     <w:rsid w:val="001D7093"/>
     <w:rsid w:val="001D73C6"/>
     <w:rsid w:val="001D7649"/>
     <w:rsid w:val="001D7831"/>
     <w:rsid w:val="001E0098"/>
-    <w:rsid w:val="001E0506"/>
+    <w:rsid w:val="001E12BE"/>
     <w:rsid w:val="001E13AD"/>
     <w:rsid w:val="001E1564"/>
     <w:rsid w:val="001E1D59"/>
     <w:rsid w:val="001E1F2E"/>
     <w:rsid w:val="001E21B4"/>
     <w:rsid w:val="001E25B1"/>
     <w:rsid w:val="001E2976"/>
+    <w:rsid w:val="001E2C14"/>
+    <w:rsid w:val="001E2D48"/>
     <w:rsid w:val="001E3090"/>
     <w:rsid w:val="001E3E19"/>
     <w:rsid w:val="001E4148"/>
     <w:rsid w:val="001E44D0"/>
     <w:rsid w:val="001E4981"/>
     <w:rsid w:val="001E4A13"/>
     <w:rsid w:val="001E5370"/>
     <w:rsid w:val="001E59B2"/>
+    <w:rsid w:val="001E5D17"/>
     <w:rsid w:val="001E6D4A"/>
     <w:rsid w:val="001E742A"/>
+    <w:rsid w:val="001E764B"/>
     <w:rsid w:val="001E79A5"/>
     <w:rsid w:val="001E7EF5"/>
     <w:rsid w:val="001F0019"/>
     <w:rsid w:val="001F001E"/>
     <w:rsid w:val="001F038E"/>
     <w:rsid w:val="001F05C1"/>
-    <w:rsid w:val="001F1383"/>
     <w:rsid w:val="001F17FD"/>
     <w:rsid w:val="001F1B8E"/>
     <w:rsid w:val="001F276D"/>
     <w:rsid w:val="001F2776"/>
     <w:rsid w:val="001F375E"/>
+    <w:rsid w:val="001F3901"/>
     <w:rsid w:val="001F4035"/>
+    <w:rsid w:val="001F452E"/>
     <w:rsid w:val="001F4888"/>
+    <w:rsid w:val="001F4D57"/>
     <w:rsid w:val="001F507E"/>
     <w:rsid w:val="001F5FC0"/>
     <w:rsid w:val="001F61FD"/>
     <w:rsid w:val="001F641F"/>
     <w:rsid w:val="001F677B"/>
     <w:rsid w:val="001F743D"/>
     <w:rsid w:val="001F7620"/>
     <w:rsid w:val="001F76AB"/>
-    <w:rsid w:val="001F79BA"/>
+    <w:rsid w:val="001F785E"/>
+    <w:rsid w:val="001F7D27"/>
     <w:rsid w:val="00200813"/>
     <w:rsid w:val="00200A54"/>
+    <w:rsid w:val="00200E8B"/>
     <w:rsid w:val="00200F92"/>
     <w:rsid w:val="002014FE"/>
     <w:rsid w:val="002016EF"/>
+    <w:rsid w:val="00201AFF"/>
     <w:rsid w:val="00201B09"/>
+    <w:rsid w:val="00201FB5"/>
     <w:rsid w:val="00201FF2"/>
     <w:rsid w:val="002022DF"/>
     <w:rsid w:val="002028FB"/>
     <w:rsid w:val="00202D47"/>
     <w:rsid w:val="00202D56"/>
     <w:rsid w:val="0020314F"/>
     <w:rsid w:val="0020323F"/>
     <w:rsid w:val="00203A0C"/>
     <w:rsid w:val="00204312"/>
     <w:rsid w:val="0020479A"/>
     <w:rsid w:val="002048B2"/>
+    <w:rsid w:val="002051F2"/>
     <w:rsid w:val="002052A7"/>
     <w:rsid w:val="00205323"/>
     <w:rsid w:val="00205879"/>
     <w:rsid w:val="00205FDA"/>
     <w:rsid w:val="002060C0"/>
+    <w:rsid w:val="00206E5C"/>
+    <w:rsid w:val="0020710A"/>
     <w:rsid w:val="00207B7E"/>
     <w:rsid w:val="002105BE"/>
     <w:rsid w:val="00210BD7"/>
     <w:rsid w:val="00211108"/>
+    <w:rsid w:val="002115FE"/>
     <w:rsid w:val="002119EF"/>
     <w:rsid w:val="00211B7F"/>
     <w:rsid w:val="00212171"/>
     <w:rsid w:val="00213045"/>
     <w:rsid w:val="00213632"/>
     <w:rsid w:val="00213662"/>
     <w:rsid w:val="00213A67"/>
     <w:rsid w:val="00214875"/>
     <w:rsid w:val="00214B32"/>
     <w:rsid w:val="0021535D"/>
     <w:rsid w:val="00215B12"/>
     <w:rsid w:val="00215BF2"/>
     <w:rsid w:val="0021633E"/>
     <w:rsid w:val="0021685E"/>
+    <w:rsid w:val="002169F8"/>
     <w:rsid w:val="00216A7B"/>
     <w:rsid w:val="00217649"/>
     <w:rsid w:val="0021794D"/>
     <w:rsid w:val="00217ABB"/>
     <w:rsid w:val="0022000D"/>
     <w:rsid w:val="0022021A"/>
     <w:rsid w:val="002206C9"/>
     <w:rsid w:val="002208BA"/>
+    <w:rsid w:val="00221333"/>
+    <w:rsid w:val="002214E5"/>
+    <w:rsid w:val="002215A8"/>
     <w:rsid w:val="00222273"/>
     <w:rsid w:val="002228E1"/>
     <w:rsid w:val="00222B88"/>
     <w:rsid w:val="00222DA8"/>
     <w:rsid w:val="00222FBE"/>
     <w:rsid w:val="0022320B"/>
     <w:rsid w:val="002235C3"/>
     <w:rsid w:val="0022452D"/>
+    <w:rsid w:val="002248B4"/>
     <w:rsid w:val="00224C35"/>
     <w:rsid w:val="00225567"/>
+    <w:rsid w:val="00225A76"/>
     <w:rsid w:val="00225CD6"/>
     <w:rsid w:val="00226810"/>
     <w:rsid w:val="0022684D"/>
     <w:rsid w:val="002276AB"/>
     <w:rsid w:val="00227B29"/>
     <w:rsid w:val="0023012D"/>
     <w:rsid w:val="002301A7"/>
     <w:rsid w:val="00230786"/>
     <w:rsid w:val="00230B7E"/>
     <w:rsid w:val="00231254"/>
     <w:rsid w:val="00231703"/>
     <w:rsid w:val="00231B85"/>
     <w:rsid w:val="00232BBA"/>
-    <w:rsid w:val="00232D00"/>
     <w:rsid w:val="00232DEF"/>
+    <w:rsid w:val="00232DF3"/>
+    <w:rsid w:val="002340B4"/>
+    <w:rsid w:val="002345A2"/>
+    <w:rsid w:val="002346E4"/>
     <w:rsid w:val="00234BEC"/>
     <w:rsid w:val="00235C9B"/>
     <w:rsid w:val="0023602A"/>
     <w:rsid w:val="00236048"/>
     <w:rsid w:val="002362A4"/>
     <w:rsid w:val="00236418"/>
     <w:rsid w:val="00236A07"/>
     <w:rsid w:val="00236F9B"/>
     <w:rsid w:val="002374EF"/>
     <w:rsid w:val="00237715"/>
+    <w:rsid w:val="00237B53"/>
     <w:rsid w:val="00237C02"/>
+    <w:rsid w:val="00237E77"/>
     <w:rsid w:val="00237E7F"/>
     <w:rsid w:val="00237EFF"/>
     <w:rsid w:val="00240817"/>
+    <w:rsid w:val="0024116F"/>
     <w:rsid w:val="002411B9"/>
+    <w:rsid w:val="00241ACA"/>
+    <w:rsid w:val="00241C93"/>
     <w:rsid w:val="00241D9B"/>
     <w:rsid w:val="00242169"/>
     <w:rsid w:val="00242685"/>
+    <w:rsid w:val="002426DE"/>
+    <w:rsid w:val="002428AA"/>
     <w:rsid w:val="00242AC9"/>
     <w:rsid w:val="00243276"/>
+    <w:rsid w:val="0024344C"/>
     <w:rsid w:val="00243561"/>
     <w:rsid w:val="002437F5"/>
     <w:rsid w:val="00243F9D"/>
     <w:rsid w:val="002449BE"/>
+    <w:rsid w:val="00245732"/>
     <w:rsid w:val="00245B24"/>
     <w:rsid w:val="00245FDB"/>
     <w:rsid w:val="002468FF"/>
     <w:rsid w:val="00246E10"/>
     <w:rsid w:val="0024729E"/>
     <w:rsid w:val="00247454"/>
-    <w:rsid w:val="002500D7"/>
+    <w:rsid w:val="0025001F"/>
     <w:rsid w:val="00250704"/>
     <w:rsid w:val="00250ACA"/>
     <w:rsid w:val="00250B29"/>
     <w:rsid w:val="002513F1"/>
     <w:rsid w:val="00251B5F"/>
     <w:rsid w:val="00251D2B"/>
     <w:rsid w:val="0025288C"/>
     <w:rsid w:val="00252908"/>
-    <w:rsid w:val="002529DF"/>
     <w:rsid w:val="0025318D"/>
     <w:rsid w:val="00253749"/>
-    <w:rsid w:val="00253900"/>
     <w:rsid w:val="00253A51"/>
     <w:rsid w:val="002542E6"/>
     <w:rsid w:val="00254B3D"/>
-    <w:rsid w:val="00255578"/>
-    <w:rsid w:val="00255D45"/>
     <w:rsid w:val="00255DB6"/>
-    <w:rsid w:val="002560F0"/>
     <w:rsid w:val="00256475"/>
     <w:rsid w:val="00256AB8"/>
     <w:rsid w:val="00256D3D"/>
     <w:rsid w:val="00256FA6"/>
     <w:rsid w:val="0025735D"/>
     <w:rsid w:val="0026042B"/>
+    <w:rsid w:val="00260981"/>
     <w:rsid w:val="0026103A"/>
-    <w:rsid w:val="0026285F"/>
+    <w:rsid w:val="00261A40"/>
     <w:rsid w:val="00262982"/>
+    <w:rsid w:val="0026354E"/>
     <w:rsid w:val="0026357A"/>
     <w:rsid w:val="0026368F"/>
     <w:rsid w:val="00264128"/>
     <w:rsid w:val="002642F9"/>
     <w:rsid w:val="00264A56"/>
     <w:rsid w:val="00265213"/>
     <w:rsid w:val="002655B7"/>
     <w:rsid w:val="002655CF"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00266475"/>
     <w:rsid w:val="002665C5"/>
     <w:rsid w:val="0026670F"/>
     <w:rsid w:val="0026740B"/>
     <w:rsid w:val="00267BB6"/>
     <w:rsid w:val="002705CB"/>
+    <w:rsid w:val="002710E6"/>
     <w:rsid w:val="0027186F"/>
+    <w:rsid w:val="002718D1"/>
     <w:rsid w:val="002722E1"/>
     <w:rsid w:val="002725D9"/>
     <w:rsid w:val="00272A26"/>
     <w:rsid w:val="002733A5"/>
     <w:rsid w:val="002733D1"/>
     <w:rsid w:val="002739BC"/>
     <w:rsid w:val="00273A68"/>
-    <w:rsid w:val="00274003"/>
+    <w:rsid w:val="0027497B"/>
+    <w:rsid w:val="00275216"/>
     <w:rsid w:val="00275AAF"/>
+    <w:rsid w:val="00275CE0"/>
     <w:rsid w:val="00275DEB"/>
     <w:rsid w:val="00276002"/>
     <w:rsid w:val="00277786"/>
     <w:rsid w:val="00277C51"/>
     <w:rsid w:val="00277CB7"/>
     <w:rsid w:val="00277D1B"/>
     <w:rsid w:val="00277E0D"/>
     <w:rsid w:val="00280B86"/>
     <w:rsid w:val="00280DE4"/>
     <w:rsid w:val="00280EC3"/>
     <w:rsid w:val="002812E6"/>
     <w:rsid w:val="00281536"/>
     <w:rsid w:val="002816F4"/>
     <w:rsid w:val="00281714"/>
     <w:rsid w:val="0028171C"/>
     <w:rsid w:val="002819AB"/>
     <w:rsid w:val="002819F1"/>
     <w:rsid w:val="00281FB4"/>
-    <w:rsid w:val="002827D7"/>
+    <w:rsid w:val="00282767"/>
     <w:rsid w:val="00282C29"/>
+    <w:rsid w:val="002832C4"/>
     <w:rsid w:val="0028336E"/>
     <w:rsid w:val="00283DF0"/>
     <w:rsid w:val="00283EDD"/>
     <w:rsid w:val="00284325"/>
     <w:rsid w:val="00284411"/>
     <w:rsid w:val="0028465F"/>
     <w:rsid w:val="00284A09"/>
     <w:rsid w:val="00284BB5"/>
     <w:rsid w:val="00284C63"/>
+    <w:rsid w:val="00285739"/>
     <w:rsid w:val="00285D6B"/>
+    <w:rsid w:val="00285F4A"/>
     <w:rsid w:val="00285F4E"/>
     <w:rsid w:val="0028716D"/>
     <w:rsid w:val="00287C74"/>
     <w:rsid w:val="00287CDF"/>
     <w:rsid w:val="00287D41"/>
     <w:rsid w:val="00287EDE"/>
+    <w:rsid w:val="00287F65"/>
+    <w:rsid w:val="0029118D"/>
     <w:rsid w:val="00291C94"/>
     <w:rsid w:val="00291EE1"/>
     <w:rsid w:val="00291F79"/>
     <w:rsid w:val="002920C3"/>
     <w:rsid w:val="002922C9"/>
+    <w:rsid w:val="00292AD5"/>
     <w:rsid w:val="00292F58"/>
     <w:rsid w:val="002932D3"/>
     <w:rsid w:val="002937AC"/>
     <w:rsid w:val="00293964"/>
+    <w:rsid w:val="00293ADC"/>
     <w:rsid w:val="00293C71"/>
     <w:rsid w:val="00293DBD"/>
+    <w:rsid w:val="0029418A"/>
     <w:rsid w:val="002942B0"/>
     <w:rsid w:val="0029467D"/>
     <w:rsid w:val="00294E97"/>
     <w:rsid w:val="00295ADD"/>
     <w:rsid w:val="00295F16"/>
     <w:rsid w:val="0029614F"/>
     <w:rsid w:val="00296375"/>
     <w:rsid w:val="00296560"/>
+    <w:rsid w:val="00296719"/>
     <w:rsid w:val="00296F0D"/>
     <w:rsid w:val="00296F64"/>
     <w:rsid w:val="00297106"/>
     <w:rsid w:val="00297429"/>
     <w:rsid w:val="002974C8"/>
     <w:rsid w:val="002974DB"/>
-    <w:rsid w:val="00297946"/>
+    <w:rsid w:val="00297D04"/>
     <w:rsid w:val="00299973"/>
     <w:rsid w:val="002A02A8"/>
     <w:rsid w:val="002A03A1"/>
     <w:rsid w:val="002A0E8C"/>
     <w:rsid w:val="002A10B9"/>
     <w:rsid w:val="002A1148"/>
     <w:rsid w:val="002A1A05"/>
     <w:rsid w:val="002A1C92"/>
-    <w:rsid w:val="002A1E18"/>
     <w:rsid w:val="002A2001"/>
     <w:rsid w:val="002A22A0"/>
     <w:rsid w:val="002A23C2"/>
     <w:rsid w:val="002A310B"/>
     <w:rsid w:val="002A326F"/>
     <w:rsid w:val="002A3ACC"/>
     <w:rsid w:val="002A3E20"/>
     <w:rsid w:val="002A3E79"/>
     <w:rsid w:val="002A3ED3"/>
     <w:rsid w:val="002A3FC0"/>
     <w:rsid w:val="002A400F"/>
     <w:rsid w:val="002A40B2"/>
     <w:rsid w:val="002A40E1"/>
     <w:rsid w:val="002A4290"/>
+    <w:rsid w:val="002A464F"/>
     <w:rsid w:val="002A4C9A"/>
+    <w:rsid w:val="002A4D70"/>
+    <w:rsid w:val="002A4FBA"/>
     <w:rsid w:val="002A530A"/>
     <w:rsid w:val="002A5B1A"/>
     <w:rsid w:val="002A642B"/>
-    <w:rsid w:val="002B0034"/>
     <w:rsid w:val="002B02C8"/>
     <w:rsid w:val="002B04B8"/>
     <w:rsid w:val="002B052E"/>
     <w:rsid w:val="002B068D"/>
     <w:rsid w:val="002B06A1"/>
+    <w:rsid w:val="002B08A1"/>
     <w:rsid w:val="002B0A51"/>
     <w:rsid w:val="002B0D95"/>
     <w:rsid w:val="002B1342"/>
-    <w:rsid w:val="002B1609"/>
-[...2 lines deleted...]
-    <w:rsid w:val="002B23EC"/>
+    <w:rsid w:val="002B167F"/>
     <w:rsid w:val="002B2726"/>
     <w:rsid w:val="002B2B23"/>
     <w:rsid w:val="002B36A0"/>
     <w:rsid w:val="002B384F"/>
-    <w:rsid w:val="002B466B"/>
+    <w:rsid w:val="002B4F4A"/>
     <w:rsid w:val="002B5B98"/>
     <w:rsid w:val="002B5EFC"/>
     <w:rsid w:val="002B6D2F"/>
     <w:rsid w:val="002B6D5C"/>
     <w:rsid w:val="002C03BF"/>
     <w:rsid w:val="002C0911"/>
+    <w:rsid w:val="002C10C2"/>
     <w:rsid w:val="002C1276"/>
     <w:rsid w:val="002C13B6"/>
     <w:rsid w:val="002C155F"/>
     <w:rsid w:val="002C17F3"/>
+    <w:rsid w:val="002C1858"/>
     <w:rsid w:val="002C1C34"/>
     <w:rsid w:val="002C24CF"/>
     <w:rsid w:val="002C2879"/>
     <w:rsid w:val="002C32B5"/>
     <w:rsid w:val="002C3E4C"/>
     <w:rsid w:val="002C404F"/>
     <w:rsid w:val="002C414A"/>
-    <w:rsid w:val="002C4E4C"/>
+    <w:rsid w:val="002C460B"/>
     <w:rsid w:val="002C521F"/>
     <w:rsid w:val="002C5832"/>
     <w:rsid w:val="002C652F"/>
     <w:rsid w:val="002C6C6E"/>
     <w:rsid w:val="002C6F74"/>
     <w:rsid w:val="002C72E6"/>
     <w:rsid w:val="002C7304"/>
     <w:rsid w:val="002C7B52"/>
     <w:rsid w:val="002C7CFF"/>
     <w:rsid w:val="002D031B"/>
     <w:rsid w:val="002D0489"/>
     <w:rsid w:val="002D099E"/>
+    <w:rsid w:val="002D0D07"/>
     <w:rsid w:val="002D1055"/>
+    <w:rsid w:val="002D17D2"/>
     <w:rsid w:val="002D1B7E"/>
     <w:rsid w:val="002D297F"/>
     <w:rsid w:val="002D2A9D"/>
     <w:rsid w:val="002D2B3C"/>
+    <w:rsid w:val="002D2BD3"/>
     <w:rsid w:val="002D3FBA"/>
     <w:rsid w:val="002D4C74"/>
-    <w:rsid w:val="002D53CC"/>
+    <w:rsid w:val="002D4DE0"/>
     <w:rsid w:val="002D59FE"/>
+    <w:rsid w:val="002D5DC8"/>
     <w:rsid w:val="002D6808"/>
+    <w:rsid w:val="002D72A2"/>
     <w:rsid w:val="002D73B7"/>
     <w:rsid w:val="002D74AB"/>
+    <w:rsid w:val="002D7BAF"/>
     <w:rsid w:val="002D7C5B"/>
+    <w:rsid w:val="002D7D03"/>
     <w:rsid w:val="002D7D25"/>
+    <w:rsid w:val="002E1E7D"/>
     <w:rsid w:val="002E25D3"/>
+    <w:rsid w:val="002E2745"/>
     <w:rsid w:val="002E29CF"/>
     <w:rsid w:val="002E2D42"/>
+    <w:rsid w:val="002E3754"/>
     <w:rsid w:val="002E3BDF"/>
     <w:rsid w:val="002E3C33"/>
+    <w:rsid w:val="002E4144"/>
     <w:rsid w:val="002E449D"/>
+    <w:rsid w:val="002E4F7E"/>
+    <w:rsid w:val="002E57C5"/>
     <w:rsid w:val="002E58A6"/>
     <w:rsid w:val="002E58BD"/>
     <w:rsid w:val="002E5A64"/>
     <w:rsid w:val="002E618D"/>
     <w:rsid w:val="002E67A6"/>
     <w:rsid w:val="002E6F20"/>
     <w:rsid w:val="002E6FC9"/>
     <w:rsid w:val="002E6FFA"/>
     <w:rsid w:val="002E7138"/>
     <w:rsid w:val="002E7698"/>
+    <w:rsid w:val="002E7816"/>
     <w:rsid w:val="002E79BA"/>
+    <w:rsid w:val="002F05C6"/>
     <w:rsid w:val="002F0CEC"/>
     <w:rsid w:val="002F0EED"/>
-    <w:rsid w:val="002F116D"/>
     <w:rsid w:val="002F1403"/>
     <w:rsid w:val="002F164A"/>
     <w:rsid w:val="002F195E"/>
-    <w:rsid w:val="002F1DC8"/>
     <w:rsid w:val="002F215E"/>
+    <w:rsid w:val="002F2A20"/>
     <w:rsid w:val="002F3315"/>
     <w:rsid w:val="002F33A4"/>
     <w:rsid w:val="002F3890"/>
     <w:rsid w:val="002F3BAF"/>
     <w:rsid w:val="002F3EF5"/>
-    <w:rsid w:val="002F41A4"/>
     <w:rsid w:val="002F432C"/>
+    <w:rsid w:val="002F460B"/>
     <w:rsid w:val="002F4F98"/>
+    <w:rsid w:val="002F5141"/>
     <w:rsid w:val="002F58E0"/>
     <w:rsid w:val="002F5921"/>
+    <w:rsid w:val="002F6261"/>
     <w:rsid w:val="002F677F"/>
     <w:rsid w:val="002F67D2"/>
     <w:rsid w:val="002F71E0"/>
     <w:rsid w:val="002F75FB"/>
     <w:rsid w:val="003007DC"/>
     <w:rsid w:val="00300D98"/>
     <w:rsid w:val="00300E7C"/>
     <w:rsid w:val="0030133C"/>
     <w:rsid w:val="00301501"/>
+    <w:rsid w:val="00301521"/>
     <w:rsid w:val="003018A4"/>
     <w:rsid w:val="00301931"/>
+    <w:rsid w:val="00301B4D"/>
     <w:rsid w:val="00301C2C"/>
-    <w:rsid w:val="00302271"/>
+    <w:rsid w:val="00302709"/>
+    <w:rsid w:val="003028DB"/>
     <w:rsid w:val="00302C4E"/>
     <w:rsid w:val="003030C9"/>
     <w:rsid w:val="0030386D"/>
     <w:rsid w:val="00303C3D"/>
     <w:rsid w:val="00303D78"/>
     <w:rsid w:val="00304398"/>
+    <w:rsid w:val="00304890"/>
     <w:rsid w:val="0030497D"/>
     <w:rsid w:val="00304C6F"/>
     <w:rsid w:val="00305245"/>
     <w:rsid w:val="00305298"/>
     <w:rsid w:val="003058A3"/>
     <w:rsid w:val="00305D00"/>
+    <w:rsid w:val="00305D8A"/>
     <w:rsid w:val="00305DAC"/>
     <w:rsid w:val="00305DFC"/>
+    <w:rsid w:val="0030603E"/>
     <w:rsid w:val="003066B4"/>
-    <w:rsid w:val="00306E5C"/>
     <w:rsid w:val="003070B0"/>
     <w:rsid w:val="003077B9"/>
     <w:rsid w:val="00307B90"/>
     <w:rsid w:val="00307F54"/>
+    <w:rsid w:val="0031019F"/>
     <w:rsid w:val="00310944"/>
     <w:rsid w:val="00311C44"/>
+    <w:rsid w:val="003121D1"/>
     <w:rsid w:val="0031246D"/>
     <w:rsid w:val="003135FE"/>
     <w:rsid w:val="003137C5"/>
     <w:rsid w:val="00313846"/>
     <w:rsid w:val="00313D61"/>
     <w:rsid w:val="00314899"/>
     <w:rsid w:val="00314AFF"/>
     <w:rsid w:val="00314F50"/>
     <w:rsid w:val="00315038"/>
+    <w:rsid w:val="00315187"/>
     <w:rsid w:val="003151C6"/>
     <w:rsid w:val="0031638F"/>
     <w:rsid w:val="00316BBD"/>
     <w:rsid w:val="00316EC7"/>
+    <w:rsid w:val="00316EF5"/>
     <w:rsid w:val="0031721B"/>
     <w:rsid w:val="00317604"/>
-    <w:rsid w:val="0032030D"/>
     <w:rsid w:val="0032058B"/>
+    <w:rsid w:val="00320B04"/>
     <w:rsid w:val="00320C77"/>
     <w:rsid w:val="00320FAB"/>
     <w:rsid w:val="003218BB"/>
     <w:rsid w:val="00321B03"/>
     <w:rsid w:val="00321C9E"/>
     <w:rsid w:val="003226E7"/>
     <w:rsid w:val="003229A4"/>
-    <w:rsid w:val="00322B78"/>
     <w:rsid w:val="00322DC1"/>
     <w:rsid w:val="00323324"/>
     <w:rsid w:val="00323B02"/>
+    <w:rsid w:val="00323F32"/>
+    <w:rsid w:val="003248A6"/>
+    <w:rsid w:val="00324E0B"/>
     <w:rsid w:val="00324F3B"/>
+    <w:rsid w:val="0032537F"/>
     <w:rsid w:val="003256F6"/>
     <w:rsid w:val="00325D8B"/>
     <w:rsid w:val="00325FC0"/>
+    <w:rsid w:val="00326178"/>
     <w:rsid w:val="0032736B"/>
     <w:rsid w:val="00327761"/>
     <w:rsid w:val="00327853"/>
+    <w:rsid w:val="00327932"/>
     <w:rsid w:val="003300E5"/>
     <w:rsid w:val="00330C0C"/>
     <w:rsid w:val="00330D13"/>
     <w:rsid w:val="00331685"/>
     <w:rsid w:val="003317A0"/>
     <w:rsid w:val="00331A19"/>
     <w:rsid w:val="00331C22"/>
     <w:rsid w:val="00331DAD"/>
     <w:rsid w:val="0033203C"/>
     <w:rsid w:val="0033239D"/>
     <w:rsid w:val="00332768"/>
     <w:rsid w:val="00332B74"/>
     <w:rsid w:val="00332CAE"/>
     <w:rsid w:val="00332F24"/>
     <w:rsid w:val="00333321"/>
     <w:rsid w:val="003336A1"/>
     <w:rsid w:val="00333989"/>
+    <w:rsid w:val="00333FC6"/>
     <w:rsid w:val="003343CA"/>
     <w:rsid w:val="00334444"/>
+    <w:rsid w:val="003348D5"/>
     <w:rsid w:val="00334BD6"/>
     <w:rsid w:val="00334EC6"/>
+    <w:rsid w:val="003358B4"/>
     <w:rsid w:val="003359D1"/>
+    <w:rsid w:val="00335A8A"/>
     <w:rsid w:val="00335CAB"/>
     <w:rsid w:val="00335CC0"/>
+    <w:rsid w:val="00335D18"/>
+    <w:rsid w:val="00335DFA"/>
     <w:rsid w:val="00335FCF"/>
     <w:rsid w:val="003371B2"/>
     <w:rsid w:val="003378F7"/>
     <w:rsid w:val="00337A5C"/>
+    <w:rsid w:val="00340B95"/>
     <w:rsid w:val="00340BE0"/>
     <w:rsid w:val="00340F9A"/>
+    <w:rsid w:val="00341208"/>
     <w:rsid w:val="0034149B"/>
     <w:rsid w:val="003417A9"/>
+    <w:rsid w:val="00341F85"/>
     <w:rsid w:val="00342578"/>
     <w:rsid w:val="003437E1"/>
     <w:rsid w:val="003438B2"/>
     <w:rsid w:val="003438F6"/>
     <w:rsid w:val="00343C27"/>
-    <w:rsid w:val="003440BC"/>
+    <w:rsid w:val="00344041"/>
     <w:rsid w:val="0034425A"/>
     <w:rsid w:val="00344435"/>
+    <w:rsid w:val="00344787"/>
+    <w:rsid w:val="00344851"/>
     <w:rsid w:val="00344DB5"/>
+    <w:rsid w:val="00345515"/>
     <w:rsid w:val="00345C56"/>
     <w:rsid w:val="00345DBD"/>
     <w:rsid w:val="003460E7"/>
     <w:rsid w:val="00346136"/>
     <w:rsid w:val="003468FA"/>
     <w:rsid w:val="00346DD0"/>
     <w:rsid w:val="00346EA9"/>
     <w:rsid w:val="00347124"/>
     <w:rsid w:val="003471D8"/>
     <w:rsid w:val="0035048E"/>
     <w:rsid w:val="00350787"/>
+    <w:rsid w:val="00350B4D"/>
+    <w:rsid w:val="00350B74"/>
     <w:rsid w:val="00350C44"/>
+    <w:rsid w:val="00351C1A"/>
+    <w:rsid w:val="00351D4A"/>
     <w:rsid w:val="0035246B"/>
     <w:rsid w:val="00352757"/>
     <w:rsid w:val="0035316A"/>
     <w:rsid w:val="003536A5"/>
     <w:rsid w:val="00353ABE"/>
     <w:rsid w:val="00353B2E"/>
     <w:rsid w:val="00353B74"/>
     <w:rsid w:val="00353C29"/>
     <w:rsid w:val="00353C4A"/>
     <w:rsid w:val="003541D2"/>
     <w:rsid w:val="00354CA8"/>
     <w:rsid w:val="003552F2"/>
+    <w:rsid w:val="00356545"/>
     <w:rsid w:val="00356623"/>
     <w:rsid w:val="0035686C"/>
     <w:rsid w:val="0035697E"/>
     <w:rsid w:val="003569FD"/>
+    <w:rsid w:val="00356B9E"/>
     <w:rsid w:val="00356BEB"/>
+    <w:rsid w:val="00356C8B"/>
     <w:rsid w:val="00356FBF"/>
     <w:rsid w:val="00357158"/>
+    <w:rsid w:val="00357D1E"/>
     <w:rsid w:val="00360811"/>
     <w:rsid w:val="00360AB6"/>
     <w:rsid w:val="003624C5"/>
     <w:rsid w:val="00362843"/>
     <w:rsid w:val="00362B9D"/>
+    <w:rsid w:val="00362DFB"/>
     <w:rsid w:val="003630DB"/>
+    <w:rsid w:val="003633CD"/>
     <w:rsid w:val="00363413"/>
+    <w:rsid w:val="00363527"/>
     <w:rsid w:val="00363A21"/>
     <w:rsid w:val="00363A57"/>
     <w:rsid w:val="00363C98"/>
     <w:rsid w:val="00364115"/>
     <w:rsid w:val="003648B0"/>
     <w:rsid w:val="00364902"/>
     <w:rsid w:val="00364C24"/>
     <w:rsid w:val="00365361"/>
     <w:rsid w:val="003657F8"/>
+    <w:rsid w:val="0036583F"/>
     <w:rsid w:val="00365932"/>
     <w:rsid w:val="00365EE5"/>
     <w:rsid w:val="00366438"/>
     <w:rsid w:val="003667EC"/>
     <w:rsid w:val="0036680D"/>
     <w:rsid w:val="00366BCB"/>
     <w:rsid w:val="00366D61"/>
     <w:rsid w:val="003672E8"/>
-    <w:rsid w:val="00367FB4"/>
+    <w:rsid w:val="00367CEC"/>
     <w:rsid w:val="00370537"/>
     <w:rsid w:val="003707F3"/>
     <w:rsid w:val="00370A05"/>
     <w:rsid w:val="00370D1A"/>
     <w:rsid w:val="00370F13"/>
     <w:rsid w:val="00371919"/>
     <w:rsid w:val="0037198B"/>
     <w:rsid w:val="003721CD"/>
+    <w:rsid w:val="003721E3"/>
     <w:rsid w:val="00372EB8"/>
     <w:rsid w:val="003730C6"/>
     <w:rsid w:val="00373614"/>
     <w:rsid w:val="00373A87"/>
     <w:rsid w:val="00373CB9"/>
     <w:rsid w:val="00374035"/>
     <w:rsid w:val="003741AB"/>
     <w:rsid w:val="0037434A"/>
+    <w:rsid w:val="00374685"/>
     <w:rsid w:val="003746E9"/>
+    <w:rsid w:val="003754B2"/>
     <w:rsid w:val="003754BC"/>
     <w:rsid w:val="003758F9"/>
     <w:rsid w:val="00375BAD"/>
+    <w:rsid w:val="003764F5"/>
     <w:rsid w:val="0037670C"/>
+    <w:rsid w:val="00376AED"/>
     <w:rsid w:val="00376E2C"/>
+    <w:rsid w:val="003771A2"/>
     <w:rsid w:val="00380DD8"/>
+    <w:rsid w:val="003813D4"/>
     <w:rsid w:val="003814F8"/>
     <w:rsid w:val="0038177E"/>
     <w:rsid w:val="00381CF5"/>
     <w:rsid w:val="00381D7E"/>
     <w:rsid w:val="0038240E"/>
     <w:rsid w:val="00382B53"/>
+    <w:rsid w:val="00382DB3"/>
     <w:rsid w:val="00382F54"/>
     <w:rsid w:val="00384045"/>
     <w:rsid w:val="0038418A"/>
     <w:rsid w:val="00384506"/>
     <w:rsid w:val="0038507D"/>
     <w:rsid w:val="003850AA"/>
+    <w:rsid w:val="003855F5"/>
     <w:rsid w:val="00385C3B"/>
     <w:rsid w:val="00385D99"/>
+    <w:rsid w:val="0038653F"/>
     <w:rsid w:val="00386995"/>
     <w:rsid w:val="003869AF"/>
+    <w:rsid w:val="00386BE1"/>
+    <w:rsid w:val="00386E73"/>
+    <w:rsid w:val="00387453"/>
     <w:rsid w:val="003878F6"/>
+    <w:rsid w:val="00387FB4"/>
     <w:rsid w:val="00390590"/>
     <w:rsid w:val="00390A4E"/>
     <w:rsid w:val="00390D45"/>
     <w:rsid w:val="0039101A"/>
     <w:rsid w:val="00391DAF"/>
     <w:rsid w:val="003920F0"/>
     <w:rsid w:val="00392559"/>
     <w:rsid w:val="00392DC5"/>
     <w:rsid w:val="0039371E"/>
     <w:rsid w:val="0039398B"/>
+    <w:rsid w:val="00393B8F"/>
     <w:rsid w:val="00393C0A"/>
     <w:rsid w:val="003945EC"/>
+    <w:rsid w:val="00396728"/>
     <w:rsid w:val="00396849"/>
     <w:rsid w:val="0039704F"/>
     <w:rsid w:val="00397132"/>
     <w:rsid w:val="003973AC"/>
+    <w:rsid w:val="003978CF"/>
     <w:rsid w:val="00397A98"/>
     <w:rsid w:val="00397AB8"/>
     <w:rsid w:val="00397AE0"/>
     <w:rsid w:val="00397DF3"/>
     <w:rsid w:val="003A0841"/>
     <w:rsid w:val="003A0874"/>
     <w:rsid w:val="003A0FCC"/>
+    <w:rsid w:val="003A102A"/>
     <w:rsid w:val="003A2781"/>
     <w:rsid w:val="003A2A75"/>
+    <w:rsid w:val="003A2F23"/>
     <w:rsid w:val="003A31B7"/>
     <w:rsid w:val="003A3BFF"/>
     <w:rsid w:val="003A4299"/>
     <w:rsid w:val="003A44D0"/>
     <w:rsid w:val="003A4705"/>
     <w:rsid w:val="003A47ED"/>
     <w:rsid w:val="003A481A"/>
-    <w:rsid w:val="003A487C"/>
     <w:rsid w:val="003A4B66"/>
     <w:rsid w:val="003A5AC4"/>
     <w:rsid w:val="003A5C11"/>
     <w:rsid w:val="003A66C8"/>
     <w:rsid w:val="003A6801"/>
     <w:rsid w:val="003A6FA7"/>
     <w:rsid w:val="003A7EA0"/>
     <w:rsid w:val="003B0438"/>
     <w:rsid w:val="003B0898"/>
     <w:rsid w:val="003B09FF"/>
     <w:rsid w:val="003B0A3B"/>
     <w:rsid w:val="003B14CE"/>
     <w:rsid w:val="003B1D03"/>
+    <w:rsid w:val="003B1E68"/>
     <w:rsid w:val="003B2440"/>
     <w:rsid w:val="003B29E6"/>
     <w:rsid w:val="003B310A"/>
     <w:rsid w:val="003B3427"/>
     <w:rsid w:val="003B3773"/>
     <w:rsid w:val="003B3797"/>
+    <w:rsid w:val="003B41F9"/>
     <w:rsid w:val="003B43C6"/>
     <w:rsid w:val="003B56A7"/>
     <w:rsid w:val="003B592C"/>
     <w:rsid w:val="003B5DB4"/>
     <w:rsid w:val="003B63DE"/>
     <w:rsid w:val="003B6CF4"/>
-    <w:rsid w:val="003B6F09"/>
     <w:rsid w:val="003B758E"/>
     <w:rsid w:val="003B7672"/>
     <w:rsid w:val="003B7E7C"/>
+    <w:rsid w:val="003C0549"/>
     <w:rsid w:val="003C063A"/>
     <w:rsid w:val="003C082E"/>
     <w:rsid w:val="003C0886"/>
     <w:rsid w:val="003C0901"/>
     <w:rsid w:val="003C113C"/>
     <w:rsid w:val="003C11A6"/>
     <w:rsid w:val="003C2307"/>
     <w:rsid w:val="003C23B2"/>
     <w:rsid w:val="003C309C"/>
     <w:rsid w:val="003C3178"/>
     <w:rsid w:val="003C3ABF"/>
     <w:rsid w:val="003C40A9"/>
-    <w:rsid w:val="003C4761"/>
     <w:rsid w:val="003C48D6"/>
     <w:rsid w:val="003C4D74"/>
+    <w:rsid w:val="003C5368"/>
     <w:rsid w:val="003C5500"/>
     <w:rsid w:val="003C5810"/>
     <w:rsid w:val="003C5E1E"/>
+    <w:rsid w:val="003C6101"/>
     <w:rsid w:val="003C62B7"/>
     <w:rsid w:val="003C69A7"/>
     <w:rsid w:val="003C6B7A"/>
     <w:rsid w:val="003C6BDE"/>
     <w:rsid w:val="003C6C32"/>
     <w:rsid w:val="003C6F89"/>
     <w:rsid w:val="003C7617"/>
     <w:rsid w:val="003C7B20"/>
     <w:rsid w:val="003C7B9C"/>
     <w:rsid w:val="003D03B0"/>
     <w:rsid w:val="003D098B"/>
     <w:rsid w:val="003D0B01"/>
     <w:rsid w:val="003D171F"/>
+    <w:rsid w:val="003D2027"/>
     <w:rsid w:val="003D212A"/>
     <w:rsid w:val="003D2485"/>
     <w:rsid w:val="003D2E60"/>
     <w:rsid w:val="003D3290"/>
     <w:rsid w:val="003D3825"/>
-    <w:rsid w:val="003D391F"/>
     <w:rsid w:val="003D3C27"/>
     <w:rsid w:val="003D430A"/>
     <w:rsid w:val="003D4D32"/>
     <w:rsid w:val="003D4D92"/>
     <w:rsid w:val="003D547C"/>
     <w:rsid w:val="003D54DF"/>
+    <w:rsid w:val="003D57B7"/>
     <w:rsid w:val="003D5B6C"/>
     <w:rsid w:val="003D6297"/>
     <w:rsid w:val="003D68A6"/>
     <w:rsid w:val="003D6EDB"/>
     <w:rsid w:val="003D7911"/>
     <w:rsid w:val="003D7CD6"/>
     <w:rsid w:val="003D7EDE"/>
+    <w:rsid w:val="003E0898"/>
     <w:rsid w:val="003E0DE7"/>
     <w:rsid w:val="003E0F45"/>
     <w:rsid w:val="003E1014"/>
     <w:rsid w:val="003E118F"/>
     <w:rsid w:val="003E15D1"/>
     <w:rsid w:val="003E1A04"/>
     <w:rsid w:val="003E1D00"/>
+    <w:rsid w:val="003E1F53"/>
+    <w:rsid w:val="003E2006"/>
     <w:rsid w:val="003E2473"/>
     <w:rsid w:val="003E281C"/>
     <w:rsid w:val="003E3AA7"/>
     <w:rsid w:val="003E3E3F"/>
     <w:rsid w:val="003E3E87"/>
     <w:rsid w:val="003E46DD"/>
     <w:rsid w:val="003E477E"/>
     <w:rsid w:val="003E48FB"/>
     <w:rsid w:val="003E4ED7"/>
     <w:rsid w:val="003E69F2"/>
     <w:rsid w:val="003E6E44"/>
     <w:rsid w:val="003E6EAA"/>
     <w:rsid w:val="003E6EB3"/>
     <w:rsid w:val="003E735D"/>
+    <w:rsid w:val="003E7820"/>
     <w:rsid w:val="003E7C00"/>
     <w:rsid w:val="003E7DC2"/>
     <w:rsid w:val="003F0DCA"/>
     <w:rsid w:val="003F122B"/>
     <w:rsid w:val="003F18DF"/>
     <w:rsid w:val="003F2204"/>
     <w:rsid w:val="003F25E5"/>
+    <w:rsid w:val="003F26F2"/>
     <w:rsid w:val="003F2B53"/>
     <w:rsid w:val="003F33C7"/>
     <w:rsid w:val="003F33E4"/>
     <w:rsid w:val="003F378B"/>
     <w:rsid w:val="003F395B"/>
     <w:rsid w:val="003F399F"/>
     <w:rsid w:val="003F3B86"/>
     <w:rsid w:val="003F3DD2"/>
     <w:rsid w:val="003F46F5"/>
     <w:rsid w:val="003F521C"/>
     <w:rsid w:val="003F54E1"/>
     <w:rsid w:val="003F589A"/>
     <w:rsid w:val="003F5C73"/>
     <w:rsid w:val="003F5CA4"/>
     <w:rsid w:val="003F621F"/>
     <w:rsid w:val="003F6242"/>
+    <w:rsid w:val="003F62A4"/>
     <w:rsid w:val="003F63DE"/>
     <w:rsid w:val="003F6426"/>
     <w:rsid w:val="003F6703"/>
     <w:rsid w:val="003F68EA"/>
     <w:rsid w:val="003F7414"/>
+    <w:rsid w:val="003F7947"/>
     <w:rsid w:val="003F7E92"/>
     <w:rsid w:val="0040038F"/>
     <w:rsid w:val="00400777"/>
     <w:rsid w:val="00400C22"/>
     <w:rsid w:val="00400C9D"/>
     <w:rsid w:val="00400D95"/>
     <w:rsid w:val="00400DEF"/>
     <w:rsid w:val="00400FA1"/>
-    <w:rsid w:val="00402571"/>
+    <w:rsid w:val="00401A8C"/>
+    <w:rsid w:val="00401EFC"/>
     <w:rsid w:val="004029A0"/>
     <w:rsid w:val="00402DD9"/>
     <w:rsid w:val="00403C95"/>
     <w:rsid w:val="0040500D"/>
     <w:rsid w:val="00405088"/>
+    <w:rsid w:val="004055BC"/>
     <w:rsid w:val="004058B6"/>
     <w:rsid w:val="004058C9"/>
     <w:rsid w:val="00405E93"/>
     <w:rsid w:val="00407E4E"/>
+    <w:rsid w:val="00410505"/>
+    <w:rsid w:val="00410594"/>
     <w:rsid w:val="0041059F"/>
     <w:rsid w:val="00411064"/>
     <w:rsid w:val="0041120C"/>
     <w:rsid w:val="00411B72"/>
     <w:rsid w:val="00411CD0"/>
     <w:rsid w:val="00411FF4"/>
     <w:rsid w:val="00412D06"/>
     <w:rsid w:val="004130E4"/>
     <w:rsid w:val="0041365D"/>
     <w:rsid w:val="004138A2"/>
     <w:rsid w:val="0041397A"/>
     <w:rsid w:val="00413BCC"/>
     <w:rsid w:val="00413BF9"/>
     <w:rsid w:val="00413C82"/>
     <w:rsid w:val="00413EDA"/>
     <w:rsid w:val="00413FF4"/>
     <w:rsid w:val="00414041"/>
     <w:rsid w:val="0041464C"/>
     <w:rsid w:val="00414A45"/>
     <w:rsid w:val="00414E7C"/>
+    <w:rsid w:val="00415547"/>
     <w:rsid w:val="00415B50"/>
     <w:rsid w:val="00416986"/>
+    <w:rsid w:val="00416BAA"/>
     <w:rsid w:val="00416DD4"/>
     <w:rsid w:val="004170F2"/>
     <w:rsid w:val="004176F8"/>
+    <w:rsid w:val="00417854"/>
     <w:rsid w:val="00417B67"/>
+    <w:rsid w:val="00417EA8"/>
     <w:rsid w:val="0042010C"/>
     <w:rsid w:val="0042039E"/>
     <w:rsid w:val="0042045B"/>
     <w:rsid w:val="0042072C"/>
     <w:rsid w:val="004216B9"/>
-    <w:rsid w:val="00421964"/>
     <w:rsid w:val="00421F6D"/>
     <w:rsid w:val="00422244"/>
     <w:rsid w:val="00422B43"/>
     <w:rsid w:val="0042348A"/>
+    <w:rsid w:val="00423FB0"/>
     <w:rsid w:val="00424083"/>
     <w:rsid w:val="00424676"/>
     <w:rsid w:val="004251D7"/>
     <w:rsid w:val="00425514"/>
     <w:rsid w:val="00425679"/>
     <w:rsid w:val="00425C7A"/>
     <w:rsid w:val="00425D98"/>
+    <w:rsid w:val="00426184"/>
+    <w:rsid w:val="00426192"/>
     <w:rsid w:val="004261A9"/>
+    <w:rsid w:val="00426602"/>
     <w:rsid w:val="00426815"/>
     <w:rsid w:val="0042691A"/>
     <w:rsid w:val="00426D49"/>
     <w:rsid w:val="00427738"/>
     <w:rsid w:val="00427FDA"/>
     <w:rsid w:val="004304A3"/>
     <w:rsid w:val="00430773"/>
     <w:rsid w:val="0043085E"/>
     <w:rsid w:val="004308CB"/>
     <w:rsid w:val="00430BC8"/>
     <w:rsid w:val="004317E4"/>
     <w:rsid w:val="00431EB4"/>
+    <w:rsid w:val="0043211D"/>
     <w:rsid w:val="0043251A"/>
-    <w:rsid w:val="004327A1"/>
     <w:rsid w:val="004329A5"/>
     <w:rsid w:val="00432B2B"/>
     <w:rsid w:val="00432DF7"/>
     <w:rsid w:val="0043350C"/>
     <w:rsid w:val="00433757"/>
     <w:rsid w:val="00433A47"/>
     <w:rsid w:val="00433D49"/>
     <w:rsid w:val="004346E8"/>
     <w:rsid w:val="00434A20"/>
     <w:rsid w:val="00434C57"/>
     <w:rsid w:val="00434CA6"/>
+    <w:rsid w:val="00435270"/>
     <w:rsid w:val="00435716"/>
     <w:rsid w:val="004357E8"/>
     <w:rsid w:val="00435C46"/>
     <w:rsid w:val="00435DA6"/>
+    <w:rsid w:val="00435E08"/>
     <w:rsid w:val="00436AAA"/>
     <w:rsid w:val="004370DA"/>
     <w:rsid w:val="0043720D"/>
     <w:rsid w:val="0044056C"/>
+    <w:rsid w:val="00440CA2"/>
     <w:rsid w:val="00440DBE"/>
     <w:rsid w:val="00441612"/>
     <w:rsid w:val="00441883"/>
     <w:rsid w:val="00441AE2"/>
     <w:rsid w:val="00441C35"/>
     <w:rsid w:val="00441CA5"/>
     <w:rsid w:val="00441D53"/>
     <w:rsid w:val="0044257F"/>
     <w:rsid w:val="00442B03"/>
     <w:rsid w:val="00442EFA"/>
     <w:rsid w:val="00442EFC"/>
     <w:rsid w:val="00442F68"/>
+    <w:rsid w:val="0044305A"/>
+    <w:rsid w:val="00443224"/>
     <w:rsid w:val="004441DA"/>
     <w:rsid w:val="00444819"/>
+    <w:rsid w:val="00444C0B"/>
     <w:rsid w:val="00444D12"/>
     <w:rsid w:val="004454C6"/>
+    <w:rsid w:val="00445A39"/>
     <w:rsid w:val="00445B77"/>
     <w:rsid w:val="00445C84"/>
     <w:rsid w:val="004466B5"/>
     <w:rsid w:val="00446821"/>
     <w:rsid w:val="00446880"/>
+    <w:rsid w:val="00446A50"/>
     <w:rsid w:val="00446F5D"/>
     <w:rsid w:val="00447266"/>
     <w:rsid w:val="004477E9"/>
+    <w:rsid w:val="00447AE9"/>
     <w:rsid w:val="00447CEA"/>
     <w:rsid w:val="00450135"/>
     <w:rsid w:val="004504A1"/>
     <w:rsid w:val="004508ED"/>
     <w:rsid w:val="0045097F"/>
-    <w:rsid w:val="00450E07"/>
     <w:rsid w:val="004517CD"/>
     <w:rsid w:val="00451F2D"/>
     <w:rsid w:val="0045231F"/>
     <w:rsid w:val="004525F4"/>
     <w:rsid w:val="00452A75"/>
     <w:rsid w:val="0045374F"/>
     <w:rsid w:val="004537FC"/>
     <w:rsid w:val="0045437F"/>
-    <w:rsid w:val="00454D22"/>
+    <w:rsid w:val="00454864"/>
     <w:rsid w:val="004553B6"/>
     <w:rsid w:val="004553D2"/>
     <w:rsid w:val="00455920"/>
     <w:rsid w:val="00455A03"/>
-    <w:rsid w:val="00455E2F"/>
     <w:rsid w:val="0045665D"/>
     <w:rsid w:val="00456A03"/>
     <w:rsid w:val="0045734E"/>
     <w:rsid w:val="00457696"/>
     <w:rsid w:val="00457819"/>
     <w:rsid w:val="00457E8C"/>
+    <w:rsid w:val="0046081A"/>
     <w:rsid w:val="004614BC"/>
     <w:rsid w:val="0046167D"/>
     <w:rsid w:val="004619F8"/>
+    <w:rsid w:val="004620D4"/>
     <w:rsid w:val="00462146"/>
     <w:rsid w:val="0046224A"/>
+    <w:rsid w:val="004626EE"/>
+    <w:rsid w:val="00462E0D"/>
     <w:rsid w:val="0046300D"/>
+    <w:rsid w:val="0046305D"/>
     <w:rsid w:val="0046341C"/>
     <w:rsid w:val="0046359E"/>
     <w:rsid w:val="00463A6E"/>
     <w:rsid w:val="00463B01"/>
+    <w:rsid w:val="00464727"/>
     <w:rsid w:val="00464ABE"/>
     <w:rsid w:val="00464D67"/>
     <w:rsid w:val="00464E48"/>
     <w:rsid w:val="00465403"/>
+    <w:rsid w:val="0046557B"/>
     <w:rsid w:val="004656E9"/>
     <w:rsid w:val="00465821"/>
-    <w:rsid w:val="00465DE1"/>
     <w:rsid w:val="004663B1"/>
+    <w:rsid w:val="00466BCD"/>
     <w:rsid w:val="00466D67"/>
     <w:rsid w:val="004673F4"/>
     <w:rsid w:val="00467FE5"/>
     <w:rsid w:val="004702DD"/>
     <w:rsid w:val="00470E20"/>
     <w:rsid w:val="00471474"/>
     <w:rsid w:val="004715E0"/>
+    <w:rsid w:val="00471657"/>
     <w:rsid w:val="00471CBA"/>
     <w:rsid w:val="00472777"/>
     <w:rsid w:val="0047284F"/>
     <w:rsid w:val="00472B10"/>
     <w:rsid w:val="004731F7"/>
     <w:rsid w:val="00473400"/>
+    <w:rsid w:val="0047418C"/>
+    <w:rsid w:val="00474213"/>
     <w:rsid w:val="00475025"/>
     <w:rsid w:val="004752E6"/>
     <w:rsid w:val="00475982"/>
     <w:rsid w:val="00475DA4"/>
     <w:rsid w:val="00476122"/>
-    <w:rsid w:val="00476208"/>
     <w:rsid w:val="0047632F"/>
     <w:rsid w:val="0047659A"/>
+    <w:rsid w:val="00476994"/>
     <w:rsid w:val="00476EA7"/>
     <w:rsid w:val="00477992"/>
     <w:rsid w:val="00477DDF"/>
     <w:rsid w:val="00480784"/>
     <w:rsid w:val="0048091F"/>
     <w:rsid w:val="004809C0"/>
     <w:rsid w:val="00480A60"/>
     <w:rsid w:val="00480E10"/>
     <w:rsid w:val="0048135A"/>
     <w:rsid w:val="00481425"/>
     <w:rsid w:val="00481615"/>
     <w:rsid w:val="00482875"/>
     <w:rsid w:val="00482C3E"/>
     <w:rsid w:val="00482F90"/>
+    <w:rsid w:val="00483D99"/>
     <w:rsid w:val="004845EC"/>
     <w:rsid w:val="0048460D"/>
     <w:rsid w:val="00484D96"/>
     <w:rsid w:val="00484F96"/>
     <w:rsid w:val="00485996"/>
     <w:rsid w:val="0048642D"/>
-    <w:rsid w:val="00486FEC"/>
+    <w:rsid w:val="00487455"/>
     <w:rsid w:val="00487A54"/>
     <w:rsid w:val="00490EB5"/>
     <w:rsid w:val="0049109E"/>
     <w:rsid w:val="004919E2"/>
     <w:rsid w:val="00491C81"/>
     <w:rsid w:val="00491D32"/>
+    <w:rsid w:val="00492CC3"/>
     <w:rsid w:val="00493044"/>
     <w:rsid w:val="00493238"/>
     <w:rsid w:val="00493421"/>
     <w:rsid w:val="00493515"/>
+    <w:rsid w:val="00493AEF"/>
     <w:rsid w:val="00493B0A"/>
     <w:rsid w:val="00493CCD"/>
     <w:rsid w:val="00493D08"/>
+    <w:rsid w:val="00494312"/>
     <w:rsid w:val="00494B2F"/>
     <w:rsid w:val="00495251"/>
     <w:rsid w:val="0049540A"/>
     <w:rsid w:val="004956F6"/>
     <w:rsid w:val="00495A72"/>
+    <w:rsid w:val="00495BDF"/>
     <w:rsid w:val="00495FD4"/>
     <w:rsid w:val="004963C0"/>
+    <w:rsid w:val="00497748"/>
     <w:rsid w:val="0049777A"/>
-    <w:rsid w:val="00497783"/>
+    <w:rsid w:val="00497BD7"/>
     <w:rsid w:val="00497CF1"/>
     <w:rsid w:val="00497F56"/>
     <w:rsid w:val="004A000D"/>
+    <w:rsid w:val="004A0123"/>
     <w:rsid w:val="004A019D"/>
     <w:rsid w:val="004A027B"/>
     <w:rsid w:val="004A07FA"/>
     <w:rsid w:val="004A0E01"/>
     <w:rsid w:val="004A0EDF"/>
     <w:rsid w:val="004A12D8"/>
     <w:rsid w:val="004A22D8"/>
     <w:rsid w:val="004A254C"/>
     <w:rsid w:val="004A2DAA"/>
     <w:rsid w:val="004A3325"/>
     <w:rsid w:val="004A34AA"/>
     <w:rsid w:val="004A38BA"/>
     <w:rsid w:val="004A3E72"/>
+    <w:rsid w:val="004A41FD"/>
     <w:rsid w:val="004A5164"/>
     <w:rsid w:val="004A54AD"/>
     <w:rsid w:val="004A551A"/>
     <w:rsid w:val="004A556D"/>
+    <w:rsid w:val="004A573D"/>
     <w:rsid w:val="004A6777"/>
     <w:rsid w:val="004A6B25"/>
     <w:rsid w:val="004A6BBD"/>
     <w:rsid w:val="004A6D55"/>
     <w:rsid w:val="004A7940"/>
     <w:rsid w:val="004A7A85"/>
-    <w:rsid w:val="004A7E1E"/>
-    <w:rsid w:val="004B00E1"/>
     <w:rsid w:val="004B08CA"/>
-    <w:rsid w:val="004B08D6"/>
+    <w:rsid w:val="004B09CF"/>
     <w:rsid w:val="004B0B66"/>
     <w:rsid w:val="004B0F71"/>
     <w:rsid w:val="004B1455"/>
+    <w:rsid w:val="004B1CBB"/>
+    <w:rsid w:val="004B1D6F"/>
     <w:rsid w:val="004B228C"/>
     <w:rsid w:val="004B2994"/>
     <w:rsid w:val="004B2B07"/>
     <w:rsid w:val="004B3C56"/>
+    <w:rsid w:val="004B4BAB"/>
     <w:rsid w:val="004B4E12"/>
     <w:rsid w:val="004B61F6"/>
     <w:rsid w:val="004B6469"/>
     <w:rsid w:val="004B653F"/>
     <w:rsid w:val="004B6A60"/>
     <w:rsid w:val="004B6CB7"/>
     <w:rsid w:val="004B6DA7"/>
     <w:rsid w:val="004B6F2C"/>
     <w:rsid w:val="004B71AC"/>
     <w:rsid w:val="004B756B"/>
     <w:rsid w:val="004C0702"/>
     <w:rsid w:val="004C077E"/>
+    <w:rsid w:val="004C0AF1"/>
     <w:rsid w:val="004C1425"/>
     <w:rsid w:val="004C164B"/>
     <w:rsid w:val="004C1874"/>
     <w:rsid w:val="004C1D0C"/>
+    <w:rsid w:val="004C3029"/>
     <w:rsid w:val="004C32EF"/>
     <w:rsid w:val="004C38FD"/>
     <w:rsid w:val="004C3D1C"/>
     <w:rsid w:val="004C404F"/>
     <w:rsid w:val="004C4286"/>
     <w:rsid w:val="004C433B"/>
-    <w:rsid w:val="004C4C0A"/>
+    <w:rsid w:val="004C4810"/>
     <w:rsid w:val="004C4EF3"/>
     <w:rsid w:val="004C5307"/>
-    <w:rsid w:val="004C5746"/>
     <w:rsid w:val="004C5CB2"/>
-    <w:rsid w:val="004C5CEB"/>
     <w:rsid w:val="004C6227"/>
     <w:rsid w:val="004C68FD"/>
     <w:rsid w:val="004C6C3C"/>
     <w:rsid w:val="004C6F43"/>
     <w:rsid w:val="004C789E"/>
     <w:rsid w:val="004C7997"/>
     <w:rsid w:val="004C7CD5"/>
     <w:rsid w:val="004C7F26"/>
     <w:rsid w:val="004D05C6"/>
     <w:rsid w:val="004D0ECD"/>
+    <w:rsid w:val="004D13DF"/>
     <w:rsid w:val="004D2A93"/>
     <w:rsid w:val="004D3336"/>
     <w:rsid w:val="004D387D"/>
     <w:rsid w:val="004D3915"/>
     <w:rsid w:val="004D3A5D"/>
+    <w:rsid w:val="004D41BE"/>
+    <w:rsid w:val="004D4525"/>
+    <w:rsid w:val="004D47D2"/>
     <w:rsid w:val="004D4C37"/>
     <w:rsid w:val="004D65B0"/>
     <w:rsid w:val="004D7543"/>
+    <w:rsid w:val="004D7F6E"/>
+    <w:rsid w:val="004E019D"/>
     <w:rsid w:val="004E06CD"/>
     <w:rsid w:val="004E1249"/>
     <w:rsid w:val="004E1C40"/>
+    <w:rsid w:val="004E1C44"/>
     <w:rsid w:val="004E1E93"/>
-    <w:rsid w:val="004E1F96"/>
     <w:rsid w:val="004E2047"/>
+    <w:rsid w:val="004E240F"/>
     <w:rsid w:val="004E2CD6"/>
     <w:rsid w:val="004E378B"/>
     <w:rsid w:val="004E3899"/>
     <w:rsid w:val="004E4052"/>
+    <w:rsid w:val="004E40C2"/>
     <w:rsid w:val="004E430B"/>
-    <w:rsid w:val="004E443B"/>
     <w:rsid w:val="004E465C"/>
     <w:rsid w:val="004E4757"/>
     <w:rsid w:val="004E4824"/>
     <w:rsid w:val="004E4B2C"/>
     <w:rsid w:val="004E4BCC"/>
     <w:rsid w:val="004E4D51"/>
     <w:rsid w:val="004E55E4"/>
     <w:rsid w:val="004E5706"/>
     <w:rsid w:val="004E572D"/>
     <w:rsid w:val="004E644E"/>
     <w:rsid w:val="004E686F"/>
     <w:rsid w:val="004E6BF5"/>
     <w:rsid w:val="004E78BB"/>
     <w:rsid w:val="004E7D4B"/>
     <w:rsid w:val="004E7FC1"/>
+    <w:rsid w:val="004F0F63"/>
     <w:rsid w:val="004F1008"/>
     <w:rsid w:val="004F160B"/>
-    <w:rsid w:val="004F195C"/>
     <w:rsid w:val="004F1B8D"/>
     <w:rsid w:val="004F20E6"/>
     <w:rsid w:val="004F2257"/>
     <w:rsid w:val="004F28BD"/>
     <w:rsid w:val="004F2CD1"/>
     <w:rsid w:val="004F35A5"/>
-    <w:rsid w:val="004F3960"/>
+    <w:rsid w:val="004F3673"/>
     <w:rsid w:val="004F3CBB"/>
     <w:rsid w:val="004F3D32"/>
     <w:rsid w:val="004F3E68"/>
     <w:rsid w:val="004F3E87"/>
     <w:rsid w:val="004F4864"/>
     <w:rsid w:val="004F50F1"/>
+    <w:rsid w:val="004F521A"/>
     <w:rsid w:val="004F559B"/>
     <w:rsid w:val="004F5BE9"/>
     <w:rsid w:val="004F62CC"/>
-    <w:rsid w:val="00500529"/>
+    <w:rsid w:val="004F636A"/>
+    <w:rsid w:val="004F63E3"/>
+    <w:rsid w:val="004F6AAA"/>
+    <w:rsid w:val="004F6F66"/>
     <w:rsid w:val="00500724"/>
     <w:rsid w:val="005011FB"/>
     <w:rsid w:val="0050161D"/>
     <w:rsid w:val="00501AD6"/>
     <w:rsid w:val="00501CCF"/>
     <w:rsid w:val="00501E28"/>
     <w:rsid w:val="005023F4"/>
     <w:rsid w:val="0050272B"/>
     <w:rsid w:val="00502B07"/>
     <w:rsid w:val="00502D1B"/>
     <w:rsid w:val="00502F88"/>
+    <w:rsid w:val="005032D1"/>
     <w:rsid w:val="0050384E"/>
+    <w:rsid w:val="00504258"/>
     <w:rsid w:val="0050438D"/>
     <w:rsid w:val="005043CE"/>
     <w:rsid w:val="00504788"/>
     <w:rsid w:val="00504DDC"/>
     <w:rsid w:val="00504FC3"/>
     <w:rsid w:val="00506534"/>
     <w:rsid w:val="00506646"/>
     <w:rsid w:val="0050681A"/>
     <w:rsid w:val="00506B17"/>
     <w:rsid w:val="00506FF3"/>
     <w:rsid w:val="005074EF"/>
+    <w:rsid w:val="00507A5B"/>
     <w:rsid w:val="00507FA3"/>
     <w:rsid w:val="00510161"/>
     <w:rsid w:val="0051083C"/>
     <w:rsid w:val="00511804"/>
     <w:rsid w:val="00511B4C"/>
     <w:rsid w:val="00511CB9"/>
     <w:rsid w:val="00511D19"/>
     <w:rsid w:val="00511E32"/>
-    <w:rsid w:val="00511E85"/>
+    <w:rsid w:val="005120C8"/>
     <w:rsid w:val="00512308"/>
     <w:rsid w:val="005131F9"/>
     <w:rsid w:val="00513338"/>
+    <w:rsid w:val="00513377"/>
     <w:rsid w:val="005134C2"/>
     <w:rsid w:val="00513833"/>
     <w:rsid w:val="00513BB2"/>
+    <w:rsid w:val="00514136"/>
     <w:rsid w:val="00514D92"/>
     <w:rsid w:val="00514E28"/>
     <w:rsid w:val="005150C5"/>
     <w:rsid w:val="005151D4"/>
     <w:rsid w:val="0051584A"/>
     <w:rsid w:val="00515B56"/>
     <w:rsid w:val="00515EC3"/>
     <w:rsid w:val="00515F38"/>
     <w:rsid w:val="00516279"/>
     <w:rsid w:val="00516726"/>
     <w:rsid w:val="00516ABE"/>
     <w:rsid w:val="00516FE0"/>
     <w:rsid w:val="00517757"/>
     <w:rsid w:val="00517BA1"/>
     <w:rsid w:val="00517D1A"/>
     <w:rsid w:val="00520ADE"/>
+    <w:rsid w:val="00521658"/>
+    <w:rsid w:val="00521D49"/>
     <w:rsid w:val="005221F3"/>
+    <w:rsid w:val="005229AF"/>
     <w:rsid w:val="00522E2B"/>
     <w:rsid w:val="0052358C"/>
     <w:rsid w:val="00523CF0"/>
     <w:rsid w:val="0052449B"/>
+    <w:rsid w:val="00524820"/>
     <w:rsid w:val="0052492F"/>
     <w:rsid w:val="00524C38"/>
     <w:rsid w:val="00524E1C"/>
     <w:rsid w:val="00524F6F"/>
     <w:rsid w:val="0052565F"/>
+    <w:rsid w:val="0052641C"/>
+    <w:rsid w:val="005268C0"/>
     <w:rsid w:val="00527B1A"/>
     <w:rsid w:val="00527B47"/>
     <w:rsid w:val="005302F1"/>
     <w:rsid w:val="00530409"/>
     <w:rsid w:val="005304DD"/>
+    <w:rsid w:val="00530D68"/>
     <w:rsid w:val="00530EC5"/>
-    <w:rsid w:val="0053184B"/>
+    <w:rsid w:val="0053115E"/>
+    <w:rsid w:val="005312D4"/>
     <w:rsid w:val="00531B19"/>
     <w:rsid w:val="005320F4"/>
     <w:rsid w:val="0053228F"/>
     <w:rsid w:val="00532305"/>
     <w:rsid w:val="00532330"/>
     <w:rsid w:val="00532372"/>
     <w:rsid w:val="005339FA"/>
     <w:rsid w:val="00533B85"/>
     <w:rsid w:val="00533F7B"/>
     <w:rsid w:val="0053470F"/>
     <w:rsid w:val="00535288"/>
     <w:rsid w:val="00535A03"/>
     <w:rsid w:val="00535EBD"/>
+    <w:rsid w:val="00536494"/>
+    <w:rsid w:val="00536D7A"/>
     <w:rsid w:val="00537222"/>
     <w:rsid w:val="0053742F"/>
     <w:rsid w:val="005376C9"/>
     <w:rsid w:val="005378E6"/>
     <w:rsid w:val="0053797D"/>
-    <w:rsid w:val="005379FE"/>
     <w:rsid w:val="005402A0"/>
     <w:rsid w:val="00540416"/>
     <w:rsid w:val="005405EC"/>
     <w:rsid w:val="00540B0E"/>
     <w:rsid w:val="00540F15"/>
+    <w:rsid w:val="005419AD"/>
     <w:rsid w:val="00541BAD"/>
     <w:rsid w:val="0054200A"/>
+    <w:rsid w:val="005425BA"/>
+    <w:rsid w:val="005441C3"/>
     <w:rsid w:val="005442F1"/>
     <w:rsid w:val="0054439B"/>
     <w:rsid w:val="00544519"/>
     <w:rsid w:val="00544A11"/>
     <w:rsid w:val="00544C0A"/>
     <w:rsid w:val="00544F06"/>
+    <w:rsid w:val="0054556E"/>
     <w:rsid w:val="00545746"/>
     <w:rsid w:val="005457A9"/>
     <w:rsid w:val="00545BDA"/>
-    <w:rsid w:val="00545D20"/>
     <w:rsid w:val="005460EF"/>
     <w:rsid w:val="00546250"/>
     <w:rsid w:val="00546AB2"/>
-    <w:rsid w:val="0055051D"/>
+    <w:rsid w:val="00550627"/>
     <w:rsid w:val="005507F7"/>
     <w:rsid w:val="00550D9E"/>
     <w:rsid w:val="00550E35"/>
     <w:rsid w:val="00550EFD"/>
     <w:rsid w:val="00551314"/>
     <w:rsid w:val="005516ED"/>
     <w:rsid w:val="00551CAB"/>
+    <w:rsid w:val="00552010"/>
+    <w:rsid w:val="0055255A"/>
     <w:rsid w:val="00552978"/>
     <w:rsid w:val="0055299F"/>
     <w:rsid w:val="00552B74"/>
+    <w:rsid w:val="00552E2A"/>
     <w:rsid w:val="00553E47"/>
     <w:rsid w:val="005540D1"/>
     <w:rsid w:val="00554979"/>
     <w:rsid w:val="005549FA"/>
     <w:rsid w:val="00554AF0"/>
-    <w:rsid w:val="00554BA1"/>
     <w:rsid w:val="00555255"/>
     <w:rsid w:val="0055555E"/>
     <w:rsid w:val="0055602E"/>
     <w:rsid w:val="005563A4"/>
+    <w:rsid w:val="00556773"/>
+    <w:rsid w:val="005569DF"/>
     <w:rsid w:val="00556B58"/>
     <w:rsid w:val="00556D31"/>
     <w:rsid w:val="00557039"/>
     <w:rsid w:val="005574BA"/>
     <w:rsid w:val="005576FE"/>
     <w:rsid w:val="005579E4"/>
     <w:rsid w:val="00557B8F"/>
     <w:rsid w:val="00557E62"/>
+    <w:rsid w:val="00557F2C"/>
+    <w:rsid w:val="00560098"/>
     <w:rsid w:val="005603DE"/>
     <w:rsid w:val="0056085F"/>
     <w:rsid w:val="00560EB5"/>
     <w:rsid w:val="00560F85"/>
     <w:rsid w:val="00561D1A"/>
     <w:rsid w:val="0056244C"/>
+    <w:rsid w:val="00562697"/>
     <w:rsid w:val="00562EFB"/>
+    <w:rsid w:val="00563148"/>
     <w:rsid w:val="00563606"/>
     <w:rsid w:val="00564149"/>
     <w:rsid w:val="0056426D"/>
     <w:rsid w:val="00564A93"/>
     <w:rsid w:val="00564EF7"/>
+    <w:rsid w:val="005651F4"/>
     <w:rsid w:val="005654A3"/>
     <w:rsid w:val="00565A60"/>
     <w:rsid w:val="00565DEB"/>
     <w:rsid w:val="00565FBD"/>
     <w:rsid w:val="0056602A"/>
     <w:rsid w:val="0056669C"/>
     <w:rsid w:val="00566FCF"/>
     <w:rsid w:val="005673AE"/>
     <w:rsid w:val="00567AAC"/>
     <w:rsid w:val="005700E1"/>
     <w:rsid w:val="005703BE"/>
+    <w:rsid w:val="00570761"/>
     <w:rsid w:val="00570EB4"/>
+    <w:rsid w:val="00571041"/>
+    <w:rsid w:val="005710E8"/>
     <w:rsid w:val="005712A6"/>
+    <w:rsid w:val="00571316"/>
     <w:rsid w:val="0057140A"/>
+    <w:rsid w:val="00571BEC"/>
     <w:rsid w:val="005720FA"/>
+    <w:rsid w:val="005729DA"/>
+    <w:rsid w:val="00572C13"/>
     <w:rsid w:val="0057357A"/>
     <w:rsid w:val="0057361C"/>
     <w:rsid w:val="00573686"/>
     <w:rsid w:val="0057382C"/>
+    <w:rsid w:val="00573B08"/>
     <w:rsid w:val="005741C5"/>
     <w:rsid w:val="005749F2"/>
     <w:rsid w:val="00575ADB"/>
     <w:rsid w:val="00575AE4"/>
     <w:rsid w:val="00575D06"/>
     <w:rsid w:val="00575FD2"/>
+    <w:rsid w:val="005761E6"/>
     <w:rsid w:val="005762C5"/>
     <w:rsid w:val="0057655E"/>
-    <w:rsid w:val="00577387"/>
     <w:rsid w:val="0057754E"/>
     <w:rsid w:val="0057785B"/>
     <w:rsid w:val="00577A36"/>
     <w:rsid w:val="00577ACB"/>
     <w:rsid w:val="005802CA"/>
     <w:rsid w:val="0058051A"/>
     <w:rsid w:val="00580600"/>
-    <w:rsid w:val="005810AE"/>
     <w:rsid w:val="00581369"/>
+    <w:rsid w:val="00581690"/>
+    <w:rsid w:val="005816B4"/>
     <w:rsid w:val="00581840"/>
     <w:rsid w:val="00581AFD"/>
+    <w:rsid w:val="00581F5B"/>
     <w:rsid w:val="0058230A"/>
+    <w:rsid w:val="0058310F"/>
     <w:rsid w:val="0058323E"/>
     <w:rsid w:val="00583311"/>
     <w:rsid w:val="00583917"/>
     <w:rsid w:val="0058463F"/>
     <w:rsid w:val="005847F9"/>
     <w:rsid w:val="00584C4A"/>
+    <w:rsid w:val="005851F6"/>
     <w:rsid w:val="00585D18"/>
+    <w:rsid w:val="005872AE"/>
     <w:rsid w:val="005875DD"/>
     <w:rsid w:val="00590190"/>
     <w:rsid w:val="00590927"/>
+    <w:rsid w:val="00590DF7"/>
     <w:rsid w:val="00590E85"/>
     <w:rsid w:val="00591234"/>
+    <w:rsid w:val="0059140B"/>
+    <w:rsid w:val="00591792"/>
     <w:rsid w:val="005918AD"/>
+    <w:rsid w:val="005918B7"/>
     <w:rsid w:val="00591E6A"/>
     <w:rsid w:val="0059231F"/>
     <w:rsid w:val="005925D9"/>
-    <w:rsid w:val="0059327C"/>
-    <w:rsid w:val="0059340D"/>
+    <w:rsid w:val="00592E7B"/>
     <w:rsid w:val="0059392F"/>
     <w:rsid w:val="005943FD"/>
     <w:rsid w:val="00594CFF"/>
     <w:rsid w:val="00594F80"/>
     <w:rsid w:val="00595108"/>
     <w:rsid w:val="00595134"/>
+    <w:rsid w:val="0059525A"/>
     <w:rsid w:val="00595342"/>
     <w:rsid w:val="00595B0F"/>
     <w:rsid w:val="00595D09"/>
     <w:rsid w:val="005961BD"/>
     <w:rsid w:val="00596410"/>
+    <w:rsid w:val="005966AE"/>
     <w:rsid w:val="00596752"/>
     <w:rsid w:val="00596E24"/>
     <w:rsid w:val="005977B8"/>
     <w:rsid w:val="00597905"/>
     <w:rsid w:val="00597A48"/>
     <w:rsid w:val="005A0258"/>
     <w:rsid w:val="005A03C2"/>
     <w:rsid w:val="005A06FE"/>
     <w:rsid w:val="005A0705"/>
     <w:rsid w:val="005A0937"/>
     <w:rsid w:val="005A0BA9"/>
     <w:rsid w:val="005A1039"/>
     <w:rsid w:val="005A12BC"/>
+    <w:rsid w:val="005A19D9"/>
     <w:rsid w:val="005A1A75"/>
     <w:rsid w:val="005A1F5C"/>
     <w:rsid w:val="005A202B"/>
     <w:rsid w:val="005A21C6"/>
     <w:rsid w:val="005A2754"/>
     <w:rsid w:val="005A2878"/>
     <w:rsid w:val="005A2C2B"/>
     <w:rsid w:val="005A3986"/>
     <w:rsid w:val="005A3A2D"/>
     <w:rsid w:val="005A3DC8"/>
     <w:rsid w:val="005A3E65"/>
+    <w:rsid w:val="005A4667"/>
     <w:rsid w:val="005A4AB0"/>
     <w:rsid w:val="005A4E61"/>
     <w:rsid w:val="005A534B"/>
     <w:rsid w:val="005A5356"/>
     <w:rsid w:val="005A595C"/>
     <w:rsid w:val="005A5C4D"/>
     <w:rsid w:val="005A5FA8"/>
+    <w:rsid w:val="005A63F5"/>
     <w:rsid w:val="005A640F"/>
     <w:rsid w:val="005A64A3"/>
     <w:rsid w:val="005A7D44"/>
-    <w:rsid w:val="005A7E6F"/>
     <w:rsid w:val="005A7F19"/>
     <w:rsid w:val="005B0AA4"/>
     <w:rsid w:val="005B0D92"/>
     <w:rsid w:val="005B0DAF"/>
     <w:rsid w:val="005B119A"/>
     <w:rsid w:val="005B13B5"/>
     <w:rsid w:val="005B197B"/>
     <w:rsid w:val="005B1C37"/>
-    <w:rsid w:val="005B2434"/>
+    <w:rsid w:val="005B256B"/>
     <w:rsid w:val="005B2917"/>
     <w:rsid w:val="005B2AD1"/>
     <w:rsid w:val="005B2B3C"/>
     <w:rsid w:val="005B2D7D"/>
     <w:rsid w:val="005B2E40"/>
     <w:rsid w:val="005B2F9D"/>
     <w:rsid w:val="005B2FFF"/>
     <w:rsid w:val="005B38E1"/>
     <w:rsid w:val="005B3C54"/>
     <w:rsid w:val="005B4695"/>
     <w:rsid w:val="005B4B26"/>
     <w:rsid w:val="005B5C2F"/>
     <w:rsid w:val="005B62DB"/>
+    <w:rsid w:val="005B63BC"/>
     <w:rsid w:val="005B664C"/>
     <w:rsid w:val="005B6725"/>
     <w:rsid w:val="005B6BB9"/>
     <w:rsid w:val="005B6EF9"/>
+    <w:rsid w:val="005B71CC"/>
     <w:rsid w:val="005C005A"/>
     <w:rsid w:val="005C0B61"/>
+    <w:rsid w:val="005C10A7"/>
     <w:rsid w:val="005C11B1"/>
     <w:rsid w:val="005C1696"/>
     <w:rsid w:val="005C2250"/>
     <w:rsid w:val="005C275D"/>
     <w:rsid w:val="005C3FC7"/>
     <w:rsid w:val="005C4006"/>
+    <w:rsid w:val="005C4173"/>
     <w:rsid w:val="005C44B9"/>
     <w:rsid w:val="005C457B"/>
     <w:rsid w:val="005C45F9"/>
     <w:rsid w:val="005C57C8"/>
     <w:rsid w:val="005C5F50"/>
     <w:rsid w:val="005C7123"/>
     <w:rsid w:val="005C7447"/>
     <w:rsid w:val="005C7593"/>
     <w:rsid w:val="005C76AA"/>
     <w:rsid w:val="005C7811"/>
     <w:rsid w:val="005C7BD2"/>
     <w:rsid w:val="005C7BFD"/>
     <w:rsid w:val="005C7DF3"/>
     <w:rsid w:val="005C7E72"/>
     <w:rsid w:val="005D11B4"/>
     <w:rsid w:val="005D1B3D"/>
+    <w:rsid w:val="005D1C59"/>
     <w:rsid w:val="005D1C73"/>
     <w:rsid w:val="005D20CA"/>
     <w:rsid w:val="005D293C"/>
     <w:rsid w:val="005D2A12"/>
     <w:rsid w:val="005D2CC1"/>
+    <w:rsid w:val="005D2CD7"/>
     <w:rsid w:val="005D3A22"/>
+    <w:rsid w:val="005D3A7D"/>
     <w:rsid w:val="005D3C8F"/>
     <w:rsid w:val="005D3CA8"/>
     <w:rsid w:val="005D4189"/>
     <w:rsid w:val="005D445E"/>
     <w:rsid w:val="005D4B8A"/>
     <w:rsid w:val="005D50E9"/>
     <w:rsid w:val="005D532F"/>
-    <w:rsid w:val="005D58FC"/>
     <w:rsid w:val="005D59B0"/>
     <w:rsid w:val="005D5D9A"/>
     <w:rsid w:val="005D632A"/>
     <w:rsid w:val="005D73E1"/>
-    <w:rsid w:val="005D7D72"/>
     <w:rsid w:val="005E044D"/>
+    <w:rsid w:val="005E069F"/>
     <w:rsid w:val="005E104A"/>
     <w:rsid w:val="005E1050"/>
     <w:rsid w:val="005E10B3"/>
     <w:rsid w:val="005E22E8"/>
+    <w:rsid w:val="005E24DF"/>
     <w:rsid w:val="005E2CE6"/>
     <w:rsid w:val="005E31A5"/>
     <w:rsid w:val="005E3431"/>
     <w:rsid w:val="005E36DC"/>
+    <w:rsid w:val="005E3778"/>
+    <w:rsid w:val="005E3B6E"/>
     <w:rsid w:val="005E53DA"/>
     <w:rsid w:val="005E54AD"/>
+    <w:rsid w:val="005E560E"/>
     <w:rsid w:val="005E566F"/>
+    <w:rsid w:val="005E5CA7"/>
+    <w:rsid w:val="005E5E76"/>
     <w:rsid w:val="005E61C8"/>
     <w:rsid w:val="005E648B"/>
-    <w:rsid w:val="005E735D"/>
     <w:rsid w:val="005E7362"/>
     <w:rsid w:val="005E7680"/>
     <w:rsid w:val="005F0209"/>
     <w:rsid w:val="005F04C2"/>
     <w:rsid w:val="005F0C1B"/>
     <w:rsid w:val="005F1251"/>
     <w:rsid w:val="005F1364"/>
     <w:rsid w:val="005F1412"/>
     <w:rsid w:val="005F1911"/>
     <w:rsid w:val="005F1A04"/>
-    <w:rsid w:val="005F1BA8"/>
+    <w:rsid w:val="005F1CA1"/>
     <w:rsid w:val="005F1E94"/>
+    <w:rsid w:val="005F1EA3"/>
     <w:rsid w:val="005F2518"/>
     <w:rsid w:val="005F26F2"/>
-    <w:rsid w:val="005F28A2"/>
     <w:rsid w:val="005F2912"/>
+    <w:rsid w:val="005F2949"/>
+    <w:rsid w:val="005F31A1"/>
     <w:rsid w:val="005F32C3"/>
     <w:rsid w:val="005F344F"/>
     <w:rsid w:val="005F348C"/>
     <w:rsid w:val="005F3752"/>
     <w:rsid w:val="005F3C82"/>
     <w:rsid w:val="005F3FF8"/>
+    <w:rsid w:val="005F42E9"/>
     <w:rsid w:val="005F4FDE"/>
     <w:rsid w:val="005F5163"/>
     <w:rsid w:val="005F58A5"/>
     <w:rsid w:val="005F5BB2"/>
     <w:rsid w:val="005F6C9D"/>
     <w:rsid w:val="005F7591"/>
     <w:rsid w:val="005F7819"/>
-    <w:rsid w:val="005F7A43"/>
     <w:rsid w:val="005F7C01"/>
     <w:rsid w:val="006008C0"/>
     <w:rsid w:val="00600C50"/>
     <w:rsid w:val="00600E7F"/>
+    <w:rsid w:val="00601138"/>
     <w:rsid w:val="00601408"/>
     <w:rsid w:val="00601473"/>
     <w:rsid w:val="00601784"/>
+    <w:rsid w:val="00601880"/>
     <w:rsid w:val="00601AD1"/>
     <w:rsid w:val="00601AEF"/>
     <w:rsid w:val="00601B84"/>
+    <w:rsid w:val="00601D3F"/>
     <w:rsid w:val="006022C0"/>
     <w:rsid w:val="006023C3"/>
     <w:rsid w:val="00602CA4"/>
+    <w:rsid w:val="00602E1E"/>
     <w:rsid w:val="0060320F"/>
     <w:rsid w:val="00603363"/>
     <w:rsid w:val="00603957"/>
     <w:rsid w:val="0060400B"/>
     <w:rsid w:val="0060405B"/>
     <w:rsid w:val="00604328"/>
     <w:rsid w:val="00604587"/>
     <w:rsid w:val="0060459D"/>
+    <w:rsid w:val="00604795"/>
     <w:rsid w:val="006054A8"/>
     <w:rsid w:val="006054FC"/>
+    <w:rsid w:val="0060599D"/>
     <w:rsid w:val="006061C4"/>
     <w:rsid w:val="0060623C"/>
+    <w:rsid w:val="00606368"/>
     <w:rsid w:val="006063B5"/>
     <w:rsid w:val="006063EB"/>
     <w:rsid w:val="00607322"/>
+    <w:rsid w:val="006105EB"/>
     <w:rsid w:val="006106BB"/>
     <w:rsid w:val="00610CE7"/>
     <w:rsid w:val="00610FC2"/>
+    <w:rsid w:val="00611AE9"/>
     <w:rsid w:val="00611B0C"/>
+    <w:rsid w:val="00611C5F"/>
     <w:rsid w:val="00611E9C"/>
     <w:rsid w:val="006120EC"/>
     <w:rsid w:val="00612DA2"/>
-    <w:rsid w:val="0061356A"/>
     <w:rsid w:val="00613AD0"/>
     <w:rsid w:val="00613FA9"/>
+    <w:rsid w:val="00614844"/>
     <w:rsid w:val="00614D7F"/>
     <w:rsid w:val="00614EA3"/>
     <w:rsid w:val="00615613"/>
     <w:rsid w:val="006157E1"/>
     <w:rsid w:val="00615811"/>
     <w:rsid w:val="006158A9"/>
+    <w:rsid w:val="006159B4"/>
     <w:rsid w:val="00615FD9"/>
+    <w:rsid w:val="00616361"/>
     <w:rsid w:val="0061696E"/>
     <w:rsid w:val="00616DFF"/>
     <w:rsid w:val="006178AA"/>
+    <w:rsid w:val="006179B2"/>
     <w:rsid w:val="00617A30"/>
+    <w:rsid w:val="006201C6"/>
     <w:rsid w:val="00620242"/>
     <w:rsid w:val="00620ECF"/>
     <w:rsid w:val="006219BA"/>
+    <w:rsid w:val="00621BA7"/>
     <w:rsid w:val="00621EE2"/>
+    <w:rsid w:val="006220A4"/>
     <w:rsid w:val="00622307"/>
-    <w:rsid w:val="006226C7"/>
-    <w:rsid w:val="00622714"/>
     <w:rsid w:val="00622D59"/>
     <w:rsid w:val="00622F5C"/>
     <w:rsid w:val="00622F5E"/>
     <w:rsid w:val="00623467"/>
+    <w:rsid w:val="0062348E"/>
     <w:rsid w:val="0062359E"/>
     <w:rsid w:val="00624184"/>
     <w:rsid w:val="00624246"/>
     <w:rsid w:val="0062454C"/>
     <w:rsid w:val="0062468D"/>
     <w:rsid w:val="00624750"/>
     <w:rsid w:val="00624765"/>
+    <w:rsid w:val="00624BEB"/>
     <w:rsid w:val="00625157"/>
-    <w:rsid w:val="0062519D"/>
+    <w:rsid w:val="006251E4"/>
+    <w:rsid w:val="0062541B"/>
     <w:rsid w:val="00625F3D"/>
     <w:rsid w:val="006268EB"/>
-    <w:rsid w:val="00626F12"/>
     <w:rsid w:val="00626FDA"/>
     <w:rsid w:val="00630650"/>
-    <w:rsid w:val="006309FC"/>
+    <w:rsid w:val="0063093E"/>
     <w:rsid w:val="00630CB1"/>
     <w:rsid w:val="006310F6"/>
+    <w:rsid w:val="00631458"/>
     <w:rsid w:val="006314C6"/>
     <w:rsid w:val="006316E0"/>
     <w:rsid w:val="006317D2"/>
+    <w:rsid w:val="00631975"/>
     <w:rsid w:val="00632884"/>
     <w:rsid w:val="00632D81"/>
     <w:rsid w:val="00632EC7"/>
     <w:rsid w:val="00632F85"/>
+    <w:rsid w:val="00633557"/>
     <w:rsid w:val="00633E0E"/>
     <w:rsid w:val="00633F74"/>
     <w:rsid w:val="006344F5"/>
     <w:rsid w:val="0063450C"/>
     <w:rsid w:val="00634AC3"/>
+    <w:rsid w:val="006351A2"/>
     <w:rsid w:val="006353BA"/>
     <w:rsid w:val="0063614C"/>
     <w:rsid w:val="006369D5"/>
     <w:rsid w:val="00636A64"/>
+    <w:rsid w:val="00636ABA"/>
     <w:rsid w:val="00636FE2"/>
     <w:rsid w:val="00637DCB"/>
     <w:rsid w:val="006401F2"/>
     <w:rsid w:val="006407B7"/>
+    <w:rsid w:val="00641419"/>
+    <w:rsid w:val="0064148A"/>
     <w:rsid w:val="00642056"/>
+    <w:rsid w:val="006426B4"/>
     <w:rsid w:val="0064285B"/>
     <w:rsid w:val="00642CA7"/>
     <w:rsid w:val="0064328B"/>
     <w:rsid w:val="006434DA"/>
+    <w:rsid w:val="00643DF1"/>
     <w:rsid w:val="00644015"/>
-    <w:rsid w:val="00644982"/>
     <w:rsid w:val="00644B19"/>
     <w:rsid w:val="00645098"/>
+    <w:rsid w:val="006456F7"/>
     <w:rsid w:val="006457D8"/>
     <w:rsid w:val="006458BD"/>
+    <w:rsid w:val="006460EF"/>
     <w:rsid w:val="00646704"/>
     <w:rsid w:val="00646AC9"/>
+    <w:rsid w:val="00646C41"/>
     <w:rsid w:val="00646EF9"/>
     <w:rsid w:val="00647608"/>
     <w:rsid w:val="006477A3"/>
     <w:rsid w:val="00647A75"/>
+    <w:rsid w:val="00647B11"/>
     <w:rsid w:val="006506B2"/>
     <w:rsid w:val="00651112"/>
     <w:rsid w:val="006514CA"/>
-    <w:rsid w:val="00651721"/>
+    <w:rsid w:val="00651AE4"/>
     <w:rsid w:val="00651E56"/>
     <w:rsid w:val="006523FD"/>
+    <w:rsid w:val="0065246C"/>
     <w:rsid w:val="00652494"/>
     <w:rsid w:val="00652750"/>
     <w:rsid w:val="0065298B"/>
+    <w:rsid w:val="00652A1E"/>
     <w:rsid w:val="00652A5E"/>
     <w:rsid w:val="00652EDE"/>
     <w:rsid w:val="0065311E"/>
     <w:rsid w:val="00653396"/>
     <w:rsid w:val="006533D9"/>
     <w:rsid w:val="00653585"/>
     <w:rsid w:val="00653677"/>
+    <w:rsid w:val="0065375D"/>
     <w:rsid w:val="006541F2"/>
+    <w:rsid w:val="00654736"/>
     <w:rsid w:val="00654805"/>
     <w:rsid w:val="00654B0F"/>
+    <w:rsid w:val="00655376"/>
     <w:rsid w:val="006556A0"/>
-    <w:rsid w:val="00655A3C"/>
     <w:rsid w:val="00655D1B"/>
     <w:rsid w:val="00655E85"/>
     <w:rsid w:val="006560EC"/>
-    <w:rsid w:val="00656340"/>
+    <w:rsid w:val="0065643E"/>
     <w:rsid w:val="0065666A"/>
     <w:rsid w:val="00656C95"/>
     <w:rsid w:val="0065740E"/>
+    <w:rsid w:val="00657679"/>
+    <w:rsid w:val="006576AB"/>
     <w:rsid w:val="00657B01"/>
     <w:rsid w:val="00657B85"/>
     <w:rsid w:val="00657D21"/>
+    <w:rsid w:val="0066043D"/>
     <w:rsid w:val="0066070F"/>
+    <w:rsid w:val="0066084D"/>
     <w:rsid w:val="00660A24"/>
     <w:rsid w:val="00661A2B"/>
+    <w:rsid w:val="00661B9D"/>
+    <w:rsid w:val="006626DD"/>
     <w:rsid w:val="00662C9A"/>
+    <w:rsid w:val="00663335"/>
+    <w:rsid w:val="0066334E"/>
     <w:rsid w:val="006637A8"/>
+    <w:rsid w:val="00663844"/>
     <w:rsid w:val="0066392F"/>
+    <w:rsid w:val="00663F0B"/>
     <w:rsid w:val="00664554"/>
     <w:rsid w:val="00664D8F"/>
     <w:rsid w:val="00664F00"/>
     <w:rsid w:val="00665202"/>
     <w:rsid w:val="006659DA"/>
     <w:rsid w:val="00665A92"/>
     <w:rsid w:val="00665CC5"/>
     <w:rsid w:val="006664D8"/>
     <w:rsid w:val="00666503"/>
     <w:rsid w:val="00666649"/>
     <w:rsid w:val="00666816"/>
+    <w:rsid w:val="00666A4E"/>
     <w:rsid w:val="00666ACC"/>
+    <w:rsid w:val="00666B28"/>
     <w:rsid w:val="00666E4C"/>
     <w:rsid w:val="006673BB"/>
     <w:rsid w:val="006673BC"/>
     <w:rsid w:val="006676CF"/>
     <w:rsid w:val="00667C37"/>
     <w:rsid w:val="00667D22"/>
     <w:rsid w:val="00667D7B"/>
     <w:rsid w:val="00667E26"/>
     <w:rsid w:val="006700E9"/>
     <w:rsid w:val="00670955"/>
     <w:rsid w:val="006709BC"/>
-    <w:rsid w:val="00670DDD"/>
+    <w:rsid w:val="00671BFA"/>
+    <w:rsid w:val="00671DFC"/>
+    <w:rsid w:val="006724F3"/>
     <w:rsid w:val="006729BA"/>
+    <w:rsid w:val="00672A95"/>
     <w:rsid w:val="00672EDB"/>
-    <w:rsid w:val="006737B0"/>
     <w:rsid w:val="00674652"/>
     <w:rsid w:val="00674E3D"/>
     <w:rsid w:val="00675450"/>
     <w:rsid w:val="006756E0"/>
     <w:rsid w:val="00675C65"/>
     <w:rsid w:val="0067638C"/>
     <w:rsid w:val="00676418"/>
     <w:rsid w:val="0067673B"/>
     <w:rsid w:val="00676A6A"/>
+    <w:rsid w:val="00676C6A"/>
     <w:rsid w:val="00676D22"/>
     <w:rsid w:val="0067707E"/>
     <w:rsid w:val="006770F2"/>
-    <w:rsid w:val="0067730F"/>
     <w:rsid w:val="00677486"/>
     <w:rsid w:val="00677B85"/>
     <w:rsid w:val="00677C14"/>
     <w:rsid w:val="00677CE0"/>
     <w:rsid w:val="0068018F"/>
     <w:rsid w:val="006801C7"/>
     <w:rsid w:val="00680441"/>
     <w:rsid w:val="0068051C"/>
+    <w:rsid w:val="00680B92"/>
     <w:rsid w:val="00680BFA"/>
     <w:rsid w:val="00680C76"/>
+    <w:rsid w:val="006812FE"/>
     <w:rsid w:val="0068134D"/>
+    <w:rsid w:val="006817F8"/>
     <w:rsid w:val="0068182D"/>
     <w:rsid w:val="00681891"/>
     <w:rsid w:val="00681C1A"/>
     <w:rsid w:val="00681E96"/>
     <w:rsid w:val="006824D3"/>
+    <w:rsid w:val="00682608"/>
     <w:rsid w:val="00682D2C"/>
     <w:rsid w:val="0068340E"/>
     <w:rsid w:val="00683725"/>
     <w:rsid w:val="00683AB6"/>
+    <w:rsid w:val="00683D10"/>
+    <w:rsid w:val="00684285"/>
     <w:rsid w:val="006842DD"/>
     <w:rsid w:val="0068516D"/>
     <w:rsid w:val="006853F7"/>
     <w:rsid w:val="0068545D"/>
     <w:rsid w:val="0068560F"/>
     <w:rsid w:val="00685BFC"/>
     <w:rsid w:val="00685F7E"/>
     <w:rsid w:val="006868D2"/>
-    <w:rsid w:val="00687836"/>
+    <w:rsid w:val="00686E6F"/>
     <w:rsid w:val="00687D01"/>
-    <w:rsid w:val="00687D10"/>
     <w:rsid w:val="00687EF9"/>
+    <w:rsid w:val="00690098"/>
     <w:rsid w:val="00690206"/>
     <w:rsid w:val="006904BA"/>
     <w:rsid w:val="00690647"/>
     <w:rsid w:val="0069078B"/>
+    <w:rsid w:val="00690E57"/>
     <w:rsid w:val="006911AE"/>
     <w:rsid w:val="00691469"/>
     <w:rsid w:val="0069162F"/>
     <w:rsid w:val="006919A9"/>
+    <w:rsid w:val="0069219E"/>
     <w:rsid w:val="00692551"/>
+    <w:rsid w:val="00692813"/>
     <w:rsid w:val="00692D2C"/>
     <w:rsid w:val="00693338"/>
     <w:rsid w:val="0069357D"/>
     <w:rsid w:val="00693B8C"/>
     <w:rsid w:val="00694011"/>
     <w:rsid w:val="006940F3"/>
     <w:rsid w:val="00694493"/>
     <w:rsid w:val="00694AE3"/>
     <w:rsid w:val="006954D4"/>
     <w:rsid w:val="00695950"/>
     <w:rsid w:val="00695CED"/>
     <w:rsid w:val="00696433"/>
+    <w:rsid w:val="006964A9"/>
     <w:rsid w:val="006964B4"/>
     <w:rsid w:val="006966BC"/>
+    <w:rsid w:val="0069689C"/>
     <w:rsid w:val="00696A5E"/>
     <w:rsid w:val="00696F91"/>
     <w:rsid w:val="00696FE8"/>
     <w:rsid w:val="00697069"/>
     <w:rsid w:val="006973D1"/>
     <w:rsid w:val="00697BC9"/>
     <w:rsid w:val="006A072A"/>
     <w:rsid w:val="006A0753"/>
     <w:rsid w:val="006A0936"/>
     <w:rsid w:val="006A0CB7"/>
+    <w:rsid w:val="006A122B"/>
     <w:rsid w:val="006A14CE"/>
     <w:rsid w:val="006A15FA"/>
+    <w:rsid w:val="006A1692"/>
     <w:rsid w:val="006A17CD"/>
     <w:rsid w:val="006A210F"/>
     <w:rsid w:val="006A2327"/>
     <w:rsid w:val="006A2926"/>
     <w:rsid w:val="006A2A51"/>
     <w:rsid w:val="006A2B29"/>
     <w:rsid w:val="006A3129"/>
     <w:rsid w:val="006A3176"/>
     <w:rsid w:val="006A31EE"/>
     <w:rsid w:val="006A37B8"/>
     <w:rsid w:val="006A386C"/>
     <w:rsid w:val="006A3A90"/>
     <w:rsid w:val="006A3C83"/>
     <w:rsid w:val="006A3DBB"/>
     <w:rsid w:val="006A4017"/>
     <w:rsid w:val="006A40C5"/>
+    <w:rsid w:val="006A4170"/>
     <w:rsid w:val="006A4A2A"/>
+    <w:rsid w:val="006A5505"/>
     <w:rsid w:val="006A59E5"/>
     <w:rsid w:val="006A5AE4"/>
     <w:rsid w:val="006A5E3A"/>
     <w:rsid w:val="006A6154"/>
     <w:rsid w:val="006A7206"/>
     <w:rsid w:val="006A75D8"/>
     <w:rsid w:val="006A7603"/>
     <w:rsid w:val="006A7FD2"/>
     <w:rsid w:val="006B007F"/>
     <w:rsid w:val="006B0893"/>
     <w:rsid w:val="006B0B2D"/>
     <w:rsid w:val="006B0E37"/>
     <w:rsid w:val="006B0FC2"/>
     <w:rsid w:val="006B1496"/>
     <w:rsid w:val="006B1756"/>
+    <w:rsid w:val="006B1880"/>
     <w:rsid w:val="006B1A9D"/>
     <w:rsid w:val="006B1B80"/>
     <w:rsid w:val="006B2248"/>
+    <w:rsid w:val="006B306F"/>
     <w:rsid w:val="006B3355"/>
     <w:rsid w:val="006B3494"/>
     <w:rsid w:val="006B4069"/>
     <w:rsid w:val="006B4209"/>
-    <w:rsid w:val="006B460E"/>
+    <w:rsid w:val="006B4618"/>
     <w:rsid w:val="006B516B"/>
     <w:rsid w:val="006B5F31"/>
+    <w:rsid w:val="006B64D7"/>
     <w:rsid w:val="006B64D8"/>
     <w:rsid w:val="006B681F"/>
     <w:rsid w:val="006B7B27"/>
     <w:rsid w:val="006C067C"/>
     <w:rsid w:val="006C0C5B"/>
     <w:rsid w:val="006C0D7D"/>
     <w:rsid w:val="006C0F06"/>
     <w:rsid w:val="006C15B9"/>
     <w:rsid w:val="006C1977"/>
     <w:rsid w:val="006C26B7"/>
+    <w:rsid w:val="006C2811"/>
+    <w:rsid w:val="006C2C36"/>
     <w:rsid w:val="006C2D38"/>
+    <w:rsid w:val="006C2DAB"/>
     <w:rsid w:val="006C3491"/>
     <w:rsid w:val="006C356B"/>
     <w:rsid w:val="006C38C9"/>
     <w:rsid w:val="006C3AA4"/>
     <w:rsid w:val="006C3FA8"/>
     <w:rsid w:val="006C3FD0"/>
-    <w:rsid w:val="006C6110"/>
+    <w:rsid w:val="006C43CF"/>
+    <w:rsid w:val="006C4998"/>
     <w:rsid w:val="006C6312"/>
     <w:rsid w:val="006C6616"/>
     <w:rsid w:val="006C6B07"/>
     <w:rsid w:val="006C767A"/>
+    <w:rsid w:val="006C798C"/>
     <w:rsid w:val="006C7FDB"/>
+    <w:rsid w:val="006D0DA0"/>
     <w:rsid w:val="006D0FC9"/>
     <w:rsid w:val="006D1666"/>
     <w:rsid w:val="006D16A7"/>
     <w:rsid w:val="006D1C79"/>
     <w:rsid w:val="006D2431"/>
     <w:rsid w:val="006D250A"/>
     <w:rsid w:val="006D274F"/>
     <w:rsid w:val="006D2CE8"/>
     <w:rsid w:val="006D2E7D"/>
     <w:rsid w:val="006D405E"/>
     <w:rsid w:val="006D4470"/>
     <w:rsid w:val="006D44CB"/>
+    <w:rsid w:val="006D5067"/>
     <w:rsid w:val="006D56B1"/>
     <w:rsid w:val="006D599C"/>
     <w:rsid w:val="006D5ABC"/>
     <w:rsid w:val="006D5B8B"/>
     <w:rsid w:val="006D5B9D"/>
+    <w:rsid w:val="006D622E"/>
     <w:rsid w:val="006D6608"/>
     <w:rsid w:val="006D66F1"/>
     <w:rsid w:val="006D679C"/>
+    <w:rsid w:val="006D68AA"/>
     <w:rsid w:val="006E0C6E"/>
     <w:rsid w:val="006E0CDD"/>
     <w:rsid w:val="006E1330"/>
     <w:rsid w:val="006E1D77"/>
     <w:rsid w:val="006E22E4"/>
     <w:rsid w:val="006E23F1"/>
     <w:rsid w:val="006E292E"/>
     <w:rsid w:val="006E2CFD"/>
     <w:rsid w:val="006E2FFF"/>
     <w:rsid w:val="006E3000"/>
     <w:rsid w:val="006E35DD"/>
     <w:rsid w:val="006E3ED8"/>
     <w:rsid w:val="006E4178"/>
+    <w:rsid w:val="006E44EB"/>
     <w:rsid w:val="006E4CBA"/>
+    <w:rsid w:val="006E4CCA"/>
+    <w:rsid w:val="006E5735"/>
     <w:rsid w:val="006E574B"/>
     <w:rsid w:val="006E58B5"/>
     <w:rsid w:val="006E62D3"/>
     <w:rsid w:val="006E71B1"/>
     <w:rsid w:val="006E7E34"/>
     <w:rsid w:val="006F03DA"/>
     <w:rsid w:val="006F096A"/>
+    <w:rsid w:val="006F0A13"/>
     <w:rsid w:val="006F0F60"/>
     <w:rsid w:val="006F100E"/>
     <w:rsid w:val="006F20A2"/>
     <w:rsid w:val="006F21B8"/>
     <w:rsid w:val="006F26B2"/>
     <w:rsid w:val="006F2859"/>
     <w:rsid w:val="006F3ABD"/>
+    <w:rsid w:val="006F493B"/>
     <w:rsid w:val="006F4EB3"/>
+    <w:rsid w:val="006F52F2"/>
+    <w:rsid w:val="006F5315"/>
     <w:rsid w:val="006F5AA2"/>
     <w:rsid w:val="006F5ADA"/>
+    <w:rsid w:val="006F661A"/>
     <w:rsid w:val="006F6959"/>
     <w:rsid w:val="006F7178"/>
     <w:rsid w:val="006F78A4"/>
+    <w:rsid w:val="007002E9"/>
     <w:rsid w:val="007003D9"/>
     <w:rsid w:val="007013E8"/>
     <w:rsid w:val="00701768"/>
     <w:rsid w:val="00702312"/>
     <w:rsid w:val="00702DA9"/>
     <w:rsid w:val="00702E47"/>
     <w:rsid w:val="00702EEE"/>
     <w:rsid w:val="00703D37"/>
     <w:rsid w:val="007043AC"/>
     <w:rsid w:val="00705B70"/>
     <w:rsid w:val="00705E5A"/>
     <w:rsid w:val="007071CB"/>
     <w:rsid w:val="00707E24"/>
     <w:rsid w:val="00707F26"/>
-    <w:rsid w:val="00710596"/>
+    <w:rsid w:val="007101EC"/>
+    <w:rsid w:val="007103A8"/>
     <w:rsid w:val="007107ED"/>
     <w:rsid w:val="00710C34"/>
     <w:rsid w:val="00710EA6"/>
-    <w:rsid w:val="0071113B"/>
     <w:rsid w:val="007113DC"/>
     <w:rsid w:val="00711900"/>
+    <w:rsid w:val="00711AAE"/>
     <w:rsid w:val="00711CD2"/>
     <w:rsid w:val="007121CD"/>
     <w:rsid w:val="007125D8"/>
     <w:rsid w:val="00712647"/>
+    <w:rsid w:val="00712921"/>
     <w:rsid w:val="00712B87"/>
     <w:rsid w:val="00712D65"/>
     <w:rsid w:val="00713D0C"/>
-    <w:rsid w:val="00714085"/>
+    <w:rsid w:val="00713E4C"/>
     <w:rsid w:val="007144ED"/>
     <w:rsid w:val="0071462A"/>
     <w:rsid w:val="007156D4"/>
     <w:rsid w:val="00715D26"/>
     <w:rsid w:val="00715E69"/>
     <w:rsid w:val="00715EB3"/>
     <w:rsid w:val="007160BE"/>
-    <w:rsid w:val="007165FA"/>
+    <w:rsid w:val="00716663"/>
     <w:rsid w:val="00716EE8"/>
+    <w:rsid w:val="0071728B"/>
     <w:rsid w:val="0071734E"/>
     <w:rsid w:val="007173B7"/>
+    <w:rsid w:val="0071760F"/>
     <w:rsid w:val="00717F45"/>
     <w:rsid w:val="007206C5"/>
     <w:rsid w:val="00720B50"/>
     <w:rsid w:val="00720C80"/>
+    <w:rsid w:val="00720FCF"/>
     <w:rsid w:val="00721589"/>
     <w:rsid w:val="007215A7"/>
-    <w:rsid w:val="00721ED3"/>
     <w:rsid w:val="00722170"/>
     <w:rsid w:val="00722B08"/>
     <w:rsid w:val="00722C2A"/>
     <w:rsid w:val="00723608"/>
     <w:rsid w:val="007242B4"/>
+    <w:rsid w:val="0072458F"/>
     <w:rsid w:val="0072462C"/>
     <w:rsid w:val="00724893"/>
+    <w:rsid w:val="007248BC"/>
+    <w:rsid w:val="0072504A"/>
     <w:rsid w:val="0072528A"/>
     <w:rsid w:val="00725500"/>
     <w:rsid w:val="0072552E"/>
     <w:rsid w:val="00725582"/>
     <w:rsid w:val="0072593D"/>
     <w:rsid w:val="00725A52"/>
     <w:rsid w:val="007262F3"/>
     <w:rsid w:val="00726F22"/>
-    <w:rsid w:val="00727183"/>
     <w:rsid w:val="00727662"/>
+    <w:rsid w:val="00727D76"/>
     <w:rsid w:val="00730B55"/>
     <w:rsid w:val="00730C42"/>
+    <w:rsid w:val="00730E3F"/>
     <w:rsid w:val="007314FB"/>
     <w:rsid w:val="00731D28"/>
-    <w:rsid w:val="00732722"/>
+    <w:rsid w:val="00731D8C"/>
+    <w:rsid w:val="0073219F"/>
     <w:rsid w:val="00733367"/>
     <w:rsid w:val="00733561"/>
     <w:rsid w:val="00734547"/>
-    <w:rsid w:val="00734CE5"/>
     <w:rsid w:val="00735109"/>
     <w:rsid w:val="007351C7"/>
+    <w:rsid w:val="0073555B"/>
     <w:rsid w:val="00735765"/>
+    <w:rsid w:val="00735960"/>
+    <w:rsid w:val="00736266"/>
+    <w:rsid w:val="0073677B"/>
+    <w:rsid w:val="00736BEF"/>
     <w:rsid w:val="00736CED"/>
     <w:rsid w:val="007376E2"/>
     <w:rsid w:val="007377DA"/>
     <w:rsid w:val="00737A35"/>
     <w:rsid w:val="007409C0"/>
     <w:rsid w:val="00740B58"/>
     <w:rsid w:val="00740D0C"/>
     <w:rsid w:val="00740FFE"/>
+    <w:rsid w:val="00741074"/>
     <w:rsid w:val="00741244"/>
+    <w:rsid w:val="007418B6"/>
+    <w:rsid w:val="0074204D"/>
     <w:rsid w:val="0074213D"/>
     <w:rsid w:val="00742279"/>
     <w:rsid w:val="007423F4"/>
     <w:rsid w:val="00742503"/>
     <w:rsid w:val="0074264F"/>
     <w:rsid w:val="00742882"/>
     <w:rsid w:val="00742D32"/>
     <w:rsid w:val="00743276"/>
     <w:rsid w:val="007436D2"/>
     <w:rsid w:val="007439B5"/>
     <w:rsid w:val="00743ACA"/>
     <w:rsid w:val="00743C39"/>
     <w:rsid w:val="00743F4E"/>
+    <w:rsid w:val="007445FF"/>
     <w:rsid w:val="00744CB8"/>
     <w:rsid w:val="00745468"/>
+    <w:rsid w:val="00745E16"/>
     <w:rsid w:val="0074637F"/>
     <w:rsid w:val="00746451"/>
     <w:rsid w:val="007464B3"/>
     <w:rsid w:val="007472BB"/>
     <w:rsid w:val="00747845"/>
-    <w:rsid w:val="00747E64"/>
     <w:rsid w:val="00750294"/>
     <w:rsid w:val="0075041B"/>
     <w:rsid w:val="00750860"/>
-    <w:rsid w:val="007508FA"/>
+    <w:rsid w:val="0075112C"/>
+    <w:rsid w:val="0075116C"/>
     <w:rsid w:val="007514C7"/>
     <w:rsid w:val="007514E1"/>
     <w:rsid w:val="00752008"/>
     <w:rsid w:val="0075262F"/>
     <w:rsid w:val="00752872"/>
     <w:rsid w:val="00752BCE"/>
     <w:rsid w:val="00753127"/>
     <w:rsid w:val="0075391A"/>
     <w:rsid w:val="0075396C"/>
-    <w:rsid w:val="00753B1F"/>
     <w:rsid w:val="00753E85"/>
     <w:rsid w:val="0075477B"/>
     <w:rsid w:val="00754DF1"/>
     <w:rsid w:val="00754F08"/>
     <w:rsid w:val="00754FD0"/>
     <w:rsid w:val="00755050"/>
     <w:rsid w:val="0075509D"/>
     <w:rsid w:val="007553C2"/>
+    <w:rsid w:val="0075619B"/>
     <w:rsid w:val="00756482"/>
+    <w:rsid w:val="00756C1A"/>
     <w:rsid w:val="00756CDF"/>
     <w:rsid w:val="00756D9B"/>
     <w:rsid w:val="0075729A"/>
     <w:rsid w:val="0075785E"/>
     <w:rsid w:val="007609D7"/>
     <w:rsid w:val="00760DC2"/>
     <w:rsid w:val="0076150F"/>
     <w:rsid w:val="00761812"/>
     <w:rsid w:val="00762005"/>
     <w:rsid w:val="00762723"/>
     <w:rsid w:val="00762D6F"/>
     <w:rsid w:val="00762F59"/>
-    <w:rsid w:val="00763180"/>
+    <w:rsid w:val="0076322E"/>
     <w:rsid w:val="007637D8"/>
     <w:rsid w:val="00764332"/>
     <w:rsid w:val="00764E96"/>
     <w:rsid w:val="00765A54"/>
     <w:rsid w:val="00765B01"/>
+    <w:rsid w:val="00765E3F"/>
     <w:rsid w:val="00765FD0"/>
     <w:rsid w:val="007660A8"/>
     <w:rsid w:val="007662A7"/>
-    <w:rsid w:val="00767031"/>
-    <w:rsid w:val="0077093A"/>
+    <w:rsid w:val="00766E23"/>
+    <w:rsid w:val="0077068B"/>
     <w:rsid w:val="00770C3A"/>
     <w:rsid w:val="00770F71"/>
     <w:rsid w:val="00770FEF"/>
     <w:rsid w:val="0077176F"/>
     <w:rsid w:val="0077195F"/>
     <w:rsid w:val="00771A3C"/>
+    <w:rsid w:val="00771AAB"/>
     <w:rsid w:val="00771EB0"/>
     <w:rsid w:val="0077248B"/>
-    <w:rsid w:val="00772BB7"/>
+    <w:rsid w:val="00772FEC"/>
     <w:rsid w:val="00773039"/>
+    <w:rsid w:val="0077341E"/>
     <w:rsid w:val="00773A04"/>
     <w:rsid w:val="00774286"/>
     <w:rsid w:val="00774E12"/>
     <w:rsid w:val="00774E9A"/>
     <w:rsid w:val="00774EAE"/>
     <w:rsid w:val="007750E6"/>
+    <w:rsid w:val="007756D6"/>
     <w:rsid w:val="00775712"/>
     <w:rsid w:val="0077579E"/>
     <w:rsid w:val="00775C72"/>
     <w:rsid w:val="00775E24"/>
     <w:rsid w:val="00775EDA"/>
+    <w:rsid w:val="00775EEC"/>
     <w:rsid w:val="007761C8"/>
     <w:rsid w:val="0077633E"/>
     <w:rsid w:val="0077675C"/>
     <w:rsid w:val="007767C0"/>
     <w:rsid w:val="007772D5"/>
     <w:rsid w:val="00777CA8"/>
     <w:rsid w:val="00777D0B"/>
     <w:rsid w:val="00780083"/>
+    <w:rsid w:val="0078056C"/>
+    <w:rsid w:val="00780991"/>
+    <w:rsid w:val="00780C24"/>
     <w:rsid w:val="00780D9B"/>
+    <w:rsid w:val="00781971"/>
     <w:rsid w:val="00781E5F"/>
+    <w:rsid w:val="007820D3"/>
     <w:rsid w:val="00782391"/>
     <w:rsid w:val="0078328C"/>
     <w:rsid w:val="007832D0"/>
     <w:rsid w:val="00783970"/>
     <w:rsid w:val="007839B1"/>
     <w:rsid w:val="00783A83"/>
+    <w:rsid w:val="00783B65"/>
     <w:rsid w:val="007847C8"/>
     <w:rsid w:val="007851D2"/>
     <w:rsid w:val="00785643"/>
     <w:rsid w:val="0078597E"/>
     <w:rsid w:val="00785A0A"/>
+    <w:rsid w:val="00785FFD"/>
     <w:rsid w:val="007860A7"/>
     <w:rsid w:val="00786231"/>
     <w:rsid w:val="007871FC"/>
     <w:rsid w:val="0079049B"/>
     <w:rsid w:val="007909C4"/>
+    <w:rsid w:val="00791030"/>
     <w:rsid w:val="00791323"/>
     <w:rsid w:val="007918B9"/>
+    <w:rsid w:val="00791AC3"/>
     <w:rsid w:val="007922B8"/>
     <w:rsid w:val="00792C0D"/>
     <w:rsid w:val="00793003"/>
     <w:rsid w:val="00793174"/>
     <w:rsid w:val="00793564"/>
+    <w:rsid w:val="00794290"/>
     <w:rsid w:val="00794C98"/>
     <w:rsid w:val="00794CC5"/>
+    <w:rsid w:val="00794EEF"/>
     <w:rsid w:val="00795177"/>
     <w:rsid w:val="007951E1"/>
     <w:rsid w:val="0079534A"/>
     <w:rsid w:val="00795AEA"/>
     <w:rsid w:val="00795B07"/>
     <w:rsid w:val="00795CB7"/>
     <w:rsid w:val="007970B9"/>
     <w:rsid w:val="007971F7"/>
     <w:rsid w:val="00797483"/>
     <w:rsid w:val="0079778A"/>
     <w:rsid w:val="00797A65"/>
     <w:rsid w:val="00797D0F"/>
     <w:rsid w:val="00797EC1"/>
     <w:rsid w:val="00797F33"/>
     <w:rsid w:val="007A023C"/>
     <w:rsid w:val="007A0487"/>
-    <w:rsid w:val="007A0673"/>
     <w:rsid w:val="007A0F40"/>
+    <w:rsid w:val="007A1542"/>
     <w:rsid w:val="007A19C4"/>
+    <w:rsid w:val="007A1AA5"/>
     <w:rsid w:val="007A264C"/>
+    <w:rsid w:val="007A2A12"/>
     <w:rsid w:val="007A2B8A"/>
     <w:rsid w:val="007A2C0D"/>
+    <w:rsid w:val="007A374A"/>
     <w:rsid w:val="007A39E9"/>
     <w:rsid w:val="007A3D89"/>
     <w:rsid w:val="007A4A20"/>
     <w:rsid w:val="007A6659"/>
     <w:rsid w:val="007A698E"/>
     <w:rsid w:val="007A6BC1"/>
     <w:rsid w:val="007A6CB8"/>
     <w:rsid w:val="007A6FE3"/>
     <w:rsid w:val="007A7158"/>
     <w:rsid w:val="007A7335"/>
-    <w:rsid w:val="007A73A2"/>
     <w:rsid w:val="007A7916"/>
     <w:rsid w:val="007A79C8"/>
     <w:rsid w:val="007A7A6E"/>
+    <w:rsid w:val="007A7D44"/>
+    <w:rsid w:val="007A7E73"/>
     <w:rsid w:val="007B006D"/>
     <w:rsid w:val="007B08B3"/>
     <w:rsid w:val="007B0B28"/>
     <w:rsid w:val="007B1158"/>
     <w:rsid w:val="007B1C7E"/>
     <w:rsid w:val="007B213A"/>
     <w:rsid w:val="007B224C"/>
     <w:rsid w:val="007B2341"/>
-    <w:rsid w:val="007B241A"/>
+    <w:rsid w:val="007B253E"/>
     <w:rsid w:val="007B2D04"/>
     <w:rsid w:val="007B2FC4"/>
+    <w:rsid w:val="007B33C1"/>
     <w:rsid w:val="007B36D2"/>
     <w:rsid w:val="007B4139"/>
     <w:rsid w:val="007B4899"/>
     <w:rsid w:val="007B524F"/>
     <w:rsid w:val="007B573A"/>
+    <w:rsid w:val="007B5864"/>
+    <w:rsid w:val="007B5CF4"/>
     <w:rsid w:val="007B5FBA"/>
     <w:rsid w:val="007B666D"/>
     <w:rsid w:val="007B66AC"/>
     <w:rsid w:val="007B6A7E"/>
     <w:rsid w:val="007B6B29"/>
+    <w:rsid w:val="007B7593"/>
     <w:rsid w:val="007B7D70"/>
     <w:rsid w:val="007B7F34"/>
     <w:rsid w:val="007C008D"/>
     <w:rsid w:val="007C094D"/>
     <w:rsid w:val="007C0F67"/>
+    <w:rsid w:val="007C17C9"/>
     <w:rsid w:val="007C1DB8"/>
     <w:rsid w:val="007C24FB"/>
     <w:rsid w:val="007C2817"/>
     <w:rsid w:val="007C2B51"/>
+    <w:rsid w:val="007C2D29"/>
     <w:rsid w:val="007C2FD9"/>
     <w:rsid w:val="007C3D73"/>
     <w:rsid w:val="007C44CB"/>
     <w:rsid w:val="007C4768"/>
     <w:rsid w:val="007C54DB"/>
     <w:rsid w:val="007C583F"/>
     <w:rsid w:val="007C5900"/>
+    <w:rsid w:val="007C5EC9"/>
     <w:rsid w:val="007C61D2"/>
     <w:rsid w:val="007C6CF1"/>
     <w:rsid w:val="007C70AA"/>
     <w:rsid w:val="007C7A4A"/>
     <w:rsid w:val="007C7AE0"/>
     <w:rsid w:val="007D0521"/>
     <w:rsid w:val="007D0555"/>
+    <w:rsid w:val="007D064B"/>
     <w:rsid w:val="007D07D9"/>
+    <w:rsid w:val="007D0963"/>
     <w:rsid w:val="007D09E6"/>
+    <w:rsid w:val="007D0C0F"/>
     <w:rsid w:val="007D1167"/>
-    <w:rsid w:val="007D1AA8"/>
     <w:rsid w:val="007D1F71"/>
     <w:rsid w:val="007D1FE3"/>
     <w:rsid w:val="007D20D9"/>
-    <w:rsid w:val="007D2258"/>
     <w:rsid w:val="007D23B7"/>
     <w:rsid w:val="007D24BB"/>
     <w:rsid w:val="007D2A9B"/>
+    <w:rsid w:val="007D2B69"/>
     <w:rsid w:val="007D3048"/>
     <w:rsid w:val="007D37A5"/>
     <w:rsid w:val="007D41AF"/>
+    <w:rsid w:val="007D42CF"/>
+    <w:rsid w:val="007D4A0D"/>
     <w:rsid w:val="007D4D72"/>
     <w:rsid w:val="007D4D94"/>
     <w:rsid w:val="007D5312"/>
     <w:rsid w:val="007D64B5"/>
     <w:rsid w:val="007D666B"/>
     <w:rsid w:val="007D6CD8"/>
     <w:rsid w:val="007D70FD"/>
     <w:rsid w:val="007D75C7"/>
     <w:rsid w:val="007E0308"/>
     <w:rsid w:val="007E041E"/>
+    <w:rsid w:val="007E1211"/>
     <w:rsid w:val="007E1588"/>
     <w:rsid w:val="007E2E16"/>
     <w:rsid w:val="007E3383"/>
     <w:rsid w:val="007E34DA"/>
     <w:rsid w:val="007E37F5"/>
     <w:rsid w:val="007E3AFF"/>
     <w:rsid w:val="007E3F8F"/>
     <w:rsid w:val="007E4632"/>
-    <w:rsid w:val="007E4719"/>
     <w:rsid w:val="007E47D7"/>
     <w:rsid w:val="007E4A35"/>
     <w:rsid w:val="007E4F58"/>
     <w:rsid w:val="007E53C4"/>
     <w:rsid w:val="007E58BF"/>
-    <w:rsid w:val="007E5A33"/>
+    <w:rsid w:val="007E603E"/>
     <w:rsid w:val="007E6149"/>
     <w:rsid w:val="007E6A8C"/>
+    <w:rsid w:val="007E6AD8"/>
     <w:rsid w:val="007E6E51"/>
     <w:rsid w:val="007E6E7F"/>
     <w:rsid w:val="007E6F0E"/>
     <w:rsid w:val="007E762E"/>
     <w:rsid w:val="007E7ABE"/>
     <w:rsid w:val="007E7C61"/>
+    <w:rsid w:val="007F05AC"/>
     <w:rsid w:val="007F0CDE"/>
     <w:rsid w:val="007F0F52"/>
     <w:rsid w:val="007F108B"/>
+    <w:rsid w:val="007F1574"/>
     <w:rsid w:val="007F1720"/>
     <w:rsid w:val="007F18CA"/>
     <w:rsid w:val="007F1A03"/>
+    <w:rsid w:val="007F1D05"/>
     <w:rsid w:val="007F20A6"/>
     <w:rsid w:val="007F280B"/>
     <w:rsid w:val="007F2B86"/>
+    <w:rsid w:val="007F2C27"/>
     <w:rsid w:val="007F361A"/>
     <w:rsid w:val="007F46A1"/>
     <w:rsid w:val="007F4E97"/>
+    <w:rsid w:val="007F4ED2"/>
     <w:rsid w:val="007F5076"/>
+    <w:rsid w:val="007F523B"/>
+    <w:rsid w:val="007F52FA"/>
     <w:rsid w:val="007F5E5D"/>
     <w:rsid w:val="007F5F99"/>
     <w:rsid w:val="007F61A4"/>
+    <w:rsid w:val="007F766D"/>
     <w:rsid w:val="007F7740"/>
+    <w:rsid w:val="007F7869"/>
+    <w:rsid w:val="007F7A1F"/>
     <w:rsid w:val="007F7B12"/>
     <w:rsid w:val="00800171"/>
     <w:rsid w:val="00800380"/>
     <w:rsid w:val="00800AB8"/>
     <w:rsid w:val="00800BAA"/>
     <w:rsid w:val="00800BCE"/>
+    <w:rsid w:val="00800E9C"/>
     <w:rsid w:val="0080104A"/>
     <w:rsid w:val="00801381"/>
     <w:rsid w:val="00802319"/>
     <w:rsid w:val="008024EE"/>
+    <w:rsid w:val="00802718"/>
     <w:rsid w:val="0080295B"/>
     <w:rsid w:val="00802D06"/>
     <w:rsid w:val="008035B3"/>
     <w:rsid w:val="008036C6"/>
-    <w:rsid w:val="00803763"/>
+    <w:rsid w:val="00803882"/>
+    <w:rsid w:val="00803A67"/>
     <w:rsid w:val="00803BBB"/>
+    <w:rsid w:val="00803BD8"/>
     <w:rsid w:val="008040ED"/>
     <w:rsid w:val="0080427D"/>
     <w:rsid w:val="008046E1"/>
+    <w:rsid w:val="00804AB1"/>
     <w:rsid w:val="008052E3"/>
     <w:rsid w:val="00805372"/>
     <w:rsid w:val="00805600"/>
+    <w:rsid w:val="00806296"/>
     <w:rsid w:val="008065D0"/>
     <w:rsid w:val="008067EB"/>
     <w:rsid w:val="0080709A"/>
     <w:rsid w:val="0080791C"/>
     <w:rsid w:val="00807FBA"/>
+    <w:rsid w:val="008105B0"/>
     <w:rsid w:val="0081067A"/>
+    <w:rsid w:val="008107FB"/>
+    <w:rsid w:val="008108C5"/>
+    <w:rsid w:val="00810B8B"/>
     <w:rsid w:val="00811868"/>
+    <w:rsid w:val="00811ECF"/>
     <w:rsid w:val="0081239D"/>
+    <w:rsid w:val="008131D4"/>
     <w:rsid w:val="00813867"/>
     <w:rsid w:val="00813D9D"/>
     <w:rsid w:val="00814F65"/>
     <w:rsid w:val="00815201"/>
     <w:rsid w:val="008161E7"/>
     <w:rsid w:val="00816341"/>
     <w:rsid w:val="00816990"/>
-    <w:rsid w:val="00816CDF"/>
+    <w:rsid w:val="00816C95"/>
     <w:rsid w:val="0081786A"/>
     <w:rsid w:val="00817B91"/>
     <w:rsid w:val="008200BD"/>
+    <w:rsid w:val="008200FC"/>
+    <w:rsid w:val="00820106"/>
     <w:rsid w:val="0082048B"/>
     <w:rsid w:val="008204F6"/>
     <w:rsid w:val="008209B8"/>
     <w:rsid w:val="00820B51"/>
     <w:rsid w:val="00820F13"/>
-    <w:rsid w:val="0082121E"/>
     <w:rsid w:val="0082151F"/>
     <w:rsid w:val="00821B56"/>
     <w:rsid w:val="008220DD"/>
     <w:rsid w:val="00822F94"/>
     <w:rsid w:val="008234A6"/>
     <w:rsid w:val="008249A6"/>
     <w:rsid w:val="008251FA"/>
     <w:rsid w:val="00825271"/>
     <w:rsid w:val="00825387"/>
     <w:rsid w:val="00825AB6"/>
     <w:rsid w:val="00825BF6"/>
+    <w:rsid w:val="0082614B"/>
     <w:rsid w:val="008262D7"/>
     <w:rsid w:val="0082682E"/>
     <w:rsid w:val="00826CE0"/>
     <w:rsid w:val="0082784B"/>
     <w:rsid w:val="0082785E"/>
     <w:rsid w:val="00827E70"/>
     <w:rsid w:val="008301A2"/>
     <w:rsid w:val="00830454"/>
     <w:rsid w:val="0083077D"/>
     <w:rsid w:val="00830CD0"/>
     <w:rsid w:val="00831876"/>
     <w:rsid w:val="0083198F"/>
     <w:rsid w:val="0083213B"/>
     <w:rsid w:val="008329A9"/>
     <w:rsid w:val="00832C4E"/>
     <w:rsid w:val="008332F4"/>
     <w:rsid w:val="00833378"/>
     <w:rsid w:val="00833AFD"/>
     <w:rsid w:val="00833B99"/>
     <w:rsid w:val="00833DAC"/>
     <w:rsid w:val="00834059"/>
     <w:rsid w:val="00834B42"/>
     <w:rsid w:val="00834DF1"/>
     <w:rsid w:val="00835644"/>
     <w:rsid w:val="00835A9A"/>
+    <w:rsid w:val="00836826"/>
     <w:rsid w:val="00836BC9"/>
     <w:rsid w:val="00837172"/>
     <w:rsid w:val="00837306"/>
+    <w:rsid w:val="00837BEB"/>
     <w:rsid w:val="00840E8C"/>
-    <w:rsid w:val="00841219"/>
+    <w:rsid w:val="0084154F"/>
     <w:rsid w:val="0084157E"/>
     <w:rsid w:val="00841D10"/>
-    <w:rsid w:val="008421F1"/>
     <w:rsid w:val="008427FB"/>
     <w:rsid w:val="0084318E"/>
     <w:rsid w:val="008434FC"/>
     <w:rsid w:val="0084350E"/>
     <w:rsid w:val="00843636"/>
     <w:rsid w:val="0084375A"/>
     <w:rsid w:val="008437E6"/>
     <w:rsid w:val="008438DA"/>
     <w:rsid w:val="00843E28"/>
     <w:rsid w:val="00843F44"/>
     <w:rsid w:val="00844694"/>
     <w:rsid w:val="008456D0"/>
     <w:rsid w:val="00845ECF"/>
     <w:rsid w:val="00846123"/>
+    <w:rsid w:val="0084630B"/>
     <w:rsid w:val="00846541"/>
     <w:rsid w:val="008466C2"/>
     <w:rsid w:val="008469A0"/>
     <w:rsid w:val="008469EA"/>
     <w:rsid w:val="00846AAE"/>
     <w:rsid w:val="00846F44"/>
     <w:rsid w:val="00847198"/>
     <w:rsid w:val="0084780C"/>
     <w:rsid w:val="00847A7A"/>
     <w:rsid w:val="00847AD9"/>
     <w:rsid w:val="0085182B"/>
     <w:rsid w:val="0085185E"/>
+    <w:rsid w:val="00851C0A"/>
     <w:rsid w:val="00851D93"/>
+    <w:rsid w:val="00851E77"/>
     <w:rsid w:val="008521D9"/>
     <w:rsid w:val="00852A90"/>
     <w:rsid w:val="008536F7"/>
     <w:rsid w:val="0085394B"/>
     <w:rsid w:val="00853DFD"/>
+    <w:rsid w:val="00853F35"/>
     <w:rsid w:val="00854029"/>
+    <w:rsid w:val="008541B0"/>
     <w:rsid w:val="008543D1"/>
     <w:rsid w:val="0085451E"/>
+    <w:rsid w:val="008545A5"/>
     <w:rsid w:val="00854BAC"/>
     <w:rsid w:val="00855613"/>
     <w:rsid w:val="00855D07"/>
     <w:rsid w:val="0085601F"/>
     <w:rsid w:val="0085630A"/>
     <w:rsid w:val="00856446"/>
     <w:rsid w:val="008569F8"/>
     <w:rsid w:val="008572D1"/>
     <w:rsid w:val="008577AF"/>
     <w:rsid w:val="00857F61"/>
+    <w:rsid w:val="00857FD0"/>
     <w:rsid w:val="008601EA"/>
     <w:rsid w:val="0086071A"/>
     <w:rsid w:val="0086098F"/>
     <w:rsid w:val="00860BE8"/>
+    <w:rsid w:val="00861069"/>
     <w:rsid w:val="00861464"/>
     <w:rsid w:val="008623DC"/>
     <w:rsid w:val="00862605"/>
     <w:rsid w:val="00862C10"/>
     <w:rsid w:val="00863A5B"/>
     <w:rsid w:val="00863B7D"/>
+    <w:rsid w:val="00864021"/>
     <w:rsid w:val="008640BD"/>
     <w:rsid w:val="008643FA"/>
     <w:rsid w:val="00864505"/>
+    <w:rsid w:val="00864683"/>
     <w:rsid w:val="008646F3"/>
     <w:rsid w:val="008646F6"/>
     <w:rsid w:val="00864EBE"/>
     <w:rsid w:val="008668E4"/>
+    <w:rsid w:val="00866B2C"/>
     <w:rsid w:val="00866BE8"/>
     <w:rsid w:val="008674A2"/>
     <w:rsid w:val="00870030"/>
     <w:rsid w:val="00870503"/>
     <w:rsid w:val="00870879"/>
+    <w:rsid w:val="00870971"/>
     <w:rsid w:val="008709A9"/>
+    <w:rsid w:val="00870E1F"/>
     <w:rsid w:val="008711DC"/>
-    <w:rsid w:val="00871655"/>
     <w:rsid w:val="00871B2A"/>
     <w:rsid w:val="00871F89"/>
+    <w:rsid w:val="00873385"/>
     <w:rsid w:val="008733BF"/>
+    <w:rsid w:val="00873A43"/>
     <w:rsid w:val="00873CC9"/>
     <w:rsid w:val="00874032"/>
-    <w:rsid w:val="00874E95"/>
     <w:rsid w:val="008754E5"/>
-    <w:rsid w:val="008756BF"/>
+    <w:rsid w:val="0087675F"/>
     <w:rsid w:val="00877836"/>
     <w:rsid w:val="00877C00"/>
-    <w:rsid w:val="00877D6A"/>
     <w:rsid w:val="00877DC7"/>
     <w:rsid w:val="00877E7C"/>
+    <w:rsid w:val="00880356"/>
     <w:rsid w:val="00880E4C"/>
     <w:rsid w:val="008817A5"/>
     <w:rsid w:val="00881B7C"/>
-    <w:rsid w:val="00881B98"/>
     <w:rsid w:val="0088215A"/>
-    <w:rsid w:val="008823B0"/>
+    <w:rsid w:val="00882573"/>
     <w:rsid w:val="00882744"/>
+    <w:rsid w:val="00882999"/>
     <w:rsid w:val="00882B21"/>
     <w:rsid w:val="0088334D"/>
-    <w:rsid w:val="008835C6"/>
     <w:rsid w:val="008837CE"/>
     <w:rsid w:val="00884893"/>
     <w:rsid w:val="00884C00"/>
     <w:rsid w:val="00885029"/>
     <w:rsid w:val="00885782"/>
+    <w:rsid w:val="00885852"/>
     <w:rsid w:val="008858EA"/>
+    <w:rsid w:val="008858EB"/>
     <w:rsid w:val="00885D1A"/>
     <w:rsid w:val="0088612E"/>
     <w:rsid w:val="008862B5"/>
     <w:rsid w:val="00886780"/>
     <w:rsid w:val="00886D4B"/>
     <w:rsid w:val="00886F53"/>
     <w:rsid w:val="0088708C"/>
+    <w:rsid w:val="008870ED"/>
     <w:rsid w:val="0088733B"/>
     <w:rsid w:val="00887F69"/>
+    <w:rsid w:val="008901F5"/>
     <w:rsid w:val="008902CF"/>
     <w:rsid w:val="0089074C"/>
     <w:rsid w:val="00890931"/>
     <w:rsid w:val="00890B3F"/>
-    <w:rsid w:val="00891617"/>
     <w:rsid w:val="00891EA7"/>
     <w:rsid w:val="00891F99"/>
     <w:rsid w:val="0089224B"/>
     <w:rsid w:val="008923E7"/>
+    <w:rsid w:val="0089327C"/>
     <w:rsid w:val="00893761"/>
+    <w:rsid w:val="00893861"/>
     <w:rsid w:val="00893862"/>
     <w:rsid w:val="00893A28"/>
     <w:rsid w:val="00893BE2"/>
     <w:rsid w:val="00893E3B"/>
+    <w:rsid w:val="00894B55"/>
     <w:rsid w:val="00894D67"/>
     <w:rsid w:val="00894D9C"/>
+    <w:rsid w:val="0089540D"/>
     <w:rsid w:val="00895415"/>
+    <w:rsid w:val="008955CF"/>
     <w:rsid w:val="00895E2D"/>
     <w:rsid w:val="0089602F"/>
     <w:rsid w:val="00896086"/>
     <w:rsid w:val="0089636C"/>
     <w:rsid w:val="00896666"/>
     <w:rsid w:val="0089758C"/>
     <w:rsid w:val="008976C9"/>
     <w:rsid w:val="00897D5F"/>
-    <w:rsid w:val="008A014A"/>
     <w:rsid w:val="008A060E"/>
     <w:rsid w:val="008A06F9"/>
     <w:rsid w:val="008A0A7D"/>
     <w:rsid w:val="008A0D58"/>
     <w:rsid w:val="008A165E"/>
     <w:rsid w:val="008A1726"/>
     <w:rsid w:val="008A196A"/>
     <w:rsid w:val="008A19DE"/>
     <w:rsid w:val="008A29B1"/>
     <w:rsid w:val="008A29CD"/>
     <w:rsid w:val="008A2B40"/>
     <w:rsid w:val="008A346F"/>
     <w:rsid w:val="008A360C"/>
     <w:rsid w:val="008A376C"/>
     <w:rsid w:val="008A39BC"/>
     <w:rsid w:val="008A3BCD"/>
     <w:rsid w:val="008A3BE0"/>
     <w:rsid w:val="008A3DC4"/>
     <w:rsid w:val="008A3E86"/>
     <w:rsid w:val="008A4943"/>
     <w:rsid w:val="008A4B86"/>
     <w:rsid w:val="008A4C65"/>
     <w:rsid w:val="008A4D1E"/>
     <w:rsid w:val="008A4E9A"/>
     <w:rsid w:val="008A4EFC"/>
     <w:rsid w:val="008A4F3C"/>
     <w:rsid w:val="008A4FFD"/>
     <w:rsid w:val="008A56CA"/>
     <w:rsid w:val="008A5D0F"/>
     <w:rsid w:val="008A6070"/>
     <w:rsid w:val="008A6220"/>
-    <w:rsid w:val="008A65E7"/>
     <w:rsid w:val="008A6B05"/>
     <w:rsid w:val="008A72A3"/>
     <w:rsid w:val="008A7551"/>
     <w:rsid w:val="008A76DD"/>
     <w:rsid w:val="008A7CFE"/>
     <w:rsid w:val="008B0EC0"/>
+    <w:rsid w:val="008B1399"/>
+    <w:rsid w:val="008B1C1B"/>
+    <w:rsid w:val="008B1C4B"/>
     <w:rsid w:val="008B1D9E"/>
     <w:rsid w:val="008B1F60"/>
     <w:rsid w:val="008B2111"/>
     <w:rsid w:val="008B2125"/>
     <w:rsid w:val="008B228E"/>
     <w:rsid w:val="008B26F4"/>
     <w:rsid w:val="008B35F4"/>
     <w:rsid w:val="008B36B1"/>
+    <w:rsid w:val="008B3748"/>
     <w:rsid w:val="008B3FA8"/>
     <w:rsid w:val="008B47DF"/>
-    <w:rsid w:val="008B4821"/>
     <w:rsid w:val="008B4AA4"/>
     <w:rsid w:val="008B4C54"/>
+    <w:rsid w:val="008B4DE7"/>
     <w:rsid w:val="008B4F51"/>
     <w:rsid w:val="008B5634"/>
     <w:rsid w:val="008B6393"/>
     <w:rsid w:val="008B6513"/>
     <w:rsid w:val="008B6A50"/>
     <w:rsid w:val="008B707F"/>
     <w:rsid w:val="008B74E9"/>
+    <w:rsid w:val="008B75CC"/>
     <w:rsid w:val="008B7881"/>
     <w:rsid w:val="008B7C9A"/>
     <w:rsid w:val="008B7D4E"/>
     <w:rsid w:val="008C08F5"/>
     <w:rsid w:val="008C0AF8"/>
+    <w:rsid w:val="008C0BE7"/>
     <w:rsid w:val="008C0C26"/>
+    <w:rsid w:val="008C0DFF"/>
     <w:rsid w:val="008C0FF4"/>
     <w:rsid w:val="008C10AA"/>
     <w:rsid w:val="008C18BF"/>
     <w:rsid w:val="008C2162"/>
+    <w:rsid w:val="008C2A6D"/>
     <w:rsid w:val="008C2CF4"/>
     <w:rsid w:val="008C32E7"/>
     <w:rsid w:val="008C36B7"/>
     <w:rsid w:val="008C388D"/>
     <w:rsid w:val="008C38C1"/>
     <w:rsid w:val="008C39CC"/>
     <w:rsid w:val="008C3CFF"/>
     <w:rsid w:val="008C4133"/>
     <w:rsid w:val="008C45FA"/>
-    <w:rsid w:val="008C470A"/>
     <w:rsid w:val="008C4B77"/>
     <w:rsid w:val="008C4FE1"/>
     <w:rsid w:val="008C5550"/>
+    <w:rsid w:val="008C5E2E"/>
     <w:rsid w:val="008C6212"/>
     <w:rsid w:val="008C68B5"/>
     <w:rsid w:val="008C6A68"/>
+    <w:rsid w:val="008C6EE2"/>
+    <w:rsid w:val="008C70BC"/>
     <w:rsid w:val="008C71FE"/>
     <w:rsid w:val="008C73C3"/>
     <w:rsid w:val="008C7622"/>
     <w:rsid w:val="008C7735"/>
     <w:rsid w:val="008C7951"/>
-    <w:rsid w:val="008D0A3D"/>
     <w:rsid w:val="008D11A7"/>
     <w:rsid w:val="008D1A6C"/>
     <w:rsid w:val="008D1CCC"/>
     <w:rsid w:val="008D1FD7"/>
     <w:rsid w:val="008D21CA"/>
-    <w:rsid w:val="008D273D"/>
+    <w:rsid w:val="008D24E3"/>
     <w:rsid w:val="008D28FE"/>
     <w:rsid w:val="008D2D17"/>
     <w:rsid w:val="008D2DDD"/>
     <w:rsid w:val="008D2F70"/>
     <w:rsid w:val="008D318A"/>
     <w:rsid w:val="008D31BA"/>
     <w:rsid w:val="008D3892"/>
     <w:rsid w:val="008D3EB3"/>
     <w:rsid w:val="008D3F41"/>
+    <w:rsid w:val="008D4111"/>
+    <w:rsid w:val="008D4B97"/>
     <w:rsid w:val="008D4FF5"/>
     <w:rsid w:val="008D5138"/>
+    <w:rsid w:val="008D58F2"/>
+    <w:rsid w:val="008D607F"/>
+    <w:rsid w:val="008D630E"/>
+    <w:rsid w:val="008D670A"/>
     <w:rsid w:val="008D6837"/>
     <w:rsid w:val="008D6B80"/>
     <w:rsid w:val="008D6C39"/>
     <w:rsid w:val="008D6FB5"/>
     <w:rsid w:val="008D72B2"/>
+    <w:rsid w:val="008D7666"/>
     <w:rsid w:val="008E0340"/>
     <w:rsid w:val="008E041D"/>
     <w:rsid w:val="008E06F2"/>
     <w:rsid w:val="008E085D"/>
+    <w:rsid w:val="008E174F"/>
+    <w:rsid w:val="008E179F"/>
     <w:rsid w:val="008E1D0F"/>
     <w:rsid w:val="008E2535"/>
     <w:rsid w:val="008E26A5"/>
     <w:rsid w:val="008E35F9"/>
     <w:rsid w:val="008E3BEE"/>
     <w:rsid w:val="008E3FA6"/>
     <w:rsid w:val="008E4202"/>
-    <w:rsid w:val="008E4645"/>
-    <w:rsid w:val="008E4C1A"/>
     <w:rsid w:val="008E59F7"/>
     <w:rsid w:val="008E5C0F"/>
     <w:rsid w:val="008E6026"/>
     <w:rsid w:val="008E62B7"/>
     <w:rsid w:val="008E62BE"/>
     <w:rsid w:val="008E62D9"/>
     <w:rsid w:val="008E667B"/>
+    <w:rsid w:val="008E6A90"/>
+    <w:rsid w:val="008E7918"/>
     <w:rsid w:val="008E7AB5"/>
-    <w:rsid w:val="008E7C73"/>
-    <w:rsid w:val="008E7CE6"/>
     <w:rsid w:val="008F0E15"/>
     <w:rsid w:val="008F0F89"/>
     <w:rsid w:val="008F193B"/>
     <w:rsid w:val="008F1BED"/>
     <w:rsid w:val="008F1FA3"/>
-    <w:rsid w:val="008F225F"/>
     <w:rsid w:val="008F2383"/>
+    <w:rsid w:val="008F3495"/>
     <w:rsid w:val="008F4357"/>
     <w:rsid w:val="008F490B"/>
     <w:rsid w:val="008F4C70"/>
     <w:rsid w:val="008F4D1A"/>
+    <w:rsid w:val="008F4FD3"/>
     <w:rsid w:val="008F54B9"/>
     <w:rsid w:val="008F5538"/>
     <w:rsid w:val="008F55FF"/>
     <w:rsid w:val="008F56F1"/>
+    <w:rsid w:val="008F6084"/>
+    <w:rsid w:val="008F629C"/>
     <w:rsid w:val="008F6972"/>
     <w:rsid w:val="008F69A0"/>
     <w:rsid w:val="008F6AD4"/>
     <w:rsid w:val="008F6FBC"/>
+    <w:rsid w:val="008F7B9B"/>
     <w:rsid w:val="008F7E37"/>
     <w:rsid w:val="00900251"/>
     <w:rsid w:val="009006C2"/>
     <w:rsid w:val="009017B3"/>
     <w:rsid w:val="0090235A"/>
     <w:rsid w:val="00902738"/>
     <w:rsid w:val="00902A7C"/>
+    <w:rsid w:val="00902CD2"/>
+    <w:rsid w:val="00903710"/>
+    <w:rsid w:val="009038CA"/>
+    <w:rsid w:val="00903CD7"/>
     <w:rsid w:val="00904972"/>
     <w:rsid w:val="009049E7"/>
     <w:rsid w:val="00904ED5"/>
     <w:rsid w:val="00905097"/>
-    <w:rsid w:val="0090528E"/>
     <w:rsid w:val="00905353"/>
     <w:rsid w:val="00905401"/>
+    <w:rsid w:val="00905478"/>
     <w:rsid w:val="00905582"/>
     <w:rsid w:val="009055E7"/>
     <w:rsid w:val="00905EF0"/>
     <w:rsid w:val="0090649E"/>
-    <w:rsid w:val="00907768"/>
     <w:rsid w:val="0090786C"/>
+    <w:rsid w:val="00907F53"/>
     <w:rsid w:val="00910479"/>
     <w:rsid w:val="009108E0"/>
     <w:rsid w:val="00910916"/>
     <w:rsid w:val="00910B37"/>
     <w:rsid w:val="00910FD9"/>
-    <w:rsid w:val="0091137E"/>
     <w:rsid w:val="00911671"/>
+    <w:rsid w:val="00911F9B"/>
     <w:rsid w:val="0091216D"/>
     <w:rsid w:val="00912266"/>
+    <w:rsid w:val="00912D9B"/>
+    <w:rsid w:val="00912E76"/>
+    <w:rsid w:val="0091301D"/>
     <w:rsid w:val="00913652"/>
     <w:rsid w:val="00913691"/>
     <w:rsid w:val="009139A7"/>
     <w:rsid w:val="00914732"/>
     <w:rsid w:val="009147A1"/>
     <w:rsid w:val="00914EB3"/>
     <w:rsid w:val="0091512A"/>
+    <w:rsid w:val="00915172"/>
     <w:rsid w:val="009154B3"/>
     <w:rsid w:val="009159A2"/>
     <w:rsid w:val="00915B6F"/>
     <w:rsid w:val="00915D0A"/>
     <w:rsid w:val="009162F1"/>
+    <w:rsid w:val="009164C1"/>
     <w:rsid w:val="0091722A"/>
     <w:rsid w:val="0092096A"/>
     <w:rsid w:val="00920A4A"/>
     <w:rsid w:val="00920AF3"/>
     <w:rsid w:val="00920D3F"/>
     <w:rsid w:val="00921140"/>
     <w:rsid w:val="00921B2D"/>
-    <w:rsid w:val="009226FC"/>
     <w:rsid w:val="00922C93"/>
     <w:rsid w:val="00923624"/>
     <w:rsid w:val="00923B48"/>
     <w:rsid w:val="00923FD2"/>
     <w:rsid w:val="009247CD"/>
+    <w:rsid w:val="00924F61"/>
     <w:rsid w:val="009255CB"/>
-    <w:rsid w:val="009258A3"/>
     <w:rsid w:val="00926C19"/>
     <w:rsid w:val="00926DB8"/>
     <w:rsid w:val="0092769E"/>
     <w:rsid w:val="009277DE"/>
     <w:rsid w:val="00927985"/>
-    <w:rsid w:val="00930430"/>
+    <w:rsid w:val="0093021B"/>
+    <w:rsid w:val="0093033F"/>
     <w:rsid w:val="00930B72"/>
     <w:rsid w:val="00930DEA"/>
+    <w:rsid w:val="009310AC"/>
     <w:rsid w:val="00931513"/>
     <w:rsid w:val="00931787"/>
     <w:rsid w:val="00931DF2"/>
+    <w:rsid w:val="00931F63"/>
     <w:rsid w:val="00931F93"/>
+    <w:rsid w:val="00931FCC"/>
     <w:rsid w:val="009329E5"/>
     <w:rsid w:val="00932B3C"/>
     <w:rsid w:val="00932CA0"/>
     <w:rsid w:val="00933361"/>
+    <w:rsid w:val="009342A0"/>
+    <w:rsid w:val="009343F3"/>
     <w:rsid w:val="00934797"/>
     <w:rsid w:val="00934B33"/>
     <w:rsid w:val="00934EEC"/>
     <w:rsid w:val="009351DB"/>
     <w:rsid w:val="009358CA"/>
     <w:rsid w:val="00935D4B"/>
-    <w:rsid w:val="00935DFB"/>
     <w:rsid w:val="00936138"/>
     <w:rsid w:val="00936661"/>
     <w:rsid w:val="009369A0"/>
+    <w:rsid w:val="00936D1E"/>
     <w:rsid w:val="00936D40"/>
     <w:rsid w:val="009372BC"/>
     <w:rsid w:val="0093786A"/>
+    <w:rsid w:val="009402BA"/>
     <w:rsid w:val="0094112B"/>
     <w:rsid w:val="009412AE"/>
     <w:rsid w:val="009420A2"/>
+    <w:rsid w:val="009423C2"/>
     <w:rsid w:val="00943337"/>
+    <w:rsid w:val="0094354C"/>
     <w:rsid w:val="009436BE"/>
+    <w:rsid w:val="00943764"/>
     <w:rsid w:val="00943E7F"/>
     <w:rsid w:val="00944B4D"/>
     <w:rsid w:val="00944F65"/>
     <w:rsid w:val="0094508D"/>
     <w:rsid w:val="00945CFD"/>
     <w:rsid w:val="009460DE"/>
-    <w:rsid w:val="009464B2"/>
-    <w:rsid w:val="00946748"/>
+    <w:rsid w:val="00946422"/>
     <w:rsid w:val="00946851"/>
     <w:rsid w:val="00946FCC"/>
     <w:rsid w:val="00947130"/>
     <w:rsid w:val="0094764B"/>
     <w:rsid w:val="0094780B"/>
     <w:rsid w:val="00947BC3"/>
     <w:rsid w:val="00947E07"/>
     <w:rsid w:val="009512F4"/>
     <w:rsid w:val="00951701"/>
     <w:rsid w:val="00951F5B"/>
     <w:rsid w:val="0095243C"/>
     <w:rsid w:val="0095264E"/>
     <w:rsid w:val="00952A39"/>
     <w:rsid w:val="00952CD9"/>
     <w:rsid w:val="00953DE7"/>
     <w:rsid w:val="00953DF8"/>
     <w:rsid w:val="00953EBB"/>
     <w:rsid w:val="00954043"/>
     <w:rsid w:val="009541EC"/>
     <w:rsid w:val="00954506"/>
+    <w:rsid w:val="0095461C"/>
     <w:rsid w:val="009548F0"/>
     <w:rsid w:val="009558B7"/>
     <w:rsid w:val="009559A0"/>
     <w:rsid w:val="00955A80"/>
     <w:rsid w:val="009560A9"/>
     <w:rsid w:val="00956F56"/>
     <w:rsid w:val="00957300"/>
     <w:rsid w:val="0095793F"/>
     <w:rsid w:val="00960159"/>
     <w:rsid w:val="009603FA"/>
     <w:rsid w:val="00960D6F"/>
     <w:rsid w:val="009613D0"/>
+    <w:rsid w:val="0096166C"/>
+    <w:rsid w:val="009622A3"/>
+    <w:rsid w:val="009625C0"/>
     <w:rsid w:val="00962788"/>
     <w:rsid w:val="0096287A"/>
     <w:rsid w:val="009634DF"/>
     <w:rsid w:val="00964094"/>
+    <w:rsid w:val="00964CD3"/>
     <w:rsid w:val="00965999"/>
     <w:rsid w:val="009659C4"/>
-    <w:rsid w:val="00965C5D"/>
-    <w:rsid w:val="00965C8A"/>
     <w:rsid w:val="009660C1"/>
     <w:rsid w:val="0096635F"/>
     <w:rsid w:val="00967071"/>
     <w:rsid w:val="00967930"/>
+    <w:rsid w:val="00970993"/>
+    <w:rsid w:val="009710B3"/>
     <w:rsid w:val="00971241"/>
     <w:rsid w:val="00971966"/>
     <w:rsid w:val="00971F06"/>
     <w:rsid w:val="0097232E"/>
     <w:rsid w:val="00972400"/>
     <w:rsid w:val="009724FF"/>
     <w:rsid w:val="0097276B"/>
+    <w:rsid w:val="00972ADB"/>
     <w:rsid w:val="00972F58"/>
     <w:rsid w:val="00973573"/>
     <w:rsid w:val="00973CD6"/>
     <w:rsid w:val="009742BB"/>
     <w:rsid w:val="00974D8C"/>
+    <w:rsid w:val="00975956"/>
     <w:rsid w:val="00975D07"/>
     <w:rsid w:val="00976226"/>
+    <w:rsid w:val="009770D2"/>
     <w:rsid w:val="009771D1"/>
     <w:rsid w:val="0097763B"/>
+    <w:rsid w:val="00977B27"/>
+    <w:rsid w:val="009801A9"/>
     <w:rsid w:val="00980306"/>
     <w:rsid w:val="0098057D"/>
     <w:rsid w:val="00980B57"/>
     <w:rsid w:val="009812F9"/>
-    <w:rsid w:val="0098161C"/>
     <w:rsid w:val="00981648"/>
     <w:rsid w:val="00981F83"/>
     <w:rsid w:val="00981FCA"/>
     <w:rsid w:val="009823DC"/>
     <w:rsid w:val="0098311C"/>
     <w:rsid w:val="00984154"/>
     <w:rsid w:val="00984B4D"/>
     <w:rsid w:val="00984B63"/>
     <w:rsid w:val="009851E3"/>
     <w:rsid w:val="00985758"/>
+    <w:rsid w:val="009863AE"/>
     <w:rsid w:val="00986DB3"/>
     <w:rsid w:val="00986F52"/>
     <w:rsid w:val="009876E8"/>
     <w:rsid w:val="00987AC9"/>
     <w:rsid w:val="00990347"/>
     <w:rsid w:val="00990499"/>
     <w:rsid w:val="009906F8"/>
+    <w:rsid w:val="00990A36"/>
+    <w:rsid w:val="009913F3"/>
     <w:rsid w:val="00991665"/>
     <w:rsid w:val="00991872"/>
     <w:rsid w:val="00991914"/>
     <w:rsid w:val="00991BA2"/>
     <w:rsid w:val="009929D7"/>
     <w:rsid w:val="00993294"/>
     <w:rsid w:val="009939A4"/>
-    <w:rsid w:val="00993AC8"/>
     <w:rsid w:val="00994306"/>
     <w:rsid w:val="00994456"/>
+    <w:rsid w:val="0099452C"/>
     <w:rsid w:val="009946D3"/>
     <w:rsid w:val="00994C97"/>
     <w:rsid w:val="00994FAB"/>
     <w:rsid w:val="00996783"/>
-    <w:rsid w:val="00997BC6"/>
     <w:rsid w:val="00997C33"/>
+    <w:rsid w:val="009A0825"/>
     <w:rsid w:val="009A08D6"/>
+    <w:rsid w:val="009A1361"/>
     <w:rsid w:val="009A1A47"/>
     <w:rsid w:val="009A1D5C"/>
+    <w:rsid w:val="009A1EF8"/>
     <w:rsid w:val="009A1F86"/>
     <w:rsid w:val="009A2036"/>
     <w:rsid w:val="009A2159"/>
     <w:rsid w:val="009A2706"/>
-    <w:rsid w:val="009A2755"/>
     <w:rsid w:val="009A2798"/>
     <w:rsid w:val="009A27BF"/>
     <w:rsid w:val="009A2BCE"/>
+    <w:rsid w:val="009A2F4F"/>
     <w:rsid w:val="009A30A6"/>
     <w:rsid w:val="009A327B"/>
     <w:rsid w:val="009A36C3"/>
     <w:rsid w:val="009A3819"/>
+    <w:rsid w:val="009A39CD"/>
     <w:rsid w:val="009A3CBB"/>
     <w:rsid w:val="009A3DD1"/>
     <w:rsid w:val="009A3F4A"/>
+    <w:rsid w:val="009A3FB5"/>
     <w:rsid w:val="009A453E"/>
     <w:rsid w:val="009A4AF1"/>
     <w:rsid w:val="009A5329"/>
     <w:rsid w:val="009A57A3"/>
+    <w:rsid w:val="009A64E0"/>
     <w:rsid w:val="009A68A0"/>
     <w:rsid w:val="009B0544"/>
     <w:rsid w:val="009B057D"/>
-    <w:rsid w:val="009B0943"/>
+    <w:rsid w:val="009B0AAD"/>
     <w:rsid w:val="009B11B9"/>
     <w:rsid w:val="009B13E0"/>
     <w:rsid w:val="009B1563"/>
     <w:rsid w:val="009B1861"/>
     <w:rsid w:val="009B2060"/>
     <w:rsid w:val="009B2099"/>
     <w:rsid w:val="009B214B"/>
     <w:rsid w:val="009B274E"/>
     <w:rsid w:val="009B298E"/>
+    <w:rsid w:val="009B2DA2"/>
     <w:rsid w:val="009B2E3D"/>
     <w:rsid w:val="009B39C7"/>
     <w:rsid w:val="009B3A20"/>
     <w:rsid w:val="009B3F3F"/>
     <w:rsid w:val="009B4023"/>
     <w:rsid w:val="009B41AC"/>
     <w:rsid w:val="009B485E"/>
     <w:rsid w:val="009B4AB3"/>
     <w:rsid w:val="009B4D40"/>
     <w:rsid w:val="009B4EAA"/>
-    <w:rsid w:val="009B50F6"/>
     <w:rsid w:val="009B52B7"/>
     <w:rsid w:val="009B54CD"/>
     <w:rsid w:val="009B5CC7"/>
     <w:rsid w:val="009B601C"/>
     <w:rsid w:val="009B62D5"/>
     <w:rsid w:val="009B65A3"/>
+    <w:rsid w:val="009B6892"/>
     <w:rsid w:val="009C04CB"/>
     <w:rsid w:val="009C08B7"/>
-    <w:rsid w:val="009C0D36"/>
+    <w:rsid w:val="009C0D72"/>
     <w:rsid w:val="009C11B8"/>
-    <w:rsid w:val="009C267A"/>
+    <w:rsid w:val="009C15B9"/>
+    <w:rsid w:val="009C167C"/>
+    <w:rsid w:val="009C1ECD"/>
     <w:rsid w:val="009C275B"/>
     <w:rsid w:val="009C3CB9"/>
     <w:rsid w:val="009C4008"/>
     <w:rsid w:val="009C46AC"/>
     <w:rsid w:val="009C49ED"/>
     <w:rsid w:val="009C599A"/>
     <w:rsid w:val="009C5AD8"/>
     <w:rsid w:val="009C5C60"/>
+    <w:rsid w:val="009C5EB3"/>
     <w:rsid w:val="009C6A52"/>
     <w:rsid w:val="009C6BB8"/>
+    <w:rsid w:val="009C6F94"/>
     <w:rsid w:val="009C769F"/>
     <w:rsid w:val="009D08E2"/>
     <w:rsid w:val="009D0F83"/>
     <w:rsid w:val="009D0FE1"/>
     <w:rsid w:val="009D12D8"/>
     <w:rsid w:val="009D1970"/>
+    <w:rsid w:val="009D1B53"/>
     <w:rsid w:val="009D1CF0"/>
     <w:rsid w:val="009D2EFD"/>
     <w:rsid w:val="009D3B6F"/>
     <w:rsid w:val="009D400E"/>
     <w:rsid w:val="009D46F8"/>
     <w:rsid w:val="009D4A13"/>
     <w:rsid w:val="009D4EDC"/>
     <w:rsid w:val="009D523B"/>
     <w:rsid w:val="009D54D2"/>
+    <w:rsid w:val="009D5BA6"/>
     <w:rsid w:val="009D6864"/>
     <w:rsid w:val="009D6A37"/>
     <w:rsid w:val="009E0ECD"/>
     <w:rsid w:val="009E12A3"/>
     <w:rsid w:val="009E12DB"/>
     <w:rsid w:val="009E1707"/>
     <w:rsid w:val="009E1828"/>
     <w:rsid w:val="009E1A15"/>
     <w:rsid w:val="009E1C59"/>
-    <w:rsid w:val="009E1FF3"/>
     <w:rsid w:val="009E23AC"/>
     <w:rsid w:val="009E2781"/>
     <w:rsid w:val="009E280D"/>
     <w:rsid w:val="009E28EA"/>
+    <w:rsid w:val="009E2D17"/>
     <w:rsid w:val="009E31DC"/>
     <w:rsid w:val="009E3265"/>
     <w:rsid w:val="009E32F6"/>
     <w:rsid w:val="009E3A45"/>
     <w:rsid w:val="009E3C57"/>
     <w:rsid w:val="009E3D3E"/>
     <w:rsid w:val="009E3E94"/>
     <w:rsid w:val="009E42E8"/>
     <w:rsid w:val="009E47AB"/>
     <w:rsid w:val="009E4840"/>
+    <w:rsid w:val="009E5417"/>
+    <w:rsid w:val="009E57AD"/>
     <w:rsid w:val="009E591E"/>
     <w:rsid w:val="009E5D94"/>
     <w:rsid w:val="009E6027"/>
     <w:rsid w:val="009E6054"/>
     <w:rsid w:val="009E612D"/>
+    <w:rsid w:val="009E685D"/>
     <w:rsid w:val="009E6D6B"/>
     <w:rsid w:val="009E71B8"/>
     <w:rsid w:val="009E7345"/>
-    <w:rsid w:val="009E7F64"/>
     <w:rsid w:val="009F0227"/>
     <w:rsid w:val="009F0AE9"/>
+    <w:rsid w:val="009F148F"/>
+    <w:rsid w:val="009F172F"/>
     <w:rsid w:val="009F1E6C"/>
     <w:rsid w:val="009F2D16"/>
     <w:rsid w:val="009F3464"/>
     <w:rsid w:val="009F3A57"/>
     <w:rsid w:val="009F4225"/>
+    <w:rsid w:val="009F425C"/>
     <w:rsid w:val="009F4E1B"/>
     <w:rsid w:val="009F4F6F"/>
+    <w:rsid w:val="009F4FBC"/>
     <w:rsid w:val="009F55B6"/>
+    <w:rsid w:val="009F55BD"/>
     <w:rsid w:val="009F57D1"/>
     <w:rsid w:val="009F5AC0"/>
+    <w:rsid w:val="009F5B00"/>
     <w:rsid w:val="009F6189"/>
     <w:rsid w:val="009F6770"/>
     <w:rsid w:val="009F6FDB"/>
     <w:rsid w:val="009F743B"/>
     <w:rsid w:val="00A002CD"/>
+    <w:rsid w:val="00A00702"/>
     <w:rsid w:val="00A00AD6"/>
     <w:rsid w:val="00A00D9A"/>
+    <w:rsid w:val="00A01082"/>
+    <w:rsid w:val="00A01DC3"/>
     <w:rsid w:val="00A01EC7"/>
     <w:rsid w:val="00A0248E"/>
     <w:rsid w:val="00A02763"/>
     <w:rsid w:val="00A02910"/>
     <w:rsid w:val="00A02D41"/>
-    <w:rsid w:val="00A02ED6"/>
+    <w:rsid w:val="00A0324D"/>
     <w:rsid w:val="00A0381B"/>
     <w:rsid w:val="00A040B6"/>
     <w:rsid w:val="00A04C86"/>
     <w:rsid w:val="00A05518"/>
     <w:rsid w:val="00A05B70"/>
     <w:rsid w:val="00A05CBB"/>
     <w:rsid w:val="00A06690"/>
     <w:rsid w:val="00A069C0"/>
     <w:rsid w:val="00A07610"/>
     <w:rsid w:val="00A0791A"/>
     <w:rsid w:val="00A07CC2"/>
     <w:rsid w:val="00A07D47"/>
+    <w:rsid w:val="00A10197"/>
     <w:rsid w:val="00A10584"/>
     <w:rsid w:val="00A107F6"/>
     <w:rsid w:val="00A114CB"/>
+    <w:rsid w:val="00A11683"/>
     <w:rsid w:val="00A122BC"/>
     <w:rsid w:val="00A12457"/>
     <w:rsid w:val="00A1249D"/>
     <w:rsid w:val="00A12C2C"/>
+    <w:rsid w:val="00A12EB3"/>
     <w:rsid w:val="00A13A57"/>
+    <w:rsid w:val="00A14344"/>
     <w:rsid w:val="00A14A44"/>
     <w:rsid w:val="00A14E22"/>
-    <w:rsid w:val="00A15619"/>
     <w:rsid w:val="00A15FB5"/>
     <w:rsid w:val="00A16309"/>
     <w:rsid w:val="00A16329"/>
     <w:rsid w:val="00A163AF"/>
     <w:rsid w:val="00A168F7"/>
     <w:rsid w:val="00A17394"/>
     <w:rsid w:val="00A174EC"/>
     <w:rsid w:val="00A176B8"/>
     <w:rsid w:val="00A17C6C"/>
+    <w:rsid w:val="00A17CD7"/>
     <w:rsid w:val="00A200CB"/>
+    <w:rsid w:val="00A202A8"/>
+    <w:rsid w:val="00A2036A"/>
+    <w:rsid w:val="00A203A6"/>
+    <w:rsid w:val="00A203CE"/>
     <w:rsid w:val="00A2072A"/>
     <w:rsid w:val="00A20AD2"/>
+    <w:rsid w:val="00A217EE"/>
     <w:rsid w:val="00A21D3F"/>
+    <w:rsid w:val="00A2205C"/>
+    <w:rsid w:val="00A22805"/>
     <w:rsid w:val="00A23358"/>
     <w:rsid w:val="00A23392"/>
     <w:rsid w:val="00A237B6"/>
     <w:rsid w:val="00A23D68"/>
     <w:rsid w:val="00A23FD5"/>
     <w:rsid w:val="00A248CA"/>
-    <w:rsid w:val="00A24DAD"/>
+    <w:rsid w:val="00A24F57"/>
+    <w:rsid w:val="00A25427"/>
     <w:rsid w:val="00A26541"/>
     <w:rsid w:val="00A266B4"/>
     <w:rsid w:val="00A270E0"/>
     <w:rsid w:val="00A27729"/>
     <w:rsid w:val="00A2788F"/>
+    <w:rsid w:val="00A27D79"/>
+    <w:rsid w:val="00A27DEF"/>
+    <w:rsid w:val="00A30293"/>
     <w:rsid w:val="00A30901"/>
     <w:rsid w:val="00A30922"/>
+    <w:rsid w:val="00A3093A"/>
     <w:rsid w:val="00A30A67"/>
+    <w:rsid w:val="00A31A6A"/>
     <w:rsid w:val="00A321EE"/>
     <w:rsid w:val="00A326FA"/>
     <w:rsid w:val="00A32735"/>
     <w:rsid w:val="00A33EEF"/>
+    <w:rsid w:val="00A341A4"/>
     <w:rsid w:val="00A354DB"/>
     <w:rsid w:val="00A3552B"/>
-    <w:rsid w:val="00A35B59"/>
     <w:rsid w:val="00A35C30"/>
     <w:rsid w:val="00A361C1"/>
     <w:rsid w:val="00A361DB"/>
     <w:rsid w:val="00A367BD"/>
     <w:rsid w:val="00A36AA5"/>
-    <w:rsid w:val="00A3726D"/>
     <w:rsid w:val="00A372AE"/>
+    <w:rsid w:val="00A372B5"/>
     <w:rsid w:val="00A37B09"/>
     <w:rsid w:val="00A37BE7"/>
     <w:rsid w:val="00A37C13"/>
     <w:rsid w:val="00A4000C"/>
     <w:rsid w:val="00A400FF"/>
+    <w:rsid w:val="00A4039E"/>
     <w:rsid w:val="00A4076A"/>
     <w:rsid w:val="00A40EED"/>
     <w:rsid w:val="00A411B1"/>
     <w:rsid w:val="00A411C3"/>
     <w:rsid w:val="00A41852"/>
     <w:rsid w:val="00A41948"/>
+    <w:rsid w:val="00A42295"/>
+    <w:rsid w:val="00A42DE5"/>
     <w:rsid w:val="00A4303F"/>
+    <w:rsid w:val="00A4352C"/>
     <w:rsid w:val="00A437A4"/>
     <w:rsid w:val="00A43C2A"/>
     <w:rsid w:val="00A43C9B"/>
     <w:rsid w:val="00A44B22"/>
+    <w:rsid w:val="00A44EC1"/>
+    <w:rsid w:val="00A4506D"/>
     <w:rsid w:val="00A4522E"/>
     <w:rsid w:val="00A45621"/>
     <w:rsid w:val="00A45A60"/>
     <w:rsid w:val="00A45C97"/>
     <w:rsid w:val="00A45E0A"/>
     <w:rsid w:val="00A4671E"/>
     <w:rsid w:val="00A468D1"/>
     <w:rsid w:val="00A469C4"/>
     <w:rsid w:val="00A46F29"/>
     <w:rsid w:val="00A475C1"/>
     <w:rsid w:val="00A476A7"/>
+    <w:rsid w:val="00A47CE8"/>
     <w:rsid w:val="00A50339"/>
     <w:rsid w:val="00A505AE"/>
     <w:rsid w:val="00A507D2"/>
     <w:rsid w:val="00A50DED"/>
     <w:rsid w:val="00A51210"/>
     <w:rsid w:val="00A515DF"/>
     <w:rsid w:val="00A516AE"/>
     <w:rsid w:val="00A51773"/>
     <w:rsid w:val="00A51C99"/>
     <w:rsid w:val="00A51D7E"/>
     <w:rsid w:val="00A52024"/>
+    <w:rsid w:val="00A52342"/>
     <w:rsid w:val="00A52C96"/>
     <w:rsid w:val="00A52F81"/>
+    <w:rsid w:val="00A530C6"/>
     <w:rsid w:val="00A538BC"/>
     <w:rsid w:val="00A53BCF"/>
+    <w:rsid w:val="00A53D30"/>
     <w:rsid w:val="00A5400D"/>
     <w:rsid w:val="00A54127"/>
     <w:rsid w:val="00A54C3C"/>
     <w:rsid w:val="00A552CD"/>
     <w:rsid w:val="00A568DF"/>
     <w:rsid w:val="00A56907"/>
     <w:rsid w:val="00A56D30"/>
     <w:rsid w:val="00A56D8A"/>
     <w:rsid w:val="00A56FBD"/>
     <w:rsid w:val="00A57308"/>
-    <w:rsid w:val="00A57950"/>
     <w:rsid w:val="00A57CCA"/>
+    <w:rsid w:val="00A57DFF"/>
+    <w:rsid w:val="00A60A7E"/>
     <w:rsid w:val="00A60BFC"/>
+    <w:rsid w:val="00A617F9"/>
     <w:rsid w:val="00A61E64"/>
     <w:rsid w:val="00A62395"/>
     <w:rsid w:val="00A6294B"/>
     <w:rsid w:val="00A62A3D"/>
-    <w:rsid w:val="00A639A3"/>
+    <w:rsid w:val="00A63214"/>
     <w:rsid w:val="00A64D6D"/>
+    <w:rsid w:val="00A6581E"/>
     <w:rsid w:val="00A65B61"/>
     <w:rsid w:val="00A6637E"/>
     <w:rsid w:val="00A66918"/>
+    <w:rsid w:val="00A6698E"/>
     <w:rsid w:val="00A673D1"/>
+    <w:rsid w:val="00A67633"/>
     <w:rsid w:val="00A67809"/>
     <w:rsid w:val="00A67C0B"/>
+    <w:rsid w:val="00A67D05"/>
     <w:rsid w:val="00A7030F"/>
     <w:rsid w:val="00A70375"/>
     <w:rsid w:val="00A7060F"/>
     <w:rsid w:val="00A706B3"/>
     <w:rsid w:val="00A70D1C"/>
     <w:rsid w:val="00A70D69"/>
     <w:rsid w:val="00A70FB3"/>
     <w:rsid w:val="00A72542"/>
     <w:rsid w:val="00A72593"/>
     <w:rsid w:val="00A72844"/>
     <w:rsid w:val="00A72FD9"/>
     <w:rsid w:val="00A7414D"/>
     <w:rsid w:val="00A7446E"/>
     <w:rsid w:val="00A74AFF"/>
     <w:rsid w:val="00A74D52"/>
     <w:rsid w:val="00A74EB4"/>
     <w:rsid w:val="00A75758"/>
     <w:rsid w:val="00A75A59"/>
     <w:rsid w:val="00A7667C"/>
     <w:rsid w:val="00A76962"/>
+    <w:rsid w:val="00A76ADF"/>
     <w:rsid w:val="00A774B6"/>
-    <w:rsid w:val="00A77A75"/>
     <w:rsid w:val="00A77EC2"/>
     <w:rsid w:val="00A800CD"/>
     <w:rsid w:val="00A80256"/>
     <w:rsid w:val="00A80360"/>
     <w:rsid w:val="00A8084E"/>
+    <w:rsid w:val="00A8098F"/>
     <w:rsid w:val="00A80E0F"/>
+    <w:rsid w:val="00A812B2"/>
     <w:rsid w:val="00A81426"/>
     <w:rsid w:val="00A81D67"/>
     <w:rsid w:val="00A81E2B"/>
     <w:rsid w:val="00A8273C"/>
     <w:rsid w:val="00A82EE7"/>
     <w:rsid w:val="00A831DA"/>
     <w:rsid w:val="00A83E4F"/>
+    <w:rsid w:val="00A84325"/>
+    <w:rsid w:val="00A844E2"/>
     <w:rsid w:val="00A84D37"/>
     <w:rsid w:val="00A866DC"/>
     <w:rsid w:val="00A87130"/>
     <w:rsid w:val="00A876A9"/>
     <w:rsid w:val="00A87A58"/>
+    <w:rsid w:val="00A87DE4"/>
     <w:rsid w:val="00A9060E"/>
     <w:rsid w:val="00A907CD"/>
     <w:rsid w:val="00A91001"/>
     <w:rsid w:val="00A916B8"/>
     <w:rsid w:val="00A91F47"/>
     <w:rsid w:val="00A921B4"/>
+    <w:rsid w:val="00A92212"/>
     <w:rsid w:val="00A923EE"/>
     <w:rsid w:val="00A929B1"/>
     <w:rsid w:val="00A92CEC"/>
     <w:rsid w:val="00A92F99"/>
+    <w:rsid w:val="00A9321E"/>
     <w:rsid w:val="00A9325F"/>
     <w:rsid w:val="00A93C5B"/>
+    <w:rsid w:val="00A93E02"/>
     <w:rsid w:val="00A9430F"/>
     <w:rsid w:val="00A94A75"/>
     <w:rsid w:val="00A94C72"/>
     <w:rsid w:val="00A94CCE"/>
+    <w:rsid w:val="00A94E6C"/>
+    <w:rsid w:val="00A9519E"/>
     <w:rsid w:val="00A95A65"/>
     <w:rsid w:val="00A95D09"/>
     <w:rsid w:val="00A95F45"/>
+    <w:rsid w:val="00A95F66"/>
     <w:rsid w:val="00A96457"/>
     <w:rsid w:val="00A96592"/>
     <w:rsid w:val="00A968F7"/>
     <w:rsid w:val="00A97043"/>
     <w:rsid w:val="00A979B2"/>
     <w:rsid w:val="00AA0475"/>
     <w:rsid w:val="00AA04BD"/>
     <w:rsid w:val="00AA04D2"/>
     <w:rsid w:val="00AA0559"/>
     <w:rsid w:val="00AA09F5"/>
     <w:rsid w:val="00AA0BBF"/>
     <w:rsid w:val="00AA0BC6"/>
     <w:rsid w:val="00AA0CEE"/>
+    <w:rsid w:val="00AA0D5B"/>
     <w:rsid w:val="00AA179A"/>
     <w:rsid w:val="00AA17DC"/>
-    <w:rsid w:val="00AA1BFD"/>
     <w:rsid w:val="00AA2117"/>
     <w:rsid w:val="00AA24F5"/>
     <w:rsid w:val="00AA327F"/>
     <w:rsid w:val="00AA35D6"/>
+    <w:rsid w:val="00AA3642"/>
     <w:rsid w:val="00AA4D44"/>
     <w:rsid w:val="00AA5BF7"/>
     <w:rsid w:val="00AA6138"/>
+    <w:rsid w:val="00AA6402"/>
+    <w:rsid w:val="00AA70CA"/>
     <w:rsid w:val="00AA7DE3"/>
     <w:rsid w:val="00AB0878"/>
     <w:rsid w:val="00AB0CF1"/>
+    <w:rsid w:val="00AB0EE8"/>
     <w:rsid w:val="00AB0F7F"/>
     <w:rsid w:val="00AB211E"/>
+    <w:rsid w:val="00AB2611"/>
     <w:rsid w:val="00AB2644"/>
     <w:rsid w:val="00AB29DA"/>
+    <w:rsid w:val="00AB3004"/>
     <w:rsid w:val="00AB315D"/>
+    <w:rsid w:val="00AB321D"/>
+    <w:rsid w:val="00AB33F4"/>
+    <w:rsid w:val="00AB34E4"/>
     <w:rsid w:val="00AB39FB"/>
     <w:rsid w:val="00AB3FFD"/>
     <w:rsid w:val="00AB405A"/>
     <w:rsid w:val="00AB425A"/>
     <w:rsid w:val="00AB498D"/>
     <w:rsid w:val="00AB4E43"/>
     <w:rsid w:val="00AB4E5F"/>
     <w:rsid w:val="00AB58CE"/>
+    <w:rsid w:val="00AB5EB5"/>
     <w:rsid w:val="00AB5ED1"/>
     <w:rsid w:val="00AB7D22"/>
-    <w:rsid w:val="00AC07A3"/>
+    <w:rsid w:val="00AC0566"/>
+    <w:rsid w:val="00AC0745"/>
     <w:rsid w:val="00AC07E7"/>
-    <w:rsid w:val="00AC096E"/>
     <w:rsid w:val="00AC0B6A"/>
+    <w:rsid w:val="00AC1631"/>
+    <w:rsid w:val="00AC1E9E"/>
+    <w:rsid w:val="00AC214E"/>
+    <w:rsid w:val="00AC2288"/>
     <w:rsid w:val="00AC2465"/>
+    <w:rsid w:val="00AC2BD8"/>
     <w:rsid w:val="00AC32AA"/>
     <w:rsid w:val="00AC3858"/>
+    <w:rsid w:val="00AC3F4D"/>
     <w:rsid w:val="00AC400C"/>
     <w:rsid w:val="00AC4043"/>
     <w:rsid w:val="00AC417E"/>
-    <w:rsid w:val="00AC41E9"/>
     <w:rsid w:val="00AC4318"/>
+    <w:rsid w:val="00AC4379"/>
     <w:rsid w:val="00AC5356"/>
     <w:rsid w:val="00AC5CCF"/>
-    <w:rsid w:val="00AC60B7"/>
     <w:rsid w:val="00AC6539"/>
     <w:rsid w:val="00AC6815"/>
+    <w:rsid w:val="00AC6DC9"/>
     <w:rsid w:val="00AC7116"/>
     <w:rsid w:val="00AC75CF"/>
     <w:rsid w:val="00AC7695"/>
     <w:rsid w:val="00AC7F57"/>
     <w:rsid w:val="00AD02A0"/>
     <w:rsid w:val="00AD03B1"/>
     <w:rsid w:val="00AD06A5"/>
     <w:rsid w:val="00AD0A7A"/>
     <w:rsid w:val="00AD0EA3"/>
+    <w:rsid w:val="00AD1864"/>
     <w:rsid w:val="00AD1E34"/>
+    <w:rsid w:val="00AD2212"/>
     <w:rsid w:val="00AD2382"/>
     <w:rsid w:val="00AD2919"/>
+    <w:rsid w:val="00AD2F61"/>
     <w:rsid w:val="00AD417B"/>
     <w:rsid w:val="00AD4B04"/>
+    <w:rsid w:val="00AD4C45"/>
+    <w:rsid w:val="00AD4E5F"/>
     <w:rsid w:val="00AD5B66"/>
     <w:rsid w:val="00AD5BAE"/>
     <w:rsid w:val="00AD5C4F"/>
     <w:rsid w:val="00AD600C"/>
     <w:rsid w:val="00AD6157"/>
     <w:rsid w:val="00AD62AC"/>
     <w:rsid w:val="00AD675E"/>
     <w:rsid w:val="00AD68AC"/>
     <w:rsid w:val="00AD7C67"/>
     <w:rsid w:val="00AD7E99"/>
     <w:rsid w:val="00AE02DB"/>
     <w:rsid w:val="00AE0456"/>
+    <w:rsid w:val="00AE045D"/>
     <w:rsid w:val="00AE0CB9"/>
     <w:rsid w:val="00AE0FFC"/>
     <w:rsid w:val="00AE1544"/>
     <w:rsid w:val="00AE1E72"/>
     <w:rsid w:val="00AE2F93"/>
     <w:rsid w:val="00AE3028"/>
     <w:rsid w:val="00AE3A14"/>
     <w:rsid w:val="00AE416F"/>
     <w:rsid w:val="00AE460E"/>
     <w:rsid w:val="00AE48A2"/>
     <w:rsid w:val="00AE4D5A"/>
     <w:rsid w:val="00AE4F31"/>
     <w:rsid w:val="00AE517D"/>
     <w:rsid w:val="00AE5266"/>
     <w:rsid w:val="00AE56B2"/>
-    <w:rsid w:val="00AE5735"/>
     <w:rsid w:val="00AE5D43"/>
     <w:rsid w:val="00AE68F5"/>
     <w:rsid w:val="00AE6F33"/>
     <w:rsid w:val="00AE7434"/>
     <w:rsid w:val="00AE7738"/>
     <w:rsid w:val="00AE7A1D"/>
     <w:rsid w:val="00AE7CA3"/>
     <w:rsid w:val="00AF055D"/>
     <w:rsid w:val="00AF0903"/>
+    <w:rsid w:val="00AF190D"/>
+    <w:rsid w:val="00AF1A7D"/>
     <w:rsid w:val="00AF332B"/>
     <w:rsid w:val="00AF3DB0"/>
     <w:rsid w:val="00AF41D1"/>
     <w:rsid w:val="00AF445B"/>
-    <w:rsid w:val="00AF44E9"/>
     <w:rsid w:val="00AF459F"/>
     <w:rsid w:val="00AF4745"/>
-    <w:rsid w:val="00AF54EA"/>
+    <w:rsid w:val="00AF4C61"/>
     <w:rsid w:val="00AF5593"/>
     <w:rsid w:val="00AF5834"/>
     <w:rsid w:val="00AF646A"/>
     <w:rsid w:val="00AF64F2"/>
     <w:rsid w:val="00AF6911"/>
     <w:rsid w:val="00AF6C1A"/>
+    <w:rsid w:val="00AF7622"/>
     <w:rsid w:val="00B0005A"/>
     <w:rsid w:val="00B00E73"/>
     <w:rsid w:val="00B017BE"/>
     <w:rsid w:val="00B01A01"/>
     <w:rsid w:val="00B01B6D"/>
     <w:rsid w:val="00B02221"/>
     <w:rsid w:val="00B027BC"/>
     <w:rsid w:val="00B02DA9"/>
     <w:rsid w:val="00B03068"/>
     <w:rsid w:val="00B03625"/>
     <w:rsid w:val="00B03E2B"/>
     <w:rsid w:val="00B042F3"/>
     <w:rsid w:val="00B0456F"/>
     <w:rsid w:val="00B0461B"/>
+    <w:rsid w:val="00B04869"/>
     <w:rsid w:val="00B04D42"/>
+    <w:rsid w:val="00B04F9F"/>
     <w:rsid w:val="00B058E8"/>
     <w:rsid w:val="00B0592F"/>
     <w:rsid w:val="00B06720"/>
     <w:rsid w:val="00B06BD9"/>
+    <w:rsid w:val="00B07774"/>
     <w:rsid w:val="00B07C65"/>
     <w:rsid w:val="00B10766"/>
     <w:rsid w:val="00B1076C"/>
     <w:rsid w:val="00B10FB4"/>
     <w:rsid w:val="00B11350"/>
     <w:rsid w:val="00B11489"/>
+    <w:rsid w:val="00B1168A"/>
     <w:rsid w:val="00B11FB8"/>
     <w:rsid w:val="00B12A55"/>
     <w:rsid w:val="00B12D67"/>
+    <w:rsid w:val="00B1327D"/>
     <w:rsid w:val="00B14286"/>
     <w:rsid w:val="00B142B5"/>
     <w:rsid w:val="00B142C7"/>
     <w:rsid w:val="00B1436C"/>
     <w:rsid w:val="00B14C59"/>
     <w:rsid w:val="00B151E2"/>
     <w:rsid w:val="00B15265"/>
     <w:rsid w:val="00B152BF"/>
     <w:rsid w:val="00B154E5"/>
     <w:rsid w:val="00B15794"/>
     <w:rsid w:val="00B15B3F"/>
     <w:rsid w:val="00B15B48"/>
     <w:rsid w:val="00B16931"/>
     <w:rsid w:val="00B16A2E"/>
     <w:rsid w:val="00B16A8E"/>
     <w:rsid w:val="00B16D23"/>
     <w:rsid w:val="00B17154"/>
+    <w:rsid w:val="00B171F7"/>
     <w:rsid w:val="00B17711"/>
-    <w:rsid w:val="00B177DD"/>
     <w:rsid w:val="00B1797E"/>
     <w:rsid w:val="00B17B22"/>
     <w:rsid w:val="00B203B5"/>
+    <w:rsid w:val="00B2045E"/>
     <w:rsid w:val="00B2049E"/>
     <w:rsid w:val="00B20511"/>
-    <w:rsid w:val="00B207F7"/>
-    <w:rsid w:val="00B20BB3"/>
     <w:rsid w:val="00B20F7B"/>
     <w:rsid w:val="00B2154F"/>
+    <w:rsid w:val="00B21A5B"/>
     <w:rsid w:val="00B21B46"/>
+    <w:rsid w:val="00B22304"/>
     <w:rsid w:val="00B22C90"/>
     <w:rsid w:val="00B22CBA"/>
     <w:rsid w:val="00B22DEF"/>
     <w:rsid w:val="00B240ED"/>
     <w:rsid w:val="00B24470"/>
     <w:rsid w:val="00B24699"/>
     <w:rsid w:val="00B24883"/>
+    <w:rsid w:val="00B24AF6"/>
+    <w:rsid w:val="00B24C33"/>
     <w:rsid w:val="00B257BB"/>
     <w:rsid w:val="00B25BD5"/>
     <w:rsid w:val="00B26056"/>
     <w:rsid w:val="00B26332"/>
     <w:rsid w:val="00B264A7"/>
     <w:rsid w:val="00B2661C"/>
     <w:rsid w:val="00B267D5"/>
     <w:rsid w:val="00B26BDC"/>
     <w:rsid w:val="00B27F78"/>
     <w:rsid w:val="00B30371"/>
     <w:rsid w:val="00B30488"/>
+    <w:rsid w:val="00B30A6A"/>
     <w:rsid w:val="00B30E0D"/>
     <w:rsid w:val="00B313CD"/>
+    <w:rsid w:val="00B316C3"/>
+    <w:rsid w:val="00B316C6"/>
+    <w:rsid w:val="00B319A1"/>
     <w:rsid w:val="00B31CFC"/>
     <w:rsid w:val="00B32745"/>
+    <w:rsid w:val="00B32B3F"/>
+    <w:rsid w:val="00B32BD9"/>
     <w:rsid w:val="00B32FEB"/>
+    <w:rsid w:val="00B3383A"/>
+    <w:rsid w:val="00B3390A"/>
     <w:rsid w:val="00B33951"/>
     <w:rsid w:val="00B33A43"/>
     <w:rsid w:val="00B33C2D"/>
-    <w:rsid w:val="00B34729"/>
+    <w:rsid w:val="00B33F71"/>
+    <w:rsid w:val="00B342F6"/>
+    <w:rsid w:val="00B3479A"/>
+    <w:rsid w:val="00B349EE"/>
+    <w:rsid w:val="00B34EC8"/>
     <w:rsid w:val="00B356CF"/>
     <w:rsid w:val="00B36A5C"/>
+    <w:rsid w:val="00B3704B"/>
     <w:rsid w:val="00B370B6"/>
     <w:rsid w:val="00B37E70"/>
     <w:rsid w:val="00B402CF"/>
     <w:rsid w:val="00B40C90"/>
     <w:rsid w:val="00B410D4"/>
     <w:rsid w:val="00B41726"/>
     <w:rsid w:val="00B41830"/>
+    <w:rsid w:val="00B41C85"/>
     <w:rsid w:val="00B41CE4"/>
     <w:rsid w:val="00B41ED6"/>
     <w:rsid w:val="00B4244E"/>
     <w:rsid w:val="00B4271C"/>
     <w:rsid w:val="00B42E2A"/>
+    <w:rsid w:val="00B434E5"/>
     <w:rsid w:val="00B43B26"/>
     <w:rsid w:val="00B43D8E"/>
     <w:rsid w:val="00B440B2"/>
     <w:rsid w:val="00B440DD"/>
     <w:rsid w:val="00B4430B"/>
     <w:rsid w:val="00B4437D"/>
     <w:rsid w:val="00B4441D"/>
     <w:rsid w:val="00B44482"/>
     <w:rsid w:val="00B446BE"/>
     <w:rsid w:val="00B449FC"/>
+    <w:rsid w:val="00B44D50"/>
     <w:rsid w:val="00B450EE"/>
     <w:rsid w:val="00B4512B"/>
     <w:rsid w:val="00B454CA"/>
     <w:rsid w:val="00B45644"/>
+    <w:rsid w:val="00B45EF5"/>
     <w:rsid w:val="00B465DF"/>
     <w:rsid w:val="00B46675"/>
-    <w:rsid w:val="00B4668B"/>
-    <w:rsid w:val="00B47A6E"/>
+    <w:rsid w:val="00B468E3"/>
+    <w:rsid w:val="00B47A8E"/>
     <w:rsid w:val="00B50291"/>
     <w:rsid w:val="00B502B9"/>
     <w:rsid w:val="00B50593"/>
     <w:rsid w:val="00B50603"/>
+    <w:rsid w:val="00B50725"/>
+    <w:rsid w:val="00B50CAE"/>
     <w:rsid w:val="00B51763"/>
     <w:rsid w:val="00B51900"/>
     <w:rsid w:val="00B519E1"/>
     <w:rsid w:val="00B51A5C"/>
     <w:rsid w:val="00B52440"/>
     <w:rsid w:val="00B525B7"/>
     <w:rsid w:val="00B52817"/>
     <w:rsid w:val="00B536E2"/>
     <w:rsid w:val="00B537BE"/>
+    <w:rsid w:val="00B5402E"/>
+    <w:rsid w:val="00B54244"/>
     <w:rsid w:val="00B549FA"/>
     <w:rsid w:val="00B54C97"/>
+    <w:rsid w:val="00B54EDF"/>
     <w:rsid w:val="00B550C7"/>
     <w:rsid w:val="00B55A6F"/>
+    <w:rsid w:val="00B564C1"/>
     <w:rsid w:val="00B5782C"/>
     <w:rsid w:val="00B57D6D"/>
+    <w:rsid w:val="00B57DAE"/>
     <w:rsid w:val="00B60DEF"/>
+    <w:rsid w:val="00B6139A"/>
     <w:rsid w:val="00B614C1"/>
     <w:rsid w:val="00B61741"/>
     <w:rsid w:val="00B61764"/>
     <w:rsid w:val="00B61978"/>
     <w:rsid w:val="00B61A77"/>
+    <w:rsid w:val="00B61ACA"/>
     <w:rsid w:val="00B61BA9"/>
-    <w:rsid w:val="00B61C0D"/>
     <w:rsid w:val="00B61D1E"/>
     <w:rsid w:val="00B620E2"/>
     <w:rsid w:val="00B6210E"/>
     <w:rsid w:val="00B6218B"/>
     <w:rsid w:val="00B62320"/>
     <w:rsid w:val="00B62566"/>
     <w:rsid w:val="00B63060"/>
     <w:rsid w:val="00B631EE"/>
     <w:rsid w:val="00B6325A"/>
     <w:rsid w:val="00B632E9"/>
     <w:rsid w:val="00B634C1"/>
     <w:rsid w:val="00B6354D"/>
     <w:rsid w:val="00B637B4"/>
     <w:rsid w:val="00B63E5A"/>
     <w:rsid w:val="00B64320"/>
-    <w:rsid w:val="00B64C65"/>
+    <w:rsid w:val="00B64C9D"/>
     <w:rsid w:val="00B65975"/>
     <w:rsid w:val="00B65AF7"/>
     <w:rsid w:val="00B65BC6"/>
     <w:rsid w:val="00B66495"/>
     <w:rsid w:val="00B665CE"/>
     <w:rsid w:val="00B66AAC"/>
+    <w:rsid w:val="00B66E07"/>
     <w:rsid w:val="00B6761D"/>
+    <w:rsid w:val="00B678C5"/>
     <w:rsid w:val="00B67D2F"/>
-    <w:rsid w:val="00B7015F"/>
-    <w:rsid w:val="00B70705"/>
+    <w:rsid w:val="00B70257"/>
     <w:rsid w:val="00B70F2C"/>
     <w:rsid w:val="00B70FFB"/>
-    <w:rsid w:val="00B715D2"/>
+    <w:rsid w:val="00B7103D"/>
     <w:rsid w:val="00B7206D"/>
     <w:rsid w:val="00B720C8"/>
+    <w:rsid w:val="00B722FE"/>
+    <w:rsid w:val="00B7277C"/>
+    <w:rsid w:val="00B72D6D"/>
     <w:rsid w:val="00B73214"/>
     <w:rsid w:val="00B73651"/>
     <w:rsid w:val="00B74465"/>
     <w:rsid w:val="00B74627"/>
     <w:rsid w:val="00B74893"/>
     <w:rsid w:val="00B75A1C"/>
     <w:rsid w:val="00B75F15"/>
     <w:rsid w:val="00B768C2"/>
-    <w:rsid w:val="00B76A15"/>
     <w:rsid w:val="00B76BB7"/>
     <w:rsid w:val="00B76FBE"/>
     <w:rsid w:val="00B7723C"/>
     <w:rsid w:val="00B77742"/>
     <w:rsid w:val="00B778DE"/>
     <w:rsid w:val="00B77AE5"/>
     <w:rsid w:val="00B77DA3"/>
     <w:rsid w:val="00B77E92"/>
     <w:rsid w:val="00B77EC4"/>
     <w:rsid w:val="00B805A4"/>
     <w:rsid w:val="00B8094D"/>
+    <w:rsid w:val="00B81337"/>
     <w:rsid w:val="00B820D9"/>
     <w:rsid w:val="00B82428"/>
     <w:rsid w:val="00B825B6"/>
     <w:rsid w:val="00B825FC"/>
     <w:rsid w:val="00B82D04"/>
     <w:rsid w:val="00B82EDF"/>
     <w:rsid w:val="00B83354"/>
     <w:rsid w:val="00B833E2"/>
     <w:rsid w:val="00B84519"/>
     <w:rsid w:val="00B845C5"/>
     <w:rsid w:val="00B848D5"/>
     <w:rsid w:val="00B84AB7"/>
     <w:rsid w:val="00B84F24"/>
     <w:rsid w:val="00B85109"/>
+    <w:rsid w:val="00B8522D"/>
     <w:rsid w:val="00B853B4"/>
+    <w:rsid w:val="00B854B6"/>
+    <w:rsid w:val="00B8568D"/>
+    <w:rsid w:val="00B85849"/>
     <w:rsid w:val="00B85AA9"/>
     <w:rsid w:val="00B85C26"/>
     <w:rsid w:val="00B85E2F"/>
     <w:rsid w:val="00B85F04"/>
     <w:rsid w:val="00B864E3"/>
     <w:rsid w:val="00B8682F"/>
     <w:rsid w:val="00B86895"/>
     <w:rsid w:val="00B868CB"/>
     <w:rsid w:val="00B86CC9"/>
     <w:rsid w:val="00B86F20"/>
     <w:rsid w:val="00B86F92"/>
     <w:rsid w:val="00B87C87"/>
     <w:rsid w:val="00B91049"/>
     <w:rsid w:val="00B9170D"/>
     <w:rsid w:val="00B91EE7"/>
     <w:rsid w:val="00B92292"/>
+    <w:rsid w:val="00B928AC"/>
     <w:rsid w:val="00B92C81"/>
     <w:rsid w:val="00B930FD"/>
     <w:rsid w:val="00B93208"/>
     <w:rsid w:val="00B93353"/>
     <w:rsid w:val="00B933FC"/>
+    <w:rsid w:val="00B93975"/>
+    <w:rsid w:val="00B93ABA"/>
     <w:rsid w:val="00B93B8B"/>
     <w:rsid w:val="00B93D98"/>
     <w:rsid w:val="00B93FB9"/>
     <w:rsid w:val="00B94333"/>
     <w:rsid w:val="00B948AC"/>
+    <w:rsid w:val="00B94AC4"/>
     <w:rsid w:val="00B94B6C"/>
     <w:rsid w:val="00B94D0F"/>
     <w:rsid w:val="00B94D70"/>
+    <w:rsid w:val="00B95364"/>
     <w:rsid w:val="00B953CA"/>
-    <w:rsid w:val="00B95C8C"/>
     <w:rsid w:val="00B9622B"/>
     <w:rsid w:val="00B9641B"/>
-    <w:rsid w:val="00B9688E"/>
+    <w:rsid w:val="00B96467"/>
     <w:rsid w:val="00B96974"/>
     <w:rsid w:val="00B96BA2"/>
     <w:rsid w:val="00B97145"/>
+    <w:rsid w:val="00B9742A"/>
     <w:rsid w:val="00B97525"/>
     <w:rsid w:val="00B9768A"/>
     <w:rsid w:val="00B978BA"/>
     <w:rsid w:val="00B97D39"/>
     <w:rsid w:val="00B97EAD"/>
     <w:rsid w:val="00BA0322"/>
     <w:rsid w:val="00BA08A0"/>
     <w:rsid w:val="00BA0A00"/>
     <w:rsid w:val="00BA0E1C"/>
-    <w:rsid w:val="00BA173F"/>
     <w:rsid w:val="00BA21E7"/>
-    <w:rsid w:val="00BA281E"/>
     <w:rsid w:val="00BA2B98"/>
+    <w:rsid w:val="00BA30B0"/>
     <w:rsid w:val="00BA3AC3"/>
     <w:rsid w:val="00BA3BBE"/>
     <w:rsid w:val="00BA3F3B"/>
     <w:rsid w:val="00BA3F47"/>
     <w:rsid w:val="00BA405B"/>
     <w:rsid w:val="00BA479C"/>
+    <w:rsid w:val="00BA483E"/>
+    <w:rsid w:val="00BA4B0F"/>
     <w:rsid w:val="00BA4C0C"/>
     <w:rsid w:val="00BA50F6"/>
     <w:rsid w:val="00BA546B"/>
     <w:rsid w:val="00BA5EB4"/>
     <w:rsid w:val="00BA623E"/>
     <w:rsid w:val="00BA63E7"/>
     <w:rsid w:val="00BA651E"/>
     <w:rsid w:val="00BA70A8"/>
     <w:rsid w:val="00BA72A2"/>
-    <w:rsid w:val="00BA7FDF"/>
+    <w:rsid w:val="00BB03CE"/>
+    <w:rsid w:val="00BB0C07"/>
     <w:rsid w:val="00BB243E"/>
     <w:rsid w:val="00BB263E"/>
-    <w:rsid w:val="00BB2759"/>
     <w:rsid w:val="00BB3497"/>
     <w:rsid w:val="00BB3E74"/>
     <w:rsid w:val="00BB438B"/>
-    <w:rsid w:val="00BB44F7"/>
     <w:rsid w:val="00BB5223"/>
+    <w:rsid w:val="00BB5677"/>
     <w:rsid w:val="00BB595F"/>
+    <w:rsid w:val="00BB63A3"/>
+    <w:rsid w:val="00BB63B1"/>
     <w:rsid w:val="00BB6F58"/>
     <w:rsid w:val="00BB71AA"/>
     <w:rsid w:val="00BB7832"/>
     <w:rsid w:val="00BB7B76"/>
     <w:rsid w:val="00BB7C29"/>
     <w:rsid w:val="00BB7DD8"/>
     <w:rsid w:val="00BC0061"/>
     <w:rsid w:val="00BC00AE"/>
     <w:rsid w:val="00BC015E"/>
+    <w:rsid w:val="00BC05D2"/>
     <w:rsid w:val="00BC06A4"/>
     <w:rsid w:val="00BC0C5C"/>
     <w:rsid w:val="00BC0F18"/>
     <w:rsid w:val="00BC1029"/>
     <w:rsid w:val="00BC1081"/>
     <w:rsid w:val="00BC11FD"/>
+    <w:rsid w:val="00BC12EB"/>
     <w:rsid w:val="00BC1BA2"/>
     <w:rsid w:val="00BC1E8D"/>
+    <w:rsid w:val="00BC237C"/>
     <w:rsid w:val="00BC238D"/>
     <w:rsid w:val="00BC2619"/>
     <w:rsid w:val="00BC2C4D"/>
+    <w:rsid w:val="00BC3316"/>
     <w:rsid w:val="00BC340D"/>
     <w:rsid w:val="00BC3653"/>
+    <w:rsid w:val="00BC36C1"/>
     <w:rsid w:val="00BC4277"/>
+    <w:rsid w:val="00BC45D3"/>
     <w:rsid w:val="00BC4768"/>
     <w:rsid w:val="00BC4ACB"/>
     <w:rsid w:val="00BC4AF0"/>
     <w:rsid w:val="00BC517F"/>
     <w:rsid w:val="00BC56F3"/>
     <w:rsid w:val="00BC5762"/>
     <w:rsid w:val="00BC58D7"/>
     <w:rsid w:val="00BC5D65"/>
     <w:rsid w:val="00BC5DEA"/>
+    <w:rsid w:val="00BC6254"/>
     <w:rsid w:val="00BC6326"/>
+    <w:rsid w:val="00BC686F"/>
     <w:rsid w:val="00BC69B5"/>
     <w:rsid w:val="00BC7097"/>
     <w:rsid w:val="00BC75E6"/>
     <w:rsid w:val="00BC75FE"/>
+    <w:rsid w:val="00BC7610"/>
     <w:rsid w:val="00BC77B5"/>
     <w:rsid w:val="00BD00B0"/>
     <w:rsid w:val="00BD08FD"/>
     <w:rsid w:val="00BD1000"/>
     <w:rsid w:val="00BD171F"/>
     <w:rsid w:val="00BD19D2"/>
+    <w:rsid w:val="00BD1AAA"/>
     <w:rsid w:val="00BD211F"/>
     <w:rsid w:val="00BD280E"/>
     <w:rsid w:val="00BD296A"/>
     <w:rsid w:val="00BD2E7E"/>
-    <w:rsid w:val="00BD2F9C"/>
     <w:rsid w:val="00BD333B"/>
     <w:rsid w:val="00BD33D6"/>
     <w:rsid w:val="00BD3869"/>
     <w:rsid w:val="00BD3B82"/>
     <w:rsid w:val="00BD3BC6"/>
+    <w:rsid w:val="00BD3C99"/>
     <w:rsid w:val="00BD3FB2"/>
+    <w:rsid w:val="00BD41CE"/>
     <w:rsid w:val="00BD42D5"/>
     <w:rsid w:val="00BD4971"/>
     <w:rsid w:val="00BD523D"/>
+    <w:rsid w:val="00BD5525"/>
+    <w:rsid w:val="00BD59DC"/>
     <w:rsid w:val="00BD62F1"/>
+    <w:rsid w:val="00BD658C"/>
+    <w:rsid w:val="00BD68D3"/>
     <w:rsid w:val="00BD6A11"/>
     <w:rsid w:val="00BD6AE4"/>
     <w:rsid w:val="00BD6E51"/>
+    <w:rsid w:val="00BD7316"/>
     <w:rsid w:val="00BD7747"/>
     <w:rsid w:val="00BD7B75"/>
+    <w:rsid w:val="00BD7DEC"/>
     <w:rsid w:val="00BE14CE"/>
     <w:rsid w:val="00BE16B7"/>
     <w:rsid w:val="00BE190A"/>
     <w:rsid w:val="00BE27CC"/>
     <w:rsid w:val="00BE2C5A"/>
     <w:rsid w:val="00BE2CA3"/>
     <w:rsid w:val="00BE32B1"/>
     <w:rsid w:val="00BE369A"/>
+    <w:rsid w:val="00BE419C"/>
     <w:rsid w:val="00BE48AA"/>
     <w:rsid w:val="00BE4A40"/>
+    <w:rsid w:val="00BE5195"/>
     <w:rsid w:val="00BE54AF"/>
+    <w:rsid w:val="00BE5560"/>
     <w:rsid w:val="00BE6775"/>
     <w:rsid w:val="00BE70F4"/>
-    <w:rsid w:val="00BE74F6"/>
     <w:rsid w:val="00BE7560"/>
     <w:rsid w:val="00BE757C"/>
-    <w:rsid w:val="00BE75BC"/>
+    <w:rsid w:val="00BE76D0"/>
     <w:rsid w:val="00BE7EC5"/>
     <w:rsid w:val="00BF00EC"/>
     <w:rsid w:val="00BF02B3"/>
+    <w:rsid w:val="00BF0A37"/>
+    <w:rsid w:val="00BF0FFF"/>
     <w:rsid w:val="00BF1738"/>
     <w:rsid w:val="00BF2595"/>
     <w:rsid w:val="00BF33F5"/>
     <w:rsid w:val="00BF3A01"/>
     <w:rsid w:val="00BF3BAC"/>
-    <w:rsid w:val="00BF51E9"/>
+    <w:rsid w:val="00BF4011"/>
+    <w:rsid w:val="00BF422D"/>
+    <w:rsid w:val="00BF54B9"/>
+    <w:rsid w:val="00BF5B25"/>
+    <w:rsid w:val="00BF6E04"/>
     <w:rsid w:val="00BF7187"/>
     <w:rsid w:val="00BF761E"/>
+    <w:rsid w:val="00BF77A9"/>
     <w:rsid w:val="00BF788F"/>
     <w:rsid w:val="00C00270"/>
     <w:rsid w:val="00C0028C"/>
     <w:rsid w:val="00C0068D"/>
     <w:rsid w:val="00C00EC0"/>
     <w:rsid w:val="00C00FB1"/>
     <w:rsid w:val="00C02022"/>
+    <w:rsid w:val="00C02183"/>
     <w:rsid w:val="00C02C63"/>
     <w:rsid w:val="00C03325"/>
     <w:rsid w:val="00C04568"/>
     <w:rsid w:val="00C045FB"/>
     <w:rsid w:val="00C046CC"/>
     <w:rsid w:val="00C0483A"/>
     <w:rsid w:val="00C04963"/>
     <w:rsid w:val="00C0549D"/>
     <w:rsid w:val="00C05E08"/>
     <w:rsid w:val="00C06209"/>
     <w:rsid w:val="00C0641C"/>
     <w:rsid w:val="00C06B02"/>
     <w:rsid w:val="00C07250"/>
     <w:rsid w:val="00C0747A"/>
     <w:rsid w:val="00C07CB5"/>
     <w:rsid w:val="00C1031D"/>
     <w:rsid w:val="00C103B9"/>
     <w:rsid w:val="00C10433"/>
-    <w:rsid w:val="00C107D7"/>
     <w:rsid w:val="00C109DA"/>
-    <w:rsid w:val="00C10C42"/>
     <w:rsid w:val="00C10E2C"/>
+    <w:rsid w:val="00C11382"/>
     <w:rsid w:val="00C117A7"/>
     <w:rsid w:val="00C11B7F"/>
     <w:rsid w:val="00C11D3B"/>
     <w:rsid w:val="00C11F35"/>
     <w:rsid w:val="00C1221F"/>
     <w:rsid w:val="00C12842"/>
     <w:rsid w:val="00C12A0F"/>
     <w:rsid w:val="00C12C41"/>
     <w:rsid w:val="00C12FCD"/>
     <w:rsid w:val="00C131BD"/>
+    <w:rsid w:val="00C13516"/>
     <w:rsid w:val="00C13755"/>
     <w:rsid w:val="00C13BF3"/>
+    <w:rsid w:val="00C13EC9"/>
     <w:rsid w:val="00C14865"/>
     <w:rsid w:val="00C14A06"/>
     <w:rsid w:val="00C156FD"/>
+    <w:rsid w:val="00C160B1"/>
     <w:rsid w:val="00C16309"/>
     <w:rsid w:val="00C16601"/>
     <w:rsid w:val="00C1698D"/>
     <w:rsid w:val="00C16AC7"/>
     <w:rsid w:val="00C173B7"/>
     <w:rsid w:val="00C17798"/>
     <w:rsid w:val="00C17836"/>
     <w:rsid w:val="00C17972"/>
     <w:rsid w:val="00C20018"/>
     <w:rsid w:val="00C2051C"/>
+    <w:rsid w:val="00C20DED"/>
     <w:rsid w:val="00C21640"/>
     <w:rsid w:val="00C21F59"/>
     <w:rsid w:val="00C2214D"/>
     <w:rsid w:val="00C221EB"/>
     <w:rsid w:val="00C22710"/>
+    <w:rsid w:val="00C227C0"/>
     <w:rsid w:val="00C22985"/>
     <w:rsid w:val="00C232E0"/>
     <w:rsid w:val="00C236A1"/>
+    <w:rsid w:val="00C240F1"/>
     <w:rsid w:val="00C24527"/>
     <w:rsid w:val="00C248DB"/>
     <w:rsid w:val="00C24BD5"/>
     <w:rsid w:val="00C24CC5"/>
     <w:rsid w:val="00C25422"/>
     <w:rsid w:val="00C25AC5"/>
     <w:rsid w:val="00C25C9B"/>
     <w:rsid w:val="00C25C9C"/>
     <w:rsid w:val="00C264FA"/>
     <w:rsid w:val="00C26749"/>
     <w:rsid w:val="00C26DFF"/>
+    <w:rsid w:val="00C27626"/>
     <w:rsid w:val="00C278D5"/>
     <w:rsid w:val="00C30588"/>
     <w:rsid w:val="00C30DE4"/>
-    <w:rsid w:val="00C3116B"/>
+    <w:rsid w:val="00C31410"/>
     <w:rsid w:val="00C319E1"/>
     <w:rsid w:val="00C31A56"/>
     <w:rsid w:val="00C31E2C"/>
     <w:rsid w:val="00C32171"/>
     <w:rsid w:val="00C33D4C"/>
     <w:rsid w:val="00C3451A"/>
     <w:rsid w:val="00C34F94"/>
+    <w:rsid w:val="00C36214"/>
     <w:rsid w:val="00C364B2"/>
+    <w:rsid w:val="00C3690A"/>
     <w:rsid w:val="00C36E69"/>
     <w:rsid w:val="00C36FCD"/>
     <w:rsid w:val="00C371F2"/>
     <w:rsid w:val="00C372E9"/>
     <w:rsid w:val="00C374C9"/>
+    <w:rsid w:val="00C37671"/>
     <w:rsid w:val="00C37D9A"/>
     <w:rsid w:val="00C4071C"/>
     <w:rsid w:val="00C40979"/>
     <w:rsid w:val="00C40C40"/>
     <w:rsid w:val="00C41031"/>
+    <w:rsid w:val="00C411FA"/>
     <w:rsid w:val="00C4154C"/>
     <w:rsid w:val="00C41DF8"/>
-    <w:rsid w:val="00C428B2"/>
-    <w:rsid w:val="00C4298D"/>
     <w:rsid w:val="00C4311D"/>
     <w:rsid w:val="00C432A8"/>
+    <w:rsid w:val="00C4365D"/>
     <w:rsid w:val="00C43679"/>
     <w:rsid w:val="00C43EB0"/>
     <w:rsid w:val="00C43F56"/>
     <w:rsid w:val="00C44180"/>
     <w:rsid w:val="00C4474E"/>
     <w:rsid w:val="00C45174"/>
     <w:rsid w:val="00C45434"/>
     <w:rsid w:val="00C455CD"/>
+    <w:rsid w:val="00C4563A"/>
     <w:rsid w:val="00C45833"/>
     <w:rsid w:val="00C45E76"/>
-    <w:rsid w:val="00C46C38"/>
+    <w:rsid w:val="00C465C3"/>
+    <w:rsid w:val="00C46BA9"/>
     <w:rsid w:val="00C47508"/>
     <w:rsid w:val="00C47905"/>
     <w:rsid w:val="00C47EAD"/>
     <w:rsid w:val="00C50162"/>
     <w:rsid w:val="00C50D01"/>
     <w:rsid w:val="00C5127A"/>
     <w:rsid w:val="00C5185E"/>
     <w:rsid w:val="00C51A24"/>
     <w:rsid w:val="00C51A4E"/>
     <w:rsid w:val="00C51A68"/>
     <w:rsid w:val="00C51BF7"/>
-    <w:rsid w:val="00C5284F"/>
-    <w:rsid w:val="00C528E6"/>
+    <w:rsid w:val="00C52823"/>
     <w:rsid w:val="00C53640"/>
     <w:rsid w:val="00C537A2"/>
     <w:rsid w:val="00C546E6"/>
     <w:rsid w:val="00C54F10"/>
     <w:rsid w:val="00C55773"/>
     <w:rsid w:val="00C557F6"/>
     <w:rsid w:val="00C55864"/>
+    <w:rsid w:val="00C55CE1"/>
     <w:rsid w:val="00C55ECE"/>
+    <w:rsid w:val="00C5637A"/>
     <w:rsid w:val="00C567EE"/>
     <w:rsid w:val="00C56A7A"/>
     <w:rsid w:val="00C56CC6"/>
     <w:rsid w:val="00C56F96"/>
     <w:rsid w:val="00C574E6"/>
     <w:rsid w:val="00C57965"/>
     <w:rsid w:val="00C57AAD"/>
-    <w:rsid w:val="00C602F8"/>
     <w:rsid w:val="00C60980"/>
     <w:rsid w:val="00C61011"/>
+    <w:rsid w:val="00C6177E"/>
     <w:rsid w:val="00C61A5C"/>
     <w:rsid w:val="00C622D5"/>
     <w:rsid w:val="00C62548"/>
     <w:rsid w:val="00C63CD1"/>
     <w:rsid w:val="00C63E0C"/>
     <w:rsid w:val="00C649AB"/>
     <w:rsid w:val="00C64FAF"/>
     <w:rsid w:val="00C653B3"/>
-    <w:rsid w:val="00C66DC3"/>
+    <w:rsid w:val="00C6599C"/>
     <w:rsid w:val="00C6715F"/>
+    <w:rsid w:val="00C67564"/>
     <w:rsid w:val="00C67682"/>
     <w:rsid w:val="00C67C10"/>
     <w:rsid w:val="00C70A4C"/>
     <w:rsid w:val="00C70F3C"/>
     <w:rsid w:val="00C710D9"/>
     <w:rsid w:val="00C711A9"/>
     <w:rsid w:val="00C72039"/>
     <w:rsid w:val="00C721A8"/>
-    <w:rsid w:val="00C72DFD"/>
+    <w:rsid w:val="00C7288A"/>
     <w:rsid w:val="00C7300A"/>
     <w:rsid w:val="00C732F1"/>
     <w:rsid w:val="00C7367F"/>
     <w:rsid w:val="00C73B42"/>
+    <w:rsid w:val="00C73C16"/>
     <w:rsid w:val="00C74A6A"/>
     <w:rsid w:val="00C74DB0"/>
     <w:rsid w:val="00C755ED"/>
-    <w:rsid w:val="00C758F4"/>
     <w:rsid w:val="00C75914"/>
     <w:rsid w:val="00C759B2"/>
     <w:rsid w:val="00C75D6D"/>
     <w:rsid w:val="00C764DD"/>
     <w:rsid w:val="00C769C8"/>
+    <w:rsid w:val="00C76B10"/>
     <w:rsid w:val="00C76C87"/>
-    <w:rsid w:val="00C76FCB"/>
+    <w:rsid w:val="00C7735F"/>
     <w:rsid w:val="00C77C15"/>
+    <w:rsid w:val="00C77FDB"/>
     <w:rsid w:val="00C80375"/>
     <w:rsid w:val="00C8057F"/>
     <w:rsid w:val="00C80750"/>
     <w:rsid w:val="00C80D9B"/>
     <w:rsid w:val="00C8141C"/>
     <w:rsid w:val="00C818D3"/>
     <w:rsid w:val="00C81A37"/>
     <w:rsid w:val="00C81BC3"/>
     <w:rsid w:val="00C81C28"/>
     <w:rsid w:val="00C8263B"/>
     <w:rsid w:val="00C8294A"/>
+    <w:rsid w:val="00C82A93"/>
     <w:rsid w:val="00C82A99"/>
     <w:rsid w:val="00C8334E"/>
     <w:rsid w:val="00C833FC"/>
     <w:rsid w:val="00C837D4"/>
     <w:rsid w:val="00C84240"/>
     <w:rsid w:val="00C85213"/>
+    <w:rsid w:val="00C8598E"/>
+    <w:rsid w:val="00C85C2D"/>
     <w:rsid w:val="00C85EA4"/>
     <w:rsid w:val="00C86429"/>
     <w:rsid w:val="00C86C88"/>
-    <w:rsid w:val="00C86CD5"/>
     <w:rsid w:val="00C86E35"/>
+    <w:rsid w:val="00C870C5"/>
     <w:rsid w:val="00C87295"/>
     <w:rsid w:val="00C87F12"/>
     <w:rsid w:val="00C87FC9"/>
     <w:rsid w:val="00C902FB"/>
+    <w:rsid w:val="00C903FD"/>
+    <w:rsid w:val="00C90A0D"/>
     <w:rsid w:val="00C9106D"/>
     <w:rsid w:val="00C91368"/>
     <w:rsid w:val="00C9213E"/>
+    <w:rsid w:val="00C9214F"/>
     <w:rsid w:val="00C92578"/>
     <w:rsid w:val="00C92632"/>
-    <w:rsid w:val="00C932BC"/>
+    <w:rsid w:val="00C9271E"/>
     <w:rsid w:val="00C93B80"/>
+    <w:rsid w:val="00C93DFE"/>
     <w:rsid w:val="00C94170"/>
     <w:rsid w:val="00C942A0"/>
+    <w:rsid w:val="00C9452E"/>
+    <w:rsid w:val="00C94898"/>
+    <w:rsid w:val="00C94A10"/>
     <w:rsid w:val="00C94A6E"/>
     <w:rsid w:val="00C94A92"/>
     <w:rsid w:val="00C94AEA"/>
+    <w:rsid w:val="00C94CD6"/>
     <w:rsid w:val="00C951AA"/>
     <w:rsid w:val="00C956B9"/>
     <w:rsid w:val="00C95903"/>
     <w:rsid w:val="00C95AE5"/>
+    <w:rsid w:val="00C964B3"/>
     <w:rsid w:val="00C96C5D"/>
     <w:rsid w:val="00C96F5B"/>
     <w:rsid w:val="00C96FCF"/>
     <w:rsid w:val="00C96FD3"/>
     <w:rsid w:val="00C9757A"/>
     <w:rsid w:val="00C977DC"/>
+    <w:rsid w:val="00CA0059"/>
+    <w:rsid w:val="00CA02EC"/>
     <w:rsid w:val="00CA04C9"/>
     <w:rsid w:val="00CA0B28"/>
     <w:rsid w:val="00CA0D58"/>
+    <w:rsid w:val="00CA0DC3"/>
     <w:rsid w:val="00CA1405"/>
+    <w:rsid w:val="00CA164D"/>
     <w:rsid w:val="00CA16D1"/>
     <w:rsid w:val="00CA16E0"/>
     <w:rsid w:val="00CA1918"/>
     <w:rsid w:val="00CA1A36"/>
     <w:rsid w:val="00CA203B"/>
-    <w:rsid w:val="00CA22ED"/>
+    <w:rsid w:val="00CA243B"/>
+    <w:rsid w:val="00CA258A"/>
     <w:rsid w:val="00CA2779"/>
     <w:rsid w:val="00CA2FD5"/>
     <w:rsid w:val="00CA30A4"/>
     <w:rsid w:val="00CA30E4"/>
     <w:rsid w:val="00CA35F3"/>
     <w:rsid w:val="00CA36E7"/>
+    <w:rsid w:val="00CA3805"/>
     <w:rsid w:val="00CA381B"/>
     <w:rsid w:val="00CA3F4D"/>
     <w:rsid w:val="00CA411C"/>
-    <w:rsid w:val="00CA4D69"/>
+    <w:rsid w:val="00CA4C3A"/>
     <w:rsid w:val="00CA4DFD"/>
     <w:rsid w:val="00CA4E94"/>
     <w:rsid w:val="00CA542A"/>
     <w:rsid w:val="00CA58AB"/>
     <w:rsid w:val="00CA6586"/>
     <w:rsid w:val="00CA6641"/>
-    <w:rsid w:val="00CA6DAB"/>
     <w:rsid w:val="00CA6DF2"/>
+    <w:rsid w:val="00CA72C8"/>
     <w:rsid w:val="00CA74C6"/>
+    <w:rsid w:val="00CA7992"/>
     <w:rsid w:val="00CA7AB6"/>
     <w:rsid w:val="00CA7F6E"/>
     <w:rsid w:val="00CB00F2"/>
-    <w:rsid w:val="00CB077F"/>
+    <w:rsid w:val="00CB0191"/>
     <w:rsid w:val="00CB1034"/>
     <w:rsid w:val="00CB10A5"/>
     <w:rsid w:val="00CB12EB"/>
+    <w:rsid w:val="00CB20D6"/>
     <w:rsid w:val="00CB2CDD"/>
+    <w:rsid w:val="00CB2E2F"/>
+    <w:rsid w:val="00CB2EAE"/>
+    <w:rsid w:val="00CB30C6"/>
     <w:rsid w:val="00CB33D7"/>
     <w:rsid w:val="00CB33FC"/>
     <w:rsid w:val="00CB360A"/>
     <w:rsid w:val="00CB3696"/>
     <w:rsid w:val="00CB3F07"/>
+    <w:rsid w:val="00CB4A54"/>
     <w:rsid w:val="00CB4FF1"/>
     <w:rsid w:val="00CB5AFC"/>
     <w:rsid w:val="00CB5B5C"/>
+    <w:rsid w:val="00CB5FCD"/>
     <w:rsid w:val="00CB61C4"/>
     <w:rsid w:val="00CB6BA8"/>
     <w:rsid w:val="00CB7E21"/>
-    <w:rsid w:val="00CC0FE3"/>
+    <w:rsid w:val="00CB7F39"/>
+    <w:rsid w:val="00CC0BE2"/>
+    <w:rsid w:val="00CC1481"/>
+    <w:rsid w:val="00CC16E2"/>
     <w:rsid w:val="00CC1B02"/>
     <w:rsid w:val="00CC2001"/>
+    <w:rsid w:val="00CC2231"/>
     <w:rsid w:val="00CC258E"/>
     <w:rsid w:val="00CC2B3B"/>
     <w:rsid w:val="00CC2BB3"/>
     <w:rsid w:val="00CC2D61"/>
     <w:rsid w:val="00CC3014"/>
+    <w:rsid w:val="00CC30F2"/>
     <w:rsid w:val="00CC3513"/>
     <w:rsid w:val="00CC367A"/>
+    <w:rsid w:val="00CC38BA"/>
     <w:rsid w:val="00CC4601"/>
     <w:rsid w:val="00CC4BF2"/>
     <w:rsid w:val="00CC514F"/>
     <w:rsid w:val="00CC5EC6"/>
     <w:rsid w:val="00CC6282"/>
     <w:rsid w:val="00CC69E7"/>
+    <w:rsid w:val="00CC6BEF"/>
     <w:rsid w:val="00CD00FD"/>
     <w:rsid w:val="00CD023C"/>
     <w:rsid w:val="00CD0547"/>
+    <w:rsid w:val="00CD0682"/>
+    <w:rsid w:val="00CD0A1A"/>
     <w:rsid w:val="00CD0F08"/>
     <w:rsid w:val="00CD1DB1"/>
     <w:rsid w:val="00CD20D0"/>
     <w:rsid w:val="00CD2D00"/>
+    <w:rsid w:val="00CD31EF"/>
     <w:rsid w:val="00CD3492"/>
     <w:rsid w:val="00CD35FB"/>
     <w:rsid w:val="00CD45D6"/>
     <w:rsid w:val="00CD46C5"/>
+    <w:rsid w:val="00CD4CC6"/>
     <w:rsid w:val="00CD588E"/>
     <w:rsid w:val="00CD594C"/>
     <w:rsid w:val="00CD5979"/>
     <w:rsid w:val="00CD629E"/>
+    <w:rsid w:val="00CD6AC7"/>
     <w:rsid w:val="00CD70F4"/>
     <w:rsid w:val="00CD74E6"/>
     <w:rsid w:val="00CD7705"/>
-    <w:rsid w:val="00CD7C97"/>
     <w:rsid w:val="00CE04A0"/>
     <w:rsid w:val="00CE0613"/>
     <w:rsid w:val="00CE0810"/>
     <w:rsid w:val="00CE096F"/>
     <w:rsid w:val="00CE0BD2"/>
     <w:rsid w:val="00CE0D61"/>
+    <w:rsid w:val="00CE16B5"/>
     <w:rsid w:val="00CE19AA"/>
     <w:rsid w:val="00CE1D99"/>
     <w:rsid w:val="00CE1FAB"/>
     <w:rsid w:val="00CE203A"/>
     <w:rsid w:val="00CE2175"/>
     <w:rsid w:val="00CE221B"/>
     <w:rsid w:val="00CE2941"/>
     <w:rsid w:val="00CE295E"/>
     <w:rsid w:val="00CE296A"/>
     <w:rsid w:val="00CE2C68"/>
     <w:rsid w:val="00CE3171"/>
+    <w:rsid w:val="00CE363C"/>
+    <w:rsid w:val="00CE3662"/>
+    <w:rsid w:val="00CE3882"/>
     <w:rsid w:val="00CE429F"/>
     <w:rsid w:val="00CE47E3"/>
     <w:rsid w:val="00CE4D93"/>
-    <w:rsid w:val="00CE5569"/>
+    <w:rsid w:val="00CE4F99"/>
     <w:rsid w:val="00CE5C94"/>
-    <w:rsid w:val="00CE6218"/>
     <w:rsid w:val="00CE634E"/>
     <w:rsid w:val="00CE6515"/>
     <w:rsid w:val="00CE6FF4"/>
     <w:rsid w:val="00CE7248"/>
     <w:rsid w:val="00CE75BB"/>
-    <w:rsid w:val="00CF15CE"/>
+    <w:rsid w:val="00CF03A2"/>
+    <w:rsid w:val="00CF04CB"/>
     <w:rsid w:val="00CF17EB"/>
     <w:rsid w:val="00CF17F5"/>
     <w:rsid w:val="00CF25E4"/>
     <w:rsid w:val="00CF28C8"/>
     <w:rsid w:val="00CF2EBB"/>
     <w:rsid w:val="00CF3BFE"/>
     <w:rsid w:val="00CF4261"/>
     <w:rsid w:val="00CF47F7"/>
+    <w:rsid w:val="00CF4E6F"/>
     <w:rsid w:val="00CF4F58"/>
     <w:rsid w:val="00CF56DC"/>
+    <w:rsid w:val="00CF5988"/>
+    <w:rsid w:val="00CF5EB3"/>
     <w:rsid w:val="00CF5F24"/>
     <w:rsid w:val="00CF60CE"/>
     <w:rsid w:val="00CF66B7"/>
     <w:rsid w:val="00CF70FE"/>
     <w:rsid w:val="00CF756A"/>
     <w:rsid w:val="00D0099F"/>
     <w:rsid w:val="00D01C34"/>
     <w:rsid w:val="00D02042"/>
     <w:rsid w:val="00D021FA"/>
     <w:rsid w:val="00D02206"/>
     <w:rsid w:val="00D02240"/>
     <w:rsid w:val="00D022D8"/>
     <w:rsid w:val="00D0283B"/>
     <w:rsid w:val="00D02A0D"/>
     <w:rsid w:val="00D02B79"/>
     <w:rsid w:val="00D050DF"/>
     <w:rsid w:val="00D0541A"/>
     <w:rsid w:val="00D05438"/>
     <w:rsid w:val="00D056C4"/>
     <w:rsid w:val="00D05942"/>
     <w:rsid w:val="00D063E2"/>
     <w:rsid w:val="00D06645"/>
+    <w:rsid w:val="00D06B43"/>
     <w:rsid w:val="00D06B62"/>
     <w:rsid w:val="00D06C53"/>
     <w:rsid w:val="00D073D6"/>
+    <w:rsid w:val="00D0786D"/>
     <w:rsid w:val="00D07902"/>
     <w:rsid w:val="00D10019"/>
     <w:rsid w:val="00D102D4"/>
     <w:rsid w:val="00D102E8"/>
     <w:rsid w:val="00D108AF"/>
-    <w:rsid w:val="00D11182"/>
+    <w:rsid w:val="00D119CD"/>
+    <w:rsid w:val="00D11AEB"/>
     <w:rsid w:val="00D12795"/>
     <w:rsid w:val="00D128DF"/>
+    <w:rsid w:val="00D129E9"/>
     <w:rsid w:val="00D129F4"/>
     <w:rsid w:val="00D132BC"/>
     <w:rsid w:val="00D13D70"/>
     <w:rsid w:val="00D14D61"/>
+    <w:rsid w:val="00D1511F"/>
+    <w:rsid w:val="00D15354"/>
+    <w:rsid w:val="00D1595C"/>
     <w:rsid w:val="00D15A2A"/>
     <w:rsid w:val="00D15E47"/>
+    <w:rsid w:val="00D16914"/>
     <w:rsid w:val="00D16FBB"/>
     <w:rsid w:val="00D16FFE"/>
+    <w:rsid w:val="00D17040"/>
     <w:rsid w:val="00D17217"/>
     <w:rsid w:val="00D178F7"/>
     <w:rsid w:val="00D17907"/>
+    <w:rsid w:val="00D2058E"/>
     <w:rsid w:val="00D208A7"/>
     <w:rsid w:val="00D2100D"/>
     <w:rsid w:val="00D210A5"/>
     <w:rsid w:val="00D2137A"/>
     <w:rsid w:val="00D217DF"/>
     <w:rsid w:val="00D21BD6"/>
     <w:rsid w:val="00D21BF1"/>
-    <w:rsid w:val="00D21D6D"/>
     <w:rsid w:val="00D2232B"/>
     <w:rsid w:val="00D22374"/>
     <w:rsid w:val="00D224BC"/>
     <w:rsid w:val="00D22650"/>
     <w:rsid w:val="00D2286A"/>
     <w:rsid w:val="00D22A65"/>
     <w:rsid w:val="00D22CB8"/>
     <w:rsid w:val="00D233F3"/>
     <w:rsid w:val="00D2340D"/>
     <w:rsid w:val="00D234B2"/>
     <w:rsid w:val="00D235AD"/>
     <w:rsid w:val="00D2376E"/>
     <w:rsid w:val="00D24256"/>
     <w:rsid w:val="00D24B5F"/>
+    <w:rsid w:val="00D24FD4"/>
     <w:rsid w:val="00D2576A"/>
     <w:rsid w:val="00D25D2C"/>
     <w:rsid w:val="00D26A9B"/>
     <w:rsid w:val="00D26EF8"/>
     <w:rsid w:val="00D27FCC"/>
     <w:rsid w:val="00D3045F"/>
+    <w:rsid w:val="00D30589"/>
     <w:rsid w:val="00D306A7"/>
+    <w:rsid w:val="00D318C3"/>
+    <w:rsid w:val="00D31D64"/>
     <w:rsid w:val="00D321FA"/>
+    <w:rsid w:val="00D33046"/>
+    <w:rsid w:val="00D332F1"/>
     <w:rsid w:val="00D3369B"/>
     <w:rsid w:val="00D33BDB"/>
     <w:rsid w:val="00D3430F"/>
     <w:rsid w:val="00D346D1"/>
     <w:rsid w:val="00D347CD"/>
     <w:rsid w:val="00D34DCA"/>
     <w:rsid w:val="00D353AA"/>
     <w:rsid w:val="00D35A46"/>
     <w:rsid w:val="00D35D05"/>
     <w:rsid w:val="00D362F3"/>
     <w:rsid w:val="00D365FE"/>
     <w:rsid w:val="00D37E5D"/>
     <w:rsid w:val="00D40131"/>
     <w:rsid w:val="00D402EF"/>
     <w:rsid w:val="00D4030A"/>
+    <w:rsid w:val="00D403F6"/>
     <w:rsid w:val="00D40553"/>
+    <w:rsid w:val="00D405E8"/>
     <w:rsid w:val="00D40E02"/>
     <w:rsid w:val="00D40F23"/>
     <w:rsid w:val="00D41841"/>
-    <w:rsid w:val="00D41F43"/>
+    <w:rsid w:val="00D41C76"/>
     <w:rsid w:val="00D4215A"/>
     <w:rsid w:val="00D424EB"/>
     <w:rsid w:val="00D4339C"/>
     <w:rsid w:val="00D43604"/>
     <w:rsid w:val="00D4391D"/>
     <w:rsid w:val="00D439B8"/>
     <w:rsid w:val="00D43A61"/>
     <w:rsid w:val="00D43B59"/>
     <w:rsid w:val="00D43CEC"/>
     <w:rsid w:val="00D445B1"/>
+    <w:rsid w:val="00D4464F"/>
     <w:rsid w:val="00D447A7"/>
     <w:rsid w:val="00D448FC"/>
+    <w:rsid w:val="00D44D92"/>
+    <w:rsid w:val="00D44F66"/>
+    <w:rsid w:val="00D45329"/>
+    <w:rsid w:val="00D45411"/>
     <w:rsid w:val="00D46323"/>
     <w:rsid w:val="00D4659E"/>
     <w:rsid w:val="00D47118"/>
     <w:rsid w:val="00D47408"/>
     <w:rsid w:val="00D5048A"/>
     <w:rsid w:val="00D50C28"/>
     <w:rsid w:val="00D51754"/>
+    <w:rsid w:val="00D51D8D"/>
     <w:rsid w:val="00D5235C"/>
     <w:rsid w:val="00D5248D"/>
+    <w:rsid w:val="00D52784"/>
     <w:rsid w:val="00D52BC4"/>
     <w:rsid w:val="00D52DB7"/>
     <w:rsid w:val="00D52DED"/>
+    <w:rsid w:val="00D53B2A"/>
     <w:rsid w:val="00D540A5"/>
     <w:rsid w:val="00D542F2"/>
     <w:rsid w:val="00D5430D"/>
     <w:rsid w:val="00D55329"/>
     <w:rsid w:val="00D553C4"/>
     <w:rsid w:val="00D555A8"/>
     <w:rsid w:val="00D55714"/>
-    <w:rsid w:val="00D558B3"/>
     <w:rsid w:val="00D55B10"/>
     <w:rsid w:val="00D55E65"/>
     <w:rsid w:val="00D56433"/>
     <w:rsid w:val="00D565C4"/>
+    <w:rsid w:val="00D567A9"/>
     <w:rsid w:val="00D56E71"/>
     <w:rsid w:val="00D573CE"/>
+    <w:rsid w:val="00D57678"/>
     <w:rsid w:val="00D57708"/>
+    <w:rsid w:val="00D57BB3"/>
     <w:rsid w:val="00D602B5"/>
+    <w:rsid w:val="00D6084E"/>
     <w:rsid w:val="00D60A15"/>
+    <w:rsid w:val="00D61651"/>
     <w:rsid w:val="00D618B6"/>
+    <w:rsid w:val="00D61B0C"/>
     <w:rsid w:val="00D61CD3"/>
     <w:rsid w:val="00D62685"/>
     <w:rsid w:val="00D62D0E"/>
     <w:rsid w:val="00D630A7"/>
     <w:rsid w:val="00D63489"/>
     <w:rsid w:val="00D63D33"/>
     <w:rsid w:val="00D640AC"/>
     <w:rsid w:val="00D64268"/>
     <w:rsid w:val="00D643AB"/>
     <w:rsid w:val="00D64585"/>
     <w:rsid w:val="00D64597"/>
-    <w:rsid w:val="00D6459B"/>
     <w:rsid w:val="00D64780"/>
+    <w:rsid w:val="00D649DE"/>
     <w:rsid w:val="00D64AE0"/>
     <w:rsid w:val="00D651C2"/>
     <w:rsid w:val="00D65DCC"/>
     <w:rsid w:val="00D66FF8"/>
     <w:rsid w:val="00D670DC"/>
     <w:rsid w:val="00D67246"/>
     <w:rsid w:val="00D67492"/>
-    <w:rsid w:val="00D7050E"/>
+    <w:rsid w:val="00D67C28"/>
     <w:rsid w:val="00D70F9F"/>
     <w:rsid w:val="00D71133"/>
     <w:rsid w:val="00D720E6"/>
     <w:rsid w:val="00D7224A"/>
     <w:rsid w:val="00D72A2A"/>
     <w:rsid w:val="00D72AAA"/>
     <w:rsid w:val="00D72ACD"/>
     <w:rsid w:val="00D72CAA"/>
     <w:rsid w:val="00D72D7C"/>
+    <w:rsid w:val="00D72E66"/>
     <w:rsid w:val="00D7367A"/>
+    <w:rsid w:val="00D73F0C"/>
     <w:rsid w:val="00D73FDE"/>
     <w:rsid w:val="00D74172"/>
+    <w:rsid w:val="00D7449E"/>
+    <w:rsid w:val="00D746A6"/>
     <w:rsid w:val="00D7562D"/>
     <w:rsid w:val="00D75703"/>
-    <w:rsid w:val="00D75F36"/>
-    <w:rsid w:val="00D764DF"/>
     <w:rsid w:val="00D76FC5"/>
     <w:rsid w:val="00D77120"/>
     <w:rsid w:val="00D77907"/>
     <w:rsid w:val="00D77ACD"/>
+    <w:rsid w:val="00D77E1B"/>
     <w:rsid w:val="00D77F0B"/>
     <w:rsid w:val="00D801DF"/>
     <w:rsid w:val="00D80261"/>
     <w:rsid w:val="00D80749"/>
     <w:rsid w:val="00D808F7"/>
     <w:rsid w:val="00D81110"/>
     <w:rsid w:val="00D81C7E"/>
+    <w:rsid w:val="00D81D77"/>
     <w:rsid w:val="00D81E4E"/>
+    <w:rsid w:val="00D82098"/>
     <w:rsid w:val="00D820B1"/>
     <w:rsid w:val="00D825E0"/>
+    <w:rsid w:val="00D828F7"/>
     <w:rsid w:val="00D82A7E"/>
     <w:rsid w:val="00D82B0B"/>
     <w:rsid w:val="00D82B1B"/>
     <w:rsid w:val="00D82ED6"/>
     <w:rsid w:val="00D83279"/>
-    <w:rsid w:val="00D83763"/>
     <w:rsid w:val="00D83D98"/>
     <w:rsid w:val="00D83FC2"/>
+    <w:rsid w:val="00D84281"/>
     <w:rsid w:val="00D843BE"/>
     <w:rsid w:val="00D845F7"/>
+    <w:rsid w:val="00D846CE"/>
     <w:rsid w:val="00D8473D"/>
     <w:rsid w:val="00D84B15"/>
     <w:rsid w:val="00D84EDE"/>
+    <w:rsid w:val="00D84FCA"/>
     <w:rsid w:val="00D85935"/>
     <w:rsid w:val="00D85A66"/>
     <w:rsid w:val="00D86065"/>
     <w:rsid w:val="00D86662"/>
-    <w:rsid w:val="00D86A61"/>
     <w:rsid w:val="00D86C52"/>
     <w:rsid w:val="00D871E4"/>
     <w:rsid w:val="00D87B58"/>
     <w:rsid w:val="00D87B92"/>
     <w:rsid w:val="00D87DAC"/>
+    <w:rsid w:val="00D87E6F"/>
     <w:rsid w:val="00D912C6"/>
     <w:rsid w:val="00D915B3"/>
     <w:rsid w:val="00D91C4D"/>
     <w:rsid w:val="00D92EE3"/>
     <w:rsid w:val="00D92F35"/>
+    <w:rsid w:val="00D93033"/>
     <w:rsid w:val="00D93081"/>
+    <w:rsid w:val="00D9336D"/>
+    <w:rsid w:val="00D933AC"/>
     <w:rsid w:val="00D93B0C"/>
     <w:rsid w:val="00D94492"/>
     <w:rsid w:val="00D949FE"/>
     <w:rsid w:val="00D94FED"/>
-    <w:rsid w:val="00D950EB"/>
     <w:rsid w:val="00D95373"/>
+    <w:rsid w:val="00D95579"/>
     <w:rsid w:val="00D958F1"/>
+    <w:rsid w:val="00D95C7F"/>
     <w:rsid w:val="00D9648C"/>
     <w:rsid w:val="00D96BC1"/>
     <w:rsid w:val="00D96DA2"/>
     <w:rsid w:val="00D96F3B"/>
     <w:rsid w:val="00D972A1"/>
     <w:rsid w:val="00D9746C"/>
+    <w:rsid w:val="00D97529"/>
+    <w:rsid w:val="00D97551"/>
     <w:rsid w:val="00D9774C"/>
     <w:rsid w:val="00DA0204"/>
     <w:rsid w:val="00DA030C"/>
+    <w:rsid w:val="00DA0C01"/>
     <w:rsid w:val="00DA0DAA"/>
     <w:rsid w:val="00DA1973"/>
-    <w:rsid w:val="00DA19BD"/>
     <w:rsid w:val="00DA1E2F"/>
     <w:rsid w:val="00DA1EA5"/>
     <w:rsid w:val="00DA2039"/>
     <w:rsid w:val="00DA28D8"/>
     <w:rsid w:val="00DA2CC8"/>
     <w:rsid w:val="00DA2FC9"/>
     <w:rsid w:val="00DA32ED"/>
     <w:rsid w:val="00DA38F8"/>
     <w:rsid w:val="00DA3D2C"/>
+    <w:rsid w:val="00DA3FD7"/>
     <w:rsid w:val="00DA4146"/>
     <w:rsid w:val="00DA455F"/>
     <w:rsid w:val="00DA459F"/>
     <w:rsid w:val="00DA4E51"/>
     <w:rsid w:val="00DA5946"/>
     <w:rsid w:val="00DA5AD5"/>
     <w:rsid w:val="00DA5BC9"/>
     <w:rsid w:val="00DA632C"/>
     <w:rsid w:val="00DA7827"/>
     <w:rsid w:val="00DA7A54"/>
+    <w:rsid w:val="00DA7B49"/>
     <w:rsid w:val="00DA7EAA"/>
     <w:rsid w:val="00DB009B"/>
     <w:rsid w:val="00DB0221"/>
     <w:rsid w:val="00DB048F"/>
     <w:rsid w:val="00DB04D0"/>
     <w:rsid w:val="00DB077A"/>
+    <w:rsid w:val="00DB090C"/>
     <w:rsid w:val="00DB1EC2"/>
     <w:rsid w:val="00DB254B"/>
     <w:rsid w:val="00DB2DC7"/>
     <w:rsid w:val="00DB321B"/>
     <w:rsid w:val="00DB33F1"/>
+    <w:rsid w:val="00DB37F6"/>
+    <w:rsid w:val="00DB3964"/>
     <w:rsid w:val="00DB3A14"/>
     <w:rsid w:val="00DB4178"/>
+    <w:rsid w:val="00DB5AD4"/>
     <w:rsid w:val="00DB5D77"/>
     <w:rsid w:val="00DB6094"/>
+    <w:rsid w:val="00DB65CC"/>
+    <w:rsid w:val="00DB7558"/>
     <w:rsid w:val="00DB7BE1"/>
     <w:rsid w:val="00DB7FFE"/>
     <w:rsid w:val="00DC0042"/>
     <w:rsid w:val="00DC029D"/>
     <w:rsid w:val="00DC0DCF"/>
     <w:rsid w:val="00DC0E3B"/>
     <w:rsid w:val="00DC1A07"/>
     <w:rsid w:val="00DC1D0E"/>
     <w:rsid w:val="00DC2105"/>
     <w:rsid w:val="00DC2900"/>
     <w:rsid w:val="00DC2B56"/>
+    <w:rsid w:val="00DC2C68"/>
+    <w:rsid w:val="00DC300A"/>
     <w:rsid w:val="00DC36F0"/>
     <w:rsid w:val="00DC3D3F"/>
+    <w:rsid w:val="00DC3DF1"/>
     <w:rsid w:val="00DC4074"/>
+    <w:rsid w:val="00DC4292"/>
     <w:rsid w:val="00DC450E"/>
+    <w:rsid w:val="00DC47E6"/>
+    <w:rsid w:val="00DC48F0"/>
+    <w:rsid w:val="00DC5113"/>
     <w:rsid w:val="00DC5230"/>
     <w:rsid w:val="00DC56C0"/>
     <w:rsid w:val="00DC5830"/>
-    <w:rsid w:val="00DC5C60"/>
     <w:rsid w:val="00DC5CC1"/>
+    <w:rsid w:val="00DC6031"/>
     <w:rsid w:val="00DC6078"/>
+    <w:rsid w:val="00DC62D3"/>
     <w:rsid w:val="00DC6930"/>
     <w:rsid w:val="00DC71BD"/>
+    <w:rsid w:val="00DC74D4"/>
     <w:rsid w:val="00DC7B5F"/>
     <w:rsid w:val="00DD0065"/>
-    <w:rsid w:val="00DD00A6"/>
     <w:rsid w:val="00DD0432"/>
+    <w:rsid w:val="00DD1D34"/>
     <w:rsid w:val="00DD232F"/>
     <w:rsid w:val="00DD23A3"/>
     <w:rsid w:val="00DD24A4"/>
     <w:rsid w:val="00DD28DB"/>
     <w:rsid w:val="00DD2D97"/>
     <w:rsid w:val="00DD2DF9"/>
     <w:rsid w:val="00DD2FD3"/>
     <w:rsid w:val="00DD2FE9"/>
     <w:rsid w:val="00DD30E3"/>
     <w:rsid w:val="00DD3107"/>
     <w:rsid w:val="00DD3534"/>
     <w:rsid w:val="00DD35D3"/>
+    <w:rsid w:val="00DD384C"/>
     <w:rsid w:val="00DD390F"/>
     <w:rsid w:val="00DD4350"/>
     <w:rsid w:val="00DD43DE"/>
+    <w:rsid w:val="00DD4AD1"/>
     <w:rsid w:val="00DD4ED1"/>
+    <w:rsid w:val="00DD5236"/>
     <w:rsid w:val="00DD5C73"/>
     <w:rsid w:val="00DD5E3C"/>
     <w:rsid w:val="00DD5E80"/>
     <w:rsid w:val="00DD5F30"/>
     <w:rsid w:val="00DD6009"/>
     <w:rsid w:val="00DD64DA"/>
     <w:rsid w:val="00DD6EB2"/>
     <w:rsid w:val="00DD74FD"/>
     <w:rsid w:val="00DD7657"/>
     <w:rsid w:val="00DD7FC6"/>
     <w:rsid w:val="00DE0537"/>
     <w:rsid w:val="00DE0F6A"/>
-    <w:rsid w:val="00DE1803"/>
     <w:rsid w:val="00DE19E5"/>
     <w:rsid w:val="00DE1E47"/>
     <w:rsid w:val="00DE24F3"/>
+    <w:rsid w:val="00DE2664"/>
     <w:rsid w:val="00DE2A0C"/>
     <w:rsid w:val="00DE34C4"/>
     <w:rsid w:val="00DE36C9"/>
     <w:rsid w:val="00DE447F"/>
     <w:rsid w:val="00DE4515"/>
+    <w:rsid w:val="00DE47AC"/>
     <w:rsid w:val="00DE4DCC"/>
     <w:rsid w:val="00DE584D"/>
+    <w:rsid w:val="00DE596E"/>
     <w:rsid w:val="00DE5CEA"/>
     <w:rsid w:val="00DE5EA6"/>
     <w:rsid w:val="00DE6899"/>
-    <w:rsid w:val="00DE75D5"/>
+    <w:rsid w:val="00DE770D"/>
     <w:rsid w:val="00DE7F26"/>
     <w:rsid w:val="00DF0062"/>
     <w:rsid w:val="00DF05D5"/>
     <w:rsid w:val="00DF0674"/>
+    <w:rsid w:val="00DF0B69"/>
     <w:rsid w:val="00DF0E96"/>
     <w:rsid w:val="00DF10E4"/>
-    <w:rsid w:val="00DF1415"/>
     <w:rsid w:val="00DF166B"/>
     <w:rsid w:val="00DF2189"/>
+    <w:rsid w:val="00DF23A0"/>
     <w:rsid w:val="00DF2D65"/>
+    <w:rsid w:val="00DF30A8"/>
+    <w:rsid w:val="00DF3644"/>
     <w:rsid w:val="00DF39A6"/>
     <w:rsid w:val="00DF3E00"/>
     <w:rsid w:val="00DF5F40"/>
     <w:rsid w:val="00DF662D"/>
     <w:rsid w:val="00DF6A43"/>
+    <w:rsid w:val="00DF780E"/>
     <w:rsid w:val="00DF7992"/>
-    <w:rsid w:val="00DF7AC6"/>
     <w:rsid w:val="00E00000"/>
     <w:rsid w:val="00E006A5"/>
     <w:rsid w:val="00E009A3"/>
     <w:rsid w:val="00E01644"/>
     <w:rsid w:val="00E01DD0"/>
     <w:rsid w:val="00E01E86"/>
     <w:rsid w:val="00E02790"/>
+    <w:rsid w:val="00E02A9D"/>
     <w:rsid w:val="00E02DCD"/>
     <w:rsid w:val="00E03C59"/>
     <w:rsid w:val="00E04B37"/>
     <w:rsid w:val="00E050B1"/>
     <w:rsid w:val="00E0530D"/>
+    <w:rsid w:val="00E055B2"/>
     <w:rsid w:val="00E0574D"/>
     <w:rsid w:val="00E06290"/>
     <w:rsid w:val="00E0688A"/>
     <w:rsid w:val="00E07391"/>
     <w:rsid w:val="00E07673"/>
     <w:rsid w:val="00E07D26"/>
     <w:rsid w:val="00E07E56"/>
     <w:rsid w:val="00E101FC"/>
+    <w:rsid w:val="00E103B3"/>
+    <w:rsid w:val="00E10755"/>
     <w:rsid w:val="00E10877"/>
+    <w:rsid w:val="00E10891"/>
     <w:rsid w:val="00E10CB0"/>
     <w:rsid w:val="00E10CB2"/>
     <w:rsid w:val="00E11493"/>
     <w:rsid w:val="00E116C2"/>
-    <w:rsid w:val="00E11A59"/>
     <w:rsid w:val="00E11B55"/>
-    <w:rsid w:val="00E11E01"/>
     <w:rsid w:val="00E12243"/>
     <w:rsid w:val="00E124C1"/>
     <w:rsid w:val="00E12E99"/>
     <w:rsid w:val="00E12EE1"/>
     <w:rsid w:val="00E135BE"/>
+    <w:rsid w:val="00E1382D"/>
     <w:rsid w:val="00E148FF"/>
-    <w:rsid w:val="00E14AD5"/>
     <w:rsid w:val="00E15670"/>
     <w:rsid w:val="00E15966"/>
     <w:rsid w:val="00E163E2"/>
-    <w:rsid w:val="00E16781"/>
+    <w:rsid w:val="00E16FE7"/>
     <w:rsid w:val="00E17219"/>
     <w:rsid w:val="00E20893"/>
     <w:rsid w:val="00E21DA4"/>
     <w:rsid w:val="00E22014"/>
     <w:rsid w:val="00E22417"/>
     <w:rsid w:val="00E227FC"/>
+    <w:rsid w:val="00E22DFB"/>
     <w:rsid w:val="00E23F4C"/>
     <w:rsid w:val="00E24156"/>
     <w:rsid w:val="00E24509"/>
     <w:rsid w:val="00E24DDE"/>
     <w:rsid w:val="00E251A2"/>
     <w:rsid w:val="00E2558E"/>
     <w:rsid w:val="00E25F49"/>
+    <w:rsid w:val="00E262A1"/>
     <w:rsid w:val="00E262B2"/>
     <w:rsid w:val="00E2685F"/>
     <w:rsid w:val="00E26AEE"/>
     <w:rsid w:val="00E26E6E"/>
     <w:rsid w:val="00E270D0"/>
-    <w:rsid w:val="00E27758"/>
     <w:rsid w:val="00E301B6"/>
     <w:rsid w:val="00E304F4"/>
     <w:rsid w:val="00E3064D"/>
     <w:rsid w:val="00E3090F"/>
     <w:rsid w:val="00E30D14"/>
     <w:rsid w:val="00E31727"/>
+    <w:rsid w:val="00E31AA3"/>
     <w:rsid w:val="00E31AC0"/>
+    <w:rsid w:val="00E3202F"/>
     <w:rsid w:val="00E32E01"/>
-    <w:rsid w:val="00E33480"/>
     <w:rsid w:val="00E33503"/>
     <w:rsid w:val="00E3354F"/>
+    <w:rsid w:val="00E3399C"/>
     <w:rsid w:val="00E33C01"/>
     <w:rsid w:val="00E348FD"/>
     <w:rsid w:val="00E35733"/>
     <w:rsid w:val="00E35A26"/>
     <w:rsid w:val="00E35F7B"/>
+    <w:rsid w:val="00E365B8"/>
     <w:rsid w:val="00E37447"/>
     <w:rsid w:val="00E3784A"/>
+    <w:rsid w:val="00E37E18"/>
     <w:rsid w:val="00E4037B"/>
+    <w:rsid w:val="00E40497"/>
+    <w:rsid w:val="00E40733"/>
     <w:rsid w:val="00E4091E"/>
     <w:rsid w:val="00E417D6"/>
     <w:rsid w:val="00E42421"/>
     <w:rsid w:val="00E4277C"/>
+    <w:rsid w:val="00E42982"/>
     <w:rsid w:val="00E42A24"/>
     <w:rsid w:val="00E43208"/>
     <w:rsid w:val="00E43627"/>
-    <w:rsid w:val="00E43DA1"/>
     <w:rsid w:val="00E440F5"/>
     <w:rsid w:val="00E441FC"/>
     <w:rsid w:val="00E44D0E"/>
     <w:rsid w:val="00E4510F"/>
     <w:rsid w:val="00E45409"/>
     <w:rsid w:val="00E463A9"/>
     <w:rsid w:val="00E46B21"/>
     <w:rsid w:val="00E46F2F"/>
     <w:rsid w:val="00E46F52"/>
     <w:rsid w:val="00E47EF9"/>
     <w:rsid w:val="00E501C0"/>
     <w:rsid w:val="00E507FC"/>
     <w:rsid w:val="00E5099A"/>
     <w:rsid w:val="00E51057"/>
     <w:rsid w:val="00E5125C"/>
+    <w:rsid w:val="00E51A87"/>
     <w:rsid w:val="00E51D03"/>
     <w:rsid w:val="00E51F06"/>
     <w:rsid w:val="00E52167"/>
     <w:rsid w:val="00E52312"/>
     <w:rsid w:val="00E523CF"/>
     <w:rsid w:val="00E53092"/>
     <w:rsid w:val="00E53E55"/>
     <w:rsid w:val="00E54235"/>
     <w:rsid w:val="00E54275"/>
     <w:rsid w:val="00E54602"/>
     <w:rsid w:val="00E54801"/>
     <w:rsid w:val="00E548FF"/>
     <w:rsid w:val="00E54D0E"/>
     <w:rsid w:val="00E55A13"/>
-    <w:rsid w:val="00E55A34"/>
     <w:rsid w:val="00E55AAB"/>
     <w:rsid w:val="00E55DBC"/>
+    <w:rsid w:val="00E56042"/>
+    <w:rsid w:val="00E56194"/>
     <w:rsid w:val="00E56BE6"/>
     <w:rsid w:val="00E56F05"/>
     <w:rsid w:val="00E56F86"/>
     <w:rsid w:val="00E5713C"/>
     <w:rsid w:val="00E571FB"/>
+    <w:rsid w:val="00E57289"/>
     <w:rsid w:val="00E5746E"/>
-    <w:rsid w:val="00E57A89"/>
+    <w:rsid w:val="00E57675"/>
     <w:rsid w:val="00E57C91"/>
     <w:rsid w:val="00E57EEF"/>
     <w:rsid w:val="00E57F9A"/>
     <w:rsid w:val="00E60440"/>
     <w:rsid w:val="00E6055C"/>
     <w:rsid w:val="00E606F6"/>
+    <w:rsid w:val="00E607AD"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E60F88"/>
+    <w:rsid w:val="00E6137F"/>
     <w:rsid w:val="00E61AFA"/>
     <w:rsid w:val="00E6227D"/>
     <w:rsid w:val="00E62420"/>
     <w:rsid w:val="00E624E8"/>
     <w:rsid w:val="00E62939"/>
     <w:rsid w:val="00E62AB6"/>
     <w:rsid w:val="00E62B70"/>
     <w:rsid w:val="00E62F63"/>
     <w:rsid w:val="00E63032"/>
     <w:rsid w:val="00E63474"/>
     <w:rsid w:val="00E6355A"/>
     <w:rsid w:val="00E63562"/>
     <w:rsid w:val="00E6393A"/>
     <w:rsid w:val="00E63C93"/>
     <w:rsid w:val="00E63DD0"/>
     <w:rsid w:val="00E643BF"/>
+    <w:rsid w:val="00E65272"/>
     <w:rsid w:val="00E669BA"/>
     <w:rsid w:val="00E66EAC"/>
-    <w:rsid w:val="00E679CF"/>
-    <w:rsid w:val="00E70181"/>
     <w:rsid w:val="00E701E0"/>
     <w:rsid w:val="00E706D4"/>
     <w:rsid w:val="00E708D5"/>
+    <w:rsid w:val="00E70D5A"/>
     <w:rsid w:val="00E71F5E"/>
     <w:rsid w:val="00E7249E"/>
+    <w:rsid w:val="00E7265E"/>
     <w:rsid w:val="00E72943"/>
+    <w:rsid w:val="00E730FD"/>
     <w:rsid w:val="00E73574"/>
     <w:rsid w:val="00E7373F"/>
     <w:rsid w:val="00E73921"/>
     <w:rsid w:val="00E73B4C"/>
     <w:rsid w:val="00E73CDC"/>
     <w:rsid w:val="00E73ED3"/>
     <w:rsid w:val="00E741B4"/>
     <w:rsid w:val="00E7435B"/>
     <w:rsid w:val="00E746F5"/>
     <w:rsid w:val="00E748DF"/>
     <w:rsid w:val="00E74989"/>
     <w:rsid w:val="00E752B2"/>
+    <w:rsid w:val="00E7555A"/>
     <w:rsid w:val="00E75853"/>
+    <w:rsid w:val="00E75CFF"/>
     <w:rsid w:val="00E77B47"/>
     <w:rsid w:val="00E801E6"/>
     <w:rsid w:val="00E806E6"/>
     <w:rsid w:val="00E80851"/>
+    <w:rsid w:val="00E80DA1"/>
     <w:rsid w:val="00E810BA"/>
     <w:rsid w:val="00E815A8"/>
     <w:rsid w:val="00E816BD"/>
     <w:rsid w:val="00E8195C"/>
     <w:rsid w:val="00E81B4E"/>
+    <w:rsid w:val="00E820F7"/>
     <w:rsid w:val="00E8235E"/>
     <w:rsid w:val="00E82C24"/>
-    <w:rsid w:val="00E82C50"/>
+    <w:rsid w:val="00E82D9A"/>
     <w:rsid w:val="00E8332E"/>
     <w:rsid w:val="00E8347B"/>
     <w:rsid w:val="00E83484"/>
+    <w:rsid w:val="00E8448D"/>
+    <w:rsid w:val="00E84D04"/>
     <w:rsid w:val="00E85370"/>
+    <w:rsid w:val="00E85735"/>
     <w:rsid w:val="00E85875"/>
     <w:rsid w:val="00E85892"/>
     <w:rsid w:val="00E85CDF"/>
     <w:rsid w:val="00E870A4"/>
     <w:rsid w:val="00E87947"/>
     <w:rsid w:val="00E87E69"/>
     <w:rsid w:val="00E900B1"/>
     <w:rsid w:val="00E90FC2"/>
     <w:rsid w:val="00E90FC4"/>
     <w:rsid w:val="00E91563"/>
     <w:rsid w:val="00E91896"/>
     <w:rsid w:val="00E91BDB"/>
-    <w:rsid w:val="00E92391"/>
     <w:rsid w:val="00E928F6"/>
+    <w:rsid w:val="00E93701"/>
     <w:rsid w:val="00E946C2"/>
+    <w:rsid w:val="00E9505D"/>
     <w:rsid w:val="00E95518"/>
     <w:rsid w:val="00E95AC3"/>
     <w:rsid w:val="00E95AE4"/>
     <w:rsid w:val="00E95DE1"/>
     <w:rsid w:val="00E95F46"/>
     <w:rsid w:val="00E965AA"/>
     <w:rsid w:val="00E968DA"/>
     <w:rsid w:val="00E9749F"/>
     <w:rsid w:val="00E976C1"/>
     <w:rsid w:val="00E97BB0"/>
     <w:rsid w:val="00EA0089"/>
-    <w:rsid w:val="00EA0479"/>
     <w:rsid w:val="00EA06C5"/>
     <w:rsid w:val="00EA193C"/>
     <w:rsid w:val="00EA1E44"/>
+    <w:rsid w:val="00EA1EB4"/>
+    <w:rsid w:val="00EA20F9"/>
     <w:rsid w:val="00EA22DE"/>
+    <w:rsid w:val="00EA26D7"/>
+    <w:rsid w:val="00EA26FF"/>
     <w:rsid w:val="00EA2A5D"/>
     <w:rsid w:val="00EA2CDA"/>
     <w:rsid w:val="00EA2D03"/>
+    <w:rsid w:val="00EA2DBB"/>
     <w:rsid w:val="00EA2E2E"/>
     <w:rsid w:val="00EA2EC6"/>
     <w:rsid w:val="00EA2F32"/>
+    <w:rsid w:val="00EA2F94"/>
     <w:rsid w:val="00EA3067"/>
     <w:rsid w:val="00EA3325"/>
     <w:rsid w:val="00EA33D0"/>
     <w:rsid w:val="00EA3448"/>
     <w:rsid w:val="00EA4434"/>
     <w:rsid w:val="00EA4465"/>
     <w:rsid w:val="00EA455C"/>
+    <w:rsid w:val="00EA4812"/>
+    <w:rsid w:val="00EA4D16"/>
+    <w:rsid w:val="00EA4D40"/>
     <w:rsid w:val="00EA4F7C"/>
     <w:rsid w:val="00EA5B7E"/>
     <w:rsid w:val="00EA5E67"/>
     <w:rsid w:val="00EA6671"/>
     <w:rsid w:val="00EA6CB9"/>
     <w:rsid w:val="00EA6D22"/>
     <w:rsid w:val="00EA7C3E"/>
     <w:rsid w:val="00EA7CAA"/>
     <w:rsid w:val="00EB01AC"/>
     <w:rsid w:val="00EB01C8"/>
+    <w:rsid w:val="00EB08B9"/>
+    <w:rsid w:val="00EB246E"/>
     <w:rsid w:val="00EB27BA"/>
     <w:rsid w:val="00EB29AA"/>
     <w:rsid w:val="00EB3354"/>
     <w:rsid w:val="00EB3613"/>
     <w:rsid w:val="00EB3910"/>
     <w:rsid w:val="00EB396E"/>
     <w:rsid w:val="00EB3D2D"/>
+    <w:rsid w:val="00EB461D"/>
+    <w:rsid w:val="00EB4CD1"/>
+    <w:rsid w:val="00EB4E41"/>
+    <w:rsid w:val="00EB4EBA"/>
     <w:rsid w:val="00EB5458"/>
     <w:rsid w:val="00EB551D"/>
     <w:rsid w:val="00EB5616"/>
+    <w:rsid w:val="00EB5B69"/>
     <w:rsid w:val="00EB5EF0"/>
     <w:rsid w:val="00EB66F5"/>
     <w:rsid w:val="00EB6774"/>
     <w:rsid w:val="00EB6967"/>
     <w:rsid w:val="00EB69E1"/>
     <w:rsid w:val="00EB6EE8"/>
     <w:rsid w:val="00EC00E9"/>
     <w:rsid w:val="00EC03A8"/>
     <w:rsid w:val="00EC0435"/>
     <w:rsid w:val="00EC04C3"/>
     <w:rsid w:val="00EC0842"/>
     <w:rsid w:val="00EC09EE"/>
     <w:rsid w:val="00EC1F0E"/>
     <w:rsid w:val="00EC215D"/>
     <w:rsid w:val="00EC21AD"/>
     <w:rsid w:val="00EC24DF"/>
+    <w:rsid w:val="00EC2629"/>
+    <w:rsid w:val="00EC2941"/>
+    <w:rsid w:val="00EC296C"/>
     <w:rsid w:val="00EC2BCB"/>
     <w:rsid w:val="00EC3441"/>
     <w:rsid w:val="00EC3762"/>
+    <w:rsid w:val="00EC4044"/>
     <w:rsid w:val="00EC4AE8"/>
+    <w:rsid w:val="00EC4C1F"/>
     <w:rsid w:val="00EC4E45"/>
     <w:rsid w:val="00EC551F"/>
+    <w:rsid w:val="00EC67F3"/>
     <w:rsid w:val="00EC6B4D"/>
     <w:rsid w:val="00EC6C90"/>
     <w:rsid w:val="00EC6D1C"/>
     <w:rsid w:val="00EC73CF"/>
-    <w:rsid w:val="00ED05BE"/>
     <w:rsid w:val="00ED150D"/>
-    <w:rsid w:val="00ED1680"/>
     <w:rsid w:val="00ED195A"/>
+    <w:rsid w:val="00ED1C51"/>
     <w:rsid w:val="00ED2378"/>
+    <w:rsid w:val="00ED285F"/>
     <w:rsid w:val="00ED2E9B"/>
-    <w:rsid w:val="00ED4082"/>
+    <w:rsid w:val="00ED4649"/>
+    <w:rsid w:val="00ED4906"/>
     <w:rsid w:val="00ED563B"/>
     <w:rsid w:val="00ED58C2"/>
     <w:rsid w:val="00ED62F8"/>
     <w:rsid w:val="00ED64A8"/>
     <w:rsid w:val="00ED6547"/>
+    <w:rsid w:val="00ED6956"/>
     <w:rsid w:val="00ED723A"/>
     <w:rsid w:val="00ED7312"/>
     <w:rsid w:val="00ED7B35"/>
-    <w:rsid w:val="00ED7F4C"/>
-    <w:rsid w:val="00EE0134"/>
     <w:rsid w:val="00EE0DAF"/>
+    <w:rsid w:val="00EE0E1F"/>
     <w:rsid w:val="00EE0F92"/>
     <w:rsid w:val="00EE1935"/>
     <w:rsid w:val="00EE1EF6"/>
     <w:rsid w:val="00EE285C"/>
+    <w:rsid w:val="00EE2AE4"/>
     <w:rsid w:val="00EE2B08"/>
     <w:rsid w:val="00EE2B25"/>
+    <w:rsid w:val="00EE2E5E"/>
     <w:rsid w:val="00EE3101"/>
     <w:rsid w:val="00EE462A"/>
     <w:rsid w:val="00EE464C"/>
+    <w:rsid w:val="00EE4869"/>
     <w:rsid w:val="00EE4960"/>
     <w:rsid w:val="00EE49AA"/>
     <w:rsid w:val="00EE4A24"/>
     <w:rsid w:val="00EE4C61"/>
     <w:rsid w:val="00EE4CFD"/>
     <w:rsid w:val="00EE4E4F"/>
     <w:rsid w:val="00EE60CC"/>
+    <w:rsid w:val="00EE6330"/>
+    <w:rsid w:val="00EE648E"/>
+    <w:rsid w:val="00EE6593"/>
+    <w:rsid w:val="00EE6A61"/>
     <w:rsid w:val="00EE6B2A"/>
     <w:rsid w:val="00EE6D40"/>
     <w:rsid w:val="00EE6E6A"/>
     <w:rsid w:val="00EE6FA2"/>
     <w:rsid w:val="00EE72CC"/>
     <w:rsid w:val="00EE7A5E"/>
     <w:rsid w:val="00EF0700"/>
     <w:rsid w:val="00EF07F4"/>
-    <w:rsid w:val="00EF1077"/>
-    <w:rsid w:val="00EF1634"/>
+    <w:rsid w:val="00EF0CC6"/>
+    <w:rsid w:val="00EF12F2"/>
     <w:rsid w:val="00EF1817"/>
-    <w:rsid w:val="00EF260C"/>
+    <w:rsid w:val="00EF24D7"/>
     <w:rsid w:val="00EF31B8"/>
     <w:rsid w:val="00EF3E70"/>
     <w:rsid w:val="00EF3F8E"/>
     <w:rsid w:val="00EF4342"/>
+    <w:rsid w:val="00EF4A09"/>
     <w:rsid w:val="00EF4D38"/>
     <w:rsid w:val="00EF5A6C"/>
-    <w:rsid w:val="00EF5AD6"/>
     <w:rsid w:val="00EF5CFF"/>
     <w:rsid w:val="00EF6547"/>
     <w:rsid w:val="00EF699A"/>
     <w:rsid w:val="00EF6BA7"/>
     <w:rsid w:val="00EF6BC8"/>
     <w:rsid w:val="00EF6BEA"/>
+    <w:rsid w:val="00EF6D27"/>
     <w:rsid w:val="00EF7088"/>
     <w:rsid w:val="00EF75B5"/>
     <w:rsid w:val="00EF7B2E"/>
     <w:rsid w:val="00F00256"/>
+    <w:rsid w:val="00F00342"/>
     <w:rsid w:val="00F0053B"/>
     <w:rsid w:val="00F0059C"/>
     <w:rsid w:val="00F00C71"/>
-    <w:rsid w:val="00F014E7"/>
+    <w:rsid w:val="00F0124A"/>
+    <w:rsid w:val="00F023AF"/>
     <w:rsid w:val="00F026B8"/>
     <w:rsid w:val="00F02C57"/>
     <w:rsid w:val="00F02E44"/>
     <w:rsid w:val="00F03A7D"/>
     <w:rsid w:val="00F0402B"/>
     <w:rsid w:val="00F047E4"/>
     <w:rsid w:val="00F05186"/>
+    <w:rsid w:val="00F0545F"/>
     <w:rsid w:val="00F05601"/>
     <w:rsid w:val="00F06170"/>
     <w:rsid w:val="00F061FB"/>
     <w:rsid w:val="00F06587"/>
     <w:rsid w:val="00F06645"/>
-    <w:rsid w:val="00F06BC9"/>
+    <w:rsid w:val="00F06816"/>
     <w:rsid w:val="00F0707D"/>
-    <w:rsid w:val="00F073F9"/>
+    <w:rsid w:val="00F0752D"/>
     <w:rsid w:val="00F0793A"/>
     <w:rsid w:val="00F07E53"/>
     <w:rsid w:val="00F102E7"/>
     <w:rsid w:val="00F10442"/>
     <w:rsid w:val="00F1069D"/>
     <w:rsid w:val="00F106B8"/>
-    <w:rsid w:val="00F10E95"/>
+    <w:rsid w:val="00F1079F"/>
+    <w:rsid w:val="00F10CA5"/>
+    <w:rsid w:val="00F10E20"/>
+    <w:rsid w:val="00F11B51"/>
     <w:rsid w:val="00F11C3A"/>
     <w:rsid w:val="00F125CC"/>
-    <w:rsid w:val="00F12D3B"/>
+    <w:rsid w:val="00F12D32"/>
     <w:rsid w:val="00F12EF4"/>
     <w:rsid w:val="00F12F87"/>
     <w:rsid w:val="00F1378E"/>
     <w:rsid w:val="00F138AD"/>
     <w:rsid w:val="00F13A4A"/>
     <w:rsid w:val="00F13EEC"/>
+    <w:rsid w:val="00F1420A"/>
     <w:rsid w:val="00F1498F"/>
     <w:rsid w:val="00F14E12"/>
     <w:rsid w:val="00F14EFA"/>
     <w:rsid w:val="00F15311"/>
-    <w:rsid w:val="00F17CE5"/>
+    <w:rsid w:val="00F177FF"/>
+    <w:rsid w:val="00F17A61"/>
     <w:rsid w:val="00F17EF5"/>
+    <w:rsid w:val="00F17F5B"/>
     <w:rsid w:val="00F17FBE"/>
+    <w:rsid w:val="00F20251"/>
     <w:rsid w:val="00F207BB"/>
     <w:rsid w:val="00F20EAA"/>
+    <w:rsid w:val="00F21752"/>
     <w:rsid w:val="00F21BD8"/>
+    <w:rsid w:val="00F220FA"/>
     <w:rsid w:val="00F22853"/>
     <w:rsid w:val="00F229C4"/>
     <w:rsid w:val="00F22BEC"/>
     <w:rsid w:val="00F2394A"/>
     <w:rsid w:val="00F23A6E"/>
     <w:rsid w:val="00F23A93"/>
     <w:rsid w:val="00F23CD1"/>
     <w:rsid w:val="00F24CBA"/>
+    <w:rsid w:val="00F24FE3"/>
+    <w:rsid w:val="00F251D2"/>
     <w:rsid w:val="00F25599"/>
-    <w:rsid w:val="00F258B6"/>
     <w:rsid w:val="00F25D65"/>
     <w:rsid w:val="00F261AF"/>
+    <w:rsid w:val="00F26222"/>
     <w:rsid w:val="00F2631B"/>
     <w:rsid w:val="00F2639E"/>
     <w:rsid w:val="00F267D7"/>
     <w:rsid w:val="00F26B2D"/>
     <w:rsid w:val="00F26DFB"/>
     <w:rsid w:val="00F2712F"/>
     <w:rsid w:val="00F27392"/>
-    <w:rsid w:val="00F27759"/>
+    <w:rsid w:val="00F27499"/>
     <w:rsid w:val="00F27A82"/>
     <w:rsid w:val="00F27A97"/>
     <w:rsid w:val="00F27C81"/>
     <w:rsid w:val="00F27D29"/>
     <w:rsid w:val="00F30778"/>
     <w:rsid w:val="00F3086D"/>
     <w:rsid w:val="00F309D8"/>
     <w:rsid w:val="00F30FFA"/>
     <w:rsid w:val="00F31269"/>
     <w:rsid w:val="00F31504"/>
     <w:rsid w:val="00F32129"/>
     <w:rsid w:val="00F321C0"/>
     <w:rsid w:val="00F325B1"/>
     <w:rsid w:val="00F3264B"/>
     <w:rsid w:val="00F329EE"/>
     <w:rsid w:val="00F329F3"/>
     <w:rsid w:val="00F32B15"/>
     <w:rsid w:val="00F32DA2"/>
     <w:rsid w:val="00F330D2"/>
     <w:rsid w:val="00F33440"/>
-    <w:rsid w:val="00F33B4A"/>
     <w:rsid w:val="00F33C73"/>
     <w:rsid w:val="00F340E0"/>
     <w:rsid w:val="00F345E1"/>
+    <w:rsid w:val="00F34A6F"/>
+    <w:rsid w:val="00F34B90"/>
     <w:rsid w:val="00F34E2E"/>
+    <w:rsid w:val="00F34FA2"/>
     <w:rsid w:val="00F35003"/>
+    <w:rsid w:val="00F353B2"/>
     <w:rsid w:val="00F355B6"/>
     <w:rsid w:val="00F355D9"/>
     <w:rsid w:val="00F35874"/>
     <w:rsid w:val="00F35A63"/>
+    <w:rsid w:val="00F35C88"/>
     <w:rsid w:val="00F35D70"/>
     <w:rsid w:val="00F35EDD"/>
     <w:rsid w:val="00F364F7"/>
     <w:rsid w:val="00F367AF"/>
     <w:rsid w:val="00F36874"/>
     <w:rsid w:val="00F3716E"/>
     <w:rsid w:val="00F37330"/>
     <w:rsid w:val="00F374BB"/>
     <w:rsid w:val="00F37795"/>
     <w:rsid w:val="00F379AD"/>
     <w:rsid w:val="00F379EF"/>
     <w:rsid w:val="00F37B19"/>
     <w:rsid w:val="00F37D6F"/>
     <w:rsid w:val="00F37E97"/>
     <w:rsid w:val="00F4089C"/>
+    <w:rsid w:val="00F40D0F"/>
     <w:rsid w:val="00F4104A"/>
     <w:rsid w:val="00F41216"/>
     <w:rsid w:val="00F4125B"/>
+    <w:rsid w:val="00F41473"/>
     <w:rsid w:val="00F42100"/>
     <w:rsid w:val="00F4232A"/>
     <w:rsid w:val="00F42848"/>
     <w:rsid w:val="00F42EBC"/>
     <w:rsid w:val="00F43223"/>
+    <w:rsid w:val="00F44131"/>
+    <w:rsid w:val="00F4417D"/>
+    <w:rsid w:val="00F448B6"/>
     <w:rsid w:val="00F44C34"/>
     <w:rsid w:val="00F456B7"/>
     <w:rsid w:val="00F463B7"/>
+    <w:rsid w:val="00F466AE"/>
     <w:rsid w:val="00F46C9D"/>
     <w:rsid w:val="00F46CC8"/>
     <w:rsid w:val="00F46D1A"/>
     <w:rsid w:val="00F46EBB"/>
-    <w:rsid w:val="00F476AF"/>
     <w:rsid w:val="00F47843"/>
     <w:rsid w:val="00F50856"/>
     <w:rsid w:val="00F50FE7"/>
     <w:rsid w:val="00F510EF"/>
     <w:rsid w:val="00F513F9"/>
     <w:rsid w:val="00F51A87"/>
     <w:rsid w:val="00F5225D"/>
     <w:rsid w:val="00F524BC"/>
     <w:rsid w:val="00F52DB7"/>
     <w:rsid w:val="00F543EE"/>
+    <w:rsid w:val="00F5461A"/>
     <w:rsid w:val="00F54AC0"/>
     <w:rsid w:val="00F54D06"/>
-    <w:rsid w:val="00F54FED"/>
+    <w:rsid w:val="00F54FD7"/>
     <w:rsid w:val="00F55415"/>
     <w:rsid w:val="00F55958"/>
     <w:rsid w:val="00F56585"/>
+    <w:rsid w:val="00F5666D"/>
     <w:rsid w:val="00F56B7A"/>
     <w:rsid w:val="00F56D93"/>
+    <w:rsid w:val="00F56EF7"/>
     <w:rsid w:val="00F570CE"/>
     <w:rsid w:val="00F57295"/>
-    <w:rsid w:val="00F57486"/>
+    <w:rsid w:val="00F57328"/>
     <w:rsid w:val="00F57A06"/>
     <w:rsid w:val="00F57A4C"/>
     <w:rsid w:val="00F602B6"/>
     <w:rsid w:val="00F6053D"/>
     <w:rsid w:val="00F60721"/>
     <w:rsid w:val="00F608C9"/>
     <w:rsid w:val="00F60B5D"/>
     <w:rsid w:val="00F60BB0"/>
     <w:rsid w:val="00F60F79"/>
     <w:rsid w:val="00F6187E"/>
     <w:rsid w:val="00F61FD9"/>
     <w:rsid w:val="00F62205"/>
     <w:rsid w:val="00F62A8B"/>
     <w:rsid w:val="00F63203"/>
     <w:rsid w:val="00F63381"/>
+    <w:rsid w:val="00F63432"/>
     <w:rsid w:val="00F6347E"/>
-    <w:rsid w:val="00F645A9"/>
     <w:rsid w:val="00F64C20"/>
     <w:rsid w:val="00F64FC3"/>
     <w:rsid w:val="00F65026"/>
     <w:rsid w:val="00F6559C"/>
     <w:rsid w:val="00F65966"/>
+    <w:rsid w:val="00F65D82"/>
     <w:rsid w:val="00F65ED5"/>
     <w:rsid w:val="00F6612A"/>
+    <w:rsid w:val="00F66636"/>
     <w:rsid w:val="00F66E2D"/>
+    <w:rsid w:val="00F670C2"/>
     <w:rsid w:val="00F67CC7"/>
     <w:rsid w:val="00F67EFD"/>
-    <w:rsid w:val="00F70B52"/>
+    <w:rsid w:val="00F7051D"/>
     <w:rsid w:val="00F7172F"/>
     <w:rsid w:val="00F71BC3"/>
     <w:rsid w:val="00F72C78"/>
     <w:rsid w:val="00F73197"/>
     <w:rsid w:val="00F7373A"/>
     <w:rsid w:val="00F7425A"/>
     <w:rsid w:val="00F74367"/>
+    <w:rsid w:val="00F744B5"/>
     <w:rsid w:val="00F74870"/>
     <w:rsid w:val="00F74AFE"/>
-    <w:rsid w:val="00F74FFF"/>
+    <w:rsid w:val="00F75507"/>
     <w:rsid w:val="00F75989"/>
+    <w:rsid w:val="00F75FED"/>
     <w:rsid w:val="00F7641E"/>
+    <w:rsid w:val="00F76D22"/>
+    <w:rsid w:val="00F770C2"/>
     <w:rsid w:val="00F77333"/>
+    <w:rsid w:val="00F77882"/>
     <w:rsid w:val="00F778FF"/>
     <w:rsid w:val="00F77F84"/>
     <w:rsid w:val="00F8018D"/>
     <w:rsid w:val="00F80200"/>
     <w:rsid w:val="00F80AD0"/>
     <w:rsid w:val="00F80DF3"/>
     <w:rsid w:val="00F811F5"/>
     <w:rsid w:val="00F81E6A"/>
     <w:rsid w:val="00F822AB"/>
+    <w:rsid w:val="00F82317"/>
     <w:rsid w:val="00F82A0A"/>
     <w:rsid w:val="00F832C3"/>
     <w:rsid w:val="00F834A7"/>
     <w:rsid w:val="00F834E5"/>
+    <w:rsid w:val="00F83A95"/>
     <w:rsid w:val="00F83CA4"/>
     <w:rsid w:val="00F843F0"/>
     <w:rsid w:val="00F84676"/>
     <w:rsid w:val="00F84E0A"/>
     <w:rsid w:val="00F84E34"/>
     <w:rsid w:val="00F84FBD"/>
     <w:rsid w:val="00F85138"/>
     <w:rsid w:val="00F852D0"/>
     <w:rsid w:val="00F85B4F"/>
     <w:rsid w:val="00F8634D"/>
     <w:rsid w:val="00F87386"/>
+    <w:rsid w:val="00F87C63"/>
     <w:rsid w:val="00F90354"/>
     <w:rsid w:val="00F90BAF"/>
     <w:rsid w:val="00F9111F"/>
     <w:rsid w:val="00F917D4"/>
     <w:rsid w:val="00F91DEE"/>
     <w:rsid w:val="00F92587"/>
     <w:rsid w:val="00F927F8"/>
     <w:rsid w:val="00F92CAC"/>
     <w:rsid w:val="00F92F90"/>
+    <w:rsid w:val="00F93015"/>
+    <w:rsid w:val="00F93090"/>
     <w:rsid w:val="00F93377"/>
+    <w:rsid w:val="00F9341C"/>
     <w:rsid w:val="00F93850"/>
     <w:rsid w:val="00F93950"/>
     <w:rsid w:val="00F93A64"/>
     <w:rsid w:val="00F94514"/>
     <w:rsid w:val="00F94729"/>
     <w:rsid w:val="00F949D0"/>
     <w:rsid w:val="00F951D6"/>
     <w:rsid w:val="00F951EC"/>
     <w:rsid w:val="00F9532C"/>
-    <w:rsid w:val="00F95407"/>
     <w:rsid w:val="00F9541C"/>
     <w:rsid w:val="00F9569D"/>
     <w:rsid w:val="00F95E43"/>
+    <w:rsid w:val="00F966CA"/>
     <w:rsid w:val="00F970DE"/>
     <w:rsid w:val="00F9728D"/>
     <w:rsid w:val="00F977AD"/>
     <w:rsid w:val="00F977E9"/>
     <w:rsid w:val="00F97B17"/>
-    <w:rsid w:val="00F97B59"/>
     <w:rsid w:val="00FA0017"/>
+    <w:rsid w:val="00FA0194"/>
     <w:rsid w:val="00FA080F"/>
     <w:rsid w:val="00FA08A7"/>
     <w:rsid w:val="00FA0A0F"/>
     <w:rsid w:val="00FA1136"/>
+    <w:rsid w:val="00FA13BA"/>
     <w:rsid w:val="00FA1808"/>
     <w:rsid w:val="00FA1A70"/>
     <w:rsid w:val="00FA244F"/>
+    <w:rsid w:val="00FA2723"/>
     <w:rsid w:val="00FA2EDB"/>
+    <w:rsid w:val="00FA2FA4"/>
     <w:rsid w:val="00FA34E8"/>
     <w:rsid w:val="00FA36E9"/>
     <w:rsid w:val="00FA38C8"/>
     <w:rsid w:val="00FA3ABD"/>
     <w:rsid w:val="00FA3EFF"/>
+    <w:rsid w:val="00FA406B"/>
     <w:rsid w:val="00FA4281"/>
+    <w:rsid w:val="00FA468E"/>
     <w:rsid w:val="00FA4A75"/>
     <w:rsid w:val="00FA5188"/>
-    <w:rsid w:val="00FA5B23"/>
     <w:rsid w:val="00FA5FC5"/>
     <w:rsid w:val="00FA63EF"/>
     <w:rsid w:val="00FA6956"/>
+    <w:rsid w:val="00FA6E91"/>
     <w:rsid w:val="00FA7195"/>
+    <w:rsid w:val="00FA71AD"/>
     <w:rsid w:val="00FA73D7"/>
     <w:rsid w:val="00FA7B1E"/>
     <w:rsid w:val="00FA7FB1"/>
     <w:rsid w:val="00FB04D6"/>
-    <w:rsid w:val="00FB099A"/>
     <w:rsid w:val="00FB0DE8"/>
     <w:rsid w:val="00FB1695"/>
     <w:rsid w:val="00FB1EF9"/>
     <w:rsid w:val="00FB227E"/>
+    <w:rsid w:val="00FB3BE5"/>
     <w:rsid w:val="00FB5AA9"/>
-    <w:rsid w:val="00FB5DC0"/>
     <w:rsid w:val="00FB5E45"/>
     <w:rsid w:val="00FB624A"/>
     <w:rsid w:val="00FB68FA"/>
     <w:rsid w:val="00FB6C18"/>
+    <w:rsid w:val="00FB6CCC"/>
     <w:rsid w:val="00FB71FB"/>
+    <w:rsid w:val="00FB7251"/>
     <w:rsid w:val="00FB7413"/>
     <w:rsid w:val="00FB7630"/>
-    <w:rsid w:val="00FC0B5F"/>
     <w:rsid w:val="00FC1367"/>
     <w:rsid w:val="00FC1ACB"/>
     <w:rsid w:val="00FC1C77"/>
     <w:rsid w:val="00FC20C3"/>
     <w:rsid w:val="00FC288C"/>
+    <w:rsid w:val="00FC29BB"/>
     <w:rsid w:val="00FC2B4E"/>
     <w:rsid w:val="00FC2C97"/>
     <w:rsid w:val="00FC3479"/>
     <w:rsid w:val="00FC3605"/>
-    <w:rsid w:val="00FC58E4"/>
+    <w:rsid w:val="00FC3C7B"/>
+    <w:rsid w:val="00FC5C47"/>
     <w:rsid w:val="00FC5D4F"/>
     <w:rsid w:val="00FC602B"/>
     <w:rsid w:val="00FC6263"/>
+    <w:rsid w:val="00FC6403"/>
     <w:rsid w:val="00FC6F7F"/>
     <w:rsid w:val="00FC7864"/>
     <w:rsid w:val="00FC78EF"/>
     <w:rsid w:val="00FC7B47"/>
     <w:rsid w:val="00FD0121"/>
     <w:rsid w:val="00FD0BA0"/>
     <w:rsid w:val="00FD113F"/>
     <w:rsid w:val="00FD1A4D"/>
     <w:rsid w:val="00FD2515"/>
     <w:rsid w:val="00FD3078"/>
     <w:rsid w:val="00FD30D0"/>
     <w:rsid w:val="00FD335F"/>
     <w:rsid w:val="00FD354B"/>
     <w:rsid w:val="00FD385A"/>
     <w:rsid w:val="00FD3AD0"/>
     <w:rsid w:val="00FD3D27"/>
+    <w:rsid w:val="00FD3E97"/>
     <w:rsid w:val="00FD4160"/>
     <w:rsid w:val="00FD457A"/>
     <w:rsid w:val="00FD46A5"/>
+    <w:rsid w:val="00FD4BB5"/>
     <w:rsid w:val="00FD4BFB"/>
     <w:rsid w:val="00FD4E5C"/>
-    <w:rsid w:val="00FD5033"/>
     <w:rsid w:val="00FD5116"/>
     <w:rsid w:val="00FD5DB3"/>
     <w:rsid w:val="00FD5DFA"/>
     <w:rsid w:val="00FD6052"/>
     <w:rsid w:val="00FD6715"/>
     <w:rsid w:val="00FD7474"/>
     <w:rsid w:val="00FD7977"/>
     <w:rsid w:val="00FD7B5F"/>
     <w:rsid w:val="00FE024B"/>
     <w:rsid w:val="00FE0B73"/>
     <w:rsid w:val="00FE13A2"/>
+    <w:rsid w:val="00FE15A5"/>
     <w:rsid w:val="00FE15B7"/>
     <w:rsid w:val="00FE18C4"/>
     <w:rsid w:val="00FE1B82"/>
     <w:rsid w:val="00FE1EB2"/>
     <w:rsid w:val="00FE2191"/>
     <w:rsid w:val="00FE2251"/>
     <w:rsid w:val="00FE2575"/>
     <w:rsid w:val="00FE2685"/>
     <w:rsid w:val="00FE298E"/>
     <w:rsid w:val="00FE2C46"/>
     <w:rsid w:val="00FE302E"/>
-    <w:rsid w:val="00FE3146"/>
     <w:rsid w:val="00FE39DD"/>
+    <w:rsid w:val="00FE3CAD"/>
     <w:rsid w:val="00FE3D2A"/>
     <w:rsid w:val="00FE3FFD"/>
     <w:rsid w:val="00FE406B"/>
     <w:rsid w:val="00FE4392"/>
-    <w:rsid w:val="00FE4F47"/>
     <w:rsid w:val="00FE5312"/>
     <w:rsid w:val="00FE5645"/>
     <w:rsid w:val="00FE5730"/>
     <w:rsid w:val="00FE65A7"/>
+    <w:rsid w:val="00FE662F"/>
     <w:rsid w:val="00FE6C3C"/>
     <w:rsid w:val="00FF0A24"/>
     <w:rsid w:val="00FF0B2F"/>
     <w:rsid w:val="00FF0F09"/>
+    <w:rsid w:val="00FF0F69"/>
     <w:rsid w:val="00FF12E5"/>
     <w:rsid w:val="00FF1FE4"/>
     <w:rsid w:val="00FF2206"/>
     <w:rsid w:val="00FF2292"/>
     <w:rsid w:val="00FF23F1"/>
+    <w:rsid w:val="00FF24DF"/>
     <w:rsid w:val="00FF2694"/>
     <w:rsid w:val="00FF3072"/>
     <w:rsid w:val="00FF341B"/>
     <w:rsid w:val="00FF3C75"/>
     <w:rsid w:val="00FF3C9D"/>
+    <w:rsid w:val="00FF4366"/>
     <w:rsid w:val="00FF47C9"/>
     <w:rsid w:val="00FF485A"/>
     <w:rsid w:val="00FF48B6"/>
     <w:rsid w:val="00FF4ACE"/>
     <w:rsid w:val="00FF4E73"/>
     <w:rsid w:val="00FF4FAF"/>
     <w:rsid w:val="00FF5775"/>
-    <w:rsid w:val="00FF6388"/>
     <w:rsid w:val="00FF667F"/>
     <w:rsid w:val="00FF6C2F"/>
+    <w:rsid w:val="00FF756C"/>
+    <w:rsid w:val="00FF75FE"/>
     <w:rsid w:val="00FF76FE"/>
     <w:rsid w:val="00FF7BBA"/>
     <w:rsid w:val="00FF7F54"/>
     <w:rsid w:val="00FF7FBF"/>
     <w:rsid w:val="010885C3"/>
     <w:rsid w:val="019FA6FE"/>
     <w:rsid w:val="01CB89EA"/>
     <w:rsid w:val="01CD8CD1"/>
     <w:rsid w:val="01CEA699"/>
     <w:rsid w:val="01E9F111"/>
     <w:rsid w:val="03551CE2"/>
     <w:rsid w:val="035B2436"/>
     <w:rsid w:val="036DD822"/>
     <w:rsid w:val="03BC793B"/>
     <w:rsid w:val="0437704C"/>
     <w:rsid w:val="0485E228"/>
     <w:rsid w:val="049D1B31"/>
     <w:rsid w:val="0509E76F"/>
     <w:rsid w:val="054706EA"/>
     <w:rsid w:val="05AE4FF4"/>
     <w:rsid w:val="05DB7DAE"/>
     <w:rsid w:val="06789607"/>
     <w:rsid w:val="0689D6A7"/>
     <w:rsid w:val="06B94735"/>
     <w:rsid w:val="0740F279"/>
@@ -25894,209 +32371,195 @@
     <w:rsid w:val="1F63B926"/>
     <w:rsid w:val="1FE4BDD1"/>
     <w:rsid w:val="2007CF94"/>
     <w:rsid w:val="207CC22A"/>
     <w:rsid w:val="20C372C7"/>
     <w:rsid w:val="2106FB90"/>
     <w:rsid w:val="21657D0C"/>
     <w:rsid w:val="21B572E6"/>
     <w:rsid w:val="21BA9C9B"/>
     <w:rsid w:val="21D8D01A"/>
     <w:rsid w:val="22140550"/>
     <w:rsid w:val="2262AA78"/>
     <w:rsid w:val="2282CB1D"/>
     <w:rsid w:val="22B01956"/>
     <w:rsid w:val="230708AB"/>
     <w:rsid w:val="23183CED"/>
     <w:rsid w:val="239ABB7D"/>
     <w:rsid w:val="2416D4BF"/>
     <w:rsid w:val="24477189"/>
     <w:rsid w:val="2451DF3A"/>
     <w:rsid w:val="2468D356"/>
     <w:rsid w:val="246BE30C"/>
     <w:rsid w:val="246CD287"/>
     <w:rsid w:val="2523191D"/>
     <w:rsid w:val="2568AB0B"/>
-    <w:rsid w:val="257028AD"/>
     <w:rsid w:val="259E3A13"/>
     <w:rsid w:val="25F33BE6"/>
     <w:rsid w:val="261F268C"/>
     <w:rsid w:val="2683EF99"/>
     <w:rsid w:val="26A4FF53"/>
     <w:rsid w:val="26CCB7AA"/>
     <w:rsid w:val="26E34B4E"/>
     <w:rsid w:val="2714C861"/>
     <w:rsid w:val="27663178"/>
     <w:rsid w:val="2773DF11"/>
     <w:rsid w:val="279020D4"/>
     <w:rsid w:val="27902803"/>
     <w:rsid w:val="27D0625A"/>
     <w:rsid w:val="27DD393D"/>
     <w:rsid w:val="28273D65"/>
     <w:rsid w:val="29085A55"/>
     <w:rsid w:val="295F0B3C"/>
     <w:rsid w:val="2A355D98"/>
     <w:rsid w:val="2A74601D"/>
-    <w:rsid w:val="2A926D73"/>
     <w:rsid w:val="2AB1EAEF"/>
     <w:rsid w:val="2AB2C8D8"/>
     <w:rsid w:val="2B270E5D"/>
     <w:rsid w:val="2B405877"/>
     <w:rsid w:val="2B449894"/>
     <w:rsid w:val="2B72BD34"/>
     <w:rsid w:val="2B72D985"/>
     <w:rsid w:val="2C0F1796"/>
     <w:rsid w:val="2C32C152"/>
     <w:rsid w:val="2C46CF51"/>
     <w:rsid w:val="2C837899"/>
     <w:rsid w:val="2C9158C6"/>
     <w:rsid w:val="2DA1BF57"/>
     <w:rsid w:val="2DEA05BD"/>
     <w:rsid w:val="2DFFAC9A"/>
-    <w:rsid w:val="2E0D14D6"/>
     <w:rsid w:val="2E7B5CE0"/>
     <w:rsid w:val="2E7C31C9"/>
-    <w:rsid w:val="2EE02FD9"/>
     <w:rsid w:val="2F071CE2"/>
     <w:rsid w:val="2F11D050"/>
-    <w:rsid w:val="2F8879A1"/>
     <w:rsid w:val="302AE77A"/>
     <w:rsid w:val="304B4F25"/>
     <w:rsid w:val="3069EFA4"/>
     <w:rsid w:val="30813013"/>
     <w:rsid w:val="30CC72CC"/>
     <w:rsid w:val="30FD12C7"/>
     <w:rsid w:val="31092F4C"/>
     <w:rsid w:val="318985F6"/>
     <w:rsid w:val="31DE879D"/>
     <w:rsid w:val="31EE043A"/>
-    <w:rsid w:val="329F770F"/>
     <w:rsid w:val="32B4A2FF"/>
     <w:rsid w:val="32C26E34"/>
     <w:rsid w:val="32E92805"/>
     <w:rsid w:val="330C91CE"/>
     <w:rsid w:val="331CAEC4"/>
     <w:rsid w:val="3329E10D"/>
     <w:rsid w:val="3338F81A"/>
     <w:rsid w:val="33910EFE"/>
     <w:rsid w:val="33BB9C91"/>
-    <w:rsid w:val="33D691F0"/>
     <w:rsid w:val="33E2ABA4"/>
     <w:rsid w:val="33ED6D7C"/>
     <w:rsid w:val="342BD182"/>
     <w:rsid w:val="343D783B"/>
     <w:rsid w:val="3481C652"/>
     <w:rsid w:val="3481DB8B"/>
     <w:rsid w:val="348503EB"/>
     <w:rsid w:val="354EFDAC"/>
     <w:rsid w:val="356329EE"/>
     <w:rsid w:val="35A009EC"/>
     <w:rsid w:val="35B80FFE"/>
-    <w:rsid w:val="362CDBAD"/>
-    <w:rsid w:val="36A027C6"/>
     <w:rsid w:val="36D3BC6C"/>
     <w:rsid w:val="3746FD72"/>
     <w:rsid w:val="37B39D51"/>
     <w:rsid w:val="37B7AB2F"/>
     <w:rsid w:val="37D9AB18"/>
     <w:rsid w:val="37E3E6A4"/>
     <w:rsid w:val="380429CB"/>
     <w:rsid w:val="38092712"/>
     <w:rsid w:val="383AF6BC"/>
     <w:rsid w:val="388A199C"/>
-    <w:rsid w:val="3894DE06"/>
     <w:rsid w:val="3894F219"/>
     <w:rsid w:val="38A1C645"/>
     <w:rsid w:val="38E2768A"/>
     <w:rsid w:val="38EC5CF0"/>
-    <w:rsid w:val="39B09CBA"/>
     <w:rsid w:val="39FE3EBC"/>
     <w:rsid w:val="3A2AD87D"/>
     <w:rsid w:val="3A358370"/>
     <w:rsid w:val="3A4D3B1F"/>
     <w:rsid w:val="3ADE6DD2"/>
     <w:rsid w:val="3AF69438"/>
     <w:rsid w:val="3B0209F9"/>
     <w:rsid w:val="3B99B6AD"/>
     <w:rsid w:val="3B9FD876"/>
     <w:rsid w:val="3BF261C1"/>
     <w:rsid w:val="3C4BAF29"/>
     <w:rsid w:val="3C9336CA"/>
     <w:rsid w:val="3CC77A80"/>
     <w:rsid w:val="3CF9746A"/>
     <w:rsid w:val="3D5B8B69"/>
     <w:rsid w:val="3DDCB5F8"/>
     <w:rsid w:val="3E657CDD"/>
     <w:rsid w:val="3E70D751"/>
     <w:rsid w:val="3EBF43C7"/>
     <w:rsid w:val="3F25643A"/>
-    <w:rsid w:val="3F49E715"/>
-    <w:rsid w:val="3FAD3883"/>
     <w:rsid w:val="3FADDAA1"/>
     <w:rsid w:val="3FB688F3"/>
     <w:rsid w:val="3FBF20C2"/>
     <w:rsid w:val="3FC1C036"/>
     <w:rsid w:val="3FF5BFDD"/>
     <w:rsid w:val="410F418A"/>
     <w:rsid w:val="41E4A38E"/>
     <w:rsid w:val="41E66EF7"/>
     <w:rsid w:val="421609B3"/>
     <w:rsid w:val="42CC7BC5"/>
     <w:rsid w:val="42FA3B1F"/>
     <w:rsid w:val="433C90B5"/>
     <w:rsid w:val="43504692"/>
     <w:rsid w:val="44DB780A"/>
     <w:rsid w:val="451D8467"/>
     <w:rsid w:val="452DB02E"/>
     <w:rsid w:val="4569191D"/>
     <w:rsid w:val="45F1749E"/>
     <w:rsid w:val="46EC0885"/>
     <w:rsid w:val="470E9718"/>
     <w:rsid w:val="47C4C87B"/>
     <w:rsid w:val="47D2210E"/>
     <w:rsid w:val="47F40877"/>
     <w:rsid w:val="481C2B5F"/>
     <w:rsid w:val="482406E7"/>
     <w:rsid w:val="48293F8C"/>
     <w:rsid w:val="483CA196"/>
     <w:rsid w:val="49096F91"/>
     <w:rsid w:val="4930D506"/>
     <w:rsid w:val="4951C592"/>
     <w:rsid w:val="49E63A88"/>
     <w:rsid w:val="4A136BDC"/>
     <w:rsid w:val="4A26B89D"/>
     <w:rsid w:val="4B0163C5"/>
     <w:rsid w:val="4B60781D"/>
     <w:rsid w:val="4BF3104F"/>
     <w:rsid w:val="4BFEA3DF"/>
     <w:rsid w:val="4C2A9F3F"/>
     <w:rsid w:val="4CD9714A"/>
     <w:rsid w:val="4DCF5614"/>
     <w:rsid w:val="4DEBA75F"/>
     <w:rsid w:val="4E079D94"/>
     <w:rsid w:val="4E395CC5"/>
-    <w:rsid w:val="4E585A4B"/>
     <w:rsid w:val="4ED97C9A"/>
     <w:rsid w:val="4EF801C0"/>
     <w:rsid w:val="4F09E275"/>
     <w:rsid w:val="4F81A441"/>
     <w:rsid w:val="4FA8B06B"/>
     <w:rsid w:val="4FDDDC33"/>
     <w:rsid w:val="50154D23"/>
     <w:rsid w:val="501ACC07"/>
     <w:rsid w:val="505B6E0A"/>
     <w:rsid w:val="505B7E99"/>
     <w:rsid w:val="5073386C"/>
     <w:rsid w:val="50BEEE4F"/>
     <w:rsid w:val="50DF1D72"/>
     <w:rsid w:val="5110D5A6"/>
     <w:rsid w:val="514378B5"/>
     <w:rsid w:val="5187E4DA"/>
     <w:rsid w:val="51BC80A4"/>
     <w:rsid w:val="51F5625D"/>
     <w:rsid w:val="525D1729"/>
     <w:rsid w:val="5268E906"/>
     <w:rsid w:val="53D00C69"/>
     <w:rsid w:val="54579326"/>
     <w:rsid w:val="5473CD39"/>
     <w:rsid w:val="556377FB"/>
     <w:rsid w:val="5568833A"/>
@@ -26130,116 +32593,110 @@
     <w:rsid w:val="5CDD37BD"/>
     <w:rsid w:val="5D14C480"/>
     <w:rsid w:val="5D2D794F"/>
     <w:rsid w:val="5D390228"/>
     <w:rsid w:val="5D784754"/>
     <w:rsid w:val="5DC80A56"/>
     <w:rsid w:val="5DF23226"/>
     <w:rsid w:val="5E088BEF"/>
     <w:rsid w:val="5E3DD23D"/>
     <w:rsid w:val="5E54A18C"/>
     <w:rsid w:val="5E647E3E"/>
     <w:rsid w:val="5F2B1441"/>
     <w:rsid w:val="60841615"/>
     <w:rsid w:val="6090249D"/>
     <w:rsid w:val="61090B2D"/>
     <w:rsid w:val="610AB160"/>
     <w:rsid w:val="613DC743"/>
     <w:rsid w:val="61674B42"/>
     <w:rsid w:val="61802BDC"/>
     <w:rsid w:val="618F2E34"/>
     <w:rsid w:val="61A751AA"/>
     <w:rsid w:val="635D1BE8"/>
     <w:rsid w:val="63793ADC"/>
     <w:rsid w:val="638FCA67"/>
     <w:rsid w:val="63C6D75D"/>
-    <w:rsid w:val="63D4BFF6"/>
     <w:rsid w:val="645A7CA4"/>
     <w:rsid w:val="648D456B"/>
     <w:rsid w:val="64D2AD47"/>
     <w:rsid w:val="655A5448"/>
     <w:rsid w:val="65B31951"/>
     <w:rsid w:val="65F64D05"/>
     <w:rsid w:val="661368FA"/>
     <w:rsid w:val="668AFE8F"/>
     <w:rsid w:val="670C7F9B"/>
     <w:rsid w:val="671A1D1F"/>
     <w:rsid w:val="671CAC54"/>
     <w:rsid w:val="675776C0"/>
     <w:rsid w:val="677CCF43"/>
     <w:rsid w:val="682EB24E"/>
     <w:rsid w:val="6841D4E1"/>
     <w:rsid w:val="6859311B"/>
     <w:rsid w:val="6866FE79"/>
-    <w:rsid w:val="689B9DAA"/>
     <w:rsid w:val="68A131B5"/>
     <w:rsid w:val="68C2DA8B"/>
-    <w:rsid w:val="68FAEB21"/>
     <w:rsid w:val="690F72A4"/>
     <w:rsid w:val="695AE07A"/>
     <w:rsid w:val="697B0267"/>
     <w:rsid w:val="69F389EE"/>
     <w:rsid w:val="6A158E7B"/>
     <w:rsid w:val="6A2AA9E6"/>
     <w:rsid w:val="6A40A319"/>
     <w:rsid w:val="6A799C6C"/>
     <w:rsid w:val="6A8A7AB1"/>
     <w:rsid w:val="6AEA58D8"/>
     <w:rsid w:val="6B61C945"/>
-    <w:rsid w:val="6B9E0281"/>
     <w:rsid w:val="6C05D65D"/>
     <w:rsid w:val="6C35FB41"/>
     <w:rsid w:val="6C88CFEE"/>
     <w:rsid w:val="6C8BC9D4"/>
     <w:rsid w:val="6C9037D6"/>
     <w:rsid w:val="6CB20F46"/>
     <w:rsid w:val="6CCCE185"/>
     <w:rsid w:val="6CEB32F8"/>
     <w:rsid w:val="6D30A8ED"/>
     <w:rsid w:val="6D792608"/>
     <w:rsid w:val="6DF6F073"/>
     <w:rsid w:val="6E354CD8"/>
     <w:rsid w:val="6E611EC1"/>
     <w:rsid w:val="6EC15611"/>
     <w:rsid w:val="6EF0E23F"/>
     <w:rsid w:val="6F284485"/>
     <w:rsid w:val="6F337DC9"/>
     <w:rsid w:val="6F617601"/>
     <w:rsid w:val="701D9B55"/>
     <w:rsid w:val="70398423"/>
     <w:rsid w:val="704DA716"/>
     <w:rsid w:val="7060DD5F"/>
     <w:rsid w:val="707CDF24"/>
     <w:rsid w:val="70C577DD"/>
     <w:rsid w:val="7144E635"/>
     <w:rsid w:val="7169CE7A"/>
     <w:rsid w:val="717BB15F"/>
     <w:rsid w:val="7182B05F"/>
-    <w:rsid w:val="71841CE0"/>
     <w:rsid w:val="7262548E"/>
     <w:rsid w:val="73000191"/>
-    <w:rsid w:val="731B3587"/>
     <w:rsid w:val="73580557"/>
     <w:rsid w:val="73938ACA"/>
     <w:rsid w:val="740F3C8E"/>
     <w:rsid w:val="742D32A1"/>
     <w:rsid w:val="7466226B"/>
     <w:rsid w:val="748BE7A0"/>
     <w:rsid w:val="7495034C"/>
     <w:rsid w:val="74B80E6F"/>
     <w:rsid w:val="74E45228"/>
     <w:rsid w:val="751EBE88"/>
     <w:rsid w:val="754E27E2"/>
     <w:rsid w:val="7581A57D"/>
     <w:rsid w:val="75CF1133"/>
     <w:rsid w:val="75D2AC8C"/>
     <w:rsid w:val="7678258D"/>
     <w:rsid w:val="76DCC80E"/>
     <w:rsid w:val="77519A79"/>
     <w:rsid w:val="7765D499"/>
     <w:rsid w:val="77B127A8"/>
     <w:rsid w:val="77B47E03"/>
     <w:rsid w:val="77EFA906"/>
     <w:rsid w:val="781B82A9"/>
     <w:rsid w:val="781E0393"/>
     <w:rsid w:val="785E1FF0"/>
     <w:rsid w:val="789815B9"/>
@@ -26272,51 +32729,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7FB3A3FC"/>
-  <w15:docId w15:val="{9F431D30-0316-44D8-A3A6-056D1A478739}"/>
+  <w15:docId w15:val="{E6E23F7D-CA89-44BF-AEB2-1D210E85A415}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -26674,120 +33131,125 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00506B17"/>
+    <w:rsid w:val="006C798C"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B848D5"/>
+    <w:rsid w:val="00BB5677"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="2D029A"/>
-      <w:sz w:val="28"/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E3354F"/>
+    <w:rsid w:val="00633557"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:color w:val="2D029A"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E669BA"/>
+    <w:rsid w:val="00633557"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001D2500"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
@@ -26991,71 +33453,71 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA4C0C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B848D5"/>
+    <w:rsid w:val="00BB5677"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="2D029A"/>
-      <w:sz w:val="28"/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E3354F"/>
+    <w:rsid w:val="00633557"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:color w:val="2D029A"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CA16E0"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001D2500"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
@@ -27189,55 +33651,57 @@
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E669BA"/>
+    <w:rsid w:val="00633557"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="001D2500"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="001D2500"/>
     <w:rPr>
@@ -27339,51 +33803,50 @@
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="001D2500"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:spacing w:val="15"/>
-      <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="001D2500"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="001D2500"/>
@@ -27527,61 +33990,63 @@
       <w:color w:val="C0504D" w:themeColor="accent2"/>
       <w:spacing w:val="5"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="001D2500"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001D2500"/>
+    <w:rsid w:val="00633557"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001D2500"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="001D2500"/>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="006B0B2D"/>
@@ -27660,73 +34125,72 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B91049"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003E118F"/>
+    <w:rsid w:val="006C798C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="003E118F"/>
+    <w:rsid w:val="006C798C"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:b/>
       <w:bCs/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeadText2">
     <w:name w:val="Head Text 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeadText2Char"/>
     <w:rsid w:val="00980306"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeadText2Char">
     <w:name w:val="Head Text 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HeadText2"/>
     <w:rsid w:val="00980306"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
@@ -27803,102 +34267,102 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DefaultFontHxMailStyle">
     <w:name w:val="Default Font HxMail Style"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00EE6D40"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="auto"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00242685"/>
+    <w:rsid w:val="00B22304"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9926"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
       <w:bCs/>
-      <w:caps/>
       <w:noProof/>
-      <w:sz w:val="20"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00242685"/>
+    <w:rsid w:val="00003C5E"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="220"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
-      <w:smallCaps/>
-      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006B1B80"/>
+    <w:rsid w:val="00003C5E"/>
     <w:pPr>
-      <w:spacing w:after="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+      </w:tabs>
+      <w:spacing w:before="120" w:after="120"/>
       <w:ind w:left="440"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
-      <w:i/>
       <w:iCs/>
-      <w:sz w:val="16"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00550EFD"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="660"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
@@ -29585,50 +36049,127 @@
         <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009812F9"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D87E6F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D87E6F"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D87E6F"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00557F2C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00557F2C"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="EndnoteReference">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00557F2C"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="4332848">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="47732983">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -31144,75 +37685,71 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36572&amp;releaseNbr=0&amp;docType=P&amp;mode=initial" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36650&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kerri.quinn@mass.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36554&amp;releaseNbr=0&amp;currentPage=1&amp;dateTime=1750865747867" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docType=P&amp;mode=summary&amp;docId=PO-26-1080-OSD03-OSD03-36571&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36574&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36600&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36577&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36573&amp;releaseNbr=0&amp;docType=P&amp;mode=initial" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36603&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36649&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:egreen@ebgreenconsulting.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36554&amp;releaseNbr=0&amp;currentPage=1&amp;dateTime=1750865747867" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36574&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36601&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36572&amp;releaseNbr=0&amp;docType=P&amp;mode=initial" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36579&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36651&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/801-CMR-21-procurement-of-commodities-or-services-including-human-and-social-services" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36573&amp;releaseNbr=0&amp;docType=P&amp;mode=initial" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docType=P&amp;mode=summary&amp;docId=PO-26-1080-OSD03-OSD03-36571&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36577&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36602&amp;releaseNbr=0&amp;currentPage=1&amp;dateTime=1751046753345" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docType=P&amp;mode=summary&amp;docId=PO-26-1080-OSD03-OSD03-36554&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36554&amp;releaseNbr=0&amp;currentPage=1&amp;dateTime=1750865747867" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36706&amp;releaseNbr=0" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36554&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36574&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36706&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36649&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:document_csm@allyant.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37090&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36554&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36577&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36603&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manish@iaccessible.net" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caroline@scribely.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36780&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36651&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36554&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36579&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:egreen@ebgreenconsulting.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36554&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36712&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36600&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aseem.gupta@publicissapient.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="peter_villa@wgbh.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36571&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ksansom@chaxtc.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="jennifer.sagalyn@perkins.org" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36650&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:usman@uisat.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36572&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kerri.Quinn@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36573&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.flanagan-lanier@mass.gov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Sandy.Maloney@cgi.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36602&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jwillcox@IteratorsTesting.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36601&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -31484,63 +38021,54 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a769f5e92b7c1d9dc616422e0a2633ff">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -31731,1763 +38259,1512 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EC3DFB7-28AA-4175-BBEF-BA85B654AF22}"/>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FF7D1DE-5955-4583-A15C-5302D7F9E242}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
-[...1 lines deleted...]
-  <Characters>33239</Characters>
+  <Pages>21</Pages>
+  <Words>6519</Words>
+  <Characters>37161</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>77</Paragraphs>
+  <DocSecurity>2</DocSecurity>
+  <Lines>309</Lines>
+  <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Products and Services Contract User Guide Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38993</CharactersWithSpaces>
+  <CharactersWithSpaces>43593</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="564" baseType="variant">
-[...4 lines deleted...]
-        <vt:i4>363</vt:i4>
+    <vt:vector size="480" baseType="variant">
+      <vt:variant>
+        <vt:i4>3342415</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>342</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36601&amp;releaseNbr=0</vt:lpwstr>
+        <vt:lpwstr>https://www.sec.state.ma.us/divisions/cis/download/maps/County_Map.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1376262</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>360</vt:i4>
+        <vt:i4>2424926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>339</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36600&amp;releaseNbr=0</vt:lpwstr>
+        <vt:lpwstr>mailto:Comptroller.Info@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1441867</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>357</vt:i4>
+        <vt:i4>6094936</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>336</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36602&amp;releaseNbr=0&amp;currentPage=1&amp;dateTime=1751046753345</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1376261</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>354</vt:i4>
+        <vt:i4>6553639</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>333</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36603&amp;releaseNbr=0</vt:lpwstr>
+        <vt:lpwstr>https://go.procurated.com/ma-statewide/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>351</vt:i4>
+        <vt:i4>6553703</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>330</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1114124</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>348</vt:i4>
+        <vt:i4>6619241</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>327</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36579&amp;releaseNbr=0</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/regulations/801-CMR-21-procurement-of-commodities-or-services-including-human-and-social-services</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>345</vt:i4>
+        <vt:i4>2228276</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>324</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.macomptroller.org/policies/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1114114</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>342</vt:i4>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>321</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36577&amp;releaseNbr=0</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>339</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3145732</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>318</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1114113</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>336</vt:i4>
+        <vt:i4>852015</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>315</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36574&amp;releaseNbr=0</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA.</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>333</vt:i4>
+        <vt:i4>4128803</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>312</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3473459</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>330</vt:i4>
+        <vt:i4>852045</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>309</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36573&amp;releaseNbr=0&amp;docType=P&amp;mode=initial</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/statewide-contract-index</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>327</vt:i4>
+        <vt:i4>2162729</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>306</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/orgs/supplier-diversity-office-sdo</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3473458</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>324</vt:i4>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>303</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36572&amp;releaseNbr=0&amp;docType=P&amp;mode=initial</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>321</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5505096</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>300</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/information-for-apprentices</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7274533</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>318</vt:i4>
+        <vt:i4>6553725</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>297</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docType=P&amp;mode=summary&amp;docId=PO-26-1080-OSD03-OSD03-36571&amp;releaseNbr=0</vt:lpwstr>
+        <vt:lpwstr>http://www.mass.gov/prevailing-wage-enforcement</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>315</vt:i4>
+        <vt:i4>1179721</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>294</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/weekly-certified-payroll-report/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1376335</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>312</vt:i4>
+        <vt:i4>7536743</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>291</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36554&amp;releaseNbr=0&amp;currentPage=1&amp;dateTime=1750865747867</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/orgs/department-of-labor-standards</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>309</vt:i4>
+        <vt:i4>5832719</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>288</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/orgs/executive-office-of-labor-and-workforce-development</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1114114</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>306</vt:i4>
+        <vt:i4>1507421</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>285</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36577&amp;releaseNbr=0</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/public-construction</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>303</vt:i4>
+        <vt:i4>5898350</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>282</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>mailto:AGOBidUnit@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1114113</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>300</vt:i4>
+        <vt:i4>5046399</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>279</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36574&amp;releaseNbr=0</vt:lpwstr>
+        <vt:lpwstr>mailto:OIGProcurementSupport@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>297</vt:i4>
+        <vt:i4>3080228</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>276</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/how-to/get-public-procurement-assistance-from-our-chapter-30b-team</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3473459</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>294</vt:i4>
+        <vt:i4>6750246</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>273</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36573&amp;releaseNbr=0&amp;docType=P&amp;mode=initial</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/download-oig-public-purchasing-and-public-construction-manuals</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>291</vt:i4>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>270</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3473458</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>288</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>267</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36572&amp;releaseNbr=0&amp;docType=P&amp;mode=initial</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>285</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2883710</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>264</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-15-1080-OSD01-OSD10-00000003619&amp;releaseNbr=0&amp;parentUrl=contract</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7274533</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>282</vt:i4>
+        <vt:i4>5242970</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>261</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docType=P&amp;mode=summary&amp;docId=PO-26-1080-OSD03-OSD03-36571&amp;releaseNbr=0</vt:lpwstr>
+        <vt:lpwstr>http://www.commbuys.com/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>279</vt:i4>
+        <vt:i4>2949151</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>258</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>mailto:OSDhelpdesk@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1376335</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>276</vt:i4>
+        <vt:i4>7012465</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>255</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-OSD03-36554&amp;releaseNbr=0&amp;currentPage=1&amp;dateTime=1750865747867</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2424926</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>273</vt:i4>
+        <vt:i4>6684796</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>252</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Comptroller.Info@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>270</vt:i4>
+        <vt:i4>6684796</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>249</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>267</vt:i4>
+        <vt:i4>3538979</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>246</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>983075</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>264</vt:i4>
+        <vt:i4>2621489</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>243</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:joshua.flanagan-lanier@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6553639</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>261</vt:i4>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>240</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://go.procurated.com/ma-statewide/</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6553703</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>258</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5308441</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>237</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/info-details/non-profit-purchasing-programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6619241</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>255</vt:i4>
+        <vt:i4>8323141</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>234</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/regulations/801-CMR-21-procurement-of-commodities-or-services-including-human-and-social-services</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2228276</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>252</vt:i4>
+        <vt:lpwstr>_Frequently_Purchased_Items</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>227</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.macomptroller.org/policies/</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
+        <vt:lpwstr>_Toc198032187</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>221</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032186</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>215</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032185</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>209</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032184</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>203</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032183</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>197</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032182</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>191</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032181</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>185</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032180</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>179</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032179</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>173</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032178</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>167</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032177</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>161</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032176</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>155</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032175</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>149</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032174</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>143</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032173</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>137</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032172</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>131</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032171</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>125</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032170</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>119</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032169</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>113</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032168</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>107</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032167</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>101</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032166</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>95</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032165</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>89</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032164</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>83</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032163</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>77</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032162</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>71</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032161</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>65</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032160</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>59</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032159</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>53</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032158</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>47</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032157</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>41</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032156</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>35</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032155</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>29</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032154</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>23</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032153</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>17</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032152</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>11</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032151</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
         <vt:i4>262249</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>249</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3145732</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>246</vt:i4>
+        <vt:i4>5701758</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>852015</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>243</vt:i4>
+        <vt:lpwstr>_Quote_Response_and</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376354</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA.</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4128803</vt:i4>
-[...896 lines deleted...]
-        <vt:lpwstr/>
+        <vt:lpwstr>_Extend_Beyond_(Performance</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2621500</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>24</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.mass.gov/osd</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2621500</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
@@ -33508,47 +39785,47 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.mass.gov/osd</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>