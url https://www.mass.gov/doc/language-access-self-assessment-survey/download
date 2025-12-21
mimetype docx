--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -1,8473 +1,40149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2F4B17A6" w14:textId="5184261F" w:rsidR="00317C0A" w:rsidRDefault="00317C0A" w:rsidP="00317C0A">
+    <w:p w14:paraId="26B82BF5" w14:textId="2FFAE1A3" w:rsidR="00DD1150" w:rsidRPr="00BE3671" w:rsidRDefault="00BE3671" w:rsidP="00683C19">
       <w:pPr>
-        <w:pStyle w:val="Caption"/>
-        <w:keepNext/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00BE3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
-        <w:t>1</w:t>
-[...785 lines deleted...]
-        </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="1DCA2B50" wp14:editId="5D7CC1C0">
-[...654 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="205CAE35" wp14:editId="69BE34F2">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26B82FB2" wp14:editId="0F5C38F5">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>-22860</wp:posOffset>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>914400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>213360</wp:posOffset>
+                  <wp:posOffset>135890</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5918200" cy="342900"/>
-[...2 lines deleted...]
-                <wp:docPr id="3" name="Text Box 3">
+                <wp:extent cx="5943600" cy="20320"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="4" name="Group 4">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
-                <wp:cNvGraphicFramePr/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
-[...2 lines deleted...]
-                      <wps:spPr>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5918200" cy="342900"/>
+                          <a:ext cx="5943600" cy="20320"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="5943600" cy="20320"/>
                         </a:xfrm>
-                        <a:prstGeom prst="rect">
-[...31 lines deleted...]
-                    </wps:wsp>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="5" name="Graphic 5"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5943600" cy="20320"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="5943600" h="20320">
+                                <a:moveTo>
+                                  <a:pt x="5943600" y="127"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5940539" y="127"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5940539" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3048" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="127"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="3035"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="19799"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5943600" y="19799"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5943600" y="127"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="9F9F9F"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="6" name="Graphic 6"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5940552" y="0"/>
+                            <a:ext cx="3175" cy="3175"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3175" h="3175">
+                                <a:moveTo>
+                                  <a:pt x="3048" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="3035"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3048" y="3035"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3048" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="E2E2E2"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="7" name="Graphic 7"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5943600" cy="17145"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="5943600" h="17145">
+                                <a:moveTo>
+                                  <a:pt x="3048" y="3035"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="3035"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="16751"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3048" y="16751"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3048" y="3035"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="5943600" h="17145">
+                                <a:moveTo>
+                                  <a:pt x="5943600" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5940552" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5940552" y="3035"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5943600" y="3035"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5943600" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="9F9F9F"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="8" name="Graphic 8"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5940552" y="3035"/>
+                            <a:ext cx="3175" cy="13970"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3175" h="13970">
+                                <a:moveTo>
+                                  <a:pt x="3048" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="13716"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3048" y="13716"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3048" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="E2E2E2"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="9" name="Graphic 9"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="16751"/>
+                            <a:ext cx="3175" cy="3175"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3175" h="3175">
+                                <a:moveTo>
+                                  <a:pt x="3047" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="3048"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3047" y="3048"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3047" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="9F9F9F"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="10" name="Graphic 10"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="16750"/>
+                            <a:ext cx="5943600" cy="3175"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="5943600" h="3175">
+                                <a:moveTo>
+                                  <a:pt x="5940539" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3048" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="3048"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3048" y="3048"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5940539" y="3048"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5940539" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="5943600" h="3175">
+                                <a:moveTo>
+                                  <a:pt x="5943600" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5940552" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5940552" y="3048"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5943600" y="3048"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5943600" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="E2E2E2"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelV relativeFrom="margin">
-[...1 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
-[...16 lines deleted...]
-              </v:shape>
+          <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict w14:anchorId="21E9D49A">
+              <v:group id="Group 4" style="position:absolute;margin-left:1in;margin-top:10.7pt;width:468pt;height:1.6pt;z-index:-251658239;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" alt="&quot;&quot;" coordsize="59436,203" o:spid="_x0000_s1026" w14:anchorId="16BF5BC2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDqxYEbwQAADkZAAAOAAAAZHJzL2Uyb0RvYy54bWzsWW1v2zYQ/j5g/0HQ98WSFdu1EKcY2iYY&#10;ULQFmmGfab1YwiRRI2nL+fc7kjqKfpEjpU07YIEBkbIekce7e+6O1M3bfVk4u4TxnFYr17/yXCep&#10;Ihrn1Wbl/vlw99sb1+GCVDEpaJWs3MeEu29vf/3lpqnDZEozWsQJc2CQiodNvXIzIepwMuFRlpSE&#10;X9E6qeBhSllJBNyyzSRmpIHRy2Iy9bz5pKEsrhmNEs7h3/f6oXurxk/TJBKf05QnwilWLsgm1JWp&#10;61peJ7c3JNwwUmd51IpBniFFSfIKJjVDvSeCOFuWnwxV5hGjnKbiKqLlhKZpHiVqDbAa3ztazT2j&#10;21qtZRM2m9qoCVR7pKdnDxt92t2z+mv9hWnpofuRRn9z0MukqTeh/VzebzrwPmWlfAkW4eyVRh+N&#10;RpO9cCL4c7a8DuYeKD6CZ1MvmLYajzIwy8lbUfbh4nsTEupJlWhGlKYG3+Gdevi3qedrRupEaZ3L&#10;5X9hTh7DSlynIiV48H3rLDPpO3JqwEj9tXe8VeXztWNWScJoy8V9QpWaye4jF9pdY+yRDHvRvsIu&#10;A6eX7l4odxeuA+7OXAfcfa3dvSZCvidtJ7tOY9kpQzPJpyXdJQ9U4YQ0lrEmGNOfLuRoIGyHKqoj&#10;tDcLlq5zgEYMtjWObLDKRWBcRGCrkYF3DSEFPa0XBi43ENMtBCfCVk+oRwq8QBn8iQn95WK5bPWC&#10;w2BrVqoZIbUyDm00jiNGBeWJNoI0pLKGMS5IarsPp0Ue3+VFIc3J2Wb9rmDOjoCfLO/krxXaggHJ&#10;eKjdWfbWNH4ELjTg/iuX/7MlLHGd4o8K2CYDK3YYdtbYYaJ4R1X4VZ7EuHjY/0VY7dTQXbkCYsUn&#10;iqQjIfo5yC8BGivfrOjvW0HTXJJAyaYlam8gAGg6vngkmB9HgrnU3eBIACTyZrNp558kxGgZ+AsI&#10;MzJUqp62LAYS25ioI8g33z8WaCkgEKiO1HzH8B4OdgB0TZs7lwk9kF+G908y0SCP5/0+dPkwlb9X&#10;upyWK8jhlgpt4lwc00XljcF0sQJ5RxSTiCRX/IV/jbH5h5PFSAJ80YJcJIzlvJc5YwGRUtja1PLn&#10;i5l/Md8YNoyAnpn8hDvna4d+FRhFWWm5TwUnIbI369rIM1IfqswWYRT4ZQLJa96Ve7dz+57zgQTK&#10;vsMK/M2z8y5av4soXer1g+UCDf7Dw4nJvVqKi7EEhexjkRU5e/mjMX6w8FUR04vroshwKMqHJDwJ&#10;IbLCw60I9O0CxypDj6rV1/Q7jjWw/zpkjdqejEy/JnecI4zy2f9yrQoVyICkM5wuigx6wejb2Jr6&#10;WM85HPkyZHlNMePI4oMTHLIF/hmzuWvjKVRl6r2OLqb2+Nm7OyPIpQ2eKqvaoxv0zL40Y1IDApEL&#10;2Nr16hDMENLoI6AnkfY6RoGP5TzJXefL394ds9H6gECkhLYPCHqzso0csjxz8DQK/KQu/u95XJ1G&#10;w/m8On9rvyXIDwD2vTql6r543P4LAAD//wMAUEsDBBQABgAIAAAAIQChRxwb3wAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D2EJvjeTUDcG1HEJoewqFJoXS28ba2CaWZCzFdv6+&#10;m1NznNlh9k2+mmwrBupD452GZKZAkCu9aVyl4Xv//rQEESI6g613pOFCAVbF/V2OmfGj+6JhFyvB&#10;JS5kqKGOscukDGVNFsPMd+T4dvS9xciyr6TpceRy28q5UgtpsXH8ocaONjWVp93ZavgYcVw/J2/D&#10;9nTcXH73L58/24S0fnyY1q8gIk3xPwxXfEaHgpkO/uxMEC3rNOUtUcM8SUFcA2qp2Dmwky5AFrm8&#10;nVD8AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEOrFgRvBAAAORkAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKFHHBvfAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAyQYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADVBwAAAAA=&#10;">
+                <v:shape id="Graphic 5" style="position:absolute;width:59436;height:203;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5943600,20320" o:spid="_x0000_s1027" fillcolor="#9f9f9f" stroked="f" path="m5943600,127r-3061,l5940539,,3048,,,,,127,,3035,,19799r5943600,l5943600,127xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAolIb/wwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8AQvRbNqK7I1ihUUT2JV8PrcvO6uu3lZkqjrvzeFQo/DzHzDTOetqcWNnC8tKxj0ExDE&#10;mdUl5wqOh1VvAsIHZI21ZVLwIA/z2evLFFNt7/xNt33IRYSwT1FBEUKTSumzggz6vm2Io/djncEQ&#10;pculdniPcFPLYZKMpcGS40KBDS0Lyqr91SjYVV84qNan0fG9edPnyzBnt10o1e20i08QgdrwH/5r&#10;b7SCD/i9Em+AnD0BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKJSG/8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 6" style="position:absolute;left:59405;width:32;height:31;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3175,3175" o:spid="_x0000_s1028" fillcolor="#e2e2e2" stroked="f" path="m3048,l,,,3035r3048,l3048,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAUh8NrwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EJvsdweQuJGCWlKoZckxGnvi7WVTayVkeSfvH0VKPQ4zMw3zHo72VYM5EPjWMFzloMg&#10;rpxu2Cj4unzMlyBCRNbYOiYFNwqw3TzM1lhoN/KZhjIakSAcClRQx9gVUoaqJoshcx1x8n6ctxiT&#10;9EZqj2OC21a+5PlCWmw4LdTY0b6m6lr2VoE8LFdvt9O+70x5OL77fvw+DUapp8dp9woi0hT/w3/t&#10;T61gAfcr6QbIzS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFIfDa8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 7" style="position:absolute;width:59436;height:171;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5943600,17145" o:spid="_x0000_s1029" fillcolor="#9f9f9f" stroked="f" path="m3048,3035l,3035,,16751r3048,l3048,3035xem5943600,r-3048,l5940552,3035r3048,l5943600,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAdSv43wwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsIw&#10;EITvlXgHa5F6Kw4c0jZgECAFQU8NcOC4xEsSiNdR7Cbp29eVKvU4mp9Ps1gNphYdta6yrGA6iUAQ&#10;51ZXXCg4n9KXNxDOI2usLZOCb3KwWo6eFpho23NG3dEXIoywS1BB6X2TSOnykgy6iW2Ig3ezrUEf&#10;ZFtI3WIfxk0tZ1EUS4MVB0KJDW1Lyh/HLxMg98uOM3v93L5vZh/n9JEehrhW6nk8rOcgPA3+P/zX&#10;3msFr/B7JdwAufwBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHUr+N8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 8" style="position:absolute;left:59405;top:30;width:32;height:140;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3175,13970" o:spid="_x0000_s1030" fillcolor="#e2e2e2" stroked="f" path="m3048,l,,,13716r3048,l3048,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDpV1WUvQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwghfRdD0sUo0iyoKHUlgrnodmbIrNpCRR67/fHBY8Pt73ZjfYTjzJh9axgq9FBoK4drrl&#10;RsGl+pmvQISIrLFzTAreFGC3HY82mGv34l96nmMjUgiHHBWYGPtcylAbshgWridO3M15izFB30jt&#10;8ZXCbSeXWfYtLbacGgz2dDBU388Pq2DGZVGatrrbY3WtMl+EspOFUtPJsF+DiDTEj/jffdIK0tZ0&#10;Jd0Auf0DAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6VdVlL0AAADaAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 9" style="position:absolute;top:167;width:31;height:32;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3175,3175" o:spid="_x0000_s1031" fillcolor="#9f9f9f" stroked="f" path="m3047,l,,,3048r3047,l3047,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpM/YmwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGbpgrK2jWKCoK4J6uXvb1t3rbV5qUk0dZ/vxGEPQ4z8w2zXHemFg9yvrKsYDJOQBDn&#10;VldcKLic96MPED4ga6wtk4IneViv+r0lptq2fKJHFgoRIexTVFCG0KRS+rwkg35sG+Lo/VpnMETp&#10;CqkdthFuajlNkrk0WHFcKLGhXUn5LbsbBWRzzJL2+PVjr/vb9zWbua2eKTUcdJtPEIG68B9+tw9a&#10;wQJeV+INkKs/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGkz9ibBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 10" style="position:absolute;top:167;width:59436;height:32;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5943600,3175" o:spid="_x0000_s1032" fillcolor="#e2e2e2" stroked="f" path="m5940539,l3048,,,,,3048r3048,l5940539,3048r,-3048xem5943600,r-3048,l5940552,3048r3048,l5943600,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC/LV5GxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvSPsPkSftgka6iaGpI6Bp2gT0wmBwtxqv7WicqgkQ/j0+TOJm6z2/93k6T65VJ+pD49nA0ygD&#10;RVx623BlYPfz9fgKKkRki61nMnChAPPZ3WCKufVn3tBpGyslIRxyNFDH2OVah7Imh2HkO2LRfn3v&#10;MMraV9r2eJZw1+rnLJtohw1LQ40dfdRUHrZHZ+CzSKuX8Xfa6H1bHBbrybD4uwyNebhP72+gIqV4&#10;M/9fL63gC738IgPo2RUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC/LV5GxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="This_online_survey_asks_each_Coordinated"/>
+      <w:bookmarkStart w:id="0" w:name="–_MY2024"/>
+      <w:bookmarkStart w:id="1" w:name="Measure_Components_and_Scoring"/>
+      <w:bookmarkStart w:id="2" w:name="Introduction"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="57822D1C" w14:textId="77777777" w:rsidR="00343AD5" w:rsidRDefault="00343AD5" w:rsidP="00603959">
+    <w:p w14:paraId="4818B7F7" w14:textId="3E45D9BC" w:rsidR="00B74AEF" w:rsidRDefault="00415332" w:rsidP="00B74AEF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="Self-assessment_requirements"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t>Please note th</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2202">
+        <w:t>e survey below is</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> for informational purposes only; the actual survey will be completed online via </w:t>
+      </w:r>
+      <w:r w:rsidR="00985117">
+        <w:t>Qualtrics</w:t>
+      </w:r>
+      <w:r w:rsidR="00815130">
+        <w:t xml:space="preserve"> (survey link forthcoming)</w:t>
+      </w:r>
+      <w:r w:rsidR="00985117">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="392992C4" w14:textId="5C202040" w:rsidR="001620AC" w:rsidRPr="00A467A4" w:rsidRDefault="001620AC" w:rsidP="00603959">
+    <w:p w14:paraId="4ED16DFF" w14:textId="1027BEB3" w:rsidR="00164891" w:rsidRPr="00D00D76" w:rsidRDefault="00164891" w:rsidP="00D00D76">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A467A4">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Language Access Self-Assessment Survey for Hospitals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B82BF6" w14:textId="3B914358" w:rsidR="00DD1150" w:rsidRPr="00D00D76" w:rsidRDefault="00DB3311" w:rsidP="00D00D76">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B82BF8" w14:textId="2F41FD5C" w:rsidR="00DD1150" w:rsidRPr="00D77AE4" w:rsidRDefault="676A8745" w:rsidP="00D00D76">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="This_online_survey_asks_each_Coordinated"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:t>This</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4C8735BA" w:rsidRPr="00D77AE4">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:t xml:space="preserve">self-assessment </w:t>
+      </w:r>
+      <w:r w:rsidR="4C8735BA" w:rsidRPr="00D77AE4">
+        <w:t xml:space="preserve">of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:t xml:space="preserve">language services available </w:t>
+      </w:r>
+      <w:r w:rsidR="4C8735BA" w:rsidRPr="00D77AE4">
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:t xml:space="preserve"> your </w:t>
+      </w:r>
+      <w:r w:rsidR="3BCA653D" w:rsidRPr="00D77AE4">
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="03BB384C" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>The purpose of this</w:t>
+      </w:r>
+      <w:r w:rsidR="4C8735BA" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="03BB384C" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>assessment</w:t>
+      </w:r>
+      <w:r w:rsidR="4C8735BA" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="03BB384C" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is to </w:t>
+      </w:r>
+      <w:r w:rsidR="4C8735BA" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">promote high quality language services for all Medicaid patients. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="CCOs_must_answer_all_questions_and_meet_"/>
+      <w:bookmarkStart w:id="5" w:name="Self-assessment_requirements"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="26B82C02" w14:textId="69E27CF5" w:rsidR="00DD1150" w:rsidRPr="00D00D76" w:rsidRDefault="00DB3311" w:rsidP="00D00D76">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Self-</w:t>
+      </w:r>
+      <w:r w:rsidR="00732A3E" w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ssessment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0024309D" w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E97BF7" w14:textId="41B0F47C" w:rsidR="003F5D8E" w:rsidRDefault="30F89785" w:rsidP="000F79FC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The self-assessment guides your hospital to </w:t>
+      </w:r>
+      <w:r w:rsidR="0AAE6A0D" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>progressively higher quality and more robust infrastructure of language services over time.</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+      <w:r w:rsidR="009001FD">
+        <w:t xml:space="preserve">were required to complete </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:t>this self-assessment in Performance Year</w:t>
+      </w:r>
+      <w:r w:rsidR="000F79FC">
+        <w:t xml:space="preserve">s 2 and </w:t>
+      </w:r>
+      <w:r w:rsidR="009001FD">
+        <w:t xml:space="preserve">will be required to complete </w:t>
+      </w:r>
+      <w:r w:rsidR="00742EA3">
+        <w:t xml:space="preserve">in Performance Year </w:t>
+      </w:r>
+      <w:r w:rsidR="000F79FC">
+        <w:t>3 of the Hospital Quality and Equity Incentives Program (HQEIP)</w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:t>, and y</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55F16" w:rsidRPr="00A55F16">
+        <w:t xml:space="preserve">our responses will be </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55F16" w:rsidRPr="00A55F16">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>used to determine whether your hospital meets the incentive metric reporting requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for that Performance Year</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55F16" w:rsidRPr="00A55F16">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55F16">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA89A29" w14:textId="3CA00540" w:rsidR="003F5D8E" w:rsidRDefault="601479A3" w:rsidP="007A490F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For Performance Year 2 (2024), this </w:t>
+      </w:r>
+      <w:r w:rsidR="43152F87" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>survey</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7A79">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00251D41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>reporting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00251D41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only</w:t>
+      </w:r>
+      <w:r w:rsidR="0018737B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F1423AB" w14:textId="6CD31873" w:rsidR="00B97738" w:rsidRDefault="00B97738" w:rsidP="007A490F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="00231397">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Performance Year 3 (2025), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hospitals </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00231397">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>must score the points required</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in each of the five domains</w:t>
+      </w:r>
+      <w:r w:rsidR="00231397" w:rsidRPr="00231397">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00231397">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>to pass that domain</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00231397">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>The following table indicates the questions that will be scored in Performance Year 3 and the points required to pass each domain. A</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55A69">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>dditionally, a</w:t>
+      </w:r>
+      <w:r w:rsidR="00231397">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55A69">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">scoring example </w:t>
+      </w:r>
+      <w:r w:rsidR="00231397">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>is provided in Appendix A.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable5Dark-Accent1"/>
+        <w:tblW w:w="8815" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1260"/>
+        <w:gridCol w:w="1138"/>
+        <w:gridCol w:w="4707"/>
+        <w:gridCol w:w="1710"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E75BFA" w14:paraId="54F3A302" w14:textId="08B1E0F4" w:rsidTr="00A54796">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57BD6D60" w14:textId="246EA6C9" w:rsidR="00E75BFA" w:rsidRPr="00A54796" w:rsidRDefault="00E75BFA" w:rsidP="00231397">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="_Hlk164871851"/>
+            <w:r w:rsidRPr="00A54796">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Domain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1919F231" w14:textId="0AE114F8" w:rsidR="00E75BFA" w:rsidRPr="00A54796" w:rsidRDefault="00E75BFA" w:rsidP="00231397">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54796">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Question</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4707" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="136CEE03" w14:textId="4100C645" w:rsidR="00E75BFA" w:rsidRPr="00A54796" w:rsidRDefault="00E75BFA" w:rsidP="00231397">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54796">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Scoring</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0FA385" w14:textId="6679C5AA" w:rsidR="00E75BFA" w:rsidRPr="00A54796" w:rsidRDefault="00E75BFA" w:rsidP="00231397">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54796">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Points Required to Pass Domain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00231397" w14:paraId="2BDDD1D0" w14:textId="1200E59C" w:rsidTr="008301E5">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21C16D3A" w14:textId="707E1AD8" w:rsidR="00231397" w:rsidRPr="00E75BFA" w:rsidRDefault="00231397" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54796">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Domain 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14881A52" w14:textId="059A92E7" w:rsidR="00231397" w:rsidRDefault="00231397" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>A10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="446683DF" w14:textId="7FC5948A" w:rsidR="00231397" w:rsidRDefault="00231397" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1 point will be awarded for answering “Yes” to any of the six items in the grid</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47753F4E" w14:textId="6681B637" w:rsidR="00231397" w:rsidRDefault="00231397" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00231397" w14:paraId="13FBA61A" w14:textId="780A5E90" w:rsidTr="008301E5">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77C6DD32" w14:textId="0BC519BD" w:rsidR="00231397" w:rsidRPr="001515F1" w:rsidRDefault="0010031E" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2320AFB1" w14:textId="26CB3CB2" w:rsidR="00231397" w:rsidRDefault="00231397" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>A13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3800DBC3" w14:textId="16C8EA63" w:rsidR="00231397" w:rsidRDefault="00231397" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1 point will be awarded for answering “Yes”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="40DAA23D" w14:textId="5A7BB318" w:rsidR="00231397" w:rsidRDefault="008301E5" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008301E5">
+              <w:rPr>
+                <w:color w:val="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+              <w:t>for Domain 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E75BFA" w14:paraId="12A1F287" w14:textId="1E8ED59B" w:rsidTr="008301E5">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="381FFA41" w14:textId="02222A6E" w:rsidR="00E75BFA" w:rsidRPr="00E75BFA" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54796">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Domain 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD05C0A" w14:textId="4E3B4C79" w:rsidR="00E75BFA" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>B3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D67CFF5" w14:textId="50ACEC83" w:rsidR="00E75BFA" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1 point will be awarded for answering “Yes” to any of the seven items in the grid</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68A54DCF" w14:textId="1335A8B9" w:rsidR="00E75BFA" w:rsidRDefault="00280B71" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75BFA">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008301E5" w14:paraId="2AFD0842" w14:textId="3883E2E5" w:rsidTr="008301E5">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42A6E317" w14:textId="02C45891" w:rsidR="008301E5" w:rsidRPr="008301E5" w:rsidRDefault="008301E5" w:rsidP="008301E5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1762C3CC" w14:textId="4EB15075" w:rsidR="008301E5" w:rsidRDefault="008301E5" w:rsidP="008301E5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>B18a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42FE25CD" w14:textId="7AAE5039" w:rsidR="008301E5" w:rsidRDefault="008301E5" w:rsidP="008301E5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1 point will be awarded for answering “Yes”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36A43D77" w14:textId="29986820" w:rsidR="008301E5" w:rsidRPr="00280B71" w:rsidRDefault="00280B71" w:rsidP="008301E5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00993E94">
+              <w:rPr>
+                <w:color w:val="DBE5F1" w:themeColor="accent1" w:themeTint="33"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="008301E5" w:rsidRPr="00993E94">
+              <w:rPr>
+                <w:color w:val="DBE5F1" w:themeColor="accent1" w:themeTint="33"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> points total for Domain 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008301E5" w14:paraId="30D30F1C" w14:textId="55D6C2A4" w:rsidTr="008301E5">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20637F78" w14:textId="41866E18" w:rsidR="008301E5" w:rsidRPr="008301E5" w:rsidRDefault="008301E5" w:rsidP="008301E5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="241DDFB5" w14:textId="6BEFFCB9" w:rsidR="008301E5" w:rsidRDefault="008301E5" w:rsidP="008301E5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>B18b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="291BF6AD" w14:textId="05B8F404" w:rsidR="008301E5" w:rsidRDefault="008301E5" w:rsidP="008301E5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1 point will be awarded for answering “Yes”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AF5E133" w14:textId="5212FB73" w:rsidR="008301E5" w:rsidRPr="00280B71" w:rsidRDefault="00280B71" w:rsidP="008301E5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00993E94">
+              <w:rPr>
+                <w:color w:val="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="008301E5" w:rsidRPr="00993E94">
+              <w:rPr>
+                <w:color w:val="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> points total for Domain 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008301E5" w14:paraId="19F1F5FE" w14:textId="35CD3047" w:rsidTr="008301E5">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6985C81D" w14:textId="5D3A6A22" w:rsidR="008301E5" w:rsidRPr="008301E5" w:rsidRDefault="008301E5" w:rsidP="008301E5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5AE6E3" w14:textId="2C7633AC" w:rsidR="008301E5" w:rsidRDefault="008301E5" w:rsidP="008301E5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>B18c</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="565870F3" w14:textId="42BB39F9" w:rsidR="008301E5" w:rsidRDefault="008301E5" w:rsidP="008301E5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1 point will be awarded for answering “Yes”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BC1E9F7" w14:textId="24A59BBD" w:rsidR="008301E5" w:rsidRPr="00280B71" w:rsidRDefault="00280B71" w:rsidP="008301E5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00993E94">
+              <w:rPr>
+                <w:color w:val="DBE5F1" w:themeColor="accent1" w:themeTint="33"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="008301E5" w:rsidRPr="00993E94">
+              <w:rPr>
+                <w:color w:val="DBE5F1" w:themeColor="accent1" w:themeTint="33"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> points total for Domain 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E75BFA" w14:paraId="63E807AE" w14:textId="793957DB" w:rsidTr="006B676F">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="308F7528" w14:textId="193A9F3A" w:rsidR="00E75BFA" w:rsidRPr="00A54796" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54796">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Domain 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8E5939" w14:textId="3960B2AB" w:rsidR="00E75BFA" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>C1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1201A372" w14:textId="2783E6CA" w:rsidR="00E75BFA" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1 point will be awarded for answering “Yes”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27EC766E" w14:textId="4ED1D862" w:rsidR="00E75BFA" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1 point</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E75BFA" w14:paraId="06943128" w14:textId="358815D4" w:rsidTr="006B676F">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08887238" w14:textId="6EB9442B" w:rsidR="00E75BFA" w:rsidRPr="00A54796" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54796">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Domain 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7592796D" w14:textId="11403DD1" w:rsidR="00E75BFA" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>D18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F493573" w14:textId="1E9B3BFC" w:rsidR="00E75BFA" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1 point will be awarded for answering “Yes”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40BA44E0" w14:textId="6BEFF432" w:rsidR="00E75BFA" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1 point</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E75BFA" w14:paraId="33D9242F" w14:textId="44F11D91" w:rsidTr="006B676F">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE6D310" w14:textId="4597F23D" w:rsidR="00E75BFA" w:rsidRPr="00A54796" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54796">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Domain 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="683BE9F2" w14:textId="4EC903B4" w:rsidR="00E75BFA" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>E5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D8AE0A6" w14:textId="6C8A185D" w:rsidR="00E75BFA" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1 point will be awarded for answering “Yes”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7108157F" w14:textId="5D1E6583" w:rsidR="00E75BFA" w:rsidRDefault="00E75BFA" w:rsidP="00E75BFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1 point</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3CC42FBD" w14:textId="06EDD396" w:rsidR="002A24AF" w:rsidRPr="00D77AE4" w:rsidRDefault="002A24AF" w:rsidP="00E75BFA">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="Additional_Information"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="4BFC671C" w14:textId="61F637AC" w:rsidR="002A24AF" w:rsidRPr="007D47A1" w:rsidRDefault="1FA88770" w:rsidP="007D47A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The questions are organized into five domains. </w:t>
+      </w:r>
+      <w:r w:rsidR="0AAE6A0D" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your </w:t>
+      </w:r>
+      <w:r w:rsidR="4230FBA1" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="4C8735BA" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must answer all questions.</w:t>
+      </w:r>
+      <w:r w:rsidR="1356C25D" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your responses should reflect the language access policies, procedures, and services that were in place </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1" w:rsidRPr="007D47A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital-wide</w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at your hospital as of </w:t>
+      </w:r>
+      <w:r w:rsidR="4C8735BA" w:rsidRPr="00920ECD">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>December 31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920ECD">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003005C4" w:rsidRPr="00920ECD">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D55004">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="4C8735BA" w:rsidRPr="00D77AE4">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="4C8735BA" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00837357">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>Please note that u</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04061">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nless otherwise specified, all questions about language preference or </w:t>
+      </w:r>
+      <w:r w:rsidR="008009C9">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>competency</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04061">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> refer to spoken language.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09489B21" w14:textId="3DC2B001" w:rsidR="00837D6E" w:rsidRPr="00D754FD" w:rsidRDefault="2DBE2FC6" w:rsidP="1593183B">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">This self-assessment must be completed by </w:t>
+      </w:r>
+      <w:r w:rsidR="00A3084A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>January</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B2221">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidR="001515F1" w:rsidRPr="009B2221">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D754FD" w:rsidRPr="009B2221">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00815130">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B2221" w:rsidRPr="009B2221">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D55004">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D754FD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="490840B4" w14:textId="4C1722E5" w:rsidR="00133077" w:rsidRPr="00D00D76" w:rsidRDefault="00133077" w:rsidP="00133077">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Glossary</w:t>
+      </w:r>
+      <w:r w:rsidR="00B717CD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Terms and Phrases</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="721A283A" w14:textId="4E5532DE" w:rsidR="00133077" w:rsidRPr="00846147" w:rsidRDefault="00133077" w:rsidP="002E05DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Caregiver</w:t>
+      </w:r>
+      <w:r w:rsidR="00846147">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00081F9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E05DE">
+        <w:t xml:space="preserve">Individuals who give care to patients who need help taking care of themselves. Caregivers may include parents of pediatric patients. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173AD1ED" w14:textId="13639AC6" w:rsidR="00846147" w:rsidRDefault="00846147" w:rsidP="00846147">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Individuals served by your hospital:</w:t>
+      </w:r>
+      <w:r w:rsidR="000D7FBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D7FBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>All admitted inpatients, patients at the hospital for observation stays, and their caregivers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE2E847" w14:textId="2BCAD54A" w:rsidR="00846147" w:rsidRPr="00846147" w:rsidRDefault="00846147" w:rsidP="00846147">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>In-language services:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E015F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E05DE">
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE78A9">
+        <w:t xml:space="preserve"> where a multilingual staff member or provider provides care in </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7515">
+        <w:t>a non-English language preferred by the patient, without the use of an interpreter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A77D2FF" w14:textId="708B9AAC" w:rsidR="00B717CD" w:rsidRPr="00846147" w:rsidRDefault="00B717CD" w:rsidP="00846147">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Multilingual staff and providers:</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7EA0">
+        <w:t xml:space="preserve"> Hospital staff members and providers who can communicate </w:t>
+      </w:r>
+      <w:r w:rsidR="000F79FC">
+        <w:t>competently</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7EA0">
+        <w:t xml:space="preserve"> with patients and caregivers in </w:t>
+      </w:r>
+      <w:r w:rsidR="0051619F">
+        <w:t>a language other than English</w:t>
+      </w:r>
+      <w:r w:rsidR="00150106">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B74A3">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00150106">
+        <w:t>provide in-language</w:t>
+      </w:r>
+      <w:r w:rsidR="007E015F">
+        <w:t xml:space="preserve"> services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA79258" w14:textId="45368DCA" w:rsidR="00B717CD" w:rsidRPr="00846147" w:rsidRDefault="00B717CD" w:rsidP="00846147">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Service area:</w:t>
+      </w:r>
+      <w:r w:rsidR="000D7FBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D7FBC" w:rsidRPr="000D7FBC">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="000D7FBC" w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="111111"/>
+        </w:rPr>
+        <w:t>he geographical region or location where the hospital offers its medical services to patients</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B82C0E" w14:textId="453F69DE" w:rsidR="00DD1150" w:rsidRPr="00D00D76" w:rsidRDefault="00DB3311" w:rsidP="00D00D76">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Additional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B82C10" w14:textId="669EC65E" w:rsidR="00DD1150" w:rsidRPr="00D77AE4" w:rsidRDefault="00126E18" w:rsidP="00D00D76">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="OHA_reserves_the_right_to_request_additi"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>reserves</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>right</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>clarifying</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A24AF" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">responses </w:t>
+      </w:r>
+      <w:r w:rsidR="002A24AF" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r w:rsidR="002A24AF" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this survey, including but not limited to </w:t>
+      </w:r>
+      <w:r w:rsidR="002A24AF" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">additional </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>detail</w:t>
+      </w:r>
+      <w:r w:rsidR="002A24AF" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:r w:rsidR="002A24AF" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">how </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:r w:rsidR="002A24AF" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> collected, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>example</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> policies, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11942" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A24AF" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">copies of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3311" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>translated materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B82C12" w14:textId="2E788290" w:rsidR="00DD1150" w:rsidRPr="00D77AE4" w:rsidRDefault="00DB3311" w:rsidP="00D00D76">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="For_questions_about_this_survey,_or_the_"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>questions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>about</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>survey</w:t>
+      </w:r>
+      <w:r w:rsidR="00F13562" w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00683C19" w:rsidRPr="00D77AE4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Health.Equity@mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5748B66C" w14:textId="77777777" w:rsidR="00683C19" w:rsidRPr="00B575D9" w:rsidRDefault="00683C19" w:rsidP="00683C19">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="244D0C46" w14:textId="77777777" w:rsidR="006B676F" w:rsidRDefault="006B676F" w:rsidP="00680B41">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="Contact_Information"/>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="3BDF7D64" w14:textId="77777777" w:rsidR="006B676F" w:rsidRDefault="006B676F" w:rsidP="00680B41">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A2F0C5F" w14:textId="77777777" w:rsidR="006B676F" w:rsidRDefault="006B676F" w:rsidP="00680B41">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="783855E8" w14:textId="77777777" w:rsidR="006B676F" w:rsidRDefault="006B676F" w:rsidP="00680B41">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="783FBB35" w14:textId="77777777" w:rsidR="006B676F" w:rsidRDefault="006B676F" w:rsidP="00680B41">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08F4E1B3" w14:textId="77777777" w:rsidR="006B676F" w:rsidRDefault="006B676F" w:rsidP="00680B41">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A7BFE1D" w14:textId="77777777" w:rsidR="006B676F" w:rsidRDefault="006B676F" w:rsidP="00680B41">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F3D7664" w14:textId="77777777" w:rsidR="006B676F" w:rsidRDefault="006B676F" w:rsidP="00680B41">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2933B1B2" w14:textId="77777777" w:rsidR="006B676F" w:rsidRDefault="006B676F" w:rsidP="00680B41">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05BC9981" w14:textId="77777777" w:rsidR="00815130" w:rsidRDefault="00815130" w:rsidP="001356ED">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ECD238F" w14:textId="77777777" w:rsidR="00815130" w:rsidRDefault="00815130" w:rsidP="001356ED">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AF98999" w14:textId="77777777" w:rsidR="00815130" w:rsidRDefault="00815130" w:rsidP="001356ED">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1810A1E1" w14:textId="77777777" w:rsidR="00815130" w:rsidRDefault="00815130" w:rsidP="001356ED">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CD5D417" w14:textId="77777777" w:rsidR="00815130" w:rsidRDefault="00815130" w:rsidP="001356ED">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1581E470" w14:textId="77777777" w:rsidR="00815130" w:rsidRDefault="00815130" w:rsidP="001356ED">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BBD3332" w14:textId="77777777" w:rsidR="00815130" w:rsidRDefault="00815130" w:rsidP="001356ED">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1778F4C6" w14:textId="77777777" w:rsidR="00815130" w:rsidRDefault="00815130" w:rsidP="001356ED">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BD00646" w14:textId="77777777" w:rsidR="00815130" w:rsidRDefault="00815130" w:rsidP="001356ED">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E825F0E" w14:textId="77777777" w:rsidR="00D55004" w:rsidRDefault="00D55004" w:rsidP="001356ED">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28892AA2" w14:textId="77777777" w:rsidR="00D55004" w:rsidRDefault="00D55004" w:rsidP="001356ED">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26B82C15" w14:textId="1653116B" w:rsidR="00DD1150" w:rsidRPr="00D00D76" w:rsidRDefault="676A8745" w:rsidP="001356ED">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Contact</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A467A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A467A4">
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DAAB5C8" w14:textId="0EC222B6" w:rsidR="001620AC" w:rsidRPr="00FE4F87" w:rsidRDefault="008D5BBD" w:rsidP="001620AC">
+    <w:p w14:paraId="26B82C17" w14:textId="2C9BCF2A" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="096D19D7" w:rsidP="00683C19">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="The_contact_person_is_the_one_completing"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please enter the</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">contact </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information for </w:t>
+      </w:r>
+      <w:r w:rsidR="3617271E" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="5E65189A" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>primary and secondary</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>point</w:t>
+      </w:r>
+      <w:r w:rsidR="31D7F2D9" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0BA0AF08" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>has any follow-up or clarifying questions about</w:t>
+      </w:r>
+      <w:r w:rsidR="2B52725F" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="4CC72DE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> survey responses. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50FB86B8" w14:textId="77777777" w:rsidR="00680B41" w:rsidRDefault="00680B41" w:rsidP="00683C19">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6979"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="The_contact_person_is_the_one_completing"/>
-[...30 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="590C8F86" w14:textId="7BC19A63" w:rsidR="001620AC" w:rsidRPr="00FE4F87" w:rsidRDefault="00B73280" w:rsidP="001620AC">
+    <w:p w14:paraId="305E4F17" w14:textId="29AE72D2" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="27DBCB84" w:rsidP="1593183B">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="6979"/>
+        </w:tabs>
+        <w:ind w:left="1170" w:hanging="1170"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>HOSP.</w:t>
+      </w:r>
+      <w:r w:rsidR="00680B41">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hospital Name: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6272EB5E" w14:textId="3C76055A" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="00DD1150" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="6979"/>
+        </w:tabs>
+        <w:ind w:left="1170" w:hanging="1170"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="553D9124" w14:textId="6024D587" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="72C9AB5B" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="6979"/>
+        </w:tabs>
+        <w:ind w:left="1170" w:hanging="1170"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Primary Contact</w:t>
+      </w:r>
+      <w:r w:rsidR="3CECAFFC" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Person Completing This Survey)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B82C19" w14:textId="631FCCF7" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="096D19D7" w:rsidP="00A55F16">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="6979"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1166" w:hanging="1166"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>NAME</w:t>
+      </w:r>
+      <w:r w:rsidR="3F242085" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00680B41">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name: </w:t>
+      </w:r>
+      <w:r w:rsidR="00680B41">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B82C1B" w14:textId="249B4095" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="00DD1150" w:rsidP="00A55F16">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="7446"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="51EAE7A9" w14:textId="3E5C2445" w:rsidR="001620AC" w:rsidRPr="00FE4F87" w:rsidRDefault="00625066" w:rsidP="001620AC">
+    <w:p w14:paraId="0AD4DD72" w14:textId="44325341" w:rsidR="00680B41" w:rsidRDefault="3A8B5C8E" w:rsidP="1593183B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7765"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="1170" w:hanging="1170"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>TITLE1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00680B41">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Title:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01FD6E3A" w14:textId="0FC86A0A" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="00A55F16">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7765"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D9610A8" w14:textId="353142A4" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="096D19D7" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="7765"/>
+        </w:tabs>
+        <w:ind w:left="1170" w:hanging="1170"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>EMAIL</w:t>
+      </w:r>
+      <w:r w:rsidR="3FB59538" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00680B41">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email Address: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A99A2EE" w14:textId="2670DE6E" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="00DD1150" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="7765"/>
+        </w:tabs>
+        <w:ind w:left="1170" w:hanging="1170"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A3DB710" w14:textId="4A419928" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="19BF7A2B" w:rsidP="00A55F16">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="6979"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Secondary Contact:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0248801E" w14:textId="59431047" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="013E2142" w:rsidP="00A55F16">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="6979"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1166" w:hanging="1166"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>NAME2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00680B41">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name: </w:t>
+      </w:r>
+      <w:r w:rsidR="00680B41">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="040EADAE" w14:textId="4B46AD71" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="00680B41" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="7446"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569E1020" w14:textId="4ED3BE1E" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="013E2142" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7765"/>
+        </w:tabs>
+        <w:ind w:left="1170" w:hanging="1170"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>TITLE2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00680B41">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Title:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CDD41F" w14:textId="0FC86A0A" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="00DD1150" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7765"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26B82C1E" w14:textId="36DFF2B7" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="013E2142" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="7765"/>
+        </w:tabs>
+        <w:ind w:left="1170" w:hanging="1170"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidSect="00F04BE0">
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="1008" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="299"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>EMAIL2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00680B41">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Email Address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B82C1F" w14:textId="1582E219" w:rsidR="00DD1150" w:rsidRPr="00D00D76" w:rsidRDefault="00DB3311" w:rsidP="00683C19">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="12" w:name="Domain_1:_Identification_and_assessment_"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Point of Contact </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Domain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Email Address: </w:t>
-[...12 lines deleted...]
-          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...14 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>1:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4AD3" w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t xml:space="preserve">Data Collection and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> organizational </w:t>
-[...175 lines deleted...]
-        </w:rPr>
         <w:t>Identification</w:t>
       </w:r>
-      <w:r w:rsidR="00E83DD6" w:rsidRPr="00294DEA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E83DD6" w:rsidRPr="00294DEA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F2029B" w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">of </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2029B" w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">referred </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>L</w:t>
-[...58 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>ommunication</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E83DD6" w:rsidRPr="00294DEA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F2029B" w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Provision</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-5"/>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00D76">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...58 lines deleted...]
-        <w:t>Services</w:t>
+        <w:t>eeds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1438D2BA" w14:textId="7716945C" w:rsidR="00E83DD6" w:rsidRPr="00294DEA" w:rsidDel="0075444B" w:rsidRDefault="001C45A1" w:rsidP="00294DEA">
-[...120 lines deleted...]
-    <w:p w14:paraId="4188F4D2" w14:textId="33938AE9" w:rsidR="00167A65" w:rsidRPr="00FE4F87" w:rsidRDefault="008D263F" w:rsidP="00167A65">
+    <w:p w14:paraId="76A433E7" w14:textId="53D94392" w:rsidR="00F2029B" w:rsidRDefault="57748DDB" w:rsidP="00D00D76">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="Answers_should_be_based_on_language_serv"/>
-      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>The q</w:t>
+      </w:r>
+      <w:r w:rsidR="1D7988EB" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uestions in this </w:t>
+      </w:r>
+      <w:r w:rsidR="1D7988EB" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">domain assess how well your </w:t>
+      </w:r>
+      <w:r w:rsidR="00D9A346" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="1D7988EB" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> identifies and tracks </w:t>
+      </w:r>
+      <w:r w:rsidR="1D7988EB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the language assistance needs of</w:t>
+      </w:r>
+      <w:r w:rsidR="1D7988EB" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="1D7988EB" w:rsidRPr="00A97309">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00167A65" w:rsidRPr="00FE4F87">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="1D7988EB" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>populations</w:t>
+      </w:r>
+      <w:r w:rsidR="1D7988EB" w:rsidRPr="00A97309">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00167A65" w:rsidRPr="00FE4F87">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="1D7988EB" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidR="1D7988EB" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1D7988EB" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>serve</w:t>
+      </w:r>
+      <w:r w:rsidR="6394A17A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that prefer a language other than English for </w:t>
+      </w:r>
+      <w:r w:rsidR="00951859">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidR="1D7988EB" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0018737B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B82C20" w14:textId="078D8035" w:rsidR="00DD1150" w:rsidRDefault="57748DDB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>answer</w:t>
       </w:r>
-      <w:r w:rsidR="00167A65" w:rsidRPr="00FE4F87">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00167A65" w:rsidRPr="00FE4F87">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>questions</w:t>
       </w:r>
-      <w:r w:rsidR="00167A65" w:rsidRPr="00FE4F87">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00167A65" w:rsidRPr="00FE4F87">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>based</w:t>
       </w:r>
-      <w:r w:rsidR="00167A65" w:rsidRPr="00FE4F87">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00167A65" w:rsidRPr="00FE4F87">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="00167A65" w:rsidRPr="00FE4F87">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00167A65" w:rsidRPr="00FE4F87">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>language</w:t>
       </w:r>
-      <w:r w:rsidR="00167A65" w:rsidRPr="00FE4F87">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00167A65">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00167A65" w:rsidRPr="00FE4F87">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>as of</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00DE2FB0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00DE2FB0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00DE2FB0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE2FB0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00DE2FB0">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00167A65" w:rsidRPr="00FE4F87">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">as of December 31, 2022. </w:t>
+      <w:r w:rsidR="009B2221" w:rsidRPr="00397336">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D55004">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06AE19B3" w14:textId="77777777" w:rsidR="00294DEA" w:rsidRDefault="00294DEA" w:rsidP="00603959">
+    <w:p w14:paraId="247DA074" w14:textId="77777777" w:rsidR="00D77AE4" w:rsidRDefault="00D77AE4" w:rsidP="00D77AE4">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54813442" w14:textId="36B8A05A" w:rsidR="00D81357" w:rsidRDefault="001471DD" w:rsidP="00294DEA">
+    <w:p w14:paraId="31A8EA17" w14:textId="652129AF" w:rsidR="000B658F" w:rsidRPr="00C44BCB" w:rsidRDefault="5D87BE2A" w:rsidP="00D77AE4">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="1)_Please_answer_yes_or_no_for_each_of_t"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00C44BCB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The first few questions are about the types of data your </w:t>
+      </w:r>
+      <w:r w:rsidR="6251EA72" w:rsidRPr="00C44BCB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C44BCB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> collects to understand the language assistance needs of the population</w:t>
+      </w:r>
+      <w:r w:rsidR="2706831A" w:rsidRPr="00C44BCB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C44BCB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F71E6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>in your hospital’s service area</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C44BCB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0B2DA2" w14:textId="627E4736" w:rsidR="000B658F" w:rsidRPr="00420DB4" w:rsidRDefault="2706831A" w:rsidP="01D1FA9B">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note that by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>“service area”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> we mean </w:t>
+      </w:r>
+      <w:r w:rsidR="0EC39264" w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="111111"/>
+        </w:rPr>
+        <w:t>the geographical region or location where the hospital offers its medical services to patients.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64A7076D" w14:textId="48DFEB2E" w:rsidR="00B74AEF" w:rsidRDefault="00B74AEF" w:rsidP="00B74AEF">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EE63057" w14:textId="22F02AD4" w:rsidR="00F2029B" w:rsidRDefault="1D7988EB" w:rsidP="1593183B">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1: </w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D81357">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="620C7B45">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2029B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Over the past five years, has</w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1" w:rsidRPr="005A732A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="005A732A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidR="0DF8FAE6" w:rsidRPr="005A732A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A732A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A732A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>collect</w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A732A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A732A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A732A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A732A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A732A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A732A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="6EE082C8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prevalence of non-English languages used by individuals </w:t>
+      </w:r>
+      <w:r w:rsidR="6EE082C8" w:rsidRPr="00A55F16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in your services area</w:t>
+      </w:r>
+      <w:r w:rsidR="6EE082C8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (i.e., the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A732A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7999C60C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>proportion of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A732A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6EE082C8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the population </w:t>
+      </w:r>
+      <w:r w:rsidR="003F307C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in your service area </w:t>
+      </w:r>
+      <w:r w:rsidR="6EE082C8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>that uses</w:t>
+      </w:r>
+      <w:r w:rsidR="7999C60C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a particular language</w:t>
+      </w:r>
+      <w:r w:rsidR="6EE082C8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A732A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2B9D61AE" w14:textId="62A8EDF5" w:rsidR="005439B0" w:rsidRPr="00294DEA" w:rsidRDefault="3CD37AB6" w:rsidP="00294DEA">
+    <w:p w14:paraId="34A9E9F8" w14:textId="77777777" w:rsidR="009F591F" w:rsidRDefault="009F591F" w:rsidP="009F591F">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00294DEA">
-[...205 lines deleted...]
-        <w:t xml:space="preserve">administration. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="231560EE" w14:textId="77777777" w:rsidR="00646B1E" w:rsidRPr="00294DEA" w:rsidRDefault="00646B1E" w:rsidP="00294DEA">
+    <w:p w14:paraId="75819FA4" w14:textId="77777777" w:rsidR="009F591F" w:rsidRPr="005A732A" w:rsidRDefault="1EE6CD9C" w:rsidP="009F591F">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09DC4DA4" w14:textId="1E965191" w:rsidR="00F2029B" w:rsidRDefault="00F2029B" w:rsidP="1593183B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01C85940" w14:textId="0BF5D79A" w:rsidR="00646B1E" w:rsidRPr="00294DEA" w:rsidRDefault="2ECC0B18" w:rsidP="00294DEA">
+    <w:p w14:paraId="22A091C1" w14:textId="4AA3A3AA" w:rsidR="007F6165" w:rsidRPr="007F6165" w:rsidRDefault="007F6165" w:rsidP="007F6165">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00294DEA">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>, answer A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7346F233" w14:textId="21F3D0B4" w:rsidR="00F2029B" w:rsidRPr="00B27AF4" w:rsidRDefault="2CBAEA2E" w:rsidP="1593183B">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2029B" w:rsidRPr="00B27AF4">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What data sources does your hospital </w:t>
+      </w:r>
+      <w:r w:rsidR="77A8CA05" w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use to collect data on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>prevalence of non-English languages used by individuals in your services area</w:t>
+      </w:r>
+      <w:r w:rsidR="78EC027C" w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="2E423373" w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="4D56D9DF" w:rsidRPr="00294DEA">
-[...207 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="2E423373" w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please select all that apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D141457" w14:textId="77777777" w:rsidR="00426DBA" w:rsidRDefault="00426DBA" w:rsidP="12E1557B">
+    <w:p w14:paraId="4113BA3F" w14:textId="213043D7" w:rsidR="00F2029B" w:rsidRPr="00B27AF4" w:rsidRDefault="2CBAEA2E" w:rsidP="1593183B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2029B" w:rsidRPr="00B27AF4">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="3C402FD0" w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">U.S. </w:t>
+      </w:r>
+      <w:r w:rsidR="4088018D" w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Census </w:t>
+      </w:r>
+      <w:r w:rsidR="5B38BB80" w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bureau </w:t>
+      </w:r>
+      <w:r w:rsidR="5AE580AE" w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">data </w:t>
+      </w:r>
+      <w:r w:rsidR="5B38BB80" w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(including</w:t>
+      </w:r>
+      <w:r w:rsidR="00C44BCB" w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="4088018D" w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> American Community Survey (ACS)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="07B97A38" w14:textId="77777777" w:rsidR="001471DD" w:rsidRDefault="001471DD" w:rsidP="00294DEA">
+    <w:p w14:paraId="425DBC7C" w14:textId="065A623D" w:rsidR="00F2029B" w:rsidRPr="00B27AF4" w:rsidRDefault="2CBAEA2E" w:rsidP="1593183B">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
       </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2029B" w:rsidRPr="00B27AF4">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B27AF4" w:rsidRPr="00B27AF4">
+        <w:t>MassHealth 834 file</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4B437895" w14:textId="0095FB16" w:rsidR="00EB74F0" w:rsidRPr="0075444B" w:rsidRDefault="007B7E96" w:rsidP="00603959">
+    <w:p w14:paraId="05A58803" w14:textId="38123612" w:rsidR="00B27AF4" w:rsidRPr="00B27AF4" w:rsidRDefault="00B27AF4" w:rsidP="1593183B">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Electronic medical record (EMR) data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1C3976" w14:textId="715CDA7A" w:rsidR="00821161" w:rsidRDefault="00821161" w:rsidP="00821161">
+    <w:p w14:paraId="01D8CFB9" w14:textId="57AD47F0" w:rsidR="00B27AF4" w:rsidRPr="00B27AF4" w:rsidRDefault="00B27AF4" w:rsidP="1593183B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-        </w:numPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Data supplied by language services vendor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5E06A6" w14:textId="7F4B7C80" w:rsidR="00B27AF4" w:rsidRDefault="00B27AF4" w:rsidP="1593183B">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Other </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(Please specify)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1632A12B" w14:textId="04BA7FC8" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="651"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...49 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A914C81" w14:textId="6F4CD237" w:rsidR="00EB74F0" w:rsidRDefault="00E860D2" w:rsidP="6634DE5E">
+    <w:p w14:paraId="6C4708BF" w14:textId="50BAA3F5" w:rsidR="00654230" w:rsidRPr="007F6165" w:rsidRDefault="00654230" w:rsidP="00654230">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>, answer A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287EE041" w14:textId="6998FD22" w:rsidR="00F2029B" w:rsidRDefault="1D7988EB" w:rsidP="1593183B">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="651"/>
+          <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="57A1702D">
-[...22 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="5D87BE2A" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="21658807" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2029B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How often does your </w:t>
+      </w:r>
+      <w:r w:rsidR="6073E0AA" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> update the data </w:t>
+      </w:r>
+      <w:r w:rsidR="68C3E895" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on the prevalence of non-English languages used by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>individuals in your service area?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="266DED7E" w14:textId="71E28D47" w:rsidR="00F2029B" w:rsidRDefault="00F2029B" w:rsidP="009F591F">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F20D0" w:rsidRPr="57A1702D">
-[...123 lines deleted...]
-        <w:t xml:space="preserve"> Please note, if any, differences in the processes for collecting self-reported data for preferred spoken and written language.</w:t>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Multiple times per year</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A32217" w14:textId="77777777" w:rsidR="00243D6F" w:rsidRPr="00243D6F" w:rsidRDefault="00243D6F" w:rsidP="00243D6F">
+    <w:p w14:paraId="623CB704" w14:textId="41FD13CE" w:rsidR="00F2029B" w:rsidRDefault="00F2029B" w:rsidP="009F591F">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Once per year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E45EFCA" w14:textId="20C45A36" w:rsidR="00F2029B" w:rsidRDefault="00F2029B" w:rsidP="009F591F">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Once every two years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38768A72" w14:textId="516D3EF8" w:rsidR="00F2029B" w:rsidRDefault="00F2029B" w:rsidP="009F591F">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Once every three years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0D0254" w14:textId="3DA46062" w:rsidR="00F2029B" w:rsidRPr="005A732A" w:rsidRDefault="00F2029B" w:rsidP="009F591F">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Less often than every three years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37EDDD38" w14:textId="3EA46F4B" w:rsidR="00683C19" w:rsidRPr="00A97309" w:rsidRDefault="00683C19" w:rsidP="00683C19">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="5)_Does_your_CCO_use_data_sources_in_que"/>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="3ED651E7" w14:textId="2A6FC837" w:rsidR="003A6121" w:rsidRDefault="007F71E6" w:rsidP="003A6121">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="6)_Does_your_CCO_record_the_interpreter_"/>
+      <w:bookmarkStart w:id="16" w:name="7)_Does_your_CCO_have_a_process_for_shar"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00C44BCB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>next</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C44BCB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> few questions are about the types of data your hospital collects to understand the language assistance needs of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> individuals served by your hospital.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14BE1198" w14:textId="17FE464A" w:rsidR="00494A9D" w:rsidRDefault="00494A9D" w:rsidP="00494A9D">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note that by </w:t>
+      </w:r>
+      <w:r w:rsidR="003D061B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="003D061B" w:rsidRPr="00533C63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>individuals served by your hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="003D061B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” we mean </w:t>
+      </w:r>
+      <w:r w:rsidR="00E24A57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D74880">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ll</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> admitted</w:t>
+      </w:r>
+      <w:r w:rsidR="00D74880">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inpatients</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009C23A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>patients</w:t>
+      </w:r>
+      <w:r w:rsidR="00D74880">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at the hospital for </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3707E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>observation stays</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60259">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000F12AD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1274">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their</w:t>
+      </w:r>
+      <w:r w:rsidR="000F12AD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> caregivers</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3707E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D74880">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4755AC95" w14:textId="77777777" w:rsidR="003A6121" w:rsidRDefault="003A6121" w:rsidP="003A6121">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E799964" w14:textId="5DB12EFB" w:rsidR="00243D6F" w:rsidRPr="00A27866" w:rsidRDefault="07491EA3" w:rsidP="6AF44B22">
+    <w:p w14:paraId="470751A9" w14:textId="2FB8E087" w:rsidR="00E9140E" w:rsidRPr="00415828" w:rsidRDefault="1DAA9746" w:rsidP="1593183B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="651"/>
+          <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="57A1702D">
-[...136 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="5D87BE2A" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="21658807" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9140E">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="3742C456" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Thinking of the</w:t>
+      </w:r>
+      <w:r w:rsidR="3742C456" w:rsidRPr="00A55F16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> individuals served by your </w:t>
+      </w:r>
+      <w:r w:rsidR="39D36B4E" w:rsidRPr="00A55F16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="3742C456" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> each year, d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oes your </w:t>
+      </w:r>
+      <w:r w:rsidR="6D419F4E" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="24E2C5A9" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">calculate </w:t>
+      </w:r>
+      <w:r w:rsidR="08929872" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the following </w:t>
+      </w:r>
+      <w:r w:rsidR="1EBB283E" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidR="08929872" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...611 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8903" w:type="dxa"/>
-        <w:tblInd w:w="892" w:type="dxa"/>
+        <w:tblW w:w="9360" w:type="dxa"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
-        <w:tblCaption w:val="Preferred Spoken Language (Top 10 most prevalent)"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5130"/>
-        <w:gridCol w:w="3773"/>
+        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004400C5" w:rsidRPr="00FE4F87" w14:paraId="285F377B" w14:textId="77777777" w:rsidTr="00294DEA">
+      <w:tr w:rsidR="00E9140E" w:rsidRPr="00B575D9" w14:paraId="088241DF" w14:textId="77777777" w:rsidTr="1593183B">
         <w:trPr>
-          <w:trHeight w:val="20"/>
-          <w:tblHeader/>
+          <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5130" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1CE41363" w14:textId="21482C1B" w:rsidR="004400C5" w:rsidRPr="006D2365" w:rsidRDefault="534293CF" w:rsidP="00603082">
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED49582" w14:textId="77777777" w:rsidR="00E9140E" w:rsidRPr="00B575D9" w:rsidRDefault="00E9140E" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-          <w:p w14:paraId="6A7F1540" w14:textId="77778096" w:rsidR="004400C5" w:rsidRPr="006D2365" w:rsidRDefault="1179A140" w:rsidP="57A1702D">
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E4451D" w14:textId="77777777" w:rsidR="00DB2D39" w:rsidRDefault="00E9140E" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
-              <w:rPr>
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> Served as of 12/31/2022</w:t>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C78A99E" w14:textId="55B7B8A2" w:rsidR="00E9140E" w:rsidRPr="00D00D76" w:rsidRDefault="00DB2D39" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9140E" w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4220243D" w14:textId="275714F3" w:rsidR="00E9140E" w:rsidRDefault="00E9140E" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C0FE2F1" w14:textId="54EDB3C4" w:rsidR="00DB2D39" w:rsidRPr="009F591F" w:rsidRDefault="00DB2D39" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0C7C" w:rsidRPr="00FE4F87" w14:paraId="64AAC21A" w14:textId="77777777" w:rsidTr="57A1702D">
+      <w:tr w:rsidR="00E9140E" w:rsidRPr="00B575D9" w14:paraId="6D1CAD7B" w14:textId="77777777" w:rsidTr="1593183B">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5130" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="585E44C1" w14:textId="6BF635A3" w:rsidR="002A0C7C" w:rsidRDefault="00B8642B" w:rsidP="00603082">
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0825C77B" w14:textId="694F5D0B" w:rsidR="00E9140E" w:rsidRPr="00E56763" w:rsidDel="00C06C28" w:rsidRDefault="00E9140E" w:rsidP="00E83B0C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E56763">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83B0C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="007423DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Total n</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>umber of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E56763">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E56763">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>individuals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE14A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">who </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE14A5" w:rsidRPr="00420DB4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>prefer a language other than English</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE14A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r w:rsidR="00951859">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>health care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C626764" w14:textId="77777777" w:rsidR="00E9140E" w:rsidRPr="00B575D9" w:rsidRDefault="00E9140E" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
-              <w:rPr>
-[...23 lines deleted...]
-          <w:p w14:paraId="3380863E" w14:textId="77777777" w:rsidR="002A0C7C" w:rsidRDefault="002A0C7C" w:rsidP="00603082">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56253986" w14:textId="77777777" w:rsidR="00E9140E" w:rsidRPr="00B575D9" w:rsidRDefault="00E9140E" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0C7C" w:rsidRPr="00FE4F87" w14:paraId="61DCF0EC" w14:textId="77777777" w:rsidTr="57A1702D">
+      <w:tr w:rsidR="00E9140E" w:rsidRPr="00B575D9" w14:paraId="4576ADA0" w14:textId="77777777" w:rsidTr="1593183B">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5130" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="46148DB9" w14:textId="1B50465C" w:rsidR="002A0C7C" w:rsidRDefault="00B8642B" w:rsidP="00603082">
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="003845CB" w14:textId="63BA8FDD" w:rsidR="00E9140E" w:rsidRPr="00982BC6" w:rsidRDefault="1DAA9746" w:rsidP="00E83B0C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="630"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9140E">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00420DB4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Most common</w:t>
+            </w:r>
+            <w:r w:rsidR="50F4E0DD" w:rsidRPr="00420DB4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> non-English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420DB4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> preferred</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09DA24D6" w14:textId="77777777" w:rsidR="00E9140E" w:rsidRPr="00B575D9" w:rsidRDefault="00E9140E" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
-              <w:rPr>
-[...23 lines deleted...]
-          <w:p w14:paraId="1D8DBEC9" w14:textId="77777777" w:rsidR="002A0C7C" w:rsidRDefault="002A0C7C" w:rsidP="00603082">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C3E00B" w14:textId="77777777" w:rsidR="00E9140E" w:rsidRPr="00B575D9" w:rsidRDefault="00E9140E" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0C7C" w:rsidRPr="00FE4F87" w14:paraId="2B9F43F9" w14:textId="77777777" w:rsidTr="57A1702D">
+      <w:tr w:rsidR="00E9140E" w:rsidRPr="00B575D9" w14:paraId="6DFAE0F8" w14:textId="77777777" w:rsidTr="1593183B">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5130" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="607BD041" w14:textId="1EAC0A29" w:rsidR="002A0C7C" w:rsidRDefault="00B8642B" w:rsidP="00603082">
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74EFA116" w14:textId="4D49FC54" w:rsidR="00E9140E" w:rsidRPr="00E56763" w:rsidRDefault="00E9140E" w:rsidP="00E5346A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83B0C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00E5346A" w:rsidRPr="00420DB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Prevalence of non-English languages</w:t>
+            </w:r>
+            <w:r w:rsidR="00E5346A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> preferred (i.e., proportion </w:t>
+            </w:r>
+            <w:r w:rsidR="00C141A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r w:rsidR="003F307C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>individuals served</w:t>
+            </w:r>
+            <w:r w:rsidR="00C141A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F3861">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>preferring</w:t>
+            </w:r>
+            <w:r w:rsidR="00C141A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E5346A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>a particular</w:t>
+            </w:r>
+            <w:r w:rsidR="00C141A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> language</w:t>
+            </w:r>
+            <w:r w:rsidR="00E5346A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2803B5F1" w14:textId="77777777" w:rsidR="00E9140E" w:rsidRPr="00B575D9" w:rsidRDefault="00E9140E" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
-              <w:rPr>
-[...23 lines deleted...]
-          <w:p w14:paraId="08F1498C" w14:textId="77777777" w:rsidR="002A0C7C" w:rsidRDefault="002A0C7C" w:rsidP="00603082">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31679639" w14:textId="77777777" w:rsidR="00E9140E" w:rsidRPr="00B575D9" w:rsidRDefault="00E9140E" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
-              <w:rPr>
-[...361 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F097621" w14:textId="77777777" w:rsidR="003F65EF" w:rsidRDefault="003F65EF" w:rsidP="00294DEA">
+    <w:p w14:paraId="6FE77C53" w14:textId="77777777" w:rsidR="000C73BC" w:rsidRDefault="000C73BC" w:rsidP="00E9140E">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="6)_Does_your_CCO_record_the_interpreter_"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="3C2E1530" w14:textId="10B1B495" w:rsidR="00A252FE" w:rsidRDefault="00FE0A97" w:rsidP="00603959">
+    <w:p w14:paraId="1FBF192B" w14:textId="21A2A98A" w:rsidR="00E9140E" w:rsidRPr="00B74AEF" w:rsidRDefault="007A0A65" w:rsidP="00E9140E">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to A4b or A4c</w:t>
+      </w:r>
+      <w:r w:rsidR="000F02EA" w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>, answer A5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C4A7CC" w14:textId="7F4DDB2F" w:rsidR="00E9140E" w:rsidRDefault="1DAA9746" w:rsidP="1593183B">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single" w:color="365F91"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 3: </w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="5D87BE2A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="21658807">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="21658807">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4AD3">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>What</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A83FE0" w:rsidRPr="0075444B">
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="33D6268A" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>most</w:t>
+      </w:r>
+      <w:r w:rsidR="39CCBEA4" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> frequently encountered</w:t>
+      </w:r>
+      <w:r w:rsidR="33D6268A" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>non-English</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>languages preferred</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A83FE0" w:rsidRPr="0075444B">
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>patients and caregivers</w:t>
+      </w:r>
+      <w:r w:rsidR="50F4E0DD" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> served by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A83FE0" w:rsidRPr="0075444B">
-        <w:t>Services</w:t>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidR="4549C007" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="5932B055" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="5932B055" w:rsidRPr="006B676F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please list </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0C70" w:rsidRPr="006B676F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all languages </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD11CD" w:rsidRPr="006B676F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">preferred by at least </w:t>
+      </w:r>
+      <w:r w:rsidR="004E7D10">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>200 individuals</w:t>
+      </w:r>
+      <w:r w:rsidR="009548A8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> annually</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD11CD" w:rsidRPr="006B676F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004E7D10">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD11CD" w:rsidRPr="006B676F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">up to 10 languages. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD11CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>List</w:t>
+      </w:r>
+      <w:r w:rsidR="00A440B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> languages</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD11CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="5932B055" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in order of prevalence, starting with the most frequently encountered language.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52EAF43F" w14:textId="0C6F8B6A" w:rsidR="00C06885" w:rsidRPr="00161384" w:rsidRDefault="0070208A" w:rsidP="00161384">
+    <w:p w14:paraId="13A1B85A" w14:textId="77777777" w:rsidR="00E9140E" w:rsidRDefault="00E9140E" w:rsidP="00683C19">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="650"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="6BC942A1">
-[...30 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="036BB018" w14:textId="10CDCDE9" w:rsidR="00317C0A" w:rsidRDefault="00317C0A" w:rsidP="00317C0A">
+    <w:p w14:paraId="6D4C4D72" w14:textId="123DBB28" w:rsidR="009C35FE" w:rsidRPr="00B74AEF" w:rsidRDefault="00D1381E" w:rsidP="009C35FE">
       <w:pPr>
-        <w:pStyle w:val="Caption"/>
-        <w:keepNext/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded ‘Yes’ to </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">Table </w:t>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>A4</w:t>
       </w:r>
       <w:r>
-        <w:fldChar w:fldCharType="begin"/>
-[...15 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>a-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A4c, answer </w:t>
+      </w:r>
+      <w:r w:rsidR="00986CFA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the applicable </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00986CFA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>6 question below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2771CD9F" w14:textId="6FCE3051" w:rsidR="009C35FE" w:rsidRPr="00E47218" w:rsidRDefault="23E1AC75" w:rsidP="1593183B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A6. </w:t>
+      </w:r>
+      <w:r w:rsidR="009C35FE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Over the past five years, has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4549C007" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="04431430" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7F671B0F" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">periodically </w:t>
+      </w:r>
+      <w:r w:rsidR="75A00871" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>assess</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>language assistance service</w:t>
+      </w:r>
+      <w:r w:rsidR="75A00871" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s that </w:t>
+      </w:r>
+      <w:r w:rsidR="74498C4B" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidR="75A00871" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> offers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="7F671B0F" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="_Hlk157680397"/>
+      <w:r w:rsidR="7F671B0F" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please answer “Yes” or “No” for each item. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9076" w:type="dxa"/>
-        <w:tblInd w:w="712" w:type="dxa"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="468" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7650"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="900"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D00D76" w14:paraId="62649BFB" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53EA2075" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A51CEE4" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57EBFE39" w14:textId="7FFB1805" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1720DB86" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1384A2C2" w14:textId="62927247" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C35FE" w14:paraId="597A49FF" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22FABCC7" w14:textId="464B55F7" w:rsidR="002036F2" w:rsidRDefault="00986CFA" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>If responded ‘Yes’ to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>A4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08A76002" w14:textId="293CF7CA" w:rsidR="009C35FE" w:rsidRPr="00C475DF" w:rsidRDefault="003F307C" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="23E1AC75" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="009C35FE">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="23E1AC75" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data on the </w:t>
+            </w:r>
+            <w:r w:rsidR="2815723A" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">total </w:t>
+            </w:r>
+            <w:r w:rsidR="23E1AC75" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">number of individuals </w:t>
+            </w:r>
+            <w:r w:rsidR="23E1AC75" w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>served</w:t>
+            </w:r>
+            <w:r w:rsidR="7B09D584" w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by your </w:t>
+            </w:r>
+            <w:r w:rsidR="2CD290BB" w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>hospital</w:t>
+            </w:r>
+            <w:r w:rsidR="23E1AC75" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> each year who </w:t>
+            </w:r>
+            <w:r w:rsidR="23E1AC75" w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>prefer a language other than English</w:t>
+            </w:r>
+            <w:r w:rsidR="23E1AC75" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r w:rsidR="00951859" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>health care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="181ADEA2" w14:textId="77777777" w:rsidR="009C35FE" w:rsidRDefault="009C35FE" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59DB9F47" w14:textId="77777777" w:rsidR="009C35FE" w:rsidRDefault="009C35FE" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A82908" w14:paraId="7CC27E5F" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC96925" w14:textId="591CA758" w:rsidR="00BE14A5" w:rsidRPr="009F591F" w:rsidRDefault="002036F2" w:rsidP="00E83B0C">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>If responded ‘Yes’ to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>A4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A3406FD" w14:textId="4DCF5D1F" w:rsidR="00A82908" w:rsidRPr="00C475DF" w:rsidRDefault="003F307C" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A82908">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data on the </w:t>
+            </w:r>
+            <w:r w:rsidR="01F19975" w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">most common </w:t>
+            </w:r>
+            <w:r w:rsidR="01F19975" w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">non-English languages </w:t>
+            </w:r>
+            <w:r w:rsidR="01F19975" w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>preferred</w:t>
+            </w:r>
+            <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r w:rsidR="75A00871" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="40A57DAA" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">individuals </w:t>
+            </w:r>
+            <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>serve</w:t>
+            </w:r>
+            <w:r w:rsidR="04431430" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d by your </w:t>
+            </w:r>
+            <w:r w:rsidR="2CD290BB" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>hospital</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FCF08D" w14:textId="77777777" w:rsidR="00A82908" w:rsidRDefault="00A82908" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA5267F" w14:textId="77777777" w:rsidR="00A82908" w:rsidRDefault="00A82908" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A82908" w14:paraId="01DB69C3" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="629"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B07D5BE" w14:textId="0DDE6916" w:rsidR="00BE14A5" w:rsidRPr="009F591F" w:rsidRDefault="002036F2" w:rsidP="002036F2">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>If responded ‘Yes’ to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>A4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45A9EB54" w14:textId="36F51E98" w:rsidR="00A82908" w:rsidRPr="003F307C" w:rsidRDefault="003F307C" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="26A51944" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="001651C4" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001651C4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Data on the</w:t>
+            </w:r>
+            <w:r w:rsidR="2815723A" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="2815723A" w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">prevalence of non-English languages </w:t>
+            </w:r>
+            <w:r w:rsidR="2815723A" w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>preferred</w:t>
+            </w:r>
+            <w:r w:rsidR="2815723A" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by individuals served by your </w:t>
+            </w:r>
+            <w:r w:rsidR="08B44128" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>hospital</w:t>
+            </w:r>
+            <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B5CA43" w14:textId="77777777" w:rsidR="00A82908" w:rsidRDefault="00A82908" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="331D3087" w14:textId="77777777" w:rsidR="00A82908" w:rsidRDefault="00A82908" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="650"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3ED66032" w14:textId="77777777" w:rsidR="009C35FE" w:rsidRDefault="009C35FE" w:rsidP="00683C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="650"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C9FC85B" w14:textId="30BE1F0C" w:rsidR="002036F2" w:rsidRPr="00B74AEF" w:rsidRDefault="002036F2" w:rsidP="002036F2">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded ‘Yes’ to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24B15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>a-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5D81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>c, answer A</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24B15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6172493E" w14:textId="3EE9A87F" w:rsidR="005D48B7" w:rsidRDefault="299AB992" w:rsidP="1593183B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A7. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D48B7" w:rsidRPr="005D48B7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How often does your </w:t>
+      </w:r>
+      <w:r w:rsidR="08B44128" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="123478BA" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">review </w:t>
+      </w:r>
+      <w:r w:rsidR="001651C4" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:r w:rsidR="001651C4" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it collects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE14A5" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assess </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>language assistance service</w:t>
+      </w:r>
+      <w:r w:rsidR="16C8F7FE" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00951859" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>it offers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D64207" w14:textId="0BC90010" w:rsidR="005D48B7" w:rsidRDefault="005D48B7" w:rsidP="009F591F">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Multiple times per year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53AFE0C1" w14:textId="53CD3589" w:rsidR="005D48B7" w:rsidRDefault="005D48B7" w:rsidP="009F591F">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Once per year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4E40A1" w14:textId="028BAF33" w:rsidR="005D48B7" w:rsidRDefault="005D48B7" w:rsidP="009F591F">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Once every two years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E122545" w14:textId="43CCF69E" w:rsidR="005D48B7" w:rsidRDefault="005D48B7" w:rsidP="009F591F">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Once every three years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EDBFC46" w14:textId="3BFD7295" w:rsidR="005D48B7" w:rsidRPr="001651C4" w:rsidRDefault="005D48B7" w:rsidP="009F591F">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Less often than every three years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B2FD4B" w14:textId="77777777" w:rsidR="00721376" w:rsidRDefault="00721376" w:rsidP="00721376">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DE130EC" w14:textId="69A2D668" w:rsidR="00E308A8" w:rsidRPr="00A97309" w:rsidRDefault="54D4A32C" w:rsidP="1593183B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="420"/>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>A8</w:t>
+      </w:r>
+      <w:r w:rsidR="120CD898" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E308A8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="5DADDB6A" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have a process for identifying gaps between </w:t>
+      </w:r>
+      <w:r w:rsidR="00951859" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> language assistance services </w:t>
+      </w:r>
+      <w:r w:rsidR="00951859" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>that it offers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the needs </w:t>
+      </w:r>
+      <w:r w:rsidR="00951859" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>patient</w:t>
+      </w:r>
+      <w:r w:rsidR="00951859" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s and caregivers who</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prefer</w:t>
+      </w:r>
+      <w:r w:rsidR="00951859" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> language other than English</w:t>
+      </w:r>
+      <w:r w:rsidR="00951859" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="654AC0B1" w14:textId="77777777" w:rsidR="009F591F" w:rsidRDefault="009F591F" w:rsidP="009F591F">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCF3CC3" w14:textId="77777777" w:rsidR="009F591F" w:rsidRPr="005A732A" w:rsidRDefault="009F591F" w:rsidP="009F591F">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59022ECB" w14:textId="77777777" w:rsidR="00251D41" w:rsidRDefault="00251D41" w:rsidP="1593183B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6930D5FF" w14:textId="71C7F669" w:rsidR="00F24B15" w:rsidRPr="00B74AEF" w:rsidRDefault="00F24B15" w:rsidP="00F24B15">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00126BA3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>8A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>, answer A</w:t>
+      </w:r>
+      <w:r w:rsidR="00126BA3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>8B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7048976E" w14:textId="21BA5B1A" w:rsidR="003F307C" w:rsidRPr="00251D41" w:rsidRDefault="05D98396" w:rsidP="00251D41">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="420"/>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>A8</w:t>
+      </w:r>
+      <w:r w:rsidR="0F5D96F4" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C73BC">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00672A47">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Briefly </w:t>
+      </w:r>
+      <w:r w:rsidR="715F4B30" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">describe your hospital’s process for identifying gaps between the language assistance services that it offers and the needs of patients and caregivers who prefer a language other than English for health </w:t>
+      </w:r>
+      <w:r w:rsidR="003F307C" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>care.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2A92">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2A92">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2A92" w:rsidRPr="005F2A92">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(maximum 1250 characters)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B29079C" w14:textId="77777777" w:rsidR="00420DB4" w:rsidRDefault="00420DB4" w:rsidP="00680B41">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CE750D5" w14:textId="77777777" w:rsidR="0073191F" w:rsidRDefault="0073191F" w:rsidP="00680B41">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="759B2A27" w14:textId="77777777" w:rsidR="0073191F" w:rsidRDefault="0073191F" w:rsidP="00680B41">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FD15064" w14:textId="350CCEF9" w:rsidR="00680B41" w:rsidRPr="00E5346A" w:rsidRDefault="096D19D7" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A9. </w:t>
+      </w:r>
+      <w:r w:rsidR="00680B41">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="0DAAC40E" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> collect</w:t>
+      </w:r>
+      <w:r w:rsidR="54D4A32C" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> self-reported</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data from </w:t>
+      </w:r>
+      <w:r w:rsidR="2815723A" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the following staff groups</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the languages in which they can fluently communicate </w:t>
+      </w:r>
+      <w:r w:rsidR="009548A8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(spoken or sign language) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with patients and caregivers about </w:t>
+      </w:r>
+      <w:r w:rsidR="00951859" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
-        <w:tblCaption w:val="Does your organization document the following information related to provision of language assistance services (select &quot;yes&quot; or &quot;no&quot; for each"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7636"/>
+        <w:gridCol w:w="7920"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC199E" w:rsidRPr="00FE4F87" w14:paraId="7F92B5DC" w14:textId="77777777" w:rsidTr="00294DEA">
-[...99 lines deleted...]
-      <w:tr w:rsidR="00C06885" w:rsidRPr="00FE4F87" w14:paraId="73AFFFBD" w14:textId="77777777" w:rsidTr="57A1702D">
+      <w:tr w:rsidR="00E5346A" w:rsidRPr="00A97309" w14:paraId="1460233E" w14:textId="77777777" w:rsidTr="0040347C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7636" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1AA8E6C9" w14:textId="07364C07" w:rsidR="00C06885" w:rsidRPr="0026030B" w:rsidRDefault="0026030B">
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6612C630" w14:textId="77777777" w:rsidR="00E5346A" w:rsidRPr="00A97309" w:rsidRDefault="00E5346A" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
-[...47 lines deleted...]
-            </w:r>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CAA74F3" w14:textId="7818A19A" w:rsidR="00C06885" w:rsidRPr="00FE4F87" w:rsidRDefault="00C06885">
+          <w:p w14:paraId="794A0E8E" w14:textId="77777777" w:rsidR="00E5346A" w:rsidRPr="00D00D76" w:rsidRDefault="00E5346A" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="291D45BD" w14:textId="77777777" w:rsidR="00E5346A" w:rsidRPr="00D00D76" w:rsidRDefault="00E5346A" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12557681" w14:textId="7C5297C5" w:rsidR="00C06885" w:rsidRPr="00FE4F87" w:rsidRDefault="00AC199E" w:rsidP="00AC199E">
+          <w:p w14:paraId="630929B7" w14:textId="77777777" w:rsidR="00E5346A" w:rsidRPr="00D00D76" w:rsidRDefault="00E5346A" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71924B50" w14:textId="77777777" w:rsidR="00E5346A" w:rsidRPr="00D00D76" w:rsidRDefault="00E5346A" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026030B" w:rsidRPr="00FE4F87" w14:paraId="70629549" w14:textId="77777777" w:rsidTr="57A1702D">
+      <w:tr w:rsidR="00E5346A" w:rsidRPr="00A97309" w14:paraId="6318312B" w14:textId="77777777" w:rsidTr="0040347C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7636" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7135F5E7" w14:textId="2F76C26B" w:rsidR="0026030B" w:rsidRPr="0026030B" w:rsidRDefault="00643916">
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4734B9A5" w14:textId="5C4561E9" w:rsidR="00E5346A" w:rsidRPr="00A97309" w:rsidRDefault="00E5346A" w:rsidP="007A490F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="183"/>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="363"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> provided</w:t>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Providers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E278233" w14:textId="68F18AA2" w:rsidR="0026030B" w:rsidRPr="00FE4F87" w:rsidRDefault="0026030B">
+          <w:p w14:paraId="4CC2CAA7" w14:textId="77777777" w:rsidR="00E5346A" w:rsidRPr="00A97309" w:rsidDel="00B1005D" w:rsidRDefault="00E5346A" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CBAABEF" w14:textId="2D5D55F0" w:rsidR="0026030B" w:rsidRPr="00FE4F87" w:rsidRDefault="00AC199E" w:rsidP="00AC199E">
+          <w:p w14:paraId="67E54F18" w14:textId="77777777" w:rsidR="00E5346A" w:rsidRPr="00A97309" w:rsidDel="00B1005D" w:rsidRDefault="00E5346A" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
-[...19 lines deleted...]
-            </w:r>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000D69" w:rsidRPr="00FE4F87" w14:paraId="761AEC8E" w14:textId="77777777" w:rsidTr="57A1702D">
+      <w:tr w:rsidR="00E5346A" w:rsidRPr="00A97309" w14:paraId="22E9E7A4" w14:textId="77777777" w:rsidTr="0040347C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7636" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="632F64E3" w14:textId="34535541" w:rsidR="00000D69" w:rsidRDefault="04D092E6">
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32233C94" w14:textId="77692EB1" w:rsidR="00E5346A" w:rsidRPr="00A97309" w:rsidRDefault="00E5346A" w:rsidP="007A490F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
-[...37 lines deleted...]
-              <w:t>provided</w:t>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="363"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Clinical staff</w:t>
+            </w:r>
+            <w:r w:rsidR="001515F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (not including providers)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C3E3B99" w14:textId="77777777" w:rsidR="00000D69" w:rsidRPr="00FE4F87" w:rsidRDefault="00000D69">
+          <w:p w14:paraId="0CD7BA35" w14:textId="77777777" w:rsidR="00E5346A" w:rsidRPr="00A97309" w:rsidRDefault="00E5346A" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A811BF8" w14:textId="77777777" w:rsidR="00000D69" w:rsidRDefault="00000D69" w:rsidP="00AC199E">
+          <w:p w14:paraId="4B0F3ED2" w14:textId="77777777" w:rsidR="00E5346A" w:rsidRPr="00A97309" w:rsidRDefault="00E5346A" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C06885" w:rsidRPr="00FE4F87" w14:paraId="2D350109" w14:textId="77777777" w:rsidTr="57A1702D">
+      <w:tr w:rsidR="00E5346A" w:rsidRPr="00A97309" w14:paraId="7B34CFFD" w14:textId="77777777" w:rsidTr="0040347C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7636" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D25DB32" w14:textId="48C0FAF1" w:rsidR="00C06885" w:rsidRPr="0026030B" w:rsidRDefault="00850C44" w:rsidP="003A79B9">
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56B4300F" w14:textId="780A799C" w:rsidR="00E5346A" w:rsidRDefault="00E5346A" w:rsidP="007A490F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:u w:val="single"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="363"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...130 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Non-clinical staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5056C7E8" w14:textId="30B1D00F" w:rsidR="00C06885" w:rsidRPr="00FE4F87" w:rsidRDefault="00C06885">
+          <w:p w14:paraId="59A4A60F" w14:textId="77777777" w:rsidR="00E5346A" w:rsidRPr="00A97309" w:rsidRDefault="00E5346A" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C3FF8B5" w14:textId="5D7EB275" w:rsidR="00C06885" w:rsidRPr="00FE4F87" w:rsidRDefault="00C06885">
+          <w:p w14:paraId="1C837BE5" w14:textId="77777777" w:rsidR="00E5346A" w:rsidRPr="00A97309" w:rsidRDefault="00E5346A" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C06885" w:rsidRPr="00FE4F87" w14:paraId="3D711C8D" w14:textId="77777777" w:rsidTr="57A1702D">
+    </w:tbl>
+    <w:p w14:paraId="360E6F0B" w14:textId="77777777" w:rsidR="003F3641" w:rsidRDefault="003F3641" w:rsidP="005D48B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62D28E7E" w14:textId="479D2E5C" w:rsidR="005D48B7" w:rsidRDefault="7A6F4A6E" w:rsidP="1593183B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Next, we would like to understand</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>how</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6D60A74F" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> identifies patients or caregivers needing language assistance services (i.e., those who prefer a language other than English for </w:t>
+      </w:r>
+      <w:r w:rsidR="00951859" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), and how this </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE14A5" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is shared with staff.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F8E75A5" w14:textId="7405B19E" w:rsidR="00B74AEF" w:rsidRPr="00B74AEF" w:rsidRDefault="00B74AEF" w:rsidP="00B74AEF">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6194F9D2" w14:textId="1E30A2C5" w:rsidR="000B658F" w:rsidRPr="0095044A" w:rsidRDefault="5D87BE2A" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single" w:color="365F91"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="096D19D7" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000B658F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="11C92E93" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …</w:t>
+      </w:r>
+      <w:r w:rsidR="0095044A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="720"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D00D76" w:rsidRPr="00A97309" w14:paraId="218AF934" w14:textId="77777777" w:rsidTr="1593183B">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7636" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="681B2B61" w14:textId="7BFA6DA9" w:rsidR="00C06885" w:rsidRPr="0026030B" w:rsidRDefault="35025BF3" w:rsidP="00FE47F7">
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B40D990" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00A97309" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
-[...60 lines deleted...]
-            </w:r>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="755C16C1" w14:textId="51A7D9B2" w:rsidR="00C06885" w:rsidRPr="00FE4F87" w:rsidRDefault="00C06885" w:rsidP="00AC199E">
+          <w:p w14:paraId="72F37661" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71E72ED8" w14:textId="01116678" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68E1E73E" w14:textId="1908DEEC" w:rsidR="00C06885" w:rsidRPr="00FE4F87" w:rsidRDefault="00C06885">
+          <w:p w14:paraId="4E9E90C3" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CFD03E3" w14:textId="34245574" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00095FE3" w:rsidRPr="00FE4F87" w14:paraId="4D180031" w14:textId="77777777" w:rsidTr="57A1702D">
+      <w:tr w:rsidR="000B658F" w:rsidRPr="00A97309" w14:paraId="64E7946F" w14:textId="77777777" w:rsidTr="1593183B">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7636" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3503198F" w14:textId="7CC9155B" w:rsidR="00095FE3" w:rsidRDefault="2ED72390" w:rsidP="00FE47F7">
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B86FC48" w14:textId="2BE64E2C" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidRDefault="5D87BE2A" w:rsidP="1593183B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="183"/>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83B0C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Have a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B804B1" w:rsidRPr="6634DE5E">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>process</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
-            <w:r w:rsidR="00FB0CDA" w:rsidRPr="6634DE5E">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DC0FB6" w:rsidRPr="6634DE5E">
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> made</w:t>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">individuals </w:t>
+            </w:r>
+            <w:r w:rsidR="6122D67A" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidR="6122D67A" w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>request language assistance services</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52F85572" w14:textId="77777777" w:rsidR="00095FE3" w:rsidRPr="00FE4F87" w:rsidRDefault="00095FE3" w:rsidP="00AC199E">
+          <w:p w14:paraId="34893F6E" w14:textId="77777777" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidDel="00B1005D" w:rsidRDefault="000B658F" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BF2CFBB" w14:textId="77777777" w:rsidR="00095FE3" w:rsidRPr="00FE4F87" w:rsidRDefault="00095FE3">
+          <w:p w14:paraId="105340BF" w14:textId="77777777" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidDel="00B1005D" w:rsidRDefault="000B658F" w:rsidP="0040347C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B658F" w:rsidRPr="00A97309" w14:paraId="3ACBCAF3" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2336573E" w14:textId="20221C0E" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidRDefault="000B658F" w:rsidP="00E83B0C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83B0C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Have</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>process</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>respond</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>requests</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>language assistance services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76BDB518" w14:textId="77777777" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidRDefault="000B658F" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66D9562C" w14:textId="77777777" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidRDefault="000B658F" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B658F" w:rsidRPr="00A97309" w14:paraId="1FAD4A8A" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37359482" w14:textId="579B1AA7" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidRDefault="000B658F" w:rsidP="00E83B0C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83B0C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Use</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>open-ended</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>questions</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">determine </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">an individual’s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>preferred language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8F1CF7" w14:textId="77777777" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidRDefault="000B658F" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1656EC20" w14:textId="77777777" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidRDefault="000B658F" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B658F" w:rsidRPr="00A97309" w14:paraId="65365316" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56114B7A" w14:textId="36E0B084" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidDel="00B1005D" w:rsidRDefault="5D87BE2A" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d. </w:t>
+            </w:r>
+            <w:r w:rsidR="000B658F">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Record the preferred language of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>patients</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at registration or intake?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70895BC3" w14:textId="77777777" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidDel="00B1005D" w:rsidRDefault="000B658F" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60923CE0" w14:textId="77777777" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidDel="00B1005D" w:rsidRDefault="000B658F" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C475DF" w:rsidRPr="00A97309" w14:paraId="248E8816" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC55E55" w14:textId="4A9A3A30" w:rsidR="00C475DF" w:rsidRPr="00C475DF" w:rsidRDefault="00C475DF" w:rsidP="00E83B0C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83B0C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Record the preferred language of patients’ </w:t>
+            </w:r>
+            <w:r w:rsidR="005737E5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>caregivers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>, if applicable, at registration or intake?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20C0AD23" w14:textId="77777777" w:rsidR="00C475DF" w:rsidRPr="00A97309" w:rsidDel="00B1005D" w:rsidRDefault="00C475DF" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABECB6B" w14:textId="77777777" w:rsidR="00C475DF" w:rsidRPr="00A97309" w:rsidDel="00B1005D" w:rsidRDefault="00C475DF" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B658F" w:rsidRPr="00A97309" w14:paraId="5DEA58BC" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="701E5A8A" w14:textId="36D4DB4D" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidDel="00B1005D" w:rsidRDefault="40A57DAA" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="5D87BE2A" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00C475DF">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="5D87BE2A" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Record</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="5D87BE2A" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="729C0CD3" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">at registration or intake </w:t>
+            </w:r>
+            <w:r w:rsidR="5D87BE2A" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">if individuals </w:t>
+            </w:r>
+            <w:r w:rsidR="5D87BE2A" w:rsidRPr="00420DB4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">require language assistance </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="38B19402" w:rsidRPr="00420DB4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>services</w:t>
+            </w:r>
+            <w:r w:rsidR="5D87BE2A" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="5D87BE2A" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57846162" w14:textId="77777777" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidDel="00B1005D" w:rsidRDefault="000B658F" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C98D32F" w14:textId="77777777" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidDel="00B1005D" w:rsidRDefault="000B658F" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4A29FE6D" w14:textId="77777777" w:rsidR="00A27866" w:rsidRPr="00A27866" w:rsidRDefault="00A27866" w:rsidP="00A27866">
+    <w:p w14:paraId="7B68F919" w14:textId="77777777" w:rsidR="000B658F" w:rsidRDefault="000B658F" w:rsidP="00683C19">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="651"/>
+          <w:tab w:val="left" w:pos="650"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F687A50" w14:textId="7A7E9623" w:rsidR="0073191F" w:rsidRPr="0073191F" w:rsidRDefault="0073191F" w:rsidP="0073191F">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="8)_If_yes_to_question_7,_please_briefly_"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded ‘Yes’ to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r w:rsidR="00902033">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>10a-</w:t>
+      </w:r>
+      <w:r w:rsidR="00902033">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="001B614D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>10f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r w:rsidR="001B614D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>A11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B82C8B" w14:textId="3BF9ECC0" w:rsidR="00DD1150" w:rsidRPr="00B27AF4" w:rsidRDefault="5F05B214" w:rsidP="03864DB0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="1BCE7C9B" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="096D19D7" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="671F340A" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="4BD3180D" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oes </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidR="373602FD" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4BD3180D" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use any of the following methods to </w:t>
+      </w:r>
+      <w:r w:rsidR="33D6268A" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>communicate</w:t>
+      </w:r>
+      <w:r w:rsidR="5522BB3B" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>staff that a</w:t>
+      </w:r>
+      <w:r w:rsidR="5522BB3B" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patient</w:t>
+      </w:r>
+      <w:r w:rsidR="40A57DAA" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or care</w:t>
+      </w:r>
+      <w:r w:rsidR="33DCB603" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>giver</w:t>
+      </w:r>
+      <w:r w:rsidR="5522BB3B" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>prefers a language other than English</w:t>
+      </w:r>
+      <w:r w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="03864DB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1"/>
+        <w:tblW w:w="9360" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7928"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="712"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D00D76" w:rsidRPr="00B27AF4" w14:paraId="74320D27" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00F21DAE" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B27AF4" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D324F3" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B27AF4" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="636952C2" w14:textId="573D6DFF" w:rsidR="00D00D76" w:rsidRPr="00B27AF4" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC28A60" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B27AF4" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A98BF4F" w14:textId="31434949" w:rsidR="00D00D76" w:rsidRPr="00B27AF4" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA7A90" w:rsidRPr="00B27AF4" w14:paraId="0F501170" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF66A2C" w14:textId="1564AE8B" w:rsidR="00DA7A90" w:rsidRPr="00B27AF4" w:rsidRDefault="00DA7A90" w:rsidP="00E83B0C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Notation on EMR storyboard or banner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E53D7CD" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00B27AF4" w:rsidRDefault="00DA7A90" w:rsidP="00D16EF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="118AA7B2" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00B27AF4" w:rsidRDefault="00DA7A90" w:rsidP="00D16EF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D16EF1" w:rsidRPr="00B27AF4" w14:paraId="43C069CD" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E35F4C8" w14:textId="238A0054" w:rsidR="00D16EF1" w:rsidRPr="00B27AF4" w:rsidDel="00C06C28" w:rsidRDefault="00DA7A90" w:rsidP="00E83B0C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidR="00D16EF1" w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83B0C" w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00B27AF4" w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Discrete field</w:t>
+            </w:r>
+            <w:r w:rsidR="00D16EF1" w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the patient’s EMR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26FCA122" w14:textId="77777777" w:rsidR="00D16EF1" w:rsidRPr="00B27AF4" w:rsidRDefault="00D16EF1" w:rsidP="00D16EF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BE4E39" w14:textId="77777777" w:rsidR="00D16EF1" w:rsidRPr="00B27AF4" w:rsidRDefault="00D16EF1" w:rsidP="00D16EF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D16EF1" w:rsidRPr="00B27AF4" w14:paraId="5C655B8E" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFCD657" w14:textId="2CA0C627" w:rsidR="00D16EF1" w:rsidRPr="00B27AF4" w:rsidRDefault="00DA7A90" w:rsidP="00E83B0C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="630"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="00B27AF4" w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B27AF4" w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Flag in the patient’s EMR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B7A259" w14:textId="77777777" w:rsidR="00D16EF1" w:rsidRPr="00B27AF4" w:rsidRDefault="00D16EF1" w:rsidP="00D16EF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDBE288" w14:textId="77777777" w:rsidR="00D16EF1" w:rsidRPr="00B27AF4" w:rsidRDefault="00D16EF1" w:rsidP="00D16EF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B27AF4" w:rsidRPr="00B27AF4" w14:paraId="68044B33" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C92857" w14:textId="2DCDE81D" w:rsidR="00B27AF4" w:rsidRPr="00B27AF4" w:rsidRDefault="00DA7A90" w:rsidP="00B27AF4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="630"/>
+                <w:tab w:val="left" w:pos="1080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00B27AF4" w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B27AF4" w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00B27AF4" w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Note in a paper chart</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E1D7689" w14:textId="77777777" w:rsidR="00B27AF4" w:rsidRPr="00B27AF4" w:rsidRDefault="00B27AF4" w:rsidP="00B27AF4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5932F2" w14:textId="77777777" w:rsidR="00B27AF4" w:rsidRPr="00B27AF4" w:rsidRDefault="00B27AF4" w:rsidP="00B27AF4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B27AF4" w:rsidRPr="00B575D9" w14:paraId="30794BD7" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03DFD3A4" w14:textId="70C1A7F3" w:rsidR="00B27AF4" w:rsidRDefault="00B27AF4" w:rsidP="00B27AF4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="630"/>
+                <w:tab w:val="left" w:pos="1080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">Another method </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(Please specify)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27AF4">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>:_______________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC6F64C" w14:textId="77777777" w:rsidR="00B27AF4" w:rsidRPr="00B575D9" w:rsidRDefault="00B27AF4" w:rsidP="00B27AF4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E39288" w14:textId="77777777" w:rsidR="00B27AF4" w:rsidRPr="00B575D9" w:rsidRDefault="00B27AF4" w:rsidP="00B27AF4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="71AE87D8" w14:textId="77777777" w:rsidR="007A490F" w:rsidRDefault="007A490F" w:rsidP="00DA7A90">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="648"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1364A062" w14:textId="07D658CA" w:rsidR="00652236" w:rsidRPr="0073191F" w:rsidRDefault="00652236" w:rsidP="00652236">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded ‘Yes’ to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r w:rsidR="00767A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>10a-</w:t>
+      </w:r>
+      <w:r w:rsidR="00767A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>10f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>A1</w:t>
+      </w:r>
+      <w:r w:rsidR="00767A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05565E27" w14:textId="1042FE72" w:rsidR="00DA7A90" w:rsidRPr="00415828" w:rsidRDefault="00DA7A90" w:rsidP="00DA7A90">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>A1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your hospital use any of the following methods to communicate with </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1" w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">staff that a patient or caregiver </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requests </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>language</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assistance services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1"/>
+        <w:tblW w:w="9360" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7838"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="712"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DA7A90" w:rsidRPr="00B575D9" w14:paraId="0EC33760" w14:textId="77777777" w:rsidTr="003C0E57">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D66A055" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00B575D9" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4521D67D" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00D00D76" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E2E4BAF" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="005A732A" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="111A3CFD" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00D00D76" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36A2632B" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="005A732A" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA7A90" w14:paraId="0241684C" w14:textId="77777777" w:rsidTr="003C0E57">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72300DAD" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Notation on EMR storyboard or banner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3889A1B4" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="130D59F9" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA7A90" w:rsidRPr="00B575D9" w14:paraId="121501C3" w14:textId="77777777" w:rsidTr="003C0E57">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="224ADFFD" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00E56763" w:rsidDel="00C06C28" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Discrete field in the patient’s EMR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D7F9F1E" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00B575D9" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="140800D7" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00B575D9" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA7A90" w:rsidRPr="00B575D9" w14:paraId="2D4A9B91" w14:textId="77777777" w:rsidTr="003C0E57">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF15E85" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00982BC6" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="630"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Flag in the patient’s EMR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C3F580" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00B575D9" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00ADF989" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00B575D9" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA7A90" w:rsidRPr="00B575D9" w14:paraId="3067D778" w14:textId="77777777" w:rsidTr="003C0E57">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="223ED641" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00FF60FC" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="630"/>
+                <w:tab w:val="left" w:pos="1080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Note in a paper chart</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FAE5304" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00B575D9" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB3A904" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00B575D9" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA7A90" w:rsidRPr="00B575D9" w14:paraId="5B18CFDE" w14:textId="77777777" w:rsidTr="003C0E57">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC1E858" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="630"/>
+                <w:tab w:val="left" w:pos="1080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">Another method </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(Please specify)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>:_______________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BFB31F7" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00B575D9" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB89AD6" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00B575D9" w:rsidRDefault="00DA7A90" w:rsidP="003C0E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="61EB6677" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRPr="00A97309" w:rsidRDefault="00DA7A90" w:rsidP="00DA7A90">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65664DF1" w14:textId="3F1A322D" w:rsidR="00652236" w:rsidRPr="0073191F" w:rsidRDefault="00652236" w:rsidP="00652236">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded ‘Yes’ to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r w:rsidR="00767A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>10a-</w:t>
+      </w:r>
+      <w:r w:rsidR="00767A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>10f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>A1</w:t>
+      </w:r>
+      <w:r w:rsidR="00767A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EBB9296" w14:textId="28CB29D3" w:rsidR="00D16EF1" w:rsidRPr="00DA7A90" w:rsidRDefault="4BD3180D" w:rsidP="00DA7A90">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="3E5824AD" w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7A90">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="5B8651EF" w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Is information about whether a patient </w:t>
+      </w:r>
+      <w:r w:rsidR="79B1EC3B" w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">needs </w:t>
+      </w:r>
+      <w:r w:rsidR="5B8651EF" w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">language </w:t>
+      </w:r>
+      <w:r w:rsidR="49561C12" w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">access services </w:t>
+      </w:r>
+      <w:r w:rsidR="1C3B397B" w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">readily </w:t>
+      </w:r>
+      <w:r w:rsidR="563777AE" w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>visible</w:t>
+      </w:r>
+      <w:r w:rsidR="563777AE" w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="461E7B50" w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="1D3E4DE5" w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">staff </w:t>
+      </w:r>
+      <w:r w:rsidR="4E1C5D5B" w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in the patient’s EMR</w:t>
+      </w:r>
+      <w:r w:rsidR="1D3E4DE5" w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D885DD" w14:textId="77777777" w:rsidR="7FCB662D" w:rsidRPr="00DA7A90" w:rsidRDefault="7FCB662D" w:rsidP="01D1FA9B">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7A90">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4098E779" w14:textId="1EB28E0B" w:rsidR="7FCB662D" w:rsidRDefault="7FCB662D" w:rsidP="01D1FA9B">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7A90">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DA7A90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10CE8902" w14:textId="66F0D104" w:rsidR="01D1FA9B" w:rsidRDefault="01D1FA9B" w:rsidP="01D1FA9B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F9129AF" w14:textId="77777777" w:rsidR="00DA7A90" w:rsidRDefault="00DA7A90" w:rsidP="01D1FA9B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64EA172D" w14:textId="172BD36C" w:rsidR="00D16EF1" w:rsidRPr="0016372E" w:rsidRDefault="00D16EF1" w:rsidP="00D16EF1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26B82D18" w14:textId="350A1277" w:rsidR="006055C0" w:rsidRPr="00B575D9" w:rsidRDefault="006055C0" w:rsidP="00683C19">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="006055C0" w:rsidRPr="00B575D9" w:rsidSect="00F04BE0">
+          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="1014" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="299"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="9)_If_yes_to_question_7,_how_frequently_"/>
+      <w:bookmarkStart w:id="20" w:name="14)_Please_answer_yes_or_no_for_each_of_"/>
+      <w:bookmarkStart w:id="21" w:name="15)_Please_answer_yes_or_no_for_each_of_"/>
+      <w:bookmarkStart w:id="22" w:name="19)_How_frequently_do_you_track_the_aver"/>
+      <w:bookmarkStart w:id="23" w:name="20)_Does_your_CCO_have_a_process_for_ide"/>
+      <w:bookmarkStart w:id="24" w:name="17)__Does_your_CCO_use_local_community_o"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="4053CAC4" w14:textId="2E98FE6E" w:rsidR="00A82908" w:rsidRPr="009F591F" w:rsidRDefault="1EE6CD9C" w:rsidP="009F591F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Domain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Provision</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Language</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Assistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2EDE8650" w14:textId="6623BC20" w:rsidR="001464DA" w:rsidRPr="00294DEA" w:rsidRDefault="00E9176E" w:rsidP="00294DEA">
+    <w:p w14:paraId="0CB4B891" w14:textId="654D920E" w:rsidR="004029C1" w:rsidRPr="0018737B" w:rsidRDefault="4B255175" w:rsidP="3BEA3AC2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Questions in this domain assess how your </w:t>
+      </w:r>
+      <w:r w:rsidR="2A623098" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> communicates with patients and caregivers who</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prefer a language other than English for </w:t>
+      </w:r>
+      <w:r w:rsidR="00951859" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="008E1D54" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>what data it collects about the delivery of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="23B3B4ED" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">language access </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>services.</w:t>
+      </w:r>
+      <w:r w:rsidR="0018737B" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B82D1A" w14:textId="1A736C90" w:rsidR="00DD1150" w:rsidRDefault="41908CC1" w:rsidP="1593183B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>answer</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>questions</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>based</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>language</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r w:rsidR="1DFAD2EB" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as of </w:t>
+      </w:r>
+      <w:r w:rsidR="1DFAD2EB" w:rsidRPr="003B55A8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">December 31, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B55A8" w:rsidRPr="003B55A8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7956">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="1DFAD2EB" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51740E14" w14:textId="77777777" w:rsidR="00683C19" w:rsidRPr="009F591F" w:rsidRDefault="00683C19" w:rsidP="00683C19">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BDF69CF" w14:textId="6B32E0C6" w:rsidR="00B74AEF" w:rsidRPr="009F591F" w:rsidRDefault="4E265694" w:rsidP="00A55F16">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B74AEF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>You previously indicated that</w:t>
+      </w:r>
+      <w:r w:rsidR="5BF36C38" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the languages below were the most frequently encountered non-English languages preferred by patients and caregivers served by your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="156C1220" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7556">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidR="00C77ABB" w:rsidRPr="00C77ABB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">responses </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7556" w:rsidRPr="00C77ABB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>from A5</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7556">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="156C1220" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oes your hospital provide language </w:t>
+      </w:r>
+      <w:r w:rsidR="00880CBD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>assistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services in each of the following languages?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9360" w:type="dxa"/>
+        <w:tblInd w:w="355" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7830"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="720"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="1593183B" w14:paraId="5B010C2F" w14:textId="77777777" w:rsidTr="00880CBD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34DC1CFB" w14:textId="48D21879" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7A964D" w14:textId="70951961" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F691789" w14:textId="2A75F9C1" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2A4D00" w14:textId="77777777" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39055C02" w14:textId="2F17178E" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1593183B" w14:paraId="60EDF378" w14:textId="77777777" w:rsidTr="00880CBD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37B6D272" w14:textId="32D5050B" w:rsidR="3BA59A91" w:rsidRDefault="3BA59A91" w:rsidP="00880CBD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="300"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55F16">
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00880CBD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA8D72F" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="704C239A" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1593183B" w14:paraId="437499F1" w14:textId="77777777" w:rsidTr="00880CBD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB60BAB" w14:textId="652628DA" w:rsidR="42D056BA" w:rsidRDefault="42D056BA" w:rsidP="00880CBD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="270"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r w:rsidR="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="466EAD33" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41897651" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1593183B" w14:paraId="26865D0A" w14:textId="77777777" w:rsidTr="00880CBD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E2188A" w14:textId="2170F727" w:rsidR="3A12719D" w:rsidRPr="00A55F16" w:rsidRDefault="3A12719D" w:rsidP="00880CBD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="270"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55F16">
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00880CBD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8F17BA" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D9E5F02" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1593183B" w14:paraId="48573AF4" w14:textId="77777777" w:rsidTr="00880CBD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC529FE" w14:textId="69AE896C" w:rsidR="6BA4558E" w:rsidRPr="00A55F16" w:rsidRDefault="6BA4558E" w:rsidP="00880CBD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="270"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="42D056BA" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="7281F1C3" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00880CBD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E56A0C" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C6D544" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1593183B" w14:paraId="74A00FBA" w14:textId="77777777" w:rsidTr="00880CBD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D468841" w14:textId="4D3451EF" w:rsidR="27D2CF46" w:rsidRPr="00A55F16" w:rsidRDefault="27D2CF46" w:rsidP="00880CBD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="270"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55F16">
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00880CBD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34729E62" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E51944F" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1593183B" w14:paraId="2E422226" w14:textId="77777777" w:rsidTr="00880CBD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CBFF28" w14:textId="088218D3" w:rsidR="274107D0" w:rsidRPr="00A55F16" w:rsidRDefault="274107D0" w:rsidP="00880CBD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="270"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55F16">
+              <w:t>f.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00880CBD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="394BB03E" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB4A4D8" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1593183B" w14:paraId="78FD1244" w14:textId="77777777" w:rsidTr="00880CBD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B822ADD" w14:textId="684DE449" w:rsidR="386B32D2" w:rsidRPr="00A55F16" w:rsidRDefault="386B32D2" w:rsidP="00880CBD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="270"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55F16">
+              <w:t>g.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00880CBD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA8D8D3" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E4F0757" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1593183B" w14:paraId="28194AFD" w14:textId="77777777" w:rsidTr="00880CBD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BCE61F6" w14:textId="669FF208" w:rsidR="42D056BA" w:rsidRPr="00A55F16" w:rsidRDefault="42D056BA" w:rsidP="00880CBD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="270"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>h.</w:t>
+            </w:r>
+            <w:r w:rsidR="64D1750A" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00880CBD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA5743E" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A1FF6E" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1593183B" w14:paraId="09CF6AB3" w14:textId="77777777" w:rsidTr="00880CBD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9AEF65" w14:textId="0E1197F5" w:rsidR="662DE014" w:rsidRPr="00A55F16" w:rsidRDefault="662DE014" w:rsidP="00880CBD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="270"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55F16">
+              <w:t>i.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00880CBD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4221E7" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB585D3" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1593183B" w14:paraId="40B07FC3" w14:textId="77777777" w:rsidTr="00880CBD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="351AF208" w14:textId="0FAAFC00" w:rsidR="42D056BA" w:rsidRPr="00A55F16" w:rsidRDefault="42D056BA" w:rsidP="00880CBD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="270"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">j. </w:t>
+            </w:r>
+            <w:r w:rsidR="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C302249" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1573F139" w14:textId="324B93D4" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0042B521" w14:textId="7B0B7BD6" w:rsidR="00B74AEF" w:rsidRPr="009F591F" w:rsidRDefault="00B74AEF" w:rsidP="1593183B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11A36E62" w14:textId="1AD3980E" w:rsidR="00B74AEF" w:rsidRPr="009F591F" w:rsidRDefault="07EA8923" w:rsidP="00A55F16">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00420DB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B74AEF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your hospital provide </w:t>
+      </w:r>
+      <w:r w:rsidR="2EF073D4" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>language assistance services to communicate with individuals with hearing disa</w:t>
+      </w:r>
+      <w:r w:rsidR="1F7B4A89" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bilities who use </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>sign languages (such as ASL or CDI)</w:t>
+      </w:r>
+      <w:r w:rsidR="1F7B4A89" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2A7DE0" w14:textId="77777777" w:rsidR="00B74AEF" w:rsidRPr="009F591F" w:rsidRDefault="1F7B4A89" w:rsidP="1593183B">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B74AEF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48448C04" w14:textId="47EBC445" w:rsidR="00B74AEF" w:rsidRPr="00A55F16" w:rsidRDefault="1F7B4A89" w:rsidP="00A55F16">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B74AEF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43495705" w14:textId="47189BBA" w:rsidR="00B74AEF" w:rsidRPr="009F591F" w:rsidRDefault="00B74AEF" w:rsidP="1593183B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FEE41E0" w14:textId="22B32432" w:rsidR="004029C1" w:rsidRPr="009F591F" w:rsidRDefault="4B255175" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00420DB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009834F0" w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="3354A031" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any of the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> following </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>types</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>language</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>assistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="68A5EF8F" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, either in-house or through a c</w:t>
+      </w:r>
+      <w:r w:rsidR="4DC2350B" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ontract</w:t>
+      </w:r>
+      <w:r w:rsidR="6F0C85F3" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>or?</w:t>
+      </w:r>
+      <w:r w:rsidR="4DC2350B" w:rsidRPr="00A55F16">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+      <w:r w:rsidR="00846405">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="720"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D00D76" w:rsidRPr="009F591F" w14:paraId="5BFD2247" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4261F2A3" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56B9E2DE" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42A61CE6" w14:textId="34414467" w:rsidR="00D00D76" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1974C0DA" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79AF7A8B" w14:textId="2F17178E" w:rsidR="00D00D76" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004029C1" w:rsidRPr="009F591F" w14:paraId="05614911" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1918DA55" w14:textId="06880598" w:rsidR="004029C1" w:rsidRPr="00880CBD" w:rsidRDefault="004029C1" w:rsidP="00E83B0C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="363"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83B0C" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Multilingual </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>providers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="697CAEDE" w14:textId="6E99DD1B" w:rsidR="004029C1" w:rsidRPr="009F591F" w:rsidRDefault="004029C1" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F4D5921" w14:textId="51C712A4" w:rsidR="004029C1" w:rsidRPr="009F591F" w:rsidRDefault="004029C1" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2CB3" w:rsidRPr="009F591F" w14:paraId="24FB2DC6" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="320D1F95" w14:textId="69106EF6" w:rsidR="005B2CB3" w:rsidRPr="00880CBD" w:rsidRDefault="005B2CB3" w:rsidP="00E83B0C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="363"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C23506">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Multilingual staff</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C815C4A" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="009F591F" w:rsidRDefault="005B2CB3" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49BE4F76" w14:textId="77777777" w:rsidR="005B2CB3" w:rsidRPr="009F591F" w:rsidRDefault="005B2CB3" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004029C1" w:rsidRPr="009F591F" w14:paraId="64B93B50" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="003CD13E" w14:textId="2B4B5AAF" w:rsidR="004029C1" w:rsidRPr="00880CBD" w:rsidRDefault="00C23506" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="349"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="4B255175" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83B0C" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="2D14A7A4" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="4B255175" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n-person </w:t>
+            </w:r>
+            <w:r w:rsidR="4B255175" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>interpreters</w:t>
+            </w:r>
+            <w:r w:rsidR="4B255175" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="4B255175" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(spoken</w:t>
+            </w:r>
+            <w:r w:rsidR="33DCB603" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> language</w:t>
+            </w:r>
+            <w:r w:rsidR="4B255175" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="4B255175" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3833F69D" w14:textId="35A20203" w:rsidR="004029C1" w:rsidRPr="009F591F" w:rsidRDefault="004029C1" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C88BCA1" w14:textId="73574783" w:rsidR="004029C1" w:rsidRPr="009F591F" w:rsidRDefault="004029C1" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A55F16" w:rsidRPr="009F591F" w14:paraId="7B443BB7" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33017049" w14:textId="7ED3938C" w:rsidR="00A55F16" w:rsidRPr="00A54796" w:rsidRDefault="00A54796" w:rsidP="00A54796">
+            <w:pPr>
+              <w:ind w:left="540" w:hanging="540"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>If responded ‘Yes’ to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, answer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>B3d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01EA0FD6" w14:textId="26B8FE39" w:rsidR="00A55F16" w:rsidRPr="00880CBD" w:rsidRDefault="00C23506" w:rsidP="00A55F16">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="349"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00880CBD" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In-person </w:t>
+            </w:r>
+            <w:r w:rsidR="007D47A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>sign language</w:t>
+            </w:r>
+            <w:r w:rsidR="007D47A1" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>interpreters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B6E4602" w14:textId="77777777" w:rsidR="00A55F16" w:rsidRPr="009F591F" w:rsidRDefault="00A55F16" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20807639" w14:textId="77777777" w:rsidR="00A55F16" w:rsidRPr="009F591F" w:rsidRDefault="00A55F16" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A55F16" w:rsidRPr="009F591F" w14:paraId="059C65D8" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39B4C89E" w14:textId="3E55B882" w:rsidR="00A55F16" w:rsidRPr="00880CBD" w:rsidRDefault="00C23506" w:rsidP="00A55F16">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="349"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Telephonic</w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>interpreters</w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(spoken </w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>language</w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67811F6D" w14:textId="77777777" w:rsidR="00A55F16" w:rsidRPr="009F591F" w:rsidRDefault="00A55F16" w:rsidP="00A55F16">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9F841E" w14:textId="77777777" w:rsidR="00A55F16" w:rsidRPr="009F591F" w:rsidRDefault="00A55F16" w:rsidP="00A55F16">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A55F16" w:rsidRPr="009F591F" w14:paraId="4C4FD680" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E093402" w14:textId="79943288" w:rsidR="00A55F16" w:rsidRPr="00880CBD" w:rsidRDefault="00C23506" w:rsidP="00A55F16">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="349"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Video</w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">interpreters (spoken </w:t>
+            </w:r>
+            <w:r w:rsidR="007D47A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or sign </w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>language)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="421D26D0" w14:textId="77777777" w:rsidR="00A55F16" w:rsidRPr="009F591F" w:rsidRDefault="00A55F16" w:rsidP="00A55F16">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7366DD97" w14:textId="77777777" w:rsidR="00A55F16" w:rsidRPr="009F591F" w:rsidRDefault="00A55F16" w:rsidP="00A55F16">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00880CBD" w:rsidRPr="009F591F" w14:paraId="2B731DF8" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="758E3A25" w14:textId="4612A87A" w:rsidR="00A54796" w:rsidRPr="00A54796" w:rsidRDefault="00A54796" w:rsidP="00A54796">
+            <w:pPr>
+              <w:ind w:left="540" w:hanging="540"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>If responded ‘Yes’ to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, answer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>B3g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0642A919" w14:textId="29070AF7" w:rsidR="00880CBD" w:rsidRPr="00880CBD" w:rsidRDefault="00C23506" w:rsidP="00880CBD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="349"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="00880CBD" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00880CBD">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00880CBD" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Staff trained to use </w:t>
+            </w:r>
+            <w:r w:rsidR="00880CBD" w:rsidRPr="00AF3EA8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>video relay or text telephone devices (TTY or TDD)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="465DDDDA" w14:textId="77777777" w:rsidR="00880CBD" w:rsidRPr="009F591F" w:rsidRDefault="00880CBD" w:rsidP="00A55F16">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A14CFC3" w14:textId="77777777" w:rsidR="00880CBD" w:rsidRPr="009F591F" w:rsidRDefault="00880CBD" w:rsidP="00A55F16">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A55F16" w:rsidRPr="009F591F" w14:paraId="6D06DA1B" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31254933" w14:textId="6F7D95D0" w:rsidR="00A55F16" w:rsidRPr="00880CBD" w:rsidRDefault="00C23506" w:rsidP="00A55F16">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="349"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Translators</w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(for</w:t>
+            </w:r>
+            <w:r w:rsidR="00A55F16" w:rsidRPr="00880CBD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> documents)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E75FAE5" w14:textId="03DC9D04" w:rsidR="00A55F16" w:rsidRPr="009F591F" w:rsidRDefault="00A55F16" w:rsidP="00A55F16">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F272D70" w14:textId="3EAF8F68" w:rsidR="00A55F16" w:rsidRPr="009F591F" w:rsidRDefault="00A55F16" w:rsidP="00A55F16">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2ABCF50B" w14:textId="77777777" w:rsidR="00E308A8" w:rsidRDefault="00E308A8" w:rsidP="00E308A8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11F7DB17" w14:textId="77777777" w:rsidR="00C77ABB" w:rsidRPr="009F591F" w:rsidRDefault="00C77ABB" w:rsidP="00E308A8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DAF4F68" w14:textId="1B10463E" w:rsidR="00652236" w:rsidRPr="0073191F" w:rsidRDefault="00652236" w:rsidP="00652236">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">If responded ‘Yes’ to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>any B3a-</w:t>
+      </w:r>
+      <w:r w:rsidR="00690EB7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>B4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B82D1C" w14:textId="6F93A906" w:rsidR="00DD1150" w:rsidRPr="009F591F" w:rsidRDefault="54D4A32C" w:rsidP="1593183B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00420DB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E308A8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AF3EA8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oes your </w:t>
+      </w:r>
+      <w:r w:rsidR="6E622E47" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide interpreter services or multilingual staff</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3EA8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for any of the following types of interactions</w:t>
+      </w:r>
+      <w:r w:rsidR="32A5E572" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="720"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D00D76" w:rsidRPr="009F591F" w14:paraId="3F480E59" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C65DE10" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79696F85" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B04F47D" w14:textId="5CE849E9" w:rsidR="00D00D76" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9B62EC" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18242FBC" w14:textId="362EEBCD" w:rsidR="00D00D76" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E308A8" w:rsidRPr="009F591F" w14:paraId="0FB4C424" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5B3802" w14:textId="7329081E" w:rsidR="00E308A8" w:rsidRPr="009F591F" w:rsidRDefault="00E308A8" w:rsidP="00E83B0C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83B0C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="0072514F" w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Patient registration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2880901A" w14:textId="77777777" w:rsidR="00E308A8" w:rsidRPr="009F591F" w:rsidRDefault="00E308A8" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6724F415" w14:textId="77777777" w:rsidR="00E308A8" w:rsidRPr="009F591F" w:rsidRDefault="00E308A8" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E308A8" w:rsidRPr="009F591F" w14:paraId="5581D88C" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D54BE2" w14:textId="70E9F695" w:rsidR="00E308A8" w:rsidRPr="009F591F" w:rsidRDefault="7BE6C1A5" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r w:rsidR="0072514F">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Patient interactions with providers</w:t>
+            </w:r>
+            <w:r w:rsidR="57BD9327" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="1D18812F" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>during stay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25CCD66C" w14:textId="77777777" w:rsidR="00E308A8" w:rsidRPr="009F591F" w:rsidRDefault="00E308A8" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E4AC55A" w14:textId="77777777" w:rsidR="00E308A8" w:rsidRPr="009F591F" w:rsidRDefault="00E308A8" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E308A8" w:rsidRPr="009F591F" w14:paraId="1385129F" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="715D5E4E" w14:textId="1B62410E" w:rsidR="00E308A8" w:rsidRPr="009F591F" w:rsidRDefault="7BE6C1A5" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c. </w:t>
+            </w:r>
+            <w:r w:rsidR="0072514F">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Patient interactions with nurses</w:t>
+            </w:r>
+            <w:r w:rsidR="4BF7F8A6" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="2E42AC31" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>during stay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25F7C24F" w14:textId="77777777" w:rsidR="00E308A8" w:rsidRPr="009F591F" w:rsidRDefault="00E308A8" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE620CD" w14:textId="77777777" w:rsidR="00E308A8" w:rsidRPr="009F591F" w:rsidRDefault="00E308A8" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00641B64" w:rsidRPr="009F591F" w14:paraId="032DD75D" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53960443" w14:textId="01FAF5F8" w:rsidR="00641B64" w:rsidRPr="1593183B" w:rsidRDefault="00641B64" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Patient discharge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2E6C7C" w14:textId="77777777" w:rsidR="00641B64" w:rsidRPr="009F591F" w:rsidRDefault="00641B64" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3904AB56" w14:textId="77777777" w:rsidR="00641B64" w:rsidRPr="009F591F" w:rsidRDefault="00641B64" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E308A8" w:rsidRPr="009F591F" w14:paraId="259274AB" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73280F70" w14:textId="2545EEC7" w:rsidR="00E308A8" w:rsidRPr="009F591F" w:rsidRDefault="35CD0340" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="20064273" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00725EB8">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="20064273" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Hospital information desk or Guest Services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E525EF" w14:textId="77777777" w:rsidR="00E308A8" w:rsidRPr="009F591F" w:rsidRDefault="00E308A8" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BED318C" w14:textId="77777777" w:rsidR="00E308A8" w:rsidRPr="009F591F" w:rsidRDefault="00E308A8" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072514F" w:rsidRPr="009F591F" w14:paraId="145FBA12" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E928F6C" w14:textId="20D6B627" w:rsidR="0072514F" w:rsidRPr="009F591F" w:rsidRDefault="6E0B520D" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidR="7BE6C1A5" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00725EB8">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="7BE6C1A5" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Customer service</w:t>
+            </w:r>
+            <w:r w:rsidR="73A21F5D" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (for example, patient questions, billing)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57951121" w14:textId="77777777" w:rsidR="0072514F" w:rsidRPr="009F591F" w:rsidRDefault="0072514F" w:rsidP="0072514F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CBEF23D" w14:textId="77777777" w:rsidR="0072514F" w:rsidRPr="009F591F" w:rsidRDefault="0072514F" w:rsidP="0072514F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072514F" w:rsidRPr="009F591F" w14:paraId="79D50180" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="377208F3" w14:textId="6816C8A9" w:rsidR="0072514F" w:rsidRPr="009F591F" w:rsidRDefault="212A4C8A" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="7BE6C1A5" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00725EB8">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="64E66235" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Patient c</w:t>
+            </w:r>
+            <w:r w:rsidR="7BE6C1A5" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>omplaint</w:t>
+            </w:r>
+            <w:r w:rsidR="64E66235" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCE25E6" w14:textId="77777777" w:rsidR="0072514F" w:rsidRPr="009F591F" w:rsidDel="004029C1" w:rsidRDefault="0072514F" w:rsidP="0072514F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B90B74D" w14:textId="77777777" w:rsidR="0072514F" w:rsidRPr="009F591F" w:rsidDel="004029C1" w:rsidRDefault="0072514F" w:rsidP="0072514F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072514F" w:rsidRPr="00A97309" w14:paraId="1B2F801C" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03218AE7" w14:textId="4D1CFB12" w:rsidR="0072514F" w:rsidRDefault="6708FE62" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:r w:rsidR="7BE6C1A5" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00725EB8">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="7BE6C1A5" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Case management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38DA6250" w14:textId="77777777" w:rsidR="0072514F" w:rsidRPr="00A97309" w:rsidDel="004029C1" w:rsidRDefault="0072514F" w:rsidP="0072514F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CFA58DA" w14:textId="77777777" w:rsidR="0072514F" w:rsidRPr="00A97309" w:rsidDel="004029C1" w:rsidRDefault="0072514F" w:rsidP="0072514F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00641B64" w:rsidRPr="00A97309" w14:paraId="2A0B32DA" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4451CAA1" w14:textId="3253DE8D" w:rsidR="00641B64" w:rsidRPr="1593183B" w:rsidRDefault="00641B64" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">i. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Other interaction</w:t>
+            </w:r>
+            <w:r w:rsidR="00442878">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(Please specify):__________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10D76B64" w14:textId="77777777" w:rsidR="00641B64" w:rsidRPr="00A97309" w:rsidDel="004029C1" w:rsidRDefault="00641B64" w:rsidP="0072514F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="333F9A32" w14:textId="77777777" w:rsidR="00641B64" w:rsidRPr="00A97309" w:rsidDel="004029C1" w:rsidRDefault="00641B64" w:rsidP="0072514F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0DF7BE8F" w14:textId="77777777" w:rsidR="00E308A8" w:rsidRPr="00A97309" w:rsidRDefault="00E308A8" w:rsidP="00E308A8">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C3772E8" w14:textId="5D8CBC61" w:rsidR="00D160F8" w:rsidRPr="00A97309" w:rsidRDefault="4E268D10" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00420DB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009834F0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the following </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>vital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">written documents translated into any non-English languages at your </w:t>
+      </w:r>
+      <w:r w:rsidR="005C08EA" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9457" w:type="dxa"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7829"/>
+        <w:gridCol w:w="712"/>
+        <w:gridCol w:w="916"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D00D76" w:rsidRPr="00A97309" w14:paraId="40564113" w14:textId="77777777" w:rsidTr="00A55F16">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7640335A" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00A97309" w:rsidRDefault="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCD02A7" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="6EE082C8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17FEF451" w14:textId="3CEBB34F" w:rsidR="00D00D76" w:rsidRPr="00A97309" w:rsidRDefault="6EE082C8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F18080" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="6EE082C8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AEF7B34" w14:textId="28DB570A" w:rsidR="00D00D76" w:rsidRPr="00A97309" w:rsidRDefault="6EE082C8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00442878" w:rsidRPr="00A97309" w14:paraId="28CFAFB4" w14:textId="77777777" w:rsidTr="00A55F16">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE7F60C" w14:textId="1E25F42C" w:rsidR="00442878" w:rsidRPr="1593183B" w:rsidRDefault="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Intake</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>forms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D6ED0C" w14:textId="77777777" w:rsidR="00442878" w:rsidRPr="00A97309" w:rsidRDefault="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E50B229" w14:textId="77777777" w:rsidR="00442878" w:rsidRPr="00A97309" w:rsidRDefault="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D160F8" w:rsidRPr="00A97309" w14:paraId="4CED6C8F" w14:textId="77777777" w:rsidTr="00A55F16">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="480B3ECF" w14:textId="0B643158" w:rsidR="00D160F8" w:rsidRPr="00A97309" w:rsidRDefault="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidR="4E268D10" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83B0C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="4E268D10" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Consent</w:t>
+            </w:r>
+            <w:r w:rsidR="4E268D10" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="4E268D10" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>forms</w:t>
+            </w:r>
+            <w:r w:rsidR="4E268D10" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72755AEC" w14:textId="57CDF4F1" w:rsidR="00D160F8" w:rsidRPr="00A97309" w:rsidRDefault="00D160F8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2DF3C4" w14:textId="2917A50D" w:rsidR="00D160F8" w:rsidRPr="00A97309" w:rsidRDefault="00D160F8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00442878" w:rsidRPr="00A97309" w14:paraId="7260D805" w14:textId="77777777" w:rsidTr="00A55F16">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6318C0" w14:textId="44FD6C5A" w:rsidR="00442878" w:rsidRPr="1593183B" w:rsidRDefault="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Pre-procedure instructions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B9338C" w14:textId="77777777" w:rsidR="00442878" w:rsidRPr="00A97309" w:rsidRDefault="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32FB6BBC" w14:textId="77777777" w:rsidR="00442878" w:rsidRPr="00A97309" w:rsidRDefault="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D160F8" w:rsidRPr="00A97309" w14:paraId="504388BD" w14:textId="77777777" w:rsidTr="00A55F16">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B6A994B" w14:textId="2A72F2BA" w:rsidR="00D160F8" w:rsidRPr="00A97309" w:rsidRDefault="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Notices</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>of patient</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>rights</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5387A8F0" w14:textId="6325C77A" w:rsidR="00D160F8" w:rsidRPr="00A97309" w:rsidRDefault="00D160F8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1668DF19" w14:textId="61C851B2" w:rsidR="00D160F8" w:rsidRPr="00A97309" w:rsidRDefault="00D160F8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D160F8" w:rsidRPr="00A97309" w14:paraId="4DEB2FE8" w14:textId="77777777" w:rsidTr="00A55F16">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E19F83" w14:textId="3FF95464" w:rsidR="00D160F8" w:rsidRPr="00A97309" w:rsidRDefault="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Test results</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB15129" w14:textId="19B99B34" w:rsidR="00D160F8" w:rsidRPr="00A97309" w:rsidRDefault="00D160F8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0083734E" w14:textId="1179A712" w:rsidR="00D160F8" w:rsidRPr="00A97309" w:rsidRDefault="00D160F8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D160F8" w:rsidRPr="00A97309" w14:paraId="485A70F3" w14:textId="77777777" w:rsidTr="00A55F16">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5299B671" w14:textId="6F137AFF" w:rsidR="00D160F8" w:rsidRPr="00A97309" w:rsidRDefault="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Discharge instructions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF8E637" w14:textId="79B5A5E3" w:rsidR="00D160F8" w:rsidRPr="00A97309" w:rsidRDefault="00D160F8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00A4ABAB" w14:textId="07CE67D9" w:rsidR="00D160F8" w:rsidRPr="00A97309" w:rsidRDefault="00D160F8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00442878" w14:paraId="6D51B9F6" w14:textId="77777777" w:rsidTr="00A55F16">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70FDB065" w14:textId="2FCD2408" w:rsidR="00442878" w:rsidRDefault="00442878" w:rsidP="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="276"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>After-visit summaries</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3783FE40" w14:textId="5064B2D7" w:rsidR="00442878" w:rsidRDefault="00442878" w:rsidP="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="276"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53D98EC2" w14:textId="64C3EF13" w:rsidR="00442878" w:rsidRDefault="00442878" w:rsidP="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="276"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00442878" w14:paraId="0BA7B0CD" w14:textId="77777777" w:rsidTr="00A55F16">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1776BEA0" w14:textId="5BD3BB04" w:rsidR="00442878" w:rsidRDefault="00442878" w:rsidP="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="276"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Complaint</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>forms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D09BA33" w14:textId="40A24F65" w:rsidR="00442878" w:rsidRDefault="00442878" w:rsidP="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="276"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2774AE38" w14:textId="770EE957" w:rsidR="00442878" w:rsidRDefault="00442878" w:rsidP="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="276"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00442878" w14:paraId="103782E5" w14:textId="77777777" w:rsidTr="00A55F16">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DDB648A" w14:textId="7BA57A76" w:rsidR="00442878" w:rsidRDefault="00442878" w:rsidP="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="276"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">i. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other documents </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(Please specify):__________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8F893A" w14:textId="230F0EF3" w:rsidR="00442878" w:rsidRDefault="00442878" w:rsidP="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="276"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B91D9A2" w14:textId="1E35BCDC" w:rsidR="00442878" w:rsidRDefault="00442878" w:rsidP="00442878">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="276"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2D973325" w14:textId="77777777" w:rsidR="000C73BC" w:rsidRDefault="000C73BC" w:rsidP="00295865">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C9E22E0" w14:textId="7985F6AD" w:rsidR="00690EB7" w:rsidRPr="00690EB7" w:rsidRDefault="00690EB7" w:rsidP="00690EB7">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B3</w:t>
+      </w:r>
+      <w:r w:rsidR="00095F25">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="006142FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or B3e-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="006142FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>6a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="731141DB" w14:textId="201B997E" w:rsidR="000467E2" w:rsidRPr="00A54796" w:rsidRDefault="365D7E96" w:rsidP="00A54796">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="1D1C33F7" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000467E2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please indicate</w:t>
+      </w:r>
+      <w:r w:rsidR="0AC015CA" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the availability of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interpreter services </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidR="0AC015CA" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="39E00CDC" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidR="7148AEFD" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="13FF67F6" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="13FF67F6" w:rsidRPr="00A54796">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54796" w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54796">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B2</w:t>
+      </w:r>
+      <w:r w:rsidR="13FF67F6" w:rsidRPr="00A54796">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="40F5F003" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not including </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>sign language</w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="40F5F003" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>interpreter services</w:t>
+      </w:r>
+      <w:r w:rsidR="64CFAC0F" w:rsidRPr="00A54796">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB9A4B6" w14:textId="5BFCA959" w:rsidR="00415828" w:rsidRDefault="00415828" w:rsidP="00415828">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="900"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Number of days per week interpreter services are available: ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60870597" w14:textId="2D4769A6" w:rsidR="00415828" w:rsidRPr="00415828" w:rsidRDefault="27EC5EB2" w:rsidP="00415828">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="900"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Average number of hours per day that interpreter services are available: ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B228AD9" w14:textId="26B43DF5" w:rsidR="00706892" w:rsidRPr="006B51F5" w:rsidRDefault="0AC015CA" w:rsidP="006B51F5">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDAB5F5" w14:textId="54AD985E" w:rsidR="004779BB" w:rsidRPr="004779BB" w:rsidRDefault="004779BB" w:rsidP="004779BB">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>B6b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="040AE561" w14:textId="575701D9" w:rsidR="00B74AEF" w:rsidRPr="00B74AEF" w:rsidRDefault="29EEDC9E" w:rsidP="1593183B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B74AEF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please indicate the availability of </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>sign language</w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1" w:rsidRPr="00A55F16">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55F16">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>interpreter services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at your hospital.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F9D3556" w14:textId="5BFCA959" w:rsidR="00B74AEF" w:rsidRPr="00B74AEF" w:rsidRDefault="29EEDC9E" w:rsidP="1593183B">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="900"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Number of days per week interpreter services are available: ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F7FE9A" w14:textId="2D4769A6" w:rsidR="00B74AEF" w:rsidRPr="00B74AEF" w:rsidRDefault="29EEDC9E" w:rsidP="1593183B">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="900"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Average number of hours per day that interpreter services are available: ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E84316" w14:textId="24DE9AA8" w:rsidR="00B27AB0" w:rsidRDefault="29EEDC9E" w:rsidP="00B74AEF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6358888A" w14:textId="412F7C04" w:rsidR="00D51CE8" w:rsidRPr="00A97309" w:rsidRDefault="00D51CE8" w:rsidP="00693144">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="760"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0843">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Does</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>main</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>website</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000869A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information or links to information in any languages other than English? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5927F4AE" w14:textId="77777777" w:rsidR="00894683" w:rsidRDefault="00894683" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="678EB607" w14:textId="77777777" w:rsidR="00894683" w:rsidRDefault="00894683" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="484DCA82" w14:textId="3560B652" w:rsidR="00D51CE8" w:rsidRPr="00E22538" w:rsidRDefault="0B704A0F" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="10A719A3" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D51CE8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Not applicable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, this </w:t>
+      </w:r>
+      <w:r w:rsidR="1409E36D" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> does not have a website</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70073C24" w14:textId="77777777" w:rsidR="00D51CE8" w:rsidRPr="00851030" w:rsidRDefault="00D51CE8" w:rsidP="00D51CE8">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71A66DC8" w14:textId="72B7D7C6" w:rsidR="007C382D" w:rsidRPr="007C382D" w:rsidRDefault="007C382D" w:rsidP="007C382D">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>B8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C55A179" w14:textId="7647276C" w:rsidR="00D160F8" w:rsidRPr="00A97309" w:rsidRDefault="4E268D10" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009834F0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>When</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4FFE0554" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>updates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>website,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>does</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>also</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>translate the new content into any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>non-English</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">languages? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA933B1" w14:textId="77777777" w:rsidR="00894683" w:rsidRDefault="00894683" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F30C1F9" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="005A732A" w:rsidRDefault="00894683" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FDE26AA" w14:textId="347E1C3B" w:rsidR="00D160F8" w:rsidRDefault="00D160F8" w:rsidP="00851030">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="194779C1" w14:textId="48B0888E" w:rsidR="00D160F8" w:rsidRDefault="4E268D10" w:rsidP="00D160F8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="1760C25A" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D160F8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Is the signage in your </w:t>
+      </w:r>
+      <w:r w:rsidR="2D7C3D09" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s buildings translated into any non-English languages so that patients, caregivers, and visitors </w:t>
+      </w:r>
+      <w:r w:rsidR="1760C25A" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who prefer a language other than English </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>can navigate the facility?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66169017" w14:textId="67130593" w:rsidR="00D160F8" w:rsidRPr="00894683" w:rsidRDefault="00D160F8" w:rsidP="007A490F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00294DEA">
-[...22 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Yes, all signage is translated</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA2BE4A" w14:textId="0646C45C" w:rsidR="00D160F8" w:rsidRDefault="00D160F8" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001464DA" w:rsidRPr="00294DEA">
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Yes, some signage is translated</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="206AE0FF" w14:textId="5DA5D466" w:rsidR="00D160F8" w:rsidRPr="00233C4A" w:rsidRDefault="00D160F8" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB7665" w:rsidRPr="00294DEA">
-[...175 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>No, signage is not translated</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="223AD00F" w14:textId="59552C4B" w:rsidR="00BF7405" w:rsidRPr="00BF7405" w:rsidRDefault="00BF7405" w:rsidP="5F144259">
+    <w:p w14:paraId="3BA61BE9" w14:textId="77777777" w:rsidR="00D160F8" w:rsidRDefault="00D160F8" w:rsidP="00683C19">
       <w:pPr>
-        <w:ind w:left="360"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="761"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="633146F3" w14:textId="29FA9D3B" w:rsidR="00A41EA0" w:rsidRPr="002F58FE" w:rsidRDefault="001464DA" w:rsidP="00EC22A8">
+    <w:p w14:paraId="26B82D1E" w14:textId="6001C1CE" w:rsidR="00DD1150" w:rsidRPr="00A97309" w:rsidRDefault="1760C25A" w:rsidP="1593183B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...4 lines deleted...]
-        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="651"/>
+          <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0015480B">
-[...31 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="671F340A" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00EC22A8">
-[...32 lines deleted...]
-      <w:r w:rsidR="00A41EA0" w:rsidRPr="0021620A">
+      <w:r w:rsidR="009834F0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="6CB3C686" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> currently have a system in place for tracking </w:t>
+      </w:r>
+      <w:r w:rsidR="3E6FCD8B" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="26BACE1E" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>following?</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="720"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D00D76" w:rsidRPr="00A97309" w14:paraId="26B82D25" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B82D20" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00A97309" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="198B403F" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26B82D22" w14:textId="0E2C7DC4" w:rsidR="00D00D76" w:rsidRPr="00A97309" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76693BD3" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26B82D24" w14:textId="3E290E28" w:rsidR="00D00D76" w:rsidRPr="00A97309" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B575D9" w:rsidRPr="00A97309" w14:paraId="26B82D29" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B82D26" w14:textId="1144BBCF" w:rsidR="009834F0" w:rsidRPr="007B034B" w:rsidRDefault="1760C25A" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="26BACE1E" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number of instances in which l</w:t>
+            </w:r>
+            <w:r w:rsidR="6319577C" w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>anguage assistance</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> services</w:t>
+            </w:r>
+            <w:r w:rsidR="3E6FCD8B" w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> are</w:t>
+            </w:r>
+            <w:r w:rsidR="3E6FCD8B" w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> requested</w:t>
+            </w:r>
+            <w:r w:rsidR="26BACE1E" w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="26BACE1E" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>by patients or caregivers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B82D27" w14:textId="157FC09F" w:rsidR="00DD1150" w:rsidRPr="00A97309" w:rsidRDefault="00DD1150" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B82D28" w14:textId="3C33AFCE" w:rsidR="00DD1150" w:rsidRPr="00A97309" w:rsidRDefault="00DD1150" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B575D9" w:rsidRPr="00A97309" w14:paraId="26B82D2D" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B82D2A" w14:textId="14E5A295" w:rsidR="00DD1150" w:rsidRPr="00A97309" w:rsidRDefault="1760C25A" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidR="671F340A" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="26BACE1E" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Number of instances in which l</w:t>
+            </w:r>
+            <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>anguage</w:t>
+            </w:r>
+            <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>assistance</w:t>
+            </w:r>
+            <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>services</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> are</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="26BACE1E" w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>delivered</w:t>
+            </w:r>
+            <w:r w:rsidR="26BACE1E" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to patients or caregivers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B82D2B" w14:textId="258512FF" w:rsidR="00DD1150" w:rsidRPr="00A97309" w:rsidRDefault="00DD1150" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B82D2C" w14:textId="4D18B4AB" w:rsidR="00DD1150" w:rsidRPr="00A97309" w:rsidRDefault="00DD1150" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD1150" w:rsidRPr="00A97309" w14:paraId="26B82D35" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B82D32" w14:textId="21F25503" w:rsidR="00DD1150" w:rsidRPr="00A97309" w:rsidRDefault="1760C25A" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="671F340A" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="26BACE1E" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r w:rsidR="26BACE1E" w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">modality </w:t>
+            </w:r>
+            <w:r w:rsidR="26BACE1E" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>through which spoken language assistance services are delivered</w:t>
+            </w:r>
+            <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(in-person</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>telephonic,</w:t>
+            </w:r>
+            <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>video</w:t>
+            </w:r>
+            <w:r w:rsidR="676A8745" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B82D33" w14:textId="1573B6E3" w:rsidR="00DD1150" w:rsidRPr="00A97309" w:rsidRDefault="00DD1150" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B82D34" w14:textId="30A7053A" w:rsidR="00DD1150" w:rsidRPr="00A97309" w:rsidRDefault="00DD1150" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009834F0" w:rsidRPr="00A97309" w14:paraId="77D8DA88" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC6DDB4" w14:textId="7E140DC9" w:rsidR="00FB57A7" w:rsidRDefault="00FB57A7" w:rsidP="00FB57A7">
+            <w:pPr>
+              <w:ind w:left="540" w:hanging="540"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>If responded ‘Yes’ to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B3a or B3b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, answer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>B10d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EA424B0" w14:textId="7B4ECC23" w:rsidR="009834F0" w:rsidRPr="00A97309" w:rsidDel="009834F0" w:rsidRDefault="1760C25A" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d. </w:t>
+            </w:r>
+            <w:r w:rsidR="009834F0">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="26BACE1E" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Number of instances </w:t>
+            </w:r>
+            <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>in which p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>atients or caregivers receive</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in-language services from multilingual staff or providers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A205A84" w14:textId="77777777" w:rsidR="009834F0" w:rsidRPr="00A97309" w:rsidDel="009834F0" w:rsidRDefault="009834F0" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="063D46FC" w14:textId="77777777" w:rsidR="009834F0" w:rsidRPr="00A97309" w:rsidDel="009834F0" w:rsidRDefault="009834F0" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB3507" w:rsidRPr="00A97309" w14:paraId="72B88D36" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7887A6" w14:textId="18FA5C32" w:rsidR="00AB3507" w:rsidRDefault="426340A4" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e. </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB3507">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Number of instances in which </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>patient</w:t>
+            </w:r>
+            <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or caregiver</w:t>
+            </w:r>
+            <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>with a language preference</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> other than English </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>refuse interpretation services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F8B530" w14:textId="77777777" w:rsidR="00AB3507" w:rsidRPr="00A97309" w:rsidDel="009834F0" w:rsidRDefault="00AB3507" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="754BA9A8" w14:textId="77777777" w:rsidR="00AB3507" w:rsidRPr="00A97309" w:rsidDel="009834F0" w:rsidRDefault="00AB3507" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB3507" w:rsidRPr="00A97309" w14:paraId="1580B164" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4387E1DA" w14:textId="1E58E591" w:rsidR="00AB3507" w:rsidRDefault="426340A4" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">f. </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB3507">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Number of instances in which </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>patient</w:t>
+            </w:r>
+            <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or caregiver</w:t>
+            </w:r>
+            <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s are </w:t>
+            </w:r>
+            <w:r w:rsidR="3E6626BB" w:rsidRPr="00A55F16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>unable to request interpreter services</w:t>
+            </w:r>
+            <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="2EAF485A" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>because of a</w:t>
+            </w:r>
+            <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> medical reason</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (e.g., cognitive limitations)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF03406" w14:textId="77777777" w:rsidR="00AB3507" w:rsidRPr="00A97309" w:rsidDel="009834F0" w:rsidRDefault="00AB3507" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70089D1F" w14:textId="77777777" w:rsidR="00AB3507" w:rsidRPr="00A97309" w:rsidDel="009834F0" w:rsidRDefault="00AB3507" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="20513AD0" w14:textId="77777777" w:rsidR="000C73BC" w:rsidRPr="00B74AEF" w:rsidRDefault="000C73BC" w:rsidP="00683C19">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2238AC68" w14:textId="44D8366A" w:rsidR="00565B9D" w:rsidRDefault="00565B9D" w:rsidP="00565B9D">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B10a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>B11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7635C2FA" w14:textId="77777777" w:rsidR="002B26CC" w:rsidRDefault="002B26CC" w:rsidP="00603959">
+    <w:p w14:paraId="7E8B133D" w14:textId="3EBBF8C3" w:rsidR="009834F0" w:rsidRPr="009834F0" w:rsidRDefault="1760C25A" w:rsidP="00297730">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009834F0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Briefly describe how </w:t>
+      </w:r>
+      <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="6319577C" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="31232137" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="6319577C" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tracks </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>requests for interpreter services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2A92">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2A92" w:rsidRPr="005F2A92">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(maximum 1250 characters)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BE8C49" w14:textId="77777777" w:rsidR="00226847" w:rsidRPr="00B74AEF" w:rsidRDefault="00226847" w:rsidP="00297730">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24324A10" w14:textId="285D627C" w:rsidR="003E7378" w:rsidRDefault="003E7378" w:rsidP="003E7378">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B10b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>B12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499D5043" w14:textId="097054C8" w:rsidR="00226847" w:rsidRDefault="6319577C" w:rsidP="00297730">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="20064273" w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0" w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Briefly describe how </w:t>
+      </w:r>
+      <w:r w:rsidR="3E6626BB" w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="31232137" w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tracks the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00442878" w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>delivery</w:t>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of language assistance services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2A92">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2A92" w:rsidRPr="005F2A92">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(maximum 1250 characters)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5130083E" w14:textId="77777777" w:rsidR="00B27AB0" w:rsidRDefault="00B27AB0" w:rsidP="00297730">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67E3DF76" w14:textId="025DF520" w:rsidR="0081519F" w:rsidRDefault="0081519F" w:rsidP="0081519F">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B10c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>B13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0533B9" w14:textId="224B5E15" w:rsidR="00226847" w:rsidRDefault="6319577C" w:rsidP="00297730">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="0B704A0F" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Briefly describe how </w:t>
+      </w:r>
+      <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="55A2AC81" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tracks </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00442878">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00442878">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">modality </w:t>
+      </w:r>
+      <w:r w:rsidR="00442878" w:rsidRPr="00442878">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">through which </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00442878">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>interpreter services</w:t>
+      </w:r>
+      <w:r w:rsidR="00442878" w:rsidRPr="00442878">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are delivered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00442878">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2A92">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2A92" w:rsidRPr="005F2A92">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(maximum 1250 characters)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E1DC02" w14:textId="77777777" w:rsidR="00226847" w:rsidRDefault="00226847" w:rsidP="00297730">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="230C4D09" w14:textId="4A792B60" w:rsidR="0081519F" w:rsidRDefault="0081519F" w:rsidP="0081519F">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B10d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>B14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B1035FC" w14:textId="55131D18" w:rsidR="009834F0" w:rsidRPr="0042451C" w:rsidRDefault="6319577C" w:rsidP="00693144">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="365D7E96" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Briefly describe how </w:t>
+      </w:r>
+      <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="55A2AC81" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tracks </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the provision of in-language services</w:t>
+      </w:r>
+      <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3E6626BB" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>from multilingual staff or providers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2A92">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2A92" w:rsidRPr="005F2A92">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(maximum 1250 characters)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378996CF" w14:textId="77777777" w:rsidR="00AB3507" w:rsidRDefault="00AB3507" w:rsidP="00297730">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CE06D90" w14:textId="77777777" w:rsidR="00090358" w:rsidRDefault="00090358" w:rsidP="00297730">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A50DBF1" w14:textId="77777777" w:rsidR="00090358" w:rsidRDefault="00090358" w:rsidP="00297730">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D777661" w14:textId="4F94BEFB" w:rsidR="009B15D7" w:rsidRDefault="009B15D7" w:rsidP="009B15D7">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B10</w:t>
+      </w:r>
+      <w:r w:rsidR="00090358">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>B1</w:t>
+      </w:r>
+      <w:r w:rsidR="00090358">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563ACB5F" w14:textId="6D8CF8DB" w:rsidR="00AB3507" w:rsidRDefault="426340A4" w:rsidP="00297730">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3507">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Briefly describe how the </w:t>
+      </w:r>
+      <w:r w:rsidR="74D5885A" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> collects data on the number of patient or caregivers </w:t>
+      </w:r>
+      <w:r w:rsidR="2595CA59" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>with a language preference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> other than English </w:t>
+      </w:r>
+      <w:r w:rsidR="2595CA59" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>who</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>refuse interpretation services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2898DB32" w14:textId="77777777" w:rsidR="00AB3507" w:rsidRDefault="00AB3507" w:rsidP="00297730">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04D94527" w14:textId="2BD437AC" w:rsidR="00090358" w:rsidRDefault="00090358" w:rsidP="00090358">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B10f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>B16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F1C603" w14:textId="62E71A43" w:rsidR="00AB3507" w:rsidRPr="00AF712F" w:rsidRDefault="426340A4" w:rsidP="1593183B">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3507">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Briefly describe how the </w:t>
+      </w:r>
+      <w:r w:rsidR="74D5885A" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> collects data on the number of patient or caregivers who </w:t>
+      </w:r>
+      <w:r w:rsidR="2595CA59" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unable to request interpreter services</w:t>
+      </w:r>
+      <w:r w:rsidR="2EAF485A" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> because of a medical reason</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125682EB" w14:textId="77777777" w:rsidR="00AB3507" w:rsidRDefault="00AB3507" w:rsidP="0042451C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="253DE8B8" w14:textId="6FA37EE8" w:rsidR="00090358" w:rsidRDefault="00090358" w:rsidP="00090358">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B3a or B3b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>B17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E8DF155" w14:textId="26D18A20" w:rsidR="009834F0" w:rsidRDefault="6319577C" w:rsidP="009834F0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Hlk155779146"/>
+      <w:r w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0" w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="56E04ABE" w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Is your </w:t>
+      </w:r>
+      <w:r w:rsidR="1922D016" w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="56E04ABE" w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> able to report the following f</w:t>
+      </w:r>
+      <w:r w:rsidR="1760C25A" w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or each </w:t>
+      </w:r>
+      <w:r w:rsidR="283DD1EB" w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>visit or interaction</w:t>
+      </w:r>
+      <w:r w:rsidR="1760C25A" w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> where </w:t>
+      </w:r>
+      <w:r w:rsidR="1760C25A" w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">multilingual staff or providers </w:t>
+      </w:r>
+      <w:r w:rsidR="4155AE53" w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>deliver</w:t>
+      </w:r>
+      <w:r w:rsidR="1760C25A" w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in-language services</w:t>
+      </w:r>
+      <w:r w:rsidR="56E04ABE" w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7A90" w:rsidRPr="6A839F8D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="547" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6558"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1165"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D00D76" w14:paraId="5EF82968" w14:textId="77777777" w:rsidTr="01D1FA9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25325BF7" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D51930" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17FEC7A2" w14:textId="78341928" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6E0415" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="243D4E78" w14:textId="1D9F7199" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000467E2" w14:paraId="0D7B687C" w14:textId="77777777" w:rsidTr="01D1FA9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="167015C9" w14:textId="34BEAACD" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="001515F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00CB3442">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>The d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>ate the service was delivered</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65007391" w14:textId="61964A27" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D5E80AE" w14:textId="2CFC2EA5" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000467E2" w14:paraId="16C53FCE" w14:textId="77777777" w:rsidTr="01D1FA9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52640548" w14:textId="11AB4FBF" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="001515F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00CB3442">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>The p</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>atient the service was delivered to</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="622B89C0" w14:textId="77777777" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B50687C" w14:textId="77777777" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000467E2" w14:paraId="3B0F9002" w14:textId="77777777" w:rsidTr="01D1FA9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="282D84C0" w14:textId="741EFA9F" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="001515F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>The multilingual staff member who delivered the service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="754A7517" w14:textId="77777777" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="447AEE2A" w14:textId="77777777" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000467E2" w14:paraId="121C7A80" w14:textId="77777777" w:rsidTr="01D1FA9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F1472E4" w14:textId="7E897929" w:rsidR="000467E2" w:rsidRDefault="2A0BB89E" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="000467E2" w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="000467E2">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="000467E2" w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>The language used</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8890B0" w14:textId="77777777" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48236D14" w14:textId="77777777" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="699438FE" w14:textId="77777777" w:rsidR="009834F0" w:rsidRDefault="009834F0" w:rsidP="009834F0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CC843AB" w14:textId="6963A62A" w:rsidR="00F561AD" w:rsidRDefault="00F561AD" w:rsidP="00F561AD">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B3c-g,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>B18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B84A4D7" w14:textId="09B628F0" w:rsidR="009834F0" w:rsidRDefault="6319577C" w:rsidP="009834F0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0" w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="1B7BCCD3" w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Is your </w:t>
+      </w:r>
+      <w:r w:rsidR="3C68C036" w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="1B7BCCD3" w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> able to report the following f</w:t>
+      </w:r>
+      <w:r w:rsidR="1760C25A" w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or each </w:t>
+      </w:r>
+      <w:r w:rsidR="283DD1EB" w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visit or interaction </w:t>
+      </w:r>
+      <w:r w:rsidR="1760C25A" w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">where </w:t>
+      </w:r>
+      <w:r w:rsidR="1760C25A" w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>interpretation</w:t>
+      </w:r>
+      <w:r w:rsidR="1760C25A" w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1760C25A" w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="1760C25A" w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are provided to a patient or caregiver</w:t>
+      </w:r>
+      <w:r w:rsidR="1B7BCCD3" w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="4CE169C5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="547" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6558"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1165"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D00D76" w14:paraId="058FA154" w14:textId="77777777" w:rsidTr="01D1FA9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66BAE8CF" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="708F32A3" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B823247" w14:textId="409684B0" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AAA922D" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CCFA8E8" w14:textId="1CB6930E" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000467E2" w14:paraId="54D78602" w14:textId="77777777" w:rsidTr="01D1FA9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB48D12" w14:textId="6381945B" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="001515F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00BD485D">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>The d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>ate the service was delivered</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B94B186" w14:textId="400A6F50" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="326B2E2F" w14:textId="0A1418DC" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000467E2" w14:paraId="2CA8F588" w14:textId="77777777" w:rsidTr="01D1FA9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3CD8C2" w14:textId="7D2544CA" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="001515F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00BD485D">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>The p</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>atient the service was delivered to</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1854891C" w14:textId="77777777" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E1CA9BF" w14:textId="77777777" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000467E2" w14:paraId="6FD95649" w14:textId="77777777" w:rsidTr="01D1FA9B">
+        <w:trPr>
+          <w:trHeight w:val="89"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68E020AB" w14:textId="19CD0281" w:rsidR="000467E2" w:rsidRDefault="365D7E96" w:rsidP="001515F1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c. </w:t>
+            </w:r>
+            <w:r w:rsidR="000467E2">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r w:rsidR="1A173921" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in-house </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">interpreter </w:t>
+            </w:r>
+            <w:r w:rsidR="6CCE645E" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or contracted service </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">who delivered the </w:t>
+            </w:r>
+            <w:r w:rsidR="2CC6CA2B" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>interpretation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79523E26" w14:textId="77777777" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63272593" w14:textId="77777777" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000467E2" w14:paraId="0BD6348F" w14:textId="77777777" w:rsidTr="01D1FA9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F2071C" w14:textId="0B7D95D6" w:rsidR="000467E2" w:rsidRDefault="3A4CEF71" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="000467E2" w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="000467E2">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="000467E2" w:rsidRPr="01D1FA9B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>The language used</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3507B2E3" w14:textId="77777777" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03666FA8" w14:textId="77777777" w:rsidR="000467E2" w:rsidRDefault="000467E2" w:rsidP="000467E2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="25"/>
+    </w:tbl>
+    <w:p w14:paraId="03BD538C" w14:textId="77777777" w:rsidR="00221F1F" w:rsidRDefault="00221F1F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71149B88" w14:textId="741D0C09" w:rsidR="009F591F" w:rsidRPr="009F591F" w:rsidRDefault="009F591F" w:rsidP="009F591F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="CCOs_should_answer_questions_based_on_la"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Domain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Providing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Notice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Language</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Assistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64910075" w14:textId="36012017" w:rsidR="001625B5" w:rsidRPr="009F591F" w:rsidRDefault="13EEE56C" w:rsidP="009F591F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Questions in this domain assess how well your </w:t>
+      </w:r>
+      <w:r w:rsidR="29DAFA3D" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>informs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2383C311">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>populations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>serve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>about the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>availab</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ility of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> language</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>assistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and how to access them</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0047132D" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E97A1FB" w14:textId="59189313" w:rsidR="001625B5" w:rsidRPr="00A97309" w:rsidRDefault="308125E1" w:rsidP="001213D8">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>answer</w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>questions</w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>based</w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>language</w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="13EEE56C" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>place</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="Questions_in_this_domain_assess_how_well"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidR="00A55F16">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>as of</w:t>
+      </w:r>
+      <w:r w:rsidR="62821C5E" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="62821C5E" w:rsidRPr="004310A4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">December 31, </w:t>
+      </w:r>
+      <w:r w:rsidR="004310A4" w:rsidRPr="0081519F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7956">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="62821C5E" w:rsidRPr="0081519F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4853CBD3" w14:textId="634AE156" w:rsidR="2C161190" w:rsidRDefault="2C161190" w:rsidP="0018737B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="570ABD13" w14:textId="51E647B7" w:rsidR="002865EC" w:rsidRPr="000957F2" w:rsidRDefault="00B87E6B" w:rsidP="00294DEA">
+    <w:p w14:paraId="74AF3A08" w14:textId="50E87CB3" w:rsidR="001625B5" w:rsidRPr="00A97309" w:rsidRDefault="13EEE56C" w:rsidP="0018737B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C1. </w:t>
+      </w:r>
+      <w:r w:rsidR="001625B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="17403A51" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You previously indicated </w:t>
+      </w:r>
+      <w:r w:rsidR="006D48EA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="17403A51" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">most frequently encountered non-English languages preferred by patients and caregivers served by your hospital. </w:t>
+      </w:r>
+      <w:r w:rsidR="3361AB73" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>patients or caregivers</w:t>
+      </w:r>
+      <w:r w:rsidR="3361AB73" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="54F224B6" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>who prefer one of these languages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="00951859" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="3B3C51FA" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">does your </w:t>
+      </w:r>
+      <w:r w:rsidR="79D39DF1" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="3B3C51FA" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>inform</w:t>
+      </w:r>
+      <w:r w:rsidR="3B3C51FA" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> them</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0E22A168" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in their preferred language </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>about the availability of free language</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>assistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>services?</w:t>
+      </w:r>
+      <w:r w:rsidR="0018737B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43957F72" w14:textId="77777777" w:rsidR="00894683" w:rsidRDefault="00894683" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC7AC99" w14:textId="3F2C69B4" w:rsidR="007629F9" w:rsidRPr="00A60EF1" w:rsidRDefault="00894683" w:rsidP="00A60EF1">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1260" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB1A29E" w14:textId="77777777" w:rsidR="00A60EF1" w:rsidRDefault="00A60EF1" w:rsidP="00B74AEF">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4834BF69" w14:textId="419BD84E" w:rsidR="001625B5" w:rsidRDefault="13EEE56C" w:rsidP="2C161190">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="16C8F7FE" w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00693144">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Does</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7907072E" w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2BBB0827" w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="61AE62D6" w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the following methods to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>inform</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>patients</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>individuals in your service area about the availability of free language assistance services?</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="1BDD92BE" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>select all that apply</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="654644AF" w14:textId="77777777" w:rsidR="00396C19" w:rsidRPr="00B27AF4" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Hospital website</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53C5D520" w14:textId="77777777" w:rsidR="00396C19" w:rsidRPr="00B27AF4" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Signs or posters </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in English</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in and around the hospital</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="678E0783" w14:textId="77777777" w:rsidR="00396C19" w:rsidRPr="00B27AF4" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signs or posters </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in non-English languages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in and around the hospital</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC31317" w14:textId="4643100E" w:rsidR="00396C19" w:rsidRPr="00B27AF4" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Posters or advertisements in public areas outside the hospital</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC045C7" w14:textId="77777777" w:rsidR="00396C19" w:rsidRPr="00B27AF4" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Language ID card</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6741B6C3" w14:textId="77777777" w:rsidR="00396C19" w:rsidRPr="00B27AF4" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Information provided by patient registration staff</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F0D3E04" w14:textId="77777777" w:rsidR="00396C19" w:rsidRPr="00B27AF4" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Community advertisements, events, or fairs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A10FDDE" w14:textId="77777777" w:rsidR="00396C19" w:rsidRPr="00B27AF4" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Social media</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E7DC08" w14:textId="77777777" w:rsidR="00396C19" w:rsidRPr="00B27AF4" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Automated answering service or voicemail in multiple languages</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F0E318" w14:textId="77777777" w:rsidR="00396C19" w:rsidRPr="00B27AF4" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Through community groups</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25DE894E" w14:textId="6144CE6F" w:rsidR="00396C19" w:rsidRPr="00B27AF4" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Another method </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(Please specify)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>: ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609A0EBE" w14:textId="42F209D1" w:rsidR="00396C19" w:rsidRPr="00A97309" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>None of the above</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27AF4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B89572B" w14:textId="4005E051" w:rsidR="001625B5" w:rsidRDefault="001625B5" w:rsidP="00262881">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03AC93EC" w14:textId="79B9E1C0" w:rsidR="00E5346A" w:rsidRPr="00E5346A" w:rsidRDefault="00E5346A" w:rsidP="00E5346A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5346A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Domain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5346A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5346A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5346A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5346A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Policies, Procedures, and Staff Training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57719299" w14:textId="12CB73D6" w:rsidR="00E37708" w:rsidRPr="00CF1786" w:rsidRDefault="3514F83A" w:rsidP="00E5346A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Questions in this domain assess your </w:t>
+      </w:r>
+      <w:r w:rsidR="2DBA44B4" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s language access policies and procedures as well as </w:t>
+      </w:r>
+      <w:r w:rsidR="0B704A0F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>how it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> train</w:t>
+      </w:r>
+      <w:r w:rsidR="0B704A0F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> staff</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0B704A0F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>serv</w:t>
+      </w:r>
+      <w:r w:rsidR="0B704A0F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0B704A0F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>individuals</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="57EA379F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>who</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prefer a language other than English for </w:t>
+      </w:r>
+      <w:r w:rsidR="00951859">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B82EAE" w14:textId="1ECF13AD" w:rsidR="00DD1150" w:rsidRPr="00B575D9" w:rsidRDefault="2DBA44B4" w:rsidP="00E5346A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>answer</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>questions</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>based</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>language</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r w:rsidR="676A8745" w:rsidRPr="00B575D9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>as of</w:t>
+      </w:r>
+      <w:r w:rsidR="782974F9" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="782974F9" w:rsidRPr="004310A4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>December 31,</w:t>
+      </w:r>
+      <w:r w:rsidR="004310A4" w:rsidRPr="004310A4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7956">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="782974F9" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B82EB0" w14:textId="77777777" w:rsidR="00DD1150" w:rsidRPr="00A97309" w:rsidRDefault="00DD1150" w:rsidP="00683C19">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4115AB47" w14:textId="736D5479" w:rsidR="003F3641" w:rsidRPr="00851030" w:rsidRDefault="7A6F4A6E" w:rsidP="00E37708">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">These next questions are about your </w:t>
+      </w:r>
+      <w:r w:rsidR="1967D61F" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>’s language access policies and procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB89D62" w14:textId="77777777" w:rsidR="003F3641" w:rsidRDefault="003F3641" w:rsidP="00E37708">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="760A7826" w14:textId="426FCA0B" w:rsidR="00E37708" w:rsidRDefault="3514F83A" w:rsidP="00582017">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="450" w:hanging="450"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Section</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D1</w:t>
+      </w:r>
+      <w:r w:rsidR="3361AB73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E37708">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Do</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1967D61F" w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have a written</w:t>
+      </w:r>
+      <w:r w:rsidR="739BD6BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> policy and procedures for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> language access?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="372B65A8" w14:textId="77777777" w:rsidR="00894683" w:rsidRDefault="00894683" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1260" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E7BB05" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="005A732A" w:rsidRDefault="00894683" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1260" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236CD5AF" w14:textId="654146FF" w:rsidR="00920C5B" w:rsidRDefault="00920C5B" w:rsidP="00E37708">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="761"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7522E2AC" w14:textId="1973E1B4" w:rsidR="00F561AD" w:rsidRPr="00F561AD" w:rsidRDefault="00F561AD" w:rsidP="00F561AD">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AA0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AA0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4B775D" w14:textId="1E7EEE8B" w:rsidR="00E37708" w:rsidRPr="00A97309" w:rsidRDefault="3514F83A" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E37708">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How often does your </w:t>
+      </w:r>
+      <w:r w:rsidR="1AD54241" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> review </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as needed, update its language access policies and procedures? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="526B79A1" w14:textId="10D97E65" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1260" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Multiple times per year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0025FD45" w14:textId="743F8BDE" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1260" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Once per year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C71E322" w14:textId="78D39CCD" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1260" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Once every two years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4823697E" w14:textId="6BF089F4" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1260" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Once every three years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1192DC58" w14:textId="30E8EA12" w:rsidR="00E37708" w:rsidRPr="005A732A" w:rsidRDefault="3514F83A" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1260" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="10A719A3" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E37708">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Less often than every three years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23919358" w14:textId="52B233AC" w:rsidR="3913CDB0" w:rsidRDefault="3913CDB0" w:rsidP="1593183B">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1260" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D754FD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Never</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56EFA1C4" w14:textId="660FC421" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="00E37708">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FA4C162" w14:textId="538B70D2" w:rsidR="00FA4AA0" w:rsidRPr="00F561AD" w:rsidRDefault="00FA4AA0" w:rsidP="00FA4AA0">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CED3EE2" w14:textId="2D10655E" w:rsidR="00E37708" w:rsidRDefault="3514F83A" w:rsidP="00582017">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1D54">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E37708">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7B9FF475" w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0B704A0F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>language access</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>policies and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>procedures</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001A580D">
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>instructions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>how</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="547" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7638"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D00D76" w14:paraId="12BFB550" w14:textId="77777777" w:rsidTr="00FD5A17">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44924E33" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="098DF905" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BCEDC29" w14:textId="2696DBDB" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="511CA4E9" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09E0DE60" w14:textId="52EF5B68" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37708" w14:paraId="4CD6357D" w14:textId="77777777" w:rsidTr="00FD5A17">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9B6686" w14:textId="44F9D1A4" w:rsidR="00E37708" w:rsidRPr="00233C4A" w:rsidRDefault="00E37708" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Identify language assistance needs </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>of patients or caregivers?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67B8FFD0" w14:textId="77777777" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3AC64C" w14:textId="77777777" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37708" w14:paraId="6EB9C807" w14:textId="77777777" w:rsidTr="00FD5A17">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50CEDB1E" w14:textId="3EEC5ED7" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00475314">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Request</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00475314">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00475314">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>interpreter services</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5C04">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5C04">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> patients </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or caregivers </w:t>
+            </w:r>
+            <w:r w:rsidR="00311212">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>who</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5C04">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prefer a language other than English?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB8FE84" w14:textId="77777777" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1608E805" w14:textId="77777777" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37708" w14:paraId="3E0068A8" w14:textId="77777777" w:rsidTr="00FD5A17">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="683BA7EE" w14:textId="0CFF24EB" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00475314">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00475314">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>equest the translation of written documents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> into lan</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5C04">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>guage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5C04">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> other than English?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A64B2C" w14:textId="77777777" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9EBE89" w14:textId="77777777" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37708" w14:paraId="26A4703A" w14:textId="77777777" w:rsidTr="00FD5A17">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30BBDB89" w14:textId="3337F170" w:rsidR="00E37708" w:rsidRPr="00475314" w:rsidRDefault="00E37708" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00475314">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>Provide language assistance services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5C04">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">patients </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or caregivers </w:t>
+            </w:r>
+            <w:r w:rsidR="00311212">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>who</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5C04">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prefer a language other than English?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31E1DCD4" w14:textId="77777777" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E1847C" w14:textId="77777777" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="376AE79E" w14:textId="77777777" w:rsidR="003013A3" w:rsidRPr="00193E67" w:rsidRDefault="003013A3" w:rsidP="00683C19">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EBAF8B4" w14:textId="2EC666EB" w:rsidR="00FA4AA0" w:rsidRPr="00F561AD" w:rsidRDefault="00FA4AA0" w:rsidP="00FA4AA0">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Hlk167183401"/>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E606710" w14:textId="5D26BEBB" w:rsidR="00E37708" w:rsidRPr="00A97309" w:rsidRDefault="3514F83A" w:rsidP="004B4347">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00C06885" w:rsidRPr="0075444B">
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E37708">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0FC6D7FC" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Do</w:t>
+      </w:r>
+      <w:r w:rsidR="004B4347">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="22353859" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="004B4347">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>policies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B4347">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>regarding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>patients’ family</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>friend</w:t>
+      </w:r>
+      <w:r w:rsidR="207B6128" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="207B6128" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>as interpreters</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4424D8F4" w14:textId="77777777" w:rsidR="00894683" w:rsidRDefault="00894683" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="552EFB7D" w14:textId="023C3DB3" w:rsidR="00B27AB0" w:rsidRDefault="00894683" w:rsidP="3BEA3AC2">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3385371A" w14:textId="77777777" w:rsidR="00B27AB0" w:rsidRDefault="00B27AB0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C73C0CE" w14:textId="34EF0BEA" w:rsidR="00A03DCD" w:rsidRPr="00F561AD" w:rsidRDefault="00A03DCD" w:rsidP="00A03DCD">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D</w:t>
+      </w:r>
+      <w:r w:rsidR="00362C43">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071C9C38" w14:textId="3E74DB85" w:rsidR="00E37708" w:rsidRPr="00A97309" w:rsidRDefault="3514F83A" w:rsidP="1593183B">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E37708">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="5CF540A3" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">According to your </w:t>
+      </w:r>
+      <w:r w:rsidR="5CBCFD7E" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="5CF540A3" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>’s policies, i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidR="6FDFBFD7" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>which of the following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> circumstances may a patient</w:t>
+      </w:r>
+      <w:r w:rsidR="207B6128" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s family or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>friend</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004F209F">
-[...7 lines deleted...]
-          <w:spacing w:val="-4"/>
+      <w:r w:rsidR="207B6128" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>serve as an interpreter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="7CCCC765" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A567A">
+      <w:r w:rsidR="7CCCC765" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please select all that apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6164ED07" w14:textId="453D8A12" w:rsidR="00D51CE8" w:rsidRDefault="00D51CE8" w:rsidP="00894683">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00851030">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>emergency situations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F03DC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>when</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a qualified medical interpreter is </w:t>
+      </w:r>
+      <w:r w:rsidR="000F03DC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">not immediately </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C45D00" w14:textId="0180081F" w:rsidR="000F03DC" w:rsidRDefault="000F03DC" w:rsidP="00894683">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00851030">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>non-emergency situations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F03DC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>when a qualified medical interpreter is not immediately available</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06EDA39E" w14:textId="29296871" w:rsidR="000F03DC" w:rsidRDefault="000F03DC" w:rsidP="00894683">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D51CE8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When the patient </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specifically requests that an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00851030">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>adult</w:t>
+      </w:r>
+      <w:r w:rsidR="00D51CE8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F30FE9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(18 years of age or older) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D51CE8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">family </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">member </w:t>
+      </w:r>
+      <w:r w:rsidR="00D51CE8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>or friend</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F03DC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>provides interpretation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B268527" w14:textId="282AF37C" w:rsidR="000F03DC" w:rsidRDefault="000F03DC" w:rsidP="00894683">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When the patient specifically requests that a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00851030">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>minor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F30FE9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(under 18 years of age) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>family member or friend provides</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F03DC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>interpretation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E659206" w14:textId="571774D2" w:rsidR="00885BD2" w:rsidRDefault="000F03DC" w:rsidP="00894683">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D51CE8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D51CE8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Another situation </w:t>
+      </w:r>
+      <w:r w:rsidR="00D51CE8" w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(Please specify)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D51CE8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>: _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15AD509B" w14:textId="50091188" w:rsidR="004B4347" w:rsidRPr="004B4347" w:rsidRDefault="004B4347" w:rsidP="00894683">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Hlk167193975"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">There are </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>no situations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> where a patient’s family or friend may serve as an interpreter</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p w14:paraId="454F2FC4" w14:textId="77777777" w:rsidR="00683C19" w:rsidRPr="00A97309" w:rsidRDefault="00683C19" w:rsidP="00683C19">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A813102" w14:textId="04C8F4E5" w:rsidR="00A03DCD" w:rsidRPr="00F561AD" w:rsidRDefault="00A03DCD" w:rsidP="00A03DCD">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737C0E0A" w14:textId="43444DFC" w:rsidR="00E22538" w:rsidRPr="00894683" w:rsidRDefault="5DD242C7" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="761"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E22538" w:rsidRPr="00894683">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="19CF5D35" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">policies and procedures specify circumstances in which oral interpretation of documents (sight translation) </w:t>
+      </w:r>
+      <w:r w:rsidR="10A719A3" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>may be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided in place of written translation?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F1DE4F" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="00894683" w:rsidRDefault="00894683" w:rsidP="00894683">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00894683">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E4CE1FB" w14:textId="340FBDD8" w:rsidR="000C73BC" w:rsidRDefault="10A719A3" w:rsidP="1593183B">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C73BC">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77F50827" w14:textId="3530AA26" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="360D5BDF" w14:textId="2FFEE0AA" w:rsidR="00A03DCD" w:rsidRPr="00F561AD" w:rsidRDefault="00A03DCD" w:rsidP="00A03DCD">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>If responded ‘Yes’ to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C50986" w14:textId="2F4EF0C3" w:rsidR="00E37708" w:rsidRDefault="3514F83A" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="761"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E37708">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="49E7CBA4" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use any of the following </w:t>
+      </w:r>
+      <w:r w:rsidR="7CCCC765" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>means</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to inform staff about its language access policies and procedures?</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="1BDD92BE" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>select all that apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78323D2D" w14:textId="0AC01C2F" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00284E59">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Internet </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> intranet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A61E527" w14:textId="07210AA0" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00284E59">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>In-service memos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, emails, or hospital newsletter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A0E21B" w14:textId="5CAB564A" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00284E59">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Policy manual</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0F16F4" w14:textId="6BCFBD41" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00284E59">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="001A580D" w:rsidRPr="0075444B">
-[...20 lines deleted...]
-      <w:r w:rsidR="00D81357">
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>taff meetings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F04CC1" w14:textId="5A0472F7" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00284E59">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Interpreter service resource manual</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DBD7835" w14:textId="6E5BBAAA" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00284E59">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A567A">
-[...3 lines deleted...]
-        <w:t>ervices</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Interpreter staff rounds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C8A6C58" w14:textId="663C7E0D" w:rsidR="00114FA7" w:rsidRPr="00114FA7" w:rsidRDefault="009971B3" w:rsidP="67566A55">
+    <w:p w14:paraId="6FCF5145" w14:textId="77777777" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00284E59">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...5 lines deleted...]
-        </w:numPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Instructor-led training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="799472FA" w14:textId="46ACD760" w:rsidR="00396C19" w:rsidRDefault="1BDD92BE" w:rsidP="1593183B">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="00396C19">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Self-directed training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="039EA525" w14:textId="3CC16416" w:rsidR="00396C19" w:rsidRDefault="1BDD92BE" w:rsidP="00D754FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="761"/>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="907"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D754FD">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Another method </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(Please specify)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>: ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F44FB7D" w14:textId="139F1F32" w:rsidR="00396C19" w:rsidRPr="00A97309" w:rsidRDefault="00396C19" w:rsidP="00284E59">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="761"/>
+        </w:tabs>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A33C42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>None of the above</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30FE9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4969B28F" w14:textId="77777777" w:rsidR="00E37708" w:rsidRDefault="00E37708" w:rsidP="00683C19">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="760"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="67566A55">
-[...96 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3B828EA6" w14:textId="77777777" w:rsidR="00114FA7" w:rsidRDefault="00380C4E" w:rsidP="00114FA7">
+    <w:p w14:paraId="11F77FB6" w14:textId="77777777" w:rsidR="00B27AB0" w:rsidRDefault="00B27AB0">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...5 lines deleted...]
-        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="773D4EC3" w14:textId="07866C54" w:rsidR="003F3641" w:rsidRPr="00851030" w:rsidRDefault="7A6F4A6E" w:rsidP="1593183B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">These next questions ask about how your </w:t>
+      </w:r>
+      <w:r w:rsidR="49E7CBA4" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trains staff members who </w:t>
+      </w:r>
+      <w:r w:rsidR="00C32F1B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">work with individuals who </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>prefer a language other than English.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30051576" w14:textId="77777777" w:rsidR="003F3641" w:rsidRDefault="003F3641" w:rsidP="003F3641">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="760"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="67566A55">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7EB1153E" w14:textId="0BED239F" w:rsidR="002B50B3" w:rsidRDefault="00EA10DD" w:rsidP="2B826505">
+    <w:p w14:paraId="2C6399E2" w14:textId="2FD39219" w:rsidR="003013A3" w:rsidRPr="00A97309" w:rsidRDefault="0FA4544B" w:rsidP="1593183B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="042A8017" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00311212">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="6FDFBFD7" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Are</w:t>
+      </w:r>
+      <w:r w:rsidR="32AD9713" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following staff groups</w:t>
+      </w:r>
+      <w:r w:rsidR="6FDFBFD7" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in your </w:t>
+      </w:r>
+      <w:r w:rsidR="2D80171B" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="6FDFBFD7" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required to complete any</w:t>
+      </w:r>
+      <w:r w:rsidR="32AD9713" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> training on</w:t>
+      </w:r>
+      <w:r w:rsidR="32AD9713" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="32AD9713" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>working</w:t>
+      </w:r>
+      <w:r w:rsidR="32AD9713" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="32AD9713" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="32AD9713" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="32AD9713" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>patients</w:t>
+      </w:r>
+      <w:r w:rsidR="026B4ABB" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7CCCC765" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="6FDFBFD7" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> caregivers </w:t>
+      </w:r>
+      <w:r w:rsidR="57EA379F" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who </w:t>
+      </w:r>
+      <w:r w:rsidR="026B4ABB" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>prefer a</w:t>
+      </w:r>
+      <w:r w:rsidR="6FDFBFD7" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="026B4ABB" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>language</w:t>
+      </w:r>
+      <w:r w:rsidR="6FDFBFD7" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> other</w:t>
+      </w:r>
+      <w:r w:rsidR="026B4ABB" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> than English</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1D54">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for health care</w:t>
+      </w:r>
+      <w:r w:rsidR="6FDFBFD7" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="3E5824AD" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8123" w:type="dxa"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6683"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="720"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D00D76" w:rsidRPr="00A97309" w14:paraId="52ACAFB1" w14:textId="73ABB913" w:rsidTr="00DD64D8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C0881E" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00A97309" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="675F11B2" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04748941" w14:textId="4536D55F" w:rsidR="00D00D76" w:rsidRPr="00A97309" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36DFB0BD" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0465DBC4" w14:textId="3E8C20C5" w:rsidR="00D00D76" w:rsidRPr="00A97309" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD64D8" w:rsidRPr="00A97309" w14:paraId="488EA1C1" w14:textId="6963D6A3" w:rsidTr="00DD64D8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DCE9B3" w14:textId="36128583" w:rsidR="00DD64D8" w:rsidRPr="00A97309" w:rsidRDefault="00DD64D8" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>senior</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>staff</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46FE4E0C" w14:textId="1C36AAA4" w:rsidR="00DD64D8" w:rsidRPr="00A97309" w:rsidRDefault="00DD64D8" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2504E9EB" w14:textId="5A575B53" w:rsidR="00DD64D8" w:rsidRPr="00A97309" w:rsidRDefault="00DD64D8" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD64D8" w:rsidRPr="00A97309" w14:paraId="0E72B183" w14:textId="23672381" w:rsidTr="00DD64D8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6201B42F" w14:textId="7F98D185" w:rsidR="00DD64D8" w:rsidRDefault="00DD64D8" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Providers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="766A49A9" w14:textId="77777777" w:rsidR="00DD64D8" w:rsidRPr="00A97309" w:rsidDel="00296B71" w:rsidRDefault="00DD64D8" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6698C962" w14:textId="77777777" w:rsidR="00DD64D8" w:rsidRPr="00A97309" w:rsidDel="00296B71" w:rsidRDefault="00DD64D8" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD64D8" w:rsidRPr="00A97309" w14:paraId="28611F0D" w14:textId="463C8D14" w:rsidTr="00DD64D8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E04A99" w14:textId="24AAE0D7" w:rsidR="00DD64D8" w:rsidRPr="00A97309" w:rsidRDefault="00DD64D8" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Clinical staff who</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>interact</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97309">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">patients </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="119A8F20" w14:textId="7E613C51" w:rsidR="00DD64D8" w:rsidRPr="00A97309" w:rsidRDefault="00DD64D8" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7171734C" w14:textId="7436FB2A" w:rsidR="00DD64D8" w:rsidRPr="00A97309" w:rsidRDefault="00DD64D8" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD64D8" w:rsidRPr="00A97309" w14:paraId="438FADC5" w14:textId="54F49B44" w:rsidTr="00DD64D8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51B8CB54" w14:textId="4A8065F5" w:rsidR="00DD64D8" w:rsidRDefault="00DD64D8" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Administrative staff who interact with patients</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="395D3D71" w14:textId="77777777" w:rsidR="00DD64D8" w:rsidRPr="00A97309" w:rsidDel="00296B71" w:rsidRDefault="00DD64D8" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="490AEF6B" w14:textId="77777777" w:rsidR="00DD64D8" w:rsidRPr="00A97309" w:rsidDel="00296B71" w:rsidRDefault="00DD64D8" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="437710F3" w14:textId="77777777" w:rsidR="003013A3" w:rsidRDefault="003013A3" w:rsidP="00683C19">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11423C5A" w14:textId="6C76674C" w:rsidR="00690672" w:rsidRPr="0073191F" w:rsidRDefault="00690672" w:rsidP="00690672">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded ‘Yes’ to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r w:rsidR="00873508">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D8a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00873508">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r w:rsidR="00873508">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B16EFE0" w14:textId="00597DF0" w:rsidR="00311212" w:rsidRPr="00311212" w:rsidRDefault="0FA4544B" w:rsidP="1593183B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00311212">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How often are the following staff groups in your </w:t>
+      </w:r>
+      <w:r w:rsidR="2B53504A" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required to complete training on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>working</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>with patients and caregivers who prefer a language other than English?</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r w:rsidR="00D754FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> select</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4C0E772D" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>answer for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9367" w:type="dxa"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3247"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="1530"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00311212" w:rsidRPr="00B575D9" w14:paraId="0E4A43B8" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="547410E1" w14:textId="77777777" w:rsidR="00311212" w:rsidRPr="00B575D9" w:rsidRDefault="00311212" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A75571" w14:textId="77777777" w:rsidR="009F591F" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Multiple times per year </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03B8657A" w14:textId="0EB0F9C7" w:rsidR="00311212" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D664B28" w14:textId="77777777" w:rsidR="009F591F" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Every year</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5419B5B6" w14:textId="72846D69" w:rsidR="00311212" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7CF4C4" w14:textId="77777777" w:rsidR="009F591F" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Every two years or less often</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="795CF063" w14:textId="4A9C210E" w:rsidR="00311212" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CAF6DC2" w14:textId="77777777" w:rsidR="009F591F" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>One time only</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D7F0E08" w14:textId="6130A4AD" w:rsidR="00311212" w:rsidRPr="009F591F" w:rsidRDefault="00D00D76" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D00D76" w:rsidRPr="00B575D9" w14:paraId="50DD8DA8" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="266A9FA9" w14:textId="7D9595BB" w:rsidR="00D00D76" w:rsidRPr="00AA5F8F" w:rsidRDefault="009E74C5" w:rsidP="00AA5F8F">
+            <w:pPr>
+              <w:ind w:left="2" w:hanging="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>If responded ‘Yes’ to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> D8a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, answer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D9</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5F8F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5214923B" w14:textId="2F2F6E1E" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00284E59">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:line="228" w:lineRule="auto"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>senior</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>staff</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3AB799" w14:textId="012A6CE9" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="39A26470" w14:textId="448B5950" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25F40045" w14:textId="15444A0F" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CBB19E8" w14:textId="67F311AF" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D00D76" w:rsidRPr="00B575D9" w14:paraId="1196690C" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB0E86A" w14:textId="50F39648" w:rsidR="00D00D76" w:rsidRPr="00AA5F8F" w:rsidRDefault="00AA5F8F" w:rsidP="00AA5F8F">
+            <w:pPr>
+              <w:ind w:left="2" w:hanging="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded ‘Yes’ to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D8b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, answer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D9b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E903E98" w14:textId="49A03436" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00284E59">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:line="228" w:lineRule="auto"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Providers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBE41E1" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F24DD3" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A05F82" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="407CDF7C" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D00D76" w:rsidRPr="00B575D9" w14:paraId="736B052F" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD91B7A" w14:textId="29EBD517" w:rsidR="00AA5F8F" w:rsidRPr="00AA5F8F" w:rsidRDefault="00AA5F8F" w:rsidP="00AA5F8F">
+            <w:pPr>
+              <w:ind w:left="2" w:hanging="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded ‘Yes’ to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D8c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, answer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D9c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5248B265" w14:textId="21FFE81E" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00284E59">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:line="228" w:lineRule="auto"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Clinical staff</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>who</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>interact</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">patients </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F0C001" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3402D51C" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB6587A" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D6D4132" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D00D76" w:rsidRPr="00B575D9" w14:paraId="57F0A563" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="123134E8" w14:textId="17DC7D5C" w:rsidR="00D00D76" w:rsidRPr="00AA5F8F" w:rsidRDefault="00AA5F8F" w:rsidP="00AA5F8F">
+            <w:pPr>
+              <w:ind w:left="2" w:hanging="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded ‘Yes’ to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D8d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, answer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D9d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BB2DD19" w14:textId="71787AF9" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00284E59">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="870"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:line="228" w:lineRule="auto"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Administrative staff who interact with patients</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D90031" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE9383B" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="101F26DF" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1623012C" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B575D9" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5DA4B9FE" w14:textId="12D58D12" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34D8429B" w14:textId="5EF07554" w:rsidR="000A6F87" w:rsidRPr="0073191F" w:rsidRDefault="000A6F87" w:rsidP="000A6F87">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded ‘Yes’ to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>any D8a-d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5525B3A4" w14:textId="1135BB66" w:rsidR="00311212" w:rsidRDefault="00311212" w:rsidP="00582017">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00B10EC8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Do mandatory staff trainings include </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>instructions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>how</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5C04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="445" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7830"/>
+        <w:gridCol w:w="765"/>
+        <w:gridCol w:w="765"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009F591F" w14:paraId="4AD7A84A" w14:textId="77777777" w:rsidTr="00FD5A17">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="226979D0" w14:textId="77777777" w:rsidR="009F591F" w:rsidRDefault="009F591F" w:rsidP="009F591F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F93CE2D" w14:textId="77777777" w:rsidR="009F591F" w:rsidRPr="00D00D76" w:rsidRDefault="009F591F" w:rsidP="009F591F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4372F53B" w14:textId="645981AB" w:rsidR="009F591F" w:rsidRDefault="009F591F" w:rsidP="009F591F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBBEC01" w14:textId="77777777" w:rsidR="009F591F" w:rsidRPr="00D00D76" w:rsidRDefault="009F591F" w:rsidP="009F591F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C36BC04" w14:textId="0359C127" w:rsidR="009F591F" w:rsidRDefault="009F591F" w:rsidP="009F591F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00311212" w14:paraId="2C6C61A6" w14:textId="77777777" w:rsidTr="00FD5A17">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5FF99F" w14:textId="627667B2" w:rsidR="00311212" w:rsidRPr="00233C4A" w:rsidRDefault="00311212" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Identify language assistance needs </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>of patients or caregivers?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F82153" w14:textId="77777777" w:rsidR="00311212" w:rsidRDefault="00311212" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="142361D2" w14:textId="77777777" w:rsidR="00311212" w:rsidRDefault="00311212" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00311212" w14:paraId="67CCC6A8" w14:textId="77777777" w:rsidTr="00FD5A17">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54EAE529" w14:textId="7374F925" w:rsidR="00311212" w:rsidRDefault="00311212" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00475314">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Request</w:t>
+            </w:r>
+            <w:r w:rsidR="005824E6" w:rsidRPr="00475314">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> interpreter services</w:t>
+            </w:r>
+            <w:r w:rsidR="005824E6" w:rsidRPr="007F5C04">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005824E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidR="005824E6" w:rsidRPr="007F5C04">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> patients </w:t>
+            </w:r>
+            <w:r w:rsidR="005824E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>or caregivers who</w:t>
+            </w:r>
+            <w:r w:rsidR="005824E6" w:rsidRPr="007F5C04">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prefer a language other than English?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52663727" w14:textId="77777777" w:rsidR="00311212" w:rsidRDefault="00311212" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="365EA42B" w14:textId="77777777" w:rsidR="00311212" w:rsidRDefault="00311212" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005824E6" w14:paraId="0F22B35C" w14:textId="77777777" w:rsidTr="00FD5A17">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21685855" w14:textId="6986E657" w:rsidR="005824E6" w:rsidRPr="00851030" w:rsidRDefault="005824E6" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00851030">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00851030">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communicate with patients </w:t>
+            </w:r>
+            <w:r w:rsidR="00316EF6">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00851030">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> caregivers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00851030">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>who</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5C04">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prefer a language other than English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824E6">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00851030">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>through a qualified interpreter?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B118A99" w14:textId="77777777" w:rsidR="005824E6" w:rsidRDefault="005824E6" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFEE1A1" w14:textId="77777777" w:rsidR="005824E6" w:rsidRDefault="005824E6" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00311212" w14:paraId="7448C0E5" w14:textId="77777777" w:rsidTr="00FD5A17">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35EE0E59" w14:textId="773F9901" w:rsidR="00311212" w:rsidRDefault="005824E6" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00311212">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00311212" w:rsidRPr="00475314">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="00311212" w:rsidRPr="00475314">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>equest the translation of written documents</w:t>
+            </w:r>
+            <w:r w:rsidR="00311212">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> into lan</w:t>
+            </w:r>
+            <w:r w:rsidR="00311212" w:rsidRPr="007F5C04">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>guage</w:t>
+            </w:r>
+            <w:r w:rsidR="00311212">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00311212" w:rsidRPr="007F5C04">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> other than English?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A934B7" w14:textId="77777777" w:rsidR="00311212" w:rsidRDefault="00311212" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E5815CA" w14:textId="77777777" w:rsidR="00311212" w:rsidRDefault="00311212" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00311212" w:rsidRPr="009F6782" w14:paraId="7A9E2871" w14:textId="77777777" w:rsidTr="00FD5A17">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="261CFB38" w14:textId="5DDDAFCD" w:rsidR="00311212" w:rsidRPr="009F6782" w:rsidRDefault="005824E6" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00311212" w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00311212" w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>Provide language assistance services</w:t>
+            </w:r>
+            <w:r w:rsidR="00311212" w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r w:rsidR="00311212" w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">patients or caregivers </w:t>
+            </w:r>
+            <w:r w:rsidR="000B1FFC" w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidR="000B1FFC" w:rsidRPr="009F6782">
+              <w:t>ho</w:t>
+            </w:r>
+            <w:r w:rsidR="00311212" w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prefer a language other than English?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40DE47B8" w14:textId="77777777" w:rsidR="00311212" w:rsidRPr="009F6782" w:rsidRDefault="00311212" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A723669" w14:textId="77777777" w:rsidR="00311212" w:rsidRPr="009F6782" w:rsidRDefault="00311212" w:rsidP="0040347C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2D7BB672" w14:textId="48B28E65" w:rsidR="00954038" w:rsidRPr="009F6782" w:rsidRDefault="00954038" w:rsidP="00683C19">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FB446D3" w14:textId="2F613F20" w:rsidR="00292762" w:rsidRPr="0073191F" w:rsidRDefault="00292762" w:rsidP="00292762">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">If responded ‘Yes’ to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>any B3c-g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B85F21" w14:textId="4E153C09" w:rsidR="00FD5A17" w:rsidRDefault="00FD5A17" w:rsidP="00FD5A17">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD5A17">
+        <w:t>D1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27AB0">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD5A17">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD5A17">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Does your hospital utilize in-house interpreters (individuals who are employees of the hospital), contracted interpreters (individuals who work for a contracted language service provider), or both?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14561911" w14:textId="4B8CF846" w:rsidR="00FD5A17" w:rsidRDefault="00FD5A17" w:rsidP="00FD5A17">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In-house interpreters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460C54E0" w14:textId="1A4F3461" w:rsidR="00FD5A17" w:rsidRDefault="00FD5A17" w:rsidP="00FD5A17">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Contracted interpreters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2EC33F" w14:textId="7559F0FD" w:rsidR="00FD5A17" w:rsidRPr="00FD5A17" w:rsidRDefault="00FD5A17" w:rsidP="00FD5A17">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Both in-house and contracted interpreters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7A8246" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRDefault="00FB5685" w:rsidP="00FB5685">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A7DC7F3" w14:textId="6CFAEA8C" w:rsidR="005D6DF6" w:rsidRPr="0073191F" w:rsidRDefault="005D6DF6" w:rsidP="005D6DF6">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded ‘Yes’ to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>any B3a-h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C884B56" w14:textId="085F1572" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00820CCE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00820CCE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>D1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820CCE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820CCE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Does your hospital have specific training protocols for </w:t>
+      </w:r>
+      <w:r w:rsidR="006D48EA" w:rsidRPr="0095044A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>each of the following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820CCE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820CCE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please answer “Yes” or “No” for each item. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9360" w:type="dxa"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="720"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="00820CCE" w14:paraId="7F4105AC" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43BF0F6A" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13BF2203" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00820CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26889207" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00820CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6056CE37" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00820CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D31EC3E" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00820CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="00820CCE" w14:paraId="3C87AFF9" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C83A120" w14:textId="525110AB" w:rsidR="00820CCE" w:rsidRPr="002D3371" w:rsidRDefault="002D3371" w:rsidP="002D3371">
+            <w:pPr>
+              <w:ind w:left="540" w:hanging="540"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>‘1’ or ‘3’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D11, answer</w:t>
+            </w:r>
+            <w:r w:rsidR="00781EBC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> D12a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60C93C63" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00820CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00820CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>In-house interpreters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="231E943C" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67297558" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="00820CCE" w14:paraId="1E9B1C3D" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5899D35D" w14:textId="0807B294" w:rsidR="00C035F3" w:rsidRPr="002D3371" w:rsidRDefault="00C035F3" w:rsidP="00C035F3">
+            <w:pPr>
+              <w:ind w:left="540" w:hanging="540"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>‘2’ or ‘3’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D11, answer D12b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3199862C" w14:textId="0D4347DD" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="005B572F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00820CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00820CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Contracted interpreters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69BD0E37" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14D731B8" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="00820CCE" w14:paraId="306229C9" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F971312" w14:textId="6BA315CB" w:rsidR="00820CCE" w:rsidRPr="00354403" w:rsidRDefault="005B572F" w:rsidP="00354403">
+            <w:pPr>
+              <w:ind w:left="540" w:hanging="540"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>‘</w:t>
+            </w:r>
+            <w:r w:rsidR="00354403">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidR="00354403">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>B3h</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>, answer D12</w:t>
+            </w:r>
+            <w:r w:rsidR="00354403">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21C37B3F" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00820CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00820CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Translators</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="635BF454" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B92F8D" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="00820CCE" w14:paraId="6D236D46" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2C556D" w14:textId="568F0EED" w:rsidR="00354403" w:rsidRPr="00354403" w:rsidRDefault="00354403" w:rsidP="00354403">
+            <w:pPr>
+              <w:ind w:left="540" w:hanging="540"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">‘Yes’ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>B3</w:t>
+            </w:r>
+            <w:r w:rsidR="00002A1B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>, answer D12</w:t>
+            </w:r>
+            <w:r w:rsidR="00002A1B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66E872FB" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00820CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00820CCE">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00820CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t>Multilingual staff</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8FECEF" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72818049" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="00820CCE" w14:paraId="0FB0C673" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="032400E8" w14:textId="436F40A4" w:rsidR="00820CCE" w:rsidRPr="00002A1B" w:rsidRDefault="00002A1B" w:rsidP="00002A1B">
+            <w:pPr>
+              <w:ind w:left="540" w:hanging="540"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">‘Yes’ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>B3a, answer D12e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17437C1B" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00820CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00820CCE">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00820CCE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t>Multilingual providers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12FCD7A7" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E9E2DC" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="21C2CD51" w14:textId="59210585" w:rsidR="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00820CCE">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7491FE92" w14:textId="23789D13" w:rsidR="0040414F" w:rsidRPr="00002A1B" w:rsidRDefault="0040414F" w:rsidP="0040414F">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Yes’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D12a, answer D13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB76F60" w14:textId="04711F81" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00820CCE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your hospital require </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in-house interpreters</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to periodically complete any of the following types of ongoing trainings related to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>medical interpreting knowledge and skills enhancement?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9360" w:type="dxa"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="720"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="009F6782" w14:paraId="30265946" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3138A0F3" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6483537B" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D268148" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="693A7AB3" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0382132D" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="009F6782" w14:paraId="5104C453" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3BA78C" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Trainings provided by the hospital</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D978CE2" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A04B0F0" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="009F6782" w14:paraId="1EE4BAA7" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EEC7586" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Workshops or continuing education courses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10657990" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF541A9" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820CCE" w14:paraId="094C90EF" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="66"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D94C5E" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="276"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Medical interpreter recertification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="765398B9" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0016E49A" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="009F6782" w14:paraId="2F9208E4" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5960E203" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="870"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Conferences or events</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74CB75A1" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6CA8BC" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="009F6782" w14:paraId="08270A72" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="106BEF71" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="870"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Another type of ongoing training </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(Please specify)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>: ____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CD8903" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="430DEC17" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="009F6782" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5CC873F4" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00820CCE">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DF1E842" w14:textId="3178171F" w:rsidR="0040414F" w:rsidRPr="00002A1B" w:rsidRDefault="0040414F" w:rsidP="0040414F">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Yes’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D12b, answer D1</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797EDAA8" w14:textId="0CB925D3" w:rsidR="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00820CCE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F961BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your organization require </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>contracted interpreters</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to periodically complete any of the following types of ongoing trainings related to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>medical interpreting knowledge and skills enhancement?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9360" w:type="dxa"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="720"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="00B575D9" w14:paraId="3213D2B9" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12975A97" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00B575D9" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="30" w:name="_Hlk155697984"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="537B1A90" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00D00D76" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34B6D9A2" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="008140F2" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C7F517" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00D00D76" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43125A02" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="008140F2" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="00B575D9" w14:paraId="6C48D54B" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D87CE6F" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00B575D9" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Trainings provided by the organization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E076041" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00B575D9" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C044E9E" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00B575D9" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="00B575D9" w14:paraId="185B4B63" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="412B8C8A" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00B575D9" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Workshops or continuing education courses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EBB725C" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00B575D9" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="381F004D" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00B575D9" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="00B575D9" w14:paraId="394744B8" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0167DE66" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="870"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Conferences or events</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CBA2D5" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00B575D9" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07328C91" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00B575D9" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820CCE" w:rsidRPr="00B575D9" w14:paraId="7B0D5656" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E242536" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="870"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Ano</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>ther</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> type of ongoing training </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F591F">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(Please specify)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B575D9">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>: ____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB49362" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00B575D9" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6986FFB9" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRPr="00B575D9" w:rsidRDefault="00820CCE" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="30"/>
+    </w:tbl>
+    <w:p w14:paraId="3458ACFE" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00193E67">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10CF2A33" w14:textId="16BA9FB6" w:rsidR="00820CCE" w:rsidRPr="00851030" w:rsidRDefault="00820CCE" w:rsidP="00820CCE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">These next questions ask about how your hospital </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assesses the </w:t>
+      </w:r>
+      <w:r w:rsidR="001515F1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">qualifications and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>competency of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> staff members who </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide language assistance services to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individuals who </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>prefer a language other than English.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D8BDAA" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRDefault="00820CCE" w:rsidP="00193E67">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DEC0B64" w14:textId="4F0D1BE4" w:rsidR="008735A0" w:rsidRPr="00002A1B" w:rsidRDefault="008735A0" w:rsidP="008735A0">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2371">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2371">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or ‘3’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2371">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>, answer D1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2371">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76388544" w14:textId="458F5735" w:rsidR="00B27B14" w:rsidRPr="009F6782" w:rsidRDefault="57EA379F" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F961BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="042A8017" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000B1FFC">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="2AE4BB5F" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="3986B459" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> require</w:t>
+      </w:r>
+      <w:r w:rsidR="1FFC9380" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1FFC9380" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in-house</w:t>
+      </w:r>
+      <w:r w:rsidR="3986B459" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3986B459" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>interpreters</w:t>
+      </w:r>
+      <w:r w:rsidR="52EAA8AF" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidR="3986B459" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have </w:t>
+      </w:r>
+      <w:r w:rsidR="61AE62D6" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the following qualifications before they </w:t>
+      </w:r>
+      <w:r w:rsidR="433FABA5" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>can be hired</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to provide interpretation services at your </w:t>
+      </w:r>
+      <w:r w:rsidR="6EF71226" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7913"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="720"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009F591F" w:rsidRPr="009F6782" w14:paraId="7759FE46" w14:textId="77777777" w:rsidTr="00074C04">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C3D7E2" w14:textId="77777777" w:rsidR="009F591F" w:rsidRPr="009F6782" w:rsidRDefault="009F591F" w:rsidP="009F591F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7886912C" w14:textId="77777777" w:rsidR="009F591F" w:rsidRPr="009F6782" w:rsidRDefault="009F591F" w:rsidP="009F591F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="053DE3F4" w14:textId="5D7C2A96" w:rsidR="009F591F" w:rsidRPr="009F6782" w:rsidRDefault="009F591F" w:rsidP="009F591F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA67861" w14:textId="77777777" w:rsidR="009F591F" w:rsidRPr="009F6782" w:rsidRDefault="009F591F" w:rsidP="009F591F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="325EBBDE" w14:textId="7364DDB4" w:rsidR="009F591F" w:rsidRPr="009F6782" w:rsidRDefault="009F591F" w:rsidP="009F591F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B575D9" w:rsidRPr="009F6782" w14:paraId="1F223EBC" w14:textId="77777777" w:rsidTr="00074C04">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="527CC056" w14:textId="1CAE2FCE" w:rsidR="00037A55" w:rsidRPr="009F6782" w:rsidRDefault="000B1FFC" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00683C19" w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Completion of a m</w:t>
+            </w:r>
+            <w:r w:rsidR="00037A55" w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">edical </w:t>
+            </w:r>
+            <w:r w:rsidR="00851618" w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidR="00037A55" w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nterpreting </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>training program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16EB754B" w14:textId="2B502803" w:rsidR="00037A55" w:rsidRPr="009F6782" w:rsidRDefault="00037A55" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61FF6DC0" w14:textId="6CAB23D3" w:rsidR="00037A55" w:rsidRPr="009F6782" w:rsidRDefault="00037A55" w:rsidP="00683C19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B1FFC" w:rsidRPr="009F6782" w14:paraId="3F25F4A2" w14:textId="77777777" w:rsidTr="00074C04">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B680592" w14:textId="616CADA1" w:rsidR="000B1FFC" w:rsidRPr="009F6782" w:rsidRDefault="000B1FFC" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Medical interpreter certification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60AA9A1D" w14:textId="77777777" w:rsidR="000B1FFC" w:rsidRPr="009F6782" w:rsidDel="000B1FFC" w:rsidRDefault="000B1FFC" w:rsidP="000B1FFC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE72FEB" w14:textId="77777777" w:rsidR="000B1FFC" w:rsidRPr="009F6782" w:rsidDel="000B1FFC" w:rsidRDefault="000B1FFC" w:rsidP="000B1FFC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B1FFC" w:rsidRPr="009F6782" w14:paraId="47D36179" w14:textId="77777777" w:rsidTr="00074C04">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E26AF6A" w14:textId="214DD162" w:rsidR="000B1FFC" w:rsidRPr="009F6782" w:rsidRDefault="000B1FFC" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Previous experience working as a medical interpreter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2430B4" w14:textId="77777777" w:rsidR="000B1FFC" w:rsidRPr="009F6782" w:rsidDel="000B1FFC" w:rsidRDefault="000B1FFC" w:rsidP="000B1FFC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="106D2FE7" w14:textId="77777777" w:rsidR="000B1FFC" w:rsidRPr="009F6782" w:rsidDel="000B1FFC" w:rsidRDefault="000B1FFC" w:rsidP="000B1FFC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B1FFC" w:rsidRPr="009F6782" w14:paraId="5726DD2B" w14:textId="77777777" w:rsidTr="00074C04">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A34DC7C" w14:textId="4166528D" w:rsidR="000B1FFC" w:rsidRPr="009F6782" w:rsidRDefault="000B1FFC" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Another qualification </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(Please specify)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>: ________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FB6262" w14:textId="684C04EC" w:rsidR="000B1FFC" w:rsidRPr="009F6782" w:rsidRDefault="000B1FFC" w:rsidP="000B1FFC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF9FB33" w14:textId="25F4CFBA" w:rsidR="000B1FFC" w:rsidRPr="009F6782" w:rsidRDefault="000B1FFC" w:rsidP="000B1FFC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3BD69FFC" w14:textId="77777777" w:rsidR="00DD64D8" w:rsidRPr="009F6782" w:rsidRDefault="00DD64D8" w:rsidP="00DD64D8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="761"/>
+        </w:tabs>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28FD31E4" w14:textId="4E3E80FB" w:rsidR="001D6F69" w:rsidRPr="001D6F69" w:rsidRDefault="001D6F69" w:rsidP="001D6F69">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘1’ or ‘3’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D11, answer D16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0371AE47" w14:textId="62BCEA6C" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="10A719A3" w:rsidP="1593183B">
+      <w:pPr>
         <w:keepNext/>
-        <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="761"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F961BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00894683">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="6EF71226" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> require </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in-house interpreters</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D754FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">submit proof </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of the following qualifications or otherwise verify that the requirement is met?</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9360" w:type="dxa"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="720"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00894683" w:rsidRPr="009F6782" w14:paraId="381BBDCC" w14:textId="77777777" w:rsidTr="0040347C">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B379E47" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FBFE461" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FA94E3B" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2B03F9" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76445FCA" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894683" w:rsidRPr="009F6782" w14:paraId="6F74E495" w14:textId="77777777" w:rsidTr="0040347C">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ABE3721" w14:textId="22C4E4D2" w:rsidR="00FB36FA" w:rsidRPr="00002A1B" w:rsidRDefault="00FB36FA" w:rsidP="00FB36FA">
+            <w:pPr>
+              <w:ind w:left="540" w:hanging="540"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">‘Yes’ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D12a, answer D16a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B4D06DD" w14:textId="3E559945" w:rsidR="00894683" w:rsidRPr="001A3D4B" w:rsidRDefault="00894683" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="750D1842" w14:textId="0D79BCAC" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Completion of a medical interpreting training program </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1268A33A" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="534A964D" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894683" w:rsidRPr="009F6782" w14:paraId="16202834" w14:textId="77777777" w:rsidTr="0040347C">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72721572" w14:textId="2DDBD0C3" w:rsidR="00894683" w:rsidRPr="001A3D4B" w:rsidRDefault="00FB36FA" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">‘Yes’ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D12b, answer D16b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DADB738" w14:textId="1247D6F9" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Medical interpreter certification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5A9C1D" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B23C3ED" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894683" w:rsidRPr="009F6782" w14:paraId="574A88D6" w14:textId="77777777" w:rsidTr="0040347C">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB302D8" w14:textId="38E67282" w:rsidR="00894683" w:rsidRPr="001A3D4B" w:rsidRDefault="00FB36FA" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="870"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">‘Yes’ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D12c, answer D16c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7080FBE5" w14:textId="690EC2AE" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="870"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Previous experience working as a medical interpreter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4C81D2" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="551D120E" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894683" w:rsidRPr="009F6782" w14:paraId="6EA93689" w14:textId="77777777" w:rsidTr="0040347C">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61706D34" w14:textId="18FDC34B" w:rsidR="00894683" w:rsidRPr="001A3D4B" w:rsidRDefault="008534BD" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="870"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">‘Yes’ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D12d, answer D16d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="311A6093" w14:textId="71BDDB5B" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+                <w:tab w:val="left" w:pos="870"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00CC32E5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidR="005A4E83">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">open </w:t>
+            </w:r>
+            <w:r w:rsidR="0072107F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">response </w:t>
+            </w:r>
+            <w:r w:rsidR="005A4E83">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>from D1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B679FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>5d</w:t>
+            </w:r>
+            <w:r w:rsidR="005A4E83">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BF7A478" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="466D6ADB" w14:textId="77777777" w:rsidR="00894683" w:rsidRPr="009F6782" w:rsidRDefault="00894683" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="303AE127" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="009F6782">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12786408" w14:textId="72475AF8" w:rsidR="001D6F69" w:rsidRPr="009F6782" w:rsidRDefault="001D6F69" w:rsidP="001D6F69">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘2’ or ‘3’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D11, answer D1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3312">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="019C8B9B" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidRDefault="00F961BB" w:rsidP="00F961BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your organization require </w:t>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>contracted interpreters</w:t>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to have any of the following qualifications before they can be hired to provide interpretation services at your organization?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="01D1FA9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7913"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="720"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F961BB" w:rsidRPr="009F6782" w14:paraId="12FEEB63" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA45E78" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C92565" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20AC6631" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10D918C1" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73976B5E" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F961BB" w:rsidRPr="009F6782" w14:paraId="147A8F82" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="589900B7" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Completion of a medical interpreting training program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00BD5ED3" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BEB7F2B" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F961BB" w:rsidRPr="009F6782" w14:paraId="1B753810" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE0290C" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Medical interpreter certification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E937B63" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidDel="000B1FFC" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF1707C" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidDel="000B1FFC" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F961BB" w:rsidRPr="009F6782" w14:paraId="76AC96F2" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF490C1" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Previous experience working as a medical interpreter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13623F3E" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidDel="000B1FFC" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B20DC34" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidDel="000B1FFC" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F961BB" w:rsidRPr="009F6782" w14:paraId="02BDF1E3" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5627BCDF" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Another qualification </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(Please specify)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>: ________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D8593B3" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="188007F5" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRPr="009F6782" w:rsidRDefault="00F961BB" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2FB852A5" w14:textId="77777777" w:rsidR="00F961BB" w:rsidRDefault="00F961BB" w:rsidP="00FB5685">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19819EE1" w14:textId="77777777" w:rsidR="00837D6E" w:rsidRDefault="00837D6E" w:rsidP="3BEA3AC2">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="793C1CC7" w14:textId="77777777" w:rsidR="00837D6E" w:rsidRDefault="00837D6E" w:rsidP="3BEA3AC2">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A44F979" w14:textId="77777777" w:rsidR="00837D6E" w:rsidRDefault="00837D6E" w:rsidP="3BEA3AC2">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1015C605" w14:textId="77777777" w:rsidR="00837D6E" w:rsidRDefault="00837D6E" w:rsidP="3BEA3AC2">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D19A2FE" w14:textId="77777777" w:rsidR="00837D6E" w:rsidRDefault="00837D6E" w:rsidP="3BEA3AC2">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7256580E" w14:textId="77777777" w:rsidR="00837D6E" w:rsidRDefault="00837D6E" w:rsidP="3BEA3AC2">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="560523FB" w14:textId="77777777" w:rsidR="00837D6E" w:rsidRDefault="00837D6E" w:rsidP="3BEA3AC2">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21E77B6B" w14:textId="196439B1" w:rsidR="00AC0F23" w:rsidRPr="00193E67" w:rsidRDefault="00AC0F23" w:rsidP="002E319E">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">If responded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Yes’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>B3a-h, answer D18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D82661C" w14:textId="0A6461D7" w:rsidR="00FB5685" w:rsidRDefault="00FB5685" w:rsidP="00FB5685">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F961BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your hospital </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have a process </w:t>
+      </w:r>
+      <w:r w:rsidR="004B4347">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assessing </w:t>
+      </w:r>
+      <w:r w:rsidR="000F79FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>competency</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in source and target languages</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE00B7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for each of the following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C6A5C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53557EC4" w14:textId="52DE76ED" w:rsidR="00F11217" w:rsidRDefault="00F11217" w:rsidP="00FB5685">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F11217">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F11217">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> For </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F11217">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>contracted interpreters</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F11217">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, assessment of competency may be conducted by the vendor, consistent with the hospital’s contractual or oversight requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9360" w:type="dxa"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="720"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FB5685" w:rsidRPr="00B575D9" w14:paraId="46A806BC" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9413A4" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRPr="00B575D9" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C261C2" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRPr="00D00D76" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="392D0786" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRPr="008140F2" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F86746D" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRPr="00D00D76" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="342D3DC9" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRPr="008140F2" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D00D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5685" w14:paraId="5F46EBBB" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2417C5FF" w14:textId="624820DB" w:rsidR="00FE4BEF" w:rsidRPr="002D3371" w:rsidRDefault="00FE4BEF" w:rsidP="00FE4BEF">
+            <w:pPr>
+              <w:ind w:left="540" w:hanging="540"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>‘1’ or ‘3’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D11, answer D18a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37173569" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="2C161190">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>In-house interpreters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1068D231" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20545B7F" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5685" w14:paraId="3078BCF9" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E0C53A" w14:textId="3346D2D7" w:rsidR="00FB5685" w:rsidRPr="001A3D4B" w:rsidRDefault="00FE4BEF" w:rsidP="00FB5685">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>‘2’ or ‘3’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>D11, answer D18b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ECE418C" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="2C161190">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Contracted interpreters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B55ED2" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E03524B" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5685" w14:paraId="187E6BCE" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE26AE3" w14:textId="09408DCC" w:rsidR="00FB5685" w:rsidRPr="00E41C41" w:rsidRDefault="00C11F75" w:rsidP="00E41C41">
+            <w:pPr>
+              <w:ind w:left="540" w:hanging="540"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">‘Yes’ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>B3h, answer D18</w:t>
+            </w:r>
+            <w:r w:rsidR="000A373F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22F65900" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="2C161190">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Translators</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC125D9" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD5CF4D" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5685" w:rsidRPr="00B575D9" w14:paraId="73B838B4" w14:textId="77777777" w:rsidTr="00744E78">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E89594F" w14:textId="340F3C2D" w:rsidR="00FB5685" w:rsidRPr="001A3D4B" w:rsidRDefault="004672F4" w:rsidP="00FB5685">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">‘Yes’ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>B3</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41C41">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>, answer D18</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41C41">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44FA8578" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRPr="00B575D9" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2C161190">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d. </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="2C161190">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Multilingual staff</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59DF18F2" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRPr="00B575D9" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ECCD946" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRPr="00B575D9" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5685" w:rsidRPr="00B575D9" w14:paraId="22EEBD28" w14:textId="77777777" w:rsidTr="000216F1">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19ECC169" w14:textId="68097FFC" w:rsidR="00FB5685" w:rsidRPr="001A3D4B" w:rsidRDefault="00E41C41" w:rsidP="00FB5685">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If responded </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">‘Yes’ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>B3a, answer D18e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02EA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D644F44" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRPr="00B575D9" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2C161190">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e. </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="2C161190">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Multilingual providers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C41E9E7" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRPr="00B575D9" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57B702AE" w14:textId="77777777" w:rsidR="00FB5685" w:rsidRPr="00B575D9" w:rsidRDefault="00FB5685" w:rsidP="00744E78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5DDC6198" w14:textId="35DDD82E" w:rsidR="009F6782" w:rsidRDefault="00FB5685" w:rsidP="009F6782">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6782">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58067DD5" w14:textId="4E742205" w:rsidR="007359EF" w:rsidRPr="009F6782" w:rsidRDefault="007359EF" w:rsidP="007359EF">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Yes’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D18a, answer D19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A98E88C" w14:textId="282D280D" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="36A9799F" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F961BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009F6782">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="09172D72" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use any of the following methods to assess the </w:t>
+      </w:r>
+      <w:r w:rsidR="000F79FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>competency</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5685" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in-house interpreter</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5685">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE669A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>when they are initially hired</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to provide interpretation services at your </w:t>
+      </w:r>
+      <w:r w:rsidR="09172D72" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please answer “Yes” or “No” for each item.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="435" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7913"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="720"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009F6782" w:rsidRPr="009F6782" w14:paraId="6A50FD7B" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="071E2505" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A7EE258" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60BE2647" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79CF699A" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="251323CC" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F6782" w:rsidRPr="009F6782" w14:paraId="3F5CF796" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4019569D" w14:textId="5276EE1F" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidDel="000012E2" w:rsidRDefault="009F6782" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Competency test (e.g., medical terminology, language </w:t>
+            </w:r>
+            <w:r w:rsidR="000F79FC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>competency</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>, interpreting skills, cultural competency, ethics)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="271C9356" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidDel="003E6B8A" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E4D1CF7" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidDel="003E6B8A" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F6782" w:rsidRPr="009F6782" w14:paraId="3E9BD435" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C9316BF" w14:textId="17F1DF60" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Shadowing assessment </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61DC94BF" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidDel="003E6B8A" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66434ADC" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidDel="003E6B8A" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F6782" w:rsidRPr="009F6782" w14:paraId="3AB78C6A" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B28B983" w14:textId="35131561" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Performance evaluation over a probationary period</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6461C2A2" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1574BE5C" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F6782" w:rsidRPr="009F6782" w14:paraId="0F5B8E56" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9292CE" w14:textId="38280A39" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="001A3D4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d. </w:t>
+            </w:r>
+            <w:r w:rsidR="001A3D4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009F6782">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Assessment by a contracted service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4816A993" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="287443D8" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F6782" w:rsidRPr="009F6782" w14:paraId="7E49E1BC" w14:textId="77777777" w:rsidTr="1593183B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BDE3F5C" w14:textId="7F48C7EF" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="476D0E30" w:rsidP="1593183B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="288"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="36A9799F" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="009F6782">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="36A9799F" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Another method </w:t>
+            </w:r>
+            <w:r w:rsidR="36A9799F" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(Please specify)</w:t>
+            </w:r>
+            <w:r w:rsidR="36A9799F" w:rsidRPr="1593183B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>: ______________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="383174F4" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C6087E2" w14:textId="77777777" w:rsidR="009F6782" w:rsidRPr="009F6782" w:rsidRDefault="009F6782" w:rsidP="0040347C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4A33CFA1" w14:textId="77777777" w:rsidR="00FD5A17" w:rsidRPr="00B575D9" w:rsidRDefault="00FD5A17" w:rsidP="00B27AB0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="151717E5" w14:textId="528E1953" w:rsidR="00C25F49" w:rsidRPr="00C25F49" w:rsidRDefault="00C25F49" w:rsidP="00C25F49">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Yes’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D18d, answer D20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551D1302" w14:textId="7EAF1039" w:rsidR="00B10EC8" w:rsidRDefault="00585D7C" w:rsidP="00582017">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00F961BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B10EC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>riefly</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>describe</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>policies</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>related</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>assessment</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>documentation</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of language </w:t>
+      </w:r>
+      <w:r w:rsidR="000F79FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>competency</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00E22538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>multilingual staff</w:t>
+      </w:r>
+      <w:r w:rsidR="00B10EC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00226847" w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000146B9" w:rsidRPr="001A57C8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(maximum 1250 characters)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E493A6F" w14:textId="77777777" w:rsidR="00B10EC8" w:rsidRDefault="00B10EC8" w:rsidP="00B10EC8">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="760"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="67566A55">
-[...22 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w14:paraId="7375BBDF" w14:textId="71E593F1" w:rsidR="00952CA4" w:rsidRPr="00952CA4" w:rsidRDefault="00952CA4" w:rsidP="00952CA4">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Yes’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>D18e, answer D21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39AD8510" w14:textId="6FF4DDF8" w:rsidR="00B10EC8" w:rsidRPr="00A97309" w:rsidRDefault="7485FFC4" w:rsidP="00A05AAB">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05AAB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F961BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B10EC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Briefly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="731DF0CC" w:rsidRPr="31E9EBD4">
-[...76 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>describe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00380C4E" w:rsidRPr="67566A55">
-[...22 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00380C4E" w:rsidRPr="67566A55">
-[...6 lines deleted...]
-        <w:t>to deliver services?</w:t>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>policies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>related</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>assessment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>documentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of language </w:t>
+      </w:r>
+      <w:r w:rsidR="000F79FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>competency</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in-language service providers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000146B9" w:rsidRPr="001A57C8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(maximum 1250 characters)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D20B1A5" w14:textId="70359446" w:rsidR="000957F2" w:rsidDel="00880CB2" w:rsidRDefault="00380C4E" w:rsidP="68E1965C">
+    <w:p w14:paraId="641750A8" w14:textId="77777777" w:rsidR="001E7531" w:rsidRDefault="001E7531">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...5 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="760"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="38410215">
-[...141 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3C5A019E" w14:textId="6CAF089F" w:rsidR="004815F5" w:rsidRPr="004D7A8C" w:rsidRDefault="004815F5" w:rsidP="001A6481">
+    <w:p w14:paraId="561E8564" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRDefault="00820CCE">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="760"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71BB4B84" w14:textId="4CE0D869" w:rsidR="00DF4B05" w:rsidRPr="00B870EA" w:rsidRDefault="000F4B56" w:rsidP="57A1702D">
+    <w:p w14:paraId="6688449D" w14:textId="77777777" w:rsidR="00820CCE" w:rsidRDefault="00820CCE">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...5 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="760"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...154 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7477BC62" w14:textId="68DB000B" w:rsidR="00B870EA" w:rsidRPr="00765AE6" w:rsidRDefault="00B870EA" w:rsidP="00B870EA">
+    <w:p w14:paraId="60216928" w14:textId="4CE5115A" w:rsidR="000B658F" w:rsidRPr="000C73BC" w:rsidRDefault="00894683" w:rsidP="000C73BC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="57A1702D">
-[...103 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="Thank_you_for_taking_our_survey._Your_re"/>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
-    <w:p w14:paraId="707050AF" w14:textId="77777777" w:rsidR="002B26CC" w:rsidRDefault="002B26CC" w:rsidP="00603959">
+    <w:p w14:paraId="4B9F9C13" w14:textId="77777777" w:rsidR="00E5346A" w:rsidRPr="0019415A" w:rsidRDefault="00E5346A" w:rsidP="00E5346A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019415A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Domain 5: Monitoring and Evaluation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578A3960" w14:textId="6D586561" w:rsidR="00A82908" w:rsidRPr="00A97309" w:rsidRDefault="01F19975" w:rsidP="3BEA3AC2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Questions in this domain assess how your </w:t>
+      </w:r>
+      <w:r w:rsidR="51192972" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> monitors the quality of the language assistance services it provides and the processes that are in place </w:t>
+      </w:r>
+      <w:r w:rsidR="7485FFC4" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> continual improve</w:t>
+      </w:r>
+      <w:r w:rsidR="7485FFC4" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0018737B" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC80112" w14:textId="09328A2D" w:rsidR="00A82908" w:rsidRDefault="51192972" w:rsidP="1593183B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>answer</w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>questions</w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>based</w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>language</w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="01F19975" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r w:rsidR="76447D3B" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D47A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>as of</w:t>
+      </w:r>
+      <w:r w:rsidR="76447D3B" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="76447D3B" w:rsidRPr="004310A4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>December 31,</w:t>
+      </w:r>
+      <w:r w:rsidR="004310A4" w:rsidRPr="004310A4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="005D7567">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="76447D3B" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB40F24" w14:textId="77777777" w:rsidR="000B658F" w:rsidRDefault="000B658F" w:rsidP="00683C19">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="002B26CC">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId13"/>
+    <w:p w14:paraId="67321124" w14:textId="6B43B06A" w:rsidR="005237D6" w:rsidRPr="00193E67" w:rsidRDefault="005237D6" w:rsidP="005237D6">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Yes’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA022E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B3c-g, answer </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA022E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>E1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39A4A211" w14:textId="3C45638E" w:rsidR="000012E2" w:rsidRDefault="5728E266" w:rsidP="01D1FA9B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>E1.</w:t>
+      </w:r>
+      <w:r w:rsidR="3044E220" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="7DB3CA0B" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use any of</w:t>
+      </w:r>
+      <w:r w:rsidR="3044E220" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> following</w:t>
+      </w:r>
+      <w:r w:rsidR="3044E220" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> methods </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="3044E220" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="3044E220" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="3044E220" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+      <w:r w:rsidR="3044E220" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> medical interpretation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided by interpreters?</w:t>
+      </w:r>
+      <w:r w:rsidR="27EC5EB2" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1BDD92BE" w:rsidRPr="2C161190">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please select all that apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052035D6" w14:textId="05896E1C" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Patient satisfaction surveys</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FBE15E1" w14:textId="515ED841" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Provider satisfaction surveys</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A5A28FC" w14:textId="5F89D158" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Observation or s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hadowing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>experienced medical interpreter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE339FD" w14:textId="035F2A87" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pairing with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>more experienced medical interpreter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B349538" w14:textId="1969D5DE" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Mentoring</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>experienced medical interpreter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4D7E5B" w14:textId="50975F28" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Annual j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ob performance assessment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4898F2" w14:textId="2684573D" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ano</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ther</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> method </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(Please specify)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>: ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D1AADD" w14:textId="75BEE5CF" w:rsidR="00284E59" w:rsidRPr="00A97309" w:rsidRDefault="00284E59" w:rsidP="00396C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">None of the above </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A23119C" w14:textId="77777777" w:rsidR="000012E2" w:rsidRPr="00A97309" w:rsidRDefault="000012E2" w:rsidP="000012E2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74937B7B" w14:textId="5D682746" w:rsidR="00AA022E" w:rsidRPr="00193E67" w:rsidRDefault="00AA022E" w:rsidP="00AA022E">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Yes’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>B3c-g, answer E2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="713CB8C5" w14:textId="65DB47A7" w:rsidR="00920C5B" w:rsidRDefault="4387B3B9" w:rsidP="1593183B">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>E2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00920C5B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="7DB3CA0B" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> collect data on the </w:t>
+      </w:r>
+      <w:r w:rsidR="32E227B9" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">amount of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">time it takes for patients or caregivers who prefer a language other than English to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>be connected with</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a qualified interpreter</w:t>
+      </w:r>
+      <w:r w:rsidR="32E227B9" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (i.e., wait time)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33AFB4FD" w14:textId="77777777" w:rsidR="0019415A" w:rsidRDefault="0019415A" w:rsidP="0019415A">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76BF1DC8" w14:textId="77777777" w:rsidR="0019415A" w:rsidRPr="005A732A" w:rsidRDefault="0019415A" w:rsidP="0019415A">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DA54B5D" w14:textId="3B02E0C3" w:rsidR="00920C5B" w:rsidRPr="0019415A" w:rsidRDefault="00920C5B" w:rsidP="00295865">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="761"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="400D0BB8" w14:textId="6BB61255" w:rsidR="00AA022E" w:rsidRPr="00193E67" w:rsidRDefault="00AA022E" w:rsidP="00AA022E">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Yes’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B3h, answer E3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499B1391" w14:textId="656CD3EB" w:rsidR="00721376" w:rsidRDefault="1BCE7C9B" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>E3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00721376">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="20B94F29" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> collect data on turnaround times for translating documents for individuals who need the information in a language other than English?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78757633" w14:textId="77777777" w:rsidR="0019415A" w:rsidRDefault="0019415A" w:rsidP="0019415A">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="562D4AB7" w14:textId="66EA4E8B" w:rsidR="0019415A" w:rsidRPr="0019415A" w:rsidRDefault="0019415A" w:rsidP="0019415A">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4655F0F1" w14:textId="77777777" w:rsidR="00721376" w:rsidRPr="00920C5B" w:rsidRDefault="00721376" w:rsidP="00721376">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EC2ADF2" w14:textId="03F47467" w:rsidR="00F8015C" w:rsidRPr="00193E67" w:rsidRDefault="00F8015C" w:rsidP="00F8015C">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Yes’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B3h, answer E</w:t>
+      </w:r>
+      <w:r w:rsidR="007A0A49">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B038F5" w14:textId="1160E59C" w:rsidR="00295865" w:rsidRDefault="0BE582EE" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="1BCE7C9B" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00295865">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="20B94F29" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have a process in place, conducted either in-house or by a contractor, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>for evaluating</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the quality of translations to ensure that the intended meaning of the source document is appropriately conveyed</w:t>
+      </w:r>
+      <w:r w:rsidR="33D6268A" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and culturally appropriate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D40C47" w14:textId="77777777" w:rsidR="0019415A" w:rsidRDefault="0019415A" w:rsidP="0019415A">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="428056CA" w14:textId="7F443FD1" w:rsidR="003B3C1E" w:rsidRDefault="00030CAD" w:rsidP="00030CAD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0019415A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="0019415A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D06943" w14:textId="77777777" w:rsidR="00030CAD" w:rsidRDefault="00030CAD" w:rsidP="000012E2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="761"/>
+        </w:tabs>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CF29A79" w14:textId="6DA6A866" w:rsidR="005A1A1D" w:rsidRDefault="5728E266" w:rsidP="00582017">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="4387B3B9" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="648DCCE7" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solicit feedback from patients </w:t>
+      </w:r>
+      <w:r w:rsidR="1BCE7C9B" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> caregivers </w:t>
+      </w:r>
+      <w:r w:rsidR="1670F95A" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specific </w:t>
+      </w:r>
+      <w:r w:rsidR="7477501C" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>their experience receiving language assistance</w:t>
+      </w:r>
+      <w:r w:rsidR="61FFAE7D" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="0018737B" w:rsidRPr="3BEA3AC2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468F5316" w14:textId="77777777" w:rsidR="0019415A" w:rsidRDefault="0019415A" w:rsidP="0019415A">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03734BA3" w14:textId="77777777" w:rsidR="0019415A" w:rsidRPr="005A732A" w:rsidRDefault="0019415A" w:rsidP="0019415A">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75419983" w14:textId="13A14A48" w:rsidR="005A1A1D" w:rsidRPr="005A1A1D" w:rsidRDefault="005A1A1D" w:rsidP="005A1A1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:ind w:left="634" w:hanging="634"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4054C9FB" w14:textId="458A271C" w:rsidR="00F8015C" w:rsidRPr="00193E67" w:rsidRDefault="00F8015C" w:rsidP="00F8015C">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If responded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Yes’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00162E96">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>E5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>, answer E</w:t>
+      </w:r>
+      <w:r w:rsidR="0018710D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F02EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E675CDF" w14:textId="65EDEFC4" w:rsidR="000012E2" w:rsidRDefault="5728E266" w:rsidP="1593183B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="3C61A2E1" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="3044E220" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A1A1D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Which of</w:t>
+      </w:r>
+      <w:r w:rsidR="3044E220" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> following</w:t>
+      </w:r>
+      <w:r w:rsidR="3044E220" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> methods </w:t>
+      </w:r>
+      <w:r w:rsidR="61FFAE7D" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">does </w:t>
+      </w:r>
+      <w:r w:rsidR="3044E220" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidR="61FFAE7D" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r </w:t>
+      </w:r>
+      <w:r w:rsidR="7AF5B3A6" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="3044E220" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use to evaluate </w:t>
+      </w:r>
+      <w:r w:rsidR="1BCE7C9B" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>patient</w:t>
+      </w:r>
+      <w:r w:rsidR="3044E220" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> experience </w:t>
+      </w:r>
+      <w:r w:rsidR="1BCE7C9B" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="61FFAE7D" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> language </w:t>
+      </w:r>
+      <w:r w:rsidR="61FFAE7D" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">assistance </w:t>
+      </w:r>
+      <w:r w:rsidR="3044E220" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">services? </w:t>
+      </w:r>
+      <w:r w:rsidR="1BDD92BE" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please select all that apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3066EB9F" w14:textId="49E38BB6" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Surveys about patients’ overall experience at the hospital (e.g., Press Ganey, HCAHPS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="776A0627" w14:textId="25101E62" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Surveys about patients’ specific experience receiving language assistance services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="397B0CBD" w14:textId="691D37EF" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Brief patient satisfaction surveys conducted immediately after language assistance service is provided (e.g., automated after-call survey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A49131" w14:textId="5802B7C6" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>One-on-one in-depth interviews</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0462D92D" w14:textId="6E498F38" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Focus groups</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="521951E0" w14:textId="2A989933" w:rsidR="00396C19" w:rsidRDefault="00396C19" w:rsidP="00396C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ano</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ther</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> method </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F591F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(Please specify)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97309">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>: ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524F0209" w14:textId="77777777" w:rsidR="000B658F" w:rsidRPr="00A97309" w:rsidRDefault="000B658F" w:rsidP="000B658F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E70D636" w14:textId="1396FF4B" w:rsidR="00A82908" w:rsidRDefault="01F19975" w:rsidP="00A82908">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="3C61A2E1" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82908">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="2A8264C9" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solicit feedback and suggestions from providers </w:t>
+      </w:r>
+      <w:r w:rsidR="1BCE7C9B" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> staff members about </w:t>
+      </w:r>
+      <w:r w:rsidR="1BCE7C9B" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">language assistance services that the </w:t>
+      </w:r>
+      <w:r w:rsidR="2A8264C9" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> offers?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B4076D" w14:textId="77777777" w:rsidR="0019415A" w:rsidRDefault="0019415A" w:rsidP="0019415A">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8DB711" w14:textId="77777777" w:rsidR="0019415A" w:rsidRPr="005A732A" w:rsidRDefault="0019415A" w:rsidP="0019415A">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D067A25" w14:textId="77777777" w:rsidR="00A82908" w:rsidRPr="00901B33" w:rsidRDefault="00A82908" w:rsidP="00A82908">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72E3A2B9" w14:textId="71419023" w:rsidR="00A82908" w:rsidRDefault="01F19975" w:rsidP="00A82908">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="3C61A2E1" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82908">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="0CDA7E37" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have a formal language access complaint process that is clearly communicated to all patients?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6F5AF9" w14:textId="77777777" w:rsidR="0019415A" w:rsidRDefault="0019415A" w:rsidP="0019415A">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E01E750" w14:textId="77777777" w:rsidR="0019415A" w:rsidRPr="005A732A" w:rsidRDefault="0019415A" w:rsidP="0019415A">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E56267" w14:textId="77777777" w:rsidR="00A82908" w:rsidRDefault="00A82908" w:rsidP="00A82908">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A56B045" w14:textId="3F543D8E" w:rsidR="00A82908" w:rsidRDefault="01F19975" w:rsidP="00A82908">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="3C61A2E1" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82908">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does your </w:t>
+      </w:r>
+      <w:r w:rsidR="0CDA7E37" w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have a process for responding to patient complaints about language access and language assistance services?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB7989E" w14:textId="77777777" w:rsidR="0019415A" w:rsidRDefault="0019415A" w:rsidP="0019415A">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="406699C6" w14:textId="77777777" w:rsidR="0019415A" w:rsidRPr="005A732A" w:rsidRDefault="0019415A" w:rsidP="0019415A">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="1267" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0041F176" w14:textId="77777777" w:rsidR="00F4594B" w:rsidRDefault="00F4594B" w:rsidP="00683C19">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A275037" w14:textId="0CD9BC41" w:rsidR="00647112" w:rsidRDefault="00647112" w:rsidP="008A0F06">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1593183B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please provide any comments </w:t>
+      </w:r>
+      <w:r w:rsidR="008A0F06">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>or feedback you have for MassHealth about this self-assessment, including any technical difficulties you experienced</w:t>
+      </w:r>
+      <w:r w:rsidR="000C483C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000C483C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>particular questions</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000C483C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that you found confusing or had difficulty answering.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C8" w:rsidRPr="001A57C8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(maximum 1250 characters)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5579C51B" w14:textId="77777777" w:rsidR="00647112" w:rsidRDefault="00647112" w:rsidP="00647112">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="515A4469" w14:textId="3DBB9BD4" w:rsidR="330D8620" w:rsidRPr="0072442F" w:rsidRDefault="330D8620" w:rsidP="0072442F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="Appendix_2:_CCO_self-assessment_availabl"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="0072442F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thank you for taking the time to complete this survey. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D754FD" w:rsidRPr="0072442F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0072442F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>f you have any questions</w:t>
+      </w:r>
+      <w:r w:rsidR="00D754FD" w:rsidRPr="0072442F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> about this survey, please contact us at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00D754FD" w:rsidRPr="0072442F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>H</w:t>
+        </w:r>
+        <w:r w:rsidR="00D754FD" w:rsidRPr="0072442F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>ealth.Equity@mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D754FD" w:rsidRPr="0072442F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26FDED9D" w14:textId="578F9F9C" w:rsidR="1593183B" w:rsidRDefault="1593183B" w:rsidP="1593183B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AF1AA9D" w14:textId="61F21C4B" w:rsidR="330D8620" w:rsidRPr="00FD5A17" w:rsidRDefault="330D8620" w:rsidP="00D754FD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="330D8620" w:rsidRPr="00FD5A17" w:rsidSect="00F04BE0">
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="1014" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18556400" w14:textId="77777777" w:rsidR="006E715F" w:rsidRDefault="006E715F" w:rsidP="00275260">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="07E93A7B" w14:textId="77777777" w:rsidR="00D032E0" w:rsidRDefault="00D032E0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16C57B9C" w14:textId="77777777" w:rsidR="006E715F" w:rsidRDefault="006E715F" w:rsidP="00275260">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="420287AF" w14:textId="77777777" w:rsidR="00D032E0" w:rsidRDefault="00D032E0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4788F1DE" w14:textId="77777777" w:rsidR="006E715F" w:rsidRDefault="006E715F">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="31880602" w14:textId="77777777" w:rsidR="00D032E0" w:rsidRDefault="00D032E0"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Gothic Light">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0300000000000000"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times">
-[...8 lines deleted...]
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...8 lines deleted...]
-    <w:sdtEndPr>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26B82FEF" w14:textId="612CD4B6" w:rsidR="00DD1150" w:rsidRPr="000C28E2" w:rsidRDefault="005D1D6E" w:rsidP="005D1D6E">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="9410"/>
+        <w:tab w:val="left" w:pos="9477"/>
+        <w:tab w:val="left" w:pos="9645"/>
+      </w:tabs>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-    </w:sdtEndPr>
-[...30 lines deleted...]
-  <w:p w14:paraId="22A30BFC" w14:textId="77777777" w:rsidR="00432120" w:rsidRDefault="00432120">
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26B82FF4" wp14:editId="3F337FDF">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>6036945</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9274175</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="873125" cy="165735"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="3" name="Text Box 3"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="873125" cy="165735"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="26B82FF8" w14:textId="0EFF3081" w:rsidR="00DD1150" w:rsidRDefault="00DB3311">
+                          <w:pPr>
+                            <w:spacing w:line="245" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:t>Page</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-4"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                            <w:t>10</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:t>of</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidR="006B676F" w:rsidRPr="006B676F">
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t>20</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="0C9FB34F" w14:textId="77777777" w:rsidR="00F96956" w:rsidRDefault="00F96956">
+                          <w:pPr>
+                            <w:spacing w:line="245" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                          </w:pPr>
+                        </w:p>
+                        <w:p w14:paraId="42077543" w14:textId="77777777" w:rsidR="008C248A" w:rsidRDefault="008C248A">
+                          <w:pPr>
+                            <w:spacing w:line="245" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                          </w:pPr>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="26B82FF4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:475.35pt;margin-top:730.25pt;width:68.75pt;height:13.05pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKOD/0lAEAABoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSPxD5bvxEmqtNUqm6pQgZAq&#10;QCp8gOO1syvWHjPjZDd/z9jZJAhuqJfx2B6/ee+N1w+j78XBInUQarmYzaWwwUDThV0tf3z/+O5e&#10;Cko6NLqHYGt5tCQfNm/frIdY2SW00DcWBYMEqoZYyzalWClFprVe0wyiDXzpAL1OvMWdalAPjO57&#10;tZzPb9UA2EQEY4n49Ol0KTcF3zlr0lfnyCbR15K5pRKxxG2OarPW1Q51bDsz0dD/wcLrLnDTC9ST&#10;TlrssfsHyncGgcClmQGvwLnO2KKB1Szmf6l5aXW0RQubQ/FiE70erPlyeInfUKTxPYw8wCKC4jOY&#10;n8TeqCFSNdVkT6kirs5CR4c+ryxB8EP29njx045JGD68v7tZLFdSGL5a3K7ublbZb3V9HJHSJwte&#10;5KSWyOMqBPThmdKp9FwycTm1z0TSuB25JKdbaI6sYeAx1pJ+7TVaKfrPgX3KMz8neE625wRT/wHK&#10;z8hSAjzuE7iudL7iTp15AIX79FnyhP/cl6rrl978BgAA//8DAFBLAwQUAAYACAAAACEAdDeZGOEA&#10;AAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbizZxELXNZ0mBCckRFcOHNPG&#10;a6s1Tmmyrbw96QmO9v/p9+dsN9meXXD0nSMFy4UAhlQ701Gj4LN8fUiA+aDJ6N4RKvhBD7v89ibT&#10;qXFXKvByCA2LJeRTraANYUg593WLVvuFG5BidnSj1SGOY8PNqK+x3PZ8JYTkVncUL7R6wOcW69Ph&#10;bBXsv6h46b7fq4/iWHRluRH0Jk9K3d9N+y2wgFP4g2HWj+qQR6fKncl41ivYrMVTRGPwKMUa2IyI&#10;JFkBq+ZdIiXwPOP/38h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMo4P/SUAQAAGgMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHQ3mRjhAAAA&#10;DgEAAA8AAAAAAAAAAAAAAAAA7gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="26B82FF8" w14:textId="0EFF3081" w:rsidR="00DD1150" w:rsidRDefault="00DB3311">
+                    <w:pPr>
+                      <w:spacing w:line="245" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:t>Page</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-4"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                      </w:rPr>
+                      <w:t>10</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:t>of</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="006B676F" w:rsidRPr="006B676F">
+                      <w:rPr>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t>20</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="0C9FB34F" w14:textId="77777777" w:rsidR="00F96956" w:rsidRDefault="00F96956">
+                    <w:pPr>
+                      <w:spacing w:line="245" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                    </w:pPr>
+                  </w:p>
+                  <w:p w14:paraId="42077543" w14:textId="77777777" w:rsidR="008C248A" w:rsidRDefault="008C248A">
+                    <w:pPr>
+                      <w:spacing w:line="245" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:b/>
+                      </w:rPr>
+                    </w:pPr>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3360"/>
+      <w:gridCol w:w="3360"/>
+      <w:gridCol w:w="3360"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="23C33862" w14:paraId="14DA39DB" w14:textId="77777777" w:rsidTr="23C33862">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3360" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="67D27228" w14:textId="34AAC28F" w:rsidR="23C33862" w:rsidRDefault="23C33862" w:rsidP="23C33862">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3360" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="554064E3" w14:textId="6B38E05C" w:rsidR="23C33862" w:rsidRDefault="23C33862" w:rsidP="23C33862">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3360" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="29F92E35" w14:textId="53D6E344" w:rsidR="23C33862" w:rsidRDefault="23C33862" w:rsidP="23C33862">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="3C94A1E0" w14:textId="6096B587" w:rsidR="23C33862" w:rsidRDefault="23C33862" w:rsidP="23C33862">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3360"/>
+      <w:gridCol w:w="3360"/>
+      <w:gridCol w:w="3360"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="23C33862" w14:paraId="50CB2292" w14:textId="77777777" w:rsidTr="23C33862">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3360" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="06F6455F" w14:textId="6F01D872" w:rsidR="23C33862" w:rsidRDefault="23C33862" w:rsidP="23C33862">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3360" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="544B8CB4" w14:textId="348E8603" w:rsidR="23C33862" w:rsidRDefault="23C33862" w:rsidP="23C33862">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3360" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="089E5751" w14:textId="7AD90CCC" w:rsidR="23C33862" w:rsidRDefault="23C33862" w:rsidP="23C33862">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="64B6534B" w14:textId="4158513E" w:rsidR="23C33862" w:rsidRDefault="23C33862" w:rsidP="23C33862">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3360"/>
+      <w:gridCol w:w="3360"/>
+      <w:gridCol w:w="3360"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="23C33862" w14:paraId="21EFE9FB" w14:textId="77777777" w:rsidTr="23C33862">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3360" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="45B0D9F3" w14:textId="4A970C5D" w:rsidR="23C33862" w:rsidRDefault="23C33862" w:rsidP="23C33862">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3360" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="6C48E603" w14:textId="4D209F0D" w:rsidR="23C33862" w:rsidRDefault="23C33862" w:rsidP="23C33862">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3360" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="71DF9D5A" w14:textId="7246A424" w:rsidR="23C33862" w:rsidRDefault="23C33862" w:rsidP="23C33862">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="79F690C5" w14:textId="316B9E44" w:rsidR="23C33862" w:rsidRDefault="23C33862" w:rsidP="23C33862">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2726FACA" w14:textId="77777777" w:rsidR="006E715F" w:rsidRDefault="006E715F" w:rsidP="00275260">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="02DCC4BF" w14:textId="77777777" w:rsidR="00D032E0" w:rsidRDefault="00D032E0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6555E520" w14:textId="77777777" w:rsidR="006E715F" w:rsidRDefault="006E715F" w:rsidP="00275260">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="15D0A228" w14:textId="77777777" w:rsidR="00D032E0" w:rsidRDefault="00D032E0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6813BC09" w14:textId="77777777" w:rsidR="006E715F" w:rsidRDefault="006E715F">
-[...22 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="408159CF" w14:textId="77777777" w:rsidR="00D032E0" w:rsidRDefault="00D032E0"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="6D3C5637" w14:textId="4D1690C7" w:rsidR="00275260" w:rsidRDefault="00317E13" w:rsidP="008B4C02">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26B82FEE" w14:textId="01AB0310" w:rsidR="00DD1150" w:rsidRDefault="00DD1150">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2B249791" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRPr="00B67DAA" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+    <w:pPr>
+      <w:pStyle w:val="Heading2"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00B67DAA">
+      <w:t>Meaningful Access to Health</w:t>
+    </w:r>
+    <w:r>
+      <w:t>c</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B67DAA">
+      <w:t xml:space="preserve">are Services for Persons with a </w:t>
+    </w:r>
+    <w:r>
+      <w:br/>
+    </w:r>
+    <w:r w:rsidRPr="00B67DAA">
+      <w:t xml:space="preserve">Preferred Language </w:t>
+    </w:r>
+    <w:r>
+      <w:t>O</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B67DAA">
+      <w:t xml:space="preserve">ther </w:t>
+    </w:r>
+    <w:r>
+      <w:t>T</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B67DAA">
+      <w:t>han English</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="35D76434" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRDefault="00D00D76" w:rsidP="00D00D76">
+    <w:pPr>
+      <w:pStyle w:val="Heading3"/>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00EF1983">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>For Use with Hospitals</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="00D9D40F" w14:textId="3A030F0C" w:rsidR="000F79FC" w:rsidRPr="00EF1983" w:rsidRDefault="000F79FC" w:rsidP="00D00D76">
+    <w:pPr>
+      <w:pStyle w:val="Heading3"/>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>MassHealth Hospital Quality and Equity Incentives Program</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="232BE028" w14:textId="39216952" w:rsidR="00D00D76" w:rsidRPr="00B67DAA" w:rsidRDefault="00622AA8" w:rsidP="00D00D76">
+    <w:pPr>
+      <w:pStyle w:val="Heading3"/>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">PY3 </w:t>
+    </w:r>
+    <w:r w:rsidR="00D00D76" w:rsidRPr="00B67DAA">
+      <w:t>Language Access Self-Assessment Survey</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="54F95665" w14:textId="77777777" w:rsidR="00D00D76" w:rsidRDefault="00D00D76">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:ind w:left="1440"/>
     </w:pPr>
-    <w:r>
-[...13 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00BE1592"/>
+    <w:nsid w:val="3F770070"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5302CF04"/>
-[...1192 lines deleted...]
-    <w:tmpl w:val="09C64F50"/>
+    <w:tmpl w:val="D800FE7C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -8533,899 +40209,156 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2F15667E"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43263E3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="52BA3ABA"/>
-[...1 lines deleted...]
-      <w:start w:val="2"/>
+    <w:tmpl w:val="21065E22"/>
+    <w:lvl w:ilvl="0" w:tplc="A8A65610">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:ind w:left="2700" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="3420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="4140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="4860" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="346D06B5"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="532F6C53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A52E4D10"/>
-[...742 lines deleted...]
-    <w:tmpl w:val="6A8882EC"/>
+    <w:tmpl w:val="0A3E69C6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -9478,658 +40411,67 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="51476069"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="638A6B9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B5A058E8"/>
-    <w:lvl w:ilvl="0" w:tplc="04090015">
+    <w:tmpl w:val="F3686168"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperLetter"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...180 lines deleted...]
-      <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-[...408 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -10182,300 +40524,65 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7B05371D"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D6A2DE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5302CF04"/>
-    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+    <w:tmpl w:val="45124D38"/>
+    <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperLetter"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
-    </w:lvl>
-[...233 lines deleted...]
-      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10506,2213 +40613,2300 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="549851446">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="1" w16cid:durableId="325862984">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="240406336">
+  <w:num w:numId="2" w16cid:durableId="1644775684">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1478453755">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="535192814">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="451485621">
-[...20 lines deleted...]
-  <w:num w:numId="10" w16cid:durableId="1259829959">
+  <w:num w:numId="5" w16cid:durableId="8722804">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1998916153">
-[...70 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
+    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005525CD"/>
-[...1982 lines deleted...]
-    <w:rsid w:val="7FAEE7F1"/>
+    <w:rsidRoot w:val="00DD1150"/>
+    <w:rsid w:val="00000E2E"/>
+    <w:rsid w:val="000012E2"/>
+    <w:rsid w:val="00002117"/>
+    <w:rsid w:val="00002A1B"/>
+    <w:rsid w:val="0000674C"/>
+    <w:rsid w:val="00006C0B"/>
+    <w:rsid w:val="000072FC"/>
+    <w:rsid w:val="0000EA52"/>
+    <w:rsid w:val="00011959"/>
+    <w:rsid w:val="000130D0"/>
+    <w:rsid w:val="0001332E"/>
+    <w:rsid w:val="00014191"/>
+    <w:rsid w:val="000146B9"/>
+    <w:rsid w:val="00014CFF"/>
+    <w:rsid w:val="00014F6D"/>
+    <w:rsid w:val="00015371"/>
+    <w:rsid w:val="0001704B"/>
+    <w:rsid w:val="000216F1"/>
+    <w:rsid w:val="000234D2"/>
+    <w:rsid w:val="00023D3E"/>
+    <w:rsid w:val="00030CAD"/>
+    <w:rsid w:val="00037982"/>
+    <w:rsid w:val="00037A55"/>
+    <w:rsid w:val="00045BFB"/>
+    <w:rsid w:val="000467E2"/>
+    <w:rsid w:val="00046C81"/>
+    <w:rsid w:val="0004727F"/>
+    <w:rsid w:val="0005114B"/>
+    <w:rsid w:val="00051ECC"/>
+    <w:rsid w:val="00054DA9"/>
+    <w:rsid w:val="000556B5"/>
+    <w:rsid w:val="00057382"/>
+    <w:rsid w:val="0006110F"/>
+    <w:rsid w:val="00062253"/>
+    <w:rsid w:val="00062B2B"/>
+    <w:rsid w:val="0006396F"/>
+    <w:rsid w:val="0006468B"/>
+    <w:rsid w:val="00067D0E"/>
+    <w:rsid w:val="00071AFF"/>
+    <w:rsid w:val="00072331"/>
+    <w:rsid w:val="00074C04"/>
+    <w:rsid w:val="00076F8B"/>
+    <w:rsid w:val="000804E7"/>
+    <w:rsid w:val="00081976"/>
+    <w:rsid w:val="00081F9F"/>
+    <w:rsid w:val="00083ABF"/>
+    <w:rsid w:val="000869A5"/>
+    <w:rsid w:val="00086F8E"/>
+    <w:rsid w:val="00090358"/>
+    <w:rsid w:val="000904BF"/>
+    <w:rsid w:val="0009059F"/>
+    <w:rsid w:val="00095F25"/>
+    <w:rsid w:val="00096CD6"/>
+    <w:rsid w:val="000A373F"/>
+    <w:rsid w:val="000A56C4"/>
+    <w:rsid w:val="000A6507"/>
+    <w:rsid w:val="000A6F87"/>
+    <w:rsid w:val="000B0A3B"/>
+    <w:rsid w:val="000B1BBF"/>
+    <w:rsid w:val="000B1FFC"/>
+    <w:rsid w:val="000B2C4F"/>
+    <w:rsid w:val="000B2D05"/>
+    <w:rsid w:val="000B4DF3"/>
+    <w:rsid w:val="000B658F"/>
+    <w:rsid w:val="000C28E2"/>
+    <w:rsid w:val="000C307C"/>
+    <w:rsid w:val="000C483C"/>
+    <w:rsid w:val="000C73BC"/>
+    <w:rsid w:val="000D1C5B"/>
+    <w:rsid w:val="000D2B8E"/>
+    <w:rsid w:val="000D65AF"/>
+    <w:rsid w:val="000D7FBC"/>
+    <w:rsid w:val="000E4587"/>
+    <w:rsid w:val="000E7904"/>
+    <w:rsid w:val="000F02EA"/>
+    <w:rsid w:val="000F0382"/>
+    <w:rsid w:val="000F03DC"/>
+    <w:rsid w:val="000F12AD"/>
+    <w:rsid w:val="000F29D0"/>
+    <w:rsid w:val="000F3E0C"/>
+    <w:rsid w:val="000F79FC"/>
+    <w:rsid w:val="000F7C88"/>
+    <w:rsid w:val="0010031E"/>
+    <w:rsid w:val="0010043E"/>
+    <w:rsid w:val="001025C4"/>
+    <w:rsid w:val="001053D5"/>
+    <w:rsid w:val="00105612"/>
+    <w:rsid w:val="0011091C"/>
+    <w:rsid w:val="00110EC4"/>
+    <w:rsid w:val="00112C0F"/>
+    <w:rsid w:val="00113168"/>
+    <w:rsid w:val="001160C4"/>
+    <w:rsid w:val="00116395"/>
+    <w:rsid w:val="00117760"/>
+    <w:rsid w:val="001213D8"/>
+    <w:rsid w:val="00124F45"/>
+    <w:rsid w:val="001268E3"/>
+    <w:rsid w:val="00126BA3"/>
+    <w:rsid w:val="00126E18"/>
+    <w:rsid w:val="00133077"/>
+    <w:rsid w:val="00134710"/>
+    <w:rsid w:val="001356ED"/>
+    <w:rsid w:val="0013601B"/>
+    <w:rsid w:val="0013703C"/>
+    <w:rsid w:val="00137B27"/>
+    <w:rsid w:val="001411D2"/>
+    <w:rsid w:val="001412EC"/>
+    <w:rsid w:val="00141894"/>
+    <w:rsid w:val="001446E7"/>
+    <w:rsid w:val="00144EB6"/>
+    <w:rsid w:val="00145B87"/>
+    <w:rsid w:val="00147090"/>
+    <w:rsid w:val="0014DD18"/>
+    <w:rsid w:val="00150106"/>
+    <w:rsid w:val="001515F1"/>
+    <w:rsid w:val="00151A43"/>
+    <w:rsid w:val="00153D7E"/>
+    <w:rsid w:val="001547C6"/>
+    <w:rsid w:val="00156084"/>
+    <w:rsid w:val="00157075"/>
+    <w:rsid w:val="00161745"/>
+    <w:rsid w:val="001625B5"/>
+    <w:rsid w:val="00162E96"/>
+    <w:rsid w:val="0016372E"/>
+    <w:rsid w:val="00163C05"/>
+    <w:rsid w:val="00164891"/>
+    <w:rsid w:val="001651C4"/>
+    <w:rsid w:val="001662D3"/>
+    <w:rsid w:val="001666EE"/>
+    <w:rsid w:val="00166B73"/>
+    <w:rsid w:val="0016A8E9"/>
+    <w:rsid w:val="0017077D"/>
+    <w:rsid w:val="00171EF1"/>
+    <w:rsid w:val="00174C75"/>
+    <w:rsid w:val="0017508A"/>
+    <w:rsid w:val="00175E91"/>
+    <w:rsid w:val="00180ACD"/>
+    <w:rsid w:val="00181F50"/>
+    <w:rsid w:val="0018710D"/>
+    <w:rsid w:val="001871F0"/>
+    <w:rsid w:val="00187291"/>
+    <w:rsid w:val="0018737B"/>
+    <w:rsid w:val="001878A1"/>
+    <w:rsid w:val="00193A32"/>
+    <w:rsid w:val="00193E67"/>
+    <w:rsid w:val="0019415A"/>
+    <w:rsid w:val="00194B84"/>
+    <w:rsid w:val="00196419"/>
+    <w:rsid w:val="00197E61"/>
+    <w:rsid w:val="001A0404"/>
+    <w:rsid w:val="001A071A"/>
+    <w:rsid w:val="001A11E9"/>
+    <w:rsid w:val="001A3D4B"/>
+    <w:rsid w:val="001A57C8"/>
+    <w:rsid w:val="001A7C8A"/>
+    <w:rsid w:val="001B3276"/>
+    <w:rsid w:val="001B614D"/>
+    <w:rsid w:val="001C7214"/>
+    <w:rsid w:val="001D034D"/>
+    <w:rsid w:val="001D0361"/>
+    <w:rsid w:val="001D34B4"/>
+    <w:rsid w:val="001D3CA9"/>
+    <w:rsid w:val="001D5467"/>
+    <w:rsid w:val="001D6F69"/>
+    <w:rsid w:val="001D7753"/>
+    <w:rsid w:val="001E0C16"/>
+    <w:rsid w:val="001E15AD"/>
+    <w:rsid w:val="001E6EB4"/>
+    <w:rsid w:val="001E7531"/>
+    <w:rsid w:val="001F2A43"/>
+    <w:rsid w:val="001F5BE2"/>
+    <w:rsid w:val="001F653F"/>
+    <w:rsid w:val="00201FC3"/>
+    <w:rsid w:val="002036F2"/>
+    <w:rsid w:val="002069DD"/>
+    <w:rsid w:val="002077A1"/>
+    <w:rsid w:val="00207AAB"/>
+    <w:rsid w:val="0021181E"/>
+    <w:rsid w:val="00211EC7"/>
+    <w:rsid w:val="00214097"/>
+    <w:rsid w:val="00221F1F"/>
+    <w:rsid w:val="0022548B"/>
+    <w:rsid w:val="00226847"/>
+    <w:rsid w:val="002301B7"/>
+    <w:rsid w:val="00231397"/>
+    <w:rsid w:val="002315B9"/>
+    <w:rsid w:val="0023227F"/>
+    <w:rsid w:val="002338BD"/>
+    <w:rsid w:val="00236780"/>
+    <w:rsid w:val="00237030"/>
+    <w:rsid w:val="00240A38"/>
+    <w:rsid w:val="00241587"/>
+    <w:rsid w:val="0024309D"/>
+    <w:rsid w:val="00246901"/>
+    <w:rsid w:val="00251D41"/>
+    <w:rsid w:val="0025241D"/>
+    <w:rsid w:val="00252813"/>
+    <w:rsid w:val="00252AA0"/>
+    <w:rsid w:val="00254145"/>
+    <w:rsid w:val="00254415"/>
+    <w:rsid w:val="00255A5B"/>
+    <w:rsid w:val="00256261"/>
+    <w:rsid w:val="00256B8E"/>
+    <w:rsid w:val="00260B22"/>
+    <w:rsid w:val="00260CD3"/>
+    <w:rsid w:val="0026173D"/>
+    <w:rsid w:val="00262881"/>
+    <w:rsid w:val="00263564"/>
+    <w:rsid w:val="00263E4E"/>
+    <w:rsid w:val="002642F2"/>
+    <w:rsid w:val="002672D0"/>
+    <w:rsid w:val="00270107"/>
+    <w:rsid w:val="002729AA"/>
+    <w:rsid w:val="002744B5"/>
+    <w:rsid w:val="00274EC5"/>
+    <w:rsid w:val="002777F8"/>
+    <w:rsid w:val="00280690"/>
+    <w:rsid w:val="00280B71"/>
+    <w:rsid w:val="00281393"/>
+    <w:rsid w:val="00281C54"/>
+    <w:rsid w:val="00282AB1"/>
+    <w:rsid w:val="00282D61"/>
+    <w:rsid w:val="00284E59"/>
+    <w:rsid w:val="00284F13"/>
+    <w:rsid w:val="002853F5"/>
+    <w:rsid w:val="002855F3"/>
+    <w:rsid w:val="00285F5D"/>
+    <w:rsid w:val="002873C5"/>
+    <w:rsid w:val="00292762"/>
+    <w:rsid w:val="002939F0"/>
+    <w:rsid w:val="00294C47"/>
+    <w:rsid w:val="00295865"/>
+    <w:rsid w:val="002961D4"/>
+    <w:rsid w:val="00296B71"/>
+    <w:rsid w:val="00297730"/>
+    <w:rsid w:val="002A0496"/>
+    <w:rsid w:val="002A0C05"/>
+    <w:rsid w:val="002A24AF"/>
+    <w:rsid w:val="002A3623"/>
+    <w:rsid w:val="002A5203"/>
+    <w:rsid w:val="002A6D9E"/>
+    <w:rsid w:val="002A7749"/>
+    <w:rsid w:val="002B0843"/>
+    <w:rsid w:val="002B3B12"/>
+    <w:rsid w:val="002B5E40"/>
+    <w:rsid w:val="002C2065"/>
+    <w:rsid w:val="002C6395"/>
+    <w:rsid w:val="002C6A7B"/>
+    <w:rsid w:val="002C7C9B"/>
+    <w:rsid w:val="002D0231"/>
+    <w:rsid w:val="002D3371"/>
+    <w:rsid w:val="002D4D4A"/>
+    <w:rsid w:val="002D6041"/>
+    <w:rsid w:val="002D7597"/>
+    <w:rsid w:val="002E05DE"/>
+    <w:rsid w:val="002E1836"/>
+    <w:rsid w:val="002E29CD"/>
+    <w:rsid w:val="002E319E"/>
+    <w:rsid w:val="002E640A"/>
+    <w:rsid w:val="002E7813"/>
+    <w:rsid w:val="002E7C69"/>
+    <w:rsid w:val="002E7D4E"/>
+    <w:rsid w:val="002E7DC6"/>
+    <w:rsid w:val="002F01C3"/>
+    <w:rsid w:val="002F0BE0"/>
+    <w:rsid w:val="002F3A56"/>
+    <w:rsid w:val="002F73D9"/>
+    <w:rsid w:val="002F7556"/>
+    <w:rsid w:val="003005C4"/>
+    <w:rsid w:val="00300DD2"/>
+    <w:rsid w:val="003013A3"/>
+    <w:rsid w:val="00306B39"/>
+    <w:rsid w:val="00311212"/>
+    <w:rsid w:val="003112A9"/>
+    <w:rsid w:val="00313ACD"/>
+    <w:rsid w:val="00316EF6"/>
+    <w:rsid w:val="00316F8B"/>
+    <w:rsid w:val="0032223A"/>
+    <w:rsid w:val="00324FBC"/>
+    <w:rsid w:val="00330ECD"/>
+    <w:rsid w:val="00333261"/>
+    <w:rsid w:val="00334A78"/>
+    <w:rsid w:val="00335C10"/>
+    <w:rsid w:val="0034131F"/>
+    <w:rsid w:val="00341C70"/>
+    <w:rsid w:val="0034418D"/>
+    <w:rsid w:val="00346B48"/>
+    <w:rsid w:val="0035370D"/>
+    <w:rsid w:val="00354403"/>
+    <w:rsid w:val="003558DD"/>
+    <w:rsid w:val="00355AE5"/>
+    <w:rsid w:val="0035783C"/>
+    <w:rsid w:val="00360C03"/>
+    <w:rsid w:val="00360E62"/>
+    <w:rsid w:val="00360F7A"/>
+    <w:rsid w:val="00361948"/>
+    <w:rsid w:val="00361F5C"/>
+    <w:rsid w:val="00362A3A"/>
+    <w:rsid w:val="00362C43"/>
+    <w:rsid w:val="003669B0"/>
+    <w:rsid w:val="003742B3"/>
+    <w:rsid w:val="00375204"/>
+    <w:rsid w:val="00375481"/>
+    <w:rsid w:val="003766BA"/>
+    <w:rsid w:val="0038029C"/>
+    <w:rsid w:val="00380B9D"/>
+    <w:rsid w:val="00381138"/>
+    <w:rsid w:val="00383241"/>
+    <w:rsid w:val="00385EBF"/>
+    <w:rsid w:val="003869EC"/>
+    <w:rsid w:val="00386D1B"/>
+    <w:rsid w:val="003934B7"/>
+    <w:rsid w:val="00396C19"/>
+    <w:rsid w:val="003971A8"/>
+    <w:rsid w:val="00397336"/>
+    <w:rsid w:val="003979C9"/>
+    <w:rsid w:val="003A2E5E"/>
+    <w:rsid w:val="003A6121"/>
+    <w:rsid w:val="003A6A65"/>
+    <w:rsid w:val="003B2CAC"/>
+    <w:rsid w:val="003B3C1E"/>
+    <w:rsid w:val="003B51C7"/>
+    <w:rsid w:val="003B53DE"/>
+    <w:rsid w:val="003B55A8"/>
+    <w:rsid w:val="003B6E2E"/>
+    <w:rsid w:val="003C0580"/>
+    <w:rsid w:val="003C2680"/>
+    <w:rsid w:val="003C7555"/>
+    <w:rsid w:val="003C7F04"/>
+    <w:rsid w:val="003D061B"/>
+    <w:rsid w:val="003D0B8E"/>
+    <w:rsid w:val="003D1803"/>
+    <w:rsid w:val="003D444B"/>
+    <w:rsid w:val="003E19D7"/>
+    <w:rsid w:val="003E54EF"/>
+    <w:rsid w:val="003E56C0"/>
+    <w:rsid w:val="003E6AD2"/>
+    <w:rsid w:val="003E6B8A"/>
+    <w:rsid w:val="003E70AD"/>
+    <w:rsid w:val="003E70E0"/>
+    <w:rsid w:val="003E7378"/>
+    <w:rsid w:val="003E76E1"/>
+    <w:rsid w:val="003F0A54"/>
+    <w:rsid w:val="003F307C"/>
+    <w:rsid w:val="003F3641"/>
+    <w:rsid w:val="003F3B08"/>
+    <w:rsid w:val="003F5A77"/>
+    <w:rsid w:val="003F5D8E"/>
+    <w:rsid w:val="003F6342"/>
+    <w:rsid w:val="00401B8B"/>
+    <w:rsid w:val="004029C1"/>
+    <w:rsid w:val="0040347C"/>
+    <w:rsid w:val="0040414F"/>
+    <w:rsid w:val="00406905"/>
+    <w:rsid w:val="0041016F"/>
+    <w:rsid w:val="004101D4"/>
+    <w:rsid w:val="004124AB"/>
+    <w:rsid w:val="00414804"/>
+    <w:rsid w:val="00414D39"/>
+    <w:rsid w:val="00415332"/>
+    <w:rsid w:val="00415828"/>
+    <w:rsid w:val="0041676B"/>
+    <w:rsid w:val="00420DB4"/>
+    <w:rsid w:val="00420E56"/>
+    <w:rsid w:val="00422294"/>
+    <w:rsid w:val="00422891"/>
+    <w:rsid w:val="0042451C"/>
+    <w:rsid w:val="0042500C"/>
+    <w:rsid w:val="004306B7"/>
+    <w:rsid w:val="004310A4"/>
+    <w:rsid w:val="0043358B"/>
+    <w:rsid w:val="00434231"/>
+    <w:rsid w:val="0043522E"/>
+    <w:rsid w:val="00435BCA"/>
+    <w:rsid w:val="00442878"/>
+    <w:rsid w:val="0044721A"/>
+    <w:rsid w:val="00447966"/>
+    <w:rsid w:val="00451A80"/>
+    <w:rsid w:val="00452134"/>
+    <w:rsid w:val="00452883"/>
+    <w:rsid w:val="00454109"/>
+    <w:rsid w:val="00455A79"/>
+    <w:rsid w:val="0045706D"/>
+    <w:rsid w:val="00464D7E"/>
+    <w:rsid w:val="00464E49"/>
+    <w:rsid w:val="00465C11"/>
+    <w:rsid w:val="0046650C"/>
+    <w:rsid w:val="0046671D"/>
+    <w:rsid w:val="004672F4"/>
+    <w:rsid w:val="0047132D"/>
+    <w:rsid w:val="004721BA"/>
+    <w:rsid w:val="004779BB"/>
+    <w:rsid w:val="004820C7"/>
+    <w:rsid w:val="00485528"/>
+    <w:rsid w:val="00486A37"/>
+    <w:rsid w:val="0048774C"/>
+    <w:rsid w:val="00492BFB"/>
+    <w:rsid w:val="004935F8"/>
+    <w:rsid w:val="00494A9D"/>
+    <w:rsid w:val="00494F05"/>
+    <w:rsid w:val="00495FD9"/>
+    <w:rsid w:val="00497E2B"/>
+    <w:rsid w:val="004A63C8"/>
+    <w:rsid w:val="004B2779"/>
+    <w:rsid w:val="004B4347"/>
+    <w:rsid w:val="004B6A06"/>
+    <w:rsid w:val="004B6CC1"/>
+    <w:rsid w:val="004C07BB"/>
+    <w:rsid w:val="004C11A0"/>
+    <w:rsid w:val="004C2DC6"/>
+    <w:rsid w:val="004C3C9B"/>
+    <w:rsid w:val="004C485D"/>
+    <w:rsid w:val="004D35F2"/>
+    <w:rsid w:val="004D7068"/>
+    <w:rsid w:val="004D7FFD"/>
+    <w:rsid w:val="004E7D10"/>
+    <w:rsid w:val="004F3AB5"/>
+    <w:rsid w:val="004F4996"/>
+    <w:rsid w:val="004F4BB0"/>
+    <w:rsid w:val="004F6C65"/>
+    <w:rsid w:val="00502260"/>
+    <w:rsid w:val="00515B48"/>
+    <w:rsid w:val="0051619F"/>
+    <w:rsid w:val="00522848"/>
+    <w:rsid w:val="00522F04"/>
+    <w:rsid w:val="005237D6"/>
+    <w:rsid w:val="005308B0"/>
+    <w:rsid w:val="00532404"/>
+    <w:rsid w:val="005329E0"/>
+    <w:rsid w:val="00533C63"/>
+    <w:rsid w:val="00533C89"/>
+    <w:rsid w:val="00534BB9"/>
+    <w:rsid w:val="00535C31"/>
+    <w:rsid w:val="00537A7E"/>
+    <w:rsid w:val="005406AC"/>
+    <w:rsid w:val="005420FD"/>
+    <w:rsid w:val="005424FC"/>
+    <w:rsid w:val="00542CBC"/>
+    <w:rsid w:val="00543878"/>
+    <w:rsid w:val="0054511E"/>
+    <w:rsid w:val="00552C88"/>
+    <w:rsid w:val="00552E20"/>
+    <w:rsid w:val="00554208"/>
+    <w:rsid w:val="0055605A"/>
+    <w:rsid w:val="00565B9D"/>
+    <w:rsid w:val="00565C8F"/>
+    <w:rsid w:val="00572055"/>
+    <w:rsid w:val="005737E5"/>
+    <w:rsid w:val="00574521"/>
+    <w:rsid w:val="00574661"/>
+    <w:rsid w:val="0057712C"/>
+    <w:rsid w:val="00581FE6"/>
+    <w:rsid w:val="00582017"/>
+    <w:rsid w:val="005824E6"/>
+    <w:rsid w:val="0058362E"/>
+    <w:rsid w:val="00584362"/>
+    <w:rsid w:val="00585D7C"/>
+    <w:rsid w:val="00586D1D"/>
+    <w:rsid w:val="00587B46"/>
+    <w:rsid w:val="00590066"/>
+    <w:rsid w:val="005914F3"/>
+    <w:rsid w:val="005958D6"/>
+    <w:rsid w:val="00596D39"/>
+    <w:rsid w:val="005A0900"/>
+    <w:rsid w:val="005A1A1D"/>
+    <w:rsid w:val="005A42D3"/>
+    <w:rsid w:val="005A4E83"/>
+    <w:rsid w:val="005B2CB3"/>
+    <w:rsid w:val="005B3D2E"/>
+    <w:rsid w:val="005B572F"/>
+    <w:rsid w:val="005B5B41"/>
+    <w:rsid w:val="005B74A3"/>
+    <w:rsid w:val="005C08EA"/>
+    <w:rsid w:val="005C4142"/>
+    <w:rsid w:val="005C674C"/>
+    <w:rsid w:val="005C78C4"/>
+    <w:rsid w:val="005C7C84"/>
+    <w:rsid w:val="005D1D6E"/>
+    <w:rsid w:val="005D48B7"/>
+    <w:rsid w:val="005D6DF6"/>
+    <w:rsid w:val="005D7567"/>
+    <w:rsid w:val="005E3F47"/>
+    <w:rsid w:val="005F09EB"/>
+    <w:rsid w:val="005F2A92"/>
+    <w:rsid w:val="005F307F"/>
+    <w:rsid w:val="006003A5"/>
+    <w:rsid w:val="00602C87"/>
+    <w:rsid w:val="006055C0"/>
+    <w:rsid w:val="006061FE"/>
+    <w:rsid w:val="0061247C"/>
+    <w:rsid w:val="006124FC"/>
+    <w:rsid w:val="006139A8"/>
+    <w:rsid w:val="006142FD"/>
+    <w:rsid w:val="0061451C"/>
+    <w:rsid w:val="006177D6"/>
+    <w:rsid w:val="00617BC2"/>
+    <w:rsid w:val="00620B93"/>
+    <w:rsid w:val="006229BB"/>
+    <w:rsid w:val="00622AA8"/>
+    <w:rsid w:val="006239C8"/>
+    <w:rsid w:val="00623A6E"/>
+    <w:rsid w:val="00624352"/>
+    <w:rsid w:val="006259CF"/>
+    <w:rsid w:val="006261EC"/>
+    <w:rsid w:val="006318F3"/>
+    <w:rsid w:val="006418E8"/>
+    <w:rsid w:val="00641B64"/>
+    <w:rsid w:val="00643E4E"/>
+    <w:rsid w:val="00643FEF"/>
+    <w:rsid w:val="006447F9"/>
+    <w:rsid w:val="00645AB8"/>
+    <w:rsid w:val="0064672E"/>
+    <w:rsid w:val="00647112"/>
+    <w:rsid w:val="00647595"/>
+    <w:rsid w:val="00651F3C"/>
+    <w:rsid w:val="00652236"/>
+    <w:rsid w:val="00653A73"/>
+    <w:rsid w:val="00654230"/>
+    <w:rsid w:val="00656852"/>
+    <w:rsid w:val="006621E7"/>
+    <w:rsid w:val="006640FA"/>
+    <w:rsid w:val="006649CC"/>
+    <w:rsid w:val="00666C86"/>
+    <w:rsid w:val="006728AD"/>
+    <w:rsid w:val="00672A47"/>
+    <w:rsid w:val="00673D9C"/>
+    <w:rsid w:val="00674F59"/>
+    <w:rsid w:val="0067679C"/>
+    <w:rsid w:val="00680B41"/>
+    <w:rsid w:val="006829D1"/>
+    <w:rsid w:val="00683C19"/>
+    <w:rsid w:val="00690393"/>
+    <w:rsid w:val="00690672"/>
+    <w:rsid w:val="00690EB7"/>
+    <w:rsid w:val="00693144"/>
+    <w:rsid w:val="00694EA5"/>
+    <w:rsid w:val="00695324"/>
+    <w:rsid w:val="006966D5"/>
+    <w:rsid w:val="006978F1"/>
+    <w:rsid w:val="00697DCC"/>
+    <w:rsid w:val="006A086F"/>
+    <w:rsid w:val="006A15C1"/>
+    <w:rsid w:val="006A43F4"/>
+    <w:rsid w:val="006A6F6D"/>
+    <w:rsid w:val="006A73BF"/>
+    <w:rsid w:val="006B51F5"/>
+    <w:rsid w:val="006B676F"/>
+    <w:rsid w:val="006B68E6"/>
+    <w:rsid w:val="006C207B"/>
+    <w:rsid w:val="006C5B6B"/>
+    <w:rsid w:val="006C5E90"/>
+    <w:rsid w:val="006C7483"/>
+    <w:rsid w:val="006D17E1"/>
+    <w:rsid w:val="006D351E"/>
+    <w:rsid w:val="006D48EA"/>
+    <w:rsid w:val="006D4E93"/>
+    <w:rsid w:val="006D53AD"/>
+    <w:rsid w:val="006D5D12"/>
+    <w:rsid w:val="006D7202"/>
+    <w:rsid w:val="006E3F37"/>
+    <w:rsid w:val="006E46CC"/>
+    <w:rsid w:val="006E7093"/>
+    <w:rsid w:val="006E7466"/>
+    <w:rsid w:val="006F277D"/>
+    <w:rsid w:val="006F3861"/>
+    <w:rsid w:val="006F4366"/>
+    <w:rsid w:val="006F69F4"/>
+    <w:rsid w:val="006F7A79"/>
+    <w:rsid w:val="006F7B0D"/>
+    <w:rsid w:val="006F7C27"/>
+    <w:rsid w:val="00704641"/>
+    <w:rsid w:val="0070596F"/>
+    <w:rsid w:val="00705A94"/>
+    <w:rsid w:val="00706892"/>
+    <w:rsid w:val="00706A7E"/>
+    <w:rsid w:val="007116D2"/>
+    <w:rsid w:val="00715977"/>
+    <w:rsid w:val="00717559"/>
+    <w:rsid w:val="0072006A"/>
+    <w:rsid w:val="00720A71"/>
+    <w:rsid w:val="0072107F"/>
+    <w:rsid w:val="00721376"/>
+    <w:rsid w:val="00723354"/>
+    <w:rsid w:val="0072442F"/>
+    <w:rsid w:val="0072514F"/>
+    <w:rsid w:val="00725EB8"/>
+    <w:rsid w:val="00726770"/>
+    <w:rsid w:val="0072795B"/>
+    <w:rsid w:val="00727F8D"/>
+    <w:rsid w:val="007301FB"/>
+    <w:rsid w:val="0073191F"/>
+    <w:rsid w:val="00731C19"/>
+    <w:rsid w:val="00732A3E"/>
+    <w:rsid w:val="0073557E"/>
+    <w:rsid w:val="007359EF"/>
+    <w:rsid w:val="00735E15"/>
+    <w:rsid w:val="00736A3A"/>
+    <w:rsid w:val="00740643"/>
+    <w:rsid w:val="0074228D"/>
+    <w:rsid w:val="007423DB"/>
+    <w:rsid w:val="00742EA3"/>
+    <w:rsid w:val="00747DA9"/>
+    <w:rsid w:val="00750D67"/>
+    <w:rsid w:val="00751349"/>
+    <w:rsid w:val="0075547D"/>
+    <w:rsid w:val="007578F2"/>
+    <w:rsid w:val="00760392"/>
+    <w:rsid w:val="00761EEE"/>
+    <w:rsid w:val="007629F9"/>
+    <w:rsid w:val="00767A4C"/>
+    <w:rsid w:val="007705F4"/>
+    <w:rsid w:val="007710FE"/>
+    <w:rsid w:val="00774134"/>
+    <w:rsid w:val="007753AD"/>
+    <w:rsid w:val="0078072F"/>
+    <w:rsid w:val="00781EBC"/>
+    <w:rsid w:val="00782716"/>
+    <w:rsid w:val="007847B3"/>
+    <w:rsid w:val="0078781A"/>
+    <w:rsid w:val="00791349"/>
+    <w:rsid w:val="007924A2"/>
+    <w:rsid w:val="007938FD"/>
+    <w:rsid w:val="007A0A49"/>
+    <w:rsid w:val="007A0A65"/>
+    <w:rsid w:val="007A2677"/>
+    <w:rsid w:val="007A3919"/>
+    <w:rsid w:val="007A490F"/>
+    <w:rsid w:val="007A4D9C"/>
+    <w:rsid w:val="007A6B2A"/>
+    <w:rsid w:val="007A74B6"/>
+    <w:rsid w:val="007A75A5"/>
+    <w:rsid w:val="007B02E8"/>
+    <w:rsid w:val="007B034B"/>
+    <w:rsid w:val="007B1200"/>
+    <w:rsid w:val="007B5050"/>
+    <w:rsid w:val="007C1F58"/>
+    <w:rsid w:val="007C382D"/>
+    <w:rsid w:val="007C3ECA"/>
+    <w:rsid w:val="007C4A53"/>
+    <w:rsid w:val="007C7248"/>
+    <w:rsid w:val="007D1949"/>
+    <w:rsid w:val="007D2414"/>
+    <w:rsid w:val="007D29EE"/>
+    <w:rsid w:val="007D47A1"/>
+    <w:rsid w:val="007E015F"/>
+    <w:rsid w:val="007E29F9"/>
+    <w:rsid w:val="007E5C2E"/>
+    <w:rsid w:val="007F3D6E"/>
+    <w:rsid w:val="007F494C"/>
+    <w:rsid w:val="007F5F23"/>
+    <w:rsid w:val="007F6165"/>
+    <w:rsid w:val="007F71E6"/>
+    <w:rsid w:val="008009C9"/>
+    <w:rsid w:val="00800C21"/>
+    <w:rsid w:val="008024EF"/>
+    <w:rsid w:val="008048E9"/>
+    <w:rsid w:val="00805E37"/>
+    <w:rsid w:val="00806092"/>
+    <w:rsid w:val="00807522"/>
+    <w:rsid w:val="0081001E"/>
+    <w:rsid w:val="0081083B"/>
+    <w:rsid w:val="008113D0"/>
+    <w:rsid w:val="0081223C"/>
+    <w:rsid w:val="00815130"/>
+    <w:rsid w:val="0081519F"/>
+    <w:rsid w:val="008202A3"/>
+    <w:rsid w:val="00820CCE"/>
+    <w:rsid w:val="00821741"/>
+    <w:rsid w:val="00822346"/>
+    <w:rsid w:val="00822B2E"/>
+    <w:rsid w:val="008301E5"/>
+    <w:rsid w:val="0083096A"/>
+    <w:rsid w:val="00830BAE"/>
+    <w:rsid w:val="008317B0"/>
+    <w:rsid w:val="00831A60"/>
+    <w:rsid w:val="00832EB2"/>
+    <w:rsid w:val="00833B1C"/>
+    <w:rsid w:val="008344D9"/>
+    <w:rsid w:val="00837357"/>
+    <w:rsid w:val="00837D6E"/>
+    <w:rsid w:val="008429AC"/>
+    <w:rsid w:val="00843F77"/>
+    <w:rsid w:val="00844D20"/>
+    <w:rsid w:val="00844EF1"/>
+    <w:rsid w:val="00846147"/>
+    <w:rsid w:val="00846405"/>
+    <w:rsid w:val="00846DAE"/>
+    <w:rsid w:val="00851030"/>
+    <w:rsid w:val="00851618"/>
+    <w:rsid w:val="008534BD"/>
+    <w:rsid w:val="00854791"/>
+    <w:rsid w:val="00854F40"/>
+    <w:rsid w:val="008622A6"/>
+    <w:rsid w:val="008623E4"/>
+    <w:rsid w:val="008633B9"/>
+    <w:rsid w:val="0086362D"/>
+    <w:rsid w:val="00867437"/>
+    <w:rsid w:val="00873508"/>
+    <w:rsid w:val="008735A0"/>
+    <w:rsid w:val="008809C6"/>
+    <w:rsid w:val="00880CBD"/>
+    <w:rsid w:val="0088178B"/>
+    <w:rsid w:val="00881D6D"/>
+    <w:rsid w:val="00884248"/>
+    <w:rsid w:val="00885BD2"/>
+    <w:rsid w:val="0089208E"/>
+    <w:rsid w:val="00892501"/>
+    <w:rsid w:val="00893955"/>
+    <w:rsid w:val="00894683"/>
+    <w:rsid w:val="00895572"/>
+    <w:rsid w:val="008964EA"/>
+    <w:rsid w:val="008A0F06"/>
+    <w:rsid w:val="008A2202"/>
+    <w:rsid w:val="008A3617"/>
+    <w:rsid w:val="008A36FC"/>
+    <w:rsid w:val="008A38E7"/>
+    <w:rsid w:val="008A4363"/>
+    <w:rsid w:val="008A4B47"/>
+    <w:rsid w:val="008A4E2D"/>
+    <w:rsid w:val="008A532C"/>
+    <w:rsid w:val="008B3E71"/>
+    <w:rsid w:val="008B60D8"/>
+    <w:rsid w:val="008B68CD"/>
+    <w:rsid w:val="008C0F18"/>
+    <w:rsid w:val="008C20CD"/>
+    <w:rsid w:val="008C2489"/>
+    <w:rsid w:val="008C248A"/>
+    <w:rsid w:val="008C2BCA"/>
+    <w:rsid w:val="008C462D"/>
+    <w:rsid w:val="008C5CC4"/>
+    <w:rsid w:val="008C7A3B"/>
+    <w:rsid w:val="008D026B"/>
+    <w:rsid w:val="008D2B54"/>
+    <w:rsid w:val="008D6C81"/>
+    <w:rsid w:val="008D7248"/>
+    <w:rsid w:val="008E163A"/>
+    <w:rsid w:val="008E1D54"/>
+    <w:rsid w:val="008E2BF4"/>
+    <w:rsid w:val="008E3D39"/>
+    <w:rsid w:val="008E50B8"/>
+    <w:rsid w:val="008E6D03"/>
+    <w:rsid w:val="008E6DCA"/>
+    <w:rsid w:val="008E7956"/>
+    <w:rsid w:val="008F052B"/>
+    <w:rsid w:val="008F224B"/>
+    <w:rsid w:val="008F32A9"/>
+    <w:rsid w:val="008F7B4F"/>
+    <w:rsid w:val="009001FD"/>
+    <w:rsid w:val="00902033"/>
+    <w:rsid w:val="00905121"/>
+    <w:rsid w:val="00907B11"/>
+    <w:rsid w:val="00911662"/>
+    <w:rsid w:val="009139A4"/>
+    <w:rsid w:val="009143E6"/>
+    <w:rsid w:val="0091474E"/>
+    <w:rsid w:val="00920307"/>
+    <w:rsid w:val="00920C5B"/>
+    <w:rsid w:val="00920ECD"/>
+    <w:rsid w:val="00922D65"/>
+    <w:rsid w:val="00930532"/>
+    <w:rsid w:val="00937398"/>
+    <w:rsid w:val="009373CF"/>
+    <w:rsid w:val="00941FFA"/>
+    <w:rsid w:val="00942318"/>
+    <w:rsid w:val="00942AAB"/>
+    <w:rsid w:val="009442B8"/>
+    <w:rsid w:val="009442BB"/>
+    <w:rsid w:val="00946113"/>
+    <w:rsid w:val="00946CDA"/>
+    <w:rsid w:val="00947A3A"/>
+    <w:rsid w:val="0095044A"/>
+    <w:rsid w:val="00951530"/>
+    <w:rsid w:val="00951697"/>
+    <w:rsid w:val="00951859"/>
+    <w:rsid w:val="00952CA4"/>
+    <w:rsid w:val="00954038"/>
+    <w:rsid w:val="009540CF"/>
+    <w:rsid w:val="009548A8"/>
+    <w:rsid w:val="00955523"/>
+    <w:rsid w:val="0095642A"/>
+    <w:rsid w:val="00956477"/>
+    <w:rsid w:val="00956ED9"/>
+    <w:rsid w:val="00957E3B"/>
+    <w:rsid w:val="0096420E"/>
+    <w:rsid w:val="00966075"/>
+    <w:rsid w:val="009723CC"/>
+    <w:rsid w:val="00973500"/>
+    <w:rsid w:val="0097414D"/>
+    <w:rsid w:val="00974E4D"/>
+    <w:rsid w:val="00975C91"/>
+    <w:rsid w:val="009834F0"/>
+    <w:rsid w:val="00985117"/>
+    <w:rsid w:val="009851B7"/>
+    <w:rsid w:val="00986038"/>
+    <w:rsid w:val="00986BC6"/>
+    <w:rsid w:val="00986CFA"/>
+    <w:rsid w:val="00991C2D"/>
+    <w:rsid w:val="0099365A"/>
+    <w:rsid w:val="009939EB"/>
+    <w:rsid w:val="00993E94"/>
+    <w:rsid w:val="009A1F29"/>
+    <w:rsid w:val="009A2CB2"/>
+    <w:rsid w:val="009A485C"/>
+    <w:rsid w:val="009A7EA0"/>
+    <w:rsid w:val="009B08B5"/>
+    <w:rsid w:val="009B149C"/>
+    <w:rsid w:val="009B15D7"/>
+    <w:rsid w:val="009B2221"/>
+    <w:rsid w:val="009B4C51"/>
+    <w:rsid w:val="009B4C5F"/>
+    <w:rsid w:val="009B6AA3"/>
+    <w:rsid w:val="009C0B85"/>
+    <w:rsid w:val="009C1657"/>
+    <w:rsid w:val="009C23A4"/>
+    <w:rsid w:val="009C337D"/>
+    <w:rsid w:val="009C35FE"/>
+    <w:rsid w:val="009C5A5F"/>
+    <w:rsid w:val="009C6B4D"/>
+    <w:rsid w:val="009C6EE5"/>
+    <w:rsid w:val="009D056D"/>
+    <w:rsid w:val="009D10FD"/>
+    <w:rsid w:val="009D25CC"/>
+    <w:rsid w:val="009D32A7"/>
+    <w:rsid w:val="009D5778"/>
+    <w:rsid w:val="009E0DDA"/>
+    <w:rsid w:val="009E289D"/>
+    <w:rsid w:val="009E3EF1"/>
+    <w:rsid w:val="009E4398"/>
+    <w:rsid w:val="009E5D81"/>
+    <w:rsid w:val="009E6303"/>
+    <w:rsid w:val="009E74C5"/>
+    <w:rsid w:val="009F1300"/>
+    <w:rsid w:val="009F2226"/>
+    <w:rsid w:val="009F591F"/>
+    <w:rsid w:val="009F6782"/>
+    <w:rsid w:val="009F748B"/>
+    <w:rsid w:val="00A00771"/>
+    <w:rsid w:val="00A00FBF"/>
+    <w:rsid w:val="00A0273B"/>
+    <w:rsid w:val="00A02B64"/>
+    <w:rsid w:val="00A03DCD"/>
+    <w:rsid w:val="00A0489B"/>
+    <w:rsid w:val="00A05AAB"/>
+    <w:rsid w:val="00A06102"/>
+    <w:rsid w:val="00A1244A"/>
+    <w:rsid w:val="00A12E18"/>
+    <w:rsid w:val="00A13AFF"/>
+    <w:rsid w:val="00A172A7"/>
+    <w:rsid w:val="00A172F8"/>
+    <w:rsid w:val="00A2262B"/>
+    <w:rsid w:val="00A2300A"/>
+    <w:rsid w:val="00A23021"/>
+    <w:rsid w:val="00A23AEF"/>
+    <w:rsid w:val="00A23C29"/>
+    <w:rsid w:val="00A25EC1"/>
+    <w:rsid w:val="00A27C18"/>
+    <w:rsid w:val="00A27CAD"/>
+    <w:rsid w:val="00A3084A"/>
+    <w:rsid w:val="00A31C57"/>
+    <w:rsid w:val="00A33875"/>
+    <w:rsid w:val="00A33C42"/>
+    <w:rsid w:val="00A33D2F"/>
+    <w:rsid w:val="00A35CE4"/>
+    <w:rsid w:val="00A40778"/>
+    <w:rsid w:val="00A407C1"/>
+    <w:rsid w:val="00A440B5"/>
+    <w:rsid w:val="00A440D9"/>
+    <w:rsid w:val="00A4449D"/>
+    <w:rsid w:val="00A46855"/>
+    <w:rsid w:val="00A473AB"/>
+    <w:rsid w:val="00A53164"/>
+    <w:rsid w:val="00A53C42"/>
+    <w:rsid w:val="00A54796"/>
+    <w:rsid w:val="00A55F16"/>
+    <w:rsid w:val="00A578D9"/>
+    <w:rsid w:val="00A601FC"/>
+    <w:rsid w:val="00A60B64"/>
+    <w:rsid w:val="00A60D4B"/>
+    <w:rsid w:val="00A60EF1"/>
+    <w:rsid w:val="00A6292D"/>
+    <w:rsid w:val="00A62BBD"/>
+    <w:rsid w:val="00A66E32"/>
+    <w:rsid w:val="00A73CE5"/>
+    <w:rsid w:val="00A73FE7"/>
+    <w:rsid w:val="00A76D45"/>
+    <w:rsid w:val="00A82908"/>
+    <w:rsid w:val="00A86C23"/>
+    <w:rsid w:val="00A929FE"/>
+    <w:rsid w:val="00A937F3"/>
+    <w:rsid w:val="00A94BA8"/>
+    <w:rsid w:val="00A97309"/>
+    <w:rsid w:val="00AA022E"/>
+    <w:rsid w:val="00AA3E63"/>
+    <w:rsid w:val="00AA54B9"/>
+    <w:rsid w:val="00AA5DB3"/>
+    <w:rsid w:val="00AA5F8F"/>
+    <w:rsid w:val="00AB1A85"/>
+    <w:rsid w:val="00AB3507"/>
+    <w:rsid w:val="00AB5545"/>
+    <w:rsid w:val="00AC00FC"/>
+    <w:rsid w:val="00AC0F23"/>
+    <w:rsid w:val="00AC202E"/>
+    <w:rsid w:val="00AC33F8"/>
+    <w:rsid w:val="00AC7D0C"/>
+    <w:rsid w:val="00AD3591"/>
+    <w:rsid w:val="00AD5D78"/>
+    <w:rsid w:val="00AE014F"/>
+    <w:rsid w:val="00AE7ACB"/>
+    <w:rsid w:val="00AF01F2"/>
+    <w:rsid w:val="00AF0249"/>
+    <w:rsid w:val="00AF0832"/>
+    <w:rsid w:val="00AF1274"/>
+    <w:rsid w:val="00AF163C"/>
+    <w:rsid w:val="00AF1F6E"/>
+    <w:rsid w:val="00AF22FC"/>
+    <w:rsid w:val="00AF3EA8"/>
+    <w:rsid w:val="00AF4A90"/>
+    <w:rsid w:val="00AF5E4B"/>
+    <w:rsid w:val="00AF712F"/>
+    <w:rsid w:val="00AF7F30"/>
+    <w:rsid w:val="00B014E9"/>
+    <w:rsid w:val="00B016C8"/>
+    <w:rsid w:val="00B06712"/>
+    <w:rsid w:val="00B1005D"/>
+    <w:rsid w:val="00B10EC8"/>
+    <w:rsid w:val="00B216CD"/>
+    <w:rsid w:val="00B2694B"/>
+    <w:rsid w:val="00B27AB0"/>
+    <w:rsid w:val="00B27AF4"/>
+    <w:rsid w:val="00B27B14"/>
+    <w:rsid w:val="00B33EBB"/>
+    <w:rsid w:val="00B342F2"/>
+    <w:rsid w:val="00B34A86"/>
+    <w:rsid w:val="00B3765D"/>
+    <w:rsid w:val="00B405AC"/>
+    <w:rsid w:val="00B415BE"/>
+    <w:rsid w:val="00B42732"/>
+    <w:rsid w:val="00B43226"/>
+    <w:rsid w:val="00B44C00"/>
+    <w:rsid w:val="00B4667E"/>
+    <w:rsid w:val="00B4672A"/>
+    <w:rsid w:val="00B524E0"/>
+    <w:rsid w:val="00B53219"/>
+    <w:rsid w:val="00B538DF"/>
+    <w:rsid w:val="00B54B88"/>
+    <w:rsid w:val="00B55A69"/>
+    <w:rsid w:val="00B575D9"/>
+    <w:rsid w:val="00B578FF"/>
+    <w:rsid w:val="00B60259"/>
+    <w:rsid w:val="00B63A75"/>
+    <w:rsid w:val="00B63E44"/>
+    <w:rsid w:val="00B641D2"/>
+    <w:rsid w:val="00B65651"/>
+    <w:rsid w:val="00B679FE"/>
+    <w:rsid w:val="00B67DAA"/>
+    <w:rsid w:val="00B70B28"/>
+    <w:rsid w:val="00B717CD"/>
+    <w:rsid w:val="00B72673"/>
+    <w:rsid w:val="00B74916"/>
+    <w:rsid w:val="00B74AEF"/>
+    <w:rsid w:val="00B83C18"/>
+    <w:rsid w:val="00B83D5B"/>
+    <w:rsid w:val="00B8451E"/>
+    <w:rsid w:val="00B84E6E"/>
+    <w:rsid w:val="00B856C5"/>
+    <w:rsid w:val="00B86A6F"/>
+    <w:rsid w:val="00B879A0"/>
+    <w:rsid w:val="00B92322"/>
+    <w:rsid w:val="00B9233C"/>
+    <w:rsid w:val="00B92A8B"/>
+    <w:rsid w:val="00B955A3"/>
+    <w:rsid w:val="00B9580F"/>
+    <w:rsid w:val="00B97220"/>
+    <w:rsid w:val="00B97738"/>
+    <w:rsid w:val="00BA131D"/>
+    <w:rsid w:val="00BA3103"/>
+    <w:rsid w:val="00BB2966"/>
+    <w:rsid w:val="00BB2EB7"/>
+    <w:rsid w:val="00BB31C2"/>
+    <w:rsid w:val="00BB3326"/>
+    <w:rsid w:val="00BB33BC"/>
+    <w:rsid w:val="00BB3538"/>
+    <w:rsid w:val="00BB42F0"/>
+    <w:rsid w:val="00BB6D06"/>
+    <w:rsid w:val="00BB7C01"/>
+    <w:rsid w:val="00BC1302"/>
+    <w:rsid w:val="00BC1692"/>
+    <w:rsid w:val="00BC1993"/>
+    <w:rsid w:val="00BC34DE"/>
+    <w:rsid w:val="00BC3C31"/>
+    <w:rsid w:val="00BC41E9"/>
+    <w:rsid w:val="00BC4AD3"/>
+    <w:rsid w:val="00BC79D3"/>
+    <w:rsid w:val="00BD11CD"/>
+    <w:rsid w:val="00BD20C2"/>
+    <w:rsid w:val="00BD27BF"/>
+    <w:rsid w:val="00BD485D"/>
+    <w:rsid w:val="00BD7537"/>
+    <w:rsid w:val="00BE1411"/>
+    <w:rsid w:val="00BE14A5"/>
+    <w:rsid w:val="00BE3671"/>
+    <w:rsid w:val="00BE3987"/>
+    <w:rsid w:val="00BE5354"/>
+    <w:rsid w:val="00BE547E"/>
+    <w:rsid w:val="00BE669A"/>
+    <w:rsid w:val="00BE67E1"/>
+    <w:rsid w:val="00BF351B"/>
+    <w:rsid w:val="00BF3693"/>
+    <w:rsid w:val="00BF5CAE"/>
+    <w:rsid w:val="00BF7D85"/>
+    <w:rsid w:val="00C00DA2"/>
+    <w:rsid w:val="00C035F3"/>
+    <w:rsid w:val="00C0511E"/>
+    <w:rsid w:val="00C11F75"/>
+    <w:rsid w:val="00C141A3"/>
+    <w:rsid w:val="00C143CF"/>
+    <w:rsid w:val="00C15093"/>
+    <w:rsid w:val="00C215C9"/>
+    <w:rsid w:val="00C23506"/>
+    <w:rsid w:val="00C25F49"/>
+    <w:rsid w:val="00C26472"/>
+    <w:rsid w:val="00C2673F"/>
+    <w:rsid w:val="00C32F1B"/>
+    <w:rsid w:val="00C34E77"/>
+    <w:rsid w:val="00C35608"/>
+    <w:rsid w:val="00C3707E"/>
+    <w:rsid w:val="00C40324"/>
+    <w:rsid w:val="00C4063D"/>
+    <w:rsid w:val="00C423B4"/>
+    <w:rsid w:val="00C44BCB"/>
+    <w:rsid w:val="00C475DF"/>
+    <w:rsid w:val="00C51964"/>
+    <w:rsid w:val="00C56F18"/>
+    <w:rsid w:val="00C641C3"/>
+    <w:rsid w:val="00C65F8D"/>
+    <w:rsid w:val="00C662B4"/>
+    <w:rsid w:val="00C70212"/>
+    <w:rsid w:val="00C70A1D"/>
+    <w:rsid w:val="00C74827"/>
+    <w:rsid w:val="00C77ABB"/>
+    <w:rsid w:val="00C82D0A"/>
+    <w:rsid w:val="00C857D8"/>
+    <w:rsid w:val="00C868E2"/>
+    <w:rsid w:val="00C86BED"/>
+    <w:rsid w:val="00C96A71"/>
+    <w:rsid w:val="00C971C6"/>
+    <w:rsid w:val="00CA04A1"/>
+    <w:rsid w:val="00CA0D15"/>
+    <w:rsid w:val="00CA2F60"/>
+    <w:rsid w:val="00CA300B"/>
+    <w:rsid w:val="00CA35C7"/>
+    <w:rsid w:val="00CA4344"/>
+    <w:rsid w:val="00CA78CE"/>
+    <w:rsid w:val="00CB0CC3"/>
+    <w:rsid w:val="00CB25F0"/>
+    <w:rsid w:val="00CB3442"/>
+    <w:rsid w:val="00CB3E1E"/>
+    <w:rsid w:val="00CB4D56"/>
+    <w:rsid w:val="00CB6853"/>
+    <w:rsid w:val="00CC0539"/>
+    <w:rsid w:val="00CC1B58"/>
+    <w:rsid w:val="00CC1D6C"/>
+    <w:rsid w:val="00CC32E5"/>
+    <w:rsid w:val="00CC6E4B"/>
+    <w:rsid w:val="00CD5827"/>
+    <w:rsid w:val="00CE00B7"/>
+    <w:rsid w:val="00CE46A0"/>
+    <w:rsid w:val="00CE59D7"/>
+    <w:rsid w:val="00CE73CE"/>
+    <w:rsid w:val="00CE78A9"/>
+    <w:rsid w:val="00CF1786"/>
+    <w:rsid w:val="00CF20A3"/>
+    <w:rsid w:val="00CF212E"/>
+    <w:rsid w:val="00CF2568"/>
+    <w:rsid w:val="00CF2AD6"/>
+    <w:rsid w:val="00CF2DE3"/>
+    <w:rsid w:val="00CF4751"/>
+    <w:rsid w:val="00CF5978"/>
+    <w:rsid w:val="00D00D76"/>
+    <w:rsid w:val="00D02E1A"/>
+    <w:rsid w:val="00D032E0"/>
+    <w:rsid w:val="00D04061"/>
+    <w:rsid w:val="00D07BBB"/>
+    <w:rsid w:val="00D11434"/>
+    <w:rsid w:val="00D1381E"/>
+    <w:rsid w:val="00D160F8"/>
+    <w:rsid w:val="00D16EF1"/>
+    <w:rsid w:val="00D17D18"/>
+    <w:rsid w:val="00D22A7D"/>
+    <w:rsid w:val="00D23D48"/>
+    <w:rsid w:val="00D309AF"/>
+    <w:rsid w:val="00D309DB"/>
+    <w:rsid w:val="00D32772"/>
+    <w:rsid w:val="00D33244"/>
+    <w:rsid w:val="00D33D3D"/>
+    <w:rsid w:val="00D34287"/>
+    <w:rsid w:val="00D3450C"/>
+    <w:rsid w:val="00D34951"/>
+    <w:rsid w:val="00D360E5"/>
+    <w:rsid w:val="00D40701"/>
+    <w:rsid w:val="00D44C45"/>
+    <w:rsid w:val="00D46F17"/>
+    <w:rsid w:val="00D51CE8"/>
+    <w:rsid w:val="00D526CE"/>
+    <w:rsid w:val="00D55004"/>
+    <w:rsid w:val="00D579C1"/>
+    <w:rsid w:val="00D66E04"/>
+    <w:rsid w:val="00D70A57"/>
+    <w:rsid w:val="00D70BC8"/>
+    <w:rsid w:val="00D73170"/>
+    <w:rsid w:val="00D74880"/>
+    <w:rsid w:val="00D754FD"/>
+    <w:rsid w:val="00D77304"/>
+    <w:rsid w:val="00D77398"/>
+    <w:rsid w:val="00D77AE4"/>
+    <w:rsid w:val="00D81F1B"/>
+    <w:rsid w:val="00D870AF"/>
+    <w:rsid w:val="00D917AA"/>
+    <w:rsid w:val="00D91C8D"/>
+    <w:rsid w:val="00D937A6"/>
+    <w:rsid w:val="00D95F46"/>
+    <w:rsid w:val="00D975D1"/>
+    <w:rsid w:val="00D9A346"/>
+    <w:rsid w:val="00DA04B3"/>
+    <w:rsid w:val="00DA1379"/>
+    <w:rsid w:val="00DA1850"/>
+    <w:rsid w:val="00DA37F9"/>
+    <w:rsid w:val="00DA3A6C"/>
+    <w:rsid w:val="00DA52C1"/>
+    <w:rsid w:val="00DA7A90"/>
+    <w:rsid w:val="00DA7B9F"/>
+    <w:rsid w:val="00DB2D39"/>
+    <w:rsid w:val="00DB3311"/>
+    <w:rsid w:val="00DB3312"/>
+    <w:rsid w:val="00DB616B"/>
+    <w:rsid w:val="00DC2557"/>
+    <w:rsid w:val="00DC2E3A"/>
+    <w:rsid w:val="00DC59C6"/>
+    <w:rsid w:val="00DC5F11"/>
+    <w:rsid w:val="00DC632C"/>
+    <w:rsid w:val="00DC6823"/>
+    <w:rsid w:val="00DD0BD4"/>
+    <w:rsid w:val="00DD1150"/>
+    <w:rsid w:val="00DD3587"/>
+    <w:rsid w:val="00DD6246"/>
+    <w:rsid w:val="00DD64D8"/>
+    <w:rsid w:val="00DE2FB0"/>
+    <w:rsid w:val="00DE3239"/>
+    <w:rsid w:val="00DE3DAB"/>
+    <w:rsid w:val="00DE613C"/>
+    <w:rsid w:val="00DE687A"/>
+    <w:rsid w:val="00DE737D"/>
+    <w:rsid w:val="00DF1A73"/>
+    <w:rsid w:val="00DF3872"/>
+    <w:rsid w:val="00DF4EBE"/>
+    <w:rsid w:val="00DF686C"/>
+    <w:rsid w:val="00DF7F59"/>
+    <w:rsid w:val="00E01B4B"/>
+    <w:rsid w:val="00E0306B"/>
+    <w:rsid w:val="00E03F51"/>
+    <w:rsid w:val="00E04732"/>
+    <w:rsid w:val="00E1041E"/>
+    <w:rsid w:val="00E11400"/>
+    <w:rsid w:val="00E12C61"/>
+    <w:rsid w:val="00E1723B"/>
+    <w:rsid w:val="00E2201C"/>
+    <w:rsid w:val="00E22538"/>
+    <w:rsid w:val="00E22694"/>
+    <w:rsid w:val="00E24A57"/>
+    <w:rsid w:val="00E308A8"/>
+    <w:rsid w:val="00E32DA1"/>
+    <w:rsid w:val="00E36D82"/>
+    <w:rsid w:val="00E37708"/>
+    <w:rsid w:val="00E418C9"/>
+    <w:rsid w:val="00E41C41"/>
+    <w:rsid w:val="00E45E7F"/>
+    <w:rsid w:val="00E47218"/>
+    <w:rsid w:val="00E472DF"/>
+    <w:rsid w:val="00E5346A"/>
+    <w:rsid w:val="00E53EDD"/>
+    <w:rsid w:val="00E5418F"/>
+    <w:rsid w:val="00E5534F"/>
+    <w:rsid w:val="00E55A00"/>
+    <w:rsid w:val="00E56504"/>
+    <w:rsid w:val="00E60B2C"/>
+    <w:rsid w:val="00E6397F"/>
+    <w:rsid w:val="00E65182"/>
+    <w:rsid w:val="00E66526"/>
+    <w:rsid w:val="00E72DAA"/>
+    <w:rsid w:val="00E74BB6"/>
+    <w:rsid w:val="00E75BFA"/>
+    <w:rsid w:val="00E75CD7"/>
+    <w:rsid w:val="00E76494"/>
+    <w:rsid w:val="00E7738F"/>
+    <w:rsid w:val="00E776CE"/>
+    <w:rsid w:val="00E7773C"/>
+    <w:rsid w:val="00E82145"/>
+    <w:rsid w:val="00E821B8"/>
+    <w:rsid w:val="00E83B0C"/>
+    <w:rsid w:val="00E84D5B"/>
+    <w:rsid w:val="00E86556"/>
+    <w:rsid w:val="00E9140E"/>
+    <w:rsid w:val="00E92DFA"/>
+    <w:rsid w:val="00E95C8B"/>
+    <w:rsid w:val="00E95F85"/>
+    <w:rsid w:val="00E96CEF"/>
+    <w:rsid w:val="00E97184"/>
+    <w:rsid w:val="00E97D24"/>
+    <w:rsid w:val="00EA10CD"/>
+    <w:rsid w:val="00EA12E6"/>
+    <w:rsid w:val="00EA12EF"/>
+    <w:rsid w:val="00EA1915"/>
+    <w:rsid w:val="00EA1A82"/>
+    <w:rsid w:val="00EA2F42"/>
+    <w:rsid w:val="00EA50DC"/>
+    <w:rsid w:val="00EA6B63"/>
+    <w:rsid w:val="00EA7515"/>
+    <w:rsid w:val="00EA7F48"/>
+    <w:rsid w:val="00EB0602"/>
+    <w:rsid w:val="00EB10B0"/>
+    <w:rsid w:val="00EB1999"/>
+    <w:rsid w:val="00EB2025"/>
+    <w:rsid w:val="00EB38E0"/>
+    <w:rsid w:val="00EB4453"/>
+    <w:rsid w:val="00EB5973"/>
+    <w:rsid w:val="00EC0C70"/>
+    <w:rsid w:val="00EC2543"/>
+    <w:rsid w:val="00EC479A"/>
+    <w:rsid w:val="00ED0239"/>
+    <w:rsid w:val="00ED0EC4"/>
+    <w:rsid w:val="00ED1644"/>
+    <w:rsid w:val="00ED5318"/>
+    <w:rsid w:val="00EE4D20"/>
+    <w:rsid w:val="00EE6BA9"/>
+    <w:rsid w:val="00EF0402"/>
+    <w:rsid w:val="00EF1B4D"/>
+    <w:rsid w:val="00EF25DC"/>
+    <w:rsid w:val="00EF3FC4"/>
+    <w:rsid w:val="00EF5070"/>
+    <w:rsid w:val="00EF67F8"/>
+    <w:rsid w:val="00EF6AF1"/>
+    <w:rsid w:val="00F00323"/>
+    <w:rsid w:val="00F003AB"/>
+    <w:rsid w:val="00F04438"/>
+    <w:rsid w:val="00F04BE0"/>
+    <w:rsid w:val="00F105F2"/>
+    <w:rsid w:val="00F11217"/>
+    <w:rsid w:val="00F11901"/>
+    <w:rsid w:val="00F11942"/>
+    <w:rsid w:val="00F13562"/>
+    <w:rsid w:val="00F13E98"/>
+    <w:rsid w:val="00F150F6"/>
+    <w:rsid w:val="00F2029B"/>
+    <w:rsid w:val="00F24B15"/>
+    <w:rsid w:val="00F268B1"/>
+    <w:rsid w:val="00F274E7"/>
+    <w:rsid w:val="00F30FE9"/>
+    <w:rsid w:val="00F31787"/>
+    <w:rsid w:val="00F3219E"/>
+    <w:rsid w:val="00F325BE"/>
+    <w:rsid w:val="00F37F2A"/>
+    <w:rsid w:val="00F403B6"/>
+    <w:rsid w:val="00F4043B"/>
+    <w:rsid w:val="00F40A3D"/>
+    <w:rsid w:val="00F42B9D"/>
+    <w:rsid w:val="00F42D19"/>
+    <w:rsid w:val="00F43C63"/>
+    <w:rsid w:val="00F44806"/>
+    <w:rsid w:val="00F4594B"/>
+    <w:rsid w:val="00F561AD"/>
+    <w:rsid w:val="00F61254"/>
+    <w:rsid w:val="00F618E2"/>
+    <w:rsid w:val="00F62731"/>
+    <w:rsid w:val="00F6742D"/>
+    <w:rsid w:val="00F718CA"/>
+    <w:rsid w:val="00F7441C"/>
+    <w:rsid w:val="00F74D2C"/>
+    <w:rsid w:val="00F8015C"/>
+    <w:rsid w:val="00F85DEA"/>
+    <w:rsid w:val="00F8649C"/>
+    <w:rsid w:val="00F87992"/>
+    <w:rsid w:val="00F91009"/>
+    <w:rsid w:val="00F94BF0"/>
+    <w:rsid w:val="00F961BB"/>
+    <w:rsid w:val="00F96956"/>
+    <w:rsid w:val="00F978F6"/>
+    <w:rsid w:val="00F9794E"/>
+    <w:rsid w:val="00FA23DA"/>
+    <w:rsid w:val="00FA3607"/>
+    <w:rsid w:val="00FA4AA0"/>
+    <w:rsid w:val="00FA61A1"/>
+    <w:rsid w:val="00FA73BA"/>
+    <w:rsid w:val="00FAF672"/>
+    <w:rsid w:val="00FB0417"/>
+    <w:rsid w:val="00FB0B41"/>
+    <w:rsid w:val="00FB2493"/>
+    <w:rsid w:val="00FB3566"/>
+    <w:rsid w:val="00FB36FA"/>
+    <w:rsid w:val="00FB5685"/>
+    <w:rsid w:val="00FB57A7"/>
+    <w:rsid w:val="00FB5FA7"/>
+    <w:rsid w:val="00FC281D"/>
+    <w:rsid w:val="00FC46CF"/>
+    <w:rsid w:val="00FD0167"/>
+    <w:rsid w:val="00FD1E7B"/>
+    <w:rsid w:val="00FD45BA"/>
+    <w:rsid w:val="00FD5A17"/>
+    <w:rsid w:val="00FD6AA7"/>
+    <w:rsid w:val="00FE4BEF"/>
+    <w:rsid w:val="00FF146B"/>
+    <w:rsid w:val="00FF1E74"/>
+    <w:rsid w:val="00FF2371"/>
+    <w:rsid w:val="00FF2E9D"/>
+    <w:rsid w:val="010B33A9"/>
+    <w:rsid w:val="010B52E2"/>
+    <w:rsid w:val="011B5488"/>
+    <w:rsid w:val="013E2142"/>
+    <w:rsid w:val="016C6616"/>
+    <w:rsid w:val="0195B310"/>
+    <w:rsid w:val="01C91218"/>
+    <w:rsid w:val="01D1FA9B"/>
+    <w:rsid w:val="01E57DB2"/>
+    <w:rsid w:val="01F19975"/>
+    <w:rsid w:val="0207AD98"/>
+    <w:rsid w:val="02257A80"/>
+    <w:rsid w:val="023207A4"/>
+    <w:rsid w:val="023F798E"/>
+    <w:rsid w:val="025DC3BB"/>
+    <w:rsid w:val="026B4ABB"/>
+    <w:rsid w:val="028A61FF"/>
+    <w:rsid w:val="02B724E9"/>
+    <w:rsid w:val="03594043"/>
+    <w:rsid w:val="03864DB0"/>
+    <w:rsid w:val="03BB384C"/>
+    <w:rsid w:val="03C083AC"/>
+    <w:rsid w:val="041E9602"/>
+    <w:rsid w:val="042A8017"/>
+    <w:rsid w:val="04431430"/>
+    <w:rsid w:val="04E782FB"/>
+    <w:rsid w:val="04E7F566"/>
+    <w:rsid w:val="053FEEC6"/>
+    <w:rsid w:val="05434F9F"/>
+    <w:rsid w:val="059B2869"/>
+    <w:rsid w:val="05A04485"/>
+    <w:rsid w:val="05AF1E57"/>
+    <w:rsid w:val="05D98396"/>
+    <w:rsid w:val="05FE4C9A"/>
+    <w:rsid w:val="060BABE2"/>
+    <w:rsid w:val="062EE8F5"/>
+    <w:rsid w:val="0631FC92"/>
+    <w:rsid w:val="063DFE26"/>
+    <w:rsid w:val="065FFA14"/>
+    <w:rsid w:val="06B17115"/>
+    <w:rsid w:val="06DBBF27"/>
+    <w:rsid w:val="06E3CBB1"/>
+    <w:rsid w:val="072E9766"/>
+    <w:rsid w:val="07545DDD"/>
+    <w:rsid w:val="07760B0A"/>
+    <w:rsid w:val="07EA8923"/>
+    <w:rsid w:val="08929872"/>
+    <w:rsid w:val="08B44128"/>
+    <w:rsid w:val="08EF1EC3"/>
+    <w:rsid w:val="09172D72"/>
+    <w:rsid w:val="092779CC"/>
+    <w:rsid w:val="09295BB6"/>
+    <w:rsid w:val="093E558C"/>
+    <w:rsid w:val="096D19D7"/>
+    <w:rsid w:val="0976B8BF"/>
+    <w:rsid w:val="09BBF46E"/>
+    <w:rsid w:val="09F20B2C"/>
+    <w:rsid w:val="0A23F12C"/>
+    <w:rsid w:val="0A3D1989"/>
+    <w:rsid w:val="0A4FAD43"/>
+    <w:rsid w:val="0A5A6CC2"/>
+    <w:rsid w:val="0A68C4FA"/>
+    <w:rsid w:val="0A8B9755"/>
+    <w:rsid w:val="0AAE6A0D"/>
+    <w:rsid w:val="0AC015CA"/>
+    <w:rsid w:val="0ACFC484"/>
+    <w:rsid w:val="0ADF4585"/>
+    <w:rsid w:val="0B04054E"/>
+    <w:rsid w:val="0B128920"/>
+    <w:rsid w:val="0B1F11D4"/>
+    <w:rsid w:val="0B547C02"/>
+    <w:rsid w:val="0B621CFC"/>
+    <w:rsid w:val="0B704A0F"/>
+    <w:rsid w:val="0BA0AF08"/>
+    <w:rsid w:val="0BA46ACD"/>
+    <w:rsid w:val="0BB20879"/>
+    <w:rsid w:val="0BD33C36"/>
+    <w:rsid w:val="0BE582EE"/>
+    <w:rsid w:val="0C1B0819"/>
+    <w:rsid w:val="0C5EC4C5"/>
+    <w:rsid w:val="0CADE3B2"/>
+    <w:rsid w:val="0CBE4B10"/>
+    <w:rsid w:val="0CDA7E37"/>
+    <w:rsid w:val="0CE6C64C"/>
+    <w:rsid w:val="0D067973"/>
+    <w:rsid w:val="0D1DCF68"/>
+    <w:rsid w:val="0D4EFB06"/>
+    <w:rsid w:val="0D983BC8"/>
+    <w:rsid w:val="0DAAC40E"/>
+    <w:rsid w:val="0DF8FAE6"/>
+    <w:rsid w:val="0E22A168"/>
+    <w:rsid w:val="0E5BC05D"/>
+    <w:rsid w:val="0EA249D4"/>
+    <w:rsid w:val="0EB3B6B6"/>
+    <w:rsid w:val="0EC39264"/>
+    <w:rsid w:val="0ED5A1C3"/>
+    <w:rsid w:val="0F06F0AF"/>
+    <w:rsid w:val="0F1918DA"/>
+    <w:rsid w:val="0F1E153B"/>
+    <w:rsid w:val="0F3E674B"/>
+    <w:rsid w:val="0F5D96F4"/>
+    <w:rsid w:val="0FA4544B"/>
+    <w:rsid w:val="0FA5E0F2"/>
+    <w:rsid w:val="0FC6D7FC"/>
+    <w:rsid w:val="1012A837"/>
+    <w:rsid w:val="103B788A"/>
+    <w:rsid w:val="1040B57E"/>
+    <w:rsid w:val="1061FB38"/>
+    <w:rsid w:val="10A719A3"/>
+    <w:rsid w:val="10F3C3A4"/>
+    <w:rsid w:val="11644BBC"/>
+    <w:rsid w:val="117E5E18"/>
+    <w:rsid w:val="11A7ECD3"/>
+    <w:rsid w:val="11B5222E"/>
+    <w:rsid w:val="11C92E93"/>
+    <w:rsid w:val="11CF9098"/>
+    <w:rsid w:val="11DD05C4"/>
+    <w:rsid w:val="120CD898"/>
+    <w:rsid w:val="123478BA"/>
+    <w:rsid w:val="134398CF"/>
+    <w:rsid w:val="1356C25D"/>
+    <w:rsid w:val="1396F55E"/>
+    <w:rsid w:val="13D612D1"/>
+    <w:rsid w:val="13ED25FF"/>
+    <w:rsid w:val="13EEE56C"/>
+    <w:rsid w:val="13FF67F6"/>
+    <w:rsid w:val="1409E36D"/>
+    <w:rsid w:val="1426CBFC"/>
+    <w:rsid w:val="14A97CD1"/>
+    <w:rsid w:val="14C786DC"/>
+    <w:rsid w:val="15009BDC"/>
+    <w:rsid w:val="15202A92"/>
+    <w:rsid w:val="1522B5CA"/>
+    <w:rsid w:val="1537F8DF"/>
+    <w:rsid w:val="156C1220"/>
+    <w:rsid w:val="1593183B"/>
+    <w:rsid w:val="15989916"/>
+    <w:rsid w:val="15D7A204"/>
+    <w:rsid w:val="15DC92EB"/>
+    <w:rsid w:val="162A2A2D"/>
+    <w:rsid w:val="162D647E"/>
+    <w:rsid w:val="1669CB68"/>
+    <w:rsid w:val="166CBE12"/>
+    <w:rsid w:val="1670F95A"/>
+    <w:rsid w:val="1692F885"/>
+    <w:rsid w:val="169C06AF"/>
+    <w:rsid w:val="16C8F7FE"/>
+    <w:rsid w:val="171EC8AC"/>
+    <w:rsid w:val="17403A51"/>
+    <w:rsid w:val="1760C25A"/>
+    <w:rsid w:val="1774DCFC"/>
+    <w:rsid w:val="177BE677"/>
+    <w:rsid w:val="179CED03"/>
+    <w:rsid w:val="17D12B04"/>
+    <w:rsid w:val="18020817"/>
+    <w:rsid w:val="180CE8AE"/>
+    <w:rsid w:val="1831AFB3"/>
+    <w:rsid w:val="18329F06"/>
+    <w:rsid w:val="185105A4"/>
+    <w:rsid w:val="185B5527"/>
+    <w:rsid w:val="185B5594"/>
+    <w:rsid w:val="1922D016"/>
+    <w:rsid w:val="1936D001"/>
+    <w:rsid w:val="1967D61F"/>
+    <w:rsid w:val="19BF7A2B"/>
+    <w:rsid w:val="19CF5D35"/>
+    <w:rsid w:val="19ECD605"/>
+    <w:rsid w:val="1A173921"/>
+    <w:rsid w:val="1AB69558"/>
+    <w:rsid w:val="1AD54241"/>
+    <w:rsid w:val="1AE338CB"/>
+    <w:rsid w:val="1AEC6155"/>
+    <w:rsid w:val="1B7BCCD3"/>
+    <w:rsid w:val="1B7C6942"/>
+    <w:rsid w:val="1B881E9E"/>
+    <w:rsid w:val="1BA01F6D"/>
+    <w:rsid w:val="1BCE7C9B"/>
+    <w:rsid w:val="1BDD92BE"/>
+    <w:rsid w:val="1C113A3F"/>
+    <w:rsid w:val="1C1540D4"/>
+    <w:rsid w:val="1C3B397B"/>
+    <w:rsid w:val="1C4AF219"/>
+    <w:rsid w:val="1C5E780C"/>
+    <w:rsid w:val="1C67301E"/>
+    <w:rsid w:val="1C911A57"/>
+    <w:rsid w:val="1CB401B0"/>
+    <w:rsid w:val="1CBBEF36"/>
+    <w:rsid w:val="1CFC2FC8"/>
+    <w:rsid w:val="1D0BBB26"/>
+    <w:rsid w:val="1D18812F"/>
+    <w:rsid w:val="1D1C33F7"/>
+    <w:rsid w:val="1D3E4DE5"/>
+    <w:rsid w:val="1D4E23AE"/>
+    <w:rsid w:val="1D6331BE"/>
+    <w:rsid w:val="1D6F4AF8"/>
+    <w:rsid w:val="1D7988EB"/>
+    <w:rsid w:val="1DAA9746"/>
+    <w:rsid w:val="1DC648D2"/>
+    <w:rsid w:val="1DF53219"/>
+    <w:rsid w:val="1DFAD2EB"/>
+    <w:rsid w:val="1E1AFB8A"/>
+    <w:rsid w:val="1E4FD211"/>
+    <w:rsid w:val="1E72EA44"/>
+    <w:rsid w:val="1E793A35"/>
+    <w:rsid w:val="1EAEAEC4"/>
+    <w:rsid w:val="1EBB283E"/>
+    <w:rsid w:val="1EDA944A"/>
+    <w:rsid w:val="1EE6CD9C"/>
+    <w:rsid w:val="1F0EC23F"/>
+    <w:rsid w:val="1F3C8604"/>
+    <w:rsid w:val="1F509F12"/>
+    <w:rsid w:val="1F5CF58E"/>
+    <w:rsid w:val="1F7B4A89"/>
+    <w:rsid w:val="1F9A7804"/>
+    <w:rsid w:val="1FA88770"/>
+    <w:rsid w:val="1FCD8D89"/>
+    <w:rsid w:val="1FEBA272"/>
+    <w:rsid w:val="1FFC9380"/>
+    <w:rsid w:val="200041E9"/>
+    <w:rsid w:val="20064273"/>
+    <w:rsid w:val="2007D7AC"/>
+    <w:rsid w:val="20705405"/>
+    <w:rsid w:val="207B6128"/>
+    <w:rsid w:val="20B94F29"/>
+    <w:rsid w:val="20D43E8A"/>
+    <w:rsid w:val="20EC8B6B"/>
+    <w:rsid w:val="21060A86"/>
+    <w:rsid w:val="210989E1"/>
+    <w:rsid w:val="212A4C8A"/>
+    <w:rsid w:val="215D1758"/>
+    <w:rsid w:val="21658807"/>
+    <w:rsid w:val="217A2944"/>
+    <w:rsid w:val="219D9B5C"/>
+    <w:rsid w:val="21B38DC7"/>
+    <w:rsid w:val="21CC5C46"/>
+    <w:rsid w:val="220DABB0"/>
+    <w:rsid w:val="22353859"/>
+    <w:rsid w:val="225741CA"/>
+    <w:rsid w:val="22608F0A"/>
+    <w:rsid w:val="226B1B93"/>
+    <w:rsid w:val="229A718B"/>
+    <w:rsid w:val="22BFB468"/>
+    <w:rsid w:val="22EF17DD"/>
+    <w:rsid w:val="23094FF1"/>
+    <w:rsid w:val="234B411A"/>
+    <w:rsid w:val="2383C311"/>
+    <w:rsid w:val="2394B5FA"/>
+    <w:rsid w:val="23B3B4ED"/>
+    <w:rsid w:val="23C33862"/>
+    <w:rsid w:val="23CFBC65"/>
+    <w:rsid w:val="23DCBB66"/>
+    <w:rsid w:val="23E1AC75"/>
+    <w:rsid w:val="2447E32B"/>
+    <w:rsid w:val="24671B97"/>
+    <w:rsid w:val="246E5B35"/>
+    <w:rsid w:val="24CB2032"/>
+    <w:rsid w:val="24E2C5A9"/>
+    <w:rsid w:val="24E7117B"/>
+    <w:rsid w:val="24FC6B0B"/>
+    <w:rsid w:val="2516744B"/>
+    <w:rsid w:val="2544513D"/>
+    <w:rsid w:val="2547F686"/>
+    <w:rsid w:val="2595CA59"/>
+    <w:rsid w:val="260F6F09"/>
+    <w:rsid w:val="269115B9"/>
+    <w:rsid w:val="26A51944"/>
+    <w:rsid w:val="26B689D8"/>
+    <w:rsid w:val="26BACE1E"/>
+    <w:rsid w:val="2706831A"/>
+    <w:rsid w:val="272302DD"/>
+    <w:rsid w:val="274107D0"/>
+    <w:rsid w:val="27D164A8"/>
+    <w:rsid w:val="27D2CF46"/>
+    <w:rsid w:val="27DBCB84"/>
+    <w:rsid w:val="27EC5EB2"/>
+    <w:rsid w:val="27FEA1DD"/>
+    <w:rsid w:val="280F385A"/>
+    <w:rsid w:val="2815723A"/>
+    <w:rsid w:val="283DD1EB"/>
+    <w:rsid w:val="286ED22A"/>
+    <w:rsid w:val="2893F60D"/>
+    <w:rsid w:val="28E7AA2B"/>
+    <w:rsid w:val="290EB07C"/>
+    <w:rsid w:val="298F02F5"/>
+    <w:rsid w:val="299AB992"/>
+    <w:rsid w:val="29DAFA3D"/>
+    <w:rsid w:val="29EEDC9E"/>
+    <w:rsid w:val="2A0BB89E"/>
+    <w:rsid w:val="2A623098"/>
+    <w:rsid w:val="2A70B047"/>
+    <w:rsid w:val="2A8264C9"/>
+    <w:rsid w:val="2AAE613C"/>
+    <w:rsid w:val="2AB63AE3"/>
+    <w:rsid w:val="2AD85624"/>
+    <w:rsid w:val="2AE10165"/>
+    <w:rsid w:val="2AE2918B"/>
+    <w:rsid w:val="2AE4BB5F"/>
+    <w:rsid w:val="2AF16572"/>
+    <w:rsid w:val="2B52725F"/>
+    <w:rsid w:val="2B53504A"/>
+    <w:rsid w:val="2B7120CC"/>
+    <w:rsid w:val="2BBB0827"/>
+    <w:rsid w:val="2C161190"/>
+    <w:rsid w:val="2C54705F"/>
+    <w:rsid w:val="2C679A26"/>
+    <w:rsid w:val="2C6BB459"/>
+    <w:rsid w:val="2C7CD1C6"/>
+    <w:rsid w:val="2C954BCD"/>
+    <w:rsid w:val="2CB8EAA3"/>
+    <w:rsid w:val="2CBAEA2E"/>
+    <w:rsid w:val="2CC6CA2B"/>
+    <w:rsid w:val="2CD290BB"/>
+    <w:rsid w:val="2CDB952B"/>
+    <w:rsid w:val="2CDC6937"/>
+    <w:rsid w:val="2CF12133"/>
+    <w:rsid w:val="2D14A7A4"/>
+    <w:rsid w:val="2D22FEC0"/>
+    <w:rsid w:val="2D6DCC0A"/>
+    <w:rsid w:val="2D7C3D09"/>
+    <w:rsid w:val="2D80171B"/>
+    <w:rsid w:val="2DBA44B4"/>
+    <w:rsid w:val="2DBE2FC6"/>
+    <w:rsid w:val="2DCCBDF6"/>
+    <w:rsid w:val="2DE8C485"/>
+    <w:rsid w:val="2DFEFFEF"/>
+    <w:rsid w:val="2E070397"/>
+    <w:rsid w:val="2E274CF9"/>
+    <w:rsid w:val="2E423373"/>
+    <w:rsid w:val="2E42AC31"/>
+    <w:rsid w:val="2E54BB04"/>
+    <w:rsid w:val="2E6DE361"/>
+    <w:rsid w:val="2EAF485A"/>
+    <w:rsid w:val="2EC87F39"/>
+    <w:rsid w:val="2EF073D4"/>
+    <w:rsid w:val="2F409071"/>
+    <w:rsid w:val="2F5E20EE"/>
+    <w:rsid w:val="2FC6BF9B"/>
+    <w:rsid w:val="3044E220"/>
+    <w:rsid w:val="306A1C23"/>
+    <w:rsid w:val="308125E1"/>
+    <w:rsid w:val="30BC8A04"/>
+    <w:rsid w:val="30F89785"/>
+    <w:rsid w:val="31232137"/>
+    <w:rsid w:val="3132BAD1"/>
+    <w:rsid w:val="318C5BC6"/>
+    <w:rsid w:val="31D7F2D9"/>
+    <w:rsid w:val="31E1C1A9"/>
+    <w:rsid w:val="32548C0F"/>
+    <w:rsid w:val="3260B7A3"/>
+    <w:rsid w:val="3291A67F"/>
+    <w:rsid w:val="32972563"/>
+    <w:rsid w:val="32A5E572"/>
+    <w:rsid w:val="32AD9713"/>
+    <w:rsid w:val="32CA3FAC"/>
+    <w:rsid w:val="32E227B9"/>
+    <w:rsid w:val="330D8620"/>
+    <w:rsid w:val="3354A031"/>
+    <w:rsid w:val="335966B8"/>
+    <w:rsid w:val="3361AB73"/>
+    <w:rsid w:val="3375DCF8"/>
+    <w:rsid w:val="338C201F"/>
+    <w:rsid w:val="33BA414C"/>
+    <w:rsid w:val="33D6268A"/>
+    <w:rsid w:val="33DCB603"/>
+    <w:rsid w:val="33E4DAC4"/>
+    <w:rsid w:val="3426800A"/>
+    <w:rsid w:val="342D29F1"/>
+    <w:rsid w:val="34491785"/>
+    <w:rsid w:val="347CB6E3"/>
+    <w:rsid w:val="34B2D829"/>
+    <w:rsid w:val="34CFDB56"/>
+    <w:rsid w:val="3514F83A"/>
+    <w:rsid w:val="351E76F0"/>
+    <w:rsid w:val="35570A38"/>
+    <w:rsid w:val="35C9D8D8"/>
+    <w:rsid w:val="35CD0340"/>
+    <w:rsid w:val="36006A00"/>
+    <w:rsid w:val="3617271E"/>
+    <w:rsid w:val="36279807"/>
+    <w:rsid w:val="362FC2FF"/>
+    <w:rsid w:val="364C4015"/>
+    <w:rsid w:val="365D7E96"/>
+    <w:rsid w:val="36796349"/>
+    <w:rsid w:val="36A9799F"/>
+    <w:rsid w:val="36F65AE8"/>
+    <w:rsid w:val="373602FD"/>
+    <w:rsid w:val="3742C456"/>
+    <w:rsid w:val="37D1DB33"/>
+    <w:rsid w:val="386B32D2"/>
+    <w:rsid w:val="38B19402"/>
+    <w:rsid w:val="38F217B4"/>
+    <w:rsid w:val="38F377A3"/>
+    <w:rsid w:val="3910BFB1"/>
+    <w:rsid w:val="3913CDB0"/>
+    <w:rsid w:val="3946106C"/>
+    <w:rsid w:val="3957FBCA"/>
+    <w:rsid w:val="3986B459"/>
+    <w:rsid w:val="39AD1445"/>
+    <w:rsid w:val="39B53EBF"/>
+    <w:rsid w:val="39CCBEA4"/>
+    <w:rsid w:val="39D36B4E"/>
+    <w:rsid w:val="39E00CDC"/>
+    <w:rsid w:val="39EB5A6D"/>
+    <w:rsid w:val="39FFEB14"/>
+    <w:rsid w:val="3A0946C8"/>
+    <w:rsid w:val="3A12719D"/>
+    <w:rsid w:val="3A4CEF71"/>
+    <w:rsid w:val="3A8B5C8E"/>
+    <w:rsid w:val="3AA65B4B"/>
+    <w:rsid w:val="3B1D959D"/>
+    <w:rsid w:val="3B3C51FA"/>
+    <w:rsid w:val="3B7DCE46"/>
+    <w:rsid w:val="3BA59A91"/>
+    <w:rsid w:val="3BCA653D"/>
+    <w:rsid w:val="3BCEFA03"/>
+    <w:rsid w:val="3BEA3AC2"/>
+    <w:rsid w:val="3BFCCF60"/>
+    <w:rsid w:val="3C0B30D8"/>
+    <w:rsid w:val="3C402FD0"/>
+    <w:rsid w:val="3C513BFA"/>
+    <w:rsid w:val="3C61A2E1"/>
+    <w:rsid w:val="3C642A8E"/>
+    <w:rsid w:val="3C68C036"/>
+    <w:rsid w:val="3C81CFA8"/>
+    <w:rsid w:val="3CB08DC2"/>
+    <w:rsid w:val="3CC2B567"/>
+    <w:rsid w:val="3CE4B507"/>
+    <w:rsid w:val="3CECAFFC"/>
+    <w:rsid w:val="3D1C8C65"/>
+    <w:rsid w:val="3D4BDED6"/>
+    <w:rsid w:val="3D86B883"/>
+    <w:rsid w:val="3D90885F"/>
+    <w:rsid w:val="3DBA249E"/>
+    <w:rsid w:val="3DEC5439"/>
+    <w:rsid w:val="3E5824AD"/>
+    <w:rsid w:val="3E6626BB"/>
+    <w:rsid w:val="3E6FCD8B"/>
+    <w:rsid w:val="3E88BB40"/>
+    <w:rsid w:val="3EA9027A"/>
+    <w:rsid w:val="3ED1798F"/>
+    <w:rsid w:val="3EE8B7FF"/>
+    <w:rsid w:val="3F099932"/>
+    <w:rsid w:val="3F242085"/>
+    <w:rsid w:val="3F430505"/>
+    <w:rsid w:val="3F5FC849"/>
+    <w:rsid w:val="3F7CAEA6"/>
+    <w:rsid w:val="3FB59538"/>
+    <w:rsid w:val="400B5C78"/>
+    <w:rsid w:val="40735837"/>
+    <w:rsid w:val="4088018D"/>
+    <w:rsid w:val="40A57DAA"/>
+    <w:rsid w:val="40EEEC2A"/>
+    <w:rsid w:val="40F0D36C"/>
+    <w:rsid w:val="40F5F003"/>
+    <w:rsid w:val="4155AE53"/>
+    <w:rsid w:val="41908CC1"/>
+    <w:rsid w:val="4197E3AB"/>
+    <w:rsid w:val="41A72CD9"/>
+    <w:rsid w:val="41B66F72"/>
+    <w:rsid w:val="41E1703D"/>
+    <w:rsid w:val="4230FBA1"/>
+    <w:rsid w:val="426340A4"/>
+    <w:rsid w:val="42729D5F"/>
+    <w:rsid w:val="42893F36"/>
+    <w:rsid w:val="42D056BA"/>
+    <w:rsid w:val="43152F87"/>
+    <w:rsid w:val="432D151A"/>
+    <w:rsid w:val="433FABA5"/>
+    <w:rsid w:val="437F4AD1"/>
+    <w:rsid w:val="4387B3B9"/>
+    <w:rsid w:val="43E40E99"/>
+    <w:rsid w:val="43E9DD4D"/>
+    <w:rsid w:val="440E6DC0"/>
+    <w:rsid w:val="44D7D0E2"/>
+    <w:rsid w:val="45434F6C"/>
+    <w:rsid w:val="4549C007"/>
+    <w:rsid w:val="456B514E"/>
+    <w:rsid w:val="45AA3E21"/>
+    <w:rsid w:val="45F1E477"/>
+    <w:rsid w:val="461E7B50"/>
+    <w:rsid w:val="4694257B"/>
+    <w:rsid w:val="46C0923B"/>
+    <w:rsid w:val="471E4248"/>
+    <w:rsid w:val="4730FC7C"/>
+    <w:rsid w:val="473791E3"/>
+    <w:rsid w:val="47553BAA"/>
+    <w:rsid w:val="475E11D1"/>
+    <w:rsid w:val="476D0E30"/>
+    <w:rsid w:val="4781FFC5"/>
+    <w:rsid w:val="478DECD8"/>
+    <w:rsid w:val="47D1E7A8"/>
+    <w:rsid w:val="47F1FA47"/>
+    <w:rsid w:val="48025132"/>
+    <w:rsid w:val="48BCAD4E"/>
+    <w:rsid w:val="49058407"/>
+    <w:rsid w:val="49561C12"/>
+    <w:rsid w:val="496DB809"/>
+    <w:rsid w:val="4975FE88"/>
+    <w:rsid w:val="49DE41B6"/>
+    <w:rsid w:val="49E7CBA4"/>
+    <w:rsid w:val="49F370FB"/>
+    <w:rsid w:val="4A0873EB"/>
+    <w:rsid w:val="4A6583F4"/>
+    <w:rsid w:val="4A811438"/>
+    <w:rsid w:val="4AE30E81"/>
+    <w:rsid w:val="4AF28612"/>
+    <w:rsid w:val="4B00C69A"/>
+    <w:rsid w:val="4B09886A"/>
+    <w:rsid w:val="4B255175"/>
+    <w:rsid w:val="4B278D45"/>
+    <w:rsid w:val="4BB66C80"/>
+    <w:rsid w:val="4BD3180D"/>
+    <w:rsid w:val="4BDDFBE2"/>
+    <w:rsid w:val="4BF7F8A6"/>
+    <w:rsid w:val="4C0E772D"/>
+    <w:rsid w:val="4C3DD603"/>
+    <w:rsid w:val="4C540C33"/>
+    <w:rsid w:val="4C6A5C1A"/>
+    <w:rsid w:val="4C8735BA"/>
+    <w:rsid w:val="4CC72DE5"/>
+    <w:rsid w:val="4CDEFF32"/>
+    <w:rsid w:val="4CE169C5"/>
+    <w:rsid w:val="4CE7CB9E"/>
+    <w:rsid w:val="4D06FBC0"/>
+    <w:rsid w:val="4D0A3D91"/>
+    <w:rsid w:val="4D2EBEDC"/>
+    <w:rsid w:val="4D9B5DC3"/>
+    <w:rsid w:val="4DC2350B"/>
+    <w:rsid w:val="4E1C5D5B"/>
+    <w:rsid w:val="4E265694"/>
+    <w:rsid w:val="4E268D10"/>
+    <w:rsid w:val="4E628D3A"/>
+    <w:rsid w:val="4ECEBA6D"/>
+    <w:rsid w:val="4EF6F113"/>
+    <w:rsid w:val="4F4EF386"/>
+    <w:rsid w:val="4F5BC131"/>
+    <w:rsid w:val="4FFE0554"/>
+    <w:rsid w:val="500EAA4A"/>
+    <w:rsid w:val="50213EBC"/>
+    <w:rsid w:val="50770AE0"/>
+    <w:rsid w:val="508BEF27"/>
+    <w:rsid w:val="50B1BDC9"/>
+    <w:rsid w:val="50C485D2"/>
+    <w:rsid w:val="50F4E0DD"/>
+    <w:rsid w:val="50FF7F02"/>
+    <w:rsid w:val="511095EC"/>
+    <w:rsid w:val="51192972"/>
+    <w:rsid w:val="5119B2E0"/>
+    <w:rsid w:val="51D290CF"/>
+    <w:rsid w:val="51F9E6CC"/>
+    <w:rsid w:val="52117069"/>
+    <w:rsid w:val="5292730A"/>
+    <w:rsid w:val="52EAA8AF"/>
+    <w:rsid w:val="52F8300F"/>
+    <w:rsid w:val="5358DF7E"/>
+    <w:rsid w:val="53684F29"/>
+    <w:rsid w:val="5391D4AB"/>
+    <w:rsid w:val="53CC5201"/>
+    <w:rsid w:val="5422F165"/>
+    <w:rsid w:val="5435E825"/>
+    <w:rsid w:val="5454434B"/>
+    <w:rsid w:val="548917CE"/>
+    <w:rsid w:val="54D4A32C"/>
+    <w:rsid w:val="54D5395C"/>
+    <w:rsid w:val="54F224B6"/>
+    <w:rsid w:val="54F97603"/>
+    <w:rsid w:val="5522BB3B"/>
+    <w:rsid w:val="5568C24D"/>
+    <w:rsid w:val="55724474"/>
+    <w:rsid w:val="5580657D"/>
+    <w:rsid w:val="55A2AC81"/>
+    <w:rsid w:val="55D4EA65"/>
+    <w:rsid w:val="563777AE"/>
+    <w:rsid w:val="563DAF5E"/>
+    <w:rsid w:val="5657AA20"/>
+    <w:rsid w:val="56C805F0"/>
+    <w:rsid w:val="56D0CE86"/>
+    <w:rsid w:val="56D928C3"/>
+    <w:rsid w:val="56E04ABE"/>
+    <w:rsid w:val="56E85E67"/>
+    <w:rsid w:val="56FC4081"/>
+    <w:rsid w:val="5714FB2C"/>
+    <w:rsid w:val="5719E55B"/>
+    <w:rsid w:val="5728E266"/>
+    <w:rsid w:val="57748DDB"/>
+    <w:rsid w:val="57ABC628"/>
+    <w:rsid w:val="57BD9327"/>
+    <w:rsid w:val="57C96B42"/>
+    <w:rsid w:val="57D3163A"/>
+    <w:rsid w:val="57D73826"/>
+    <w:rsid w:val="57EA379F"/>
+    <w:rsid w:val="58822E2D"/>
+    <w:rsid w:val="58A9E536"/>
+    <w:rsid w:val="58BBC4AD"/>
+    <w:rsid w:val="58EE00E2"/>
+    <w:rsid w:val="58FEFDB1"/>
+    <w:rsid w:val="590A6CFA"/>
+    <w:rsid w:val="5918260E"/>
+    <w:rsid w:val="5932B055"/>
+    <w:rsid w:val="59B99DDB"/>
+    <w:rsid w:val="5A207D62"/>
+    <w:rsid w:val="5A356B3C"/>
+    <w:rsid w:val="5A6589D5"/>
+    <w:rsid w:val="5A68E812"/>
+    <w:rsid w:val="5A6C6532"/>
+    <w:rsid w:val="5AA5C6B2"/>
+    <w:rsid w:val="5AE580AE"/>
+    <w:rsid w:val="5B2A23F5"/>
+    <w:rsid w:val="5B38BB80"/>
+    <w:rsid w:val="5B8651EF"/>
+    <w:rsid w:val="5B887412"/>
+    <w:rsid w:val="5B9212C8"/>
+    <w:rsid w:val="5BC783C4"/>
+    <w:rsid w:val="5BE33316"/>
+    <w:rsid w:val="5BF36C38"/>
+    <w:rsid w:val="5C5AD9BD"/>
+    <w:rsid w:val="5C847E78"/>
+    <w:rsid w:val="5CBCFD7E"/>
+    <w:rsid w:val="5CF540A3"/>
+    <w:rsid w:val="5D2B09C8"/>
+    <w:rsid w:val="5D2C827A"/>
+    <w:rsid w:val="5D87BE2A"/>
+    <w:rsid w:val="5D9EA9B3"/>
+    <w:rsid w:val="5DADDB6A"/>
+    <w:rsid w:val="5DD242C7"/>
+    <w:rsid w:val="5DDDDE1D"/>
+    <w:rsid w:val="5E0F18AE"/>
+    <w:rsid w:val="5E11CDA0"/>
+    <w:rsid w:val="5E65189A"/>
+    <w:rsid w:val="5EA397BD"/>
+    <w:rsid w:val="5EBF1ED3"/>
+    <w:rsid w:val="5ED34426"/>
+    <w:rsid w:val="5F05B214"/>
+    <w:rsid w:val="5F119008"/>
+    <w:rsid w:val="5F2C4D41"/>
+    <w:rsid w:val="5FC22FDA"/>
+    <w:rsid w:val="5FC3D916"/>
+    <w:rsid w:val="5FE5213C"/>
+    <w:rsid w:val="601479A3"/>
+    <w:rsid w:val="6073E0AA"/>
+    <w:rsid w:val="607EAC48"/>
+    <w:rsid w:val="608EF1AF"/>
+    <w:rsid w:val="60E048F2"/>
+    <w:rsid w:val="6122D67A"/>
+    <w:rsid w:val="615FA977"/>
+    <w:rsid w:val="616873CF"/>
+    <w:rsid w:val="61AE62D6"/>
+    <w:rsid w:val="61D50980"/>
+    <w:rsid w:val="61EF134E"/>
+    <w:rsid w:val="61FFAE7D"/>
+    <w:rsid w:val="620C7B45"/>
+    <w:rsid w:val="6251EA72"/>
+    <w:rsid w:val="62821C5E"/>
+    <w:rsid w:val="63099652"/>
+    <w:rsid w:val="6319577C"/>
+    <w:rsid w:val="631D083E"/>
+    <w:rsid w:val="6334927C"/>
+    <w:rsid w:val="635D4162"/>
+    <w:rsid w:val="638461F2"/>
+    <w:rsid w:val="6394A17A"/>
+    <w:rsid w:val="63B6B5B3"/>
+    <w:rsid w:val="63C2321A"/>
+    <w:rsid w:val="640D11FC"/>
+    <w:rsid w:val="648DCCE7"/>
+    <w:rsid w:val="64CFAC0F"/>
+    <w:rsid w:val="64D1750A"/>
+    <w:rsid w:val="64E66235"/>
+    <w:rsid w:val="6542A304"/>
+    <w:rsid w:val="65936C36"/>
+    <w:rsid w:val="662DE014"/>
+    <w:rsid w:val="6654FB35"/>
+    <w:rsid w:val="6696F12D"/>
+    <w:rsid w:val="66F7DDA2"/>
+    <w:rsid w:val="6708FE62"/>
+    <w:rsid w:val="6719AEE2"/>
+    <w:rsid w:val="671F340A"/>
+    <w:rsid w:val="676A8745"/>
+    <w:rsid w:val="67BE11E5"/>
+    <w:rsid w:val="67C06A9B"/>
+    <w:rsid w:val="685AE560"/>
+    <w:rsid w:val="68A0EA6D"/>
+    <w:rsid w:val="68A5EF8F"/>
+    <w:rsid w:val="68BC5F92"/>
+    <w:rsid w:val="68C3E895"/>
+    <w:rsid w:val="6915D2CE"/>
+    <w:rsid w:val="691AE09E"/>
+    <w:rsid w:val="69895614"/>
+    <w:rsid w:val="6A0BA6F5"/>
+    <w:rsid w:val="6A0D1269"/>
+    <w:rsid w:val="6A6AE202"/>
+    <w:rsid w:val="6A839F8D"/>
+    <w:rsid w:val="6AA84E1F"/>
+    <w:rsid w:val="6B4805A2"/>
+    <w:rsid w:val="6B4E5210"/>
+    <w:rsid w:val="6B6F3767"/>
+    <w:rsid w:val="6B74D8C8"/>
+    <w:rsid w:val="6BA4558E"/>
+    <w:rsid w:val="6BB504CC"/>
+    <w:rsid w:val="6BC8596D"/>
+    <w:rsid w:val="6BDA5F13"/>
+    <w:rsid w:val="6BE9C2D9"/>
+    <w:rsid w:val="6C34DDF3"/>
+    <w:rsid w:val="6C999437"/>
+    <w:rsid w:val="6CA16D9E"/>
+    <w:rsid w:val="6CB3C686"/>
+    <w:rsid w:val="6CC0F6D6"/>
+    <w:rsid w:val="6CCE645E"/>
+    <w:rsid w:val="6CCE6543"/>
+    <w:rsid w:val="6D1F3CC1"/>
+    <w:rsid w:val="6D419F4E"/>
+    <w:rsid w:val="6D4347B7"/>
+    <w:rsid w:val="6D4D7DC1"/>
+    <w:rsid w:val="6D60A74F"/>
+    <w:rsid w:val="6D62F3F6"/>
+    <w:rsid w:val="6D762D6F"/>
+    <w:rsid w:val="6D762F74"/>
+    <w:rsid w:val="6D968E0A"/>
+    <w:rsid w:val="6DF01865"/>
+    <w:rsid w:val="6DF8376D"/>
+    <w:rsid w:val="6E0A1658"/>
+    <w:rsid w:val="6E0B520D"/>
+    <w:rsid w:val="6E622E47"/>
+    <w:rsid w:val="6E92C420"/>
+    <w:rsid w:val="6EA73DB7"/>
+    <w:rsid w:val="6ECF9697"/>
+    <w:rsid w:val="6EDF1818"/>
+    <w:rsid w:val="6EE082C8"/>
+    <w:rsid w:val="6EF71226"/>
+    <w:rsid w:val="6F0C85F3"/>
+    <w:rsid w:val="6F12BFDA"/>
+    <w:rsid w:val="6F37380A"/>
+    <w:rsid w:val="6F517130"/>
+    <w:rsid w:val="6FD12453"/>
+    <w:rsid w:val="6FDFBFD7"/>
+    <w:rsid w:val="703094B5"/>
+    <w:rsid w:val="708F51D4"/>
+    <w:rsid w:val="70C187AA"/>
+    <w:rsid w:val="70CAB35A"/>
+    <w:rsid w:val="70DA456A"/>
+    <w:rsid w:val="70E73650"/>
+    <w:rsid w:val="70F09CDB"/>
+    <w:rsid w:val="7123F94A"/>
+    <w:rsid w:val="7148AEFD"/>
+    <w:rsid w:val="715F4B30"/>
+    <w:rsid w:val="71ADFD93"/>
+    <w:rsid w:val="7217A368"/>
+    <w:rsid w:val="72316308"/>
+    <w:rsid w:val="723648E0"/>
+    <w:rsid w:val="724366CE"/>
+    <w:rsid w:val="7278C6DE"/>
+    <w:rsid w:val="7281F1C3"/>
+    <w:rsid w:val="728D1D7C"/>
+    <w:rsid w:val="729C0CD3"/>
+    <w:rsid w:val="72AAB2D8"/>
+    <w:rsid w:val="72BC967D"/>
+    <w:rsid w:val="72C9AB5B"/>
+    <w:rsid w:val="72F34396"/>
+    <w:rsid w:val="72F8DAE7"/>
+    <w:rsid w:val="730129BB"/>
+    <w:rsid w:val="7308D5BB"/>
+    <w:rsid w:val="7343A40A"/>
+    <w:rsid w:val="739BD6BF"/>
+    <w:rsid w:val="73A21F5D"/>
+    <w:rsid w:val="73AFC6B4"/>
+    <w:rsid w:val="73FCDC49"/>
+    <w:rsid w:val="74498C4B"/>
+    <w:rsid w:val="74520894"/>
+    <w:rsid w:val="7462C44C"/>
+    <w:rsid w:val="7477501C"/>
+    <w:rsid w:val="7485FFC4"/>
+    <w:rsid w:val="749CF72C"/>
+    <w:rsid w:val="74BF1E69"/>
+    <w:rsid w:val="74D5885A"/>
+    <w:rsid w:val="750955BC"/>
+    <w:rsid w:val="75415DEF"/>
+    <w:rsid w:val="7581BA3D"/>
+    <w:rsid w:val="759AEE3E"/>
+    <w:rsid w:val="75A00871"/>
+    <w:rsid w:val="75AE79CE"/>
+    <w:rsid w:val="75F1B884"/>
+    <w:rsid w:val="76447D3B"/>
+    <w:rsid w:val="766BC2CC"/>
+    <w:rsid w:val="76B58832"/>
+    <w:rsid w:val="76BA1F95"/>
+    <w:rsid w:val="770BB579"/>
+    <w:rsid w:val="77317A89"/>
+    <w:rsid w:val="77A8CA05"/>
+    <w:rsid w:val="77C20A8B"/>
+    <w:rsid w:val="77E470D2"/>
+    <w:rsid w:val="78150AFD"/>
+    <w:rsid w:val="782974F9"/>
+    <w:rsid w:val="783B4B23"/>
+    <w:rsid w:val="788998B0"/>
+    <w:rsid w:val="78EC027C"/>
+    <w:rsid w:val="7907072E"/>
+    <w:rsid w:val="793FD19E"/>
+    <w:rsid w:val="7999C60C"/>
+    <w:rsid w:val="79A45149"/>
+    <w:rsid w:val="79A930AE"/>
+    <w:rsid w:val="79AAF185"/>
+    <w:rsid w:val="79B1EC3B"/>
+    <w:rsid w:val="79B7AE2F"/>
+    <w:rsid w:val="79CA183A"/>
+    <w:rsid w:val="79D39DF1"/>
+    <w:rsid w:val="79D53647"/>
+    <w:rsid w:val="79DB2A27"/>
+    <w:rsid w:val="7A044BD7"/>
+    <w:rsid w:val="7A07CC1D"/>
+    <w:rsid w:val="7A171855"/>
+    <w:rsid w:val="7A6F4A6E"/>
+    <w:rsid w:val="7AB5C4BD"/>
+    <w:rsid w:val="7AF3F17C"/>
+    <w:rsid w:val="7AF5B3A6"/>
+    <w:rsid w:val="7B09D584"/>
+    <w:rsid w:val="7B0DC1B1"/>
+    <w:rsid w:val="7B3A9CF8"/>
+    <w:rsid w:val="7B4F91B0"/>
+    <w:rsid w:val="7B93F728"/>
+    <w:rsid w:val="7B9FF475"/>
+    <w:rsid w:val="7BAC549F"/>
+    <w:rsid w:val="7BB7CFA6"/>
+    <w:rsid w:val="7BE6C1A5"/>
+    <w:rsid w:val="7CCCC765"/>
+    <w:rsid w:val="7CDF439F"/>
+    <w:rsid w:val="7CF5EF60"/>
+    <w:rsid w:val="7D23A2BE"/>
+    <w:rsid w:val="7D53F56D"/>
+    <w:rsid w:val="7D5E9680"/>
+    <w:rsid w:val="7DB3CA0B"/>
+    <w:rsid w:val="7DC66BA6"/>
+    <w:rsid w:val="7E38BB64"/>
+    <w:rsid w:val="7E58598F"/>
+    <w:rsid w:val="7E5E124D"/>
+    <w:rsid w:val="7E5FA16B"/>
+    <w:rsid w:val="7EE4C047"/>
+    <w:rsid w:val="7EEB31F5"/>
+    <w:rsid w:val="7EF09F15"/>
+    <w:rsid w:val="7F671B0F"/>
+    <w:rsid w:val="7FA551B8"/>
+    <w:rsid w:val="7FCB662D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7F3D7DF9"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{B2045BAD-280D-43E4-BB27-5C165677B9CA}"/>
+  <w14:docId w14:val="26B82BF3"/>
+  <w15:docId w15:val="{A152BAB6-6F3B-4D59-BD71-8B2E7B579CAA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -12739,51 +42933,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12852,51 +43046,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -13053,1205 +43247,2667 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00647112"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00603959"/>
+    <w:rsid w:val="00096CD6"/>
     <w:pPr>
-      <w:ind w:left="720"/>
+      <w:spacing w:before="92" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Cambria"/>
+      <w:b/>
+      <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading1"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001620AC"/>
+    <w:rsid w:val="00F11901"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...2 lines deleted...]
-      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:spacing w:before="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-      <w:b/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       <w:spacing w:val="-2"/>
-      <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00EB74F0"/>
+    <w:pPr>
+      <w:ind w:left="419"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00732A3E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
-      <w:outlineLvl w:val="2"/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F11901"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="420"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="150"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AC00FC"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC00FC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AC00FC"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC00FC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00126E18"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00126E18"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00126E18"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00126E18"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00126E18"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00F11901"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00954038"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00954038"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00954038"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00831A60"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001662D3"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B63A75"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B63A75"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="005525CD"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00E9140E"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable4-Accent1">
-    <w:name w:val="Grid Table 4 Accent 1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000B658F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001625B5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:spacing w:val="-2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00732A3E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="pf0">
+    <w:name w:val="pf0"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00F30FE9"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
+    <w:name w:val="cf01"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00F30FE9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B74AEF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ListTable4-Accent1">
+    <w:name w:val="List Table 4 Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
-    <w:rsid w:val="00EF788A"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00E75BFA"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="GridTable5Dark-Accent1">
+    <w:name w:val="Grid Table 5 Dark Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="00E75BFA"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
-[...12 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="GridTable4-Accent5">
+    <w:name w:val="Grid Table 4 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00E75BFA"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...8 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent1">
+    <w:name w:val="Grid Table 1 Light Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="00E75BFA"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
-[...11 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="GridTable3-Accent1">
+    <w:name w:val="Grid Table 3 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="48"/>
+    <w:rsid w:val="00E75BFA"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...434 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="GridTable5Dark-Accent2">
+    <w:name w:val="Grid Table 5 Dark Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="00E75BFA"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="632322839">
+    <w:div w:id="267350650">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1464541114">
+    <w:div w:id="444496665">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="741294388">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="130363030">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="464928461">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="892158858">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1240752143">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1254389647">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1279071767">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1308124262">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1994749121">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1667702961">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="358286866">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1367028559">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1682856989">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1708993981">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="672224943">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1585608871">
+    <w:div w:id="1028797189">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="779254515">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="459106596">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="514079044">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="942415880">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1734623988">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2139301124">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1217888123">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="282321">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="299308702">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="560216423">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="784882671">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="925072932">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1028222210">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1382435449">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1405371250">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1516337943">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
-    <w:div w:id="1929802993">
+    <w:div w:id="1057893732">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="137576420">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="229004595">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="365712734">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="575359480">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="651713879">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="770011653">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1031684040">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1104108441">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1471627257">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1946884003">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2059740540">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2075614668">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
-    <w:div w:id="2082677831">
+    <w:div w:id="1121605596">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="59140736">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1449616741">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1516456893">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1642929176">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1764955009">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1604722967">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1945384465">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1275166124">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1610621317">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1796174499">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2142535517">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1060785663">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1634558052">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1961691127">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="583104261">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="814182420">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1690986120">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="543710278">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="872309047">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="934898817">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1016884957">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1146513159">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="132258270">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="383725074">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1888371265">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1716738959">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1098141681">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2085293118">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="866987764">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1485782929">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1225146187">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1119101982">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="706874589">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2090153376">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1359314104">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1324436221">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2074086926">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="216863537">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="278536625">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="671643642">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="819999862">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="877855580">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1032610013">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1247378994">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1409109660">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1642881320">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1689331041">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1734235360">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2038463132">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
-  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Health.Equity@mass.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Health.Equity@mass.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="a84c8341-80aa-4b48-9373-d3a3de2ad48e">
+      <UserInfo>
+        <DisplayName>Guimaraes, Erica (EHS)</DisplayName>
+        <AccountId>274</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Filice, Clara (EHS)</DisplayName>
+        <AccountId>6</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Bhuiya, Nazmim (EHS)</DisplayName>
+        <AccountId>200</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Fox, Katharine (EHS)</DisplayName>
+        <AccountId>11</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <BriefDescription xmlns="ca181a51-b58f-4101-967e-bee951ab042e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ac27360936749e211cf18fc5aac8b6fa">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dbc5eb6a1eb0a10807f86206c01e9ea3" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="af7fa58904c9ea9ed432c836c5e2255b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3afb5264873c0150bb0e36c217f4207c" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:BriefDescription" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ca181a51-b58f-4101-967e-bee951ab042e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BriefDescription" ma:index="21" nillable="true" ma:displayName="Brief Description" ma:format="Dropdown" ma:internalName="BriefDescription">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -14345,136 +46001,139 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3585724-6545-42E8-B116-F85D3258F888}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9934C0D-AA94-44B3-B330-40FF1662512F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{764DCF38-5A6B-423E-88E0-0579677ECCF9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5C88B85-7D19-4F43-BAAA-84B8D7A53D1A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13EF2447-83C4-46F8-A394-EC9D763F392F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F9B2990-A0C9-42F2-A503-0BECA3021C25}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF1D2863-0046-45F3-8FC9-9C1BA0E7D1C1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F684C78-D33F-44C3-BDFD-33BA88DBA42D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>5987</Characters>
+  <Pages>20</Pages>
+  <Words>4902</Words>
+  <Characters>27947</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>14</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>232</Lines>
+  <Paragraphs>65</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7023</CharactersWithSpaces>
+  <CharactersWithSpaces>32784</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Guimaraes, Erica (EHS)</dc:creator>
+  <dc:creator>Matt Reynolds</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000E4AA08DB2E7574BB85FD0D75957E082</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Created">
+    <vt:filetime>2023-05-23T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Creator">
+    <vt:lpwstr>Acrobat PDFMaker 23 for Word</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LastSaved">
+    <vt:filetime>2023-07-19T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
     <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Producer">
+    <vt:lpwstr>Adobe PDF Library 23.1.206</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="SourceModified">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="GrammarlyDocumentId">
+    <vt:lpwstr>1e114c872a7cda9c34ecf19f2b7ead4359dced5ab41793bf0c12d042473bca91</vt:lpwstr>
   </property>
 </Properties>
 </file>