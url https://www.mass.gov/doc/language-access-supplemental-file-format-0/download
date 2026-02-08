--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -1,114 +1,140 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29602"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\KaFox\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/EHS-Teams-MH_Clinical_Policy_Support-HealthEquitySteering/Shared Documents/Health Equity Incentives Team/Vendors/Telligen (QEIP Scope)/MCEs/MCE PY3-5 Supplemental File Specifications/web version/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{313BDFA4-12E1-41A2-B382-EB27FC2956BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0F13AEA5-E0A6-4BAA-8688-A41565A2F9D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="27192" yWindow="96" windowWidth="18744" windowHeight="11868" activeTab="1" xr2:uid="{93A5459F-591A-4DA8-9D68-B571BD386C92}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" firstSheet="1" activeTab="1" xr2:uid="{93A5459F-591A-4DA8-9D68-B571BD386C92}"/>
   </bookViews>
   <sheets>
     <sheet name="General Information" sheetId="5" r:id="rId1"/>
     <sheet name="File Format" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'File Format'!$A$3:$F$3</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="89">
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Instruction: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+Supplemental File layouts should be used in conjunction with published Technical Specifications on the Mass.gov website.  Please include all cases that meet criteria for the MassHealth Eligible Population for the measure in the supplemental file, per Eligible Population definition in the Technical Specifications for the performance year. 
+Please refer to the QEIP User Guides published on Mass.gov website for additional  information related to file submission. https://www.mass.gov/masshealth-quality-and-equity-incentive-programs</t>
+    </r>
+  </si>
   <si>
     <t>General File Formatting Rules</t>
   </si>
   <si>
     <t>File Formatting Rules</t>
   </si>
   <si>
     <t>• Source text files MUST be in ASCII text format.</t>
   </si>
   <si>
     <t>• Each row must contain a CRLF (Carriage Return, Line Feed).</t>
   </si>
   <si>
     <t>• Include column headers as defined in column B of the file layouts.</t>
   </si>
   <si>
     <t>• File Delimiter:  Single pipe delimited</t>
   </si>
   <si>
     <t>• All spaces should be trimmed from character fields in input files.</t>
+  </si>
+  <si>
+    <t>• Fields for which there is no data must be sent as blank (NULL) rather than spaces</t>
   </si>
   <si>
     <t>• Apostrophes should be removed from all names (provider and member).  Embedded apostrophes within names may generate reporting errors.</t>
   </si>
   <si>
     <t>• Each table should follow source text files rules with respect to column width and data type.</t>
   </si>
   <si>
     <t>• If a text column is longer than the associated text file column, data will truncate.</t>
   </si>
   <si>
     <t>• If attempting to load numeric or date data types into a text column, data will load as text.</t>
   </si>
   <si>
     <t>• If attempting to load text data into a numerical or date data type column, the data load will fail.</t>
   </si>
   <si>
     <t>• Do not include extra columns.</t>
   </si>
   <si>
     <t>• Do not excluded any columns.</t>
   </si>
   <si>
     <t>• Do not include footer rows.</t>
   </si>
@@ -150,96 +176,137 @@
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> include the decimal point (e.g. 25000)
 Leading zeros should be included  (e.g. 04000)</t>
     </r>
   </si>
   <si>
     <t>Special Characters</t>
   </si>
   <si>
     <t>Special characters should be removed from the data.  This includes, but is not limited to:
 ?, &amp;, %, #, +, $, '</t>
   </si>
   <si>
     <t>Member ID</t>
   </si>
   <si>
     <t>Each member must have a single unique identifier across all files. This field MUST be populated and should include the members Medicaid ID</t>
   </si>
   <si>
     <t>Provider ID</t>
   </si>
   <si>
+    <t>Each provider must have a single unique identifier across all files.  This field MUST be populated with the Provider ID specified in column B of the PID tab.</t>
+  </si>
+  <si>
     <t>Format: Pipe Delimited Text Files</t>
   </si>
   <si>
+    <t>Field</t>
+  </si>
+  <si>
     <t>Field Name</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Required Field</t>
   </si>
   <si>
     <t>Acceptable Values</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>PID</t>
   </si>
   <si>
     <t>varchar(10)</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Provider's ID</t>
   </si>
   <si>
+    <t>ACO/MCO Provider ID:
+Refer to PID and Data Source tab for list of ACO/MCO IDs</t>
+  </si>
+  <si>
     <t>Tax ID</t>
   </si>
   <si>
     <t>TAX_ID</t>
   </si>
   <si>
     <t>Numeric(9)</t>
   </si>
   <si>
     <t>Provider's Tax ID</t>
   </si>
   <si>
+    <t>Tax Identification Number for Outpatient Service
+Do not include dashes.</t>
+  </si>
+  <si>
+    <t>Health Plan Member ID</t>
+  </si>
+  <si>
+    <t>HP_MEMBER_ID</t>
+  </si>
+  <si>
+    <t>varchar(50)</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Member's Health Plan ID Number</t>
+  </si>
+  <si>
+    <t>The unique primary health plan/ payer member ID for the patient.</t>
+  </si>
+  <si>
+    <t>Medicaid Claim Certificate Number (New MMIS ID/Medicaid ID)</t>
+  </si>
+  <si>
     <t>MEMBER_ID</t>
   </si>
   <si>
-    <t>varchar(50)</t>
+    <t>varchar(12)</t>
+  </si>
+  <si>
+    <t>Member's Claim Certificate Number</t>
+  </si>
+  <si>
+    <t>The unique MassHealth ID for the patient</t>
   </si>
   <si>
     <t>Member First Name</t>
   </si>
   <si>
     <t>FIRST_NAME</t>
   </si>
   <si>
     <t>Patient's First Name</t>
   </si>
   <si>
     <t>Patient First Name</t>
   </si>
   <si>
     <t>Member Last Name</t>
   </si>
   <si>
     <t>LAST_NAME</t>
   </si>
   <si>
     <t>Patient's Last Name</t>
   </si>
   <si>
     <t>Patient Last Name</t>
   </si>
@@ -249,268 +316,135 @@
   <si>
     <t>DATE_OF_BIRTH</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t xml:space="preserve">MM/DD/YYYY
 </t>
   </si>
   <si>
     <t>Patient's Date of Birth
 Acceptable Format: MM/DD/YYYY (e.g. 01/16/2024)</t>
   </si>
   <si>
     <t>Outpatient Visit Date</t>
   </si>
   <si>
     <t>VISIT_DATE</t>
   </si>
   <si>
     <t>Patient's Date of Outpatient Visit
 Acceptable Format: MM/DD/YYYY (e.g. 01/16/2024)</t>
   </si>
   <si>
+    <t>Language Assistance Services Utilized</t>
+  </si>
+  <si>
+    <t>LANG_SERV</t>
+  </si>
+  <si>
     <t>char(1)</t>
   </si>
   <si>
     <t>Y
 N</t>
   </si>
   <si>
-    <t>Source of Data</t>
-[...11 lines deleted...]
-     OTHER = Other setting</t>
+    <t>Y = Yes, language assistance services were utilized during the outpatient visit
+N= No, language assistance services were not utilized during the outpatient visit</t>
   </si>
   <si>
     <t>Member Excluded</t>
   </si>
   <si>
     <t>EXCLUSION</t>
   </si>
   <si>
     <t>Varchar(7)</t>
   </si>
   <si>
-    <t>EHR
-[...81 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Y = Yes, </t>
+      <t xml:space="preserve">NO </t>
     </r>
     <r>
       <rPr>
         <i/>
         <u/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>language assistance</t>
-[...69 lines deleted...]
-      <t>Instruction:</t>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">
-[...1 lines deleted...]
-Please refer to the QEIP User Guides published on Mass.gov website for additional information related to file submission. https://www.mass.gov/masshealth-quality-and-equity-incentive-programs</t>
+      <t xml:space="preserve">REFUSED
+UNABLE </t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Acceptable Values:
+NO = No, not excluded
+REFUSED = Member refused language assistance services 
+UNABLE = Member unable to request language assistance services </t>
+  </si>
+  <si>
+    <t>Oversample</t>
+  </si>
+  <si>
+    <t>OVERSAMPLE</t>
+  </si>
+  <si>
+    <t>char(2)</t>
+  </si>
+  <si>
+    <t>Y
+N
+NA</t>
+  </si>
+  <si>
+    <t>Y = Yes, case is part of the oversample 
+N = No, case is not part of the oversample
+NA = Not applicable because organization did not create member sample (sending full eligible population)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="14">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -566,93 +500,81 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <u/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="8">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor theme="4" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF002060"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...10 lines deleted...]
-    </fill>
   </fills>
   <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -820,172 +742,168 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{A09B9C96-B840-4DDE-8430-B164DE8407E1}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1047,51 +965,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1189,643 +1107,613 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E197F7A-9F52-4069-AE39-05E1727D1EF8}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B27"/>
   <sheetViews>
-    <sheetView view="pageLayout" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+    <sheetView view="pageLayout" topLeftCell="A34" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="B38" sqref="B38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
     <col min="1" max="1" width="27" customWidth="1"/>
-    <col min="2" max="2" width="84.7265625" customWidth="1"/>
+    <col min="2" max="2" width="84.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="110" customHeight="1" x14ac:dyDescent="0.35">
-[...10 lines deleted...]
-      <c r="A3" s="31" t="s">
+    <row r="1" spans="1:2" ht="120.75" customHeight="1">
+      <c r="A1" s="30" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="31"/>
-[...2 lines deleted...]
-      <c r="A4" s="32" t="s">
+      <c r="B1" s="31"/>
+    </row>
+    <row r="3" spans="1:2" s="4" customFormat="1" ht="20.25" customHeight="1" thickBot="1">
+      <c r="A3" s="32" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="33"/>
-[...2 lines deleted...]
-      <c r="A5" s="27" t="s">
+      <c r="B3" s="32"/>
+    </row>
+    <row r="4" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A4" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="28"/>
-[...2 lines deleted...]
-      <c r="A6" s="29" t="s">
+      <c r="B4" s="34"/>
+    </row>
+    <row r="5" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A5" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="30"/>
-[...2 lines deleted...]
-      <c r="A7" s="27" t="s">
+      <c r="B5" s="27"/>
+    </row>
+    <row r="6" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A6" s="28" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="28"/>
-[...2 lines deleted...]
-      <c r="A8" s="29" t="s">
+      <c r="B6" s="29"/>
+    </row>
+    <row r="7" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A7" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="30"/>
-[...2 lines deleted...]
-      <c r="A9" s="27" t="s">
+      <c r="B7" s="27"/>
+    </row>
+    <row r="8" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A8" s="28" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="28"/>
-[...8 lines deleted...]
-      <c r="A11" s="27" t="s">
+      <c r="B8" s="29"/>
+    </row>
+    <row r="9" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A9" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="28"/>
-[...2 lines deleted...]
-      <c r="A12" s="29" t="s">
+      <c r="B9" s="27"/>
+    </row>
+    <row r="10" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A10" s="28" t="s">
         <v>8</v>
       </c>
-      <c r="B12" s="30"/>
-[...2 lines deleted...]
-      <c r="A13" s="27" t="s">
+      <c r="B10" s="29"/>
+    </row>
+    <row r="11" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A11" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="28"/>
-[...2 lines deleted...]
-      <c r="A14" s="29" t="s">
+      <c r="B11" s="27"/>
+    </row>
+    <row r="12" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A12" s="28" t="s">
         <v>10</v>
       </c>
-      <c r="B14" s="30"/>
-[...2 lines deleted...]
-      <c r="A15" s="27" t="s">
+      <c r="B12" s="29"/>
+    </row>
+    <row r="13" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A13" s="26" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="28"/>
-[...2 lines deleted...]
-      <c r="A16" s="29" t="s">
+      <c r="B13" s="27"/>
+    </row>
+    <row r="14" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A14" s="28" t="s">
         <v>12</v>
       </c>
-      <c r="B16" s="30"/>
-[...2 lines deleted...]
-      <c r="A17" s="27" t="s">
+      <c r="B14" s="29"/>
+    </row>
+    <row r="15" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A15" s="26" t="s">
         <v>13</v>
       </c>
-      <c r="B17" s="28"/>
-[...2 lines deleted...]
-      <c r="A18" s="29" t="s">
+      <c r="B15" s="27"/>
+    </row>
+    <row r="16" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A16" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="B18" s="30"/>
-[...6 lines deleted...]
-      <c r="A20" s="31" t="s">
+      <c r="B16" s="29"/>
+    </row>
+    <row r="17" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A17" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="B20" s="31"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="27"/>
+    </row>
+    <row r="18" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
+      <c r="A18" s="28" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="29"/>
+    </row>
+    <row r="19" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A19" s="35"/>
+      <c r="B19" s="35"/>
+    </row>
+    <row r="20" spans="1:2" s="5" customFormat="1" ht="20.25" customHeight="1" thickBot="1">
+      <c r="A20" s="32" t="s">
+        <v>17</v>
+      </c>
+      <c r="B20" s="32"/>
+    </row>
+    <row r="21" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
       <c r="A21" s="6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:2" s="5" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.35">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" s="5" customFormat="1" ht="39" customHeight="1">
       <c r="A22" s="8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B22" s="9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:2" s="5" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.35">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" s="5" customFormat="1" ht="39" customHeight="1">
       <c r="A23" s="10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B23" s="11" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:2" s="5" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.35">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" s="5" customFormat="1" ht="39" customHeight="1">
       <c r="A24" s="8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B24" s="9" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:2" s="5" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.35">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" s="5" customFormat="1" ht="39" customHeight="1">
       <c r="A25" s="10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B25" s="11" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:2" s="5" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.35">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" s="5" customFormat="1" ht="39" customHeight="1">
       <c r="A26" s="14" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B26" s="15" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" s="5" customFormat="1" ht="14.25" customHeight="1">
       <c r="A27" s="12"/>
       <c r="B27" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="19">
-    <mergeCell ref="A18:B18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="A17:B17"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="A7:B7"/>
     <mergeCell ref="A1:B1"/>
+    <mergeCell ref="A18:B18"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A6:B6"/>
-    <mergeCell ref="A9:B9"/>
-[...1 lines deleted...]
-    <mergeCell ref="A7:B7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="80" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;CACO/MCO/MBHV Language Access Supplemental File Formatting</oddHeader>
+    <oddHeader>&amp;CACO/MCO/MBHP Language Access Supplemental File Formatting</oddHeader>
+    <oddFooter>&amp;C
+PY3 Language Access Supplemental File - ACO/MCO/MBHP
+Updated: December 2025</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F553E391-83EE-45AC-BCB1-074010F09DF0}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F15"/>
+  <dimension ref="A1:F14"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScale="85" zoomScaleNormal="100" zoomScalePageLayoutView="85" workbookViewId="0">
-      <selection activeCell="C6" sqref="C6"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" topLeftCell="C10" zoomScale="65" zoomScaleNormal="100" zoomScalePageLayoutView="65" workbookViewId="0">
+      <selection activeCell="E12" sqref="E12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="1" width="26.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="51.7265625" customWidth="1"/>
+    <col min="1" max="1" width="26.42578125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="20.140625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="22.5703125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="26.85546875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="31.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="51.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="3" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6" s="3" customFormat="1" ht="15.6">
       <c r="A1" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
     </row>
-    <row r="2" spans="1:6" s="3" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6" s="3" customFormat="1" ht="15.6">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:6">
       <c r="A3" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" s="16" t="s">
+        <v>33</v>
+      </c>
+      <c r="D3" s="16" t="s">
+        <v>34</v>
+      </c>
+      <c r="E3" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" s="17" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" s="23" customFormat="1" ht="29.1">
+      <c r="A4" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" s="19" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" s="23" customFormat="1" ht="30" customHeight="1">
+      <c r="A5" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" s="22" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" s="23" customFormat="1" ht="29.1">
+      <c r="A6" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" s="19" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" s="23" customFormat="1" ht="43.5">
+      <c r="A7" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" s="22" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" s="23" customFormat="1">
+      <c r="A8" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="F8" s="19" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" s="23" customFormat="1">
+      <c r="A9" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" s="20" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="F9" s="22" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" s="23" customFormat="1" ht="29.1">
+      <c r="A10" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="B10" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="E10" s="18" t="s">
         <v>69</v>
       </c>
-      <c r="B3" s="16" t="s">
-[...42 lines deleted...]
-      <c r="C5" s="18" t="s">
+      <c r="F10" s="19" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" s="23" customFormat="1" ht="29.1">
+      <c r="A11" s="20" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="20" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D5" s="18" t="s">
-[...10 lines deleted...]
-      <c r="A6" s="23" t="s">
+      <c r="E11" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="F11" s="22" t="s">
         <v>73</v>
       </c>
-      <c r="B6" s="23" t="s">
+    </row>
+    <row r="12" spans="1:6" s="23" customFormat="1" ht="78" customHeight="1">
+      <c r="A12" s="24" t="s">
         <v>74</v>
       </c>
-      <c r="C6" s="23" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="23" t="s">
+      <c r="B12" s="24" t="s">
         <v>75</v>
       </c>
-      <c r="E6" s="23" t="s">
+      <c r="C12" s="24" t="s">
         <v>76</v>
       </c>
-      <c r="F6" s="24" t="s">
+      <c r="D12" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="E12" s="24" t="s">
         <v>77</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="18" t="s">
+      <c r="F12" s="25" t="s">
         <v>78</v>
       </c>
-      <c r="B7" s="18" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="18" t="s">
+    </row>
+    <row r="13" spans="1:6" s="23" customFormat="1" ht="72.599999999999994">
+      <c r="A13" s="20" t="s">
         <v>79</v>
       </c>
-      <c r="D7" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="18" t="s">
+      <c r="B13" s="20" t="s">
         <v>80</v>
       </c>
-      <c r="F7" s="25" t="s">
+      <c r="C13" s="20" t="s">
         <v>81</v>
       </c>
-    </row>
-[...81 lines deleted...]
-      <c r="A12" s="23" t="s">
+      <c r="D13" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="E13" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="F13" s="22" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" s="23" customFormat="1" ht="57.95">
+      <c r="A14" s="24" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" s="24" t="s">
+        <v>86</v>
+      </c>
+      <c r="D14" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="E14" s="24" t="s">
         <v>87</v>
       </c>
-      <c r="B12" s="23" t="s">
+      <c r="F14" s="25" t="s">
         <v>88</v>
-      </c>
-[...70 lines deleted...]
-        <v>84</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="12" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="50" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;CACO/MCO/MBHV Language Access Supplemental File Formatting
+    <oddHeader>&amp;CACO/MCO/MBHP Language Access Supplemental File Formatting
 Pipe Delimited Text File</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;14
-PY2 Language Access Supplemental File - ACO/MCO&amp;"-,Regular"&amp;11
-March, 2025</oddFooter>
+PY3 Language Access Supplemental File - ACO/MCO/MBHP&amp;"-,Regular"&amp;11
+Updated: December 2025</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b54f10f4e79eec172ed26ef1834b7607" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f2df0f1ff799e2b1eec60a5ae7dbd158">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a2b684e3fc6b7474634bd10d69afc92c" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:BriefDescription" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ca181a51-b58f-4101-967e-bee951ab042e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -1844,50 +1732,57 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BriefDescription" ma:index="21" nillable="true" ma:displayName="Brief Description" ma:format="Dropdown" ma:internalName="BriefDescription">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -1976,151 +1871,105 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <BriefDescription xmlns="ca181a51-b58f-4101-967e-bee951ab042e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61F34A14-0FAE-41AB-8615-DB2D5A44CA7F}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7B6AAF9-A132-430F-96D4-2F8BC0095D41}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7B6AAF9-A132-430F-96D4-2F8BC0095D41}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B54F9964-BE37-4795-ABF5-9478CB1A30A8}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{719C2A66-18A0-4997-BD81-5332C1D546D6}">
-[...20 lines deleted...]
-</clbl:labelList>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61F34A14-0FAE-41AB-8615-DB2D5A44CA7F}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...17 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Aurora White</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision/>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Business Unit">
     <vt:lpwstr>59;#ES|fb593c81-08e0-45c8-a21b-1188e1ea888f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x0101000E4AA08DB2E7574BB85FD0D75957E082</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="CLM Client Name">
     <vt:lpwstr>68;#CQMV|fdb9d46e-c856-46bb-be1c-72a789797076</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="lcf76f155ced4ddcb4097134ff3c332f">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_docset_NoMedatataSyncRequired">
     <vt:lpwstr>False</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="CLM_x0020_Client_x0020_Name">
     <vt:lpwstr>68;#CQMV|fdb9d46e-c856-46bb-be1c-72a789797076</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Business_x0020_Unit">
     <vt:lpwstr>59;#ES|fb593c81-08e0-45c8-a21b-1188e1ea888f</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>e956e951-2625-4386-8d13-6eade98d425e</vt:lpwstr>
+  </property>
 </Properties>
 </file>