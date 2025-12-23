--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -6098,90 +6098,79 @@
     <w:p w14:paraId="2AF23678" w14:textId="77777777" w:rsidR="006C265E" w:rsidRPr="005B6046" w:rsidRDefault="0082298E" w:rsidP="00E72C47">
       <w:r w:rsidRPr="005B6046">
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r w:rsidR="00B66A00" w:rsidRPr="005B6046">
         <w:t>Why were you performing this activity?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29206A4B" w14:textId="716002FE" w:rsidR="006C265E" w:rsidRPr="005B6046" w:rsidRDefault="0082298E" w:rsidP="00261FCD">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="005B6046">
         <w:t xml:space="preserve">a. </w:t>
       </w:r>
       <w:r w:rsidR="00B66A00" w:rsidRPr="005B6046">
         <w:t>Why were you performing this activity</w:t>
       </w:r>
       <w:r w:rsidR="004077B7" w:rsidRPr="005B6046">
         <w:t>—</w:t>
       </w:r>
       <w:r w:rsidR="00B66A00" w:rsidRPr="005B6046">
         <w:t xml:space="preserve"> was it pursuant to an IEP?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B9A8AC6" w14:textId="0B5FB5F3" w:rsidR="006C265E" w:rsidRPr="005B6046" w:rsidRDefault="0082298E" w:rsidP="00261FCD">
+    <w:p w14:paraId="5B9A8AC6" w14:textId="09DB19CD" w:rsidR="006C265E" w:rsidRPr="005B6046" w:rsidRDefault="0082298E" w:rsidP="00261FCD">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="005B6046">
         <w:t xml:space="preserve">b. </w:t>
       </w:r>
       <w:r w:rsidR="00B66A00" w:rsidRPr="005B6046">
         <w:t>Why were you performing this activity</w:t>
       </w:r>
       <w:r w:rsidR="004077B7" w:rsidRPr="005B6046">
         <w:t>—</w:t>
       </w:r>
+      <w:r w:rsidR="00506156">
+        <w:t>Was the service needed to screen, identify, diagnose, prevent, treat, manage or improve a student’s physical or behavioral health and/or development</w:t>
+      </w:r>
       <w:r w:rsidR="00B66A00" w:rsidRPr="005B6046">
-        <w:t xml:space="preserve"> how was it authorized?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="52CAAB5D" w14:textId="6832227D" w:rsidR="006C265E" w:rsidRPr="005B6046" w:rsidRDefault="0082298E" w:rsidP="00261FCD">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441CFC08" w14:textId="44278DD7" w:rsidR="006C265E" w:rsidRPr="005B6046" w:rsidRDefault="00162F35" w:rsidP="00261FCD">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="005B6046">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">d. </w:t>
+      <w:r>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="0082298E" w:rsidRPr="005B6046">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B66A00" w:rsidRPr="005B6046">
         <w:t>Why were you performing this activity</w:t>
       </w:r>
       <w:r w:rsidR="004077B7" w:rsidRPr="005B6046">
         <w:t>—</w:t>
       </w:r>
       <w:r w:rsidR="00B66A00" w:rsidRPr="005B6046">
         <w:t xml:space="preserve"> were you acting within the scope of your clinical license?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26FD924E" w14:textId="77777777" w:rsidR="006C265E" w:rsidRPr="005B6046" w:rsidRDefault="003B4F83" w:rsidP="00751078">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:spacing w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc82176683"/>
       <w:r w:rsidRPr="005B6046">
         <w:rPr>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2.2 </w:t>
       </w:r>
@@ -6487,67 +6476,57 @@
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="005B6046">
         <w:t xml:space="preserve"> LEAs may assign tasks related to RMTS duties to a subcontractor or to multiple LEA staff, but the ultimate responsibility for the LEA’s compliance with all RMTS responsibilities and requirements must be designated to the single LEA RMTS Coordinator. To update this information as required, complete the School-Based Medicaid Program: District Contact Information Form on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId24">
         <w:r w:rsidRPr="005B6046">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>SBMP Resource Center</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009158F4" w:rsidRPr="005B6046">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="005B6046">
         <w:t xml:space="preserve"> The completed and signed form should be scanned and sent to UMMS via email to </w:t>
       </w:r>
       <w:hyperlink r:id="rId25">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="005B6046">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>schoolbasedclaiming</w:t>
-[...8 lines deleted...]
-          <w:t>@</w:t>
+          <w:t>schoolbasedclaiming@</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005B6046">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId26">
         <w:r w:rsidRPr="005B6046">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>umassmed</w:t>
         </w:r>
         <w:r w:rsidR="009158F4" w:rsidRPr="005B6046">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>.</w:t>
@@ -7732,57 +7711,52 @@
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="005B6046">
         <w:t xml:space="preserve">At the beginning of each </w:t>
       </w:r>
       <w:r w:rsidR="00C2536B">
         <w:t xml:space="preserve">fiscal </w:t>
       </w:r>
       <w:r w:rsidRPr="005B6046">
         <w:t xml:space="preserve">year, no later than the first Friday of </w:t>
       </w:r>
       <w:r w:rsidR="00C2536B">
         <w:t>June</w:t>
       </w:r>
       <w:r w:rsidR="001C64C5" w:rsidRPr="005B6046">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005B6046">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C64C5" w:rsidRPr="005B6046">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00B66A00" w:rsidRPr="005B6046">
-        <w:t xml:space="preserve">nter the annual school district calendar and work schedule information, indicating the days of the week and times of the day when staff are scheduled to </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>nter the annual school district calendar and work schedule information, indicating the days of the week and times of the day when staff are scheduled to work;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="12B17ADA" w14:textId="77777777" w:rsidR="006C265E" w:rsidRPr="005B6046" w:rsidRDefault="00B66A00" w:rsidP="00E72C47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="005B6046">
         <w:t>Create additional schedules quarterly and make updates as necessary; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC2C414" w14:textId="04EA5D96" w:rsidR="006C265E" w:rsidRPr="005B6046" w:rsidRDefault="001C64C5" w:rsidP="00E72C47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="005B6046">
         <w:t xml:space="preserve">No later than the first Friday of March, adjust </w:t>
@@ -13994,109 +13968,109 @@
                       <a:ext cx="6322969" cy="1634489"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006C265E" w:rsidRPr="005B6046" w:rsidSect="0071006F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1170" w:header="0" w:footer="1000" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="668A7FC1" w14:textId="77777777" w:rsidR="00380166" w:rsidRDefault="00380166" w:rsidP="00E72C47">
+    <w:p w14:paraId="3B996592" w14:textId="77777777" w:rsidR="00466C79" w:rsidRDefault="00466C79" w:rsidP="00E72C47">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="346C78A7" w14:textId="77777777" w:rsidR="00380166" w:rsidRDefault="00380166" w:rsidP="00E72C47">
+    <w:p w14:paraId="04C56447" w14:textId="77777777" w:rsidR="00466C79" w:rsidRDefault="00466C79" w:rsidP="00E72C47">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Fira Sans Book">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002FF" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -14398,58 +14372,58 @@
     <w:r w:rsidR="009D09C6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>28</w:t>
     </w:r>
     <w:r w:rsidR="00F213B6" w:rsidRPr="002C2055">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C9E0295" w14:textId="77777777" w:rsidR="00380166" w:rsidRDefault="00380166" w:rsidP="00E72C47">
+    <w:p w14:paraId="3100D798" w14:textId="77777777" w:rsidR="00466C79" w:rsidRDefault="00466C79" w:rsidP="00E72C47">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D5C104B" w14:textId="77777777" w:rsidR="00380166" w:rsidRDefault="00380166" w:rsidP="00E72C47">
+    <w:p w14:paraId="429AD980" w14:textId="77777777" w:rsidR="00466C79" w:rsidRDefault="00466C79" w:rsidP="00E72C47">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EDA4484C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -16035,157 +16009,164 @@
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1114053123">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="307513564">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="675807731">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="28342119">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2114859585">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="913010144">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="125"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C265E"/>
     <w:rsid w:val="000053C6"/>
     <w:rsid w:val="00032370"/>
     <w:rsid w:val="00051D1E"/>
     <w:rsid w:val="00062895"/>
     <w:rsid w:val="000766D3"/>
     <w:rsid w:val="000776A3"/>
     <w:rsid w:val="00086B5E"/>
     <w:rsid w:val="000A01C3"/>
+    <w:rsid w:val="000C1824"/>
     <w:rsid w:val="000C5A5E"/>
     <w:rsid w:val="000C66BF"/>
     <w:rsid w:val="000D11C3"/>
     <w:rsid w:val="000D425B"/>
     <w:rsid w:val="000F288C"/>
     <w:rsid w:val="000F6179"/>
     <w:rsid w:val="0012522A"/>
     <w:rsid w:val="001343B2"/>
     <w:rsid w:val="00136B9D"/>
     <w:rsid w:val="0015288A"/>
+    <w:rsid w:val="00162F35"/>
     <w:rsid w:val="00176438"/>
     <w:rsid w:val="001C64C5"/>
     <w:rsid w:val="001D084C"/>
     <w:rsid w:val="001D439F"/>
     <w:rsid w:val="001E532B"/>
     <w:rsid w:val="001E7C4A"/>
     <w:rsid w:val="00201ADE"/>
     <w:rsid w:val="00203C5F"/>
     <w:rsid w:val="00213B69"/>
     <w:rsid w:val="0021690E"/>
     <w:rsid w:val="0023039E"/>
     <w:rsid w:val="00247E22"/>
     <w:rsid w:val="00256B43"/>
     <w:rsid w:val="00261FCD"/>
     <w:rsid w:val="00274745"/>
     <w:rsid w:val="00283BD4"/>
     <w:rsid w:val="00287A24"/>
     <w:rsid w:val="002954E3"/>
     <w:rsid w:val="002A69AD"/>
     <w:rsid w:val="002B7CB7"/>
     <w:rsid w:val="002C0801"/>
     <w:rsid w:val="002C2055"/>
     <w:rsid w:val="002D36D9"/>
     <w:rsid w:val="002F1220"/>
+    <w:rsid w:val="002F5FA6"/>
     <w:rsid w:val="0031140F"/>
     <w:rsid w:val="00351BB0"/>
     <w:rsid w:val="0036394C"/>
     <w:rsid w:val="00380166"/>
     <w:rsid w:val="00383E14"/>
     <w:rsid w:val="003B0C2B"/>
     <w:rsid w:val="003B31A9"/>
     <w:rsid w:val="003B4F83"/>
     <w:rsid w:val="003C34FF"/>
     <w:rsid w:val="003D4697"/>
     <w:rsid w:val="003D7A25"/>
     <w:rsid w:val="00402AD8"/>
     <w:rsid w:val="004077B7"/>
     <w:rsid w:val="00423FE7"/>
     <w:rsid w:val="004562BF"/>
     <w:rsid w:val="0046253E"/>
     <w:rsid w:val="0046665A"/>
+    <w:rsid w:val="00466C79"/>
     <w:rsid w:val="00470D83"/>
     <w:rsid w:val="004A3ADB"/>
     <w:rsid w:val="004A3E57"/>
     <w:rsid w:val="004A7076"/>
     <w:rsid w:val="004B5063"/>
     <w:rsid w:val="004C28F5"/>
     <w:rsid w:val="004D2881"/>
+    <w:rsid w:val="004E366D"/>
     <w:rsid w:val="004F431C"/>
+    <w:rsid w:val="00506156"/>
+    <w:rsid w:val="0051163D"/>
     <w:rsid w:val="00516BF7"/>
     <w:rsid w:val="005310B6"/>
     <w:rsid w:val="00544063"/>
     <w:rsid w:val="005545A5"/>
     <w:rsid w:val="00576D8E"/>
     <w:rsid w:val="00586608"/>
     <w:rsid w:val="005B443F"/>
     <w:rsid w:val="005B6046"/>
     <w:rsid w:val="005B73C3"/>
     <w:rsid w:val="005E1BC7"/>
+    <w:rsid w:val="005E2630"/>
     <w:rsid w:val="005E6D1D"/>
     <w:rsid w:val="005F246A"/>
     <w:rsid w:val="00603B2F"/>
     <w:rsid w:val="00606E30"/>
     <w:rsid w:val="00606FEB"/>
     <w:rsid w:val="006114EF"/>
     <w:rsid w:val="00612E08"/>
     <w:rsid w:val="00655958"/>
     <w:rsid w:val="00681319"/>
     <w:rsid w:val="00697905"/>
     <w:rsid w:val="006C265E"/>
     <w:rsid w:val="006D426F"/>
     <w:rsid w:val="0070363E"/>
     <w:rsid w:val="0071006F"/>
     <w:rsid w:val="00744D5C"/>
     <w:rsid w:val="00751078"/>
     <w:rsid w:val="00763F29"/>
     <w:rsid w:val="00796181"/>
     <w:rsid w:val="00797578"/>
     <w:rsid w:val="007A4CDA"/>
     <w:rsid w:val="007D2F8C"/>
     <w:rsid w:val="007D35D5"/>
     <w:rsid w:val="00811106"/>
     <w:rsid w:val="0082298E"/>
     <w:rsid w:val="008333C2"/>
@@ -16216,50 +16197,51 @@
     <w:rsid w:val="00A61551"/>
     <w:rsid w:val="00A639D2"/>
     <w:rsid w:val="00A851CF"/>
     <w:rsid w:val="00B040B2"/>
     <w:rsid w:val="00B0427D"/>
     <w:rsid w:val="00B144FE"/>
     <w:rsid w:val="00B16440"/>
     <w:rsid w:val="00B26E1C"/>
     <w:rsid w:val="00B4604F"/>
     <w:rsid w:val="00B66A00"/>
     <w:rsid w:val="00B67BAB"/>
     <w:rsid w:val="00B75BE7"/>
     <w:rsid w:val="00B81D01"/>
     <w:rsid w:val="00BA4674"/>
     <w:rsid w:val="00BC336D"/>
     <w:rsid w:val="00BC7D13"/>
     <w:rsid w:val="00BD790F"/>
     <w:rsid w:val="00C2536B"/>
     <w:rsid w:val="00C36946"/>
     <w:rsid w:val="00C456C5"/>
     <w:rsid w:val="00C47F6E"/>
     <w:rsid w:val="00CA17C0"/>
     <w:rsid w:val="00CA3BCD"/>
     <w:rsid w:val="00CA3D43"/>
     <w:rsid w:val="00CC7771"/>
+    <w:rsid w:val="00CD2755"/>
     <w:rsid w:val="00CD3FFC"/>
     <w:rsid w:val="00D23E5C"/>
     <w:rsid w:val="00D35CE0"/>
     <w:rsid w:val="00D666D8"/>
     <w:rsid w:val="00D75301"/>
     <w:rsid w:val="00D87D19"/>
     <w:rsid w:val="00DA15C1"/>
     <w:rsid w:val="00DA4C48"/>
     <w:rsid w:val="00DB32C2"/>
     <w:rsid w:val="00DC10E5"/>
     <w:rsid w:val="00DC61A0"/>
     <w:rsid w:val="00DC7D18"/>
     <w:rsid w:val="00DE4FF4"/>
     <w:rsid w:val="00DF15C5"/>
     <w:rsid w:val="00E23E71"/>
     <w:rsid w:val="00E25965"/>
     <w:rsid w:val="00E33869"/>
     <w:rsid w:val="00E54DBF"/>
     <w:rsid w:val="00E64F00"/>
     <w:rsid w:val="00E72C47"/>
     <w:rsid w:val="00E83BF7"/>
     <w:rsid w:val="00E84526"/>
     <w:rsid w:val="00E965EE"/>
     <w:rsid w:val="00EA6D4D"/>
     <w:rsid w:val="00EB64A1"/>
@@ -17947,56 +17929,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FFEFD7582DD85948B949E9DB5F082546" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1db6fea851982866a8922e01f1aef429">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c64b7e4d-e432-438e-964d-3e1797cbfb17" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="aabd499a197d3579aece7383cc777a8f" ns2:_="">
     <xsd:import namespace="c64b7e4d-e432-438e-964d-3e1797cbfb17"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c64b7e4d-e432-438e-964d-3e1797cbfb17" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -18096,142 +18072,148 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31034E56-ABEF-402B-AC92-ADA373755F8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c64b7e4d-e432-438e-964d-3e1797cbfb17"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DB929DA-625A-4F49-BED3-8E52284A010F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39B783F5-9597-409D-B8D6-68EE94FCFB32}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DB929DA-625A-4F49-BED3-8E52284A010F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9CE4FEC-1DDC-4F40-A363-729BA95EDB47}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>38</Pages>
-  <Words>11845</Words>
-  <Characters>67523</Characters>
+  <Words>11849</Words>
+  <Characters>67541</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>562</Lines>
   <Paragraphs>158</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>79210</CharactersWithSpaces>
+  <CharactersWithSpaces>79232</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Colella-Yantosca, Lucia (EHS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2019-09-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign CC 13.1 (Windows)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">