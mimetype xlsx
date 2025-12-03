--- v0 (2025-10-13)
+++ v1 (2025-12-03)
@@ -2,1274 +2,1274 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\SBS_CSV_Reformat\Worksheets_and_Pdfs\Company\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F793C1F6-13BD-47F3-A6FE-C8A0EB91E6E7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B97E8EA6-2F4A-4824-B00C-3E044C649CF0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{6BB5EE19-777A-4B4A-97F6-1A94FF027F5A}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{FB021594-1AAF-48FB-84FF-EAC67946988B}"/>
   </bookViews>
   <sheets>
     <sheet name="XLSX_C_Worksheet" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="Current">OFFSET([1]Interface!$K$4,,,COUNTA([1]Interface!$K$4:$K$107))</definedName>
     <definedName name="Import">OFFSET([1]Interface!$J$4,,,COUNTA([1]Interface!$J$4:$J$107))</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">XLSX_C_Worksheet!$6:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2596" uniqueCount="1339">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2595" uniqueCount="1336">
   <si>
     <r>
       <t xml:space="preserve">COMMONWEALTH OF MASSACHUSETTS
 DIVISION OF INSURANCE
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">COMPANY LICENSING
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 Federal Street, Suite 700  •  Boston, MA  02110-2012
 (617) 521-7794 • FAX (617) 753-6883
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>http://www.mass.gov/doi</t>
     </r>
   </si>
   <si>
     <t>Licensed Health Insurers under Designation 6B Health All Kinds</t>
   </si>
   <si>
-    <t>October 1, 2025</t>
+    <t>December 1, 2025</t>
   </si>
   <si>
     <t>NAIC #</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>ZIP</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
-    <t xml:space="preserve"> Ceres Life Insurance Company</t>
+    <t>21st Century Centennial Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6301 OWENSMOUTH AVENUE  </t>
+  </si>
+  <si>
+    <t>WOODLAND HILLS</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>91367-2216</t>
+  </si>
+  <si>
+    <t>21st Century Premier Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6301 OWENSMOUTH AVE  </t>
+  </si>
+  <si>
+    <t>4 Ever Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 Mid America Plaza, Suite 200  </t>
+  </si>
+  <si>
+    <t>Oakbrook Terrace</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>5 Star Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">909 N. WASHINGTON STREET  </t>
+  </si>
+  <si>
+    <t>ALEXANDRIA</t>
+  </si>
+  <si>
+    <t>VA</t>
+  </si>
+  <si>
+    <t>AAA Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17900 N. Laurel Park Drive  </t>
+  </si>
+  <si>
+    <t>Livonia</t>
+  </si>
+  <si>
+    <t>MI</t>
+  </si>
+  <si>
+    <t>Ability Insurance Company (FKA Medico Life)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5601 SOUTH 59TH STREET  </t>
+  </si>
+  <si>
+    <t>LINCOLN</t>
+  </si>
+  <si>
+    <t>NE</t>
+  </si>
+  <si>
+    <t>Acadia Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 9010  </t>
+  </si>
+  <si>
+    <t>WESTBROOK</t>
+  </si>
+  <si>
+    <t>ME</t>
+  </si>
+  <si>
+    <t>04098-5010</t>
+  </si>
+  <si>
+    <t>Accelerant National Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">400 NORTHRIDGE ROAD, SUITE 800  </t>
+  </si>
+  <si>
+    <t>SANDY SPRINGS</t>
+  </si>
+  <si>
+    <t>GA</t>
+  </si>
+  <si>
+    <t>Accendo Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1021 REAMS FLEMING BLVD.  </t>
+  </si>
+  <si>
+    <t>FRANKLIN</t>
+  </si>
+  <si>
+    <t>TN</t>
+  </si>
+  <si>
+    <t>Accordia Life and Annuity Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">215 10TH STREET, SUITE 1100  </t>
+  </si>
+  <si>
+    <t>DES MOINES</t>
+  </si>
+  <si>
+    <t>IA</t>
+  </si>
+  <si>
+    <t>Accredited Surety and Casualty Company, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO BOX 140855  </t>
+  </si>
+  <si>
+    <t>ORLANDO</t>
+  </si>
+  <si>
+    <t>FL</t>
+  </si>
+  <si>
+    <t>ACE American Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">436 WALNUT STREET P.O. BOX 1000  </t>
+  </si>
+  <si>
+    <t>PHILADELPHIA</t>
+  </si>
+  <si>
+    <t>PA</t>
+  </si>
+  <si>
+    <t>ACE Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">436 WALNUT STREET  </t>
+  </si>
+  <si>
+    <t>ACE Property and Casualty Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">436 WALNUT STREET, P.O. BOX 1000  </t>
+  </si>
+  <si>
+    <t>Acstar Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30 SOUTH ROAD  </t>
+  </si>
+  <si>
+    <t>FARMINGTON</t>
+  </si>
+  <si>
+    <t>CT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	06032</t>
+  </si>
+  <si>
+    <t>Aetna Health Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATTN: STAT COMPLIANCE; P.O. BOX 818048  </t>
+  </si>
+  <si>
+    <t>CLEVELAND</t>
+  </si>
+  <si>
+    <t>OH</t>
+  </si>
+  <si>
+    <t>44181-8048</t>
+  </si>
+  <si>
+    <t>Aetna Life Insurance Company</t>
+  </si>
+  <si>
+    <t>AIG Property Casualty Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1271 AVENUE OF THE AMERICAS , 37TH FLOOR  </t>
+  </si>
+  <si>
+    <t>NEW YORK</t>
+  </si>
+  <si>
+    <t>NY</t>
+  </si>
+  <si>
+    <t>10020-1304</t>
+  </si>
+  <si>
+    <t>AIU Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1271 AVENUE OF THE AMERICAS, 37TH FLOOR  </t>
+  </si>
+  <si>
+    <t>Allianz Global Risks US Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">225 W. WASHINGTON STREET, SUITE 1800  </t>
+  </si>
+  <si>
+    <t>CHICAGO</t>
+  </si>
+  <si>
+    <t>60606-3484</t>
+  </si>
+  <si>
+    <t>Allianz Life Insurance Company of North America</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5701 GOLDEN HILLS DRIVE  </t>
+  </si>
+  <si>
+    <t>MINNEAPOLIS</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>55416-1297</t>
+  </si>
+  <si>
+    <t>Allmerica Financial Benefit Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">440 LINCOLN STREET  </t>
+  </si>
+  <si>
+    <t>WORCESTER</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>01653-0002</t>
+  </si>
+  <si>
+    <t>Allstate Indemnity Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3100 SANDERS ROAD, SUITE 201  </t>
+  </si>
+  <si>
+    <t>NORTHBROOK</t>
+  </si>
+  <si>
+    <t>60062-7154</t>
+  </si>
+  <si>
+    <t>Allstate Insurance Company</t>
+  </si>
+  <si>
+    <t>Altus Dental Insurance Company, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 CHARLES STREET  </t>
+  </si>
+  <si>
+    <t>PROVIDENCE</t>
+  </si>
+  <si>
+    <t>RI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02904</t>
+  </si>
+  <si>
+    <t>Amalgamated Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">333 WESTCHESTER AVENUE  </t>
+  </si>
+  <si>
+    <t>WHITE PLAINS</t>
+  </si>
+  <si>
+    <t>American Alternative Insurance Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">555 COLLEGE ROAD EAST - P.O. BOX 5241  </t>
+  </si>
+  <si>
+    <t>PRINCETON</t>
+  </si>
+  <si>
+    <t>NJ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	08543</t>
+  </si>
+  <si>
+    <t>American Automobile Insurance Company</t>
+  </si>
+  <si>
+    <t>American Bankers Life Assurance Company of Florida</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 979199  </t>
+  </si>
+  <si>
+    <t>MIAMI</t>
+  </si>
+  <si>
+    <t>American Benefit Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1605 LBJ Freeway, Suite 700  </t>
+  </si>
+  <si>
+    <t>Dallas</t>
+  </si>
+  <si>
+    <t>TX</t>
+  </si>
+  <si>
+    <t>American Casualty Company of Reading, Pennsylvania</t>
+  </si>
+  <si>
+    <t xml:space="preserve">151 N. FRANKLIN STREET  </t>
+  </si>
+  <si>
+    <t>American Family Connect Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6000 AMERICAN PARKWAY  </t>
+  </si>
+  <si>
+    <t>MADISON</t>
+  </si>
+  <si>
+    <t>WI</t>
+  </si>
+  <si>
+    <t>53783-0001</t>
+  </si>
+  <si>
+    <t>American Family Life Assurance Co. of Columbus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1932 WYNNTON ROAD  </t>
+  </si>
+  <si>
+    <t>COLUMBUS</t>
+  </si>
+  <si>
+    <t>31999-0001</t>
+  </si>
+  <si>
+    <t>American Family Life Assurance Company of New York</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22 CORPORATE WOODS BOULEVARD, SUITE 2  </t>
+  </si>
+  <si>
+    <t>ALBANY</t>
+  </si>
+  <si>
+    <t>American Fidelity Assurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POST OFFICE BOX 25523  </t>
+  </si>
+  <si>
+    <t>OKLAHOMA CITY</t>
+  </si>
+  <si>
+    <t>OK</t>
+  </si>
+  <si>
+    <t>73125-0523</t>
+  </si>
+  <si>
+    <t>American General Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX  1591 3-D1  </t>
+  </si>
+  <si>
+    <t>HOUSTON</t>
+  </si>
+  <si>
+    <t>American Guarantee and Liability Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1299 ZURICH WAY  </t>
+  </si>
+  <si>
+    <t>SCHAUMBURG</t>
+  </si>
+  <si>
+    <t>60196-1056</t>
+  </si>
+  <si>
+    <t>American Health and Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 2548  </t>
+  </si>
+  <si>
+    <t>Fort Worth</t>
+  </si>
+  <si>
+    <t>76113-2548</t>
+  </si>
+  <si>
+    <t>American Heritage Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4920 SAN PABLO RD SOUTH, SUITE 200C  </t>
+  </si>
+  <si>
+    <t>JACKSONVILLE</t>
+  </si>
+  <si>
+    <t>American Home Assurance Company</t>
+  </si>
+  <si>
+    <t>American Income Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 2608  </t>
+  </si>
+  <si>
+    <t>WACO</t>
+  </si>
+  <si>
+    <t>American Modern Home Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 5323  </t>
+  </si>
+  <si>
+    <t>CINCINNATI</t>
+  </si>
+  <si>
+    <t>45201-5323</t>
+  </si>
+  <si>
+    <t>American Modern Property &amp; Casualty Insurance Company</t>
+  </si>
+  <si>
+    <t>American National Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONE MOODY PLAZA  </t>
+  </si>
+  <si>
+    <t>GALVESTON</t>
+  </si>
+  <si>
+    <t>American National Life Insurance Company of New York</t>
+  </si>
+  <si>
+    <t>American National Life Insurance Company of Texas</t>
+  </si>
+  <si>
+    <t>American Progressive Life &amp; Health Ins. Co. of NY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8725 Henderson Road  </t>
+  </si>
+  <si>
+    <t>Tampa</t>
+  </si>
+  <si>
+    <t>American Public Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO BOX 269105  </t>
+  </si>
+  <si>
+    <t>73126-9105</t>
+  </si>
+  <si>
+    <t>American Republic Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 1  </t>
+  </si>
+  <si>
+    <t>Des Moines</t>
+  </si>
+  <si>
+    <t>50309-0001</t>
+  </si>
+  <si>
+    <t>American Sentinel Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">175 KING ST.  </t>
+  </si>
+  <si>
+    <t>ARMONK</t>
+  </si>
+  <si>
+    <t>American Specialty Health Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10221 Wateridge Circle  </t>
+  </si>
+  <si>
+    <t>San Diego</t>
+  </si>
+  <si>
+    <t>American States Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">175 BERKELEY STREET  </t>
+  </si>
+  <si>
+    <t>BOSTON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02116</t>
+  </si>
+  <si>
+    <t>American United Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 368  </t>
+  </si>
+  <si>
+    <t>INDIANAPOLIS</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>46206-0368</t>
+  </si>
+  <si>
+    <t>American Zurich Insurance Company</t>
+  </si>
+  <si>
+    <t>Americo Financial Life and Annuity Insurance Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 410288  </t>
+  </si>
+  <si>
+    <t>KANSAS CITY</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>64141-0288</t>
+  </si>
+  <si>
+    <t>Ameritas Life Insurance Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 81889  </t>
+  </si>
+  <si>
+    <t>Lincoln</t>
+  </si>
+  <si>
+    <t>68501-1889</t>
+  </si>
+  <si>
+    <t>AMEX Assurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO BOX 53701  </t>
+  </si>
+  <si>
+    <t>PHOENIX</t>
+  </si>
+  <si>
+    <t>AZ</t>
+  </si>
+  <si>
+    <t>85072-9872</t>
+  </si>
+  <si>
+    <t>AmFirst Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 16708  </t>
+  </si>
+  <si>
+    <t>JACKSON</t>
+  </si>
+  <si>
+    <t>MS</t>
+  </si>
+  <si>
+    <t>AmGuard Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO BOX AH  </t>
+  </si>
+  <si>
+    <t>WILKES BARRE</t>
+  </si>
+  <si>
+    <t>18703-0020</t>
+  </si>
+  <si>
+    <t>Arch Indemnity Insurance Company</t>
+  </si>
+  <si>
+    <t>HARBORSIDE 3, 210 HUDSON STREET, SUITE 600  Suite 300</t>
+  </si>
+  <si>
+    <t>JERSEY CITY</t>
+  </si>
+  <si>
+    <t>07311-1107</t>
+  </si>
+  <si>
+    <t>Arch Insurance Company</t>
+  </si>
+  <si>
+    <t>Arch Life Insurance Company of America</t>
+  </si>
+  <si>
+    <t xml:space="preserve">445 SOUTH ST. STE. 220  </t>
+  </si>
+  <si>
+    <t>MORRISTOWN</t>
+  </si>
+  <si>
+    <t>07962-1988</t>
+  </si>
+  <si>
+    <t>Arch Property Casualty Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HARBORSIDE 3, 210 HUDSON STREET, SUITE 600  </t>
+  </si>
+  <si>
+    <t>Arch WIlsure Insurance Company</t>
+  </si>
+  <si>
+    <t>Argonaut Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 469011  </t>
+  </si>
+  <si>
+    <t>SAN ANTONIO</t>
+  </si>
+  <si>
+    <t>Arrow Mutual Liability Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">465 WAVERLEY OAKS ROAD, SUITE 409  </t>
+  </si>
+  <si>
+    <t>WALTHAM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02452</t>
+  </si>
+  <si>
+    <t>Aspen American Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">400 CAPITAL BOULEVARD, SUITE 200  </t>
+  </si>
+  <si>
+    <t>ROCKY HILL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	06067</t>
+  </si>
+  <si>
+    <t>Aspida Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2327 Englert Drive  </t>
+  </si>
+  <si>
+    <t>Durham</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>Assurity Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 82533  </t>
+  </si>
+  <si>
+    <t>68501-2533</t>
+  </si>
+  <si>
+    <t>Athene Annuity &amp; Life Assurance Company of New York</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7700 MILLS CIVIC PARKWAY  </t>
+  </si>
+  <si>
+    <t>WEST DES MOINES</t>
+  </si>
+  <si>
+    <t>50266-3862</t>
+  </si>
+  <si>
+    <t>Athene Annuity and Life Company</t>
+  </si>
+  <si>
+    <t>Atlanta Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">600 PEACHTREE ST. STE 2350  </t>
+  </si>
+  <si>
+    <t>ATLANTA</t>
+  </si>
+  <si>
+    <t>Atlantic Charter Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25 New Chardon St.  </t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>02114-4721</t>
+  </si>
+  <si>
+    <t>Atlantic Coast Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">460 WEST 50 NORTH, SUITE 05-109  </t>
+  </si>
+  <si>
+    <t>SALT LAKE CITY</t>
+  </si>
+  <si>
+    <t>UT</t>
+  </si>
+  <si>
+    <t>Atlantic Specialty Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">605 Highway 169 North, Suite 800  </t>
+  </si>
+  <si>
+    <t>Plymouth</t>
+  </si>
+  <si>
+    <t>Augustar Life Assurance Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POST OFFICE BOX 237  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Augustar Life Insurance Company </t>
+  </si>
+  <si>
+    <t>Aurora National Life Assurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16600 SWINGLEY RIDGE ROAD  </t>
+  </si>
+  <si>
+    <t>CHESTERFIELD</t>
+  </si>
+  <si>
+    <t>63017-1706</t>
+  </si>
+  <si>
+    <t>Auto-Owners Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 30660  </t>
+  </si>
+  <si>
+    <t>LANSING</t>
+  </si>
+  <si>
+    <t>48909-8160</t>
+  </si>
+  <si>
+    <t>AXA XL Insurance Company Americas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">677 Washington Blvd., 10th Floor, Suite 1000  </t>
+  </si>
+  <si>
+    <t>Stamford</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	06901</t>
+  </si>
+  <si>
+    <t>AXIS Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10000 AVALON BOULEVARD, SUITE 200  </t>
+  </si>
+  <si>
+    <t>ALPHARETTA</t>
+  </si>
+  <si>
+    <t>AXIS Reinsurance Company</t>
+  </si>
+  <si>
+    <t>AXIS Specialty Insurance Company</t>
+  </si>
+  <si>
+    <t>Baltimore Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10075 Red Run Boulevard  </t>
+  </si>
+  <si>
+    <t>Owings Mills</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Bankers Fidelity Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 105185  </t>
+  </si>
+  <si>
+    <t>Atlanta</t>
+  </si>
+  <si>
+    <t>Bankers Life and Casualty Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">303 EAST WACKER DRIVE, 5TH FLOOR  </t>
+  </si>
+  <si>
+    <t>Banner Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3275 BENNETT CREEK AVENUE  </t>
+  </si>
+  <si>
+    <t>FREDERICK</t>
+  </si>
+  <si>
+    <t>Bantry Insurance Company</t>
+  </si>
+  <si>
+    <t>BCS Insurance Company</t>
+  </si>
+  <si>
+    <t>Beazley America Insurance Company, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THE RUTHERFORD BUILDING, 65 MEMORIAL ROAD, SUITE 3  </t>
+  </si>
+  <si>
+    <t>WEST HARTFORD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	06107</t>
+  </si>
+  <si>
+    <t>Beazley Insurance Company, Inc.</t>
+  </si>
+  <si>
+    <t>Benchmark Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">150 LAKE STREET WEST  </t>
+  </si>
+  <si>
+    <t>WAYZATA</t>
+  </si>
+  <si>
+    <t>Beneficial Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO Box 45654  </t>
+  </si>
+  <si>
+    <t>Salt Lake City</t>
+  </si>
+  <si>
+    <t>84145-0654</t>
+  </si>
+  <si>
+    <t>Berkley Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">475 STEAMBOAT ROAD  </t>
+  </si>
+  <si>
+    <t>GREENWICH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	06830</t>
+  </si>
+  <si>
+    <t>Berkley Life and Health Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 9190  </t>
+  </si>
+  <si>
+    <t>50306-9190</t>
+  </si>
+  <si>
+    <t>Berkshire Hathaway Specialty Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1314 DOUGLAS STREET, SUITE 1400  </t>
+  </si>
+  <si>
+    <t>OMAHA</t>
+  </si>
+  <si>
+    <t>68102-1944</t>
+  </si>
+  <si>
+    <t>Berkshire Life Insurance Company of America</t>
+  </si>
+  <si>
+    <t xml:space="preserve">700 SOUTH STREET  </t>
+  </si>
+  <si>
+    <t>PITTSFIELD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01201</t>
+  </si>
+  <si>
+    <t>Boston Mutual Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">120 Royall Street  </t>
+  </si>
+  <si>
+    <t>Canton</t>
+  </si>
+  <si>
+    <t>02021-1098</t>
+  </si>
+  <si>
+    <t>Bridge City Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 535061  </t>
+  </si>
+  <si>
+    <t>PITTSBURGH</t>
+  </si>
+  <si>
+    <t>15253-5061</t>
+  </si>
+  <si>
+    <t>Brighthouse Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11225 NORTH COMMUNITY HOUSE ROAD  </t>
+  </si>
+  <si>
+    <t>CHARLOTTE</t>
+  </si>
+  <si>
+    <t>Brotherhood Mutual Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 2227  </t>
+  </si>
+  <si>
+    <t>FORT WAYNE</t>
+  </si>
+  <si>
+    <t>C.M. Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1295 STATE STREET  </t>
+  </si>
+  <si>
+    <t>SPRINGFIELD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01111</t>
+  </si>
+  <si>
+    <t>Canada Life Assurance Company (The)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8515 EAST ORCHARD ROAD  </t>
+  </si>
+  <si>
+    <t>GREENWOOD VILLAGE</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>Canada Life Reinsurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 1120  </t>
+  </si>
+  <si>
+    <t>BLUE BELL</t>
+  </si>
+  <si>
+    <t>19422-0319</t>
+  </si>
+  <si>
+    <t>Capitol Indemnity Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 5900  </t>
+  </si>
+  <si>
+    <t>Madison</t>
+  </si>
+  <si>
+    <t>53705-0900</t>
+  </si>
+  <si>
+    <t>Capitol Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1605 LBJ Freeway Suite 700  </t>
+  </si>
+  <si>
+    <t>Care Improvement Plus South Central Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9800 HEALTH CARE LANE, MN006-W500  </t>
+  </si>
+  <si>
+    <t>MINNETONKA</t>
+  </si>
+  <si>
+    <t>Carolina Casualty Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO BOX 9190  </t>
+  </si>
+  <si>
+    <t>Celtic Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 East Randolph Street, Suite 3600  </t>
+  </si>
+  <si>
+    <t>Chicago</t>
+  </si>
+  <si>
+    <t>Central States Health &amp; Life Company of Omaha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 34350  </t>
+  </si>
+  <si>
+    <t>Omaha</t>
+  </si>
+  <si>
+    <t>Central States Indemnity Company of Omaha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 34888  </t>
+  </si>
+  <si>
+    <t>Centre Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 WORLD TRADE CENTER, 150 GREENWICH STREET  </t>
+  </si>
+  <si>
+    <t>10007-2366</t>
+  </si>
+  <si>
+    <t>Centre Life Insurance Company</t>
+  </si>
+  <si>
+    <t>4 WORLD TRADE CENTER, 150 GREENWICH STREET  53rd Floor</t>
+  </si>
+  <si>
+    <t>Century Indemnity Company</t>
+  </si>
+  <si>
+    <t>Ceres Life Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">2 Corporate Drive  </t>
   </si>
   <si>
     <t>Shelton</t>
   </si>
   <si>
-    <t>CT</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">	06484</t>
   </si>
   <si>
-    <t>21st Century Centennial Insurance Company</t>
-[...1093 lines deleted...]
-  <si>
     <t>Charter Oak Fire Insurance Company, (The)</t>
   </si>
   <si>
     <t xml:space="preserve">ONE TOWER SQUARE  </t>
   </si>
   <si>
     <t>HARTFORD</t>
   </si>
   <si>
     <t xml:space="preserve">	06183</t>
   </si>
   <si>
     <t>Cherokee Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">34200 MOUND ROAD  </t>
   </si>
   <si>
     <t>STERLING HEIGHTS</t>
   </si>
   <si>
     <t>Chicago Insurance Company</t>
   </si>
   <si>
     <t>CIGNA Health and Life Insurance Company</t>
@@ -1565,722 +1565,719 @@
   <si>
     <t>Dentegra Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">300 Corporate Center Drive Suite 600  </t>
   </si>
   <si>
     <t>Camp Hill</t>
   </si>
   <si>
     <t>Dentegra Insurance Company of New England</t>
   </si>
   <si>
     <t>Diamond State Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">3 BALA PLZ, STE 300E  </t>
   </si>
   <si>
     <t>BALA CYNWYD</t>
   </si>
   <si>
     <t>19004-3406</t>
   </si>
   <si>
-    <t>Direct General Life Insurance Company</t>
+    <t>Dominion Dental Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. Box 21522  </t>
+  </si>
+  <si>
+    <t>Drivers Edge Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">121 DRIVERS EDGE  </t>
+  </si>
+  <si>
+    <t>TRAVERSE CITY</t>
+  </si>
+  <si>
+    <t>DSM Massachusetts Insurance Company, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">465 Medford Street  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02129</t>
+  </si>
+  <si>
+    <t>EastGuard Insurance Company</t>
+  </si>
+  <si>
+    <t>Elips Life Insurance Company</t>
+  </si>
+  <si>
+    <t>EMC National Life Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO BOX 9202  </t>
+  </si>
+  <si>
+    <t>50306-9202</t>
+  </si>
+  <si>
+    <t>Emphesys Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P. O. BOX 740036  </t>
+  </si>
+  <si>
+    <t>LOUISVILLE</t>
+  </si>
+  <si>
+    <t>40201-7436</t>
+  </si>
+  <si>
+    <t>Empire Fire and Marine Insurance Company</t>
+  </si>
+  <si>
+    <t>Employers Insurance Company of Wausau</t>
+  </si>
+  <si>
+    <t>Employers Reassurance Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6100 Sprint Parkway Suite 3400  </t>
+  </si>
+  <si>
+    <t>Overland Park</t>
+  </si>
+  <si>
+    <t>KS</t>
+  </si>
+  <si>
+    <t>Empower Annuity Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8515 E. ORCHARD ROAD  </t>
+  </si>
+  <si>
+    <t>Endurance American Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 MANHATTANVILLE ROAD  </t>
+  </si>
+  <si>
+    <t>PURCHASE</t>
+  </si>
+  <si>
+    <t>Endurance Assurance Corporation</t>
+  </si>
+  <si>
+    <t>Entrada Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6000 WESTOWN PARKWAY  </t>
+  </si>
+  <si>
+    <t>50266-5921</t>
+  </si>
+  <si>
+    <t>Equitable Financial Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1345 AVENUE OF THE AMERICAS  </t>
+  </si>
+  <si>
+    <t>Equitable Financial Life Insurance Company of America</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8501 IBM DRIVE  </t>
+  </si>
+  <si>
+    <t>Equitrust Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7100 WESTOWN PARKWAY, SUITE 200  </t>
+  </si>
+  <si>
+    <t>Everest Denali Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 Everest Way, Warren Corporate Center  </t>
+  </si>
+  <si>
+    <t>Warren</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	07059</t>
+  </si>
+  <si>
+    <t>Everest Premier Insurance Company</t>
+  </si>
+  <si>
+    <t>Everest Reinsurance Company</t>
+  </si>
+  <si>
+    <t>Everlake Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3100 SANDERS ROAD, SUITE 303  </t>
+  </si>
+  <si>
+    <t>Everly Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">One Security Benefit Place  </t>
+  </si>
+  <si>
+    <t>Topeka</t>
+  </si>
+  <si>
+    <t>66636-0001</t>
+  </si>
+  <si>
+    <t>Everspan Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONE WORLD TRADE CENTER, 41ST FLOOR  </t>
+  </si>
+  <si>
+    <t>Executive Risk Indemnity Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">202B HALL'S MILL ROAD  </t>
+  </si>
+  <si>
+    <t>WHITEHOUSE STATION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	08889</t>
+  </si>
+  <si>
+    <t>Fair American Insurance and Reinsurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONE LIBERTY PLAZA, 165 BROADWAY  </t>
+  </si>
+  <si>
+    <t>Fallon Health &amp; Life Assurance Company, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">One Mercantile Street, Suite 400  </t>
+  </si>
+  <si>
+    <t>Worcester</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01608</t>
+  </si>
+  <si>
+    <t>Falls Lake National Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 27648  </t>
+  </si>
+  <si>
+    <t>RICHMOND</t>
+  </si>
+  <si>
+    <t>Family Heritage Life Insurance Company of America</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 470608  </t>
+  </si>
+  <si>
+    <t>44147-3529</t>
+  </si>
+  <si>
+    <t>Family Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10777 Northwest Freeway  </t>
+  </si>
+  <si>
+    <t>Houston</t>
+  </si>
+  <si>
+    <t>Farmers New World Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3120 139TH AVENUE SOUTHEAST, SUITE 300  </t>
+  </si>
+  <si>
+    <t>BELLEVUE</t>
+  </si>
+  <si>
+    <t>WA</t>
+  </si>
+  <si>
+    <t>98005-4491</t>
+  </si>
+  <si>
+    <t>Farmers Property and Casualty Insurance Company</t>
+  </si>
+  <si>
+    <t>Farmington Casualty Company</t>
+  </si>
+  <si>
+    <t>Federal Insurance Company</t>
+  </si>
+  <si>
+    <t>Federated Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">121 EAST PARK SQUARE  </t>
+  </si>
+  <si>
+    <t>OWATONNA</t>
+  </si>
+  <si>
+    <t>Federated Mutual Insurance Company</t>
+  </si>
+  <si>
+    <t>Fidelity &amp; Guaranty Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">801 GRAND AVE. SUITE 2600  </t>
+  </si>
+  <si>
+    <t>Fidelity Life Association, A Legal Reserve Life Ins. Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1350 E Touhy Avenue Suite 205W  </t>
+  </si>
+  <si>
+    <t>Des Plaines</t>
+  </si>
+  <si>
+    <t>Fidelity Security Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3130 BROADWAY  </t>
+  </si>
+  <si>
+    <t>64111-2452</t>
+  </si>
+  <si>
+    <t>Fireman's Fund Insurance Company</t>
+  </si>
+  <si>
+    <t>First Allmerica Financial Life Insurance Company</t>
+  </si>
+  <si>
+    <t>First Health Life &amp; Health Insurance Company</t>
+  </si>
+  <si>
+    <t>First Liberty Insurance Corporation (The)</t>
+  </si>
+  <si>
+    <t>First Penn-Pacific Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 NORTH GREENE STREET  </t>
+  </si>
+  <si>
+    <t>GREENSBORO</t>
+  </si>
+  <si>
+    <t>FMH Ag Risk Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6785 WESTOWN PARKWAY  </t>
+  </si>
+  <si>
+    <t>Forethought Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 WEST MARKET STREET, SUITE 2300  </t>
+  </si>
+  <si>
+    <t>Fresenius Health Plans Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">68 HARRISON AVENUE, STE 605 PMB 39516  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">	02111</t>
+  </si>
+  <si>
+    <t>Garden State Life Insurance Company</t>
+  </si>
+  <si>
+    <t>GEICO General Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15 GEICO Blvd  </t>
+  </si>
+  <si>
+    <t>Fredericksburg</t>
+  </si>
+  <si>
+    <t>General Security National Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28 LIBERTY STREET, SUITE 5400  </t>
+  </si>
+  <si>
+    <t>10005-1445</t>
+  </si>
+  <si>
+    <t>Genesis Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">400 ATLANTIC STREET  </t>
+  </si>
+  <si>
+    <t>STAMFORD</t>
+  </si>
+  <si>
+    <t>Genworth Life and Annuity Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11011 WEST BROAD STREET  </t>
+  </si>
+  <si>
+    <t>GLEN ALLEN</t>
+  </si>
+  <si>
+    <t>Genworth Life Insurance Company</t>
+  </si>
+  <si>
+    <t>Gerber Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44 SOUTH BROADWAY, 8TH FLOOR  </t>
+  </si>
+  <si>
+    <t>Globe Life and Accident Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3700 S. STONEBRIDGE DRIVE  </t>
+  </si>
+  <si>
+    <t>MCKINNEY</t>
+  </si>
+  <si>
+    <t>Golden Rule Insurance Company</t>
+  </si>
+  <si>
+    <t>Government Employees Insurance Company</t>
+  </si>
+  <si>
+    <t>Government Personnel Mutual Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GPM Life Bldg - P.O. Box 659567  </t>
+  </si>
+  <si>
+    <t>San Antonio</t>
+  </si>
+  <si>
+    <t>78265-9567</t>
+  </si>
+  <si>
+    <t>Granite State Insurance Company</t>
+  </si>
+  <si>
+    <t>Great American Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">301 E. FOURTH STREET  </t>
+  </si>
+  <si>
+    <t>Great American Spirit Insurance Company</t>
+  </si>
+  <si>
+    <t>Great Divide Insurance Company</t>
+  </si>
+  <si>
+    <t>Great Southern Life Insurance Company</t>
+  </si>
+  <si>
+    <t>Greater Mid Atlantic Indemnity Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">350 Fifth Avenue, 7th Floor  </t>
+  </si>
+  <si>
+    <t>Greater Midwestern Indemnity Company</t>
+  </si>
+  <si>
+    <t>Greater New York Mutual Insurance Company</t>
+  </si>
+  <si>
+    <t>Greenwich Insurance Company</t>
+  </si>
+  <si>
+    <t>Greenwood Insurance Company</t>
+  </si>
+  <si>
+    <t>Guarantee Trust Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1275 MILWAUKEE AVENUE  </t>
+  </si>
+  <si>
+    <t>GLENVIEW</t>
+  </si>
+  <si>
+    <t>Guaranty Income Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2638 SOUTH SHERWOOD FOREST BLVD, STE 200  </t>
+  </si>
+  <si>
+    <t>BATON ROUGE</t>
+  </si>
+  <si>
+    <t>LA</t>
+  </si>
+  <si>
+    <t>Guardian Life Insurance Company of America</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 HUDSON YARDS  </t>
+  </si>
+  <si>
+    <t>Hartford Accident and Indemnity Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONE HARTFORD PLAZA  </t>
+  </si>
+  <si>
+    <t>06155-0001</t>
+  </si>
+  <si>
+    <t>Hartford Casualty Insurance Company</t>
+  </si>
+  <si>
+    <t>Hartford Fire Insurance Company</t>
+  </si>
+  <si>
+    <t>Hartford Life and Accident Insurance Company</t>
+  </si>
+  <si>
+    <t>Hartford Underwriters Insurance Company</t>
+  </si>
+  <si>
+    <t>HCC Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">225 TOWNPARK DRIVE, SUITE 350  </t>
+  </si>
+  <si>
+    <t>KENNESAW</t>
+  </si>
+  <si>
+    <t>30144-3710</t>
+  </si>
+  <si>
+    <t>HCSC Insurance Services Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 East Randolph Street  </t>
+  </si>
+  <si>
+    <t>60601-5099</t>
+  </si>
+  <si>
+    <t>Health Care Service Corp. A Mutual Legal Reserve</t>
+  </si>
+  <si>
+    <t>Health Net Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7700 Forsyth Boulevard  </t>
+  </si>
+  <si>
+    <t>Saint Louis</t>
+  </si>
+  <si>
+    <t>HealthSpring Life and Health Insurance Company, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 EAST RANDOLPH STREET  </t>
+  </si>
+  <si>
+    <t>HealthSpring National Health Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">500 GREAT CIRCLE ROAD  </t>
+  </si>
+  <si>
+    <t>NASHVILLE</t>
+  </si>
+  <si>
+    <t>Heritage Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">227 WEST MONROE STREET, SUITE 3775  </t>
+  </si>
+  <si>
+    <t>HM Health Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">120 FIFTH AVENUE, DELIVERY CODE: FINACCT  </t>
+  </si>
+  <si>
+    <t>HM Life Insurance Company</t>
+  </si>
+  <si>
+    <t>HNE Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">One Monarch Place, Suite 1500  </t>
+  </si>
+  <si>
+    <t>Springfield</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01144</t>
+  </si>
+  <si>
+    <t>Horace Mann Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">#1 HORACE MANN PLAZA  </t>
+  </si>
+  <si>
+    <t>HPHC Insurance Company, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONE WELLNESS WAY  </t>
+  </si>
+  <si>
+    <t>CANTON</t>
+  </si>
+  <si>
+    <t>02021-1166</t>
+  </si>
+  <si>
+    <t>Hudson Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 WILLIAM STREET, 5TH FLOOR  </t>
+  </si>
+  <si>
+    <t>Humana Benefit Plan of Illinois, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P.O. BOX 740036  </t>
+  </si>
+  <si>
+    <t>Humana Insurance Company</t>
+  </si>
+  <si>
+    <t>HumanaDental Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PO BOX 740036  </t>
+  </si>
+  <si>
+    <t>IA American Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P. O. BOX 2549  </t>
+  </si>
+  <si>
+    <t>76702-2549</t>
+  </si>
+  <si>
+    <t>IdeaLife Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">400 ATLANTIC STREET 9TH FLOOR  </t>
+  </si>
+  <si>
+    <t>Illinois Mutual Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 S.W. ADAMS STREET  </t>
+  </si>
+  <si>
+    <t>PEORIA</t>
+  </si>
+  <si>
+    <t>Illinois National Insurance Company</t>
+  </si>
+  <si>
+    <t>Imperium Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">800 GESSNER, SUITE 600  </t>
+  </si>
+  <si>
+    <t>Indemnity Insurance Company of North America</t>
+  </si>
+  <si>
+    <t>Independence American Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">666 3rd Avenue, 23rd Floor  </t>
+  </si>
+  <si>
+    <t>Independence Life and Annuity Company</t>
+  </si>
+  <si>
+    <t>Independent Life Insurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">135 W. Bay St. Suite 500  </t>
+  </si>
+  <si>
+    <t>Jacksonville</t>
+  </si>
+  <si>
+    <t>Insurance Company of Greater New York</t>
+  </si>
+  <si>
+    <t>Insurance Company of North America</t>
+  </si>
+  <si>
+    <t>Insurance Company of the South</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10751 Deerwood Park Blvd., Suite 200  </t>
+  </si>
+  <si>
+    <t>Insurance Company of the State of Pennsylvania</t>
+  </si>
+  <si>
+    <t>Integon National Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">P.O. BOX 3199  </t>
   </si>
   <si>
     <t>WINSTON-SALEM</t>
   </si>
   <si>
     <t>27102-3199</t>
   </si>
   <si>
-    <t>Dominion Dental Services, Inc.</t>
-[...658 lines deleted...]
-  <si>
     <t>Inverin Insurance Company</t>
   </si>
   <si>
     <t>Ironshore Indemnity Inc.</t>
   </si>
   <si>
     <t>Jackson National Life Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">1 CORPORATE WAY  </t>
   </si>
   <si>
     <t>Jefferson Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">9950 MAYLAND DRIVE  </t>
   </si>
   <si>
     <t>Jefferson National Life Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">ONE WEST NATIONWIDE BLVD., 1-14-301  </t>
   </si>
   <si>
     <t>43215-2220</t>
@@ -2795,50 +2792,53 @@
   <si>
     <t>National Surety Corporation</t>
   </si>
   <si>
     <t>National Teachers Associates Life Insurance Co</t>
   </si>
   <si>
     <t xml:space="preserve">4949 Keller Springs Rd.  </t>
   </si>
   <si>
     <t>Addison</t>
   </si>
   <si>
     <t>75001-5910</t>
   </si>
   <si>
     <t>National Union Fire Ins. Co. of Pittsburgh PA</t>
   </si>
   <si>
     <t>Nationwide Affinity Insurance Company of America</t>
   </si>
   <si>
     <t>Nationwide Life and Annuity Insurance Company</t>
   </si>
   <si>
+    <t xml:space="preserve">Nationwide Life and Benefits Insurance Company </t>
+  </si>
+  <si>
     <t>Nationwide Life Insurance Company</t>
   </si>
   <si>
     <t>Nationwide Mutual Insurance Company</t>
   </si>
   <si>
     <t>Navigators Insurance Company</t>
   </si>
   <si>
     <t>New England Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">100 HIGH STREET, SUITE 610A  </t>
   </si>
   <si>
     <t xml:space="preserve">	02110</t>
   </si>
   <si>
     <t>New England Life Insurance Company</t>
   </si>
   <si>
     <t>New England Mutual Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">P.O. Box 699155  </t>
@@ -3212,57 +3212,51 @@
   <si>
     <t>Puritan Life Insurance Company of America</t>
   </si>
   <si>
     <t xml:space="preserve">7272 EAST INDIAN SCHOOL RD. SUITE 100  </t>
   </si>
   <si>
     <t>SCOTTSDALE</t>
   </si>
   <si>
     <t>QBE Insurance Corporation</t>
   </si>
   <si>
     <t>Quincy Mutual Fire Insurance Company</t>
   </si>
   <si>
     <t>R.V.I. America Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">107 Elm Street, 12th Floor  </t>
   </si>
   <si>
     <t>Reliable Life Insurance Company</t>
   </si>
   <si>
-    <t xml:space="preserve">12115 LACKLAND ROAD  </t>
-[...5 lines deleted...]
-    <t>63146-4003</t>
+    <t xml:space="preserve">1350 TIMBERLAKE MANOR PARKWAY, SUITE 200  </t>
   </si>
   <si>
     <t>Reliance Standard Life Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">1700 MARKET STREET, SUITE 1200  </t>
   </si>
   <si>
     <t>ReliaStar Life Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">5780 POWERS FERRY ROAD, NW  </t>
   </si>
   <si>
     <t>30327-4390</t>
   </si>
   <si>
     <t>ReliaStar Life Insurance Company of New York</t>
   </si>
   <si>
     <t>Renaissance Life &amp; Health Insurance Co. of America</t>
   </si>
   <si>
     <t xml:space="preserve">225 S. East Street, Suite 360  </t>
   </si>
@@ -3314,51 +3308,51 @@
   <si>
     <t xml:space="preserve">75 Sam Fonzo Drive  </t>
   </si>
   <si>
     <t>Beverly</t>
   </si>
   <si>
     <t>01915-1000</t>
   </si>
   <si>
     <t>RLI Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">9025 N. Lindbergh Drive  </t>
   </si>
   <si>
     <t>Peoria</t>
   </si>
   <si>
     <t>Rock Ridge Insurance Company</t>
   </si>
   <si>
     <t>Root Property &amp; Casualty Insurance Company</t>
   </si>
   <si>
-    <t xml:space="preserve">80 E. RICH ST., SUITE. 500  </t>
+    <t xml:space="preserve">PO BOX 369  </t>
   </si>
   <si>
     <t>S.USA Life Insurance Company, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">P.O. BOX 12847  </t>
   </si>
   <si>
     <t>ROANOKE</t>
   </si>
   <si>
     <t>Sagicor Life Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">P.O. BOX 52121  </t>
   </si>
   <si>
     <t>85072-2121</t>
   </si>
   <si>
     <t>Savings Bank Mutual Life Ins. Co. of Massachusetts (The)</t>
   </si>
   <si>
     <t xml:space="preserve">ONE LINSCOTT ROAD  </t>
   </si>
@@ -3855,53 +3849,50 @@
     <t>United Fire &amp; Casualty Company</t>
   </si>
   <si>
     <t xml:space="preserve">PO BOX 73909  </t>
   </si>
   <si>
     <t>52407-3909</t>
   </si>
   <si>
     <t>United Heritage Life Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">PO BOX 7777  </t>
   </si>
   <si>
     <t>MERIDIAN</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>83680-7777</t>
   </si>
   <si>
     <t>United Insurance Company of America</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">1350 TIMBERLAKE MANOR PARKWAY, SUITE 200  </t>
   </si>
   <si>
     <t>United of Omaha Life Insurance Company</t>
   </si>
   <si>
     <t>United States Fidelity and Guaranty Company</t>
   </si>
   <si>
     <t>United States Fire Insurance Company</t>
   </si>
   <si>
     <t>United States Life Ins. Co in the City of New York</t>
   </si>
   <si>
     <t xml:space="preserve">P.O. BOX 1591  3-D1  </t>
   </si>
   <si>
     <t>United World Life Insurance Company</t>
   </si>
   <si>
     <t>UnitedHealthcare Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">185 ASYLUM STREET  </t>
   </si>
@@ -4349,51 +4340,51 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>476250</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1295400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1123950</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C560AE7C-CFB6-409B-B8A7-B591B2B151FF}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B571259D-B7B0-41D4-A39A-DF6A7AF4D6B3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1250950" y="133350"/>
           <a:ext cx="819150" cy="990600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -4736,51 +4727,51 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{79AE08E9-531D-40D2-9B76-768E9F711928}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D8CD794-2B4F-40FA-A15D-6030DD5F8067}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H2642"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B4" sqref="B4:H4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2" customWidth="1"/>
     <col min="2" max="2" width="9.08984375" customWidth="1"/>
     <col min="3" max="3" width="39.90625" customWidth="1"/>
     <col min="4" max="4" width="42.54296875" customWidth="1"/>
     <col min="5" max="5" width="14.6328125" customWidth="1"/>
     <col min="6" max="6" width="8.36328125" customWidth="1"/>
     <col min="7" max="7" width="14.54296875" customWidth="1"/>
     <col min="8" max="8" width="14.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="112.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
@@ -4840,9365 +4831,9365 @@
       <c r="A6" s="1"/>
       <c r="B6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="16" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="17" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="18" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="18" t="s">
         <v>7</v>
       </c>
       <c r="G6" s="18" t="s">
         <v>8</v>
       </c>
       <c r="H6" s="18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="19">
-        <v>16755</v>
+        <v>34789</v>
       </c>
       <c r="C7" s="20" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="21" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="19" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="22">
-        <v>2123555515</v>
+        <v>8002452425</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B8" s="19">
-        <v>34789</v>
+        <v>20796</v>
       </c>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="21" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="20" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F8" s="19" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G8" s="19" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H8" s="22">
         <v>8002452425</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="19">
-        <v>20796</v>
+        <v>80985</v>
       </c>
       <c r="C9" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="D9" s="21" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="G9" s="19">
+        <v>60181</v>
       </c>
       <c r="H9" s="22">
-        <v>8002452425</v>
+        <v>8006219215</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B10" s="19">
-        <v>80985</v>
+        <v>77879</v>
       </c>
       <c r="C10" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="21" t="s">
         <v>22</v>
       </c>
-      <c r="D10" s="21" t="s">
+      <c r="E10" s="20" t="s">
         <v>23</v>
       </c>
-      <c r="E10" s="20" t="s">
+      <c r="F10" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="F10" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10" s="19">
-        <v>60181</v>
-[...3 lines deleted...]
-      </c>
+        <v>22314</v>
+      </c>
+      <c r="H10" s="22"/>
     </row>
     <row r="11" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B11" s="19">
-        <v>77879</v>
+        <v>71854</v>
       </c>
       <c r="C11" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="21" t="s">
         <v>26</v>
       </c>
-      <c r="D11" s="21" t="s">
+      <c r="E11" s="20" t="s">
         <v>27</v>
       </c>
-      <c r="E11" s="20" t="s">
+      <c r="F11" s="19" t="s">
         <v>28</v>
       </c>
-      <c r="F11" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="19">
-        <v>22314</v>
-[...1 lines deleted...]
-      <c r="H11" s="22"/>
+        <v>48152</v>
+      </c>
+      <c r="H11" s="22">
+        <v>7347792600</v>
+      </c>
     </row>
     <row r="12" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B12" s="19">
-        <v>71854</v>
+        <v>71471</v>
       </c>
       <c r="C12" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" s="21" t="s">
         <v>30</v>
       </c>
-      <c r="D12" s="21" t="s">
+      <c r="E12" s="20" t="s">
         <v>31</v>
       </c>
-      <c r="E12" s="20" t="s">
+      <c r="F12" s="19" t="s">
         <v>32</v>
       </c>
-      <c r="F12" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="19">
-        <v>48152</v>
+        <v>68516</v>
       </c>
       <c r="H12" s="22">
-        <v>7347792600</v>
+        <v>8777958493</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B13" s="19">
-        <v>71471</v>
+        <v>31325</v>
       </c>
       <c r="C13" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" s="21" t="s">
         <v>34</v>
       </c>
-      <c r="D13" s="21" t="s">
+      <c r="E13" s="20" t="s">
         <v>35</v>
       </c>
-      <c r="E13" s="20" t="s">
+      <c r="F13" s="19" t="s">
         <v>36</v>
       </c>
-      <c r="F13" s="19" t="s">
+      <c r="G13" s="19" t="s">
         <v>37</v>
       </c>
-      <c r="G13" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="22">
-        <v>8777958493</v>
+        <v>8007734300</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B14" s="19">
-        <v>31325</v>
+        <v>10220</v>
       </c>
       <c r="C14" s="20" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="21" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="20" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="G14" s="19" t="s">
-        <v>42</v>
+      <c r="G14" s="19">
+        <v>30350</v>
       </c>
       <c r="H14" s="22">
-        <v>8007734300</v>
+        <v>2063826670</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="19">
-        <v>10220</v>
+        <v>63444</v>
       </c>
       <c r="C15" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" s="21" t="s">
         <v>43</v>
       </c>
-      <c r="D15" s="21" t="s">
+      <c r="E15" s="20" t="s">
         <v>44</v>
       </c>
-      <c r="E15" s="20" t="s">
+      <c r="F15" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="F15" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="19">
-        <v>30350</v>
+        <v>37064</v>
       </c>
       <c r="H15" s="22">
-        <v>2063826670</v>
+        <v>8002644000</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B16" s="19">
-        <v>63444</v>
+        <v>62200</v>
       </c>
       <c r="C16" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" s="21" t="s">
         <v>47</v>
       </c>
-      <c r="D16" s="21" t="s">
+      <c r="E16" s="20" t="s">
         <v>48</v>
       </c>
-      <c r="E16" s="20" t="s">
+      <c r="F16" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="F16" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="19">
-        <v>37064</v>
-[...3 lines deleted...]
-      </c>
+        <v>50309</v>
+      </c>
+      <c r="H16" s="22"/>
     </row>
     <row r="17" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B17" s="19">
-        <v>62200</v>
+        <v>26379</v>
       </c>
       <c r="C17" s="20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="D17" s="21" t="s">
+      <c r="E17" s="20" t="s">
         <v>52</v>
       </c>
-      <c r="E17" s="20" t="s">
+      <c r="F17" s="19" t="s">
         <v>53</v>
       </c>
-      <c r="F17" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="19">
-        <v>50309</v>
-[...1 lines deleted...]
-      <c r="H17" s="22"/>
+        <v>32814</v>
+      </c>
+      <c r="H17" s="22">
+        <v>8004322799</v>
+      </c>
     </row>
     <row r="18" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B18" s="19">
-        <v>26379</v>
+        <v>22667</v>
       </c>
       <c r="C18" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="D18" s="21" t="s">
         <v>55</v>
       </c>
-      <c r="D18" s="21" t="s">
+      <c r="E18" s="20" t="s">
         <v>56</v>
       </c>
-      <c r="E18" s="20" t="s">
+      <c r="F18" s="19" t="s">
         <v>57</v>
       </c>
-      <c r="F18" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G18" s="19">
-        <v>32814</v>
-[...3 lines deleted...]
-      </c>
+        <v>19106</v>
+      </c>
+      <c r="H18" s="22"/>
     </row>
     <row r="19" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B19" s="19">
-        <v>22667</v>
+        <v>60348</v>
       </c>
       <c r="C19" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="D19" s="21" t="s">
         <v>59</v>
       </c>
-      <c r="D19" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="20" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F19" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G19" s="19">
         <v>19106</v>
       </c>
-      <c r="H19" s="22"/>
+      <c r="H19" s="22">
+        <v>2033526602</v>
+      </c>
     </row>
     <row r="20" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B20" s="19">
-        <v>60348</v>
+        <v>20699</v>
       </c>
       <c r="C20" s="20" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D20" s="21" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="E20" s="20" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F20" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G20" s="19">
         <v>19106</v>
       </c>
       <c r="H20" s="22">
-        <v>2033526602</v>
+        <v>2156401000</v>
       </c>
     </row>
     <row r="21" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B21" s="19">
-        <v>20699</v>
+        <v>22950</v>
       </c>
       <c r="C21" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="E21" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="F21" s="19" t="s">
         <v>65</v>
       </c>
-      <c r="D21" s="21" t="s">
+      <c r="G21" s="19" t="s">
         <v>66</v>
       </c>
-      <c r="E21" s="20" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H21" s="22"/>
     </row>
     <row r="22" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="19">
-        <v>22950</v>
+        <v>72052</v>
       </c>
       <c r="C22" s="20" t="s">
         <v>67</v>
       </c>
       <c r="D22" s="21" t="s">
         <v>68</v>
       </c>
       <c r="E22" s="20" t="s">
         <v>69</v>
       </c>
       <c r="F22" s="19" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="G22" s="19" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="H22" s="22"/>
+        <v>71</v>
+      </c>
+      <c r="H22" s="22">
+        <v>8008723862</v>
+      </c>
     </row>
     <row r="23" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B23" s="19">
-        <v>72052</v>
+        <v>60054</v>
       </c>
       <c r="C23" s="20" t="s">
+        <v>72</v>
+      </c>
+      <c r="D23" s="21" t="s">
+        <v>68</v>
+      </c>
+      <c r="E23" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="F23" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="G23" s="19" t="s">
         <v>71</v>
       </c>
-      <c r="D23" s="21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H23" s="22">
-        <v>8008723862</v>
+        <v>8602730123</v>
       </c>
     </row>
     <row r="24" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B24" s="19">
-        <v>60054</v>
+        <v>19402</v>
       </c>
       <c r="C24" s="20" t="s">
+        <v>73</v>
+      </c>
+      <c r="D24" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="E24" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="F24" s="19" t="s">
         <v>76</v>
       </c>
-      <c r="D24" s="21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G24" s="19" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="H24" s="22">
-        <v>8602730123</v>
+        <v>8886902882</v>
       </c>
     </row>
     <row r="25" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B25" s="19">
-        <v>19402</v>
+        <v>19399</v>
       </c>
       <c r="C25" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D25" s="21" t="s">
+        <v>79</v>
+      </c>
+      <c r="E25" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="F25" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="G25" s="19" t="s">
         <v>77</v>
       </c>
-      <c r="D25" s="21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H25" s="22">
-        <v>8886902882</v>
+        <v>2127707000</v>
       </c>
     </row>
     <row r="26" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B26" s="19">
-        <v>19399</v>
+        <v>35300</v>
       </c>
       <c r="C26" s="20" t="s">
+        <v>80</v>
+      </c>
+      <c r="D26" s="21" t="s">
+        <v>81</v>
+      </c>
+      <c r="E26" s="20" t="s">
         <v>82</v>
       </c>
-      <c r="D26" s="21" t="s">
+      <c r="F26" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="E26" s="20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H26" s="22">
-        <v>2127707000</v>
+        <v>3122243300</v>
       </c>
     </row>
     <row r="27" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B27" s="19">
-        <v>35300</v>
+        <v>90611</v>
       </c>
       <c r="C27" s="20" t="s">
         <v>84</v>
       </c>
       <c r="D27" s="21" t="s">
         <v>85</v>
       </c>
       <c r="E27" s="20" t="s">
         <v>86</v>
       </c>
       <c r="F27" s="19" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="G27" s="19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H27" s="22">
-        <v>3122243300</v>
+        <v>7637656500</v>
       </c>
     </row>
     <row r="28" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B28" s="19">
-        <v>90611</v>
+        <v>41840</v>
       </c>
       <c r="C28" s="20" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D28" s="21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E28" s="20" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F28" s="19" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G28" s="19" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="H28" s="22"/>
     </row>
     <row r="29" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B29" s="19">
-        <v>41840</v>
+        <v>19240</v>
       </c>
       <c r="C29" s="20" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D29" s="21" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E29" s="20" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F29" s="19" t="s">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="G29" s="19" t="s">
         <v>97</v>
       </c>
-      <c r="H29" s="22"/>
+      <c r="H29" s="22">
+        <v>8474025000</v>
+      </c>
     </row>
     <row r="30" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B30" s="19">
-        <v>19240</v>
+        <v>19232</v>
       </c>
       <c r="C30" s="20" t="s">
         <v>98</v>
       </c>
       <c r="D30" s="21" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E30" s="20" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F30" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G30" s="19" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="H30" s="22">
-        <v>8474025000</v>
+        <v>8009492287</v>
       </c>
     </row>
     <row r="31" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B31" s="19">
-        <v>19232</v>
+        <v>52632</v>
       </c>
       <c r="C31" s="20" t="s">
+        <v>99</v>
+      </c>
+      <c r="D31" s="21" t="s">
+        <v>100</v>
+      </c>
+      <c r="E31" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="F31" s="19" t="s">
         <v>102</v>
       </c>
-      <c r="D31" s="21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G31" s="19" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H31" s="22">
-        <v>8009492287</v>
+        <v>8772230577</v>
       </c>
     </row>
     <row r="32" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B32" s="19">
-        <v>52632</v>
+        <v>60216</v>
       </c>
       <c r="C32" s="20" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D32" s="21" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E32" s="20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F32" s="19" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>76</v>
+      </c>
+      <c r="G32" s="19">
+        <v>10604</v>
       </c>
       <c r="H32" s="22">
-        <v>8772230577</v>
+        <v>9143675000</v>
       </c>
     </row>
     <row r="33" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B33" s="19">
-        <v>60216</v>
+        <v>19720</v>
       </c>
       <c r="C33" s="20" t="s">
+        <v>107</v>
+      </c>
+      <c r="D33" s="21" t="s">
         <v>108</v>
       </c>
-      <c r="D33" s="21" t="s">
+      <c r="E33" s="20" t="s">
         <v>109</v>
       </c>
-      <c r="E33" s="20" t="s">
+      <c r="F33" s="19" t="s">
         <v>110</v>
       </c>
-      <c r="F33" s="19" t="s">
-[...3 lines deleted...]
-        <v>10604</v>
+      <c r="G33" s="19" t="s">
+        <v>111</v>
       </c>
       <c r="H33" s="22">
-        <v>9143675000</v>
+        <v>8887292242</v>
       </c>
     </row>
     <row r="34" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B34" s="19">
-        <v>19720</v>
+        <v>21849</v>
       </c>
       <c r="C34" s="20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D34" s="21" t="s">
-        <v>112</v>
+        <v>81</v>
       </c>
       <c r="E34" s="20" t="s">
-        <v>113</v>
+        <v>82</v>
       </c>
       <c r="F34" s="19" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="G34" s="19" t="s">
-        <v>115</v>
+        <v>83</v>
       </c>
       <c r="H34" s="22">
-        <v>8887292242</v>
+        <v>4158992000</v>
       </c>
     </row>
     <row r="35" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B35" s="19">
-        <v>21849</v>
+        <v>60275</v>
       </c>
       <c r="C35" s="20" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D35" s="21" t="s">
-        <v>85</v>
+        <v>114</v>
       </c>
       <c r="E35" s="20" t="s">
-        <v>86</v>
+        <v>115</v>
       </c>
       <c r="F35" s="19" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>53</v>
+      </c>
+      <c r="G35" s="19">
+        <v>33197</v>
       </c>
       <c r="H35" s="22">
-        <v>4158992000</v>
+        <v>8008522244</v>
       </c>
     </row>
     <row r="36" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B36" s="19">
-        <v>60275</v>
+        <v>66001</v>
       </c>
       <c r="C36" s="20" t="s">
+        <v>116</v>
+      </c>
+      <c r="D36" s="21" t="s">
         <v>117</v>
       </c>
-      <c r="D36" s="21" t="s">
+      <c r="E36" s="20" t="s">
         <v>118</v>
       </c>
-      <c r="E36" s="20" t="s">
+      <c r="F36" s="19" t="s">
         <v>119</v>
       </c>
-      <c r="F36" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G36" s="19">
-        <v>33197</v>
+        <v>75234</v>
       </c>
       <c r="H36" s="22">
-        <v>8008522244</v>
+        <v>4695224400</v>
       </c>
     </row>
     <row r="37" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B37" s="19">
-        <v>66001</v>
+        <v>20427</v>
       </c>
       <c r="C37" s="20" t="s">
         <v>120</v>
       </c>
       <c r="D37" s="21" t="s">
         <v>121</v>
       </c>
       <c r="E37" s="20" t="s">
-        <v>122</v>
+        <v>82</v>
       </c>
       <c r="F37" s="19" t="s">
-        <v>123</v>
+        <v>20</v>
       </c>
       <c r="G37" s="19">
-        <v>75234</v>
+        <v>60606</v>
       </c>
       <c r="H37" s="22">
-        <v>4695224400</v>
+        <v>3128225000</v>
       </c>
     </row>
     <row r="38" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B38" s="19">
-        <v>20427</v>
+        <v>12504</v>
       </c>
       <c r="C38" s="20" t="s">
+        <v>122</v>
+      </c>
+      <c r="D38" s="21" t="s">
+        <v>123</v>
+      </c>
+      <c r="E38" s="20" t="s">
         <v>124</v>
       </c>
-      <c r="D38" s="21" t="s">
+      <c r="F38" s="19" t="s">
         <v>125</v>
       </c>
-      <c r="E38" s="20" t="s">
-[...6 lines deleted...]
-        <v>60606</v>
+      <c r="G38" s="19" t="s">
+        <v>126</v>
       </c>
       <c r="H38" s="22">
-        <v>3128225000</v>
+        <v>6082424100</v>
       </c>
     </row>
     <row r="39" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B39" s="19">
-        <v>12504</v>
+        <v>60380</v>
       </c>
       <c r="C39" s="20" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D39" s="21" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E39" s="20" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F39" s="19" t="s">
-        <v>129</v>
+        <v>41</v>
       </c>
       <c r="G39" s="19" t="s">
         <v>130</v>
       </c>
       <c r="H39" s="22">
-        <v>6082424100</v>
+        <v>7063233431</v>
       </c>
     </row>
     <row r="40" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B40" s="19">
-        <v>60380</v>
+        <v>60526</v>
       </c>
       <c r="C40" s="20" t="s">
         <v>131</v>
       </c>
       <c r="D40" s="21" t="s">
         <v>132</v>
       </c>
       <c r="E40" s="20" t="s">
         <v>133</v>
       </c>
       <c r="F40" s="19" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>76</v>
+      </c>
+      <c r="G40" s="19">
+        <v>12211</v>
       </c>
       <c r="H40" s="22">
-        <v>7063233431</v>
+        <v>8003663436</v>
       </c>
     </row>
     <row r="41" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B41" s="19">
-        <v>60526</v>
+        <v>60410</v>
       </c>
       <c r="C41" s="20" t="s">
+        <v>134</v>
+      </c>
+      <c r="D41" s="21" t="s">
         <v>135</v>
       </c>
-      <c r="D41" s="21" t="s">
+      <c r="E41" s="20" t="s">
         <v>136</v>
       </c>
-      <c r="E41" s="20" t="s">
+      <c r="F41" s="19" t="s">
         <v>137</v>
       </c>
-      <c r="F41" s="19" t="s">
-[...3 lines deleted...]
-        <v>12211</v>
+      <c r="G41" s="19" t="s">
+        <v>138</v>
       </c>
       <c r="H41" s="22">
-        <v>8003663436</v>
+        <v>4055232000</v>
       </c>
     </row>
     <row r="42" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="19">
-        <v>60410</v>
+        <v>60488</v>
       </c>
       <c r="C42" s="20" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D42" s="21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E42" s="20" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F42" s="19" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>119</v>
+      </c>
+      <c r="G42" s="19">
+        <v>77251</v>
       </c>
       <c r="H42" s="22">
-        <v>4055232000</v>
+        <v>7135221111</v>
       </c>
     </row>
     <row r="43" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B43" s="19">
-        <v>60488</v>
+        <v>26247</v>
       </c>
       <c r="C43" s="20" t="s">
+        <v>142</v>
+      </c>
+      <c r="D43" s="21" t="s">
         <v>143</v>
       </c>
-      <c r="D43" s="21" t="s">
+      <c r="E43" s="20" t="s">
         <v>144</v>
       </c>
-      <c r="E43" s="20" t="s">
+      <c r="F43" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" s="19" t="s">
         <v>145</v>
       </c>
-      <c r="F43" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H43" s="22">
-        <v>7135221111</v>
+        <v>2124064646</v>
       </c>
     </row>
     <row r="44" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B44" s="19">
-        <v>26247</v>
+        <v>60518</v>
       </c>
       <c r="C44" s="20" t="s">
         <v>146</v>
       </c>
       <c r="D44" s="21" t="s">
         <v>147</v>
       </c>
       <c r="E44" s="20" t="s">
         <v>148</v>
       </c>
       <c r="F44" s="19" t="s">
-        <v>25</v>
+        <v>119</v>
       </c>
       <c r="G44" s="19" t="s">
         <v>149</v>
       </c>
       <c r="H44" s="22">
-        <v>2124064646</v>
+        <v>8173487500</v>
       </c>
     </row>
     <row r="45" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B45" s="19">
-        <v>60518</v>
+        <v>60534</v>
       </c>
       <c r="C45" s="20" t="s">
         <v>150</v>
       </c>
       <c r="D45" s="21" t="s">
         <v>151</v>
       </c>
       <c r="E45" s="20" t="s">
         <v>152</v>
       </c>
       <c r="F45" s="19" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>53</v>
+      </c>
+      <c r="G45" s="19">
+        <v>32224</v>
       </c>
       <c r="H45" s="22">
-        <v>8173487500</v>
+        <v>9049921776</v>
       </c>
     </row>
     <row r="46" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B46" s="19">
-        <v>60534</v>
+        <v>19380</v>
       </c>
       <c r="C46" s="20" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D46" s="21" t="s">
-        <v>155</v>
+        <v>79</v>
       </c>
       <c r="E46" s="20" t="s">
-        <v>156</v>
+        <v>75</v>
       </c>
       <c r="F46" s="19" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>32224</v>
+        <v>76</v>
+      </c>
+      <c r="G46" s="19" t="s">
+        <v>77</v>
       </c>
       <c r="H46" s="22">
-        <v>9049921776</v>
+        <v>2127707000</v>
       </c>
     </row>
     <row r="47" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B47" s="19">
-        <v>19380</v>
+        <v>60577</v>
       </c>
       <c r="C47" s="20" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D47" s="21" t="s">
-        <v>83</v>
+        <v>155</v>
       </c>
       <c r="E47" s="20" t="s">
-        <v>79</v>
+        <v>156</v>
       </c>
       <c r="F47" s="19" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>119</v>
+      </c>
+      <c r="G47" s="19">
+        <v>76702</v>
       </c>
       <c r="H47" s="22">
-        <v>2127707000</v>
+        <v>8004333405</v>
       </c>
     </row>
     <row r="48" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B48" s="19">
-        <v>60577</v>
+        <v>23469</v>
       </c>
       <c r="C48" s="20" t="s">
+        <v>157</v>
+      </c>
+      <c r="D48" s="21" t="s">
         <v>158</v>
       </c>
-      <c r="D48" s="21" t="s">
+      <c r="E48" s="20" t="s">
         <v>159</v>
       </c>
-      <c r="E48" s="20" t="s">
+      <c r="F48" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="G48" s="19" t="s">
         <v>160</v>
       </c>
-      <c r="F48" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H48" s="22">
-        <v>8004333405</v>
+        <v>5139437200</v>
       </c>
     </row>
     <row r="49" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B49" s="19">
-        <v>23469</v>
+        <v>42722</v>
       </c>
       <c r="C49" s="20" t="s">
         <v>161</v>
       </c>
       <c r="D49" s="21" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="E49" s="20" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="F49" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G49" s="19" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="H49" s="22">
-        <v>5139437200</v>
+        <v>8005432644</v>
       </c>
     </row>
     <row r="50" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B50" s="19">
-        <v>42722</v>
+        <v>60739</v>
       </c>
       <c r="C50" s="20" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D50" s="21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E50" s="20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F50" s="19" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>119</v>
+      </c>
+      <c r="G50" s="19">
+        <v>77550</v>
       </c>
       <c r="H50" s="22">
-        <v>8005432644</v>
+        <v>4097634661</v>
       </c>
     </row>
     <row r="51" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B51" s="19">
-        <v>60739</v>
+        <v>63126</v>
       </c>
       <c r="C51" s="20" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="D51" s="21" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="E51" s="20" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="F51" s="19" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G51" s="19">
         <v>77550</v>
       </c>
       <c r="H51" s="22">
-        <v>4097634661</v>
+        <v>8008433276</v>
       </c>
     </row>
     <row r="52" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B52" s="19">
-        <v>63126</v>
+        <v>71773</v>
       </c>
       <c r="C52" s="20" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="D52" s="21" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="E52" s="20" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="F52" s="19" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G52" s="19">
         <v>77550</v>
       </c>
       <c r="H52" s="22">
-        <v>8008433276</v>
+        <v>4097634661</v>
       </c>
     </row>
     <row r="53" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B53" s="19">
-        <v>71773</v>
+        <v>80624</v>
       </c>
       <c r="C53" s="20" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D53" s="21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E53" s="20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F53" s="19" t="s">
-        <v>123</v>
+        <v>53</v>
       </c>
       <c r="G53" s="19">
-        <v>77550</v>
-[...3 lines deleted...]
-      </c>
+        <v>33634</v>
+      </c>
+      <c r="H53" s="22"/>
     </row>
     <row r="54" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B54" s="19">
-        <v>80624</v>
+        <v>60801</v>
       </c>
       <c r="C54" s="20" t="s">
+        <v>170</v>
+      </c>
+      <c r="D54" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D54" s="21" t="s">
+      <c r="E54" s="20" t="s">
+        <v>136</v>
+      </c>
+      <c r="F54" s="19" t="s">
+        <v>137</v>
+      </c>
+      <c r="G54" s="19" t="s">
         <v>172</v>
-      </c>
-[...7 lines deleted...]
-        <v>33634</v>
       </c>
       <c r="H54" s="22"/>
     </row>
     <row r="55" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B55" s="19">
-        <v>60801</v>
+        <v>60836</v>
       </c>
       <c r="C55" s="20" t="s">
+        <v>173</v>
+      </c>
+      <c r="D55" s="21" t="s">
         <v>174</v>
       </c>
-      <c r="D55" s="21" t="s">
+      <c r="E55" s="20" t="s">
         <v>175</v>
       </c>
-      <c r="E55" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="19" t="s">
-        <v>141</v>
+        <v>49</v>
       </c>
       <c r="G55" s="19" t="s">
         <v>176</v>
       </c>
       <c r="H55" s="22"/>
     </row>
     <row r="56" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B56" s="19">
-        <v>60836</v>
+        <v>17965</v>
       </c>
       <c r="C56" s="20" t="s">
         <v>177</v>
       </c>
       <c r="D56" s="21" t="s">
         <v>178</v>
       </c>
       <c r="E56" s="20" t="s">
         <v>179</v>
       </c>
       <c r="F56" s="19" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>76</v>
+      </c>
+      <c r="G56" s="19">
+        <v>10504</v>
       </c>
       <c r="H56" s="22"/>
     </row>
     <row r="57" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B57" s="19">
-        <v>17965</v>
+        <v>84697</v>
       </c>
       <c r="C57" s="20" t="s">
+        <v>180</v>
+      </c>
+      <c r="D57" s="21" t="s">
         <v>181</v>
       </c>
-      <c r="D57" s="21" t="s">
+      <c r="E57" s="20" t="s">
         <v>182</v>
       </c>
-      <c r="E57" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" s="19" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G57" s="19">
-        <v>10504</v>
-[...1 lines deleted...]
-      <c r="H57" s="22"/>
+        <v>92121</v>
+      </c>
+      <c r="H57" s="22">
+        <v>8008483555</v>
+      </c>
     </row>
     <row r="58" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B58" s="19">
-        <v>84697</v>
+        <v>19704</v>
       </c>
       <c r="C58" s="20" t="s">
+        <v>183</v>
+      </c>
+      <c r="D58" s="21" t="s">
         <v>184</v>
       </c>
-      <c r="D58" s="21" t="s">
+      <c r="E58" s="20" t="s">
         <v>185</v>
       </c>
-      <c r="E58" s="20" t="s">
+      <c r="F58" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G58" s="19" t="s">
         <v>186</v>
       </c>
-      <c r="F58" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H58" s="22">
-        <v>8008483555</v>
+        <v>8005442614</v>
       </c>
     </row>
     <row r="59" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B59" s="19">
-        <v>19704</v>
+        <v>60895</v>
       </c>
       <c r="C59" s="20" t="s">
         <v>187</v>
       </c>
       <c r="D59" s="21" t="s">
         <v>188</v>
       </c>
       <c r="E59" s="20" t="s">
         <v>189</v>
       </c>
       <c r="F59" s="19" t="s">
-        <v>96</v>
+        <v>190</v>
       </c>
       <c r="G59" s="19" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H59" s="22">
-        <v>8005442614</v>
+        <v>3172851877</v>
       </c>
     </row>
     <row r="60" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B60" s="19">
-        <v>60895</v>
+        <v>40142</v>
       </c>
       <c r="C60" s="20" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D60" s="21" t="s">
-        <v>192</v>
+        <v>143</v>
       </c>
       <c r="E60" s="20" t="s">
-        <v>193</v>
+        <v>144</v>
       </c>
       <c r="F60" s="19" t="s">
-        <v>194</v>
+        <v>20</v>
       </c>
       <c r="G60" s="19" t="s">
-        <v>195</v>
+        <v>145</v>
       </c>
       <c r="H60" s="22">
-        <v>3172851877</v>
+        <v>8476053348</v>
       </c>
     </row>
     <row r="61" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B61" s="19">
-        <v>40142</v>
+        <v>61999</v>
       </c>
       <c r="C61" s="20" t="s">
+        <v>193</v>
+      </c>
+      <c r="D61" s="21" t="s">
+        <v>194</v>
+      </c>
+      <c r="E61" s="20" t="s">
+        <v>195</v>
+      </c>
+      <c r="F61" s="19" t="s">
         <v>196</v>
       </c>
-      <c r="D61" s="21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G61" s="19" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="H61" s="22"/>
     </row>
     <row r="62" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B62" s="19">
-        <v>61999</v>
+        <v>61301</v>
       </c>
       <c r="C62" s="20" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D62" s="21" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E62" s="20" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F62" s="19" t="s">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="G62" s="19" t="s">
         <v>201</v>
       </c>
-      <c r="H62" s="22"/>
+      <c r="H62" s="22">
+        <v>4024671122</v>
+      </c>
     </row>
     <row r="63" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B63" s="19">
-        <v>61301</v>
+        <v>27928</v>
       </c>
       <c r="C63" s="20" t="s">
         <v>202</v>
       </c>
       <c r="D63" s="21" t="s">
         <v>203</v>
       </c>
       <c r="E63" s="20" t="s">
         <v>204</v>
       </c>
       <c r="F63" s="19" t="s">
-        <v>37</v>
+        <v>205</v>
       </c>
       <c r="G63" s="19" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H63" s="22">
-        <v>4024671122</v>
+        <v>6234923038</v>
       </c>
     </row>
     <row r="64" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B64" s="19">
-        <v>27928</v>
+        <v>60250</v>
       </c>
       <c r="C64" s="20" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D64" s="21" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E64" s="20" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F64" s="19" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="G64" s="19" t="s">
         <v>210</v>
       </c>
+      <c r="G64" s="19">
+        <v>39236</v>
+      </c>
       <c r="H64" s="22">
-        <v>6234923038</v>
+        <v>6019562028</v>
       </c>
     </row>
     <row r="65" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B65" s="19">
-        <v>60250</v>
+        <v>42390</v>
       </c>
       <c r="C65" s="20" t="s">
         <v>211</v>
       </c>
       <c r="D65" s="21" t="s">
         <v>212</v>
       </c>
       <c r="E65" s="20" t="s">
         <v>213</v>
       </c>
       <c r="F65" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="G65" s="19" t="s">
         <v>214</v>
       </c>
-      <c r="G65" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="H65" s="22">
-        <v>6019562028</v>
+        <v>5708259900</v>
       </c>
     </row>
     <row r="66" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B66" s="19">
-        <v>42390</v>
+        <v>30830</v>
       </c>
       <c r="C66" s="20" t="s">
         <v>215</v>
       </c>
       <c r="D66" s="21" t="s">
         <v>216</v>
       </c>
       <c r="E66" s="20" t="s">
         <v>217</v>
       </c>
       <c r="F66" s="19" t="s">
-        <v>62</v>
+        <v>110</v>
       </c>
       <c r="G66" s="19" t="s">
         <v>218</v>
       </c>
       <c r="H66" s="22">
-        <v>5708259900</v>
+        <v>8165317668</v>
       </c>
     </row>
     <row r="67" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B67" s="19">
-        <v>30830</v>
+        <v>11150</v>
       </c>
       <c r="C67" s="20" t="s">
         <v>219</v>
       </c>
       <c r="D67" s="21" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="E67" s="20" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F67" s="19" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G67" s="19" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H67" s="22">
         <v>8165317668</v>
       </c>
     </row>
     <row r="68" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B68" s="19">
-        <v>11150</v>
+        <v>71455</v>
       </c>
       <c r="C68" s="20" t="s">
+        <v>220</v>
+      </c>
+      <c r="D68" s="21" t="s">
+        <v>221</v>
+      </c>
+      <c r="E68" s="20" t="s">
+        <v>222</v>
+      </c>
+      <c r="F68" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="G68" s="19" t="s">
         <v>223</v>
       </c>
-      <c r="D68" s="21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H68" s="22">
-        <v>8165317668</v>
+        <v>9738896475</v>
       </c>
     </row>
     <row r="69" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B69" s="19">
-        <v>71455</v>
+        <v>10946</v>
       </c>
       <c r="C69" s="20" t="s">
         <v>224</v>
       </c>
       <c r="D69" s="21" t="s">
         <v>225</v>
       </c>
       <c r="E69" s="20" t="s">
-        <v>226</v>
+        <v>217</v>
       </c>
       <c r="F69" s="19" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G69" s="19" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="H69" s="22">
-        <v>9738896475</v>
+        <v>8165317668</v>
       </c>
     </row>
     <row r="70" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B70" s="19">
-        <v>10946</v>
+        <v>25585</v>
       </c>
       <c r="C70" s="20" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D70" s="21" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="E70" s="20" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F70" s="19" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G70" s="19" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H70" s="22">
         <v>8165317668</v>
       </c>
     </row>
     <row r="71" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B71" s="19">
-        <v>25585</v>
+        <v>19801</v>
       </c>
       <c r="C71" s="20" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D71" s="21" t="s">
+        <v>228</v>
+      </c>
+      <c r="E71" s="20" t="s">
         <v>229</v>
       </c>
-      <c r="E71" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F71" s="19" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>222</v>
+        <v>119</v>
+      </c>
+      <c r="G71" s="19">
+        <v>78246</v>
       </c>
       <c r="H71" s="22">
-        <v>8165317668</v>
+        <v>8004707958</v>
       </c>
     </row>
     <row r="72" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B72" s="19">
-        <v>19801</v>
+        <v>13374</v>
       </c>
       <c r="C72" s="20" t="s">
+        <v>230</v>
+      </c>
+      <c r="D72" s="21" t="s">
         <v>231</v>
       </c>
-      <c r="D72" s="21" t="s">
+      <c r="E72" s="20" t="s">
         <v>232</v>
       </c>
-      <c r="E72" s="20" t="s">
+      <c r="F72" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G72" s="19" t="s">
         <v>233</v>
       </c>
-      <c r="F72" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H72" s="22">
-        <v>8004707958</v>
+        <v>6172445730</v>
       </c>
     </row>
     <row r="73" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B73" s="19">
-        <v>13374</v>
+        <v>43460</v>
       </c>
       <c r="C73" s="20" t="s">
         <v>234</v>
       </c>
       <c r="D73" s="21" t="s">
         <v>235</v>
       </c>
       <c r="E73" s="20" t="s">
         <v>236</v>
       </c>
       <c r="F73" s="19" t="s">
-        <v>96</v>
+        <v>65</v>
       </c>
       <c r="G73" s="19" t="s">
         <v>237</v>
       </c>
       <c r="H73" s="22">
-        <v>6172445730</v>
+        <v>8602583500</v>
       </c>
     </row>
     <row r="74" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B74" s="19">
-        <v>43460</v>
+        <v>67423</v>
       </c>
       <c r="C74" s="20" t="s">
         <v>238</v>
       </c>
       <c r="D74" s="21" t="s">
         <v>239</v>
       </c>
       <c r="E74" s="20" t="s">
         <v>240</v>
       </c>
       <c r="F74" s="19" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="G74" s="19" t="s">
         <v>241</v>
       </c>
+      <c r="G74" s="19">
+        <v>27713</v>
+      </c>
       <c r="H74" s="22">
-        <v>8602583500</v>
+        <v>8334277432</v>
       </c>
     </row>
     <row r="75" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B75" s="19">
-        <v>67423</v>
+        <v>71439</v>
       </c>
       <c r="C75" s="20" t="s">
         <v>242</v>
       </c>
       <c r="D75" s="21" t="s">
         <v>243</v>
       </c>
       <c r="E75" s="20" t="s">
+        <v>200</v>
+      </c>
+      <c r="F75" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="G75" s="19" t="s">
         <v>244</v>
       </c>
-      <c r="F75" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H75" s="22">
-        <v>8334277432</v>
+        <v>4024766500</v>
       </c>
     </row>
     <row r="76" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B76" s="19">
-        <v>71439</v>
+        <v>68039</v>
       </c>
       <c r="C76" s="20" t="s">
+        <v>245</v>
+      </c>
+      <c r="D76" s="21" t="s">
         <v>246</v>
       </c>
-      <c r="D76" s="21" t="s">
+      <c r="E76" s="20" t="s">
         <v>247</v>
       </c>
-      <c r="E76" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" s="19" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G76" s="19" t="s">
         <v>248</v>
       </c>
       <c r="H76" s="22">
-        <v>4024766500</v>
+        <v>8882668489</v>
       </c>
     </row>
     <row r="77" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B77" s="19">
-        <v>68039</v>
+        <v>61689</v>
       </c>
       <c r="C77" s="20" t="s">
         <v>249</v>
       </c>
       <c r="D77" s="21" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="E77" s="20" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="F77" s="19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G77" s="19" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="H77" s="22">
-        <v>8882668489</v>
+        <v>8008009882</v>
       </c>
     </row>
     <row r="78" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B78" s="19">
-        <v>61689</v>
+        <v>61093</v>
       </c>
       <c r="C78" s="20" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D78" s="21" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E78" s="20" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F78" s="19" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>41</v>
+      </c>
+      <c r="G78" s="19">
+        <v>30303</v>
       </c>
       <c r="H78" s="22">
-        <v>8008009882</v>
+        <v>8884073209</v>
       </c>
     </row>
     <row r="79" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B79" s="19">
-        <v>61093</v>
+        <v>44326</v>
       </c>
       <c r="C79" s="20" t="s">
+        <v>253</v>
+      </c>
+      <c r="D79" s="21" t="s">
         <v>254</v>
       </c>
-      <c r="D79" s="21" t="s">
+      <c r="E79" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="E79" s="20" t="s">
+      <c r="F79" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G79" s="19" t="s">
         <v>256</v>
       </c>
-      <c r="F79" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H79" s="22">
-        <v>8884073209</v>
+        <v>6174886500</v>
       </c>
     </row>
     <row r="80" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B80" s="19">
-        <v>44326</v>
+        <v>61115</v>
       </c>
       <c r="C80" s="20" t="s">
         <v>257</v>
       </c>
       <c r="D80" s="21" t="s">
         <v>258</v>
       </c>
       <c r="E80" s="20" t="s">
         <v>259</v>
       </c>
       <c r="F80" s="19" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="G80" s="19" t="s">
         <v>260</v>
       </c>
+      <c r="G80" s="19">
+        <v>84101</v>
+      </c>
       <c r="H80" s="22">
-        <v>6174886500</v>
+        <v>8437638680</v>
       </c>
     </row>
     <row r="81" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B81" s="19">
-        <v>61115</v>
+        <v>27154</v>
       </c>
       <c r="C81" s="20" t="s">
         <v>261</v>
       </c>
       <c r="D81" s="21" t="s">
         <v>262</v>
       </c>
       <c r="E81" s="20" t="s">
         <v>263</v>
       </c>
       <c r="F81" s="19" t="s">
-        <v>264</v>
+        <v>87</v>
       </c>
       <c r="G81" s="19">
-        <v>84101</v>
+        <v>55441</v>
       </c>
       <c r="H81" s="22">
-        <v>8437638680</v>
+        <v>2129431800</v>
       </c>
     </row>
     <row r="82" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B82" s="19">
-        <v>27154</v>
+        <v>89206</v>
       </c>
       <c r="C82" s="20" t="s">
+        <v>264</v>
+      </c>
+      <c r="D82" s="21" t="s">
         <v>265</v>
       </c>
-      <c r="D82" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="20" t="s">
-        <v>267</v>
+        <v>159</v>
       </c>
       <c r="F82" s="19" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="G82" s="19">
-        <v>55441</v>
+        <v>45201</v>
       </c>
       <c r="H82" s="22">
-        <v>2129431800</v>
+        <v>5137946100</v>
       </c>
     </row>
     <row r="83" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B83" s="19">
-        <v>89206</v>
+        <v>67172</v>
       </c>
       <c r="C83" s="20" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D83" s="21" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="E83" s="20" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="F83" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G83" s="19">
         <v>45201</v>
       </c>
       <c r="H83" s="22">
         <v>5137946100</v>
       </c>
     </row>
     <row r="84" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B84" s="19">
-        <v>67172</v>
+        <v>61182</v>
       </c>
       <c r="C84" s="20" t="s">
+        <v>267</v>
+      </c>
+      <c r="D84" s="21" t="s">
+        <v>268</v>
+      </c>
+      <c r="E84" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="F84" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="G84" s="19" t="s">
         <v>270</v>
       </c>
-      <c r="D84" s="21" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="H84" s="22"/>
     </row>
     <row r="85" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B85" s="19">
-        <v>61182</v>
+        <v>61190</v>
       </c>
       <c r="C85" s="20" t="s">
         <v>271</v>
       </c>
       <c r="D85" s="21" t="s">
         <v>272</v>
       </c>
       <c r="E85" s="20" t="s">
         <v>273</v>
       </c>
       <c r="F85" s="19" t="s">
-        <v>200</v>
+        <v>28</v>
       </c>
       <c r="G85" s="19" t="s">
         <v>274</v>
       </c>
-      <c r="H85" s="22"/>
+      <c r="H85" s="22">
+        <v>5173231200</v>
+      </c>
     </row>
     <row r="86" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B86" s="19">
-        <v>61190</v>
+        <v>19518</v>
       </c>
       <c r="C86" s="20" t="s">
         <v>275</v>
       </c>
       <c r="D86" s="21" t="s">
         <v>276</v>
       </c>
       <c r="E86" s="20" t="s">
         <v>277</v>
       </c>
       <c r="F86" s="19" t="s">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="G86" s="19" t="s">
         <v>278</v>
       </c>
-      <c r="H86" s="22">
-[...1 lines deleted...]
-      </c>
+      <c r="H86" s="22"/>
     </row>
     <row r="87" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B87" s="19">
-        <v>19518</v>
+        <v>37273</v>
       </c>
       <c r="C87" s="20" t="s">
         <v>279</v>
       </c>
       <c r="D87" s="21" t="s">
         <v>280</v>
       </c>
       <c r="E87" s="20" t="s">
         <v>281</v>
       </c>
       <c r="F87" s="19" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="H87" s="22"/>
+        <v>41</v>
+      </c>
+      <c r="G87" s="19">
+        <v>30009</v>
+      </c>
+      <c r="H87" s="22">
+        <v>3129770700</v>
+      </c>
     </row>
     <row r="88" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B88" s="19">
-        <v>37273</v>
+        <v>20370</v>
       </c>
       <c r="C88" s="20" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="D88" s="21" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="E88" s="20" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="F88" s="19" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="G88" s="19">
         <v>30009</v>
       </c>
       <c r="H88" s="22">
-        <v>3129770700</v>
+        <v>2125007600</v>
       </c>
     </row>
     <row r="89" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B89" s="19">
-        <v>20370</v>
+        <v>15610</v>
       </c>
       <c r="C89" s="20" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="D89" s="21" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="E89" s="20" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="F89" s="19" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="G89" s="19">
         <v>30009</v>
       </c>
       <c r="H89" s="22">
-        <v>2125007600</v>
+        <v>8607071725</v>
       </c>
     </row>
     <row r="90" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B90" s="19">
-        <v>15610</v>
+        <v>61212</v>
       </c>
       <c r="C90" s="20" t="s">
+        <v>284</v>
+      </c>
+      <c r="D90" s="21" t="s">
+        <v>285</v>
+      </c>
+      <c r="E90" s="20" t="s">
+        <v>286</v>
+      </c>
+      <c r="F90" s="19" t="s">
         <v>287</v>
       </c>
-      <c r="D90" s="21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G90" s="19">
-        <v>30009</v>
+        <v>21117</v>
       </c>
       <c r="H90" s="22">
-        <v>8607071725</v>
+        <v>4105816600</v>
       </c>
     </row>
     <row r="91" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B91" s="19">
-        <v>61212</v>
+        <v>61239</v>
       </c>
       <c r="C91" s="20" t="s">
         <v>288</v>
       </c>
       <c r="D91" s="21" t="s">
         <v>289</v>
       </c>
       <c r="E91" s="20" t="s">
         <v>290</v>
       </c>
       <c r="F91" s="19" t="s">
-        <v>291</v>
+        <v>41</v>
       </c>
       <c r="G91" s="19">
-        <v>21117</v>
+        <v>30348</v>
       </c>
       <c r="H91" s="22">
-        <v>4105816600</v>
+        <v>4042665500</v>
       </c>
     </row>
     <row r="92" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B92" s="19">
-        <v>61239</v>
+        <v>61263</v>
       </c>
       <c r="C92" s="20" t="s">
+        <v>291</v>
+      </c>
+      <c r="D92" s="21" t="s">
         <v>292</v>
       </c>
-      <c r="D92" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E92" s="20" t="s">
-        <v>294</v>
+        <v>82</v>
       </c>
       <c r="F92" s="19" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="G92" s="19">
-        <v>30348</v>
+        <v>60601</v>
       </c>
       <c r="H92" s="22">
-        <v>4042665500</v>
+        <v>3123966000</v>
       </c>
     </row>
     <row r="93" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B93" s="19">
-        <v>61263</v>
+        <v>94250</v>
       </c>
       <c r="C93" s="20" t="s">
+        <v>293</v>
+      </c>
+      <c r="D93" s="21" t="s">
+        <v>294</v>
+      </c>
+      <c r="E93" s="20" t="s">
         <v>295</v>
       </c>
-      <c r="D93" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F93" s="19" t="s">
-        <v>25</v>
+        <v>287</v>
       </c>
       <c r="G93" s="19">
-        <v>60601</v>
+        <v>21704</v>
       </c>
       <c r="H93" s="22">
-        <v>3123966000</v>
+        <v>2403419800</v>
       </c>
     </row>
     <row r="94" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B94" s="19">
-        <v>94250</v>
+        <v>25232</v>
       </c>
       <c r="C94" s="20" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="D94" s="21" t="s">
-        <v>298</v>
+        <v>121</v>
       </c>
       <c r="E94" s="20" t="s">
-        <v>299</v>
+        <v>82</v>
       </c>
       <c r="F94" s="19" t="s">
-        <v>291</v>
+        <v>20</v>
       </c>
       <c r="G94" s="19">
-        <v>21704</v>
+        <v>60606</v>
       </c>
       <c r="H94" s="22">
-        <v>2403419800</v>
+        <v>3128225000</v>
       </c>
     </row>
     <row r="95" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B95" s="19">
-        <v>25232</v>
+        <v>38245</v>
       </c>
       <c r="C95" s="20" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="D95" s="21" t="s">
-        <v>125</v>
+        <v>18</v>
       </c>
       <c r="E95" s="20" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="F95" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G95" s="19">
-        <v>60606</v>
-[...3 lines deleted...]
-      </c>
+        <v>60181</v>
+      </c>
+      <c r="H95" s="22"/>
     </row>
     <row r="96" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B96" s="19">
-        <v>38245</v>
+        <v>16510</v>
       </c>
       <c r="C96" s="20" t="s">
+        <v>298</v>
+      </c>
+      <c r="D96" s="21" t="s">
+        <v>299</v>
+      </c>
+      <c r="E96" s="20" t="s">
+        <v>300</v>
+      </c>
+      <c r="F96" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="G96" s="19" t="s">
         <v>301</v>
       </c>
-      <c r="D96" s="21" t="s">
-[...11 lines deleted...]
-      <c r="H96" s="22"/>
+      <c r="H96" s="22">
+        <v>8606773700</v>
+      </c>
     </row>
     <row r="97" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B97" s="19">
-        <v>16510</v>
+        <v>37540</v>
       </c>
       <c r="C97" s="20" t="s">
         <v>302</v>
       </c>
       <c r="D97" s="21" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="E97" s="20" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="F97" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G97" s="19" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="H97" s="22">
-        <v>8606773700</v>
+        <v>8606744634</v>
       </c>
     </row>
     <row r="98" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B98" s="19">
-        <v>37540</v>
+        <v>41394</v>
       </c>
       <c r="C98" s="20" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="D98" s="21" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E98" s="20" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F98" s="19" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>305</v>
+        <v>87</v>
+      </c>
+      <c r="G98" s="19">
+        <v>55391</v>
       </c>
       <c r="H98" s="22">
-        <v>8606744634</v>
+        <v>9132611300</v>
       </c>
     </row>
     <row r="99" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B99" s="19">
-        <v>41394</v>
+        <v>61395</v>
       </c>
       <c r="C99" s="20" t="s">
+        <v>306</v>
+      </c>
+      <c r="D99" s="21" t="s">
         <v>307</v>
       </c>
-      <c r="D99" s="21" t="s">
+      <c r="E99" s="20" t="s">
         <v>308</v>
       </c>
-      <c r="E99" s="20" t="s">
+      <c r="F99" s="19" t="s">
+        <v>260</v>
+      </c>
+      <c r="G99" s="19" t="s">
         <v>309</v>
       </c>
-      <c r="F99" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H99" s="22">
-        <v>9132611300</v>
+        <v>8019331100</v>
       </c>
     </row>
     <row r="100" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B100" s="19">
-        <v>61395</v>
+        <v>32603</v>
       </c>
       <c r="C100" s="20" t="s">
         <v>310</v>
       </c>
       <c r="D100" s="21" t="s">
         <v>311</v>
       </c>
       <c r="E100" s="20" t="s">
         <v>312</v>
       </c>
       <c r="F100" s="19" t="s">
-        <v>264</v>
+        <v>65</v>
       </c>
       <c r="G100" s="19" t="s">
         <v>313</v>
       </c>
       <c r="H100" s="22">
-        <v>8019331100</v>
+        <v>8008662308</v>
       </c>
     </row>
     <row r="101" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B101" s="19">
-        <v>32603</v>
+        <v>64890</v>
       </c>
       <c r="C101" s="20" t="s">
         <v>314</v>
       </c>
       <c r="D101" s="21" t="s">
         <v>315</v>
       </c>
       <c r="E101" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="F101" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="G101" s="19" t="s">
         <v>316</v>
       </c>
-      <c r="F101" s="19" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H101" s="22"/>
     </row>
     <row r="102" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B102" s="19">
-        <v>64890</v>
+        <v>22276</v>
       </c>
       <c r="C102" s="20" t="s">
+        <v>317</v>
+      </c>
+      <c r="D102" s="21" t="s">
         <v>318</v>
       </c>
-      <c r="D102" s="21" t="s">
+      <c r="E102" s="20" t="s">
         <v>319</v>
       </c>
-      <c r="E102" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F102" s="19" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="G102" s="19" t="s">
         <v>320</v>
       </c>
-      <c r="H102" s="22"/>
+      <c r="H102" s="22">
+        <v>4029163000</v>
+      </c>
     </row>
     <row r="103" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B103" s="19">
-        <v>22276</v>
+        <v>71714</v>
       </c>
       <c r="C103" s="20" t="s">
         <v>321</v>
       </c>
       <c r="D103" s="21" t="s">
         <v>322</v>
       </c>
       <c r="E103" s="20" t="s">
         <v>323</v>
       </c>
       <c r="F103" s="19" t="s">
-        <v>37</v>
+        <v>92</v>
       </c>
       <c r="G103" s="19" t="s">
         <v>324</v>
       </c>
       <c r="H103" s="22">
-        <v>4029163000</v>
+        <v>4134994321</v>
       </c>
     </row>
     <row r="104" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B104" s="19">
-        <v>71714</v>
+        <v>61476</v>
       </c>
       <c r="C104" s="20" t="s">
         <v>325</v>
       </c>
       <c r="D104" s="21" t="s">
         <v>326</v>
       </c>
       <c r="E104" s="20" t="s">
         <v>327</v>
       </c>
       <c r="F104" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G104" s="19" t="s">
         <v>328</v>
       </c>
       <c r="H104" s="22">
-        <v>4134994321</v>
+        <v>7818287000</v>
       </c>
     </row>
     <row r="105" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B105" s="19">
-        <v>61476</v>
+        <v>35599</v>
       </c>
       <c r="C105" s="20" t="s">
         <v>329</v>
       </c>
       <c r="D105" s="21" t="s">
         <v>330</v>
       </c>
       <c r="E105" s="20" t="s">
         <v>331</v>
       </c>
       <c r="F105" s="19" t="s">
-        <v>96</v>
+        <v>57</v>
       </c>
       <c r="G105" s="19" t="s">
         <v>332</v>
       </c>
       <c r="H105" s="22">
-        <v>7818287000</v>
+        <v>8003285433</v>
       </c>
     </row>
     <row r="106" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B106" s="19">
-        <v>35599</v>
+        <v>87726</v>
       </c>
       <c r="C106" s="20" t="s">
         <v>333</v>
       </c>
       <c r="D106" s="21" t="s">
         <v>334</v>
       </c>
       <c r="E106" s="20" t="s">
         <v>335</v>
       </c>
       <c r="F106" s="19" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="G106" s="19">
+        <v>28277</v>
+      </c>
+      <c r="H106" s="22"/>
     </row>
     <row r="107" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B107" s="19">
-        <v>87726</v>
+        <v>13528</v>
       </c>
       <c r="C107" s="20" t="s">
+        <v>336</v>
+      </c>
+      <c r="D107" s="21" t="s">
         <v>337</v>
       </c>
-      <c r="D107" s="21" t="s">
+      <c r="E107" s="20" t="s">
         <v>338</v>
       </c>
-      <c r="E107" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F107" s="19" t="s">
-        <v>245</v>
+        <v>190</v>
       </c>
       <c r="G107" s="19">
-        <v>28277</v>
-[...1 lines deleted...]
-      <c r="H107" s="22"/>
+        <v>46801</v>
+      </c>
+      <c r="H107" s="22">
+        <v>2604828668</v>
+      </c>
     </row>
     <row r="108" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B108" s="19">
-        <v>13528</v>
+        <v>93432</v>
       </c>
       <c r="C108" s="20" t="s">
+        <v>339</v>
+      </c>
+      <c r="D108" s="21" t="s">
         <v>340</v>
       </c>
-      <c r="D108" s="21" t="s">
+      <c r="E108" s="20" t="s">
         <v>341</v>
       </c>
-      <c r="E108" s="20" t="s">
+      <c r="F108" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G108" s="19" t="s">
         <v>342</v>
       </c>
-      <c r="F108" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H108" s="22">
-        <v>2604828668</v>
+        <v>8609876500</v>
       </c>
     </row>
     <row r="109" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B109" s="19">
-        <v>93432</v>
+        <v>80659</v>
       </c>
       <c r="C109" s="20" t="s">
         <v>343</v>
       </c>
       <c r="D109" s="21" t="s">
         <v>344</v>
       </c>
       <c r="E109" s="20" t="s">
         <v>345</v>
       </c>
       <c r="F109" s="19" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="G109" s="19" t="s">
         <v>346</v>
       </c>
+      <c r="G109" s="19">
+        <v>80111</v>
+      </c>
       <c r="H109" s="22">
-        <v>8609876500</v>
+        <v>8003332542</v>
       </c>
     </row>
     <row r="110" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B110" s="19">
-        <v>80659</v>
+        <v>76694</v>
       </c>
       <c r="C110" s="20" t="s">
         <v>347</v>
       </c>
       <c r="D110" s="21" t="s">
         <v>348</v>
       </c>
       <c r="E110" s="20" t="s">
         <v>349</v>
       </c>
       <c r="F110" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="G110" s="19" t="s">
         <v>350</v>
       </c>
-      <c r="G110" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="H110" s="22">
-        <v>8003332542</v>
+        <v>2155427200</v>
       </c>
     </row>
     <row r="111" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B111" s="19">
-        <v>76694</v>
+        <v>10472</v>
       </c>
       <c r="C111" s="20" t="s">
         <v>351</v>
       </c>
       <c r="D111" s="21" t="s">
         <v>352</v>
       </c>
       <c r="E111" s="20" t="s">
         <v>353</v>
       </c>
       <c r="F111" s="19" t="s">
-        <v>62</v>
+        <v>125</v>
       </c>
       <c r="G111" s="19" t="s">
         <v>354</v>
       </c>
       <c r="H111" s="22">
-        <v>2155427200</v>
+        <v>6088294200</v>
       </c>
     </row>
     <row r="112" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B112" s="19">
-        <v>10472</v>
+        <v>61581</v>
       </c>
       <c r="C112" s="20" t="s">
         <v>355</v>
       </c>
       <c r="D112" s="21" t="s">
         <v>356</v>
       </c>
       <c r="E112" s="20" t="s">
-        <v>357</v>
+        <v>118</v>
       </c>
       <c r="F112" s="19" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>358</v>
+        <v>119</v>
+      </c>
+      <c r="G112" s="19">
+        <v>75234</v>
       </c>
       <c r="H112" s="22">
-        <v>6088294200</v>
+        <v>4695224400</v>
       </c>
     </row>
     <row r="113" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B113" s="19">
-        <v>61581</v>
+        <v>12567</v>
       </c>
       <c r="C113" s="20" t="s">
+        <v>357</v>
+      </c>
+      <c r="D113" s="21" t="s">
+        <v>358</v>
+      </c>
+      <c r="E113" s="20" t="s">
         <v>359</v>
       </c>
-      <c r="D113" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F113" s="19" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="G113" s="19">
-        <v>75234</v>
-[...3 lines deleted...]
-      </c>
+        <v>55343</v>
+      </c>
+      <c r="H113" s="22"/>
     </row>
     <row r="114" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B114" s="19">
-        <v>12567</v>
+        <v>10510</v>
       </c>
       <c r="C114" s="20" t="s">
+        <v>360</v>
+      </c>
+      <c r="D114" s="21" t="s">
         <v>361</v>
       </c>
-      <c r="D114" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E114" s="20" t="s">
-        <v>363</v>
+        <v>48</v>
       </c>
       <c r="F114" s="19" t="s">
-        <v>91</v>
-[...4 lines deleted...]
-      <c r="H114" s="22"/>
+        <v>49</v>
+      </c>
+      <c r="G114" s="19" t="s">
+        <v>316</v>
+      </c>
+      <c r="H114" s="22">
+        <v>8008748053</v>
+      </c>
     </row>
     <row r="115" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B115" s="19">
-        <v>10510</v>
+        <v>80799</v>
       </c>
       <c r="C115" s="20" t="s">
+        <v>362</v>
+      </c>
+      <c r="D115" s="21" t="s">
+        <v>363</v>
+      </c>
+      <c r="E115" s="20" t="s">
         <v>364</v>
       </c>
-      <c r="D115" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F115" s="19" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>20</v>
+      </c>
+      <c r="G115" s="19">
+        <v>60601</v>
       </c>
       <c r="H115" s="22">
-        <v>8008748053</v>
+        <v>8007144658</v>
       </c>
     </row>
     <row r="116" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B116" s="19">
-        <v>80799</v>
+        <v>61751</v>
       </c>
       <c r="C116" s="20" t="s">
+        <v>365</v>
+      </c>
+      <c r="D116" s="21" t="s">
         <v>366</v>
       </c>
-      <c r="D116" s="21" t="s">
+      <c r="E116" s="20" t="s">
         <v>367</v>
       </c>
-      <c r="E116" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F116" s="19" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="G116" s="19">
-        <v>60601</v>
+        <v>68134</v>
       </c>
       <c r="H116" s="22">
-        <v>8007144658</v>
+        <v>4023971111</v>
       </c>
     </row>
     <row r="117" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B117" s="19">
-        <v>61751</v>
+        <v>34274</v>
       </c>
       <c r="C117" s="20" t="s">
+        <v>368</v>
+      </c>
+      <c r="D117" s="21" t="s">
         <v>369</v>
       </c>
-      <c r="D117" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E117" s="20" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="F117" s="19" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="G117" s="19">
         <v>68134</v>
       </c>
       <c r="H117" s="22">
-        <v>4023971111</v>
+        <v>4029978000</v>
       </c>
     </row>
     <row r="118" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B118" s="19">
-        <v>34274</v>
+        <v>34649</v>
       </c>
       <c r="C118" s="20" t="s">
+        <v>370</v>
+      </c>
+      <c r="D118" s="21" t="s">
+        <v>371</v>
+      </c>
+      <c r="E118" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="F118" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="G118" s="19" t="s">
         <v>372</v>
       </c>
-      <c r="D118" s="21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H118" s="22">
-        <v>4029978000</v>
+        <v>8003753054</v>
       </c>
     </row>
     <row r="119" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B119" s="19">
-        <v>34649</v>
+        <v>80896</v>
       </c>
       <c r="C119" s="20" t="s">
+        <v>373</v>
+      </c>
+      <c r="D119" s="21" t="s">
         <v>374</v>
       </c>
-      <c r="D119" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E119" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F119" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G119" s="19" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="H119" s="22">
-        <v>8003753054</v>
+        <v>6177288000</v>
       </c>
     </row>
     <row r="120" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B120" s="19">
-        <v>80896</v>
+        <v>20710</v>
       </c>
       <c r="C120" s="20" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="D120" s="21" t="s">
-        <v>378</v>
+        <v>61</v>
       </c>
       <c r="E120" s="20" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="F120" s="19" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>376</v>
+        <v>57</v>
+      </c>
+      <c r="G120" s="19">
+        <v>19106</v>
       </c>
       <c r="H120" s="22">
-        <v>6177288000</v>
+        <v>2156401000</v>
       </c>
     </row>
     <row r="121" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B121" s="19">
-        <v>20710</v>
+        <v>16755</v>
       </c>
       <c r="C121" s="20" t="s">
+        <v>376</v>
+      </c>
+      <c r="D121" s="21" t="s">
+        <v>377</v>
+      </c>
+      <c r="E121" s="20" t="s">
+        <v>378</v>
+      </c>
+      <c r="F121" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="G121" s="19" t="s">
         <v>379</v>
       </c>
-      <c r="D121" s="21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H121" s="22">
-        <v>2156401000</v>
+        <v>2123555515</v>
       </c>
     </row>
     <row r="122" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B122" s="19">
         <v>25615</v>
       </c>
       <c r="C122" s="20" t="s">
         <v>380</v>
       </c>
       <c r="D122" s="21" t="s">
         <v>381</v>
       </c>
       <c r="E122" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F122" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G122" s="19" t="s">
         <v>383</v>
       </c>
       <c r="H122" s="22">
         <v>8602773966</v>
       </c>
     </row>
     <row r="123" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B123" s="19">
         <v>10642</v>
       </c>
       <c r="C123" s="20" t="s">
         <v>384</v>
       </c>
       <c r="D123" s="21" t="s">
         <v>385</v>
       </c>
       <c r="E123" s="20" t="s">
         <v>386</v>
       </c>
       <c r="F123" s="19" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="G123" s="19">
         <v>48310</v>
       </c>
       <c r="H123" s="22">
         <v>8002010450</v>
       </c>
     </row>
     <row r="124" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B124" s="19">
         <v>22810</v>
       </c>
       <c r="C124" s="20" t="s">
         <v>387</v>
       </c>
       <c r="D124" s="21" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="E124" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F124" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G124" s="19" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H124" s="22">
         <v>8884667883</v>
       </c>
     </row>
     <row r="125" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B125" s="19">
         <v>67369</v>
       </c>
       <c r="C125" s="20" t="s">
         <v>388</v>
       </c>
       <c r="D125" s="21" t="s">
         <v>389</v>
       </c>
       <c r="E125" s="20" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F125" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G125" s="19">
         <v>19192</v>
       </c>
       <c r="H125" s="22">
         <v>8005372033</v>
       </c>
     </row>
     <row r="126" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B126" s="19">
         <v>76236</v>
       </c>
       <c r="C126" s="20" t="s">
         <v>390</v>
       </c>
       <c r="D126" s="21" t="s">
         <v>391</v>
       </c>
       <c r="E126" s="20" t="s">
         <v>392</v>
       </c>
       <c r="F126" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G126" s="19" t="s">
         <v>393</v>
       </c>
       <c r="H126" s="22">
         <v>5138702000</v>
       </c>
     </row>
     <row r="127" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B127" s="19">
         <v>40274</v>
       </c>
       <c r="C127" s="20" t="s">
         <v>394</v>
       </c>
       <c r="D127" s="21" t="s">
         <v>395</v>
       </c>
       <c r="E127" s="20" t="s">
         <v>396</v>
       </c>
       <c r="F127" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G127" s="19" t="s">
         <v>397</v>
       </c>
       <c r="H127" s="22">
         <v>5089439000</v>
       </c>
     </row>
     <row r="128" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B128" s="19">
         <v>61921</v>
       </c>
       <c r="C128" s="20" t="s">
         <v>398</v>
       </c>
       <c r="D128" s="21" t="s">
         <v>399</v>
       </c>
       <c r="E128" s="20" t="s">
         <v>400</v>
       </c>
       <c r="F128" s="19" t="s">
         <v>401</v>
       </c>
       <c r="G128" s="19">
         <v>40253</v>
       </c>
       <c r="H128" s="22">
         <v>5022442420</v>
       </c>
     </row>
     <row r="129" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B129" s="19">
         <v>20532</v>
       </c>
       <c r="C129" s="20" t="s">
         <v>402</v>
       </c>
       <c r="D129" s="21" t="s">
         <v>403</v>
       </c>
       <c r="E129" s="20" t="s">
         <v>404</v>
       </c>
       <c r="F129" s="19" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G129" s="19">
         <v>33701</v>
       </c>
       <c r="H129" s="22">
         <v>8007972526</v>
       </c>
     </row>
     <row r="130" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B130" s="19">
         <v>28860</v>
       </c>
       <c r="C130" s="20" t="s">
         <v>405</v>
       </c>
       <c r="D130" s="21" t="s">
         <v>406</v>
       </c>
       <c r="E130" s="20" t="s">
         <v>407</v>
       </c>
       <c r="F130" s="19" t="s">
         <v>408</v>
       </c>
       <c r="G130" s="19" t="s">
         <v>409</v>
       </c>
       <c r="H130" s="22">
         <v>7873392100</v>
       </c>
     </row>
     <row r="131" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B131" s="19">
         <v>78301</v>
       </c>
       <c r="C131" s="20" t="s">
         <v>410</v>
       </c>
       <c r="D131" s="21" t="s">
         <v>411</v>
       </c>
       <c r="E131" s="20" t="s">
         <v>412</v>
       </c>
       <c r="F131" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G131" s="19">
         <v>60068</v>
       </c>
       <c r="H131" s="22">
         <v>8476928520</v>
       </c>
     </row>
     <row r="132" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B132" s="19">
         <v>86371</v>
       </c>
       <c r="C132" s="20" t="s">
         <v>413</v>
       </c>
       <c r="D132" s="21" t="s">
         <v>414</v>
       </c>
       <c r="E132" s="20" t="s">
         <v>415</v>
       </c>
       <c r="F132" s="19" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="G132" s="19">
         <v>55121</v>
       </c>
       <c r="H132" s="22">
         <v>2014322133</v>
       </c>
     </row>
     <row r="133" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B133" s="19">
         <v>62626</v>
       </c>
       <c r="C133" s="20" t="s">
         <v>416</v>
       </c>
       <c r="D133" s="21" t="s">
         <v>417</v>
       </c>
       <c r="E133" s="20" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="F133" s="19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G133" s="19">
         <v>53705</v>
       </c>
       <c r="H133" s="22">
         <v>6082385851</v>
       </c>
     </row>
     <row r="134" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B134" s="19">
         <v>36552</v>
       </c>
       <c r="C134" s="20" t="s">
         <v>418</v>
       </c>
       <c r="D134" s="21" t="s">
         <v>419</v>
       </c>
       <c r="E134" s="20" t="s">
         <v>420</v>
       </c>
       <c r="F134" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G134" s="19" t="s">
         <v>421</v>
       </c>
       <c r="H134" s="22">
         <v>2124939300</v>
       </c>
     </row>
     <row r="135" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B135" s="19">
         <v>62049</v>
       </c>
       <c r="C135" s="20" t="s">
         <v>422</v>
       </c>
       <c r="D135" s="21" t="s">
         <v>423</v>
       </c>
       <c r="E135" s="20" t="s">
         <v>424</v>
       </c>
       <c r="F135" s="19" t="s">
         <v>425</v>
       </c>
       <c r="G135" s="19">
         <v>29210</v>
       </c>
       <c r="H135" s="22">
         <v>8008457330</v>
       </c>
     </row>
     <row r="136" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B136" s="19">
         <v>62065</v>
       </c>
       <c r="C136" s="20" t="s">
         <v>426</v>
       </c>
       <c r="D136" s="21" t="s">
         <v>427</v>
       </c>
       <c r="E136" s="20" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F136" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G136" s="19">
         <v>19181</v>
       </c>
       <c r="H136" s="22">
         <v>2159288000</v>
       </c>
     </row>
     <row r="137" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B137" s="19">
         <v>84786</v>
       </c>
       <c r="C137" s="20" t="s">
         <v>428</v>
       </c>
       <c r="D137" s="21" t="s">
         <v>429</v>
       </c>
       <c r="E137" s="20" t="s">
         <v>430</v>
       </c>
       <c r="F137" s="19" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="G137" s="19">
         <v>27609</v>
       </c>
       <c r="H137" s="22">
         <v>8003677814</v>
       </c>
     </row>
     <row r="138" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B138" s="19">
         <v>76023</v>
       </c>
       <c r="C138" s="20" t="s">
         <v>431</v>
       </c>
       <c r="D138" s="21" t="s">
         <v>432</v>
       </c>
       <c r="E138" s="20" t="s">
         <v>433</v>
       </c>
       <c r="F138" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G138" s="19" t="s">
         <v>434</v>
       </c>
       <c r="H138" s="22">
         <v>8004239765</v>
       </c>
     </row>
     <row r="139" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B139" s="19">
         <v>62103</v>
       </c>
       <c r="C139" s="20" t="s">
         <v>435</v>
       </c>
       <c r="D139" s="21" t="s">
         <v>436</v>
       </c>
       <c r="E139" s="20" t="s">
         <v>433</v>
       </c>
       <c r="F139" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G139" s="19" t="s">
         <v>434</v>
       </c>
       <c r="H139" s="22">
         <v>6077242472</v>
       </c>
     </row>
     <row r="140" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B140" s="19">
         <v>99937</v>
       </c>
       <c r="C140" s="20" t="s">
         <v>437</v>
       </c>
       <c r="D140" s="21" t="s">
         <v>438</v>
       </c>
       <c r="E140" s="20" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="F140" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G140" s="19" t="s">
         <v>439</v>
       </c>
       <c r="H140" s="22">
         <v>5133616700</v>
       </c>
     </row>
     <row r="141" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B141" s="19">
         <v>62146</v>
       </c>
       <c r="C141" s="20" t="s">
         <v>440</v>
       </c>
       <c r="D141" s="21" t="s">
         <v>441</v>
       </c>
       <c r="E141" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F141" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G141" s="19">
         <v>60631</v>
       </c>
       <c r="H141" s="22">
         <v>3123518350</v>
       </c>
     </row>
     <row r="142" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B142" s="19">
         <v>34754</v>
       </c>
       <c r="C142" s="20" t="s">
         <v>442</v>
       </c>
       <c r="D142" s="21" t="s">
         <v>395</v>
       </c>
       <c r="E142" s="20" t="s">
         <v>396</v>
       </c>
       <c r="F142" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G142" s="19" t="s">
         <v>397</v>
       </c>
       <c r="H142" s="22">
         <v>5089439000</v>
       </c>
     </row>
     <row r="143" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B143" s="19">
         <v>81426</v>
       </c>
       <c r="C143" s="20" t="s">
         <v>443</v>
       </c>
       <c r="D143" s="21" t="s">
         <v>444</v>
       </c>
       <c r="E143" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F143" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G143" s="19">
         <v>10010</v>
       </c>
       <c r="H143" s="22">
         <v>3157975200</v>
       </c>
     </row>
     <row r="144" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B144" s="19">
         <v>84824</v>
       </c>
       <c r="C144" s="20" t="s">
         <v>445</v>
       </c>
       <c r="D144" s="21" t="s">
         <v>446</v>
       </c>
       <c r="E144" s="20" t="s">
         <v>447</v>
       </c>
       <c r="F144" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G144" s="19" t="s">
         <v>448</v>
       </c>
       <c r="H144" s="22">
         <v>8004578803</v>
       </c>
     </row>
     <row r="145" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B145" s="19">
         <v>77828</v>
       </c>
       <c r="C145" s="20" t="s">
         <v>449</v>
       </c>
       <c r="D145" s="21" t="s">
         <v>450</v>
       </c>
       <c r="E145" s="20" t="s">
         <v>451</v>
       </c>
       <c r="F145" s="19" t="s">
         <v>425</v>
       </c>
       <c r="G145" s="19">
         <v>29202</v>
       </c>
       <c r="H145" s="22">
         <v>8032645042</v>
       </c>
     </row>
     <row r="146" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B146" s="19">
         <v>62308</v>
       </c>
       <c r="C146" s="20" t="s">
         <v>452</v>
       </c>
       <c r="D146" s="21" t="s">
         <v>453</v>
       </c>
       <c r="E146" s="20" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F146" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G146" s="19" t="s">
         <v>454</v>
       </c>
       <c r="H146" s="22">
         <v>8602266000</v>
       </c>
     </row>
     <row r="147" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B147" s="19">
         <v>71730</v>
       </c>
       <c r="C147" s="20" t="s">
         <v>455</v>
       </c>
       <c r="D147" s="21" t="s">
         <v>456</v>
       </c>
       <c r="E147" s="20" t="s">
         <v>451</v>
       </c>
       <c r="F147" s="19" t="s">
         <v>425</v>
       </c>
       <c r="G147" s="19">
         <v>29202</v>
       </c>
       <c r="H147" s="22">
         <v>8032566265</v>
       </c>
     </row>
     <row r="148" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B148" s="19">
         <v>20443</v>
       </c>
       <c r="C148" s="20" t="s">
         <v>457</v>
       </c>
       <c r="D148" s="21" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="E148" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F148" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G148" s="19">
         <v>60606</v>
       </c>
       <c r="H148" s="22">
         <v>3128225000</v>
       </c>
     </row>
     <row r="149" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B149" s="19">
         <v>71404</v>
       </c>
       <c r="C149" s="20" t="s">
         <v>458</v>
       </c>
       <c r="D149" s="21" t="s">
         <v>459</v>
       </c>
       <c r="E149" s="20" t="s">
         <v>460</v>
       </c>
       <c r="F149" s="19" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G149" s="19">
         <v>78717</v>
       </c>
       <c r="H149" s="22">
         <v>8668300607</v>
       </c>
     </row>
     <row r="150" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B150" s="19">
         <v>35289</v>
       </c>
       <c r="C150" s="20" t="s">
         <v>461</v>
       </c>
       <c r="D150" s="21" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="E150" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F150" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G150" s="19">
         <v>60606</v>
       </c>
       <c r="H150" s="22">
         <v>3128225000</v>
       </c>
     </row>
     <row r="151" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B151" s="19">
         <v>68500</v>
       </c>
       <c r="C151" s="20" t="s">
         <v>462</v>
       </c>
       <c r="D151" s="21" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E151" s="20" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F151" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G151" s="19" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="H151" s="22">
         <v>8002644000</v>
       </c>
     </row>
     <row r="152" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B152" s="19">
         <v>10804</v>
       </c>
       <c r="C152" s="20" t="s">
         <v>463</v>
       </c>
       <c r="D152" s="21" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="E152" s="20" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="F152" s="19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G152" s="19" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="H152" s="22">
         <v>8002352942</v>
       </c>
     </row>
     <row r="153" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B153" s="19">
         <v>62553</v>
       </c>
       <c r="C153" s="20" t="s">
         <v>464</v>
       </c>
       <c r="D153" s="21" t="s">
         <v>465</v>
       </c>
       <c r="E153" s="20" t="s">
         <v>466</v>
       </c>
       <c r="F153" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G153" s="19" t="s">
         <v>467</v>
       </c>
       <c r="H153" s="22">
         <v>3098213000</v>
       </c>
     </row>
     <row r="154" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B154" s="19">
         <v>81973</v>
       </c>
       <c r="C154" s="20" t="s">
         <v>468</v>
       </c>
       <c r="D154" s="21" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E154" s="20" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F154" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G154" s="19" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="H154" s="22">
         <v>8008437421</v>
       </c>
     </row>
     <row r="155" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B155" s="19">
         <v>74160</v>
       </c>
       <c r="C155" s="20" t="s">
         <v>469</v>
       </c>
       <c r="D155" s="21" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E155" s="20" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F155" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G155" s="19" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="H155" s="22">
         <v>8472580800</v>
       </c>
     </row>
     <row r="156" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B156" s="19">
         <v>82880</v>
       </c>
       <c r="C156" s="20" t="s">
         <v>470</v>
       </c>
       <c r="D156" s="21" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="E156" s="20" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="F156" s="19" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="G156" s="19">
         <v>68134</v>
       </c>
       <c r="H156" s="22">
         <v>4029978000</v>
       </c>
     </row>
     <row r="157" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B157" s="19">
         <v>71129</v>
       </c>
       <c r="C157" s="20" t="s">
         <v>471</v>
       </c>
       <c r="D157" s="21" t="s">
         <v>472</v>
       </c>
       <c r="E157" s="20" t="s">
         <v>473</v>
       </c>
       <c r="F157" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G157" s="19">
         <v>60148</v>
       </c>
       <c r="H157" s="22">
         <v>3126536500</v>
       </c>
     </row>
     <row r="158" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B158" s="19">
         <v>62634</v>
       </c>
       <c r="C158" s="20" t="s">
         <v>474</v>
       </c>
       <c r="D158" s="21" t="s">
         <v>475</v>
       </c>
       <c r="E158" s="20" t="s">
         <v>476</v>
       </c>
       <c r="F158" s="19" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G158" s="19">
         <v>33647</v>
       </c>
       <c r="H158" s="22">
         <v>8004511847</v>
       </c>
     </row>
     <row r="159" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B159" s="19">
         <v>79065</v>
       </c>
       <c r="C159" s="20" t="s">
         <v>477</v>
       </c>
       <c r="D159" s="21" t="s">
         <v>478</v>
       </c>
       <c r="E159" s="20" t="s">
         <v>479</v>
       </c>
       <c r="F159" s="19" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="G159" s="19">
         <v>46077</v>
       </c>
       <c r="H159" s="22">
         <v>8444483519</v>
       </c>
     </row>
     <row r="160" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B160" s="19">
         <v>67636</v>
       </c>
       <c r="C160" s="20" t="s">
         <v>480</v>
       </c>
       <c r="D160" s="21" t="s">
         <v>481</v>
       </c>
       <c r="E160" s="20" t="s">
         <v>482</v>
       </c>
       <c r="F160" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G160" s="19" t="s">
         <v>483</v>
       </c>
       <c r="H160" s="22">
         <v>7814461514</v>
       </c>
     </row>
     <row r="161" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B161" s="19">
         <v>12307</v>
       </c>
       <c r="C161" s="20" t="s">
         <v>484</v>
       </c>
       <c r="D161" s="21" t="s">
         <v>481</v>
       </c>
       <c r="E161" s="20" t="s">
         <v>482</v>
       </c>
       <c r="F161" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G161" s="19" t="s">
         <v>483</v>
       </c>
       <c r="H161" s="22">
         <v>7814461514</v>
       </c>
     </row>
     <row r="162" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B162" s="19">
         <v>73474</v>
       </c>
       <c r="C162" s="20" t="s">
         <v>485</v>
       </c>
       <c r="D162" s="21" t="s">
         <v>486</v>
       </c>
       <c r="E162" s="20" t="s">
         <v>487</v>
       </c>
       <c r="F162" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G162" s="19">
         <v>17011</v>
       </c>
       <c r="H162" s="22">
         <v>8004287031</v>
       </c>
     </row>
     <row r="163" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B163" s="19">
         <v>12210</v>
       </c>
       <c r="C163" s="20" t="s">
         <v>488</v>
       </c>
       <c r="D163" s="21" t="s">
         <v>486</v>
       </c>
       <c r="E163" s="20" t="s">
         <v>487</v>
       </c>
       <c r="F163" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G163" s="19">
         <v>17011</v>
       </c>
       <c r="H163" s="22">
         <v>6179511162</v>
       </c>
     </row>
     <row r="164" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B164" s="19">
         <v>42048</v>
       </c>
       <c r="C164" s="20" t="s">
         <v>489</v>
       </c>
       <c r="D164" s="21" t="s">
         <v>490</v>
       </c>
       <c r="E164" s="20" t="s">
         <v>491</v>
       </c>
       <c r="F164" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G164" s="19" t="s">
         <v>492</v>
       </c>
       <c r="H164" s="22">
         <v>3176384521</v>
       </c>
     </row>
     <row r="165" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B165" s="19">
-        <v>97705</v>
+        <v>95657</v>
       </c>
       <c r="C165" s="20" t="s">
         <v>493</v>
       </c>
       <c r="D165" s="21" t="s">
         <v>494</v>
       </c>
       <c r="E165" s="20" t="s">
-        <v>495</v>
+        <v>415</v>
       </c>
       <c r="F165" s="19" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>496</v>
+        <v>87</v>
+      </c>
+      <c r="G165" s="19">
+        <v>55121</v>
       </c>
       <c r="H165" s="22">
-        <v>6142491545</v>
+        <v>7035185000</v>
       </c>
     </row>
     <row r="166" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B166" s="19">
-        <v>95657</v>
+        <v>23795</v>
       </c>
       <c r="C166" s="20" t="s">
+        <v>495</v>
+      </c>
+      <c r="D166" s="21" t="s">
+        <v>496</v>
+      </c>
+      <c r="E166" s="20" t="s">
         <v>497</v>
       </c>
-      <c r="D166" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F166" s="19" t="s">
-        <v>91</v>
+        <v>28</v>
       </c>
       <c r="G166" s="19">
-        <v>55121</v>
-[...3 lines deleted...]
-      </c>
+        <v>49684</v>
+      </c>
+      <c r="H166" s="22"/>
     </row>
     <row r="167" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B167" s="19">
-        <v>23795</v>
+        <v>15497</v>
       </c>
       <c r="C167" s="20" t="s">
+        <v>498</v>
+      </c>
+      <c r="D167" s="21" t="s">
         <v>499</v>
       </c>
-      <c r="D167" s="21" t="s">
+      <c r="E167" s="20" t="s">
+        <v>255</v>
+      </c>
+      <c r="F167" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G167" s="19" t="s">
         <v>500</v>
       </c>
-      <c r="E167" s="20" t="s">
-[...8 lines deleted...]
-      <c r="H167" s="22"/>
+      <c r="H167" s="22">
+        <v>6178861000</v>
+      </c>
     </row>
     <row r="168" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B168" s="19">
-        <v>15497</v>
+        <v>14702</v>
       </c>
       <c r="C168" s="20" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="D168" s="21" t="s">
-        <v>503</v>
+        <v>212</v>
       </c>
       <c r="E168" s="20" t="s">
-        <v>259</v>
+        <v>213</v>
       </c>
       <c r="F168" s="19" t="s">
-        <v>96</v>
+        <v>57</v>
       </c>
       <c r="G168" s="19" t="s">
-        <v>504</v>
+        <v>214</v>
       </c>
       <c r="H168" s="22">
-        <v>6178861000</v>
+        <v>5708259900</v>
       </c>
     </row>
     <row r="169" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B169" s="19">
-        <v>14702</v>
+        <v>85561</v>
       </c>
       <c r="C169" s="20" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="D169" s="21" t="s">
-        <v>216</v>
+        <v>178</v>
       </c>
       <c r="E169" s="20" t="s">
-        <v>217</v>
+        <v>179</v>
       </c>
       <c r="F169" s="19" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>76</v>
+      </c>
+      <c r="G169" s="19">
+        <v>10504</v>
       </c>
       <c r="H169" s="22">
-        <v>5708259900</v>
+        <v>5736342522</v>
       </c>
     </row>
     <row r="170" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B170" s="19">
-        <v>85561</v>
+        <v>62928</v>
       </c>
       <c r="C170" s="20" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="D170" s="21" t="s">
-        <v>182</v>
+        <v>504</v>
       </c>
       <c r="E170" s="20" t="s">
-        <v>183</v>
+        <v>48</v>
       </c>
       <c r="F170" s="19" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>10504</v>
+        <v>49</v>
+      </c>
+      <c r="G170" s="19" t="s">
+        <v>505</v>
       </c>
       <c r="H170" s="22">
-        <v>5736342522</v>
+        <v>8002325818</v>
       </c>
     </row>
     <row r="171" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B171" s="19">
-        <v>62928</v>
+        <v>88595</v>
       </c>
       <c r="C171" s="20" t="s">
+        <v>506</v>
+      </c>
+      <c r="D171" s="21" t="s">
         <v>507</v>
       </c>
-      <c r="D171" s="21" t="s">
+      <c r="E171" s="20" t="s">
         <v>508</v>
       </c>
-      <c r="E171" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F171" s="19" t="s">
-        <v>54</v>
+        <v>401</v>
       </c>
       <c r="G171" s="19" t="s">
         <v>509</v>
       </c>
       <c r="H171" s="22">
-        <v>8002325818</v>
+        <v>5025801000</v>
       </c>
     </row>
     <row r="172" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B172" s="19">
-        <v>88595</v>
+        <v>21326</v>
       </c>
       <c r="C172" s="20" t="s">
         <v>510</v>
       </c>
       <c r="D172" s="21" t="s">
-        <v>511</v>
+        <v>143</v>
       </c>
       <c r="E172" s="20" t="s">
-        <v>512</v>
+        <v>144</v>
       </c>
       <c r="F172" s="19" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="G172" s="19" t="s">
-        <v>513</v>
+        <v>145</v>
       </c>
       <c r="H172" s="22">
-        <v>5025801000</v>
+        <v>8476056000</v>
       </c>
     </row>
     <row r="173" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B173" s="19">
-        <v>21326</v>
+        <v>21458</v>
       </c>
       <c r="C173" s="20" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="D173" s="21" t="s">
-        <v>147</v>
+        <v>184</v>
       </c>
       <c r="E173" s="20" t="s">
-        <v>148</v>
+        <v>185</v>
       </c>
       <c r="F173" s="19" t="s">
-        <v>25</v>
+        <v>92</v>
       </c>
       <c r="G173" s="19" t="s">
-        <v>149</v>
+        <v>186</v>
       </c>
       <c r="H173" s="22">
-        <v>8476056000</v>
+        <v>8003440197</v>
       </c>
     </row>
     <row r="174" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B174" s="19">
-        <v>21458</v>
+        <v>68276</v>
       </c>
       <c r="C174" s="20" t="s">
+        <v>512</v>
+      </c>
+      <c r="D174" s="21" t="s">
+        <v>513</v>
+      </c>
+      <c r="E174" s="20" t="s">
+        <v>514</v>
+      </c>
+      <c r="F174" s="19" t="s">
         <v>515</v>
       </c>
-      <c r="D174" s="21" t="s">
-[...9 lines deleted...]
-        <v>190</v>
+      <c r="G174" s="19">
+        <v>66211</v>
       </c>
       <c r="H174" s="22">
-        <v>8003440197</v>
+        <v>9139823700</v>
       </c>
     </row>
     <row r="175" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B175" s="19">
-        <v>68276</v>
+        <v>93629</v>
       </c>
       <c r="C175" s="20" t="s">
         <v>516</v>
       </c>
       <c r="D175" s="21" t="s">
         <v>517</v>
       </c>
       <c r="E175" s="20" t="s">
-        <v>518</v>
+        <v>345</v>
       </c>
       <c r="F175" s="19" t="s">
-        <v>519</v>
+        <v>346</v>
       </c>
       <c r="G175" s="19">
-        <v>66211</v>
+        <v>80111</v>
       </c>
       <c r="H175" s="22">
-        <v>9139823700</v>
+        <v>8605342000</v>
       </c>
     </row>
     <row r="176" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B176" s="19">
-        <v>93629</v>
+        <v>10641</v>
       </c>
       <c r="C176" s="20" t="s">
+        <v>518</v>
+      </c>
+      <c r="D176" s="21" t="s">
+        <v>519</v>
+      </c>
+      <c r="E176" s="20" t="s">
         <v>520</v>
       </c>
-      <c r="D176" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F176" s="19" t="s">
-        <v>350</v>
+        <v>76</v>
       </c>
       <c r="G176" s="19">
-        <v>80111</v>
-[...3 lines deleted...]
-      </c>
+        <v>10577</v>
+      </c>
+      <c r="H176" s="22"/>
     </row>
     <row r="177" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B177" s="19">
-        <v>10641</v>
+        <v>11551</v>
       </c>
       <c r="C177" s="20" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="D177" s="21" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="E177" s="20" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="F177" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G177" s="19">
         <v>10577</v>
       </c>
       <c r="H177" s="22"/>
     </row>
     <row r="178" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B178" s="19">
-        <v>11551</v>
+        <v>71323</v>
       </c>
       <c r="C178" s="20" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="D178" s="21" t="s">
         <v>523</v>
       </c>
       <c r="E178" s="20" t="s">
+        <v>247</v>
+      </c>
+      <c r="F178" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="G178" s="19" t="s">
         <v>524</v>
       </c>
-      <c r="F178" s="19" t="s">
-[...5 lines deleted...]
-      <c r="H178" s="22"/>
+      <c r="H178" s="22">
+        <v>9725804080</v>
+      </c>
     </row>
     <row r="179" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B179" s="19">
-        <v>71323</v>
+        <v>62944</v>
       </c>
       <c r="C179" s="20" t="s">
+        <v>525</v>
+      </c>
+      <c r="D179" s="21" t="s">
         <v>526</v>
       </c>
-      <c r="D179" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E179" s="20" t="s">
-        <v>251</v>
+        <v>75</v>
       </c>
       <c r="F179" s="19" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>528</v>
+        <v>76</v>
+      </c>
+      <c r="G179" s="19">
+        <v>10105</v>
       </c>
       <c r="H179" s="22">
-        <v>9725804080</v>
+        <v>2017435073</v>
       </c>
     </row>
     <row r="180" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B180" s="19">
-        <v>62944</v>
+        <v>78077</v>
       </c>
       <c r="C180" s="20" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="D180" s="21" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="E180" s="20" t="s">
-        <v>79</v>
+        <v>335</v>
       </c>
       <c r="F180" s="19" t="s">
-        <v>80</v>
+        <v>241</v>
       </c>
       <c r="G180" s="19">
-        <v>10105</v>
+        <v>28262</v>
       </c>
       <c r="H180" s="22">
-        <v>2017435073</v>
+        <v>8007776510</v>
       </c>
     </row>
     <row r="181" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B181" s="19">
-        <v>78077</v>
+        <v>62510</v>
       </c>
       <c r="C181" s="20" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="D181" s="21" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="E181" s="20" t="s">
-        <v>339</v>
+        <v>247</v>
       </c>
       <c r="F181" s="19" t="s">
-        <v>245</v>
+        <v>49</v>
       </c>
       <c r="G181" s="19">
-        <v>28262</v>
-[...3 lines deleted...]
-      </c>
+        <v>50266</v>
+      </c>
+      <c r="H181" s="22"/>
     </row>
     <row r="182" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B182" s="19">
-        <v>62510</v>
+        <v>16044</v>
       </c>
       <c r="C182" s="20" t="s">
+        <v>531</v>
+      </c>
+      <c r="D182" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="E182" s="20" t="s">
         <v>533</v>
       </c>
-      <c r="D182" s="21" t="s">
+      <c r="F182" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="G182" s="19" t="s">
         <v>534</v>
       </c>
-      <c r="E182" s="20" t="s">
-[...8 lines deleted...]
-      <c r="H182" s="22"/>
+      <c r="H182" s="22">
+        <v>9086043000</v>
+      </c>
     </row>
     <row r="183" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B183" s="19">
-        <v>16044</v>
+        <v>16045</v>
       </c>
       <c r="C183" s="20" t="s">
         <v>535</v>
       </c>
       <c r="D183" s="21" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="E183" s="20" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="F183" s="19" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G183" s="19" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="H183" s="22">
         <v>9086043000</v>
       </c>
     </row>
     <row r="184" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B184" s="19">
-        <v>16045</v>
+        <v>26921</v>
       </c>
       <c r="C184" s="20" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="D184" s="21" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="E184" s="20" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="F184" s="19" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G184" s="19" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="H184" s="22">
-        <v>9086043000</v>
+        <v>8004384375</v>
       </c>
     </row>
     <row r="185" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B185" s="19">
-        <v>26921</v>
+        <v>60186</v>
       </c>
       <c r="C185" s="20" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="D185" s="21" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E185" s="20" t="s">
-        <v>537</v>
+        <v>96</v>
       </c>
       <c r="F185" s="19" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>538</v>
+        <v>20</v>
+      </c>
+      <c r="G185" s="19">
+        <v>60062</v>
       </c>
       <c r="H185" s="22">
-        <v>8004384375</v>
+        <v>8476659930</v>
       </c>
     </row>
     <row r="186" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B186" s="19">
-        <v>60186</v>
+        <v>97241</v>
       </c>
       <c r="C186" s="20" t="s">
+        <v>539</v>
+      </c>
+      <c r="D186" s="21" t="s">
+        <v>540</v>
+      </c>
+      <c r="E186" s="20" t="s">
         <v>541</v>
       </c>
-      <c r="D186" s="21" t="s">
+      <c r="F186" s="19" t="s">
+        <v>515</v>
+      </c>
+      <c r="G186" s="19" t="s">
         <v>542</v>
       </c>
-      <c r="E186" s="20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H186" s="22">
-        <v>8476659930</v>
+        <v>8552900529</v>
       </c>
     </row>
     <row r="187" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B187" s="19">
-        <v>97241</v>
+        <v>24961</v>
       </c>
       <c r="C187" s="20" t="s">
         <v>543</v>
       </c>
       <c r="D187" s="21" t="s">
         <v>544</v>
       </c>
       <c r="E187" s="20" t="s">
-        <v>545</v>
+        <v>75</v>
       </c>
       <c r="F187" s="19" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-        <v>546</v>
+        <v>76</v>
+      </c>
+      <c r="G187" s="19">
+        <v>10007</v>
       </c>
       <c r="H187" s="22">
-        <v>8552900529</v>
+        <v>2126587470</v>
       </c>
     </row>
     <row r="188" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B188" s="19">
-        <v>24961</v>
+        <v>35181</v>
       </c>
       <c r="C188" s="20" t="s">
+        <v>545</v>
+      </c>
+      <c r="D188" s="21" t="s">
+        <v>546</v>
+      </c>
+      <c r="E188" s="20" t="s">
         <v>547</v>
       </c>
-      <c r="D188" s="21" t="s">
+      <c r="F188" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="G188" s="19" t="s">
         <v>548</v>
       </c>
-      <c r="E188" s="20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H188" s="22">
-        <v>2126587470</v>
+        <v>9089032000</v>
       </c>
     </row>
     <row r="189" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B189" s="19">
-        <v>35181</v>
+        <v>35157</v>
       </c>
       <c r="C189" s="20" t="s">
         <v>549</v>
       </c>
       <c r="D189" s="21" t="s">
         <v>550</v>
       </c>
       <c r="E189" s="20" t="s">
-        <v>551</v>
+        <v>75</v>
       </c>
       <c r="F189" s="19" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>552</v>
+        <v>76</v>
+      </c>
+      <c r="G189" s="19">
+        <v>10006</v>
       </c>
       <c r="H189" s="22">
-        <v>9089032000</v>
+        <v>2123652200</v>
       </c>
     </row>
     <row r="190" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B190" s="19">
-        <v>35157</v>
+        <v>66828</v>
       </c>
       <c r="C190" s="20" t="s">
+        <v>551</v>
+      </c>
+      <c r="D190" s="21" t="s">
+        <v>552</v>
+      </c>
+      <c r="E190" s="20" t="s">
         <v>553</v>
       </c>
-      <c r="D190" s="21" t="s">
+      <c r="F190" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G190" s="19" t="s">
         <v>554</v>
       </c>
-      <c r="E190" s="20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H190" s="22">
-        <v>2123652200</v>
+        <v>5087992100</v>
       </c>
     </row>
     <row r="191" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B191" s="19">
-        <v>66828</v>
+        <v>31925</v>
       </c>
       <c r="C191" s="20" t="s">
         <v>555</v>
       </c>
       <c r="D191" s="21" t="s">
         <v>556</v>
       </c>
       <c r="E191" s="20" t="s">
         <v>557</v>
       </c>
       <c r="F191" s="19" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>558</v>
+        <v>24</v>
+      </c>
+      <c r="G191" s="19">
+        <v>23261</v>
       </c>
       <c r="H191" s="22">
-        <v>5087992100</v>
+        <v>5152475900</v>
       </c>
     </row>
     <row r="192" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B192" s="19">
-        <v>31925</v>
+        <v>77968</v>
       </c>
       <c r="C192" s="20" t="s">
+        <v>558</v>
+      </c>
+      <c r="D192" s="21" t="s">
         <v>559</v>
       </c>
-      <c r="D192" s="21" t="s">
+      <c r="E192" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="F192" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="G192" s="19" t="s">
         <v>560</v>
       </c>
-      <c r="E192" s="20" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H192" s="22"/>
     </row>
     <row r="193" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B193" s="19">
-        <v>77968</v>
+        <v>63053</v>
       </c>
       <c r="C193" s="20" t="s">
+        <v>561</v>
+      </c>
+      <c r="D193" s="21" t="s">
         <v>562</v>
       </c>
-      <c r="D193" s="21" t="s">
+      <c r="E193" s="20" t="s">
         <v>563</v>
       </c>
-      <c r="E193" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F193" s="19" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      <c r="H193" s="22"/>
+        <v>119</v>
+      </c>
+      <c r="G193" s="19">
+        <v>77092</v>
+      </c>
+      <c r="H193" s="22">
+        <v>7138216422</v>
+      </c>
     </row>
     <row r="194" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B194" s="19">
-        <v>63053</v>
+        <v>63177</v>
       </c>
       <c r="C194" s="20" t="s">
+        <v>564</v>
+      </c>
+      <c r="D194" s="21" t="s">
         <v>565</v>
       </c>
-      <c r="D194" s="21" t="s">
+      <c r="E194" s="20" t="s">
         <v>566</v>
       </c>
-      <c r="E194" s="20" t="s">
+      <c r="F194" s="19" t="s">
         <v>567</v>
       </c>
-      <c r="F194" s="19" t="s">
-[...3 lines deleted...]
-        <v>77092</v>
+      <c r="G194" s="19" t="s">
+        <v>568</v>
       </c>
       <c r="H194" s="22">
-        <v>7138216422</v>
+        <v>2062756221</v>
       </c>
     </row>
     <row r="195" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B195" s="19">
-        <v>63177</v>
+        <v>26298</v>
       </c>
       <c r="C195" s="20" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D195" s="21" t="s">
-        <v>569</v>
+        <v>16</v>
       </c>
       <c r="E195" s="20" t="s">
-        <v>570</v>
+        <v>12</v>
       </c>
       <c r="F195" s="19" t="s">
-        <v>571</v>
+        <v>13</v>
       </c>
       <c r="G195" s="19" t="s">
-        <v>572</v>
+        <v>14</v>
       </c>
       <c r="H195" s="22">
-        <v>2062756221</v>
+        <v>4018272400</v>
       </c>
     </row>
     <row r="196" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B196" s="19">
-        <v>26298</v>
+        <v>41483</v>
       </c>
       <c r="C196" s="20" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="D196" s="21" t="s">
-        <v>21</v>
+        <v>381</v>
       </c>
       <c r="E196" s="20" t="s">
-        <v>17</v>
+        <v>382</v>
       </c>
       <c r="F196" s="19" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
       <c r="G196" s="19" t="s">
-        <v>19</v>
+        <v>383</v>
       </c>
       <c r="H196" s="22">
-        <v>4018272400</v>
+        <v>8602770111</v>
       </c>
     </row>
     <row r="197" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B197" s="19">
-        <v>41483</v>
+        <v>20281</v>
       </c>
       <c r="C197" s="20" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="D197" s="21" t="s">
-        <v>381</v>
+        <v>546</v>
       </c>
       <c r="E197" s="20" t="s">
-        <v>382</v>
+        <v>547</v>
       </c>
       <c r="F197" s="19" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G197" s="19" t="s">
-        <v>383</v>
-[...3 lines deleted...]
-      </c>
+        <v>548</v>
+      </c>
+      <c r="H197" s="22"/>
     </row>
     <row r="198" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B198" s="19">
-        <v>20281</v>
+        <v>63258</v>
       </c>
       <c r="C198" s="20" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="D198" s="21" t="s">
-        <v>550</v>
+        <v>573</v>
       </c>
       <c r="E198" s="20" t="s">
-        <v>551</v>
+        <v>574</v>
       </c>
       <c r="F198" s="19" t="s">
-        <v>114</v>
-[...4 lines deleted...]
-      <c r="H198" s="22"/>
+        <v>87</v>
+      </c>
+      <c r="G198" s="19">
+        <v>55060</v>
+      </c>
+      <c r="H198" s="22">
+        <v>5074555200</v>
+      </c>
     </row>
     <row r="199" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B199" s="19">
-        <v>63258</v>
+        <v>13935</v>
       </c>
       <c r="C199" s="20" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="D199" s="21" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="E199" s="20" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="F199" s="19" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="G199" s="19">
         <v>55060</v>
       </c>
       <c r="H199" s="22">
         <v>5074555200</v>
       </c>
     </row>
     <row r="200" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B200" s="19">
-        <v>13935</v>
+        <v>63274</v>
       </c>
       <c r="C200" s="20" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="D200" s="21" t="s">
         <v>577</v>
       </c>
       <c r="E200" s="20" t="s">
-        <v>578</v>
+        <v>48</v>
       </c>
       <c r="F200" s="19" t="s">
-        <v>91</v>
+        <v>49</v>
       </c>
       <c r="G200" s="19">
-        <v>55060</v>
+        <v>50309</v>
       </c>
       <c r="H200" s="22">
-        <v>5074555200</v>
+        <v>8668464660</v>
       </c>
     </row>
     <row r="201" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B201" s="19">
-        <v>63274</v>
+        <v>63290</v>
       </c>
       <c r="C201" s="20" t="s">
+        <v>578</v>
+      </c>
+      <c r="D201" s="21" t="s">
+        <v>579</v>
+      </c>
+      <c r="E201" s="20" t="s">
         <v>580</v>
       </c>
-      <c r="D201" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F201" s="19" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="G201" s="19">
-        <v>50309</v>
+        <v>60018</v>
       </c>
       <c r="H201" s="22">
-        <v>8668464660</v>
+        <v>3128972342</v>
       </c>
     </row>
     <row r="202" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B202" s="19">
-        <v>63290</v>
+        <v>71870</v>
       </c>
       <c r="C202" s="20" t="s">
+        <v>581</v>
+      </c>
+      <c r="D202" s="21" t="s">
         <v>582</v>
       </c>
-      <c r="D202" s="21" t="s">
+      <c r="E202" s="20" t="s">
+        <v>195</v>
+      </c>
+      <c r="F202" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="G202" s="19" t="s">
         <v>583</v>
       </c>
-      <c r="E202" s="20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H202" s="22">
-        <v>3128972342</v>
+        <v>8006488624</v>
       </c>
     </row>
     <row r="203" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B203" s="19">
-        <v>71870</v>
+        <v>21873</v>
       </c>
       <c r="C203" s="20" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="D203" s="21" t="s">
-        <v>586</v>
+        <v>81</v>
       </c>
       <c r="E203" s="20" t="s">
-        <v>199</v>
+        <v>82</v>
       </c>
       <c r="F203" s="19" t="s">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="G203" s="19" t="s">
-        <v>587</v>
+        <v>83</v>
       </c>
       <c r="H203" s="22">
-        <v>8006488624</v>
+        <v>8884667883</v>
       </c>
     </row>
     <row r="204" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B204" s="19">
-        <v>21873</v>
+        <v>69140</v>
       </c>
       <c r="C204" s="20" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="D204" s="21" t="s">
-        <v>85</v>
+        <v>446</v>
       </c>
       <c r="E204" s="20" t="s">
-        <v>86</v>
+        <v>447</v>
       </c>
       <c r="F204" s="19" t="s">
-        <v>25</v>
+        <v>92</v>
       </c>
       <c r="G204" s="19" t="s">
-        <v>87</v>
+        <v>448</v>
       </c>
       <c r="H204" s="22">
-        <v>8884667883</v>
+        <v>8004578803</v>
       </c>
     </row>
     <row r="205" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B205" s="19">
-        <v>69140</v>
+        <v>90328</v>
       </c>
       <c r="C205" s="20" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="D205" s="21" t="s">
-        <v>446</v>
+        <v>68</v>
       </c>
       <c r="E205" s="20" t="s">
-        <v>447</v>
+        <v>69</v>
       </c>
       <c r="F205" s="19" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="G205" s="19" t="s">
-        <v>448</v>
+        <v>71</v>
       </c>
       <c r="H205" s="22">
-        <v>8004578803</v>
+        <v>6307377900</v>
       </c>
     </row>
     <row r="206" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B206" s="19">
-        <v>90328</v>
+        <v>33588</v>
       </c>
       <c r="C206" s="20" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="D206" s="21" t="s">
-        <v>72</v>
+        <v>184</v>
       </c>
       <c r="E206" s="20" t="s">
-        <v>73</v>
+        <v>185</v>
       </c>
       <c r="F206" s="19" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="G206" s="19" t="s">
-        <v>75</v>
+        <v>186</v>
       </c>
       <c r="H206" s="22">
-        <v>6307377900</v>
+        <v>8003440197</v>
       </c>
     </row>
     <row r="207" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B207" s="19">
-        <v>33588</v>
+        <v>67652</v>
       </c>
       <c r="C207" s="20" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="D207" s="21" t="s">
-        <v>188</v>
+        <v>589</v>
       </c>
       <c r="E207" s="20" t="s">
-        <v>189</v>
+        <v>590</v>
       </c>
       <c r="F207" s="19" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>241</v>
+      </c>
+      <c r="G207" s="19">
+        <v>27401</v>
       </c>
       <c r="H207" s="22">
-        <v>8003440197</v>
+        <v>2604552000</v>
       </c>
     </row>
     <row r="208" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B208" s="19">
-        <v>67652</v>
+        <v>36781</v>
       </c>
       <c r="C208" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="D208" s="21" t="s">
         <v>592</v>
       </c>
-      <c r="D208" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E208" s="20" t="s">
-        <v>594</v>
+        <v>247</v>
       </c>
       <c r="F208" s="19" t="s">
-        <v>245</v>
+        <v>49</v>
       </c>
       <c r="G208" s="19">
-        <v>27401</v>
+        <v>50266</v>
       </c>
       <c r="H208" s="22">
-        <v>2604552000</v>
+        <v>8002475248</v>
       </c>
     </row>
     <row r="209" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B209" s="19">
-        <v>36781</v>
+        <v>91642</v>
       </c>
       <c r="C209" s="20" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="D209" s="21" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="E209" s="20" t="s">
-        <v>251</v>
+        <v>189</v>
       </c>
       <c r="F209" s="19" t="s">
-        <v>54</v>
+        <v>190</v>
       </c>
       <c r="G209" s="19">
-        <v>50266</v>
+        <v>46204</v>
       </c>
       <c r="H209" s="22">
-        <v>8002475248</v>
+        <v>3172232700</v>
       </c>
     </row>
     <row r="210" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B210" s="19">
-        <v>91642</v>
+        <v>85286</v>
       </c>
       <c r="C210" s="20" t="s">
+        <v>595</v>
+      </c>
+      <c r="D210" s="21" t="s">
+        <v>596</v>
+      </c>
+      <c r="E210" s="20" t="s">
+        <v>185</v>
+      </c>
+      <c r="F210" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G210" s="19" t="s">
         <v>597</v>
       </c>
-      <c r="D210" s="21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H210" s="22">
-        <v>3172232700</v>
+        <v>8003311476</v>
       </c>
     </row>
     <row r="211" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B211" s="19">
-        <v>85286</v>
+        <v>63657</v>
       </c>
       <c r="C211" s="20" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="D211" s="21" t="s">
-        <v>600</v>
+        <v>163</v>
       </c>
       <c r="E211" s="20" t="s">
-        <v>189</v>
+        <v>164</v>
       </c>
       <c r="F211" s="19" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>601</v>
+        <v>119</v>
+      </c>
+      <c r="G211" s="19">
+        <v>77550</v>
       </c>
       <c r="H211" s="22">
-        <v>8003311476</v>
+        <v>4097634661</v>
       </c>
     </row>
     <row r="212" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B212" s="19">
-        <v>63657</v>
+        <v>35882</v>
       </c>
       <c r="C212" s="20" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="D212" s="21" t="s">
-        <v>167</v>
+        <v>600</v>
       </c>
       <c r="E212" s="20" t="s">
-        <v>168</v>
+        <v>601</v>
       </c>
       <c r="F212" s="19" t="s">
-        <v>123</v>
+        <v>24</v>
       </c>
       <c r="G212" s="19">
-        <v>77550</v>
+        <v>22406</v>
       </c>
       <c r="H212" s="22">
-        <v>4097634661</v>
+        <v>8008413000</v>
       </c>
     </row>
     <row r="213" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B213" s="19">
-        <v>35882</v>
+        <v>39322</v>
       </c>
       <c r="C213" s="20" t="s">
+        <v>602</v>
+      </c>
+      <c r="D213" s="21" t="s">
         <v>603</v>
       </c>
-      <c r="D213" s="21" t="s">
+      <c r="E213" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="F213" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="G213" s="19" t="s">
         <v>604</v>
       </c>
-      <c r="E213" s="20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H213" s="22">
-        <v>8008413000</v>
+        <v>2124801900</v>
       </c>
     </row>
     <row r="214" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B214" s="19">
-        <v>39322</v>
+        <v>38962</v>
       </c>
       <c r="C214" s="20" t="s">
+        <v>605</v>
+      </c>
+      <c r="D214" s="21" t="s">
         <v>606</v>
       </c>
-      <c r="D214" s="21" t="s">
+      <c r="E214" s="20" t="s">
         <v>607</v>
       </c>
-      <c r="E214" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F214" s="19" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="G214" s="19" t="s">
-        <v>608</v>
+        <v>278</v>
       </c>
       <c r="H214" s="22">
-        <v>2124801900</v>
+        <v>2033285000</v>
       </c>
     </row>
     <row r="215" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B215" s="19">
-        <v>38962</v>
+        <v>65536</v>
       </c>
       <c r="C215" s="20" t="s">
+        <v>608</v>
+      </c>
+      <c r="D215" s="21" t="s">
         <v>609</v>
       </c>
-      <c r="D215" s="21" t="s">
+      <c r="E215" s="20" t="s">
         <v>610</v>
       </c>
-      <c r="E215" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F215" s="19" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>24</v>
+      </c>
+      <c r="G215" s="19">
+        <v>23060</v>
       </c>
       <c r="H215" s="22">
-        <v>2033285000</v>
+        <v>8884369678</v>
       </c>
     </row>
     <row r="216" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B216" s="19">
-        <v>65536</v>
+        <v>70025</v>
       </c>
       <c r="C216" s="20" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="D216" s="21" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="E216" s="20" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="F216" s="19" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G216" s="19">
         <v>23060</v>
       </c>
       <c r="H216" s="22">
-        <v>8884369678</v>
+        <v>8046622695</v>
       </c>
     </row>
     <row r="217" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B217" s="19">
-        <v>70025</v>
+        <v>70939</v>
       </c>
       <c r="C217" s="20" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="D217" s="21" t="s">
         <v>613</v>
       </c>
       <c r="E217" s="20" t="s">
-        <v>614</v>
+        <v>106</v>
       </c>
       <c r="F217" s="19" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="G217" s="19">
-        <v>23060</v>
+        <v>10601</v>
       </c>
       <c r="H217" s="22">
-        <v>8046622695</v>
+        <v>9142724000</v>
       </c>
     </row>
     <row r="218" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B218" s="19">
-        <v>70939</v>
+        <v>91472</v>
       </c>
       <c r="C218" s="20" t="s">
+        <v>614</v>
+      </c>
+      <c r="D218" s="21" t="s">
+        <v>615</v>
+      </c>
+      <c r="E218" s="20" t="s">
         <v>616</v>
       </c>
-      <c r="D218" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F218" s="19" t="s">
-        <v>80</v>
+        <v>119</v>
       </c>
       <c r="G218" s="19">
-        <v>10601</v>
+        <v>75070</v>
       </c>
       <c r="H218" s="22">
-        <v>9142724000</v>
+        <v>8006545433</v>
       </c>
     </row>
     <row r="219" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B219" s="19">
-        <v>91472</v>
+        <v>62286</v>
       </c>
       <c r="C219" s="20" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="D219" s="21" t="s">
-        <v>619</v>
+        <v>358</v>
       </c>
       <c r="E219" s="20" t="s">
-        <v>620</v>
+        <v>359</v>
       </c>
       <c r="F219" s="19" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="G219" s="19">
-        <v>75070</v>
+        <v>55343</v>
       </c>
       <c r="H219" s="22">
-        <v>8006545433</v>
+        <v>3172908100</v>
       </c>
     </row>
     <row r="220" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B220" s="19">
-        <v>62286</v>
+        <v>22063</v>
       </c>
       <c r="C220" s="20" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="D220" s="21" t="s">
-        <v>362</v>
+        <v>600</v>
       </c>
       <c r="E220" s="20" t="s">
-        <v>363</v>
+        <v>601</v>
       </c>
       <c r="F220" s="19" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="G220" s="19">
-        <v>55343</v>
+        <v>22406</v>
       </c>
       <c r="H220" s="22">
-        <v>3172908100</v>
+        <v>8008413000</v>
       </c>
     </row>
     <row r="221" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B221" s="19">
-        <v>22063</v>
+        <v>63967</v>
       </c>
       <c r="C221" s="20" t="s">
+        <v>619</v>
+      </c>
+      <c r="D221" s="21" t="s">
+        <v>620</v>
+      </c>
+      <c r="E221" s="20" t="s">
+        <v>621</v>
+      </c>
+      <c r="F221" s="19" t="s">
+        <v>119</v>
+      </c>
+      <c r="G221" s="19" t="s">
         <v>622</v>
       </c>
-      <c r="D221" s="21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H221" s="22">
-        <v>8008413000</v>
+        <v>2103572222</v>
       </c>
     </row>
     <row r="222" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B222" s="19">
-        <v>63967</v>
+        <v>23809</v>
       </c>
       <c r="C222" s="20" t="s">
         <v>623</v>
       </c>
       <c r="D222" s="21" t="s">
-        <v>624</v>
+        <v>79</v>
       </c>
       <c r="E222" s="20" t="s">
-        <v>625</v>
+        <v>75</v>
       </c>
       <c r="F222" s="19" t="s">
-        <v>123</v>
+        <v>76</v>
       </c>
       <c r="G222" s="19" t="s">
-        <v>626</v>
+        <v>77</v>
       </c>
       <c r="H222" s="22">
-        <v>2103572222</v>
+        <v>2127707000</v>
       </c>
     </row>
     <row r="223" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B223" s="19">
-        <v>23809</v>
+        <v>16691</v>
       </c>
       <c r="C223" s="20" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="D223" s="21" t="s">
-        <v>83</v>
+        <v>625</v>
       </c>
       <c r="E223" s="20" t="s">
-        <v>79</v>
+        <v>159</v>
       </c>
       <c r="F223" s="19" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>70</v>
+      </c>
+      <c r="G223" s="19">
+        <v>45202</v>
       </c>
       <c r="H223" s="22">
-        <v>2127707000</v>
+        <v>5133695000</v>
       </c>
     </row>
     <row r="224" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B224" s="19">
-        <v>16691</v>
+        <v>33723</v>
       </c>
       <c r="C224" s="20" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="D224" s="21" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="E224" s="20" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="F224" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G224" s="19">
         <v>45202</v>
       </c>
       <c r="H224" s="22">
-        <v>5133695000</v>
+        <v>5133695012</v>
       </c>
     </row>
     <row r="225" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B225" s="19">
-        <v>33723</v>
+        <v>25224</v>
       </c>
       <c r="C225" s="20" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="D225" s="21" t="s">
-        <v>629</v>
+        <v>361</v>
       </c>
       <c r="E225" s="20" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="F225" s="19" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>45202</v>
+        <v>49</v>
+      </c>
+      <c r="G225" s="19" t="s">
+        <v>316</v>
       </c>
       <c r="H225" s="22">
-        <v>5133695012</v>
+        <v>8008428972</v>
       </c>
     </row>
     <row r="226" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B226" s="19">
-        <v>25224</v>
+        <v>90212</v>
       </c>
       <c r="C226" s="20" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="D226" s="21" t="s">
-        <v>365</v>
+        <v>194</v>
       </c>
       <c r="E226" s="20" t="s">
-        <v>53</v>
+        <v>195</v>
       </c>
       <c r="F226" s="19" t="s">
-        <v>54</v>
+        <v>196</v>
       </c>
       <c r="G226" s="19" t="s">
-        <v>320</v>
+        <v>197</v>
       </c>
       <c r="H226" s="22">
-        <v>8008428972</v>
+        <v>8003666565</v>
       </c>
     </row>
     <row r="227" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B227" s="19">
-        <v>90212</v>
+        <v>17155</v>
       </c>
       <c r="C227" s="20" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="D227" s="21" t="s">
-        <v>198</v>
+        <v>630</v>
       </c>
       <c r="E227" s="20" t="s">
-        <v>199</v>
+        <v>420</v>
       </c>
       <c r="F227" s="19" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>76</v>
+      </c>
+      <c r="G227" s="19">
+        <v>10118</v>
       </c>
       <c r="H227" s="22">
-        <v>8003666565</v>
+        <v>2126839700</v>
       </c>
     </row>
     <row r="228" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B228" s="19">
-        <v>17155</v>
+        <v>17154</v>
       </c>
       <c r="C228" s="20" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="D228" s="21" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="E228" s="20" t="s">
         <v>420</v>
       </c>
       <c r="F228" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G228" s="19">
         <v>10118</v>
       </c>
       <c r="H228" s="22">
         <v>2126839700</v>
       </c>
     </row>
     <row r="229" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B229" s="19">
-        <v>17154</v>
+        <v>22187</v>
       </c>
       <c r="C229" s="20" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="D229" s="21" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="E229" s="20" t="s">
         <v>420</v>
       </c>
       <c r="F229" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G229" s="19">
         <v>10118</v>
       </c>
       <c r="H229" s="22">
         <v>2126839700</v>
       </c>
     </row>
     <row r="230" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B230" s="19">
-        <v>22187</v>
+        <v>22322</v>
       </c>
       <c r="C230" s="20" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="D230" s="21" t="s">
-        <v>634</v>
+        <v>276</v>
       </c>
       <c r="E230" s="20" t="s">
-        <v>420</v>
+        <v>277</v>
       </c>
       <c r="F230" s="19" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>10118</v>
+        <v>65</v>
+      </c>
+      <c r="G230" s="19" t="s">
+        <v>278</v>
       </c>
       <c r="H230" s="22">
-        <v>2126839700</v>
+        <v>8006881840</v>
       </c>
     </row>
     <row r="231" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B231" s="19">
-        <v>22322</v>
+        <v>43974</v>
       </c>
       <c r="C231" s="20" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="D231" s="21" t="s">
-        <v>280</v>
+        <v>544</v>
       </c>
       <c r="E231" s="20" t="s">
-        <v>281</v>
+        <v>75</v>
       </c>
       <c r="F231" s="19" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>76</v>
+      </c>
+      <c r="G231" s="19">
+        <v>10007</v>
       </c>
       <c r="H231" s="22">
-        <v>8006881840</v>
+        <v>8553550327</v>
       </c>
     </row>
     <row r="232" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B232" s="19">
-        <v>43974</v>
+        <v>64211</v>
       </c>
       <c r="C232" s="20" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="D232" s="21" t="s">
-        <v>548</v>
+        <v>636</v>
       </c>
       <c r="E232" s="20" t="s">
-        <v>79</v>
+        <v>637</v>
       </c>
       <c r="F232" s="19" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="G232" s="19">
-        <v>10007</v>
-[...3 lines deleted...]
-      </c>
+        <v>60025</v>
+      </c>
+      <c r="H232" s="22"/>
     </row>
     <row r="233" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B233" s="19">
-        <v>64211</v>
+        <v>64238</v>
       </c>
       <c r="C233" s="20" t="s">
+        <v>638</v>
+      </c>
+      <c r="D233" s="21" t="s">
         <v>639</v>
       </c>
-      <c r="D233" s="21" t="s">
+      <c r="E233" s="20" t="s">
         <v>640</v>
       </c>
-      <c r="E233" s="20" t="s">
+      <c r="F233" s="19" t="s">
         <v>641</v>
       </c>
-      <c r="F233" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G233" s="19">
-        <v>60025</v>
-[...1 lines deleted...]
-      <c r="H233" s="22"/>
+        <v>70816</v>
+      </c>
+      <c r="H233" s="22">
+        <v>8005358110</v>
+      </c>
     </row>
     <row r="234" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B234" s="19">
-        <v>64238</v>
+        <v>64246</v>
       </c>
       <c r="C234" s="20" t="s">
         <v>642</v>
       </c>
       <c r="D234" s="21" t="s">
         <v>643</v>
       </c>
       <c r="E234" s="20" t="s">
-        <v>644</v>
+        <v>75</v>
       </c>
       <c r="F234" s="19" t="s">
-        <v>645</v>
+        <v>76</v>
       </c>
       <c r="G234" s="19">
-        <v>70816</v>
+        <v>10001</v>
       </c>
       <c r="H234" s="22">
-        <v>8005358110</v>
+        <v>2125988000</v>
       </c>
     </row>
     <row r="235" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B235" s="19">
-        <v>64246</v>
+        <v>22357</v>
       </c>
       <c r="C235" s="20" t="s">
+        <v>644</v>
+      </c>
+      <c r="D235" s="21" t="s">
+        <v>645</v>
+      </c>
+      <c r="E235" s="20" t="s">
+        <v>382</v>
+      </c>
+      <c r="F235" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="G235" s="19" t="s">
         <v>646</v>
       </c>
-      <c r="D235" s="21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H235" s="22">
-        <v>2125988000</v>
+        <v>8605473448</v>
       </c>
     </row>
     <row r="236" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B236" s="19">
-        <v>22357</v>
+        <v>29424</v>
       </c>
       <c r="C236" s="20" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="D236" s="21" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="E236" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F236" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G236" s="19" t="s">
-        <v>650</v>
-[...3 lines deleted...]
-      </c>
+        <v>646</v>
+      </c>
+      <c r="H236" s="22"/>
     </row>
     <row r="237" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B237" s="19">
-        <v>29424</v>
+        <v>19682</v>
       </c>
       <c r="C237" s="20" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="D237" s="21" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="E237" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F237" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G237" s="19" t="s">
-        <v>650</v>
-[...1 lines deleted...]
-      <c r="H237" s="22"/>
+        <v>646</v>
+      </c>
+      <c r="H237" s="22">
+        <v>8605473448</v>
+      </c>
     </row>
     <row r="238" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B238" s="19">
-        <v>19682</v>
+        <v>70815</v>
       </c>
       <c r="C238" s="20" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="D238" s="21" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="E238" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F238" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G238" s="19" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="H238" s="22">
-        <v>8605473448</v>
+        <v>8605475000</v>
       </c>
     </row>
     <row r="239" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B239" s="19">
-        <v>70815</v>
+        <v>30104</v>
       </c>
       <c r="C239" s="20" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="D239" s="21" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="E239" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F239" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G239" s="19" t="s">
-        <v>650</v>
-[...3 lines deleted...]
-      </c>
+        <v>646</v>
+      </c>
+      <c r="H239" s="22"/>
     </row>
     <row r="240" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B240" s="19">
-        <v>30104</v>
+        <v>92711</v>
       </c>
       <c r="C240" s="20" t="s">
+        <v>651</v>
+      </c>
+      <c r="D240" s="21" t="s">
+        <v>652</v>
+      </c>
+      <c r="E240" s="20" t="s">
+        <v>653</v>
+      </c>
+      <c r="F240" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="G240" s="19" t="s">
         <v>654</v>
       </c>
-      <c r="D240" s="21" t="s">
-[...11 lines deleted...]
-      <c r="H240" s="22"/>
+      <c r="H240" s="22">
+        <v>8004470460</v>
+      </c>
     </row>
     <row r="241" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B241" s="19">
-        <v>92711</v>
+        <v>78611</v>
       </c>
       <c r="C241" s="20" t="s">
         <v>655</v>
       </c>
       <c r="D241" s="21" t="s">
         <v>656</v>
       </c>
       <c r="E241" s="20" t="s">
+        <v>364</v>
+      </c>
+      <c r="F241" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G241" s="19" t="s">
         <v>657</v>
       </c>
-      <c r="F241" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H241" s="22">
-        <v>8004470460</v>
+        <v>8006547385</v>
       </c>
     </row>
     <row r="242" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B242" s="19">
-        <v>78611</v>
+        <v>70670</v>
       </c>
       <c r="C242" s="20" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="D242" s="21" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="E242" s="20" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="F242" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G242" s="19" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="H242" s="22">
-        <v>8006547385</v>
+        <v>3126536000</v>
       </c>
     </row>
     <row r="243" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B243" s="19">
-        <v>70670</v>
+        <v>66141</v>
       </c>
       <c r="C243" s="20" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="D243" s="21" t="s">
         <v>660</v>
       </c>
       <c r="E243" s="20" t="s">
-        <v>368</v>
+        <v>661</v>
       </c>
       <c r="F243" s="19" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>661</v>
+        <v>196</v>
+      </c>
+      <c r="G243" s="19">
+        <v>63105</v>
       </c>
       <c r="H243" s="22">
-        <v>3126536000</v>
+        <v>8186768256</v>
       </c>
     </row>
     <row r="244" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B244" s="19">
-        <v>66141</v>
+        <v>12902</v>
       </c>
       <c r="C244" s="20" t="s">
+        <v>662</v>
+      </c>
+      <c r="D244" s="21" t="s">
         <v>663</v>
       </c>
-      <c r="D244" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E244" s="20" t="s">
-        <v>665</v>
+        <v>82</v>
       </c>
       <c r="F244" s="19" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>63105</v>
+        <v>20</v>
+      </c>
+      <c r="G244" s="19" t="s">
+        <v>657</v>
       </c>
       <c r="H244" s="22">
-        <v>8186768256</v>
+        <v>6152917000</v>
       </c>
     </row>
     <row r="245" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B245" s="19">
-        <v>12902</v>
+        <v>61727</v>
       </c>
       <c r="C245" s="20" t="s">
+        <v>664</v>
+      </c>
+      <c r="D245" s="21" t="s">
+        <v>665</v>
+      </c>
+      <c r="E245" s="20" t="s">
         <v>666</v>
       </c>
-      <c r="D245" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F245" s="19" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>661</v>
+        <v>45</v>
+      </c>
+      <c r="G245" s="19">
+        <v>37228</v>
       </c>
       <c r="H245" s="22">
-        <v>6152917000</v>
+        <v>3126536000</v>
       </c>
     </row>
     <row r="246" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B246" s="19">
-        <v>61727</v>
+        <v>64394</v>
       </c>
       <c r="C246" s="20" t="s">
+        <v>667</v>
+      </c>
+      <c r="D246" s="21" t="s">
         <v>668</v>
       </c>
-      <c r="D246" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E246" s="20" t="s">
-        <v>670</v>
+        <v>82</v>
       </c>
       <c r="F246" s="19" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="G246" s="19">
-        <v>37228</v>
+        <v>60606</v>
       </c>
       <c r="H246" s="22">
-        <v>3126536000</v>
+        <v>8553472795</v>
       </c>
     </row>
     <row r="247" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B247" s="19">
-        <v>64394</v>
+        <v>71768</v>
       </c>
       <c r="C247" s="20" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="D247" s="21" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="E247" s="20" t="s">
-        <v>86</v>
+        <v>331</v>
       </c>
       <c r="F247" s="19" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G247" s="19">
-        <v>60606</v>
+        <v>15222</v>
       </c>
       <c r="H247" s="22">
-        <v>8553472795</v>
+        <v>4125440139</v>
       </c>
     </row>
     <row r="248" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B248" s="19">
-        <v>71768</v>
+        <v>93440</v>
       </c>
       <c r="C248" s="20" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="D248" s="21" t="s">
-        <v>674</v>
+        <v>330</v>
       </c>
       <c r="E248" s="20" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="F248" s="19" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>15222</v>
+        <v>57</v>
+      </c>
+      <c r="G248" s="19" t="s">
+        <v>332</v>
       </c>
       <c r="H248" s="22">
-        <v>4125440139</v>
+        <v>8003285433</v>
       </c>
     </row>
     <row r="249" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B249" s="19">
-        <v>93440</v>
+        <v>14198</v>
       </c>
       <c r="C249" s="20" t="s">
+        <v>672</v>
+      </c>
+      <c r="D249" s="21" t="s">
+        <v>673</v>
+      </c>
+      <c r="E249" s="20" t="s">
+        <v>674</v>
+      </c>
+      <c r="F249" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G249" s="19" t="s">
         <v>675</v>
       </c>
-      <c r="D249" s="21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H249" s="22">
-        <v>8003285433</v>
+        <v>4137874000</v>
       </c>
     </row>
     <row r="250" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B250" s="19">
-        <v>14198</v>
+        <v>64513</v>
       </c>
       <c r="C250" s="20" t="s">
         <v>676</v>
       </c>
       <c r="D250" s="21" t="s">
         <v>677</v>
       </c>
       <c r="E250" s="20" t="s">
-        <v>678</v>
+        <v>341</v>
       </c>
       <c r="F250" s="19" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>679</v>
+        <v>20</v>
+      </c>
+      <c r="G250" s="19">
+        <v>62715</v>
       </c>
       <c r="H250" s="22">
-        <v>4137874000</v>
+        <v>2177892500</v>
       </c>
     </row>
     <row r="251" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B251" s="19">
-        <v>64513</v>
+        <v>18975</v>
       </c>
       <c r="C251" s="20" t="s">
+        <v>678</v>
+      </c>
+      <c r="D251" s="21" t="s">
+        <v>679</v>
+      </c>
+      <c r="E251" s="20" t="s">
         <v>680</v>
       </c>
-      <c r="D251" s="21" t="s">
+      <c r="F251" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G251" s="19" t="s">
         <v>681</v>
       </c>
-      <c r="E251" s="20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H251" s="22">
-        <v>2177892500</v>
+        <v>7812636000</v>
       </c>
     </row>
     <row r="252" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B252" s="19">
-        <v>18975</v>
+        <v>25054</v>
       </c>
       <c r="C252" s="20" t="s">
         <v>682</v>
       </c>
       <c r="D252" s="21" t="s">
         <v>683</v>
       </c>
       <c r="E252" s="20" t="s">
-        <v>684</v>
+        <v>75</v>
       </c>
       <c r="F252" s="19" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>685</v>
+        <v>76</v>
+      </c>
+      <c r="G252" s="19">
+        <v>10038</v>
       </c>
       <c r="H252" s="22">
-        <v>7812636000</v>
+        <v>2129782800</v>
       </c>
     </row>
     <row r="253" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B253" s="19">
-        <v>25054</v>
+        <v>60052</v>
       </c>
       <c r="C253" s="20" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="D253" s="21" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="E253" s="20" t="s">
-        <v>79</v>
+        <v>508</v>
       </c>
       <c r="F253" s="19" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>10038</v>
+        <v>401</v>
+      </c>
+      <c r="G253" s="19" t="s">
+        <v>509</v>
       </c>
       <c r="H253" s="22">
-        <v>2129782800</v>
+        <v>5025801000</v>
       </c>
     </row>
     <row r="254" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B254" s="19">
-        <v>60052</v>
+        <v>73288</v>
       </c>
       <c r="C254" s="20" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="D254" s="21" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="E254" s="20" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="F254" s="19" t="s">
         <v>401</v>
       </c>
       <c r="G254" s="19" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="H254" s="22">
-        <v>5025801000</v>
+        <v>5025801624</v>
       </c>
     </row>
     <row r="255" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B255" s="19">
-        <v>73288</v>
+        <v>70580</v>
       </c>
       <c r="C255" s="20" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="D255" s="21" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="E255" s="20" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="F255" s="19" t="s">
         <v>401</v>
       </c>
       <c r="G255" s="19" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="H255" s="22">
-        <v>5025801624</v>
+        <v>9203361100</v>
       </c>
     </row>
     <row r="256" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B256" s="19">
-        <v>70580</v>
+        <v>91693</v>
       </c>
       <c r="C256" s="20" t="s">
+        <v>689</v>
+      </c>
+      <c r="D256" s="21" t="s">
+        <v>690</v>
+      </c>
+      <c r="E256" s="20" t="s">
+        <v>156</v>
+      </c>
+      <c r="F256" s="19" t="s">
+        <v>119</v>
+      </c>
+      <c r="G256" s="19" t="s">
         <v>691</v>
       </c>
-      <c r="D256" s="21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H256" s="22">
-        <v>9203361100</v>
+        <v>8007367311</v>
       </c>
     </row>
     <row r="257" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B257" s="19">
-        <v>91693</v>
+        <v>97764</v>
       </c>
       <c r="C257" s="20" t="s">
+        <v>692</v>
+      </c>
+      <c r="D257" s="21" t="s">
         <v>693</v>
       </c>
-      <c r="D257" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E257" s="20" t="s">
-        <v>160</v>
+        <v>607</v>
       </c>
       <c r="F257" s="19" t="s">
-        <v>123</v>
+        <v>65</v>
       </c>
       <c r="G257" s="19" t="s">
-        <v>695</v>
+        <v>278</v>
       </c>
       <c r="H257" s="22">
-        <v>8007367311</v>
+        <v>2033523042</v>
       </c>
     </row>
     <row r="258" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B258" s="19">
-        <v>97764</v>
+        <v>64580</v>
       </c>
       <c r="C258" s="20" t="s">
+        <v>694</v>
+      </c>
+      <c r="D258" s="21" t="s">
+        <v>695</v>
+      </c>
+      <c r="E258" s="20" t="s">
         <v>696</v>
       </c>
-      <c r="D258" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F258" s="19" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>20</v>
+      </c>
+      <c r="G258" s="19">
+        <v>61634</v>
       </c>
       <c r="H258" s="22">
-        <v>2033523042</v>
+        <v>3096748255</v>
       </c>
     </row>
     <row r="259" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B259" s="19">
-        <v>64580</v>
+        <v>23817</v>
       </c>
       <c r="C259" s="20" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="D259" s="21" t="s">
-        <v>699</v>
+        <v>79</v>
       </c>
       <c r="E259" s="20" t="s">
-        <v>700</v>
+        <v>75</v>
       </c>
       <c r="F259" s="19" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>61634</v>
+        <v>76</v>
+      </c>
+      <c r="G259" s="19" t="s">
+        <v>77</v>
       </c>
       <c r="H259" s="22">
-        <v>3096748255</v>
+        <v>3129305400</v>
       </c>
     </row>
     <row r="260" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B260" s="19">
-        <v>23817</v>
+        <v>35408</v>
       </c>
       <c r="C260" s="20" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="D260" s="21" t="s">
-        <v>83</v>
+        <v>699</v>
       </c>
       <c r="E260" s="20" t="s">
-        <v>79</v>
+        <v>141</v>
       </c>
       <c r="F260" s="19" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>119</v>
+      </c>
+      <c r="G260" s="19">
+        <v>77024</v>
       </c>
       <c r="H260" s="22">
-        <v>3129305400</v>
+        <v>7139354830</v>
       </c>
     </row>
     <row r="261" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B261" s="19">
-        <v>35408</v>
+        <v>43575</v>
       </c>
       <c r="C261" s="20" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="D261" s="21" t="s">
-        <v>703</v>
+        <v>61</v>
       </c>
       <c r="E261" s="20" t="s">
-        <v>145</v>
+        <v>56</v>
       </c>
       <c r="F261" s="19" t="s">
-        <v>123</v>
+        <v>57</v>
       </c>
       <c r="G261" s="19">
-        <v>77024</v>
+        <v>19106</v>
       </c>
       <c r="H261" s="22">
-        <v>7139354830</v>
+        <v>2156402434</v>
       </c>
     </row>
     <row r="262" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B262" s="19">
-        <v>43575</v>
+        <v>26581</v>
       </c>
       <c r="C262" s="20" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="D262" s="21" t="s">
-        <v>66</v>
+        <v>702</v>
       </c>
       <c r="E262" s="20" t="s">
-        <v>61</v>
+        <v>420</v>
       </c>
       <c r="F262" s="19" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="G262" s="19">
-        <v>19106</v>
+        <v>10017</v>
       </c>
       <c r="H262" s="22">
-        <v>2156402434</v>
+        <v>8004716191</v>
       </c>
     </row>
     <row r="263" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B263" s="19">
-        <v>26581</v>
+        <v>64602</v>
       </c>
       <c r="C263" s="20" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="D263" s="21" t="s">
-        <v>706</v>
+        <v>481</v>
       </c>
       <c r="E263" s="20" t="s">
-        <v>420</v>
+        <v>482</v>
       </c>
       <c r="F263" s="19" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>10017</v>
+        <v>92</v>
+      </c>
+      <c r="G263" s="19" t="s">
+        <v>483</v>
       </c>
       <c r="H263" s="22">
-        <v>8004716191</v>
+        <v>8002253950</v>
       </c>
     </row>
     <row r="264" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B264" s="19">
-        <v>64602</v>
+        <v>91785</v>
       </c>
       <c r="C264" s="20" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="D264" s="21" t="s">
-        <v>481</v>
+        <v>705</v>
       </c>
       <c r="E264" s="20" t="s">
-        <v>482</v>
+        <v>706</v>
       </c>
       <c r="F264" s="19" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>53</v>
+      </c>
+      <c r="G264" s="19">
+        <v>32202</v>
       </c>
       <c r="H264" s="22">
-        <v>8002253950</v>
+        <v>8007930848</v>
       </c>
     </row>
     <row r="265" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B265" s="19">
-        <v>91785</v>
+        <v>22195</v>
       </c>
       <c r="C265" s="20" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="D265" s="21" t="s">
-        <v>709</v>
+        <v>630</v>
       </c>
       <c r="E265" s="20" t="s">
-        <v>710</v>
+        <v>420</v>
       </c>
       <c r="F265" s="19" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="G265" s="19">
-        <v>32202</v>
+        <v>10118</v>
       </c>
       <c r="H265" s="22">
-        <v>8007930848</v>
+        <v>2126839700</v>
       </c>
     </row>
     <row r="266" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B266" s="19">
-        <v>22195</v>
+        <v>22713</v>
       </c>
       <c r="C266" s="20" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="D266" s="21" t="s">
-        <v>634</v>
+        <v>61</v>
       </c>
       <c r="E266" s="20" t="s">
-        <v>420</v>
+        <v>56</v>
       </c>
       <c r="F266" s="19" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="G266" s="19">
-        <v>10118</v>
+        <v>19106</v>
       </c>
       <c r="H266" s="22">
-        <v>2126839700</v>
+        <v>2156401000</v>
       </c>
     </row>
     <row r="267" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B267" s="19">
-        <v>22713</v>
+        <v>11162</v>
       </c>
       <c r="C267" s="20" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D267" s="21" t="s">
-        <v>66</v>
+        <v>710</v>
       </c>
       <c r="E267" s="20" t="s">
-        <v>61</v>
+        <v>706</v>
       </c>
       <c r="F267" s="19" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="G267" s="19">
-        <v>19106</v>
+        <v>32256</v>
       </c>
       <c r="H267" s="22">
-        <v>2156401000</v>
+        <v>9044071097</v>
       </c>
     </row>
     <row r="268" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B268" s="19">
-        <v>11162</v>
+        <v>19429</v>
       </c>
       <c r="C268" s="20" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="D268" s="21" t="s">
-        <v>714</v>
+        <v>79</v>
       </c>
       <c r="E268" s="20" t="s">
-        <v>710</v>
+        <v>75</v>
       </c>
       <c r="F268" s="19" t="s">
-        <v>58</v>
-[...6 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="G268" s="19" t="s">
+        <v>77</v>
+      </c>
+      <c r="H268" s="22"/>
     </row>
     <row r="269" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B269" s="19">
-        <v>19429</v>
+        <v>29742</v>
       </c>
       <c r="C269" s="20" t="s">
+        <v>712</v>
+      </c>
+      <c r="D269" s="21" t="s">
+        <v>713</v>
+      </c>
+      <c r="E269" s="20" t="s">
+        <v>714</v>
+      </c>
+      <c r="F269" s="19" t="s">
+        <v>241</v>
+      </c>
+      <c r="G269" s="19" t="s">
         <v>715</v>
       </c>
-      <c r="D269" s="21" t="s">
-[...11 lines deleted...]
-      <c r="H269" s="22"/>
+      <c r="H269" s="22">
+        <v>8005260332</v>
+      </c>
     </row>
     <row r="270" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B270" s="19">
-        <v>29742</v>
+        <v>36153</v>
       </c>
       <c r="C270" s="20" t="s">
         <v>716</v>
       </c>
       <c r="D270" s="21" t="s">
-        <v>494</v>
+        <v>121</v>
       </c>
       <c r="E270" s="20" t="s">
-        <v>495</v>
+        <v>82</v>
       </c>
       <c r="F270" s="19" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>496</v>
+        <v>20</v>
+      </c>
+      <c r="G270" s="19">
+        <v>60606</v>
       </c>
       <c r="H270" s="22">
-        <v>8005260332</v>
+        <v>8002622000</v>
       </c>
     </row>
     <row r="271" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B271" s="19">
-        <v>36153</v>
+        <v>23647</v>
       </c>
       <c r="C271" s="20" t="s">
         <v>717</v>
       </c>
       <c r="D271" s="21" t="s">
-        <v>125</v>
+        <v>184</v>
       </c>
       <c r="E271" s="20" t="s">
-        <v>86</v>
+        <v>185</v>
       </c>
       <c r="F271" s="19" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>60606</v>
+        <v>92</v>
+      </c>
+      <c r="G271" s="19" t="s">
+        <v>186</v>
       </c>
       <c r="H271" s="22">
-        <v>8002622000</v>
+        <v>6173579500</v>
       </c>
     </row>
     <row r="272" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B272" s="19">
-        <v>23647</v>
+        <v>65056</v>
       </c>
       <c r="C272" s="20" t="s">
         <v>718</v>
       </c>
       <c r="D272" s="21" t="s">
-        <v>188</v>
+        <v>719</v>
       </c>
       <c r="E272" s="20" t="s">
-        <v>189</v>
+        <v>273</v>
       </c>
       <c r="F272" s="19" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>28</v>
+      </c>
+      <c r="G272" s="19">
+        <v>48951</v>
       </c>
       <c r="H272" s="22">
-        <v>6173579500</v>
+        <v>5173815500</v>
       </c>
     </row>
     <row r="273" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B273" s="19">
-        <v>65056</v>
+        <v>11630</v>
       </c>
       <c r="C273" s="20" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D273" s="21" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="E273" s="20" t="s">
-        <v>277</v>
+        <v>557</v>
       </c>
       <c r="F273" s="19" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="G273" s="19">
-        <v>48951</v>
+        <v>23233</v>
       </c>
       <c r="H273" s="22">
-        <v>5173815500</v>
+        <v>8004974602</v>
       </c>
     </row>
     <row r="274" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B274" s="19">
-        <v>11630</v>
+        <v>64017</v>
       </c>
       <c r="C274" s="20" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="D274" s="21" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="E274" s="20" t="s">
-        <v>561</v>
+        <v>129</v>
       </c>
       <c r="F274" s="19" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>23233</v>
+        <v>70</v>
+      </c>
+      <c r="G274" s="19" t="s">
+        <v>724</v>
       </c>
       <c r="H274" s="22">
-        <v>8004974602</v>
+        <v>6142491545</v>
       </c>
     </row>
     <row r="275" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B275" s="19">
-        <v>64017</v>
+        <v>65080</v>
       </c>
       <c r="C275" s="20" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="D275" s="21" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="E275" s="20" t="s">
-        <v>133</v>
+        <v>727</v>
       </c>
       <c r="F275" s="19" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>725</v>
+        <v>13</v>
+      </c>
+      <c r="G275" s="19">
+        <v>91365</v>
       </c>
       <c r="H275" s="22">
-        <v>6142491545</v>
+        <v>8668664488</v>
       </c>
     </row>
     <row r="276" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B276" s="19">
-        <v>65080</v>
+        <v>93610</v>
       </c>
       <c r="C276" s="20" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="D276" s="21" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="E276" s="20" t="s">
-        <v>728</v>
+        <v>185</v>
       </c>
       <c r="F276" s="19" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>91365</v>
+        <v>92</v>
+      </c>
+      <c r="G276" s="19" t="s">
+        <v>730</v>
       </c>
       <c r="H276" s="22">
-        <v>8668664488</v>
+        <v>6175726000</v>
       </c>
     </row>
     <row r="277" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B277" s="19">
-        <v>93610</v>
+        <v>65838</v>
       </c>
       <c r="C277" s="20" t="s">
+        <v>731</v>
+      </c>
+      <c r="D277" s="21" t="s">
         <v>729</v>
       </c>
-      <c r="D277" s="21" t="s">
+      <c r="E277" s="20" t="s">
+        <v>185</v>
+      </c>
+      <c r="F277" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G277" s="19" t="s">
         <v>730</v>
       </c>
-      <c r="E277" s="20" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H277" s="22"/>
     </row>
     <row r="278" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B278" s="19">
-        <v>65838</v>
+        <v>65129</v>
       </c>
       <c r="C278" s="20" t="s">
         <v>732</v>
       </c>
       <c r="D278" s="21" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="E278" s="20" t="s">
-        <v>189</v>
+        <v>734</v>
       </c>
       <c r="F278" s="19" t="s">
-        <v>96</v>
+        <v>196</v>
       </c>
       <c r="G278" s="19" t="s">
-        <v>731</v>
-[...1 lines deleted...]
-      <c r="H278" s="22"/>
+        <v>735</v>
+      </c>
+      <c r="H278" s="22">
+        <v>8167537000</v>
+      </c>
     </row>
     <row r="279" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B279" s="19">
-        <v>65129</v>
+        <v>65242</v>
       </c>
       <c r="C279" s="20" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="D279" s="21" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="E279" s="20" t="s">
-        <v>735</v>
+        <v>159</v>
       </c>
       <c r="F279" s="19" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>736</v>
+        <v>70</v>
+      </c>
+      <c r="G279" s="19">
+        <v>45202</v>
       </c>
       <c r="H279" s="22">
-        <v>8167537000</v>
+        <v>8004438793</v>
       </c>
     </row>
     <row r="280" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B280" s="19">
-        <v>65242</v>
+        <v>62383</v>
       </c>
       <c r="C280" s="20" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="D280" s="21" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="E280" s="20" t="s">
-        <v>163</v>
+        <v>740</v>
       </c>
       <c r="F280" s="19" t="s">
-        <v>74</v>
+        <v>49</v>
       </c>
       <c r="G280" s="19">
-        <v>45202</v>
+        <v>50266</v>
       </c>
       <c r="H280" s="22">
-        <v>8004438793</v>
+        <v>5154405500</v>
       </c>
     </row>
     <row r="281" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B281" s="19">
-        <v>62383</v>
+        <v>76503</v>
       </c>
       <c r="C281" s="20" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="D281" s="21" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="E281" s="20" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="F281" s="19" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>50266</v>
+        <v>41</v>
+      </c>
+      <c r="G281" s="19" t="s">
+        <v>654</v>
       </c>
       <c r="H281" s="22">
-        <v>5154405500</v>
+        <v>8009184024</v>
       </c>
     </row>
     <row r="282" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B282" s="19">
-        <v>76503</v>
+        <v>68543</v>
       </c>
       <c r="C282" s="20" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="D282" s="21" t="s">
-        <v>743</v>
+        <v>117</v>
       </c>
       <c r="E282" s="20" t="s">
-        <v>744</v>
+        <v>118</v>
       </c>
       <c r="F282" s="19" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>658</v>
+        <v>119</v>
+      </c>
+      <c r="G282" s="19">
+        <v>75234</v>
       </c>
       <c r="H282" s="22">
-        <v>8009184024</v>
+        <v>4695224400</v>
       </c>
     </row>
     <row r="283" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B283" s="19">
-        <v>68543</v>
+        <v>42404</v>
       </c>
       <c r="C283" s="20" t="s">
         <v>745</v>
       </c>
       <c r="D283" s="21" t="s">
-        <v>121</v>
+        <v>184</v>
       </c>
       <c r="E283" s="20" t="s">
-        <v>122</v>
+        <v>185</v>
       </c>
       <c r="F283" s="19" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>75234</v>
+        <v>92</v>
+      </c>
+      <c r="G283" s="19" t="s">
+        <v>186</v>
       </c>
       <c r="H283" s="22">
-        <v>4695224400</v>
+        <v>8003440197</v>
       </c>
     </row>
     <row r="284" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B284" s="19">
-        <v>42404</v>
+        <v>19917</v>
       </c>
       <c r="C284" s="20" t="s">
         <v>746</v>
       </c>
       <c r="D284" s="21" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="E284" s="20" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F284" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G284" s="19" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="H284" s="22"/>
     </row>
     <row r="285" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B285" s="19">
-        <v>19917</v>
+        <v>23035</v>
       </c>
       <c r="C285" s="20" t="s">
         <v>747</v>
       </c>
       <c r="D285" s="21" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="E285" s="20" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F285" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G285" s="19" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H285" s="22"/>
     </row>
     <row r="286" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B286" s="19">
-        <v>23035</v>
+        <v>23043</v>
       </c>
       <c r="C286" s="20" t="s">
         <v>748</v>
       </c>
       <c r="D286" s="21" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="E286" s="20" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F286" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G286" s="19" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="H286" s="22"/>
+        <v>186</v>
+      </c>
+      <c r="H286" s="22">
+        <v>6173579500</v>
+      </c>
     </row>
     <row r="287" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B287" s="19">
-        <v>23043</v>
+        <v>65331</v>
       </c>
       <c r="C287" s="20" t="s">
         <v>749</v>
       </c>
       <c r="D287" s="21" t="s">
-        <v>188</v>
+        <v>615</v>
       </c>
       <c r="E287" s="20" t="s">
-        <v>189</v>
+        <v>616</v>
       </c>
       <c r="F287" s="19" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>119</v>
+      </c>
+      <c r="G287" s="19">
+        <v>75070</v>
       </c>
       <c r="H287" s="22">
-        <v>6173579500</v>
+        <v>9725694000</v>
       </c>
     </row>
     <row r="288" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B288" s="19">
-        <v>65331</v>
+        <v>65498</v>
       </c>
       <c r="C288" s="20" t="s">
         <v>750</v>
       </c>
       <c r="D288" s="21" t="s">
-        <v>619</v>
+        <v>751</v>
       </c>
       <c r="E288" s="20" t="s">
-        <v>620</v>
+        <v>75</v>
       </c>
       <c r="F288" s="19" t="s">
-        <v>123</v>
+        <v>76</v>
       </c>
       <c r="G288" s="19">
-        <v>75070</v>
+        <v>10010</v>
       </c>
       <c r="H288" s="22">
-        <v>9725694000</v>
+        <v>2157611000</v>
       </c>
     </row>
     <row r="289" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B289" s="19">
-        <v>65498</v>
+        <v>65528</v>
       </c>
       <c r="C289" s="20" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D289" s="21" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="E289" s="20" t="s">
-        <v>79</v>
+        <v>754</v>
       </c>
       <c r="F289" s="19" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>10010</v>
+        <v>755</v>
+      </c>
+      <c r="G289" s="19" t="s">
+        <v>756</v>
       </c>
       <c r="H289" s="22">
-        <v>2157611000</v>
+        <v>2146387100</v>
       </c>
     </row>
     <row r="290" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B290" s="19">
-        <v>65528</v>
+        <v>97691</v>
       </c>
       <c r="C290" s="20" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="D290" s="21" t="s">
-        <v>754</v>
+        <v>710</v>
       </c>
       <c r="E290" s="20" t="s">
-        <v>755</v>
+        <v>706</v>
       </c>
       <c r="F290" s="19" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-        <v>757</v>
+        <v>53</v>
+      </c>
+      <c r="G290" s="19">
+        <v>32256</v>
       </c>
       <c r="H290" s="22">
-        <v>2146387100</v>
+        <v>8008882738</v>
       </c>
     </row>
     <row r="291" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B291" s="19">
-        <v>97691</v>
+        <v>77720</v>
       </c>
       <c r="C291" s="20" t="s">
         <v>758</v>
       </c>
       <c r="D291" s="21" t="s">
-        <v>714</v>
+        <v>759</v>
       </c>
       <c r="E291" s="20" t="s">
-        <v>710</v>
+        <v>760</v>
       </c>
       <c r="F291" s="19" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="G291" s="19">
-        <v>32256</v>
+        <v>48165</v>
       </c>
       <c r="H291" s="22">
-        <v>8008882738</v>
+        <v>8102207700</v>
       </c>
     </row>
     <row r="292" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B292" s="19">
-        <v>77720</v>
+        <v>99724</v>
       </c>
       <c r="C292" s="20" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="D292" s="21" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="E292" s="20" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="F292" s="19" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>48165</v>
+        <v>137</v>
+      </c>
+      <c r="G292" s="19" t="s">
+        <v>764</v>
       </c>
       <c r="H292" s="22">
-        <v>8102207700</v>
+        <v>4052362640</v>
       </c>
     </row>
     <row r="293" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B293" s="19">
-        <v>99724</v>
+        <v>65595</v>
       </c>
       <c r="C293" s="20" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="D293" s="21" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="E293" s="20" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="F293" s="19" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>765</v>
+        <v>20</v>
+      </c>
+      <c r="G293" s="19">
+        <v>60018</v>
       </c>
       <c r="H293" s="22">
-        <v>4052362640</v>
+        <v>8886743667</v>
       </c>
     </row>
     <row r="294" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B294" s="19">
-        <v>65595</v>
+        <v>65927</v>
       </c>
       <c r="C294" s="20" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="D294" s="21" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="E294" s="20" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="F294" s="19" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="G294" s="19">
-        <v>60018</v>
+        <v>85018</v>
       </c>
       <c r="H294" s="22">
-        <v>8886743667</v>
+        <v>8004338181</v>
       </c>
     </row>
     <row r="295" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B295" s="19">
-        <v>65927</v>
+        <v>62057</v>
       </c>
       <c r="C295" s="20" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="D295" s="21" t="s">
-        <v>770</v>
+        <v>589</v>
       </c>
       <c r="E295" s="20" t="s">
-        <v>771</v>
+        <v>590</v>
       </c>
       <c r="F295" s="19" t="s">
-        <v>209</v>
+        <v>241</v>
       </c>
       <c r="G295" s="19">
-        <v>85018</v>
+        <v>27401</v>
       </c>
       <c r="H295" s="22">
-        <v>8004338181</v>
+        <v>8002542650</v>
       </c>
     </row>
     <row r="296" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B296" s="19">
-        <v>62057</v>
+        <v>65676</v>
       </c>
       <c r="C296" s="20" t="s">
         <v>772</v>
       </c>
       <c r="D296" s="21" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="E296" s="20" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="F296" s="19" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="G296" s="19">
         <v>27401</v>
       </c>
       <c r="H296" s="22">
-        <v>8002542650</v>
+        <v>2604552000</v>
       </c>
     </row>
     <row r="297" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B297" s="19">
-        <v>65676</v>
+        <v>40550</v>
       </c>
       <c r="C297" s="20" t="s">
         <v>773</v>
       </c>
       <c r="D297" s="21" t="s">
-        <v>593</v>
+        <v>774</v>
       </c>
       <c r="E297" s="20" t="s">
-        <v>594</v>
+        <v>775</v>
       </c>
       <c r="F297" s="19" t="s">
-        <v>245</v>
+        <v>57</v>
       </c>
       <c r="G297" s="19">
-        <v>27401</v>
+        <v>19428</v>
       </c>
       <c r="H297" s="22">
-        <v>2604552000</v>
+        <v>7142287888</v>
       </c>
     </row>
     <row r="298" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B298" s="19">
-        <v>40550</v>
+        <v>33600</v>
       </c>
       <c r="C298" s="20" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="D298" s="21" t="s">
-        <v>775</v>
+        <v>184</v>
       </c>
       <c r="E298" s="20" t="s">
-        <v>776</v>
+        <v>185</v>
       </c>
       <c r="F298" s="19" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>19428</v>
+        <v>92</v>
+      </c>
+      <c r="G298" s="19" t="s">
+        <v>186</v>
       </c>
       <c r="H298" s="22">
-        <v>7142287888</v>
+        <v>8003440197</v>
       </c>
     </row>
     <row r="299" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B299" s="19">
-        <v>33600</v>
+        <v>32352</v>
       </c>
       <c r="C299" s="20" t="s">
         <v>777</v>
       </c>
       <c r="D299" s="21" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="E299" s="20" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F299" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G299" s="19" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H299" s="22">
-        <v>8003440197</v>
+        <v>6173579500</v>
       </c>
     </row>
     <row r="300" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B300" s="19">
-        <v>32352</v>
+        <v>65722</v>
       </c>
       <c r="C300" s="20" t="s">
         <v>778</v>
       </c>
       <c r="D300" s="21" t="s">
-        <v>188</v>
+        <v>665</v>
       </c>
       <c r="E300" s="20" t="s">
-        <v>189</v>
+        <v>666</v>
       </c>
       <c r="F300" s="19" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>45</v>
+      </c>
+      <c r="G300" s="19">
+        <v>37228</v>
       </c>
       <c r="H300" s="22">
-        <v>6173579500</v>
+        <v>3126536000</v>
       </c>
     </row>
     <row r="301" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B301" s="19">
-        <v>65722</v>
+        <v>73504</v>
       </c>
       <c r="C301" s="20" t="s">
         <v>779</v>
       </c>
       <c r="D301" s="21" t="s">
-        <v>669</v>
+        <v>178</v>
       </c>
       <c r="E301" s="20" t="s">
-        <v>670</v>
+        <v>179</v>
       </c>
       <c r="F301" s="19" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="G301" s="19">
-        <v>37228</v>
-[...3 lines deleted...]
-      </c>
+        <v>10504</v>
+      </c>
+      <c r="H301" s="22"/>
     </row>
     <row r="302" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B302" s="19">
-        <v>73504</v>
+        <v>10051</v>
       </c>
       <c r="C302" s="20" t="s">
         <v>780</v>
       </c>
       <c r="D302" s="21" t="s">
-        <v>182</v>
+        <v>781</v>
       </c>
       <c r="E302" s="20" t="s">
-        <v>183</v>
+        <v>706</v>
       </c>
       <c r="F302" s="19" t="s">
-        <v>80</v>
+        <v>53</v>
       </c>
       <c r="G302" s="19">
-        <v>10504</v>
+        <v>32256</v>
       </c>
       <c r="H302" s="22"/>
     </row>
     <row r="303" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B303" s="19">
-        <v>10051</v>
+        <v>65781</v>
       </c>
       <c r="C303" s="20" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D303" s="21" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="E303" s="20" t="s">
-        <v>710</v>
+        <v>353</v>
       </c>
       <c r="F303" s="19" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-      <c r="H303" s="22"/>
+        <v>125</v>
+      </c>
+      <c r="G303" s="19" t="s">
+        <v>784</v>
+      </c>
+      <c r="H303" s="22">
+        <v>6088302000</v>
+      </c>
     </row>
     <row r="304" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B304" s="19">
-        <v>65781</v>
+        <v>65870</v>
       </c>
       <c r="C304" s="20" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="D304" s="21" t="s">
-        <v>784</v>
+        <v>562</v>
       </c>
       <c r="E304" s="20" t="s">
-        <v>357</v>
+        <v>563</v>
       </c>
       <c r="F304" s="19" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>119</v>
+      </c>
+      <c r="G304" s="19">
+        <v>77092</v>
       </c>
       <c r="H304" s="22">
-        <v>6088302000</v>
+        <v>8006699030</v>
       </c>
     </row>
     <row r="305" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B305" s="19">
-        <v>65870</v>
+        <v>61883</v>
       </c>
       <c r="C305" s="20" t="s">
         <v>786</v>
       </c>
       <c r="D305" s="21" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="E305" s="20" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="F305" s="19" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G305" s="19">
         <v>77092</v>
       </c>
       <c r="H305" s="22">
-        <v>8006699030</v>
+        <v>7135290045</v>
       </c>
     </row>
     <row r="306" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B306" s="19">
-        <v>61883</v>
+        <v>36897</v>
       </c>
       <c r="C306" s="20" t="s">
         <v>787</v>
       </c>
       <c r="D306" s="21" t="s">
-        <v>566</v>
+        <v>788</v>
       </c>
       <c r="E306" s="20" t="s">
-        <v>567</v>
+        <v>349</v>
       </c>
       <c r="F306" s="19" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>77092</v>
+        <v>57</v>
+      </c>
+      <c r="G306" s="19" t="s">
+        <v>789</v>
       </c>
       <c r="H306" s="22">
-        <v>7135290045</v>
+        <v>6103975177</v>
       </c>
     </row>
     <row r="307" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B307" s="19">
-        <v>36897</v>
+        <v>38970</v>
       </c>
       <c r="C307" s="20" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="D307" s="21" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="E307" s="20" t="s">
-        <v>353</v>
+        <v>610</v>
       </c>
       <c r="F307" s="19" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>790</v>
+        <v>24</v>
+      </c>
+      <c r="G307" s="19">
+        <v>23060</v>
       </c>
       <c r="H307" s="22">
-        <v>6103975177</v>
+        <v>8004311270</v>
       </c>
     </row>
     <row r="308" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B308" s="19">
-        <v>38970</v>
+        <v>16375</v>
       </c>
       <c r="C308" s="20" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D308" s="21" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="E308" s="20" t="s">
-        <v>614</v>
+        <v>794</v>
       </c>
       <c r="F308" s="19" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>23060</v>
+        <v>92</v>
+      </c>
+      <c r="G308" s="19" t="s">
+        <v>795</v>
       </c>
       <c r="H308" s="22">
-        <v>8004311270</v>
+        <v>8004335556</v>
       </c>
     </row>
     <row r="309" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B309" s="19">
-        <v>16375</v>
+        <v>22306</v>
       </c>
       <c r="C309" s="20" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="D309" s="21" t="s">
-        <v>794</v>
+        <v>90</v>
       </c>
       <c r="E309" s="20" t="s">
-        <v>795</v>
+        <v>91</v>
       </c>
       <c r="F309" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G309" s="19" t="s">
-        <v>796</v>
+        <v>93</v>
       </c>
       <c r="H309" s="22">
-        <v>8004335556</v>
+        <v>5088557928</v>
       </c>
     </row>
     <row r="310" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B310" s="19">
-        <v>22306</v>
+        <v>65935</v>
       </c>
       <c r="C310" s="20" t="s">
         <v>797</v>
       </c>
       <c r="D310" s="21" t="s">
-        <v>94</v>
+        <v>340</v>
       </c>
       <c r="E310" s="20" t="s">
-        <v>95</v>
+        <v>341</v>
       </c>
       <c r="F310" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G310" s="19" t="s">
-        <v>97</v>
+        <v>342</v>
       </c>
       <c r="H310" s="22">
-        <v>5088557928</v>
+        <v>4137888411</v>
       </c>
     </row>
     <row r="311" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B311" s="19">
-        <v>65935</v>
+        <v>63312</v>
       </c>
       <c r="C311" s="20" t="s">
         <v>798</v>
       </c>
       <c r="D311" s="21" t="s">
-        <v>344</v>
+        <v>799</v>
       </c>
       <c r="E311" s="20" t="s">
-        <v>345</v>
+        <v>159</v>
       </c>
       <c r="F311" s="19" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>346</v>
+        <v>70</v>
+      </c>
+      <c r="G311" s="19">
+        <v>45201</v>
       </c>
       <c r="H311" s="22">
-        <v>4137888411</v>
+        <v>5133573300</v>
       </c>
     </row>
     <row r="312" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B312" s="19">
-        <v>63312</v>
+        <v>69515</v>
       </c>
       <c r="C312" s="20" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D312" s="21" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="E312" s="20" t="s">
-        <v>163</v>
+        <v>802</v>
       </c>
       <c r="F312" s="19" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>45201</v>
+        <v>76</v>
+      </c>
+      <c r="G312" s="19" t="s">
+        <v>803</v>
       </c>
       <c r="H312" s="22">
-        <v>5133573300</v>
+        <v>8005440327</v>
       </c>
     </row>
     <row r="313" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B313" s="19">
-        <v>69515</v>
+        <v>63762</v>
       </c>
       <c r="C313" s="20" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="D313" s="21" t="s">
-        <v>802</v>
+        <v>663</v>
       </c>
       <c r="E313" s="20" t="s">
-        <v>803</v>
+        <v>82</v>
       </c>
       <c r="F313" s="19" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="G313" s="19" t="s">
-        <v>804</v>
+        <v>657</v>
       </c>
       <c r="H313" s="22">
-        <v>8005440327</v>
+        <v>8003325455</v>
       </c>
     </row>
     <row r="314" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B314" s="19">
-        <v>63762</v>
+        <v>10206</v>
       </c>
       <c r="C314" s="20" t="s">
         <v>805</v>
       </c>
       <c r="D314" s="21" t="s">
-        <v>667</v>
+        <v>806</v>
       </c>
       <c r="E314" s="20" t="s">
-        <v>86</v>
+        <v>185</v>
       </c>
       <c r="F314" s="19" t="s">
-        <v>25</v>
+        <v>92</v>
       </c>
       <c r="G314" s="19" t="s">
-        <v>661</v>
+        <v>807</v>
       </c>
       <c r="H314" s="22">
-        <v>8003325455</v>
+        <v>6173301755</v>
       </c>
     </row>
     <row r="315" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B315" s="19">
-        <v>10206</v>
+        <v>31119</v>
       </c>
       <c r="C315" s="20" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D315" s="21" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="E315" s="20" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="F315" s="19" t="s">
-        <v>96</v>
+        <v>49</v>
       </c>
       <c r="G315" s="19" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="H315" s="22">
-        <v>8002256168</v>
+        <v>8002286080</v>
       </c>
     </row>
     <row r="316" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B316" s="19">
-        <v>31119</v>
+        <v>86126</v>
       </c>
       <c r="C316" s="20" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="D316" s="21" t="s">
-        <v>810</v>
+        <v>417</v>
       </c>
       <c r="E316" s="20" t="s">
-        <v>179</v>
+        <v>124</v>
       </c>
       <c r="F316" s="19" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>125</v>
+      </c>
+      <c r="G316" s="19">
+        <v>53705</v>
       </c>
       <c r="H316" s="22">
-        <v>8002286080</v>
+        <v>8008403490</v>
       </c>
     </row>
     <row r="317" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B317" s="19">
-        <v>86126</v>
+        <v>23329</v>
       </c>
       <c r="C317" s="20" t="s">
         <v>812</v>
       </c>
       <c r="D317" s="21" t="s">
-        <v>417</v>
+        <v>813</v>
       </c>
       <c r="E317" s="20" t="s">
-        <v>128</v>
+        <v>814</v>
       </c>
       <c r="F317" s="19" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>53705</v>
+        <v>76</v>
+      </c>
+      <c r="G317" s="19" t="s">
+        <v>815</v>
       </c>
       <c r="H317" s="22">
-        <v>8008403490</v>
+        <v>7168493333</v>
       </c>
     </row>
     <row r="318" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B318" s="19">
-        <v>23329</v>
+        <v>12901</v>
       </c>
       <c r="C318" s="20" t="s">
+        <v>816</v>
+      </c>
+      <c r="D318" s="21" t="s">
         <v>813</v>
       </c>
-      <c r="D318" s="21" t="s">
+      <c r="E318" s="20" t="s">
         <v>814</v>
       </c>
-      <c r="E318" s="20" t="s">
+      <c r="F318" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="G318" s="19" t="s">
         <v>815</v>
       </c>
-      <c r="F318" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H318" s="22">
-        <v>7168493333</v>
+        <v>7168493380</v>
       </c>
     </row>
     <row r="319" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B319" s="19">
-        <v>12901</v>
+        <v>18750</v>
       </c>
       <c r="C319" s="20" t="s">
         <v>817</v>
       </c>
       <c r="D319" s="21" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="E319" s="20" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="F319" s="19" t="s">
-        <v>80</v>
+        <v>755</v>
       </c>
       <c r="G319" s="19" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="H319" s="22">
-        <v>7168493380</v>
+        <v>8006421716</v>
       </c>
     </row>
     <row r="320" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B320" s="19">
-        <v>18750</v>
+        <v>16187</v>
       </c>
       <c r="C320" s="20" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="D320" s="21" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="E320" s="20" t="s">
-        <v>820</v>
+        <v>75</v>
       </c>
       <c r="F320" s="19" t="s">
-        <v>756</v>
+        <v>76</v>
       </c>
       <c r="G320" s="19" t="s">
-        <v>821</v>
-[...3 lines deleted...]
-      </c>
+        <v>823</v>
+      </c>
+      <c r="H320" s="22"/>
     </row>
     <row r="321" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B321" s="19">
-        <v>16187</v>
+        <v>65978</v>
       </c>
       <c r="C321" s="20" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="D321" s="21" t="s">
-        <v>823</v>
+        <v>475</v>
       </c>
       <c r="E321" s="20" t="s">
-        <v>79</v>
+        <v>476</v>
       </c>
       <c r="F321" s="19" t="s">
-        <v>80</v>
-[...4 lines deleted...]
-      <c r="H321" s="22"/>
+        <v>53</v>
+      </c>
+      <c r="G321" s="19">
+        <v>33647</v>
+      </c>
+      <c r="H321" s="22">
+        <v>2125785390</v>
+      </c>
     </row>
     <row r="322" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B322" s="19">
-        <v>65978</v>
+        <v>97136</v>
       </c>
       <c r="C322" s="20" t="s">
         <v>825</v>
       </c>
       <c r="D322" s="21" t="s">
         <v>475</v>
       </c>
       <c r="E322" s="20" t="s">
         <v>476</v>
       </c>
       <c r="F322" s="19" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G322" s="19">
         <v>33647</v>
       </c>
       <c r="H322" s="22">
-        <v>2125785390</v>
+        <v>8139834100</v>
       </c>
     </row>
     <row r="323" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B323" s="19">
-        <v>97136</v>
+        <v>23434</v>
       </c>
       <c r="C323" s="20" t="s">
         <v>826</v>
       </c>
       <c r="D323" s="21" t="s">
-        <v>475</v>
+        <v>827</v>
       </c>
       <c r="E323" s="20" t="s">
-        <v>476</v>
+        <v>828</v>
       </c>
       <c r="F323" s="19" t="s">
-        <v>58</v>
+        <v>125</v>
       </c>
       <c r="G323" s="19">
-        <v>33647</v>
+        <v>54481</v>
       </c>
       <c r="H323" s="22">
-        <v>8139834100</v>
+        <v>7153466000</v>
       </c>
     </row>
     <row r="324" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B324" s="19">
-        <v>23434</v>
+        <v>66044</v>
       </c>
       <c r="C324" s="20" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="D324" s="21" t="s">
-        <v>828</v>
+        <v>739</v>
       </c>
       <c r="E324" s="20" t="s">
-        <v>829</v>
+        <v>740</v>
       </c>
       <c r="F324" s="19" t="s">
-        <v>129</v>
+        <v>49</v>
       </c>
       <c r="G324" s="19">
-        <v>54481</v>
+        <v>50266</v>
       </c>
       <c r="H324" s="22">
-        <v>7153466000</v>
+        <v>5154405500</v>
       </c>
     </row>
     <row r="325" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B325" s="19">
-        <v>66044</v>
+        <v>66087</v>
       </c>
       <c r="C325" s="20" t="s">
         <v>830</v>
       </c>
       <c r="D325" s="21" t="s">
-        <v>740</v>
+        <v>358</v>
       </c>
       <c r="E325" s="20" t="s">
-        <v>741</v>
+        <v>359</v>
       </c>
       <c r="F325" s="19" t="s">
-        <v>54</v>
+        <v>87</v>
       </c>
       <c r="G325" s="19">
-        <v>50266</v>
+        <v>55343</v>
       </c>
       <c r="H325" s="22">
-        <v>5154405500</v>
+        <v>8005275504</v>
       </c>
     </row>
     <row r="326" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B326" s="19">
-        <v>66087</v>
+        <v>66109</v>
       </c>
       <c r="C326" s="20" t="s">
         <v>831</v>
       </c>
       <c r="D326" s="21" t="s">
-        <v>362</v>
+        <v>832</v>
       </c>
       <c r="E326" s="20" t="s">
-        <v>363</v>
+        <v>833</v>
       </c>
       <c r="F326" s="19" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>55343</v>
+        <v>57</v>
+      </c>
+      <c r="G326" s="19" t="s">
+        <v>834</v>
       </c>
       <c r="H326" s="22">
-        <v>8005275504</v>
+        <v>7709805100</v>
       </c>
     </row>
     <row r="327" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B327" s="19">
-        <v>66109</v>
+        <v>66168</v>
       </c>
       <c r="C327" s="20" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="D327" s="21" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="E327" s="20" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="F327" s="19" t="s">
-        <v>62</v>
+        <v>87</v>
       </c>
       <c r="G327" s="19" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="H327" s="22">
-        <v>7709805100</v>
+        <v>6516653500</v>
       </c>
     </row>
     <row r="328" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B328" s="19">
-        <v>66168</v>
+        <v>20362</v>
       </c>
       <c r="C328" s="20" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="D328" s="21" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="E328" s="20" t="s">
-        <v>838</v>
+        <v>533</v>
       </c>
       <c r="F328" s="19" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="G328" s="19" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="H328" s="22">
-        <v>6516653500</v>
+        <v>9086042900</v>
       </c>
     </row>
     <row r="329" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B329" s="19">
-        <v>20362</v>
+        <v>70416</v>
       </c>
       <c r="C329" s="20" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="D329" s="21" t="s">
-        <v>841</v>
+        <v>340</v>
       </c>
       <c r="E329" s="20" t="s">
-        <v>537</v>
+        <v>341</v>
       </c>
       <c r="F329" s="19" t="s">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="G329" s="19" t="s">
-        <v>842</v>
+        <v>342</v>
       </c>
       <c r="H329" s="22">
-        <v>9086042900</v>
+        <v>8002722216</v>
       </c>
     </row>
     <row r="330" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B330" s="19">
-        <v>70416</v>
+        <v>66265</v>
       </c>
       <c r="C330" s="20" t="s">
         <v>843</v>
       </c>
       <c r="D330" s="21" t="s">
-        <v>344</v>
+        <v>844</v>
       </c>
       <c r="E330" s="20" t="s">
-        <v>345</v>
+        <v>845</v>
       </c>
       <c r="F330" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G330" s="19" t="s">
-        <v>346</v>
+        <v>846</v>
       </c>
       <c r="H330" s="22">
-        <v>8002722216</v>
+        <v>4137842000</v>
       </c>
     </row>
     <row r="331" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B331" s="19">
-        <v>66265</v>
+        <v>81442</v>
       </c>
       <c r="C331" s="20" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="D331" s="21" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="E331" s="20" t="s">
-        <v>846</v>
+        <v>222</v>
       </c>
       <c r="F331" s="19" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="G331" s="19" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="H331" s="22">
-        <v>4137842000</v>
+        <v>8004226200</v>
       </c>
     </row>
     <row r="332" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B332" s="19">
-        <v>81442</v>
+        <v>14613</v>
       </c>
       <c r="C332" s="20" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="D332" s="21" t="s">
-        <v>849</v>
+        <v>184</v>
       </c>
       <c r="E332" s="20" t="s">
-        <v>226</v>
+        <v>185</v>
       </c>
       <c r="F332" s="19" t="s">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="G332" s="19" t="s">
-        <v>850</v>
+        <v>186</v>
       </c>
       <c r="H332" s="22">
-        <v>8004226200</v>
+        <v>8006388933</v>
       </c>
     </row>
     <row r="333" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B333" s="19">
-        <v>14613</v>
+        <v>66370</v>
       </c>
       <c r="C333" s="20" t="s">
         <v>851</v>
       </c>
       <c r="D333" s="21" t="s">
-        <v>188</v>
+        <v>852</v>
       </c>
       <c r="E333" s="20" t="s">
-        <v>189</v>
+        <v>853</v>
       </c>
       <c r="F333" s="19" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>76</v>
+      </c>
+      <c r="G333" s="19">
+        <v>13214</v>
       </c>
       <c r="H333" s="22">
-        <v>8006388933</v>
+        <v>8004876669</v>
       </c>
     </row>
     <row r="334" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B334" s="19">
-        <v>66370</v>
+        <v>12487</v>
       </c>
       <c r="C334" s="20" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="D334" s="21" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="E334" s="20" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F334" s="19" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>13214</v>
+        <v>13</v>
+      </c>
+      <c r="G334" s="19" t="s">
+        <v>857</v>
       </c>
       <c r="H334" s="22">
-        <v>8004876669</v>
+        <v>7148505111</v>
       </c>
     </row>
     <row r="335" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B335" s="19">
-        <v>12487</v>
+        <v>13331</v>
       </c>
       <c r="C335" s="20" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="D335" s="21" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="E335" s="20" t="s">
-        <v>857</v>
+        <v>129</v>
       </c>
       <c r="F335" s="19" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>858</v>
+        <v>70</v>
+      </c>
+      <c r="G335" s="19">
+        <v>43215</v>
       </c>
       <c r="H335" s="22">
-        <v>7148505111</v>
+        <v>6142258211</v>
       </c>
     </row>
     <row r="336" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B336" s="19">
-        <v>13331</v>
+        <v>14621</v>
       </c>
       <c r="C336" s="20" t="s">
+        <v>860</v>
+      </c>
+      <c r="D336" s="21" t="s">
         <v>859</v>
       </c>
-      <c r="D336" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E336" s="20" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="F336" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G336" s="19">
         <v>43215</v>
       </c>
       <c r="H336" s="22">
         <v>6142258211</v>
       </c>
     </row>
     <row r="337" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B337" s="19">
-        <v>14621</v>
+        <v>21075</v>
       </c>
       <c r="C337" s="20" t="s">
         <v>861</v>
       </c>
       <c r="D337" s="21" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="E337" s="20" t="s">
-        <v>133</v>
+        <v>863</v>
       </c>
       <c r="F337" s="19" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>43215</v>
+        <v>110</v>
+      </c>
+      <c r="G337" s="19" t="s">
+        <v>534</v>
       </c>
       <c r="H337" s="22">
-        <v>6142258211</v>
+        <v>6092507841</v>
       </c>
     </row>
     <row r="338" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B338" s="19">
-        <v>21075</v>
+        <v>69604</v>
       </c>
       <c r="C338" s="20" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="D338" s="21" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="E338" s="20" t="s">
-        <v>864</v>
+        <v>252</v>
       </c>
       <c r="F338" s="19" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>538</v>
+        <v>41</v>
+      </c>
+      <c r="G338" s="19">
+        <v>30326</v>
       </c>
       <c r="H338" s="22">
-        <v>6092507841</v>
+        <v>7703503200</v>
       </c>
     </row>
     <row r="339" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B339" s="19">
-        <v>69604</v>
+        <v>88668</v>
       </c>
       <c r="C339" s="20" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D339" s="21" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="E339" s="20" t="s">
-        <v>256</v>
+        <v>420</v>
       </c>
       <c r="F339" s="19" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="G339" s="19">
-        <v>30326</v>
+        <v>10022</v>
       </c>
       <c r="H339" s="22">
-        <v>7703503200</v>
+        <v>2122241600</v>
       </c>
     </row>
     <row r="340" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B340" s="19">
-        <v>88668</v>
+        <v>71412</v>
       </c>
       <c r="C340" s="20" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D340" s="21" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="E340" s="20" t="s">
-        <v>420</v>
+        <v>319</v>
       </c>
       <c r="F340" s="19" t="s">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="G340" s="19">
-        <v>10022</v>
+        <v>68175</v>
       </c>
       <c r="H340" s="22">
-        <v>2122241600</v>
+        <v>4023427600</v>
       </c>
     </row>
     <row r="341" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B341" s="19">
-        <v>71412</v>
+        <v>93734</v>
       </c>
       <c r="C341" s="20" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="D341" s="21" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="E341" s="20" t="s">
-        <v>323</v>
+        <v>382</v>
       </c>
       <c r="F341" s="19" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>68175</v>
+        <v>65</v>
+      </c>
+      <c r="G341" s="19" t="s">
+        <v>872</v>
       </c>
       <c r="H341" s="22">
-        <v>4023427600</v>
+        <v>8604035000</v>
       </c>
     </row>
     <row r="342" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B342" s="19">
-        <v>93734</v>
+        <v>67814</v>
       </c>
       <c r="C342" s="20" t="s">
+        <v>873</v>
+      </c>
+      <c r="D342" s="21" t="s">
         <v>871</v>
-      </c>
-[...1 lines deleted...]
-        <v>872</v>
       </c>
       <c r="E342" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F342" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G342" s="19" t="s">
-        <v>873</v>
-[...3 lines deleted...]
-      </c>
+        <v>872</v>
+      </c>
+      <c r="H342" s="22"/>
     </row>
     <row r="343" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B343" s="19">
-        <v>67814</v>
+        <v>68284</v>
       </c>
       <c r="C343" s="20" t="s">
         <v>874</v>
       </c>
       <c r="D343" s="21" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="E343" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F343" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G343" s="19" t="s">
-        <v>873</v>
-[...1 lines deleted...]
-      <c r="H343" s="22"/>
+        <v>872</v>
+      </c>
+      <c r="H343" s="22">
+        <v>8005381053</v>
+      </c>
     </row>
     <row r="344" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B344" s="19">
-        <v>68284</v>
+        <v>61409</v>
       </c>
       <c r="C344" s="20" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D344" s="21" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="E344" s="20" t="s">
-        <v>382</v>
+        <v>878</v>
       </c>
       <c r="F344" s="19" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G344" s="19" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="H344" s="22">
-        <v>8005381053</v>
+        <v>7182488000</v>
       </c>
     </row>
     <row r="345" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B345" s="19">
-        <v>61409</v>
+        <v>11991</v>
       </c>
       <c r="C345" s="20" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="D345" s="21" t="s">
-        <v>878</v>
+        <v>723</v>
       </c>
       <c r="E345" s="20" t="s">
-        <v>879</v>
+        <v>129</v>
       </c>
       <c r="F345" s="19" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="G345" s="19" t="s">
-        <v>880</v>
+        <v>724</v>
       </c>
       <c r="H345" s="22">
-        <v>7182488000</v>
+        <v>6142491545</v>
       </c>
     </row>
     <row r="346" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B346" s="19">
-        <v>11991</v>
+        <v>20478</v>
       </c>
       <c r="C346" s="20" t="s">
         <v>881</v>
       </c>
       <c r="D346" s="21" t="s">
-        <v>724</v>
+        <v>121</v>
       </c>
       <c r="E346" s="20" t="s">
-        <v>133</v>
+        <v>82</v>
       </c>
       <c r="F346" s="19" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>725</v>
+        <v>20</v>
+      </c>
+      <c r="G346" s="19">
+        <v>60606</v>
       </c>
       <c r="H346" s="22">
-        <v>6142491545</v>
+        <v>3128225000</v>
       </c>
     </row>
     <row r="347" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B347" s="19">
-        <v>20478</v>
+        <v>66583</v>
       </c>
       <c r="C347" s="20" t="s">
         <v>882</v>
       </c>
       <c r="D347" s="21" t="s">
-        <v>125</v>
+        <v>883</v>
       </c>
       <c r="E347" s="20" t="s">
-        <v>86</v>
+        <v>884</v>
       </c>
       <c r="F347" s="19" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>60606</v>
+        <v>110</v>
+      </c>
+      <c r="G347" s="19" t="s">
+        <v>885</v>
       </c>
       <c r="H347" s="22">
-        <v>3128225000</v>
+        <v>8005482962</v>
       </c>
     </row>
     <row r="348" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B348" s="19">
-        <v>66583</v>
+        <v>82538</v>
       </c>
       <c r="C348" s="20" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="D348" s="21" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="E348" s="20" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="F348" s="19" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>886</v>
+        <v>125</v>
+      </c>
+      <c r="G348" s="19">
+        <v>53212</v>
       </c>
       <c r="H348" s="22">
-        <v>8005482962</v>
+        <v>8887810580</v>
       </c>
     </row>
     <row r="349" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B349" s="19">
-        <v>82538</v>
+        <v>20052</v>
       </c>
       <c r="C349" s="20" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="D349" s="21" t="s">
-        <v>888</v>
+        <v>318</v>
       </c>
       <c r="E349" s="20" t="s">
-        <v>889</v>
+        <v>319</v>
       </c>
       <c r="F349" s="19" t="s">
-        <v>129</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G349" s="19" t="s">
+        <v>320</v>
+      </c>
+      <c r="H349" s="22"/>
     </row>
     <row r="350" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B350" s="19">
-        <v>20052</v>
+        <v>66680</v>
       </c>
       <c r="C350" s="20" t="s">
         <v>890</v>
       </c>
       <c r="D350" s="21" t="s">
-        <v>322</v>
+        <v>753</v>
       </c>
       <c r="E350" s="20" t="s">
-        <v>323</v>
+        <v>754</v>
       </c>
       <c r="F350" s="19" t="s">
-        <v>37</v>
+        <v>755</v>
       </c>
       <c r="G350" s="19" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="H350" s="22"/>
+        <v>756</v>
+      </c>
+      <c r="H350" s="22">
+        <v>8022293333</v>
+      </c>
     </row>
     <row r="351" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B351" s="19">
-        <v>66680</v>
+        <v>15474</v>
       </c>
       <c r="C351" s="20" t="s">
         <v>891</v>
       </c>
       <c r="D351" s="21" t="s">
-        <v>754</v>
+        <v>892</v>
       </c>
       <c r="E351" s="20" t="s">
-        <v>755</v>
+        <v>893</v>
       </c>
       <c r="F351" s="19" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-        <v>757</v>
+        <v>119</v>
+      </c>
+      <c r="G351" s="19">
+        <v>75039</v>
       </c>
       <c r="H351" s="22">
-        <v>8022293333</v>
+        <v>8007496419</v>
       </c>
     </row>
     <row r="352" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B352" s="19">
-        <v>15474</v>
+        <v>21881</v>
       </c>
       <c r="C352" s="20" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="D352" s="21" t="s">
-        <v>893</v>
+        <v>81</v>
       </c>
       <c r="E352" s="20" t="s">
-        <v>894</v>
+        <v>82</v>
       </c>
       <c r="F352" s="19" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>75039</v>
+        <v>20</v>
+      </c>
+      <c r="G352" s="19" t="s">
+        <v>83</v>
       </c>
       <c r="H352" s="22">
-        <v>8007496419</v>
+        <v>3124415400</v>
       </c>
     </row>
     <row r="353" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B353" s="19">
-        <v>21881</v>
+        <v>87963</v>
       </c>
       <c r="C353" s="20" t="s">
         <v>895</v>
       </c>
       <c r="D353" s="21" t="s">
-        <v>85</v>
+        <v>896</v>
       </c>
       <c r="E353" s="20" t="s">
-        <v>86</v>
+        <v>897</v>
       </c>
       <c r="F353" s="19" t="s">
-        <v>25</v>
+        <v>119</v>
       </c>
       <c r="G353" s="19" t="s">
-        <v>87</v>
+        <v>898</v>
       </c>
       <c r="H353" s="22">
-        <v>3124415400</v>
+        <v>8886716771</v>
       </c>
     </row>
     <row r="354" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B354" s="19">
-        <v>87963</v>
+        <v>19445</v>
       </c>
       <c r="C354" s="20" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="D354" s="21" t="s">
-        <v>897</v>
+        <v>79</v>
       </c>
       <c r="E354" s="20" t="s">
-        <v>898</v>
+        <v>75</v>
       </c>
       <c r="F354" s="19" t="s">
-        <v>123</v>
+        <v>76</v>
       </c>
       <c r="G354" s="19" t="s">
-        <v>899</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="H354" s="22"/>
     </row>
     <row r="355" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B355" s="19">
-        <v>19445</v>
+        <v>26093</v>
       </c>
       <c r="C355" s="20" t="s">
         <v>900</v>
       </c>
       <c r="D355" s="21" t="s">
-        <v>83</v>
+        <v>723</v>
       </c>
       <c r="E355" s="20" t="s">
-        <v>79</v>
+        <v>129</v>
       </c>
       <c r="F355" s="19" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="G355" s="19" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="H355" s="22"/>
+        <v>724</v>
+      </c>
+      <c r="H355" s="22">
+        <v>6142497111</v>
+      </c>
     </row>
     <row r="356" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B356" s="19">
-        <v>26093</v>
+        <v>92657</v>
       </c>
       <c r="C356" s="20" t="s">
         <v>901</v>
       </c>
       <c r="D356" s="21" t="s">
+        <v>723</v>
+      </c>
+      <c r="E356" s="20" t="s">
+        <v>129</v>
+      </c>
+      <c r="F356" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="G356" s="19" t="s">
         <v>724</v>
-      </c>
-[...7 lines deleted...]
-        <v>725</v>
       </c>
       <c r="H356" s="22">
         <v>6142497111</v>
       </c>
     </row>
     <row r="357" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B357" s="19">
-        <v>92657</v>
+        <v>97705</v>
       </c>
       <c r="C357" s="20" t="s">
         <v>902</v>
       </c>
       <c r="D357" s="21" t="s">
-        <v>724</v>
+        <v>713</v>
       </c>
       <c r="E357" s="20" t="s">
-        <v>133</v>
+        <v>714</v>
       </c>
       <c r="F357" s="19" t="s">
-        <v>74</v>
+        <v>241</v>
       </c>
       <c r="G357" s="19" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="H357" s="22">
-        <v>6142497111</v>
+        <v>6142491545</v>
       </c>
     </row>
     <row r="358" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B358" s="19">
         <v>66869</v>
       </c>
       <c r="C358" s="20" t="s">
         <v>903</v>
       </c>
       <c r="D358" s="21" t="s">
+        <v>723</v>
+      </c>
+      <c r="E358" s="20" t="s">
+        <v>129</v>
+      </c>
+      <c r="F358" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="G358" s="19" t="s">
         <v>724</v>
-      </c>
-[...7 lines deleted...]
-        <v>725</v>
       </c>
       <c r="H358" s="22">
         <v>6142497111</v>
       </c>
     </row>
     <row r="359" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B359" s="19">
         <v>23787</v>
       </c>
       <c r="C359" s="20" t="s">
         <v>904</v>
       </c>
       <c r="D359" s="21" t="s">
+        <v>723</v>
+      </c>
+      <c r="E359" s="20" t="s">
+        <v>129</v>
+      </c>
+      <c r="F359" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="G359" s="19" t="s">
         <v>724</v>
-      </c>
-[...7 lines deleted...]
-        <v>725</v>
       </c>
       <c r="H359" s="22">
         <v>6142497111</v>
       </c>
     </row>
     <row r="360" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B360" s="19">
         <v>42307</v>
       </c>
       <c r="C360" s="20" t="s">
         <v>905</v>
       </c>
       <c r="D360" s="21" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="E360" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F360" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G360" s="19" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="H360" s="22">
         <v>8605476902</v>
       </c>
     </row>
     <row r="361" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B361" s="19">
         <v>21830</v>
       </c>
       <c r="C361" s="20" t="s">
         <v>906</v>
       </c>
       <c r="D361" s="21" t="s">
         <v>907</v>
       </c>
       <c r="E361" s="20" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F361" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G361" s="19" t="s">
         <v>908</v>
       </c>
       <c r="H361" s="22">
         <v>8605475000</v>
       </c>
     </row>
     <row r="362" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B362" s="19">
         <v>91626</v>
       </c>
       <c r="C362" s="20" t="s">
         <v>909</v>
       </c>
       <c r="D362" s="21" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="E362" s="20" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="F362" s="19" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="G362" s="19">
         <v>28277</v>
       </c>
       <c r="H362" s="22">
         <v>8006385433</v>
       </c>
     </row>
     <row r="363" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B363" s="19">
         <v>12725</v>
       </c>
       <c r="C363" s="20" t="s">
         <v>910</v>
       </c>
       <c r="D363" s="21" t="s">
         <v>911</v>
       </c>
       <c r="E363" s="20" t="s">
         <v>912</v>
       </c>
       <c r="F363" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G363" s="19" t="s">
         <v>913</v>
       </c>
       <c r="H363" s="22">
         <v>6177705100</v>
       </c>
     </row>
     <row r="364" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B364" s="19">
         <v>23841</v>
       </c>
       <c r="C364" s="20" t="s">
         <v>914</v>
       </c>
       <c r="D364" s="21" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="E364" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F364" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G364" s="19" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="H364" s="22"/>
     </row>
     <row r="365" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B365" s="19">
         <v>91596</v>
       </c>
       <c r="C365" s="20" t="s">
         <v>915</v>
       </c>
       <c r="D365" s="21" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="E365" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F365" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G365" s="19">
         <v>10010</v>
       </c>
       <c r="H365" s="22">
         <v>8006959873</v>
       </c>
     </row>
     <row r="366" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B366" s="19">
         <v>66915</v>
       </c>
       <c r="C366" s="20" t="s">
         <v>916</v>
       </c>
       <c r="D366" s="21" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="E366" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F366" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G366" s="19">
         <v>10010</v>
       </c>
       <c r="H366" s="22">
         <v>2125767000</v>
       </c>
     </row>
     <row r="367" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B367" s="19">
         <v>81264</v>
       </c>
       <c r="C367" s="20" t="s">
         <v>917</v>
       </c>
       <c r="D367" s="21" t="s">
         <v>918</v>
       </c>
       <c r="E367" s="20" t="s">
         <v>420</v>
       </c>
       <c r="F367" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G367" s="19">
         <v>10017</v>
       </c>
       <c r="H367" s="22">
         <v>8779189878</v>
       </c>
     </row>
     <row r="368" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B368" s="19">
         <v>31470</v>
       </c>
       <c r="C368" s="20" t="s">
         <v>919</v>
       </c>
       <c r="D368" s="21" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="E368" s="20" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F368" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G368" s="19" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="H368" s="22">
         <v>5708259900</v>
       </c>
     </row>
     <row r="369" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B369" s="19">
         <v>66974</v>
       </c>
       <c r="C369" s="20" t="s">
         <v>920</v>
       </c>
       <c r="D369" s="21" t="s">
+        <v>739</v>
+      </c>
+      <c r="E369" s="20" t="s">
         <v>740</v>
       </c>
-      <c r="E369" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F369" s="19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G369" s="19">
         <v>50266</v>
       </c>
       <c r="H369" s="22">
         <v>5154405500</v>
       </c>
     </row>
     <row r="370" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B370" s="19">
         <v>21105</v>
       </c>
       <c r="C370" s="20" t="s">
         <v>921</v>
       </c>
       <c r="D370" s="21" t="s">
+        <v>848</v>
+      </c>
+      <c r="E370" s="20" t="s">
+        <v>222</v>
+      </c>
+      <c r="F370" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="G370" s="19" t="s">
         <v>849</v>
-      </c>
-[...7 lines deleted...]
-        <v>850</v>
       </c>
       <c r="H370" s="22">
         <v>9734906600</v>
       </c>
     </row>
     <row r="371" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B371" s="19">
         <v>69000</v>
       </c>
       <c r="C371" s="20" t="s">
         <v>922</v>
       </c>
       <c r="D371" s="21" t="s">
         <v>923</v>
       </c>
       <c r="E371" s="20" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="F371" s="19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G371" s="19">
         <v>53202</v>
       </c>
       <c r="H371" s="22">
         <v>8008906704</v>
       </c>
     </row>
     <row r="372" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B372" s="19">
         <v>67091</v>
       </c>
       <c r="C372" s="20" t="s">
         <v>924</v>
       </c>
       <c r="D372" s="21" t="s">
         <v>923</v>
       </c>
       <c r="E372" s="20" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="F372" s="19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G372" s="19" t="s">
         <v>925</v>
       </c>
       <c r="H372" s="22">
         <v>4142711444</v>
       </c>
     </row>
     <row r="373" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B373" s="19">
         <v>35602</v>
       </c>
       <c r="C373" s="20" t="s">
         <v>926</v>
       </c>
       <c r="D373" s="21" t="s">
         <v>927</v>
       </c>
       <c r="E373" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F373" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G373" s="19">
         <v>10019</v>
       </c>
       <c r="H373" s="22">
         <v>8006845428</v>
       </c>
     </row>
     <row r="374" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B374" s="19">
         <v>26395</v>
       </c>
       <c r="C374" s="20" t="s">
         <v>928</v>
       </c>
       <c r="D374" s="21" t="s">
         <v>929</v>
       </c>
       <c r="E374" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F374" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G374" s="19">
         <v>10019</v>
       </c>
       <c r="H374" s="22">
         <v>8006845482</v>
       </c>
     </row>
     <row r="375" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B375" s="19">
         <v>67148</v>
       </c>
       <c r="C375" s="20" t="s">
         <v>930</v>
       </c>
       <c r="D375" s="21" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="E375" s="20" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="F375" s="19" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G375" s="19" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="H375" s="22">
         <v>2542972777</v>
       </c>
     </row>
     <row r="376" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B376" s="19">
         <v>23680</v>
       </c>
       <c r="C376" s="20" t="s">
         <v>931</v>
       </c>
       <c r="D376" s="21" t="s">
         <v>932</v>
       </c>
       <c r="E376" s="20" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="F376" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G376" s="19" t="s">
         <v>933</v>
       </c>
       <c r="H376" s="22">
         <v>2039778000</v>
       </c>
     </row>
     <row r="377" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B377" s="19">
         <v>24104</v>
       </c>
       <c r="C377" s="20" t="s">
         <v>934</v>
       </c>
       <c r="D377" s="21" t="s">
         <v>935</v>
       </c>
       <c r="E377" s="20" t="s">
         <v>936</v>
       </c>
       <c r="F377" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G377" s="19" t="s">
         <v>937</v>
       </c>
       <c r="H377" s="22">
         <v>3308870101</v>
       </c>
     </row>
     <row r="378" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B378" s="19">
         <v>67180</v>
       </c>
       <c r="C378" s="20" t="s">
         <v>938</v>
       </c>
       <c r="D378" s="21" t="s">
         <v>939</v>
       </c>
       <c r="E378" s="20" t="s">
         <v>940</v>
       </c>
       <c r="F378" s="19" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G378" s="19">
         <v>75201</v>
       </c>
       <c r="H378" s="22">
         <v>8445227924</v>
       </c>
     </row>
     <row r="379" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B379" s="19">
         <v>67199</v>
       </c>
       <c r="C379" s="20" t="s">
         <v>941</v>
       </c>
       <c r="D379" s="21" t="s">
         <v>942</v>
       </c>
       <c r="E379" s="20" t="s">
+        <v>734</v>
+      </c>
+      <c r="F379" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="G379" s="19" t="s">
         <v>735</v>
-      </c>
-[...4 lines deleted...]
-        <v>736</v>
       </c>
       <c r="H379" s="22">
         <v>8167537000</v>
       </c>
     </row>
     <row r="380" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B380" s="19">
         <v>24147</v>
       </c>
       <c r="C380" s="20" t="s">
         <v>943</v>
       </c>
       <c r="D380" s="21" t="s">
         <v>944</v>
       </c>
       <c r="E380" s="20" t="s">
         <v>945</v>
       </c>
       <c r="F380" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G380" s="19">
         <v>15666</v>
       </c>
       <c r="H380" s="22">
         <v>7248345000</v>
       </c>
     </row>
     <row r="381" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B381" s="19">
         <v>67261</v>
       </c>
       <c r="C381" s="20" t="s">
         <v>946</v>
       </c>
       <c r="D381" s="21" t="s">
         <v>947</v>
       </c>
       <c r="E381" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F381" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G381" s="19">
         <v>60601</v>
       </c>
       <c r="H381" s="22">
         <v>3123468100</v>
       </c>
     </row>
     <row r="382" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B382" s="19">
         <v>76007</v>
       </c>
       <c r="C382" s="20" t="s">
         <v>948</v>
       </c>
       <c r="D382" s="21" t="s">
         <v>949</v>
       </c>
       <c r="E382" s="20" t="s">
         <v>950</v>
       </c>
       <c r="F382" s="19" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="G382" s="19">
         <v>66201</v>
       </c>
       <c r="H382" s="22">
         <v>9138950200</v>
       </c>
     </row>
     <row r="383" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B383" s="19">
         <v>88080</v>
       </c>
       <c r="C383" s="20" t="s">
         <v>951</v>
       </c>
       <c r="D383" s="21" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="E383" s="20" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="F383" s="19" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="G383" s="19">
         <v>68175</v>
       </c>
       <c r="H383" s="22">
         <v>4023427600</v>
       </c>
     </row>
     <row r="384" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B384" s="19">
         <v>13100</v>
       </c>
       <c r="C384" s="20" t="s">
         <v>952</v>
       </c>
       <c r="D384" s="21" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="E384" s="20" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="F384" s="19" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="G384" s="19">
         <v>68175</v>
       </c>
       <c r="H384" s="22">
         <v>4023427600</v>
       </c>
     </row>
     <row r="385" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B385" s="19">
         <v>69647</v>
       </c>
       <c r="C385" s="20" t="s">
         <v>953</v>
       </c>
       <c r="D385" s="21" t="s">
         <v>954</v>
       </c>
       <c r="E385" s="20" t="s">
         <v>955</v>
       </c>
       <c r="F385" s="19" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="G385" s="19">
         <v>55344</v>
       </c>
       <c r="H385" s="22"/>
     </row>
     <row r="386" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B386" s="19">
         <v>76112</v>
       </c>
       <c r="C386" s="20" t="s">
         <v>956</v>
       </c>
       <c r="D386" s="21" t="s">
         <v>957</v>
       </c>
       <c r="E386" s="20" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="F386" s="19" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="G386" s="19">
         <v>85004</v>
       </c>
       <c r="H386" s="22">
         <v>8887573237</v>
       </c>
     </row>
     <row r="387" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B387" s="19">
         <v>22748</v>
       </c>
       <c r="C387" s="20" t="s">
         <v>958</v>
       </c>
       <c r="D387" s="21" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="E387" s="20" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F387" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G387" s="19">
         <v>19106</v>
       </c>
       <c r="H387" s="22"/>
     </row>
     <row r="388" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B388" s="19">
         <v>20346</v>
       </c>
       <c r="C388" s="20" t="s">
         <v>959</v>
       </c>
       <c r="D388" s="21" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="E388" s="20" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="F388" s="19" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G388" s="19" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="H388" s="22"/>
     </row>
     <row r="389" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B389" s="19">
         <v>97268</v>
       </c>
       <c r="C389" s="20" t="s">
         <v>960</v>
       </c>
       <c r="D389" s="21" t="s">
         <v>961</v>
       </c>
       <c r="E389" s="20" t="s">
         <v>962</v>
       </c>
       <c r="F389" s="19" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G389" s="19">
         <v>92660</v>
       </c>
       <c r="H389" s="22">
         <v>8886902882</v>
       </c>
     </row>
     <row r="390" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B390" s="19">
         <v>67466</v>
       </c>
       <c r="C390" s="20" t="s">
         <v>963</v>
       </c>
       <c r="D390" s="21" t="s">
         <v>961</v>
       </c>
       <c r="E390" s="20" t="s">
         <v>962</v>
       </c>
       <c r="F390" s="19" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G390" s="19">
         <v>92660</v>
       </c>
       <c r="H390" s="22">
         <v>8008007646</v>
       </c>
     </row>
     <row r="391" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B391" s="19">
         <v>67539</v>
       </c>
       <c r="C391" s="20" t="s">
         <v>964</v>
       </c>
       <c r="D391" s="21" t="s">
         <v>965</v>
       </c>
       <c r="E391" s="20" t="s">
         <v>966</v>
       </c>
       <c r="F391" s="19" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="G391" s="19" t="s">
         <v>967</v>
       </c>
       <c r="H391" s="22">
         <v>5045661300</v>
       </c>
     </row>
     <row r="392" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B392" s="19">
         <v>60003</v>
       </c>
       <c r="C392" s="20" t="s">
         <v>968</v>
       </c>
       <c r="D392" s="21" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="E392" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F392" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G392" s="19">
         <v>10001</v>
       </c>
       <c r="H392" s="22">
         <v>2125988000</v>
       </c>
     </row>
     <row r="393" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B393" s="19">
         <v>11835</v>
       </c>
       <c r="C393" s="20" t="s">
         <v>969</v>
       </c>
       <c r="D393" s="21" t="s">
         <v>970</v>
       </c>
       <c r="E393" s="20" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="F393" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G393" s="19" t="s">
         <v>933</v>
       </c>
       <c r="H393" s="22"/>
     </row>
     <row r="394" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B394" s="19">
         <v>74900</v>
       </c>
       <c r="C394" s="20" t="s">
         <v>971</v>
       </c>
       <c r="D394" s="21" t="s">
         <v>970</v>
       </c>
       <c r="E394" s="20" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="F394" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G394" s="19" t="s">
         <v>933</v>
       </c>
       <c r="H394" s="22">
         <v>7322126882</v>
       </c>
     </row>
     <row r="395" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B395" s="19">
         <v>67598</v>
       </c>
       <c r="C395" s="20" t="s">
         <v>972</v>
       </c>
       <c r="D395" s="21" t="s">
         <v>973</v>
       </c>
       <c r="E395" s="20" t="s">
         <v>974</v>
       </c>
       <c r="F395" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G395" s="19" t="s">
         <v>975</v>
       </c>
       <c r="H395" s="22">
         <v>5087994441</v>
       </c>
     </row>
     <row r="396" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B396" s="19">
         <v>93262</v>
       </c>
       <c r="C396" s="20" t="s">
         <v>976</v>
       </c>
       <c r="D396" s="21" t="s">
         <v>977</v>
       </c>
       <c r="E396" s="20" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F396" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G396" s="19">
         <v>19172</v>
       </c>
       <c r="H396" s="22">
-        <v>2159567754</v>
+        <v>2159568086</v>
       </c>
     </row>
     <row r="397" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B397" s="19">
         <v>67644</v>
       </c>
       <c r="C397" s="20" t="s">
         <v>978</v>
       </c>
       <c r="D397" s="21" t="s">
         <v>979</v>
       </c>
       <c r="E397" s="20" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F397" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G397" s="19">
         <v>19172</v>
       </c>
       <c r="H397" s="22">
         <v>2159568000</v>
       </c>
     </row>
     <row r="398" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B398" s="19">
         <v>12262</v>
       </c>
       <c r="C398" s="20" t="s">
         <v>980</v>
       </c>
       <c r="D398" s="21" t="s">
+        <v>788</v>
+      </c>
+      <c r="E398" s="20" t="s">
+        <v>349</v>
+      </c>
+      <c r="F398" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="G398" s="19" t="s">
         <v>789</v>
-      </c>
-[...7 lines deleted...]
-        <v>790</v>
       </c>
       <c r="H398" s="22">
         <v>6103975000</v>
       </c>
     </row>
     <row r="399" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B399" s="19">
         <v>41424</v>
       </c>
       <c r="C399" s="20" t="s">
         <v>981</v>
       </c>
       <c r="D399" s="21" t="s">
+        <v>788</v>
+      </c>
+      <c r="E399" s="20" t="s">
+        <v>349</v>
+      </c>
+      <c r="F399" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="G399" s="19" t="s">
         <v>789</v>
-      </c>
-[...7 lines deleted...]
-        <v>790</v>
       </c>
       <c r="H399" s="22">
         <v>6103975177</v>
       </c>
     </row>
     <row r="400" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B400" s="19">
         <v>18058</v>
       </c>
       <c r="C400" s="20" t="s">
         <v>982</v>
       </c>
       <c r="D400" s="21" t="s">
         <v>983</v>
       </c>
       <c r="E400" s="20" t="s">
         <v>491</v>
       </c>
       <c r="F400" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G400" s="19" t="s">
         <v>984</v>
       </c>
       <c r="H400" s="22">
         <v>6105382710</v>
       </c>
     </row>
     <row r="401" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B401" s="19">
         <v>25623</v>
       </c>
       <c r="C401" s="20" t="s">
         <v>985</v>
       </c>
       <c r="D401" s="21" t="s">
         <v>381</v>
       </c>
       <c r="E401" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F401" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G401" s="19" t="s">
         <v>383</v>
       </c>
       <c r="H401" s="22"/>
     </row>
     <row r="402" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B402" s="19">
         <v>40738</v>
       </c>
       <c r="C402" s="20" t="s">
         <v>986</v>
       </c>
       <c r="D402" s="21" t="s">
         <v>987</v>
       </c>
       <c r="E402" s="20" t="s">
         <v>988</v>
       </c>
       <c r="F402" s="19" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="G402" s="19">
         <v>98101</v>
       </c>
       <c r="H402" s="22">
         <v>2063437300</v>
       </c>
     </row>
     <row r="403" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B403" s="19">
         <v>80578</v>
       </c>
       <c r="C403" s="20" t="s">
         <v>989</v>
       </c>
       <c r="D403" s="21" t="s">
         <v>990</v>
       </c>
       <c r="E403" s="20" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="F403" s="19" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="G403" s="19" t="s">
         <v>991</v>
       </c>
       <c r="H403" s="22">
         <v>4026331000</v>
       </c>
     </row>
     <row r="404" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B404" s="19">
         <v>21857</v>
       </c>
       <c r="C404" s="20" t="s">
         <v>992</v>
       </c>
       <c r="D404" s="21" t="s">
         <v>993</v>
       </c>
       <c r="E404" s="20" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="F404" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G404" s="19">
         <v>43219</v>
       </c>
       <c r="H404" s="22">
         <v>8557052716</v>
       </c>
     </row>
     <row r="405" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B405" s="19">
         <v>21750</v>
       </c>
       <c r="C405" s="20" t="s">
         <v>994</v>
       </c>
       <c r="D405" s="21" t="s">
         <v>995</v>
       </c>
       <c r="E405" s="20" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F405" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G405" s="19" t="s">
         <v>996</v>
       </c>
       <c r="H405" s="22">
         <v>6177201620</v>
       </c>
     </row>
     <row r="406" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B406" s="19">
         <v>21296</v>
       </c>
       <c r="C406" s="20" t="s">
         <v>997</v>
       </c>
       <c r="D406" s="21" t="s">
         <v>998</v>
       </c>
       <c r="E406" s="20" t="s">
         <v>999</v>
       </c>
       <c r="F406" s="19" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G406" s="19">
         <v>76021</v>
       </c>
       <c r="H406" s="22">
         <v>8172652000</v>
       </c>
     </row>
     <row r="407" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B407" s="19">
         <v>67873</v>
       </c>
       <c r="C407" s="20" t="s">
         <v>1000</v>
       </c>
       <c r="D407" s="21" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="E407" s="20" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="F407" s="19" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G407" s="19" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="H407" s="22">
         <v>2542972777</v>
       </c>
     </row>
     <row r="408" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B408" s="19">
         <v>10817</v>
       </c>
       <c r="C408" s="20" t="s">
         <v>1001</v>
       </c>
       <c r="D408" s="21" t="s">
         <v>1002</v>
       </c>
       <c r="E408" s="20" t="s">
         <v>1003</v>
       </c>
       <c r="F408" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G408" s="19" t="s">
         <v>1004</v>
       </c>
       <c r="H408" s="22">
         <v>9314848411</v>
       </c>
     </row>
     <row r="409" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B409" s="19">
         <v>18619</v>
       </c>
       <c r="C409" s="20" t="s">
         <v>1005</v>
       </c>
       <c r="D409" s="21" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="E409" s="20" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="F409" s="19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G409" s="19" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="H409" s="22">
         <v>8004754450</v>
       </c>
     </row>
     <row r="410" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B410" s="19">
         <v>14737</v>
       </c>
       <c r="C410" s="20" t="s">
         <v>1006</v>
       </c>
       <c r="D410" s="21" t="s">
         <v>995</v>
       </c>
       <c r="E410" s="20" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F410" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G410" s="19" t="s">
         <v>996</v>
       </c>
       <c r="H410" s="22">
         <v>6177201620</v>
       </c>
     </row>
     <row r="411" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B411" s="19">
         <v>37257</v>
       </c>
       <c r="C411" s="20" t="s">
         <v>1007</v>
       </c>
       <c r="D411" s="21" t="s">
         <v>1008</v>
       </c>
       <c r="E411" s="20" t="s">
         <v>1009</v>
       </c>
       <c r="F411" s="19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G411" s="19">
         <v>53596</v>
       </c>
       <c r="H411" s="22">
         <v>2124221212</v>
       </c>
     </row>
     <row r="412" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B412" s="19">
         <v>65919</v>
       </c>
       <c r="C412" s="20" t="s">
         <v>1010</v>
       </c>
       <c r="D412" s="21" t="s">
         <v>1011</v>
       </c>
       <c r="E412" s="20" t="s">
         <v>1012</v>
       </c>
       <c r="F412" s="19" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="G412" s="19">
         <v>30099</v>
       </c>
       <c r="H412" s="22">
         <v>8002574725</v>
       </c>
     </row>
     <row r="413" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B413" s="19">
         <v>61271</v>
       </c>
       <c r="C413" s="20" t="s">
         <v>1013</v>
       </c>
       <c r="D413" s="21" t="s">
         <v>1014</v>
       </c>
       <c r="E413" s="20" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="F413" s="19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G413" s="19" t="s">
         <v>1015</v>
       </c>
       <c r="H413" s="22">
         <v>5152475111</v>
       </c>
     </row>
     <row r="414" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B414" s="19">
         <v>71161</v>
       </c>
       <c r="C414" s="20" t="s">
         <v>1016</v>
       </c>
       <c r="D414" s="21" t="s">
         <v>1014</v>
       </c>
       <c r="E414" s="20" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="F414" s="19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G414" s="19" t="s">
         <v>1015</v>
       </c>
       <c r="H414" s="22">
         <v>5152475111</v>
       </c>
     </row>
     <row r="415" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B415" s="19">
         <v>68047</v>
       </c>
       <c r="C415" s="20" t="s">
         <v>1017</v>
       </c>
       <c r="D415" s="21" t="s">
         <v>481</v>
       </c>
       <c r="E415" s="20" t="s">
         <v>482</v>
       </c>
       <c r="F415" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G415" s="19" t="s">
         <v>483</v>
       </c>
       <c r="H415" s="22">
         <v>7812376030</v>
       </c>
     </row>
     <row r="416" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B416" s="19">
         <v>88536</v>
       </c>
       <c r="C416" s="20" t="s">
         <v>1018</v>
       </c>
       <c r="D416" s="21" t="s">
         <v>1019</v>
       </c>
       <c r="E416" s="20" t="s">
         <v>1020</v>
       </c>
       <c r="F416" s="19" t="s">
         <v>1021</v>
       </c>
       <c r="G416" s="19">
@@ -14217,3708 +14208,3708 @@
       </c>
       <c r="D417" s="21" t="s">
         <v>1019</v>
       </c>
       <c r="E417" s="20" t="s">
         <v>1020</v>
       </c>
       <c r="F417" s="19" t="s">
         <v>1021</v>
       </c>
       <c r="G417" s="19">
         <v>35202</v>
       </c>
       <c r="H417" s="22">
         <v>2052681000</v>
       </c>
     </row>
     <row r="418" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B418" s="19">
         <v>24295</v>
       </c>
       <c r="C418" s="20" t="s">
         <v>1023</v>
       </c>
       <c r="D418" s="21" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="E418" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F418" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G418" s="19">
         <v>10007</v>
       </c>
       <c r="H418" s="22">
         <v>2122083386</v>
       </c>
     </row>
     <row r="419" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B419" s="19">
         <v>67903</v>
       </c>
       <c r="C419" s="20" t="s">
         <v>1024</v>
       </c>
       <c r="D419" s="21" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="E419" s="20" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="F419" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G419" s="19">
         <v>37228</v>
       </c>
       <c r="H419" s="22">
         <v>8008808824</v>
       </c>
     </row>
     <row r="420" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B420" s="19">
         <v>68195</v>
       </c>
       <c r="C420" s="20" t="s">
         <v>1025</v>
       </c>
       <c r="D420" s="21" t="s">
         <v>973</v>
       </c>
       <c r="E420" s="20" t="s">
         <v>974</v>
       </c>
       <c r="F420" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G420" s="19" t="s">
         <v>975</v>
       </c>
       <c r="H420" s="22">
         <v>4232941011</v>
       </c>
     </row>
     <row r="421" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B421" s="19">
         <v>68209</v>
       </c>
       <c r="C421" s="20" t="s">
         <v>1026</v>
       </c>
       <c r="D421" s="21" t="s">
         <v>973</v>
       </c>
       <c r="E421" s="20" t="s">
         <v>974</v>
       </c>
       <c r="F421" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G421" s="19" t="s">
         <v>975</v>
       </c>
       <c r="H421" s="22">
         <v>4232941011</v>
       </c>
     </row>
     <row r="422" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B422" s="19">
         <v>68241</v>
       </c>
       <c r="C422" s="20" t="s">
         <v>1027</v>
       </c>
       <c r="D422" s="21" t="s">
         <v>1028</v>
       </c>
       <c r="E422" s="20" t="s">
         <v>1029</v>
       </c>
       <c r="F422" s="19" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G422" s="19" t="s">
         <v>1030</v>
       </c>
       <c r="H422" s="22">
         <v>9738026000</v>
       </c>
     </row>
     <row r="423" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B423" s="19">
         <v>15059</v>
       </c>
       <c r="C423" s="20" t="s">
         <v>1031</v>
       </c>
       <c r="D423" s="21" t="s">
         <v>1032</v>
       </c>
       <c r="E423" s="20" t="s">
         <v>912</v>
       </c>
       <c r="F423" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G423" s="19" t="s">
         <v>1033</v>
       </c>
       <c r="H423" s="22">
         <v>2125919500</v>
       </c>
     </row>
     <row r="424" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B424" s="19">
         <v>71390</v>
       </c>
       <c r="C424" s="20" t="s">
         <v>1034</v>
       </c>
       <c r="D424" s="21" t="s">
         <v>1035</v>
       </c>
       <c r="E424" s="20" t="s">
         <v>1036</v>
       </c>
       <c r="F424" s="19" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="G424" s="19">
         <v>85251</v>
       </c>
       <c r="H424" s="22">
         <v>8884749519</v>
       </c>
     </row>
     <row r="425" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B425" s="19">
         <v>39217</v>
       </c>
       <c r="C425" s="20" t="s">
         <v>1037</v>
       </c>
       <c r="D425" s="21" t="s">
         <v>1008</v>
       </c>
       <c r="E425" s="20" t="s">
         <v>1009</v>
       </c>
       <c r="F425" s="19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G425" s="19">
         <v>53596</v>
       </c>
       <c r="H425" s="22">
         <v>2124221212</v>
       </c>
     </row>
     <row r="426" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B426" s="19">
         <v>15067</v>
       </c>
       <c r="C426" s="20" t="s">
         <v>1038</v>
       </c>
       <c r="D426" s="21" t="s">
         <v>911</v>
       </c>
       <c r="E426" s="20" t="s">
         <v>912</v>
       </c>
       <c r="F426" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G426" s="19" t="s">
         <v>913</v>
       </c>
       <c r="H426" s="22">
         <v>6177705100</v>
       </c>
     </row>
     <row r="427" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B427" s="19">
         <v>23132</v>
       </c>
       <c r="C427" s="20" t="s">
         <v>1039</v>
       </c>
       <c r="D427" s="21" t="s">
         <v>1040</v>
       </c>
       <c r="E427" s="20" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F427" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G427" s="19" t="s">
         <v>933</v>
       </c>
       <c r="H427" s="22">
         <v>2039752100</v>
       </c>
     </row>
     <row r="428" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B428" s="19">
         <v>68357</v>
       </c>
       <c r="C428" s="20" t="s">
         <v>1041</v>
       </c>
       <c r="D428" s="21" t="s">
         <v>1042</v>
       </c>
       <c r="E428" s="20" t="s">
-        <v>1043</v>
+        <v>269</v>
       </c>
       <c r="F428" s="19" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>1044</v>
+        <v>196</v>
+      </c>
+      <c r="G428" s="19">
+        <v>63017</v>
       </c>
       <c r="H428" s="22">
         <v>3148194300</v>
       </c>
     </row>
     <row r="429" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B429" s="19">
         <v>68381</v>
       </c>
       <c r="C429" s="20" t="s">
-        <v>1045</v>
+        <v>1043</v>
       </c>
       <c r="D429" s="21" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="E429" s="20" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F429" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G429" s="19">
         <v>19103</v>
       </c>
       <c r="H429" s="22">
         <v>8475171500</v>
       </c>
     </row>
     <row r="430" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B430" s="19">
         <v>67105</v>
       </c>
       <c r="C430" s="20" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D430" s="21" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E430" s="20" t="s">
+        <v>252</v>
+      </c>
+      <c r="F430" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="G430" s="19" t="s">
         <v>1047</v>
-      </c>
-[...10 lines deleted...]
-        <v>1049</v>
       </c>
       <c r="H430" s="22">
         <v>6123725432</v>
       </c>
     </row>
     <row r="431" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B431" s="19">
         <v>61360</v>
       </c>
       <c r="C431" s="20" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="D431" s="21" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="E431" s="20" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="F431" s="19" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="G431" s="19" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="H431" s="22">
         <v>5166828700</v>
       </c>
     </row>
     <row r="432" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B432" s="19">
         <v>61700</v>
       </c>
       <c r="C432" s="20" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D432" s="21" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E432" s="20" t="s">
         <v>1051</v>
       </c>
-      <c r="D432" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F432" s="19" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="G432" s="19">
         <v>46202</v>
       </c>
       <c r="H432" s="22">
         <v>8007457509</v>
       </c>
     </row>
     <row r="433" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B433" s="19">
         <v>68462</v>
       </c>
       <c r="C433" s="20" t="s">
-        <v>1054</v>
+        <v>1052</v>
       </c>
       <c r="D433" s="21" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="E433" s="20" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F433" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G433" s="19">
         <v>44144</v>
       </c>
       <c r="H433" s="22">
         <v>3126614600</v>
       </c>
     </row>
     <row r="434" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B434" s="19">
         <v>61506</v>
       </c>
       <c r="C434" s="20" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="D434" s="21" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="E434" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F434" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G434" s="19">
         <v>60601</v>
       </c>
       <c r="H434" s="22">
         <v>3123966000</v>
       </c>
     </row>
     <row r="435" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B435" s="19">
         <v>43044</v>
       </c>
       <c r="C435" s="20" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="D435" s="21" t="s">
-        <v>1058</v>
+        <v>1056</v>
       </c>
       <c r="E435" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F435" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G435" s="19">
         <v>60601</v>
       </c>
       <c r="H435" s="22">
         <v>3126614600</v>
       </c>
     </row>
     <row r="436" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B436" s="19">
         <v>93777</v>
       </c>
       <c r="C436" s="20" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D436" s="21" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E436" s="20" t="s">
         <v>1059</v>
       </c>
-      <c r="D436" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F436" s="19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G436" s="19">
         <v>50322</v>
       </c>
       <c r="H436" s="22">
         <v>5177217171</v>
       </c>
     </row>
     <row r="437" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B437" s="19">
         <v>89004</v>
       </c>
       <c r="C437" s="20" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="D437" s="21" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="E437" s="20" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="F437" s="19" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="G437" s="19" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="H437" s="22">
         <v>6367367000</v>
       </c>
     </row>
     <row r="438" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B438" s="19">
         <v>93572</v>
       </c>
       <c r="C438" s="20" t="s">
-        <v>1063</v>
+        <v>1061</v>
       </c>
       <c r="D438" s="21" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="E438" s="20" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="F438" s="19" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="G438" s="19" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="H438" s="22">
         <v>8887365445</v>
       </c>
     </row>
     <row r="439" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B439" s="19">
         <v>36684</v>
       </c>
       <c r="C439" s="20" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="D439" s="21" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="E439" s="20" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="F439" s="19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G439" s="19" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="H439" s="22">
         <v>5154733250</v>
       </c>
     </row>
     <row r="440" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B440" s="19">
         <v>65005</v>
       </c>
       <c r="C440" s="20" t="s">
-        <v>1065</v>
+        <v>1063</v>
       </c>
       <c r="D440" s="21" t="s">
-        <v>1066</v>
+        <v>1064</v>
       </c>
       <c r="E440" s="20" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="F440" s="19" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="G440" s="19">
         <v>55474</v>
       </c>
       <c r="H440" s="22">
         <v>6126713131</v>
       </c>
     </row>
     <row r="441" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B441" s="19">
         <v>21261</v>
       </c>
       <c r="C441" s="20" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D441" s="21" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E441" s="20" t="s">
         <v>1067</v>
       </c>
-      <c r="D441" s="21" t="s">
+      <c r="F441" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G441" s="19" t="s">
         <v>1068</v>
-      </c>
-[...7 lines deleted...]
-        <v>1070</v>
       </c>
       <c r="H441" s="22">
         <v>9789212080</v>
       </c>
     </row>
     <row r="442" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B442" s="19">
         <v>13056</v>
       </c>
       <c r="C442" s="20" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D442" s="21" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E442" s="20" t="s">
         <v>1071</v>
       </c>
-      <c r="D442" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F442" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G442" s="19">
         <v>61615</v>
       </c>
       <c r="H442" s="22">
         <v>3096921000</v>
       </c>
     </row>
     <row r="443" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B443" s="19">
         <v>11089</v>
       </c>
       <c r="C443" s="20" t="s">
-        <v>1074</v>
+        <v>1072</v>
       </c>
       <c r="D443" s="21" t="s">
         <v>406</v>
       </c>
       <c r="E443" s="20" t="s">
         <v>407</v>
       </c>
       <c r="F443" s="19" t="s">
         <v>408</v>
       </c>
       <c r="G443" s="19" t="s">
         <v>409</v>
       </c>
       <c r="H443" s="22">
         <v>7873392100</v>
       </c>
     </row>
     <row r="444" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B444" s="19">
         <v>24503</v>
       </c>
       <c r="C444" s="20" t="s">
-        <v>1075</v>
+        <v>1073</v>
       </c>
       <c r="D444" s="21" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="E444" s="20" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="F444" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G444" s="19">
-        <v>43215</v>
+        <v>43216</v>
       </c>
       <c r="H444" s="22">
-        <v>3026587581</v>
+        <v>8669809431</v>
       </c>
     </row>
     <row r="445" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B445" s="19">
         <v>60183</v>
       </c>
       <c r="C445" s="20" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D445" s="21" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E445" s="20" t="s">
         <v>1077</v>
       </c>
-      <c r="D445" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F445" s="19" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G445" s="19">
         <v>24029</v>
       </c>
       <c r="H445" s="22">
         <v>8777254872</v>
       </c>
     </row>
     <row r="446" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B446" s="19">
         <v>60445</v>
       </c>
       <c r="C446" s="20" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D446" s="21" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E446" s="20" t="s">
+        <v>204</v>
+      </c>
+      <c r="F446" s="19" t="s">
+        <v>205</v>
+      </c>
+      <c r="G446" s="19" t="s">
         <v>1080</v>
-      </c>
-[...10 lines deleted...]
-        <v>1082</v>
       </c>
       <c r="H446" s="22"/>
     </row>
     <row r="447" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B447" s="19">
         <v>70435</v>
       </c>
       <c r="C447" s="20" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D447" s="21" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E447" s="20" t="s">
         <v>1083</v>
       </c>
-      <c r="D447" s="21" t="s">
+      <c r="F447" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G447" s="19" t="s">
         <v>1084</v>
-      </c>
-[...7 lines deleted...]
-        <v>1086</v>
       </c>
       <c r="H447" s="22">
         <v>7819383500</v>
       </c>
     </row>
     <row r="448" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B448" s="19">
         <v>64688</v>
       </c>
       <c r="C448" s="20" t="s">
-        <v>1087</v>
+        <v>1085</v>
       </c>
       <c r="D448" s="21" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="E448" s="20" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="F448" s="19" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="G448" s="19">
         <v>28280</v>
       </c>
       <c r="H448" s="22">
         <v>8002552137</v>
       </c>
     </row>
     <row r="449" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B449" s="19">
         <v>93742</v>
       </c>
       <c r="C449" s="20" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="D449" s="21" t="s">
+        <v>836</v>
+      </c>
+      <c r="E449" s="20" t="s">
         <v>837</v>
       </c>
-      <c r="E449" s="20" t="s">
+      <c r="F449" s="19" t="s">
+        <v>87</v>
+      </c>
+      <c r="G449" s="19" t="s">
         <v>838</v>
-      </c>
-[...4 lines deleted...]
-        <v>839</v>
       </c>
       <c r="H449" s="22">
         <v>6516653500</v>
       </c>
     </row>
     <row r="450" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B450" s="19">
         <v>68675</v>
       </c>
       <c r="C450" s="20" t="s">
-        <v>1090</v>
+        <v>1088</v>
       </c>
       <c r="D450" s="21" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="E450" s="20" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="F450" s="19" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="G450" s="19" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="H450" s="22">
         <v>8008882461</v>
       </c>
     </row>
     <row r="451" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B451" s="19">
         <v>68713</v>
       </c>
       <c r="C451" s="20" t="s">
-        <v>1091</v>
+        <v>1089</v>
       </c>
       <c r="D451" s="21" t="s">
+        <v>832</v>
+      </c>
+      <c r="E451" s="20" t="s">
         <v>833</v>
       </c>
-      <c r="E451" s="20" t="s">
+      <c r="F451" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="G451" s="19" t="s">
         <v>834</v>
-      </c>
-[...4 lines deleted...]
-        <v>835</v>
       </c>
       <c r="H451" s="22">
         <v>7709805100</v>
       </c>
     </row>
     <row r="452" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B452" s="19">
         <v>68772</v>
       </c>
       <c r="C452" s="20" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D452" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E452" s="20" t="s">
         <v>1092</v>
       </c>
-      <c r="D452" s="21" t="s">
+      <c r="F452" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="G452" s="19" t="s">
         <v>1093</v>
-      </c>
-[...7 lines deleted...]
-        <v>1095</v>
       </c>
       <c r="H452" s="22">
         <v>6077233551</v>
       </c>
     </row>
     <row r="453" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B453" s="19">
         <v>76325</v>
       </c>
       <c r="C453" s="20" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D453" s="21" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E453" s="20" t="s">
         <v>1096</v>
       </c>
-      <c r="D453" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F453" s="19" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="G453" s="19">
         <v>46032</v>
       </c>
       <c r="H453" s="22">
         <v>8774505824</v>
       </c>
     </row>
     <row r="454" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B454" s="19">
         <v>78662</v>
       </c>
       <c r="C454" s="20" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D454" s="21" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E454" s="20" t="s">
         <v>1099</v>
       </c>
-      <c r="D454" s="21" t="s">
+      <c r="F454" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="G454" s="19" t="s">
         <v>1100</v>
-      </c>
-[...7 lines deleted...]
-        <v>1102</v>
       </c>
       <c r="H454" s="22">
         <v>2292286936</v>
       </c>
     </row>
     <row r="455" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B455" s="19">
         <v>11000</v>
       </c>
       <c r="C455" s="20" t="s">
-        <v>1103</v>
+        <v>1101</v>
       </c>
       <c r="D455" s="21" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="E455" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F455" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G455" s="19" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="H455" s="22">
         <v>8605475000</v>
       </c>
     </row>
     <row r="456" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B456" s="19">
         <v>28460</v>
       </c>
       <c r="C456" s="20" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="D456" s="21" t="s">
+        <v>827</v>
+      </c>
+      <c r="E456" s="20" t="s">
         <v>828</v>
       </c>
-      <c r="E456" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F456" s="19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G456" s="19">
         <v>54481</v>
       </c>
       <c r="H456" s="22">
         <v>7153466000</v>
       </c>
     </row>
     <row r="457" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B457" s="19">
         <v>24988</v>
       </c>
       <c r="C457" s="20" t="s">
-        <v>1105</v>
+        <v>1103</v>
       </c>
       <c r="D457" s="21" t="s">
+        <v>827</v>
+      </c>
+      <c r="E457" s="20" t="s">
         <v>828</v>
       </c>
-      <c r="E457" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F457" s="19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G457" s="19">
         <v>54481</v>
       </c>
       <c r="H457" s="22">
         <v>7153466000</v>
       </c>
     </row>
     <row r="458" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B458" s="19">
         <v>68810</v>
       </c>
       <c r="C458" s="20" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
       <c r="D458" s="21" t="s">
+        <v>827</v>
+      </c>
+      <c r="E458" s="20" t="s">
         <v>828</v>
       </c>
-      <c r="E458" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F458" s="19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G458" s="19">
         <v>54481</v>
       </c>
       <c r="H458" s="22">
         <v>7153466000</v>
       </c>
     </row>
     <row r="459" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B459" s="19">
         <v>21180</v>
       </c>
       <c r="C459" s="20" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
       <c r="D459" s="21" t="s">
+        <v>827</v>
+      </c>
+      <c r="E459" s="20" t="s">
         <v>828</v>
       </c>
-      <c r="E459" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F459" s="19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G459" s="19">
         <v>54481</v>
       </c>
       <c r="H459" s="22">
         <v>8003220677</v>
       </c>
     </row>
     <row r="460" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B460" s="19">
         <v>89958</v>
       </c>
       <c r="C460" s="20" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D460" s="21" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E460" s="20" t="s">
         <v>1108</v>
       </c>
-      <c r="D460" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F460" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G460" s="19">
         <v>11530</v>
       </c>
       <c r="H460" s="22">
         <v>5168298100</v>
       </c>
     </row>
     <row r="461" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B461" s="19">
         <v>81434</v>
       </c>
       <c r="C461" s="20" t="s">
-        <v>1111</v>
+        <v>1109</v>
       </c>
       <c r="D461" s="21" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
       <c r="E461" s="20" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
       <c r="F461" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G461" s="19">
         <v>11530</v>
       </c>
       <c r="H461" s="22">
         <v>5168298100</v>
       </c>
     </row>
     <row r="462" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B462" s="19">
         <v>68845</v>
       </c>
       <c r="C462" s="20" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="D462" s="21" t="s">
-        <v>1078</v>
+        <v>1076</v>
       </c>
       <c r="E462" s="20" t="s">
-        <v>1079</v>
+        <v>1077</v>
       </c>
       <c r="F462" s="19" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G462" s="19">
         <v>24029</v>
       </c>
       <c r="H462" s="22">
         <v>5409854400</v>
       </c>
     </row>
     <row r="463" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B463" s="19">
         <v>71420</v>
       </c>
       <c r="C463" s="20" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D463" s="21" t="s">
+        <v>1112</v>
+      </c>
+      <c r="E463" s="20" t="s">
         <v>1113</v>
       </c>
-      <c r="D463" s="21" t="s">
+      <c r="F463" s="19" t="s">
         <v>1114</v>
       </c>
-      <c r="E463" s="20" t="s">
+      <c r="G463" s="19" t="s">
         <v>1115</v>
-      </c>
-[...4 lines deleted...]
-        <v>1117</v>
       </c>
       <c r="H463" s="22">
         <v>7022427271</v>
       </c>
     </row>
     <row r="464" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B464" s="19">
         <v>62952</v>
       </c>
       <c r="C464" s="20" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D464" s="21" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E464" s="20" t="s">
         <v>1118</v>
       </c>
-      <c r="D464" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F464" s="19" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="G464" s="19">
         <v>46290</v>
       </c>
       <c r="H464" s="22">
         <v>8015793400</v>
       </c>
     </row>
     <row r="465" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B465" s="19">
         <v>12575</v>
       </c>
       <c r="C465" s="20" t="s">
-        <v>1121</v>
+        <v>1119</v>
       </c>
       <c r="D465" s="21" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E465" s="20" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="F465" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G465" s="19">
         <v>37064</v>
       </c>
       <c r="H465" s="22">
         <v>8002644000</v>
       </c>
     </row>
     <row r="466" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B466" s="19">
         <v>38776</v>
       </c>
       <c r="C466" s="20" t="s">
-        <v>1122</v>
+        <v>1120</v>
       </c>
       <c r="D466" s="21" t="s">
-        <v>1123</v>
+        <v>1121</v>
       </c>
       <c r="E466" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F466" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G466" s="19">
         <v>10007</v>
       </c>
       <c r="H466" s="22">
         <v>2123122500</v>
       </c>
     </row>
     <row r="467" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B467" s="19">
         <v>38997</v>
       </c>
       <c r="C467" s="20" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="D467" s="21" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="E467" s="20" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="F467" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G467" s="19">
         <v>10577</v>
       </c>
       <c r="H467" s="22">
         <v>7047592200</v>
       </c>
     </row>
     <row r="468" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B468" s="19">
         <v>20613</v>
       </c>
       <c r="C468" s="20" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D468" s="21" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E468" s="20" t="s">
         <v>1125</v>
       </c>
-      <c r="D468" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F468" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G468" s="19" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="H468" s="22">
         <v>8607733410</v>
       </c>
     </row>
     <row r="469" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B469" s="19">
         <v>24376</v>
       </c>
       <c r="C469" s="20" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D469" s="21" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E469" s="20" t="s">
         <v>1128</v>
       </c>
-      <c r="D469" s="21" t="s">
+      <c r="F469" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="G469" s="19" t="s">
         <v>1129</v>
-      </c>
-[...7 lines deleted...]
-        <v>1131</v>
       </c>
       <c r="H469" s="22">
         <v>3126457909</v>
       </c>
     </row>
     <row r="470" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B470" s="19">
         <v>24767</v>
       </c>
       <c r="C470" s="20" t="s">
-        <v>1132</v>
+        <v>1130</v>
       </c>
       <c r="D470" s="21" t="s">
         <v>381</v>
       </c>
       <c r="E470" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F470" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G470" s="19" t="s">
         <v>383</v>
       </c>
       <c r="H470" s="22">
         <v>8602770111</v>
       </c>
     </row>
     <row r="471" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B471" s="19">
         <v>24791</v>
       </c>
       <c r="C471" s="20" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="D471" s="21" t="s">
         <v>381</v>
       </c>
       <c r="E471" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F471" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G471" s="19" t="s">
         <v>383</v>
       </c>
       <c r="H471" s="22">
         <v>8602770111</v>
       </c>
     </row>
     <row r="472" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B472" s="19">
         <v>19224</v>
       </c>
       <c r="C472" s="20" t="s">
-        <v>1134</v>
+        <v>1132</v>
       </c>
       <c r="D472" s="21" t="s">
         <v>381</v>
       </c>
       <c r="E472" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F472" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G472" s="19" t="s">
         <v>383</v>
       </c>
       <c r="H472" s="22">
         <v>8602770111</v>
       </c>
     </row>
     <row r="473" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B473" s="19">
         <v>69019</v>
       </c>
       <c r="C473" s="20" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D473" s="21" t="s">
+        <v>1134</v>
+      </c>
+      <c r="E473" s="20" t="s">
         <v>1135</v>
       </c>
-      <c r="D473" s="21" t="s">
+      <c r="F473" s="19" t="s">
         <v>1136</v>
       </c>
-      <c r="E473" s="20" t="s">
+      <c r="G473" s="19" t="s">
         <v>1137</v>
-      </c>
-[...4 lines deleted...]
-        <v>1139</v>
       </c>
       <c r="H473" s="22">
         <v>9713217000</v>
       </c>
     </row>
     <row r="474" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B474" s="19">
         <v>86355</v>
       </c>
       <c r="C474" s="20" t="s">
-        <v>1140</v>
+        <v>1138</v>
       </c>
       <c r="D474" s="21" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="E474" s="20" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="F474" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G474" s="19">
         <v>45201</v>
       </c>
       <c r="H474" s="22">
         <v>4097666448</v>
       </c>
     </row>
     <row r="475" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B475" s="19">
         <v>71706</v>
       </c>
       <c r="C475" s="20" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D475" s="21" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E475" s="20" t="s">
         <v>1142</v>
       </c>
-      <c r="D475" s="21" t="s">
+      <c r="F475" s="19" t="s">
+        <v>260</v>
+      </c>
+      <c r="G475" s="19" t="s">
         <v>1143</v>
-      </c>
-[...7 lines deleted...]
-        <v>1145</v>
       </c>
       <c r="H475" s="22">
         <v>8015360376</v>
       </c>
     </row>
     <row r="476" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B476" s="19">
         <v>69078</v>
       </c>
       <c r="C476" s="20" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D476" s="21" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E476" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="F476" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="G476" s="19" t="s">
         <v>1146</v>
-      </c>
-[...10 lines deleted...]
-        <v>1148</v>
       </c>
       <c r="H476" s="22">
         <v>2123554141</v>
       </c>
     </row>
     <row r="477" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B477" s="19">
         <v>18023</v>
       </c>
       <c r="C477" s="20" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D477" s="21" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E477" s="20" t="s">
         <v>1149</v>
       </c>
-      <c r="D477" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F477" s="19" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="G477" s="19">
         <v>48034</v>
       </c>
       <c r="H477" s="22">
         <v>8004822726</v>
       </c>
     </row>
     <row r="478" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B478" s="19">
         <v>68985</v>
       </c>
       <c r="C478" s="20" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D478" s="21" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E478" s="20" t="s">
         <v>1152</v>
       </c>
-      <c r="D478" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F478" s="19" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="G478" s="19">
         <v>70898</v>
       </c>
       <c r="H478" s="22">
         <v>2075752211</v>
       </c>
     </row>
     <row r="479" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B479" s="19">
         <v>40045</v>
       </c>
       <c r="C479" s="20" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="D479" s="21" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="E479" s="20" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="F479" s="19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G479" s="19" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="H479" s="22">
         <v>8008662308</v>
       </c>
     </row>
     <row r="480" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B480" s="19">
         <v>38318</v>
       </c>
       <c r="C480" s="20" t="s">
-        <v>1156</v>
+        <v>1154</v>
       </c>
       <c r="D480" s="21" t="s">
-        <v>1157</v>
+        <v>1155</v>
       </c>
       <c r="E480" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F480" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G480" s="19">
         <v>10022</v>
       </c>
       <c r="H480" s="22">
         <v>6462276523</v>
       </c>
     </row>
     <row r="481" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B481" s="19">
         <v>16109</v>
       </c>
       <c r="C481" s="20" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="D481" s="21" t="s">
-        <v>1157</v>
+        <v>1155</v>
       </c>
       <c r="E481" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F481" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G481" s="19">
         <v>10022</v>
       </c>
       <c r="H481" s="22">
         <v>6462276400</v>
       </c>
     </row>
     <row r="482" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B482" s="19">
         <v>25496</v>
       </c>
       <c r="C482" s="20" t="s">
-        <v>1159</v>
+        <v>1157</v>
       </c>
       <c r="D482" s="21" t="s">
-        <v>1160</v>
+        <v>1158</v>
       </c>
       <c r="E482" s="20" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="F482" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G482" s="19">
         <v>45201</v>
       </c>
       <c r="H482" s="22">
         <v>2017437700</v>
       </c>
     </row>
     <row r="483" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B483" s="19">
         <v>25143</v>
       </c>
       <c r="C483" s="20" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D483" s="21" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E483" s="20" t="s">
         <v>1161</v>
       </c>
-      <c r="D483" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F483" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G483" s="19">
         <v>61710</v>
       </c>
       <c r="H483" s="22">
         <v>3097662020</v>
       </c>
     </row>
     <row r="484" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B484" s="19">
         <v>25178</v>
       </c>
       <c r="C484" s="20" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="D484" s="21" t="s">
-        <v>1162</v>
+        <v>1160</v>
       </c>
       <c r="E484" s="20" t="s">
-        <v>1163</v>
+        <v>1161</v>
       </c>
       <c r="F484" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G484" s="19">
         <v>61710</v>
       </c>
       <c r="H484" s="22">
         <v>3097662311</v>
       </c>
     </row>
     <row r="485" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B485" s="19">
         <v>69132</v>
       </c>
       <c r="C485" s="20" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D485" s="21" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E485" s="20" t="s">
         <v>1165</v>
       </c>
-      <c r="D485" s="21" t="s">
+      <c r="F485" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="G485" s="19" t="s">
         <v>1166</v>
-      </c>
-[...7 lines deleted...]
-        <v>1168</v>
       </c>
       <c r="H485" s="22">
         <v>7062911054</v>
       </c>
     </row>
     <row r="486" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B486" s="19">
         <v>89184</v>
       </c>
       <c r="C486" s="20" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="D486" s="21" t="s">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="E486" s="20" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="F486" s="19" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="G486" s="19">
         <v>46290</v>
       </c>
       <c r="H486" s="22">
         <v>3172082200</v>
       </c>
     </row>
     <row r="487" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B487" s="19">
         <v>77399</v>
       </c>
       <c r="C487" s="20" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="D487" s="21" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="E487" s="20" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="F487" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G487" s="19">
         <v>37228</v>
       </c>
       <c r="H487" s="22">
-        <v>8006880010</v>
+        <v>5124512224</v>
       </c>
     </row>
     <row r="488" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B488" s="19">
         <v>10340</v>
       </c>
       <c r="C488" s="20" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="D488" s="21" t="s">
         <v>1008</v>
       </c>
       <c r="E488" s="20" t="s">
         <v>1009</v>
       </c>
       <c r="F488" s="19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G488" s="19">
         <v>53596</v>
       </c>
       <c r="H488" s="22">
         <v>2124221212</v>
       </c>
     </row>
     <row r="489" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B489" s="19">
         <v>11024</v>
       </c>
       <c r="C489" s="20" t="s">
-        <v>1173</v>
+        <v>1171</v>
       </c>
       <c r="D489" s="21" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="E489" s="20" t="s">
         <v>420</v>
       </c>
       <c r="F489" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G489" s="19">
         <v>10118</v>
       </c>
       <c r="H489" s="22">
         <v>2126839700</v>
       </c>
     </row>
     <row r="490" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B490" s="19">
         <v>80926</v>
       </c>
       <c r="C490" s="20" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D490" s="21" t="s">
         <v>481</v>
       </c>
       <c r="E490" s="20" t="s">
         <v>482</v>
       </c>
       <c r="F490" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G490" s="19" t="s">
         <v>483</v>
       </c>
       <c r="H490" s="22">
         <v>7814163184</v>
       </c>
     </row>
     <row r="491" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B491" s="19">
         <v>80802</v>
       </c>
       <c r="C491" s="20" t="s">
-        <v>1175</v>
+        <v>1173</v>
       </c>
       <c r="D491" s="21" t="s">
         <v>481</v>
       </c>
       <c r="E491" s="20" t="s">
         <v>482</v>
       </c>
       <c r="F491" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G491" s="19" t="s">
         <v>483</v>
       </c>
       <c r="H491" s="22">
         <v>8007527217</v>
       </c>
     </row>
     <row r="492" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B492" s="19">
         <v>69310</v>
       </c>
       <c r="C492" s="20" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D492" s="21" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E492" s="20" t="s">
         <v>1176</v>
       </c>
-      <c r="D492" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F492" s="19" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="G492" s="19">
         <v>64086</v>
       </c>
       <c r="H492" s="22"/>
     </row>
     <row r="493" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B493" s="19">
         <v>29874</v>
       </c>
       <c r="C493" s="20" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D493" s="21" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E493" s="20" t="s">
+        <v>195</v>
+      </c>
+      <c r="F493" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="G493" s="19" t="s">
         <v>1179</v>
-      </c>
-[...10 lines deleted...]
-        <v>1181</v>
       </c>
       <c r="H493" s="22">
         <v>8162353700</v>
       </c>
     </row>
     <row r="494" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B494" s="19">
         <v>29700</v>
       </c>
       <c r="C494" s="20" t="s">
-        <v>1182</v>
+        <v>1180</v>
       </c>
       <c r="D494" s="21" t="s">
-        <v>1180</v>
+        <v>1178</v>
       </c>
       <c r="E494" s="20" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="F494" s="19" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="G494" s="19" t="s">
-        <v>1181</v>
+        <v>1179</v>
       </c>
       <c r="H494" s="22">
         <v>8162353700</v>
       </c>
     </row>
     <row r="495" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B495" s="19">
         <v>68608</v>
       </c>
       <c r="C495" s="20" t="s">
-        <v>1183</v>
+        <v>1181</v>
       </c>
       <c r="D495" s="21" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
       <c r="E495" s="20" t="s">
         <v>988</v>
       </c>
       <c r="F495" s="19" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="G495" s="19" t="s">
-        <v>1185</v>
+        <v>1183</v>
       </c>
       <c r="H495" s="22">
         <v>8007963872</v>
       </c>
     </row>
     <row r="496" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B496" s="19">
         <v>71153</v>
       </c>
       <c r="C496" s="20" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
       <c r="D496" s="21" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
       <c r="E496" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F496" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G496" s="19" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
       <c r="H496" s="22">
         <v>8008626668</v>
       </c>
     </row>
     <row r="497" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B497" s="19">
         <v>88072</v>
       </c>
       <c r="C497" s="20" t="s">
-        <v>1189</v>
+        <v>1187</v>
       </c>
       <c r="D497" s="21" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
       <c r="E497" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F497" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G497" s="19" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
       <c r="H497" s="22">
         <v>8008626668</v>
       </c>
     </row>
     <row r="498" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B498" s="19">
         <v>69345</v>
       </c>
       <c r="C498" s="20" t="s">
-        <v>1190</v>
+        <v>1188</v>
       </c>
       <c r="D498" s="21" t="s">
-        <v>1191</v>
+        <v>1189</v>
       </c>
       <c r="E498" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F498" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G498" s="19">
         <v>10017</v>
       </c>
       <c r="H498" s="22">
         <v>7049884187</v>
       </c>
     </row>
     <row r="499" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B499" s="19">
         <v>42376</v>
       </c>
       <c r="C499" s="20" t="s">
-        <v>1192</v>
+        <v>1190</v>
       </c>
       <c r="D499" s="21" t="s">
-        <v>1193</v>
+        <v>1191</v>
       </c>
       <c r="E499" s="20" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F499" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G499" s="19">
         <v>44114</v>
       </c>
       <c r="H499" s="22">
         <v>2122207120</v>
       </c>
     </row>
     <row r="500" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B500" s="19">
         <v>24813</v>
       </c>
       <c r="C500" s="20" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D500" s="21" t="s">
+        <v>1193</v>
+      </c>
+      <c r="E500" s="20" t="s">
         <v>1194</v>
       </c>
-      <c r="D500" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F500" s="19" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="G500" s="19">
         <v>84020</v>
       </c>
       <c r="H500" s="22">
         <v>5106960257</v>
       </c>
     </row>
     <row r="501" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B501" s="19">
         <v>60142</v>
       </c>
       <c r="C501" s="20" t="s">
-        <v>1197</v>
+        <v>1195</v>
       </c>
       <c r="D501" s="21" t="s">
-        <v>1191</v>
+        <v>1189</v>
       </c>
       <c r="E501" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F501" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G501" s="19">
         <v>10017</v>
       </c>
       <c r="H501" s="22">
         <v>7049884187</v>
       </c>
     </row>
     <row r="502" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B502" s="19">
         <v>92908</v>
       </c>
       <c r="C502" s="20" t="s">
-        <v>1198</v>
+        <v>1196</v>
       </c>
       <c r="D502" s="21" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="E502" s="20" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="F502" s="19" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="G502" s="19" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="H502" s="22">
         <v>7063233431</v>
       </c>
     </row>
     <row r="503" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B503" s="19">
         <v>25534</v>
       </c>
       <c r="C503" s="20" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D503" s="21" t="s">
+        <v>1198</v>
+      </c>
+      <c r="E503" s="20" t="s">
         <v>1199</v>
       </c>
-      <c r="D503" s="21" t="s">
+      <c r="F503" s="19" t="s">
         <v>1200</v>
       </c>
-      <c r="E503" s="20" t="s">
+      <c r="G503" s="19" t="s">
         <v>1201</v>
-      </c>
-[...4 lines deleted...]
-        <v>1203</v>
       </c>
       <c r="H503" s="22">
         <v>8587162055</v>
       </c>
     </row>
     <row r="504" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B504" s="19">
         <v>44245</v>
       </c>
       <c r="C504" s="20" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
       <c r="D504" s="21" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E504" s="20" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F504" s="19" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G504" s="19" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H504" s="22">
         <v>3022522000</v>
       </c>
     </row>
     <row r="505" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B505" s="19">
         <v>10952</v>
       </c>
       <c r="C505" s="20" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D505" s="21" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E505" s="20" t="s">
         <v>1205</v>
       </c>
-      <c r="D505" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F505" s="19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G505" s="19">
         <v>52499</v>
       </c>
       <c r="H505" s="22">
         <v>8005279027</v>
       </c>
     </row>
     <row r="506" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B506" s="19">
         <v>70688</v>
       </c>
       <c r="C506" s="20" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D506" s="21" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E506" s="20" t="s">
         <v>1208</v>
       </c>
-      <c r="D506" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F506" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G506" s="19">
         <v>10528</v>
       </c>
       <c r="H506" s="22">
         <v>9146273630</v>
       </c>
     </row>
     <row r="507" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B507" s="19">
         <v>86231</v>
       </c>
       <c r="C507" s="20" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="D507" s="21" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
       <c r="E507" s="20" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="F507" s="19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G507" s="19">
         <v>52499</v>
       </c>
       <c r="H507" s="22">
         <v>3193558511</v>
       </c>
     </row>
     <row r="508" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B508" s="19">
         <v>20494</v>
       </c>
       <c r="C508" s="20" t="s">
-        <v>1212</v>
+        <v>1210</v>
       </c>
       <c r="D508" s="21" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="E508" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F508" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G508" s="19">
         <v>60606</v>
       </c>
       <c r="H508" s="22">
         <v>3128225000</v>
       </c>
     </row>
     <row r="509" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B509" s="19">
         <v>19038</v>
       </c>
       <c r="C509" s="20" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="D509" s="21" t="s">
         <v>381</v>
       </c>
       <c r="E509" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F509" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G509" s="19" t="s">
         <v>383</v>
       </c>
       <c r="H509" s="22">
         <v>8602770111</v>
       </c>
     </row>
     <row r="510" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B510" s="19">
         <v>19046</v>
       </c>
       <c r="C510" s="20" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
       <c r="D510" s="21" t="s">
         <v>381</v>
       </c>
       <c r="E510" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F510" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G510" s="19" t="s">
         <v>383</v>
       </c>
       <c r="H510" s="22">
         <v>8602770111</v>
       </c>
     </row>
     <row r="511" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B511" s="19">
         <v>25658</v>
       </c>
       <c r="C511" s="20" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
       <c r="D511" s="21" t="s">
         <v>381</v>
       </c>
       <c r="E511" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F511" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G511" s="19" t="s">
         <v>383</v>
       </c>
       <c r="H511" s="22">
         <v>8602770111</v>
       </c>
     </row>
     <row r="512" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B512" s="19">
         <v>25682</v>
       </c>
       <c r="C512" s="20" t="s">
-        <v>1216</v>
+        <v>1214</v>
       </c>
       <c r="D512" s="21" t="s">
         <v>381</v>
       </c>
       <c r="E512" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F512" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G512" s="19" t="s">
         <v>383</v>
       </c>
       <c r="H512" s="22"/>
     </row>
     <row r="513" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B513" s="19">
         <v>31003</v>
       </c>
       <c r="C513" s="20" t="s">
-        <v>1217</v>
+        <v>1215</v>
       </c>
       <c r="D513" s="21" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="E513" s="20" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="F513" s="19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G513" s="19" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="H513" s="22">
         <v>5154733000</v>
       </c>
     </row>
     <row r="514" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B514" s="19">
         <v>38873</v>
       </c>
       <c r="C514" s="20" t="s">
-        <v>1218</v>
+        <v>1216</v>
       </c>
       <c r="D514" s="21" t="s">
+        <v>862</v>
+      </c>
+      <c r="E514" s="20" t="s">
         <v>863</v>
       </c>
-      <c r="E514" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F514" s="19" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G514" s="19" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="H514" s="22">
         <v>6092507841</v>
       </c>
     </row>
     <row r="515" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B515" s="19">
         <v>92525</v>
       </c>
       <c r="C515" s="20" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D515" s="21" t="s">
+        <v>1218</v>
+      </c>
+      <c r="E515" s="20" t="s">
         <v>1219</v>
       </c>
-      <c r="D515" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F515" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G515" s="19">
         <v>60563</v>
       </c>
       <c r="H515" s="22">
         <v>6307184782</v>
       </c>
     </row>
     <row r="516" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B516" s="19">
         <v>61425</v>
       </c>
       <c r="C516" s="20" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D516" s="21" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E516" s="20" t="s">
         <v>1222</v>
       </c>
-      <c r="D516" s="21" t="s">
+      <c r="F516" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G516" s="19" t="s">
         <v>1223</v>
-      </c>
-[...7 lines deleted...]
-        <v>1225</v>
       </c>
       <c r="H516" s="22">
         <v>8472834145</v>
       </c>
     </row>
     <row r="517" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B517" s="19">
         <v>62863</v>
       </c>
       <c r="C517" s="20" t="s">
-        <v>1226</v>
+        <v>1224</v>
       </c>
       <c r="D517" s="21" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E517" s="20" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F517" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G517" s="19" t="s">
         <v>1223</v>
-      </c>
-[...7 lines deleted...]
-        <v>1225</v>
       </c>
       <c r="H517" s="22">
         <v>8472834145</v>
       </c>
     </row>
     <row r="518" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B518" s="19">
         <v>60117</v>
       </c>
       <c r="C518" s="20" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="D518" s="21" t="s">
-        <v>1228</v>
+        <v>1226</v>
       </c>
       <c r="E518" s="20" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="F518" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G518" s="19" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="H518" s="22">
         <v>6179729400</v>
       </c>
     </row>
     <row r="519" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B519" s="19">
         <v>84530</v>
       </c>
       <c r="C519" s="20" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
       <c r="D519" s="21" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="E519" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F519" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G519" s="19">
         <v>60606</v>
       </c>
       <c r="H519" s="22">
         <v>3129770900</v>
       </c>
     </row>
     <row r="520" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B520" s="19">
         <v>29599</v>
       </c>
       <c r="C520" s="20" t="s">
-        <v>1230</v>
+        <v>1228</v>
       </c>
       <c r="D520" s="21" t="s">
-        <v>1231</v>
+        <v>1229</v>
       </c>
       <c r="E520" s="20" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="F520" s="19" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G520" s="19">
         <v>77040</v>
       </c>
       <c r="H520" s="22">
         <v>7134621000</v>
       </c>
     </row>
     <row r="521" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B521" s="19">
         <v>11121</v>
       </c>
       <c r="C521" s="20" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D521" s="21" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E521" s="20" t="s">
         <v>1232</v>
       </c>
-      <c r="D521" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F521" s="19" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="G521" s="19">
         <v>66213</v>
       </c>
       <c r="H521" s="22">
-        <v>8002374463</v>
+        <v>9133799835</v>
       </c>
     </row>
     <row r="522" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B522" s="19">
         <v>91529</v>
       </c>
       <c r="C522" s="20" t="s">
-        <v>1235</v>
+        <v>1233</v>
       </c>
       <c r="D522" s="21" t="s">
         <v>954</v>
       </c>
       <c r="E522" s="20" t="s">
         <v>955</v>
       </c>
       <c r="F522" s="19" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="G522" s="19">
         <v>55344</v>
       </c>
       <c r="H522" s="22">
         <v>8778327734</v>
       </c>
     </row>
     <row r="523" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B523" s="19">
         <v>62596</v>
       </c>
       <c r="C523" s="20" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
       <c r="D523" s="21" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="E523" s="20" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="F523" s="19" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="G523" s="19">
         <v>66211</v>
       </c>
       <c r="H523" s="22"/>
     </row>
     <row r="524" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B524" s="19">
         <v>25844</v>
       </c>
       <c r="C524" s="20" t="s">
-        <v>1237</v>
+        <v>1235</v>
       </c>
       <c r="D524" s="21" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="E524" s="20" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="F524" s="19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G524" s="19" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="H524" s="22">
         <v>8002352942</v>
       </c>
     </row>
     <row r="525" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B525" s="19">
         <v>69744</v>
       </c>
       <c r="C525" s="20" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D525" s="21" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E525" s="20" t="s">
         <v>1238</v>
       </c>
-      <c r="D525" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F525" s="19" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="G525" s="19">
         <v>20910</v>
       </c>
       <c r="H525" s="22">
         <v>8004315425</v>
       </c>
     </row>
     <row r="526" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B526" s="19">
         <v>70408</v>
       </c>
       <c r="C526" s="20" t="s">
-        <v>1241</v>
+        <v>1239</v>
       </c>
       <c r="D526" s="21" t="s">
         <v>417</v>
       </c>
       <c r="E526" s="20" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="F526" s="19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G526" s="19">
         <v>53705</v>
       </c>
       <c r="H526" s="22">
         <v>6082385851</v>
       </c>
     </row>
     <row r="527" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B527" s="19">
         <v>92916</v>
       </c>
       <c r="C527" s="20" t="s">
-        <v>1242</v>
+        <v>1240</v>
       </c>
       <c r="D527" s="21" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
       <c r="E527" s="20" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="F527" s="19" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G527" s="19">
         <v>75070</v>
       </c>
       <c r="H527" s="22">
         <v>8003312512</v>
       </c>
     </row>
     <row r="528" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B528" s="19">
         <v>85766</v>
       </c>
       <c r="C528" s="20" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D528" s="21" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E528" s="20" t="s">
         <v>1244</v>
       </c>
-      <c r="D528" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F528" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G528" s="19">
         <v>17011</v>
       </c>
       <c r="H528" s="22">
         <v>8009290538</v>
       </c>
     </row>
     <row r="529" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B529" s="19">
         <v>87645</v>
       </c>
       <c r="C529" s="20" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D529" s="21" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="E529" s="20" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="F529" s="19" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="G529" s="19" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="H529" s="22"/>
     </row>
     <row r="530" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B530" s="19">
         <v>13021</v>
       </c>
       <c r="C530" s="20" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D530" s="21" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E530" s="20" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F530" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="G530" s="19" t="s">
         <v>1248</v>
-      </c>
-[...10 lines deleted...]
-        <v>1250</v>
       </c>
       <c r="H530" s="22">
         <v>3193995700</v>
       </c>
     </row>
     <row r="531" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B531" s="19">
         <v>63983</v>
       </c>
       <c r="C531" s="20" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D531" s="21" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E531" s="20" t="s">
         <v>1251</v>
       </c>
-      <c r="D531" s="21" t="s">
+      <c r="F531" s="19" t="s">
         <v>1252</v>
       </c>
-      <c r="E531" s="20" t="s">
+      <c r="G531" s="19" t="s">
         <v>1253</v>
-      </c>
-[...4 lines deleted...]
-        <v>1255</v>
       </c>
       <c r="H531" s="22">
         <v>2084936100</v>
       </c>
     </row>
     <row r="532" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B532" s="19">
         <v>69930</v>
       </c>
       <c r="C532" s="20" t="s">
-        <v>1256</v>
+        <v>1254</v>
       </c>
       <c r="D532" s="21" t="s">
-        <v>1257</v>
+        <v>1042</v>
       </c>
       <c r="E532" s="20" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="F532" s="19" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="G532" s="19">
         <v>63017</v>
       </c>
       <c r="H532" s="22">
         <v>8007778467</v>
       </c>
     </row>
     <row r="533" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B533" s="19">
         <v>69868</v>
       </c>
       <c r="C533" s="20" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D533" s="21" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="E533" s="20" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="F533" s="19" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="G533" s="19">
         <v>68175</v>
       </c>
       <c r="H533" s="22">
         <v>4023427600</v>
       </c>
     </row>
     <row r="534" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B534" s="19">
         <v>25887</v>
       </c>
       <c r="C534" s="20" t="s">
-        <v>1259</v>
+        <v>1256</v>
       </c>
       <c r="D534" s="21" t="s">
         <v>381</v>
       </c>
       <c r="E534" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F534" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G534" s="19" t="s">
         <v>383</v>
       </c>
       <c r="H534" s="22">
         <v>8003282189</v>
       </c>
     </row>
     <row r="535" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B535" s="19">
         <v>21113</v>
       </c>
       <c r="C535" s="20" t="s">
-        <v>1260</v>
+        <v>1257</v>
       </c>
       <c r="D535" s="21" t="s">
+        <v>848</v>
+      </c>
+      <c r="E535" s="20" t="s">
+        <v>222</v>
+      </c>
+      <c r="F535" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="G535" s="19" t="s">
         <v>849</v>
-      </c>
-[...7 lines deleted...]
-        <v>850</v>
       </c>
       <c r="H535" s="22"/>
     </row>
     <row r="536" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B536" s="19">
         <v>70106</v>
       </c>
       <c r="C536" s="20" t="s">
-        <v>1261</v>
+        <v>1258</v>
       </c>
       <c r="D536" s="21" t="s">
-        <v>1262</v>
+        <v>1259</v>
       </c>
       <c r="E536" s="20" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="F536" s="19" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G536" s="19">
         <v>77251</v>
       </c>
       <c r="H536" s="22">
         <v>2124586261</v>
       </c>
     </row>
     <row r="537" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B537" s="19">
         <v>72850</v>
       </c>
       <c r="C537" s="20" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="D537" s="21" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="E537" s="20" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="F537" s="19" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="G537" s="19">
         <v>68175</v>
       </c>
       <c r="H537" s="22"/>
     </row>
     <row r="538" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B538" s="19">
         <v>79413</v>
       </c>
       <c r="C538" s="20" t="s">
-        <v>1264</v>
+        <v>1261</v>
       </c>
       <c r="D538" s="21" t="s">
-        <v>1265</v>
+        <v>1262</v>
       </c>
       <c r="E538" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F538" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G538" s="19" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="H538" s="22"/>
     </row>
     <row r="539" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B539" s="19">
         <v>84549</v>
       </c>
       <c r="C539" s="20" t="s">
-        <v>1267</v>
+        <v>1264</v>
       </c>
       <c r="D539" s="21" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="E539" s="20" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="F539" s="19" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="G539" s="19">
         <v>55343</v>
       </c>
       <c r="H539" s="22">
         <v>2242311451</v>
       </c>
     </row>
     <row r="540" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B540" s="19">
         <v>60318</v>
       </c>
       <c r="C540" s="20" t="s">
-        <v>1268</v>
+        <v>1265</v>
       </c>
       <c r="D540" s="21" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="E540" s="20" t="s">
         <v>382</v>
       </c>
       <c r="F540" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G540" s="19" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="H540" s="22">
         <v>3124244460</v>
       </c>
     </row>
     <row r="541" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B541" s="19">
         <v>41181</v>
       </c>
       <c r="C541" s="20" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
       <c r="D541" s="21" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="E541" s="20" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="F541" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G541" s="19" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="H541" s="22">
         <v>8476053348</v>
       </c>
     </row>
     <row r="542" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B542" s="19">
         <v>67601</v>
       </c>
       <c r="C542" s="20" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="D542" s="21" t="s">
         <v>973</v>
       </c>
       <c r="E542" s="20" t="s">
         <v>974</v>
       </c>
       <c r="F542" s="19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G542" s="19" t="s">
         <v>975</v>
       </c>
       <c r="H542" s="22">
         <v>4232941011</v>
       </c>
     </row>
     <row r="543" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B543" s="19">
         <v>62235</v>
       </c>
       <c r="C543" s="20" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D543" s="21" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E543" s="20" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F543" s="19" t="s">
+        <v>36</v>
+      </c>
+      <c r="G543" s="19" t="s">
         <v>1272</v>
-      </c>
-[...10 lines deleted...]
-        <v>1275</v>
       </c>
       <c r="H543" s="22">
         <v>2075752211</v>
       </c>
     </row>
     <row r="544" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B544" s="19">
         <v>69663</v>
       </c>
       <c r="C544" s="20" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
       <c r="D544" s="21" t="s">
-        <v>1277</v>
+        <v>1274</v>
       </c>
       <c r="E544" s="20" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="F544" s="19" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G544" s="19">
         <v>78288</v>
       </c>
       <c r="H544" s="22">
         <v>2104988000</v>
       </c>
     </row>
     <row r="545" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B545" s="19">
         <v>94358</v>
       </c>
       <c r="C545" s="20" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D545" s="21" t="s">
+        <v>1276</v>
+      </c>
+      <c r="E545" s="20" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F545" s="19" t="s">
         <v>1278</v>
       </c>
-      <c r="D545" s="21" t="s">
+      <c r="G545" s="19" t="s">
         <v>1279</v>
-      </c>
-[...7 lines deleted...]
-        <v>1282</v>
       </c>
       <c r="H545" s="22">
         <v>8006480271</v>
       </c>
     </row>
     <row r="546" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B546" s="19">
         <v>25976</v>
       </c>
       <c r="C546" s="20" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D546" s="21" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E546" s="20" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F546" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="G546" s="19" t="s">
         <v>1283</v>
-      </c>
-[...10 lines deleted...]
-        <v>1286</v>
       </c>
       <c r="H546" s="22">
         <v>8002741914</v>
       </c>
     </row>
     <row r="547" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B547" s="19">
         <v>20508</v>
       </c>
       <c r="C547" s="20" t="s">
-        <v>1287</v>
+        <v>1284</v>
       </c>
       <c r="D547" s="21" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="E547" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F547" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G547" s="19">
         <v>60606</v>
       </c>
       <c r="H547" s="22">
         <v>3128225000</v>
       </c>
     </row>
     <row r="548" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B548" s="19">
         <v>44768</v>
       </c>
       <c r="C548" s="20" t="s">
-        <v>1288</v>
+        <v>1285</v>
       </c>
       <c r="D548" s="21" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="E548" s="20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F548" s="19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G548" s="19">
         <v>10038</v>
       </c>
       <c r="H548" s="22">
         <v>8602841300</v>
       </c>
     </row>
     <row r="549" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B549" s="19">
         <v>80942</v>
       </c>
       <c r="C549" s="20" t="s">
-        <v>1290</v>
+        <v>1287</v>
       </c>
       <c r="D549" s="21" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="E549" s="20" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="F549" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G549" s="19">
         <v>19380</v>
       </c>
       <c r="H549" s="22">
         <v>7709805100</v>
       </c>
     </row>
     <row r="550" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B550" s="19">
         <v>20397</v>
       </c>
       <c r="C550" s="20" t="s">
-        <v>1292</v>
+        <v>1289</v>
       </c>
       <c r="D550" s="21" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="E550" s="20" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="F550" s="19" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G550" s="19" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="H550" s="22"/>
     </row>
     <row r="551" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B551" s="19">
         <v>40827</v>
       </c>
       <c r="C551" s="20" t="s">
-        <v>1293</v>
+        <v>1290</v>
       </c>
       <c r="D551" s="21" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
       <c r="E551" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F551" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G551" s="19">
         <v>60604</v>
       </c>
       <c r="H551" s="22">
         <v>3123563000</v>
       </c>
     </row>
     <row r="552" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B552" s="19">
         <v>39616</v>
       </c>
       <c r="C552" s="20" t="s">
-        <v>1295</v>
+        <v>1292</v>
       </c>
       <c r="D552" s="21" t="s">
-        <v>1296</v>
+        <v>1293</v>
       </c>
       <c r="E552" s="20" t="s">
-        <v>1297</v>
+        <v>1294</v>
       </c>
       <c r="F552" s="19" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G552" s="19">
         <v>95670</v>
       </c>
       <c r="H552" s="22">
         <v>8008777195</v>
       </c>
     </row>
     <row r="553" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B553" s="19">
         <v>86509</v>
       </c>
       <c r="C553" s="20" t="s">
-        <v>1298</v>
+        <v>1295</v>
       </c>
       <c r="D553" s="21" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="E553" s="20" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="F553" s="19" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="G553" s="19" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="H553" s="22">
         <v>8605804646</v>
       </c>
     </row>
     <row r="554" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B554" s="19">
         <v>70319</v>
       </c>
       <c r="C554" s="20" t="s">
-        <v>1299</v>
+        <v>1296</v>
       </c>
       <c r="D554" s="21" t="s">
-        <v>1300</v>
+        <v>1297</v>
       </c>
       <c r="E554" s="20" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="F554" s="19" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="G554" s="19">
         <v>46032</v>
       </c>
       <c r="H554" s="22">
         <v>8008884918</v>
       </c>
     </row>
     <row r="555" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B555" s="19">
         <v>26425</v>
       </c>
       <c r="C555" s="20" t="s">
-        <v>1301</v>
+        <v>1298</v>
       </c>
       <c r="D555" s="21" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="E555" s="20" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F555" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G555" s="19" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H555" s="22">
         <v>6173579500</v>
       </c>
     </row>
     <row r="556" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B556" s="19">
         <v>26042</v>
       </c>
       <c r="C556" s="20" t="s">
-        <v>1302</v>
+        <v>1299</v>
       </c>
       <c r="D556" s="21" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="E556" s="20" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F556" s="19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G556" s="19" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H556" s="22">
         <v>6173579500</v>
       </c>
     </row>
     <row r="557" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B557" s="19">
         <v>21865</v>
       </c>
       <c r="C557" s="20" t="s">
-        <v>1303</v>
+        <v>1300</v>
       </c>
       <c r="D557" s="21" t="s">
-        <v>1304</v>
+        <v>1301</v>
       </c>
       <c r="E557" s="20" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="F557" s="19" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="G557" s="19" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="H557" s="22">
         <v>9168881716</v>
       </c>
     </row>
     <row r="558" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B558" s="19">
         <v>64467</v>
       </c>
       <c r="C558" s="20" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="D558" s="21" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="E558" s="20" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="F558" s="19" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G558" s="19">
         <v>33634</v>
       </c>
       <c r="H558" s="22">
         <v>5022535100</v>
       </c>
     </row>
     <row r="559" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B559" s="19">
         <v>10155</v>
       </c>
       <c r="C559" s="20" t="s">
-        <v>1307</v>
+        <v>1304</v>
       </c>
       <c r="D559" s="21" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="E559" s="20" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="F559" s="19" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G559" s="19">
         <v>33634</v>
       </c>
       <c r="H559" s="22">
         <v>8132906200</v>
       </c>
     </row>
     <row r="560" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B560" s="19">
         <v>32280</v>
       </c>
       <c r="C560" s="20" t="s">
-        <v>1308</v>
+        <v>1305</v>
       </c>
       <c r="D560" s="21" t="s">
-        <v>1309</v>
+        <v>1306</v>
       </c>
       <c r="E560" s="20" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="F560" s="19" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="G560" s="19" t="s">
-        <v>1310</v>
+        <v>1307</v>
       </c>
       <c r="H560" s="22">
         <v>8004633776</v>
       </c>
     </row>
     <row r="561" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B561" s="19">
         <v>20931</v>
       </c>
       <c r="C561" s="20" t="s">
-        <v>1311</v>
+        <v>1308</v>
       </c>
       <c r="D561" s="21" t="s">
-        <v>1309</v>
+        <v>1306</v>
       </c>
       <c r="E561" s="20" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="F561" s="19" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="G561" s="19" t="s">
-        <v>1310</v>
+        <v>1307</v>
       </c>
       <c r="H561" s="22">
         <v>8004633776</v>
       </c>
     </row>
     <row r="562" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B562" s="19">
         <v>80314</v>
       </c>
       <c r="C562" s="20" t="s">
-        <v>1312</v>
+        <v>1309</v>
       </c>
       <c r="D562" s="21" t="s">
-        <v>1313</v>
+        <v>1310</v>
       </c>
       <c r="E562" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F562" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G562" s="19">
         <v>60606</v>
       </c>
       <c r="H562" s="22"/>
     </row>
     <row r="563" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B563" s="19">
         <v>25011</v>
       </c>
       <c r="C563" s="20" t="s">
-        <v>1314</v>
+        <v>1311</v>
       </c>
       <c r="D563" s="21" t="s">
-        <v>1193</v>
+        <v>1191</v>
       </c>
       <c r="E563" s="20" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F563" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G563" s="19">
         <v>44114</v>
       </c>
       <c r="H563" s="22"/>
     </row>
     <row r="564" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B564" s="19">
         <v>92622</v>
       </c>
       <c r="C564" s="20" t="s">
-        <v>1315</v>
+        <v>1312</v>
       </c>
       <c r="D564" s="21" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="E564" s="20" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="F564" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G564" s="19">
         <v>45202</v>
       </c>
       <c r="H564" s="22">
         <v>5136291800</v>
       </c>
     </row>
     <row r="565" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B565" s="19">
         <v>85189</v>
       </c>
       <c r="C565" s="20" t="s">
-        <v>1316</v>
+        <v>1313</v>
       </c>
       <c r="D565" s="21" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="E565" s="20" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="F565" s="19" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G565" s="19">
         <v>77092</v>
       </c>
       <c r="H565" s="22">
         <v>7135290045</v>
       </c>
     </row>
     <row r="566" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B566" s="19">
         <v>17105</v>
       </c>
       <c r="C566" s="20" t="s">
-        <v>1317</v>
+        <v>1314</v>
       </c>
       <c r="D566" s="21" t="s">
         <v>935</v>
       </c>
       <c r="E566" s="20" t="s">
         <v>936</v>
       </c>
       <c r="F566" s="19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G566" s="19" t="s">
         <v>937</v>
       </c>
       <c r="H566" s="22">
         <v>3308870101</v>
       </c>
     </row>
     <row r="567" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B567" s="19">
         <v>11981</v>
       </c>
       <c r="C567" s="20" t="s">
-        <v>1318</v>
+        <v>1315</v>
       </c>
       <c r="D567" s="21" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="E567" s="20" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F567" s="19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G567" s="19" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="H567" s="22">
         <v>5708259900</v>
       </c>
     </row>
     <row r="568" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B568" s="19">
         <v>39845</v>
       </c>
       <c r="C568" s="20" t="s">
-        <v>1319</v>
+        <v>1316</v>
       </c>
       <c r="D568" s="21" t="s">
-        <v>1320</v>
+        <v>1317</v>
       </c>
       <c r="E568" s="20" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="F568" s="19" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="G568" s="19" t="s">
-        <v>1181</v>
+        <v>1179</v>
       </c>
       <c r="H568" s="22">
         <v>9136765200</v>
       </c>
     </row>
     <row r="569" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B569" s="19">
         <v>62413</v>
       </c>
       <c r="C569" s="20" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D569" s="21" t="s">
+        <v>1319</v>
+      </c>
+      <c r="E569" s="20" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F569" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="G569" s="19" t="s">
         <v>1321</v>
-      </c>
-[...10 lines deleted...]
-        <v>1324</v>
       </c>
       <c r="H569" s="22"/>
     </row>
     <row r="570" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B570" s="19">
         <v>66133</v>
       </c>
       <c r="C570" s="20" t="s">
-        <v>1325</v>
+        <v>1322</v>
       </c>
       <c r="D570" s="21" t="s">
-        <v>1322</v>
+        <v>1319</v>
       </c>
       <c r="E570" s="20" t="s">
-        <v>1323</v>
+        <v>1320</v>
       </c>
       <c r="F570" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G570" s="19" t="s">
-        <v>1324</v>
+        <v>1321</v>
       </c>
       <c r="H570" s="22"/>
     </row>
     <row r="571" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B571" s="19">
         <v>60704</v>
       </c>
       <c r="C571" s="20" t="s">
-        <v>1326</v>
+        <v>1323</v>
       </c>
       <c r="D571" s="21" t="s">
-        <v>1322</v>
+        <v>1319</v>
       </c>
       <c r="E571" s="20" t="s">
-        <v>1323</v>
+        <v>1320</v>
       </c>
       <c r="F571" s="19" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G571" s="19" t="s">
-        <v>1324</v>
+        <v>1321</v>
       </c>
       <c r="H571" s="22">
         <v>8008531969</v>
       </c>
     </row>
     <row r="572" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B572" s="19">
         <v>53139</v>
       </c>
       <c r="C572" s="20" t="s">
-        <v>1327</v>
+        <v>1324</v>
       </c>
       <c r="D572" s="21" t="s">
-        <v>1328</v>
+        <v>1325</v>
       </c>
       <c r="E572" s="20" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="F572" s="19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G572" s="19" t="s">
-        <v>1329</v>
+        <v>1326</v>
       </c>
       <c r="H572" s="22">
         <v>6089775000</v>
       </c>
     </row>
     <row r="573" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B573" s="19">
         <v>31232</v>
       </c>
       <c r="C573" s="20" t="s">
-        <v>1330</v>
+        <v>1327</v>
       </c>
       <c r="D573" s="21" t="s">
-        <v>1331</v>
+        <v>1328</v>
       </c>
       <c r="E573" s="20" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="F573" s="19" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="G573" s="19">
         <v>84121</v>
       </c>
       <c r="H573" s="22"/>
     </row>
     <row r="574" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B574" s="19">
         <v>80055</v>
       </c>
       <c r="C574" s="20" t="s">
-        <v>1332</v>
+        <v>1329</v>
       </c>
       <c r="D574" s="21" t="s">
-        <v>1333</v>
+        <v>1330</v>
       </c>
       <c r="E574" s="20" t="s">
-        <v>1334</v>
+        <v>1331</v>
       </c>
       <c r="F574" s="19" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G574" s="19">
         <v>53202</v>
       </c>
       <c r="H574" s="22">
         <v>4142091984</v>
       </c>
     </row>
     <row r="575" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B575" s="19">
         <v>26220</v>
       </c>
       <c r="C575" s="20" t="s">
-        <v>1335</v>
+        <v>1332</v>
       </c>
       <c r="D575" s="21" t="s">
         <v>403</v>
       </c>
       <c r="E575" s="20" t="s">
         <v>404</v>
       </c>
       <c r="F575" s="19" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G575" s="19">
         <v>33701</v>
       </c>
       <c r="H575" s="22"/>
     </row>
     <row r="576" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B576" s="19">
         <v>16535</v>
       </c>
       <c r="C576" s="20" t="s">
-        <v>1336</v>
+        <v>1333</v>
       </c>
       <c r="D576" s="21" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="E576" s="20" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="F576" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G576" s="19" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="H576" s="22"/>
     </row>
     <row r="577" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B577" s="19">
         <v>27855</v>
       </c>
       <c r="C577" s="20" t="s">
-        <v>1337</v>
+        <v>1334</v>
       </c>
       <c r="D577" s="21" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="E577" s="20" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="F577" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G577" s="19" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="H577" s="22">
         <v>8476056000</v>
       </c>
     </row>
     <row r="578" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B578" s="19">
         <v>90557</v>
       </c>
       <c r="C578" s="20" t="s">
-        <v>1338</v>
+        <v>1335</v>
       </c>
       <c r="D578" s="21" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="E578" s="20" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="F578" s="19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G578" s="19" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="H578" s="22">
         <v>8773015376</v>
       </c>
     </row>
     <row r="579" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="580" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="581" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="582" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="583" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="584" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="585" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="586" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="587" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="588" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="589" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="590" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="591" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="592" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="593" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="594" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="595" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="596" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="597" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="598" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
@@ -19951,60 +19942,60 @@
     <row r="2625" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2626" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2627" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2628" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2629" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2630" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2631" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2632" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2633" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2634" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2635" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2636" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2637" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2638" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2639" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2640" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2641" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2642" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="B4:H4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="84" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
+  <pageSetup scale="84" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{456F3C9E-7558-4596-801D-C0682E1CAE31}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{731854CD-9976-4509-AD53-642B16540CD4}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>