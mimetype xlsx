--- v1 (2025-12-03)
+++ v2 (2026-01-17)
@@ -2,141 +2,138 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\SBS_CSV_Reformat\Worksheets_and_Pdfs\Company\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B97E8EA6-2F4A-4824-B00C-3E044C649CF0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4947BEBC-E2D4-4218-800B-5CB51E7A2298}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{FB021594-1AAF-48FB-84FF-EAC67946988B}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{0E91B557-50D2-42CE-8F3D-AC3A2F018BC0}"/>
   </bookViews>
   <sheets>
     <sheet name="XLSX_C_Worksheet" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="Current">OFFSET([1]Interface!$K$4,,,COUNTA([1]Interface!$K$4:$K$107))</definedName>
     <definedName name="Import">OFFSET([1]Interface!$J$4,,,COUNTA([1]Interface!$J$4:$J$107))</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">XLSX_C_Worksheet!$6:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2595" uniqueCount="1336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2591" uniqueCount="1333">
   <si>
     <r>
       <t xml:space="preserve">COMMONWEALTH OF MASSACHUSETTS
 DIVISION OF INSURANCE
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">COMPANY LICENSING
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 Federal Street, Suite 700  •  Boston, MA  02110-2012
 (617) 521-7794 • FAX (617) 753-6883
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>http://www.mass.gov/doi</t>
     </r>
   </si>
   <si>
-    <t>Licensed Health Insurers under Designation 6B Health All Kinds</t>
-[...2 lines deleted...]
-    <t>December 1, 2025</t>
+    <t>Licensed Health Insurers under Designation 6B - Health All Kinds</t>
   </si>
   <si>
     <t>NAIC #</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>ZIP</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>21st Century Centennial Insurance Company</t>
   </si>
@@ -2063,59 +2060,50 @@
   <si>
     <t>HCC Life Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">225 TOWNPARK DRIVE, SUITE 350  </t>
   </si>
   <si>
     <t>KENNESAW</t>
   </si>
   <si>
     <t>30144-3710</t>
   </si>
   <si>
     <t>HCSC Insurance Services Company</t>
   </si>
   <si>
     <t xml:space="preserve">300 East Randolph Street  </t>
   </si>
   <si>
     <t>60601-5099</t>
   </si>
   <si>
     <t>Health Care Service Corp. A Mutual Legal Reserve</t>
   </si>
   <si>
-    <t>Health Net Life Insurance Company</t>
-[...7 lines deleted...]
-  <si>
     <t>HealthSpring Life and Health Insurance Company, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">300 EAST RANDOLPH STREET  </t>
   </si>
   <si>
     <t>HealthSpring National Health Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">500 GREAT CIRCLE ROAD  </t>
   </si>
   <si>
     <t>NASHVILLE</t>
   </si>
   <si>
     <t>Heritage Life Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">227 WEST MONROE STREET, SUITE 3775  </t>
   </si>
   <si>
     <t>HM Health Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">120 FIFTH AVENUE, DELIVERY CODE: FINACCT  </t>
@@ -4092,50 +4080,53 @@
     <t>Work First Casualty Company</t>
   </si>
   <si>
     <t xml:space="preserve">1100 EAST 6600 SOUTH, SUITE 410  </t>
   </si>
   <si>
     <t>Wysh Life and Health Insurance Company</t>
   </si>
   <si>
     <t xml:space="preserve">720 E Wisconsin Ave  </t>
   </si>
   <si>
     <t>Milwaukee</t>
   </si>
   <si>
     <t>Yosemite  Insurance Company</t>
   </si>
   <si>
     <t>Zurich American Insurance Company</t>
   </si>
   <si>
     <t>Zurich American Insurance Company of Illinois</t>
   </si>
   <si>
     <t>Zurich American Life Insurance Company</t>
+  </si>
+  <si>
+    <t>January 1, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="00000\-0000"/>
     <numFmt numFmtId="165" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="166" formatCode="\(000\)000\-0000"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -4238,153 +4229,153 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="9" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>476250</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1295400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1123950</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B571259D-B7B0-41D4-A39A-DF6A7AF4D6B3}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6AFF0A79-66AE-4448-BDF6-12C7C3DCA505}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1250950" y="133350"/>
           <a:ext cx="819150" cy="990600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -4727,13194 +4718,13172 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D8CD794-2B4F-40FA-A15D-6030DD5F8067}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{757D5515-217F-48F3-8160-7EB28A92A848}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H2642"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4:H4"/>
+      <selection activeCell="B1" sqref="B1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2" customWidth="1"/>
     <col min="2" max="2" width="9.08984375" customWidth="1"/>
     <col min="3" max="3" width="39.90625" customWidth="1"/>
     <col min="4" max="4" width="42.54296875" customWidth="1"/>
     <col min="5" max="5" width="14.6328125" customWidth="1"/>
     <col min="6" max="6" width="8.36328125" customWidth="1"/>
     <col min="7" max="7" width="14.54296875" customWidth="1"/>
     <col min="8" max="8" width="14.08984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="112.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
-      <c r="B1" s="2" t="s">
+      <c r="B1" s="18" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="2"/>
-[...4 lines deleted...]
-      <c r="H1" s="2"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
-      <c r="B2" s="3"/>
-[...1 lines deleted...]
-      <c r="D2" s="5"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="4"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
-      <c r="H2" s="6"/>
+      <c r="H2" s="5"/>
     </row>
     <row r="3" spans="1:8" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
-      <c r="B3" s="7" t="s">
+      <c r="B3" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="7"/>
-[...4 lines deleted...]
-      <c r="H3" s="8"/>
+      <c r="C3" s="19"/>
+      <c r="D3" s="19"/>
+      <c r="E3" s="19"/>
+      <c r="F3" s="19"/>
+      <c r="G3" s="19"/>
+      <c r="H3" s="20"/>
     </row>
     <row r="4" spans="1:8" ht="18.5" x14ac:dyDescent="0.35">
       <c r="A4" s="1"/>
-      <c r="B4" s="9" t="s">
-[...7 lines deleted...]
-      <c r="H4" s="10"/>
+      <c r="B4" s="21" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C4" s="21"/>
+      <c r="D4" s="21"/>
+      <c r="E4" s="21"/>
+      <c r="F4" s="21"/>
+      <c r="G4" s="21"/>
+      <c r="H4" s="22"/>
     </row>
     <row r="5" spans="1:8" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A5" s="1"/>
-      <c r="B5" s="11"/>
-[...5 lines deleted...]
-      <c r="H5" s="14"/>
+      <c r="B5" s="6"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="8"/>
+      <c r="E5" s="9"/>
+      <c r="F5" s="9"/>
+      <c r="G5" s="9"/>
+      <c r="H5" s="9"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="1"/>
-      <c r="B6" s="15" t="s">
+      <c r="B6" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C6" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="16" t="s">
+      <c r="D6" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="17" t="s">
+      <c r="E6" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="18" t="s">
+      <c r="F6" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="18" t="s">
+      <c r="G6" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="18" t="s">
+      <c r="H6" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="H6" s="18" t="s">
+    </row>
+    <row r="7" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="14">
+        <v>34789</v>
+      </c>
+      <c r="C7" s="15" t="s">
         <v>9</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C7" s="20" t="s">
+      <c r="D7" s="16" t="s">
         <v>10</v>
       </c>
-      <c r="D7" s="21" t="s">
+      <c r="E7" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="E7" s="20" t="s">
+      <c r="F7" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="F7" s="19" t="s">
+      <c r="G7" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G7" s="19" t="s">
+      <c r="H7" s="17">
+        <v>8002452425</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B8" s="14">
+        <v>20796</v>
+      </c>
+      <c r="C8" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="H7" s="22">
+      <c r="D8" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" s="17">
         <v>8002452425</v>
       </c>
     </row>
-    <row r="8" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="C8" s="20" t="s">
+    <row r="9" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="14">
+        <v>80985</v>
+      </c>
+      <c r="C9" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="E9" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G9" s="14">
+        <v>60181</v>
+      </c>
+      <c r="H9" s="17">
+        <v>8006219215</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="14">
+        <v>77879</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="14">
+        <v>22314</v>
+      </c>
+      <c r="H10" s="17"/>
+    </row>
+    <row r="11" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="14">
+        <v>71854</v>
+      </c>
+      <c r="C11" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="D11" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="E11" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="F11" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="G11" s="14">
+        <v>48152</v>
+      </c>
+      <c r="H11" s="17">
+        <v>7347792600</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="14">
+        <v>71471</v>
+      </c>
+      <c r="C12" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="F12" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G12" s="14">
+        <v>68516</v>
+      </c>
+      <c r="H12" s="17">
+        <v>8777958493</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="14">
+        <v>31325</v>
+      </c>
+      <c r="C13" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" s="16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="G13" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="H13" s="17">
+        <v>8007734300</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B14" s="14">
+        <v>10220</v>
+      </c>
+      <c r="C14" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F14" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G14" s="14">
+        <v>30350</v>
+      </c>
+      <c r="H14" s="17">
+        <v>2063826670</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="14">
+        <v>63444</v>
+      </c>
+      <c r="C15" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="F15" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G15" s="14">
+        <v>37064</v>
+      </c>
+      <c r="H15" s="17">
+        <v>8002644000</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="14">
+        <v>62200</v>
+      </c>
+      <c r="C16" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="E16" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F16" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G16" s="14">
+        <v>50309</v>
+      </c>
+      <c r="H16" s="17"/>
+    </row>
+    <row r="17" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="14">
+        <v>26379</v>
+      </c>
+      <c r="C17" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="E17" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G17" s="14">
+        <v>32814</v>
+      </c>
+      <c r="H17" s="17">
+        <v>8004322799</v>
+      </c>
+    </row>
+    <row r="18" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="14">
+        <v>22667</v>
+      </c>
+      <c r="C18" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18" s="16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E18" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F18" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G18" s="14">
+        <v>19106</v>
+      </c>
+      <c r="H18" s="17"/>
+    </row>
+    <row r="19" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="14">
+        <v>60348</v>
+      </c>
+      <c r="C19" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="E19" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F19" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G19" s="14">
+        <v>19106</v>
+      </c>
+      <c r="H19" s="17">
+        <v>2033526602</v>
+      </c>
+    </row>
+    <row r="20" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B20" s="14">
+        <v>20699</v>
+      </c>
+      <c r="C20" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E20" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F20" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G20" s="14">
+        <v>19106</v>
+      </c>
+      <c r="H20" s="17">
+        <v>2156401000</v>
+      </c>
+    </row>
+    <row r="21" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="14">
+        <v>22950</v>
+      </c>
+      <c r="C21" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D21" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="E21" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F21" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G21" s="14" t="s">
+        <v>65</v>
+      </c>
+      <c r="H21" s="17"/>
+    </row>
+    <row r="22" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="14">
+        <v>72052</v>
+      </c>
+      <c r="C22" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D22" s="16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E22" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F22" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G22" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="H22" s="17">
+        <v>8008723862</v>
+      </c>
+    </row>
+    <row r="23" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="14">
+        <v>60054</v>
+      </c>
+      <c r="C23" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D23" s="16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G23" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="H23" s="17">
+        <v>8602730123</v>
+      </c>
+    </row>
+    <row r="24" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="14">
+        <v>19402</v>
+      </c>
+      <c r="C24" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D24" s="16" t="s">
+        <v>73</v>
+      </c>
+      <c r="E24" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F24" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G24" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H24" s="17">
+        <v>8886902882</v>
+      </c>
+    </row>
+    <row r="25" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="14">
+        <v>19399</v>
+      </c>
+      <c r="C25" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D25" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="E25" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F25" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G25" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H25" s="17">
+        <v>2127707000</v>
+      </c>
+    </row>
+    <row r="26" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="14">
+        <v>35300</v>
+      </c>
+      <c r="C26" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D26" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="E26" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F26" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G26" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H26" s="17">
+        <v>3122243300</v>
+      </c>
+    </row>
+    <row r="27" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B27" s="14">
+        <v>90611</v>
+      </c>
+      <c r="C27" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D27" s="16" t="s">
+        <v>84</v>
+      </c>
+      <c r="E27" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="F27" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G27" s="14" t="s">
+        <v>87</v>
+      </c>
+      <c r="H27" s="17">
+        <v>7637656500</v>
+      </c>
+    </row>
+    <row r="28" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B28" s="14">
+        <v>41840</v>
+      </c>
+      <c r="C28" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D28" s="16" t="s">
+        <v>89</v>
+      </c>
+      <c r="E28" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="F28" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G28" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="H28" s="17"/>
+    </row>
+    <row r="29" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="14">
+        <v>19240</v>
+      </c>
+      <c r="C29" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D29" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E29" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F29" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G29" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="H29" s="17">
+        <v>8474025000</v>
+      </c>
+    </row>
+    <row r="30" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="14">
+        <v>19232</v>
+      </c>
+      <c r="C30" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D30" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E30" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F30" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G30" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="H30" s="17">
+        <v>8009492287</v>
+      </c>
+    </row>
+    <row r="31" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="14">
+        <v>52632</v>
+      </c>
+      <c r="C31" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D31" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="E31" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="F31" s="14" t="s">
+        <v>101</v>
+      </c>
+      <c r="G31" s="14" t="s">
+        <v>102</v>
+      </c>
+      <c r="H31" s="17">
+        <v>8772230577</v>
+      </c>
+    </row>
+    <row r="32" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="14">
+        <v>60216</v>
+      </c>
+      <c r="C32" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D32" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="E32" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="F32" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G32" s="14">
+        <v>10604</v>
+      </c>
+      <c r="H32" s="17">
+        <v>9143675000</v>
+      </c>
+    </row>
+    <row r="33" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="14">
+        <v>19720</v>
+      </c>
+      <c r="C33" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D33" s="16" t="s">
+        <v>107</v>
+      </c>
+      <c r="E33" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="F33" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G33" s="14" t="s">
+        <v>110</v>
+      </c>
+      <c r="H33" s="17">
+        <v>8887292242</v>
+      </c>
+    </row>
+    <row r="34" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="14">
+        <v>21849</v>
+      </c>
+      <c r="C34" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D34" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="E34" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F34" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G34" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H34" s="17">
+        <v>4158992000</v>
+      </c>
+    </row>
+    <row r="35" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="14">
+        <v>60275</v>
+      </c>
+      <c r="C35" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D35" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E35" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="F35" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G35" s="14">
+        <v>33197</v>
+      </c>
+      <c r="H35" s="17">
+        <v>8008522244</v>
+      </c>
+    </row>
+    <row r="36" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="14">
+        <v>66001</v>
+      </c>
+      <c r="C36" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D36" s="16" t="s">
+        <v>116</v>
+      </c>
+      <c r="E36" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="F36" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G36" s="14">
+        <v>75234</v>
+      </c>
+      <c r="H36" s="17">
+        <v>4695224400</v>
+      </c>
+    </row>
+    <row r="37" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="14">
+        <v>20427</v>
+      </c>
+      <c r="C37" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D37" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E37" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F37" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G37" s="14">
+        <v>60606</v>
+      </c>
+      <c r="H37" s="17">
+        <v>3128225000</v>
+      </c>
+    </row>
+    <row r="38" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="14">
+        <v>12504</v>
+      </c>
+      <c r="C38" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D38" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="E38" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="F38" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G38" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="H38" s="17">
+        <v>6082424100</v>
+      </c>
+    </row>
+    <row r="39" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="14">
+        <v>60380</v>
+      </c>
+      <c r="C39" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D39" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="E39" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F39" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G39" s="14" t="s">
+        <v>129</v>
+      </c>
+      <c r="H39" s="17">
+        <v>7063233431</v>
+      </c>
+    </row>
+    <row r="40" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B40" s="14">
+        <v>60526</v>
+      </c>
+      <c r="C40" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D40" s="16" t="s">
+        <v>131</v>
+      </c>
+      <c r="E40" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="F40" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G40" s="14">
+        <v>12211</v>
+      </c>
+      <c r="H40" s="17">
+        <v>8003663436</v>
+      </c>
+    </row>
+    <row r="41" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="14">
+        <v>60410</v>
+      </c>
+      <c r="C41" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D41" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="E41" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="F41" s="14" t="s">
+        <v>136</v>
+      </c>
+      <c r="G41" s="14" t="s">
+        <v>137</v>
+      </c>
+      <c r="H41" s="17">
+        <v>4055232000</v>
+      </c>
+    </row>
+    <row r="42" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="14">
+        <v>60488</v>
+      </c>
+      <c r="C42" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D42" s="16" t="s">
+        <v>139</v>
+      </c>
+      <c r="E42" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="F42" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G42" s="14">
+        <v>77251</v>
+      </c>
+      <c r="H42" s="17">
+        <v>7135221111</v>
+      </c>
+    </row>
+    <row r="43" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B43" s="14">
+        <v>26247</v>
+      </c>
+      <c r="C43" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D43" s="16" t="s">
+        <v>142</v>
+      </c>
+      <c r="E43" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="F43" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G43" s="14" t="s">
+        <v>144</v>
+      </c>
+      <c r="H43" s="17">
+        <v>2124064646</v>
+      </c>
+    </row>
+    <row r="44" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B44" s="14">
+        <v>60518</v>
+      </c>
+      <c r="C44" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D44" s="16" t="s">
+        <v>146</v>
+      </c>
+      <c r="E44" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="F44" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G44" s="14" t="s">
+        <v>148</v>
+      </c>
+      <c r="H44" s="17">
+        <v>8173487500</v>
+      </c>
+    </row>
+    <row r="45" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B45" s="14">
+        <v>60534</v>
+      </c>
+      <c r="C45" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D45" s="16" t="s">
+        <v>150</v>
+      </c>
+      <c r="E45" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="F45" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G45" s="14">
+        <v>32224</v>
+      </c>
+      <c r="H45" s="17">
+        <v>9049921776</v>
+      </c>
+    </row>
+    <row r="46" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="14">
+        <v>19380</v>
+      </c>
+      <c r="C46" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D46" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="E46" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F46" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G46" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H46" s="17">
+        <v>2127707000</v>
+      </c>
+    </row>
+    <row r="47" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B47" s="14">
+        <v>60577</v>
+      </c>
+      <c r="C47" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D47" s="16" t="s">
+        <v>154</v>
+      </c>
+      <c r="E47" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="F47" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G47" s="14">
+        <v>76702</v>
+      </c>
+      <c r="H47" s="17">
+        <v>8004333405</v>
+      </c>
+    </row>
+    <row r="48" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B48" s="14">
+        <v>23469</v>
+      </c>
+      <c r="C48" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D48" s="16" t="s">
+        <v>157</v>
+      </c>
+      <c r="E48" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="F48" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G48" s="14" t="s">
+        <v>159</v>
+      </c>
+      <c r="H48" s="17">
+        <v>5139437200</v>
+      </c>
+    </row>
+    <row r="49" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B49" s="14">
+        <v>42722</v>
+      </c>
+      <c r="C49" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="D49" s="16" t="s">
+        <v>157</v>
+      </c>
+      <c r="E49" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="F49" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G49" s="14" t="s">
+        <v>159</v>
+      </c>
+      <c r="H49" s="17">
+        <v>8005432644</v>
+      </c>
+    </row>
+    <row r="50" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B50" s="14">
+        <v>60739</v>
+      </c>
+      <c r="C50" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="D50" s="16" t="s">
+        <v>162</v>
+      </c>
+      <c r="E50" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="F50" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G50" s="14">
+        <v>77550</v>
+      </c>
+      <c r="H50" s="17">
+        <v>4097634661</v>
+      </c>
+    </row>
+    <row r="51" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B51" s="14">
+        <v>63126</v>
+      </c>
+      <c r="C51" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D51" s="16" t="s">
+        <v>162</v>
+      </c>
+      <c r="E51" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="F51" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G51" s="14">
+        <v>77550</v>
+      </c>
+      <c r="H51" s="17">
+        <v>8008433276</v>
+      </c>
+    </row>
+    <row r="52" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B52" s="14">
+        <v>71773</v>
+      </c>
+      <c r="C52" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D52" s="16" t="s">
+        <v>162</v>
+      </c>
+      <c r="E52" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="F52" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G52" s="14">
+        <v>77550</v>
+      </c>
+      <c r="H52" s="17">
+        <v>4097634661</v>
+      </c>
+    </row>
+    <row r="53" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B53" s="14">
+        <v>80624</v>
+      </c>
+      <c r="C53" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D53" s="16" t="s">
+        <v>167</v>
+      </c>
+      <c r="E53" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="F53" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G53" s="14">
+        <v>33634</v>
+      </c>
+      <c r="H53" s="17"/>
+    </row>
+    <row r="54" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B54" s="14">
+        <v>60801</v>
+      </c>
+      <c r="C54" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="D54" s="16" t="s">
+        <v>170</v>
+      </c>
+      <c r="E54" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="F54" s="14" t="s">
+        <v>136</v>
+      </c>
+      <c r="G54" s="14" t="s">
+        <v>171</v>
+      </c>
+      <c r="H54" s="17"/>
+    </row>
+    <row r="55" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B55" s="14">
+        <v>60836</v>
+      </c>
+      <c r="C55" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="D55" s="16" t="s">
+        <v>173</v>
+      </c>
+      <c r="E55" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="F55" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G55" s="14" t="s">
+        <v>175</v>
+      </c>
+      <c r="H55" s="17"/>
+    </row>
+    <row r="56" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B56" s="14">
+        <v>17965</v>
+      </c>
+      <c r="C56" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="D56" s="16" t="s">
+        <v>177</v>
+      </c>
+      <c r="E56" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="F56" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G56" s="14">
+        <v>10504</v>
+      </c>
+      <c r="H56" s="17"/>
+    </row>
+    <row r="57" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B57" s="14">
+        <v>84697</v>
+      </c>
+      <c r="C57" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D57" s="16" t="s">
+        <v>180</v>
+      </c>
+      <c r="E57" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="F57" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" s="14">
+        <v>92121</v>
+      </c>
+      <c r="H57" s="17">
+        <v>8008483555</v>
+      </c>
+    </row>
+    <row r="58" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B58" s="14">
+        <v>19704</v>
+      </c>
+      <c r="C58" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D58" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="E58" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F58" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G58" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H58" s="17">
+        <v>8005442614</v>
+      </c>
+    </row>
+    <row r="59" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B59" s="14">
+        <v>60895</v>
+      </c>
+      <c r="C59" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D59" s="16" t="s">
+        <v>187</v>
+      </c>
+      <c r="E59" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="F59" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="G59" s="14" t="s">
+        <v>190</v>
+      </c>
+      <c r="H59" s="17">
+        <v>3172851877</v>
+      </c>
+    </row>
+    <row r="60" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B60" s="14">
+        <v>40142</v>
+      </c>
+      <c r="C60" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D60" s="16" t="s">
+        <v>142</v>
+      </c>
+      <c r="E60" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="F60" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G60" s="14" t="s">
+        <v>144</v>
+      </c>
+      <c r="H60" s="17">
+        <v>8476053348</v>
+      </c>
+    </row>
+    <row r="61" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B61" s="14">
+        <v>61999</v>
+      </c>
+      <c r="C61" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D61" s="16" t="s">
+        <v>193</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="F61" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G61" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="H61" s="17"/>
+    </row>
+    <row r="62" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B62" s="14">
+        <v>61301</v>
+      </c>
+      <c r="C62" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D62" s="16" t="s">
+        <v>198</v>
+      </c>
+      <c r="E62" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="F62" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G62" s="14" t="s">
+        <v>200</v>
+      </c>
+      <c r="H62" s="17">
+        <v>4024671122</v>
+      </c>
+    </row>
+    <row r="63" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B63" s="14">
+        <v>27928</v>
+      </c>
+      <c r="C63" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D63" s="16" t="s">
+        <v>202</v>
+      </c>
+      <c r="E63" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="F63" s="14" t="s">
+        <v>204</v>
+      </c>
+      <c r="G63" s="14" t="s">
+        <v>205</v>
+      </c>
+      <c r="H63" s="17">
+        <v>6234923038</v>
+      </c>
+    </row>
+    <row r="64" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B64" s="14">
+        <v>60250</v>
+      </c>
+      <c r="C64" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D64" s="16" t="s">
+        <v>207</v>
+      </c>
+      <c r="E64" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="F64" s="14" t="s">
+        <v>209</v>
+      </c>
+      <c r="G64" s="14">
+        <v>39236</v>
+      </c>
+      <c r="H64" s="17">
+        <v>6019562028</v>
+      </c>
+    </row>
+    <row r="65" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B65" s="14">
+        <v>42390</v>
+      </c>
+      <c r="C65" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D65" s="16" t="s">
+        <v>211</v>
+      </c>
+      <c r="E65" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="F65" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G65" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="H65" s="17">
+        <v>5708259900</v>
+      </c>
+    </row>
+    <row r="66" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B66" s="14">
+        <v>30830</v>
+      </c>
+      <c r="C66" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D66" s="16" t="s">
+        <v>215</v>
+      </c>
+      <c r="E66" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="F66" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G66" s="14" t="s">
+        <v>217</v>
+      </c>
+      <c r="H66" s="17">
+        <v>8165317668</v>
+      </c>
+    </row>
+    <row r="67" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B67" s="14">
+        <v>11150</v>
+      </c>
+      <c r="C67" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D67" s="16" t="s">
+        <v>215</v>
+      </c>
+      <c r="E67" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="F67" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G67" s="14" t="s">
+        <v>217</v>
+      </c>
+      <c r="H67" s="17">
+        <v>8165317668</v>
+      </c>
+    </row>
+    <row r="68" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B68" s="14">
+        <v>71455</v>
+      </c>
+      <c r="C68" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D68" s="16" t="s">
+        <v>220</v>
+      </c>
+      <c r="E68" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="F68" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G68" s="14" t="s">
+        <v>222</v>
+      </c>
+      <c r="H68" s="17">
+        <v>9738896475</v>
+      </c>
+    </row>
+    <row r="69" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B69" s="14">
+        <v>10946</v>
+      </c>
+      <c r="C69" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="D69" s="16" t="s">
+        <v>224</v>
+      </c>
+      <c r="E69" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="F69" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G69" s="14" t="s">
+        <v>217</v>
+      </c>
+      <c r="H69" s="17">
+        <v>8165317668</v>
+      </c>
+    </row>
+    <row r="70" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B70" s="14">
+        <v>25585</v>
+      </c>
+      <c r="C70" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="D70" s="16" t="s">
+        <v>224</v>
+      </c>
+      <c r="E70" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="F70" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G70" s="14" t="s">
+        <v>217</v>
+      </c>
+      <c r="H70" s="17">
+        <v>8165317668</v>
+      </c>
+    </row>
+    <row r="71" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B71" s="14">
+        <v>19801</v>
+      </c>
+      <c r="C71" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D71" s="16" t="s">
+        <v>227</v>
+      </c>
+      <c r="E71" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="F71" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G71" s="14">
+        <v>78246</v>
+      </c>
+      <c r="H71" s="17">
+        <v>8004707958</v>
+      </c>
+    </row>
+    <row r="72" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B72" s="14">
+        <v>13374</v>
+      </c>
+      <c r="C72" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="D72" s="16" t="s">
+        <v>230</v>
+      </c>
+      <c r="E72" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="F72" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G72" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="H72" s="17">
+        <v>6172445730</v>
+      </c>
+    </row>
+    <row r="73" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B73" s="14">
+        <v>43460</v>
+      </c>
+      <c r="C73" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D73" s="16" t="s">
+        <v>234</v>
+      </c>
+      <c r="E73" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="F73" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G73" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="H73" s="17">
+        <v>8602583500</v>
+      </c>
+    </row>
+    <row r="74" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B74" s="14">
+        <v>67423</v>
+      </c>
+      <c r="C74" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D74" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E74" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="F74" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="G74" s="14">
+        <v>27713</v>
+      </c>
+      <c r="H74" s="17">
+        <v>8334277432</v>
+      </c>
+    </row>
+    <row r="75" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B75" s="14">
+        <v>71439</v>
+      </c>
+      <c r="C75" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="D75" s="16" t="s">
+        <v>242</v>
+      </c>
+      <c r="E75" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="F75" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G75" s="14" t="s">
+        <v>243</v>
+      </c>
+      <c r="H75" s="17">
+        <v>4024766500</v>
+      </c>
+    </row>
+    <row r="76" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B76" s="14">
+        <v>68039</v>
+      </c>
+      <c r="C76" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D76" s="16" t="s">
+        <v>245</v>
+      </c>
+      <c r="E76" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="F76" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G76" s="14" t="s">
+        <v>247</v>
+      </c>
+      <c r="H76" s="17">
+        <v>8882668489</v>
+      </c>
+    </row>
+    <row r="77" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B77" s="14">
+        <v>61689</v>
+      </c>
+      <c r="C77" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="D77" s="16" t="s">
+        <v>245</v>
+      </c>
+      <c r="E77" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="F77" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G77" s="14" t="s">
+        <v>247</v>
+      </c>
+      <c r="H77" s="17">
+        <v>8008009882</v>
+      </c>
+    </row>
+    <row r="78" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B78" s="14">
+        <v>61093</v>
+      </c>
+      <c r="C78" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D78" s="16" t="s">
+        <v>250</v>
+      </c>
+      <c r="E78" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="F78" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G78" s="14">
+        <v>30303</v>
+      </c>
+      <c r="H78" s="17">
+        <v>8884073209</v>
+      </c>
+    </row>
+    <row r="79" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B79" s="14">
+        <v>44326</v>
+      </c>
+      <c r="C79" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="D79" s="16" t="s">
+        <v>253</v>
+      </c>
+      <c r="E79" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="F79" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G79" s="14" t="s">
+        <v>255</v>
+      </c>
+      <c r="H79" s="17">
+        <v>6174886500</v>
+      </c>
+    </row>
+    <row r="80" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B80" s="14">
+        <v>61115</v>
+      </c>
+      <c r="C80" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D80" s="16" t="s">
+        <v>257</v>
+      </c>
+      <c r="E80" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="F80" s="14" t="s">
+        <v>259</v>
+      </c>
+      <c r="G80" s="14">
+        <v>84101</v>
+      </c>
+      <c r="H80" s="17">
+        <v>8437638680</v>
+      </c>
+    </row>
+    <row r="81" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B81" s="14">
+        <v>27154</v>
+      </c>
+      <c r="C81" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="D81" s="16" t="s">
+        <v>261</v>
+      </c>
+      <c r="E81" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="F81" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G81" s="14">
+        <v>55441</v>
+      </c>
+      <c r="H81" s="17">
+        <v>2129431800</v>
+      </c>
+    </row>
+    <row r="82" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B82" s="14">
+        <v>89206</v>
+      </c>
+      <c r="C82" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="D82" s="16" t="s">
+        <v>264</v>
+      </c>
+      <c r="E82" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="F82" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G82" s="14">
+        <v>45201</v>
+      </c>
+      <c r="H82" s="17">
+        <v>5137946100</v>
+      </c>
+    </row>
+    <row r="83" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B83" s="14">
+        <v>67172</v>
+      </c>
+      <c r="C83" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="D83" s="16" t="s">
+        <v>264</v>
+      </c>
+      <c r="E83" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="F83" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G83" s="14">
+        <v>45201</v>
+      </c>
+      <c r="H83" s="17">
+        <v>5137946100</v>
+      </c>
+    </row>
+    <row r="84" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B84" s="14">
+        <v>61182</v>
+      </c>
+      <c r="C84" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="D84" s="16" t="s">
+        <v>267</v>
+      </c>
+      <c r="E84" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="F84" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G84" s="14" t="s">
+        <v>269</v>
+      </c>
+      <c r="H84" s="17"/>
+    </row>
+    <row r="85" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B85" s="14">
+        <v>61190</v>
+      </c>
+      <c r="C85" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D85" s="16" t="s">
+        <v>271</v>
+      </c>
+      <c r="E85" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="F85" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="G85" s="14" t="s">
+        <v>273</v>
+      </c>
+      <c r="H85" s="17">
+        <v>5173231200</v>
+      </c>
+    </row>
+    <row r="86" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B86" s="14">
+        <v>19518</v>
+      </c>
+      <c r="C86" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D86" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="E86" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="F86" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G86" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="H86" s="17"/>
+    </row>
+    <row r="87" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B87" s="14">
+        <v>37273</v>
+      </c>
+      <c r="C87" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="D87" s="16" t="s">
+        <v>279</v>
+      </c>
+      <c r="E87" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="F87" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G87" s="14">
+        <v>30009</v>
+      </c>
+      <c r="H87" s="17">
+        <v>3129770700</v>
+      </c>
+    </row>
+    <row r="88" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B88" s="14">
+        <v>20370</v>
+      </c>
+      <c r="C88" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="D88" s="16" t="s">
+        <v>279</v>
+      </c>
+      <c r="E88" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="F88" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G88" s="14">
+        <v>30009</v>
+      </c>
+      <c r="H88" s="17">
+        <v>2125007600</v>
+      </c>
+    </row>
+    <row r="89" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B89" s="14">
+        <v>15610</v>
+      </c>
+      <c r="C89" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="D89" s="16" t="s">
+        <v>279</v>
+      </c>
+      <c r="E89" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="F89" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G89" s="14">
+        <v>30009</v>
+      </c>
+      <c r="H89" s="17">
+        <v>8607071725</v>
+      </c>
+    </row>
+    <row r="90" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B90" s="14">
+        <v>61212</v>
+      </c>
+      <c r="C90" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="D90" s="16" t="s">
+        <v>284</v>
+      </c>
+      <c r="E90" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="F90" s="14" t="s">
+        <v>286</v>
+      </c>
+      <c r="G90" s="14">
+        <v>21117</v>
+      </c>
+      <c r="H90" s="17">
+        <v>4105816600</v>
+      </c>
+    </row>
+    <row r="91" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B91" s="14">
+        <v>61239</v>
+      </c>
+      <c r="C91" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="D91" s="16" t="s">
+        <v>288</v>
+      </c>
+      <c r="E91" s="15" t="s">
+        <v>289</v>
+      </c>
+      <c r="F91" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G91" s="14">
+        <v>30348</v>
+      </c>
+      <c r="H91" s="17">
+        <v>4042665500</v>
+      </c>
+    </row>
+    <row r="92" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B92" s="14">
+        <v>61263</v>
+      </c>
+      <c r="C92" s="15" t="s">
+        <v>290</v>
+      </c>
+      <c r="D92" s="16" t="s">
+        <v>291</v>
+      </c>
+      <c r="E92" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F92" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G92" s="14">
+        <v>60601</v>
+      </c>
+      <c r="H92" s="17">
+        <v>3123966000</v>
+      </c>
+    </row>
+    <row r="93" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B93" s="14">
+        <v>94250</v>
+      </c>
+      <c r="C93" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="D93" s="16" t="s">
+        <v>293</v>
+      </c>
+      <c r="E93" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="F93" s="14" t="s">
+        <v>286</v>
+      </c>
+      <c r="G93" s="14">
+        <v>21704</v>
+      </c>
+      <c r="H93" s="17">
+        <v>2403419800</v>
+      </c>
+    </row>
+    <row r="94" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B94" s="14">
+        <v>25232</v>
+      </c>
+      <c r="C94" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="D94" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E94" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F94" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G94" s="14">
+        <v>60606</v>
+      </c>
+      <c r="H94" s="17">
+        <v>3022522000</v>
+      </c>
+    </row>
+    <row r="95" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B95" s="14">
+        <v>38245</v>
+      </c>
+      <c r="C95" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D95" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="E95" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="F95" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G95" s="14">
+        <v>60181</v>
+      </c>
+      <c r="H95" s="17"/>
+    </row>
+    <row r="96" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B96" s="14">
+        <v>16510</v>
+      </c>
+      <c r="C96" s="15" t="s">
+        <v>297</v>
+      </c>
+      <c r="D96" s="16" t="s">
+        <v>298</v>
+      </c>
+      <c r="E96" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="F96" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G96" s="14" t="s">
+        <v>300</v>
+      </c>
+      <c r="H96" s="17">
+        <v>8606773700</v>
+      </c>
+    </row>
+    <row r="97" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B97" s="14">
+        <v>37540</v>
+      </c>
+      <c r="C97" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="D97" s="16" t="s">
+        <v>298</v>
+      </c>
+      <c r="E97" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="F97" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G97" s="14" t="s">
+        <v>300</v>
+      </c>
+      <c r="H97" s="17">
+        <v>8606744634</v>
+      </c>
+    </row>
+    <row r="98" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B98" s="14">
+        <v>41394</v>
+      </c>
+      <c r="C98" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="D98" s="16" t="s">
+        <v>303</v>
+      </c>
+      <c r="E98" s="15" t="s">
+        <v>304</v>
+      </c>
+      <c r="F98" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G98" s="14">
+        <v>55391</v>
+      </c>
+      <c r="H98" s="17">
+        <v>9132611300</v>
+      </c>
+    </row>
+    <row r="99" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B99" s="14">
+        <v>61395</v>
+      </c>
+      <c r="C99" s="15" t="s">
+        <v>305</v>
+      </c>
+      <c r="D99" s="16" t="s">
+        <v>306</v>
+      </c>
+      <c r="E99" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="F99" s="14" t="s">
+        <v>259</v>
+      </c>
+      <c r="G99" s="14" t="s">
+        <v>308</v>
+      </c>
+      <c r="H99" s="17">
+        <v>8019331100</v>
+      </c>
+    </row>
+    <row r="100" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B100" s="14">
+        <v>32603</v>
+      </c>
+      <c r="C100" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="D100" s="16" t="s">
+        <v>310</v>
+      </c>
+      <c r="E100" s="15" t="s">
+        <v>311</v>
+      </c>
+      <c r="F100" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G100" s="14" t="s">
+        <v>312</v>
+      </c>
+      <c r="H100" s="17">
+        <v>8008662308</v>
+      </c>
+    </row>
+    <row r="101" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B101" s="14">
+        <v>64890</v>
+      </c>
+      <c r="C101" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="D101" s="16" t="s">
+        <v>314</v>
+      </c>
+      <c r="E101" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F101" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G101" s="14" t="s">
+        <v>315</v>
+      </c>
+      <c r="H101" s="17"/>
+    </row>
+    <row r="102" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B102" s="14">
+        <v>22276</v>
+      </c>
+      <c r="C102" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="D102" s="16" t="s">
+        <v>317</v>
+      </c>
+      <c r="E102" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="F102" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G102" s="14" t="s">
+        <v>319</v>
+      </c>
+      <c r="H102" s="17">
+        <v>4029163000</v>
+      </c>
+    </row>
+    <row r="103" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B103" s="14">
+        <v>71714</v>
+      </c>
+      <c r="C103" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="D103" s="16" t="s">
+        <v>321</v>
+      </c>
+      <c r="E103" s="15" t="s">
+        <v>322</v>
+      </c>
+      <c r="F103" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G103" s="14" t="s">
+        <v>323</v>
+      </c>
+      <c r="H103" s="17">
+        <v>4134994321</v>
+      </c>
+    </row>
+    <row r="104" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B104" s="14">
+        <v>61476</v>
+      </c>
+      <c r="C104" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="D104" s="16" t="s">
+        <v>325</v>
+      </c>
+      <c r="E104" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="F104" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G104" s="14" t="s">
+        <v>327</v>
+      </c>
+      <c r="H104" s="17">
+        <v>7818287000</v>
+      </c>
+    </row>
+    <row r="105" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B105" s="14">
+        <v>35599</v>
+      </c>
+      <c r="C105" s="15" t="s">
+        <v>328</v>
+      </c>
+      <c r="D105" s="16" t="s">
+        <v>329</v>
+      </c>
+      <c r="E105" s="15" t="s">
+        <v>330</v>
+      </c>
+      <c r="F105" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G105" s="14" t="s">
+        <v>331</v>
+      </c>
+      <c r="H105" s="17">
+        <v>8003285433</v>
+      </c>
+    </row>
+    <row r="106" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B106" s="14">
+        <v>87726</v>
+      </c>
+      <c r="C106" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="D106" s="16" t="s">
+        <v>333</v>
+      </c>
+      <c r="E106" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="F106" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="G106" s="14">
+        <v>28277</v>
+      </c>
+      <c r="H106" s="17"/>
+    </row>
+    <row r="107" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B107" s="14">
+        <v>13528</v>
+      </c>
+      <c r="C107" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="D107" s="16" t="s">
+        <v>336</v>
+      </c>
+      <c r="E107" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="F107" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="G107" s="14">
+        <v>46801</v>
+      </c>
+      <c r="H107" s="17">
+        <v>2604828668</v>
+      </c>
+    </row>
+    <row r="108" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B108" s="14">
+        <v>93432</v>
+      </c>
+      <c r="C108" s="15" t="s">
+        <v>338</v>
+      </c>
+      <c r="D108" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="E108" s="15" t="s">
+        <v>340</v>
+      </c>
+      <c r="F108" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G108" s="14" t="s">
+        <v>341</v>
+      </c>
+      <c r="H108" s="17">
+        <v>8609876500</v>
+      </c>
+    </row>
+    <row r="109" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B109" s="14">
+        <v>80659</v>
+      </c>
+      <c r="C109" s="15" t="s">
+        <v>342</v>
+      </c>
+      <c r="D109" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="E109" s="15" t="s">
+        <v>344</v>
+      </c>
+      <c r="F109" s="14" t="s">
+        <v>345</v>
+      </c>
+      <c r="G109" s="14">
+        <v>80111</v>
+      </c>
+      <c r="H109" s="17">
+        <v>8003332542</v>
+      </c>
+    </row>
+    <row r="110" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B110" s="14">
+        <v>76694</v>
+      </c>
+      <c r="C110" s="15" t="s">
+        <v>346</v>
+      </c>
+      <c r="D110" s="16" t="s">
+        <v>347</v>
+      </c>
+      <c r="E110" s="15" t="s">
+        <v>348</v>
+      </c>
+      <c r="F110" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G110" s="14" t="s">
+        <v>349</v>
+      </c>
+      <c r="H110" s="17">
+        <v>2155427200</v>
+      </c>
+    </row>
+    <row r="111" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B111" s="14">
+        <v>10472</v>
+      </c>
+      <c r="C111" s="15" t="s">
+        <v>350</v>
+      </c>
+      <c r="D111" s="16" t="s">
+        <v>351</v>
+      </c>
+      <c r="E111" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="F111" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G111" s="14" t="s">
+        <v>353</v>
+      </c>
+      <c r="H111" s="17">
+        <v>6088294200</v>
+      </c>
+    </row>
+    <row r="112" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B112" s="14">
+        <v>61581</v>
+      </c>
+      <c r="C112" s="15" t="s">
+        <v>354</v>
+      </c>
+      <c r="D112" s="16" t="s">
+        <v>355</v>
+      </c>
+      <c r="E112" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="F112" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G112" s="14">
+        <v>75234</v>
+      </c>
+      <c r="H112" s="17">
+        <v>4695224400</v>
+      </c>
+    </row>
+    <row r="113" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B113" s="14">
+        <v>12567</v>
+      </c>
+      <c r="C113" s="15" t="s">
+        <v>356</v>
+      </c>
+      <c r="D113" s="16" t="s">
+        <v>357</v>
+      </c>
+      <c r="E113" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="F113" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G113" s="14">
+        <v>55343</v>
+      </c>
+      <c r="H113" s="17"/>
+    </row>
+    <row r="114" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B114" s="14">
+        <v>10510</v>
+      </c>
+      <c r="C114" s="15" t="s">
+        <v>359</v>
+      </c>
+      <c r="D114" s="16" t="s">
+        <v>360</v>
+      </c>
+      <c r="E114" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F114" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G114" s="14" t="s">
+        <v>315</v>
+      </c>
+      <c r="H114" s="17">
+        <v>8008748053</v>
+      </c>
+    </row>
+    <row r="115" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B115" s="14">
+        <v>80799</v>
+      </c>
+      <c r="C115" s="15" t="s">
+        <v>361</v>
+      </c>
+      <c r="D115" s="16" t="s">
+        <v>362</v>
+      </c>
+      <c r="E115" s="15" t="s">
+        <v>363</v>
+      </c>
+      <c r="F115" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G115" s="14">
+        <v>60601</v>
+      </c>
+      <c r="H115" s="17">
+        <v>8007144658</v>
+      </c>
+    </row>
+    <row r="116" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B116" s="14">
+        <v>61751</v>
+      </c>
+      <c r="C116" s="15" t="s">
+        <v>364</v>
+      </c>
+      <c r="D116" s="16" t="s">
+        <v>365</v>
+      </c>
+      <c r="E116" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="F116" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G116" s="14">
+        <v>68134</v>
+      </c>
+      <c r="H116" s="17">
+        <v>4023971111</v>
+      </c>
+    </row>
+    <row r="117" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B117" s="14">
+        <v>34274</v>
+      </c>
+      <c r="C117" s="15" t="s">
+        <v>367</v>
+      </c>
+      <c r="D117" s="16" t="s">
+        <v>368</v>
+      </c>
+      <c r="E117" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="F117" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G117" s="14">
+        <v>68134</v>
+      </c>
+      <c r="H117" s="17">
+        <v>4029978000</v>
+      </c>
+    </row>
+    <row r="118" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B118" s="14">
+        <v>34649</v>
+      </c>
+      <c r="C118" s="15" t="s">
+        <v>369</v>
+      </c>
+      <c r="D118" s="16" t="s">
+        <v>370</v>
+      </c>
+      <c r="E118" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F118" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G118" s="14" t="s">
+        <v>371</v>
+      </c>
+      <c r="H118" s="17">
+        <v>8003753054</v>
+      </c>
+    </row>
+    <row r="119" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B119" s="14">
+        <v>80896</v>
+      </c>
+      <c r="C119" s="15" t="s">
+        <v>372</v>
+      </c>
+      <c r="D119" s="16" t="s">
+        <v>373</v>
+      </c>
+      <c r="E119" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F119" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G119" s="14" t="s">
+        <v>371</v>
+      </c>
+      <c r="H119" s="17">
+        <v>6177288000</v>
+      </c>
+    </row>
+    <row r="120" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B120" s="14">
+        <v>20710</v>
+      </c>
+      <c r="C120" s="15" t="s">
+        <v>374</v>
+      </c>
+      <c r="D120" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E120" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F120" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G120" s="14">
+        <v>19106</v>
+      </c>
+      <c r="H120" s="17">
+        <v>2156401000</v>
+      </c>
+    </row>
+    <row r="121" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B121" s="14">
+        <v>16755</v>
+      </c>
+      <c r="C121" s="15" t="s">
+        <v>375</v>
+      </c>
+      <c r="D121" s="16" t="s">
+        <v>376</v>
+      </c>
+      <c r="E121" s="15" t="s">
+        <v>377</v>
+      </c>
+      <c r="F121" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G121" s="14" t="s">
+        <v>378</v>
+      </c>
+      <c r="H121" s="17">
+        <v>2123555515</v>
+      </c>
+    </row>
+    <row r="122" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B122" s="14">
+        <v>25615</v>
+      </c>
+      <c r="C122" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="D122" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="E122" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F122" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G122" s="14" t="s">
+        <v>382</v>
+      </c>
+      <c r="H122" s="17">
+        <v>8602773966</v>
+      </c>
+    </row>
+    <row r="123" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B123" s="14">
+        <v>10642</v>
+      </c>
+      <c r="C123" s="15" t="s">
+        <v>383</v>
+      </c>
+      <c r="D123" s="16" t="s">
+        <v>384</v>
+      </c>
+      <c r="E123" s="15" t="s">
+        <v>385</v>
+      </c>
+      <c r="F123" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="G123" s="14">
+        <v>48310</v>
+      </c>
+      <c r="H123" s="17">
+        <v>8002010450</v>
+      </c>
+    </row>
+    <row r="124" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B124" s="14">
+        <v>22810</v>
+      </c>
+      <c r="C124" s="15" t="s">
+        <v>386</v>
+      </c>
+      <c r="D124" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="E124" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F124" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G124" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H124" s="17">
+        <v>8884667883</v>
+      </c>
+    </row>
+    <row r="125" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B125" s="14">
+        <v>67369</v>
+      </c>
+      <c r="C125" s="15" t="s">
+        <v>387</v>
+      </c>
+      <c r="D125" s="16" t="s">
+        <v>388</v>
+      </c>
+      <c r="E125" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F125" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G125" s="14">
+        <v>19192</v>
+      </c>
+      <c r="H125" s="17">
+        <v>8005372033</v>
+      </c>
+    </row>
+    <row r="126" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B126" s="14">
+        <v>76236</v>
+      </c>
+      <c r="C126" s="15" t="s">
+        <v>389</v>
+      </c>
+      <c r="D126" s="16" t="s">
+        <v>390</v>
+      </c>
+      <c r="E126" s="15" t="s">
+        <v>391</v>
+      </c>
+      <c r="F126" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G126" s="14" t="s">
+        <v>392</v>
+      </c>
+      <c r="H126" s="17">
+        <v>5138702000</v>
+      </c>
+    </row>
+    <row r="127" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B127" s="14">
+        <v>40274</v>
+      </c>
+      <c r="C127" s="15" t="s">
+        <v>393</v>
+      </c>
+      <c r="D127" s="16" t="s">
+        <v>394</v>
+      </c>
+      <c r="E127" s="15" t="s">
+        <v>395</v>
+      </c>
+      <c r="F127" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G127" s="14" t="s">
+        <v>396</v>
+      </c>
+      <c r="H127" s="17">
+        <v>5089439000</v>
+      </c>
+    </row>
+    <row r="128" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B128" s="14">
+        <v>61921</v>
+      </c>
+      <c r="C128" s="15" t="s">
+        <v>397</v>
+      </c>
+      <c r="D128" s="16" t="s">
+        <v>398</v>
+      </c>
+      <c r="E128" s="15" t="s">
+        <v>399</v>
+      </c>
+      <c r="F128" s="14" t="s">
+        <v>400</v>
+      </c>
+      <c r="G128" s="14">
+        <v>40253</v>
+      </c>
+      <c r="H128" s="17">
+        <v>5022442420</v>
+      </c>
+    </row>
+    <row r="129" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B129" s="14">
+        <v>20532</v>
+      </c>
+      <c r="C129" s="15" t="s">
+        <v>401</v>
+      </c>
+      <c r="D129" s="16" t="s">
+        <v>402</v>
+      </c>
+      <c r="E129" s="15" t="s">
+        <v>403</v>
+      </c>
+      <c r="F129" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G129" s="14">
+        <v>33701</v>
+      </c>
+      <c r="H129" s="17">
+        <v>8007972526</v>
+      </c>
+    </row>
+    <row r="130" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B130" s="14">
+        <v>28860</v>
+      </c>
+      <c r="C130" s="15" t="s">
+        <v>404</v>
+      </c>
+      <c r="D130" s="16" t="s">
+        <v>405</v>
+      </c>
+      <c r="E130" s="15" t="s">
+        <v>406</v>
+      </c>
+      <c r="F130" s="14" t="s">
+        <v>407</v>
+      </c>
+      <c r="G130" s="14" t="s">
+        <v>408</v>
+      </c>
+      <c r="H130" s="17">
+        <v>7873392100</v>
+      </c>
+    </row>
+    <row r="131" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B131" s="14">
+        <v>78301</v>
+      </c>
+      <c r="C131" s="15" t="s">
+        <v>409</v>
+      </c>
+      <c r="D131" s="16" t="s">
+        <v>410</v>
+      </c>
+      <c r="E131" s="15" t="s">
+        <v>411</v>
+      </c>
+      <c r="F131" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G131" s="14">
+        <v>60068</v>
+      </c>
+      <c r="H131" s="17">
+        <v>8476928520</v>
+      </c>
+    </row>
+    <row r="132" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B132" s="14">
+        <v>86371</v>
+      </c>
+      <c r="C132" s="15" t="s">
+        <v>412</v>
+      </c>
+      <c r="D132" s="16" t="s">
+        <v>413</v>
+      </c>
+      <c r="E132" s="15" t="s">
+        <v>414</v>
+      </c>
+      <c r="F132" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G132" s="14">
+        <v>55121</v>
+      </c>
+      <c r="H132" s="17">
+        <v>2014322133</v>
+      </c>
+    </row>
+    <row r="133" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B133" s="14">
+        <v>62626</v>
+      </c>
+      <c r="C133" s="15" t="s">
+        <v>415</v>
+      </c>
+      <c r="D133" s="16" t="s">
+        <v>416</v>
+      </c>
+      <c r="E133" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="F133" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G133" s="14">
+        <v>53705</v>
+      </c>
+      <c r="H133" s="17">
+        <v>6082385851</v>
+      </c>
+    </row>
+    <row r="134" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B134" s="14">
+        <v>36552</v>
+      </c>
+      <c r="C134" s="15" t="s">
+        <v>417</v>
+      </c>
+      <c r="D134" s="16" t="s">
+        <v>418</v>
+      </c>
+      <c r="E134" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="F134" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G134" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="H134" s="17">
+        <v>2124939300</v>
+      </c>
+    </row>
+    <row r="135" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B135" s="14">
+        <v>62049</v>
+      </c>
+      <c r="C135" s="15" t="s">
+        <v>421</v>
+      </c>
+      <c r="D135" s="16" t="s">
+        <v>422</v>
+      </c>
+      <c r="E135" s="15" t="s">
+        <v>423</v>
+      </c>
+      <c r="F135" s="14" t="s">
+        <v>424</v>
+      </c>
+      <c r="G135" s="14">
+        <v>29210</v>
+      </c>
+      <c r="H135" s="17">
+        <v>8008457330</v>
+      </c>
+    </row>
+    <row r="136" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B136" s="14">
+        <v>62065</v>
+      </c>
+      <c r="C136" s="15" t="s">
+        <v>425</v>
+      </c>
+      <c r="D136" s="16" t="s">
+        <v>426</v>
+      </c>
+      <c r="E136" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F136" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G136" s="14">
+        <v>19181</v>
+      </c>
+      <c r="H136" s="17">
+        <v>2159288000</v>
+      </c>
+    </row>
+    <row r="137" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B137" s="14">
+        <v>84786</v>
+      </c>
+      <c r="C137" s="15" t="s">
+        <v>427</v>
+      </c>
+      <c r="D137" s="16" t="s">
+        <v>428</v>
+      </c>
+      <c r="E137" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="F137" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="G137" s="14">
+        <v>27609</v>
+      </c>
+      <c r="H137" s="17">
+        <v>8003677814</v>
+      </c>
+    </row>
+    <row r="138" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B138" s="14">
+        <v>76023</v>
+      </c>
+      <c r="C138" s="15" t="s">
+        <v>430</v>
+      </c>
+      <c r="D138" s="16" t="s">
+        <v>431</v>
+      </c>
+      <c r="E138" s="15" t="s">
+        <v>432</v>
+      </c>
+      <c r="F138" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G138" s="14" t="s">
+        <v>433</v>
+      </c>
+      <c r="H138" s="17">
+        <v>8004239765</v>
+      </c>
+    </row>
+    <row r="139" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B139" s="14">
+        <v>62103</v>
+      </c>
+      <c r="C139" s="15" t="s">
+        <v>434</v>
+      </c>
+      <c r="D139" s="16" t="s">
+        <v>435</v>
+      </c>
+      <c r="E139" s="15" t="s">
+        <v>432</v>
+      </c>
+      <c r="F139" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G139" s="14" t="s">
+        <v>433</v>
+      </c>
+      <c r="H139" s="17">
+        <v>6077242472</v>
+      </c>
+    </row>
+    <row r="140" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B140" s="14">
+        <v>99937</v>
+      </c>
+      <c r="C140" s="15" t="s">
+        <v>436</v>
+      </c>
+      <c r="D140" s="16" t="s">
+        <v>437</v>
+      </c>
+      <c r="E140" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="F140" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G140" s="14" t="s">
+        <v>438</v>
+      </c>
+      <c r="H140" s="17">
+        <v>5133616700</v>
+      </c>
+    </row>
+    <row r="141" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B141" s="14">
+        <v>62146</v>
+      </c>
+      <c r="C141" s="15" t="s">
+        <v>439</v>
+      </c>
+      <c r="D141" s="16" t="s">
+        <v>440</v>
+      </c>
+      <c r="E141" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F141" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G141" s="14">
+        <v>60631</v>
+      </c>
+      <c r="H141" s="17">
+        <v>3123518350</v>
+      </c>
+    </row>
+    <row r="142" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B142" s="14">
+        <v>34754</v>
+      </c>
+      <c r="C142" s="15" t="s">
+        <v>441</v>
+      </c>
+      <c r="D142" s="16" t="s">
+        <v>394</v>
+      </c>
+      <c r="E142" s="15" t="s">
+        <v>395</v>
+      </c>
+      <c r="F142" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G142" s="14" t="s">
+        <v>396</v>
+      </c>
+      <c r="H142" s="17">
+        <v>5089439000</v>
+      </c>
+    </row>
+    <row r="143" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B143" s="14">
+        <v>81426</v>
+      </c>
+      <c r="C143" s="15" t="s">
+        <v>442</v>
+      </c>
+      <c r="D143" s="16" t="s">
+        <v>443</v>
+      </c>
+      <c r="E143" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F143" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G143" s="14">
+        <v>10010</v>
+      </c>
+      <c r="H143" s="17">
+        <v>3157975200</v>
+      </c>
+    </row>
+    <row r="144" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B144" s="14">
+        <v>84824</v>
+      </c>
+      <c r="C144" s="15" t="s">
+        <v>444</v>
+      </c>
+      <c r="D144" s="16" t="s">
+        <v>445</v>
+      </c>
+      <c r="E144" s="15" t="s">
+        <v>446</v>
+      </c>
+      <c r="F144" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G144" s="14" t="s">
+        <v>447</v>
+      </c>
+      <c r="H144" s="17">
+        <v>8004578803</v>
+      </c>
+    </row>
+    <row r="145" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B145" s="14">
+        <v>77828</v>
+      </c>
+      <c r="C145" s="15" t="s">
+        <v>448</v>
+      </c>
+      <c r="D145" s="16" t="s">
+        <v>449</v>
+      </c>
+      <c r="E145" s="15" t="s">
+        <v>450</v>
+      </c>
+      <c r="F145" s="14" t="s">
+        <v>424</v>
+      </c>
+      <c r="G145" s="14">
+        <v>29202</v>
+      </c>
+      <c r="H145" s="17">
+        <v>8032645042</v>
+      </c>
+    </row>
+    <row r="146" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B146" s="14">
+        <v>62308</v>
+      </c>
+      <c r="C146" s="15" t="s">
+        <v>451</v>
+      </c>
+      <c r="D146" s="16" t="s">
+        <v>452</v>
+      </c>
+      <c r="E146" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F146" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G146" s="14" t="s">
+        <v>453</v>
+      </c>
+      <c r="H146" s="17">
+        <v>8602266000</v>
+      </c>
+    </row>
+    <row r="147" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B147" s="14">
+        <v>71730</v>
+      </c>
+      <c r="C147" s="15" t="s">
+        <v>454</v>
+      </c>
+      <c r="D147" s="16" t="s">
+        <v>455</v>
+      </c>
+      <c r="E147" s="15" t="s">
+        <v>450</v>
+      </c>
+      <c r="F147" s="14" t="s">
+        <v>424</v>
+      </c>
+      <c r="G147" s="14">
+        <v>29202</v>
+      </c>
+      <c r="H147" s="17">
+        <v>8032566265</v>
+      </c>
+    </row>
+    <row r="148" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B148" s="14">
+        <v>20443</v>
+      </c>
+      <c r="C148" s="15" t="s">
+        <v>456</v>
+      </c>
+      <c r="D148" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E148" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F148" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G148" s="14">
+        <v>60606</v>
+      </c>
+      <c r="H148" s="17">
+        <v>3128225000</v>
+      </c>
+    </row>
+    <row r="149" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B149" s="14">
+        <v>71404</v>
+      </c>
+      <c r="C149" s="15" t="s">
+        <v>457</v>
+      </c>
+      <c r="D149" s="16" t="s">
+        <v>458</v>
+      </c>
+      <c r="E149" s="15" t="s">
+        <v>459</v>
+      </c>
+      <c r="F149" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G149" s="14">
+        <v>78717</v>
+      </c>
+      <c r="H149" s="17">
+        <v>8668300607</v>
+      </c>
+    </row>
+    <row r="150" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B150" s="14">
+        <v>35289</v>
+      </c>
+      <c r="C150" s="15" t="s">
+        <v>460</v>
+      </c>
+      <c r="D150" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E150" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F150" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G150" s="14">
+        <v>60606</v>
+      </c>
+      <c r="H150" s="17">
+        <v>3128225000</v>
+      </c>
+    </row>
+    <row r="151" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B151" s="14">
+        <v>68500</v>
+      </c>
+      <c r="C151" s="15" t="s">
+        <v>461</v>
+      </c>
+      <c r="D151" s="16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E151" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F151" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G151" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="H151" s="17">
+        <v>8002644000</v>
+      </c>
+    </row>
+    <row r="152" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B152" s="14">
+        <v>10804</v>
+      </c>
+      <c r="C152" s="15" t="s">
+        <v>462</v>
+      </c>
+      <c r="D152" s="16" t="s">
+        <v>360</v>
+      </c>
+      <c r="E152" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F152" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G152" s="14" t="s">
+        <v>315</v>
+      </c>
+      <c r="H152" s="17">
+        <v>8002352942</v>
+      </c>
+    </row>
+    <row r="153" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B153" s="14">
+        <v>62553</v>
+      </c>
+      <c r="C153" s="15" t="s">
+        <v>463</v>
+      </c>
+      <c r="D153" s="16" t="s">
+        <v>464</v>
+      </c>
+      <c r="E153" s="15" t="s">
+        <v>465</v>
+      </c>
+      <c r="F153" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G153" s="14" t="s">
+        <v>466</v>
+      </c>
+      <c r="H153" s="17">
+        <v>3098213000</v>
+      </c>
+    </row>
+    <row r="154" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B154" s="14">
+        <v>81973</v>
+      </c>
+      <c r="C154" s="15" t="s">
+        <v>467</v>
+      </c>
+      <c r="D154" s="16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E154" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F154" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G154" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="H154" s="17">
+        <v>8008437421</v>
+      </c>
+    </row>
+    <row r="155" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B155" s="14">
+        <v>74160</v>
+      </c>
+      <c r="C155" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="D155" s="16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E155" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F155" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G155" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="H155" s="17">
+        <v>8472580800</v>
+      </c>
+    </row>
+    <row r="156" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B156" s="14">
+        <v>82880</v>
+      </c>
+      <c r="C156" s="15" t="s">
+        <v>469</v>
+      </c>
+      <c r="D156" s="16" t="s">
+        <v>368</v>
+      </c>
+      <c r="E156" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="F156" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G156" s="14">
+        <v>68134</v>
+      </c>
+      <c r="H156" s="17">
+        <v>4029978000</v>
+      </c>
+    </row>
+    <row r="157" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B157" s="14">
+        <v>71129</v>
+      </c>
+      <c r="C157" s="15" t="s">
+        <v>470</v>
+      </c>
+      <c r="D157" s="16" t="s">
+        <v>471</v>
+      </c>
+      <c r="E157" s="15" t="s">
+        <v>472</v>
+      </c>
+      <c r="F157" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G157" s="14">
+        <v>60148</v>
+      </c>
+      <c r="H157" s="17">
+        <v>3126536500</v>
+      </c>
+    </row>
+    <row r="158" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B158" s="14">
+        <v>62634</v>
+      </c>
+      <c r="C158" s="15" t="s">
+        <v>473</v>
+      </c>
+      <c r="D158" s="16" t="s">
+        <v>474</v>
+      </c>
+      <c r="E158" s="15" t="s">
+        <v>475</v>
+      </c>
+      <c r="F158" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G158" s="14">
+        <v>33647</v>
+      </c>
+      <c r="H158" s="17">
+        <v>8004511847</v>
+      </c>
+    </row>
+    <row r="159" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B159" s="14">
+        <v>79065</v>
+      </c>
+      <c r="C159" s="15" t="s">
+        <v>476</v>
+      </c>
+      <c r="D159" s="16" t="s">
+        <v>477</v>
+      </c>
+      <c r="E159" s="15" t="s">
+        <v>478</v>
+      </c>
+      <c r="F159" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="G159" s="14">
+        <v>46077</v>
+      </c>
+      <c r="H159" s="17">
+        <v>8444483519</v>
+      </c>
+    </row>
+    <row r="160" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B160" s="14">
+        <v>67636</v>
+      </c>
+      <c r="C160" s="15" t="s">
+        <v>479</v>
+      </c>
+      <c r="D160" s="16" t="s">
+        <v>480</v>
+      </c>
+      <c r="E160" s="15" t="s">
+        <v>481</v>
+      </c>
+      <c r="F160" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G160" s="14" t="s">
+        <v>482</v>
+      </c>
+      <c r="H160" s="17">
+        <v>7814461514</v>
+      </c>
+    </row>
+    <row r="161" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B161" s="14">
+        <v>12307</v>
+      </c>
+      <c r="C161" s="15" t="s">
+        <v>483</v>
+      </c>
+      <c r="D161" s="16" t="s">
+        <v>480</v>
+      </c>
+      <c r="E161" s="15" t="s">
+        <v>481</v>
+      </c>
+      <c r="F161" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G161" s="14" t="s">
+        <v>482</v>
+      </c>
+      <c r="H161" s="17">
+        <v>7814461514</v>
+      </c>
+    </row>
+    <row r="162" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B162" s="14">
+        <v>73474</v>
+      </c>
+      <c r="C162" s="15" t="s">
+        <v>484</v>
+      </c>
+      <c r="D162" s="16" t="s">
+        <v>485</v>
+      </c>
+      <c r="E162" s="15" t="s">
+        <v>486</v>
+      </c>
+      <c r="F162" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G162" s="14">
+        <v>17011</v>
+      </c>
+      <c r="H162" s="17">
+        <v>8004287031</v>
+      </c>
+    </row>
+    <row r="163" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B163" s="14">
+        <v>12210</v>
+      </c>
+      <c r="C163" s="15" t="s">
+        <v>487</v>
+      </c>
+      <c r="D163" s="16" t="s">
+        <v>485</v>
+      </c>
+      <c r="E163" s="15" t="s">
+        <v>486</v>
+      </c>
+      <c r="F163" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G163" s="14">
+        <v>17011</v>
+      </c>
+      <c r="H163" s="17">
+        <v>6179511162</v>
+      </c>
+    </row>
+    <row r="164" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B164" s="14">
+        <v>42048</v>
+      </c>
+      <c r="C164" s="15" t="s">
+        <v>488</v>
+      </c>
+      <c r="D164" s="16" t="s">
+        <v>489</v>
+      </c>
+      <c r="E164" s="15" t="s">
+        <v>490</v>
+      </c>
+      <c r="F164" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G164" s="14" t="s">
+        <v>491</v>
+      </c>
+      <c r="H164" s="17">
+        <v>3176384521</v>
+      </c>
+    </row>
+    <row r="165" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B165" s="14">
+        <v>95657</v>
+      </c>
+      <c r="C165" s="15" t="s">
+        <v>492</v>
+      </c>
+      <c r="D165" s="16" t="s">
+        <v>493</v>
+      </c>
+      <c r="E165" s="15" t="s">
+        <v>414</v>
+      </c>
+      <c r="F165" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G165" s="14">
+        <v>55121</v>
+      </c>
+      <c r="H165" s="17">
+        <v>7035185000</v>
+      </c>
+    </row>
+    <row r="166" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B166" s="14">
+        <v>23795</v>
+      </c>
+      <c r="C166" s="15" t="s">
+        <v>494</v>
+      </c>
+      <c r="D166" s="16" t="s">
+        <v>495</v>
+      </c>
+      <c r="E166" s="15" t="s">
+        <v>496</v>
+      </c>
+      <c r="F166" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="G166" s="14">
+        <v>49684</v>
+      </c>
+      <c r="H166" s="17"/>
+    </row>
+    <row r="167" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B167" s="14">
+        <v>15497</v>
+      </c>
+      <c r="C167" s="15" t="s">
+        <v>497</v>
+      </c>
+      <c r="D167" s="16" t="s">
+        <v>498</v>
+      </c>
+      <c r="E167" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="F167" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G167" s="14" t="s">
+        <v>499</v>
+      </c>
+      <c r="H167" s="17">
+        <v>6178861000</v>
+      </c>
+    </row>
+    <row r="168" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B168" s="14">
+        <v>14702</v>
+      </c>
+      <c r="C168" s="15" t="s">
+        <v>500</v>
+      </c>
+      <c r="D168" s="16" t="s">
+        <v>211</v>
+      </c>
+      <c r="E168" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="F168" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G168" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="H168" s="17">
+        <v>5708259900</v>
+      </c>
+    </row>
+    <row r="169" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B169" s="14">
+        <v>85561</v>
+      </c>
+      <c r="C169" s="15" t="s">
+        <v>501</v>
+      </c>
+      <c r="D169" s="16" t="s">
+        <v>177</v>
+      </c>
+      <c r="E169" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="F169" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G169" s="14">
+        <v>10504</v>
+      </c>
+      <c r="H169" s="17">
+        <v>5736342522</v>
+      </c>
+    </row>
+    <row r="170" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B170" s="14">
+        <v>62928</v>
+      </c>
+      <c r="C170" s="15" t="s">
+        <v>502</v>
+      </c>
+      <c r="D170" s="16" t="s">
+        <v>503</v>
+      </c>
+      <c r="E170" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F170" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G170" s="14" t="s">
+        <v>504</v>
+      </c>
+      <c r="H170" s="17">
+        <v>8002325818</v>
+      </c>
+    </row>
+    <row r="171" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B171" s="14">
+        <v>88595</v>
+      </c>
+      <c r="C171" s="15" t="s">
+        <v>505</v>
+      </c>
+      <c r="D171" s="16" t="s">
+        <v>506</v>
+      </c>
+      <c r="E171" s="15" t="s">
+        <v>507</v>
+      </c>
+      <c r="F171" s="14" t="s">
+        <v>400</v>
+      </c>
+      <c r="G171" s="14" t="s">
+        <v>508</v>
+      </c>
+      <c r="H171" s="17">
+        <v>5025801000</v>
+      </c>
+    </row>
+    <row r="172" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B172" s="14">
+        <v>21326</v>
+      </c>
+      <c r="C172" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="D172" s="16" t="s">
+        <v>142</v>
+      </c>
+      <c r="E172" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="F172" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G172" s="14" t="s">
+        <v>144</v>
+      </c>
+      <c r="H172" s="17">
+        <v>8476056000</v>
+      </c>
+    </row>
+    <row r="173" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B173" s="14">
+        <v>21458</v>
+      </c>
+      <c r="C173" s="15" t="s">
+        <v>510</v>
+      </c>
+      <c r="D173" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="E173" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F173" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G173" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H173" s="17">
+        <v>8003440197</v>
+      </c>
+    </row>
+    <row r="174" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B174" s="14">
+        <v>68276</v>
+      </c>
+      <c r="C174" s="15" t="s">
+        <v>511</v>
+      </c>
+      <c r="D174" s="16" t="s">
+        <v>512</v>
+      </c>
+      <c r="E174" s="15" t="s">
+        <v>513</v>
+      </c>
+      <c r="F174" s="14" t="s">
+        <v>514</v>
+      </c>
+      <c r="G174" s="14">
+        <v>66211</v>
+      </c>
+      <c r="H174" s="17">
+        <v>9139823700</v>
+      </c>
+    </row>
+    <row r="175" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B175" s="14">
+        <v>93629</v>
+      </c>
+      <c r="C175" s="15" t="s">
+        <v>515</v>
+      </c>
+      <c r="D175" s="16" t="s">
+        <v>516</v>
+      </c>
+      <c r="E175" s="15" t="s">
+        <v>344</v>
+      </c>
+      <c r="F175" s="14" t="s">
+        <v>345</v>
+      </c>
+      <c r="G175" s="14">
+        <v>80111</v>
+      </c>
+      <c r="H175" s="17">
+        <v>8605342000</v>
+      </c>
+    </row>
+    <row r="176" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B176" s="14">
+        <v>10641</v>
+      </c>
+      <c r="C176" s="15" t="s">
+        <v>517</v>
+      </c>
+      <c r="D176" s="16" t="s">
+        <v>518</v>
+      </c>
+      <c r="E176" s="15" t="s">
+        <v>519</v>
+      </c>
+      <c r="F176" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G176" s="14">
+        <v>10577</v>
+      </c>
+      <c r="H176" s="17"/>
+    </row>
+    <row r="177" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B177" s="14">
+        <v>11551</v>
+      </c>
+      <c r="C177" s="15" t="s">
+        <v>520</v>
+      </c>
+      <c r="D177" s="16" t="s">
+        <v>518</v>
+      </c>
+      <c r="E177" s="15" t="s">
+        <v>519</v>
+      </c>
+      <c r="F177" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G177" s="14">
+        <v>10577</v>
+      </c>
+      <c r="H177" s="17"/>
+    </row>
+    <row r="178" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B178" s="14">
+        <v>71323</v>
+      </c>
+      <c r="C178" s="15" t="s">
+        <v>521</v>
+      </c>
+      <c r="D178" s="16" t="s">
+        <v>522</v>
+      </c>
+      <c r="E178" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="F178" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G178" s="14" t="s">
+        <v>523</v>
+      </c>
+      <c r="H178" s="17">
+        <v>9725804080</v>
+      </c>
+    </row>
+    <row r="179" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B179" s="14">
+        <v>62944</v>
+      </c>
+      <c r="C179" s="15" t="s">
+        <v>524</v>
+      </c>
+      <c r="D179" s="16" t="s">
+        <v>525</v>
+      </c>
+      <c r="E179" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F179" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G179" s="14">
+        <v>10105</v>
+      </c>
+      <c r="H179" s="17">
+        <v>2017435073</v>
+      </c>
+    </row>
+    <row r="180" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B180" s="14">
+        <v>78077</v>
+      </c>
+      <c r="C180" s="15" t="s">
+        <v>526</v>
+      </c>
+      <c r="D180" s="16" t="s">
+        <v>527</v>
+      </c>
+      <c r="E180" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="F180" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="G180" s="14">
+        <v>28262</v>
+      </c>
+      <c r="H180" s="17">
+        <v>8007776510</v>
+      </c>
+    </row>
+    <row r="181" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B181" s="14">
+        <v>62510</v>
+      </c>
+      <c r="C181" s="15" t="s">
+        <v>528</v>
+      </c>
+      <c r="D181" s="16" t="s">
+        <v>529</v>
+      </c>
+      <c r="E181" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="F181" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G181" s="14">
+        <v>50266</v>
+      </c>
+      <c r="H181" s="17"/>
+    </row>
+    <row r="182" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B182" s="14">
+        <v>16044</v>
+      </c>
+      <c r="C182" s="15" t="s">
+        <v>530</v>
+      </c>
+      <c r="D182" s="16" t="s">
+        <v>531</v>
+      </c>
+      <c r="E182" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="F182" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G182" s="14" t="s">
+        <v>533</v>
+      </c>
+      <c r="H182" s="17">
+        <v>9086043000</v>
+      </c>
+    </row>
+    <row r="183" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B183" s="14">
+        <v>16045</v>
+      </c>
+      <c r="C183" s="15" t="s">
+        <v>534</v>
+      </c>
+      <c r="D183" s="16" t="s">
+        <v>531</v>
+      </c>
+      <c r="E183" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="F183" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G183" s="14" t="s">
+        <v>533</v>
+      </c>
+      <c r="H183" s="17">
+        <v>9086043000</v>
+      </c>
+    </row>
+    <row r="184" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B184" s="14">
+        <v>26921</v>
+      </c>
+      <c r="C184" s="15" t="s">
+        <v>535</v>
+      </c>
+      <c r="D184" s="16" t="s">
+        <v>531</v>
+      </c>
+      <c r="E184" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="F184" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G184" s="14" t="s">
+        <v>533</v>
+      </c>
+      <c r="H184" s="17">
+        <v>8004384375</v>
+      </c>
+    </row>
+    <row r="185" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B185" s="14">
+        <v>60186</v>
+      </c>
+      <c r="C185" s="15" t="s">
+        <v>536</v>
+      </c>
+      <c r="D185" s="16" t="s">
+        <v>537</v>
+      </c>
+      <c r="E185" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F185" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G185" s="14">
+        <v>60062</v>
+      </c>
+      <c r="H185" s="17">
+        <v>8476659930</v>
+      </c>
+    </row>
+    <row r="186" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B186" s="14">
+        <v>97241</v>
+      </c>
+      <c r="C186" s="15" t="s">
+        <v>538</v>
+      </c>
+      <c r="D186" s="16" t="s">
+        <v>539</v>
+      </c>
+      <c r="E186" s="15" t="s">
+        <v>540</v>
+      </c>
+      <c r="F186" s="14" t="s">
+        <v>514</v>
+      </c>
+      <c r="G186" s="14" t="s">
+        <v>541</v>
+      </c>
+      <c r="H186" s="17">
+        <v>8552900529</v>
+      </c>
+    </row>
+    <row r="187" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B187" s="14">
+        <v>24961</v>
+      </c>
+      <c r="C187" s="15" t="s">
+        <v>542</v>
+      </c>
+      <c r="D187" s="16" t="s">
+        <v>543</v>
+      </c>
+      <c r="E187" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F187" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G187" s="14">
+        <v>10007</v>
+      </c>
+      <c r="H187" s="17">
+        <v>2126587470</v>
+      </c>
+    </row>
+    <row r="188" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B188" s="14">
+        <v>35181</v>
+      </c>
+      <c r="C188" s="15" t="s">
+        <v>544</v>
+      </c>
+      <c r="D188" s="16" t="s">
+        <v>545</v>
+      </c>
+      <c r="E188" s="15" t="s">
+        <v>546</v>
+      </c>
+      <c r="F188" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G188" s="14" t="s">
+        <v>547</v>
+      </c>
+      <c r="H188" s="17">
+        <v>9089032000</v>
+      </c>
+    </row>
+    <row r="189" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B189" s="14">
+        <v>35157</v>
+      </c>
+      <c r="C189" s="15" t="s">
+        <v>548</v>
+      </c>
+      <c r="D189" s="16" t="s">
+        <v>549</v>
+      </c>
+      <c r="E189" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F189" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G189" s="14">
+        <v>10006</v>
+      </c>
+      <c r="H189" s="17">
+        <v>2123652200</v>
+      </c>
+    </row>
+    <row r="190" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B190" s="14">
+        <v>66828</v>
+      </c>
+      <c r="C190" s="15" t="s">
+        <v>550</v>
+      </c>
+      <c r="D190" s="16" t="s">
+        <v>551</v>
+      </c>
+      <c r="E190" s="15" t="s">
+        <v>552</v>
+      </c>
+      <c r="F190" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G190" s="14" t="s">
+        <v>553</v>
+      </c>
+      <c r="H190" s="17">
+        <v>5087992100</v>
+      </c>
+    </row>
+    <row r="191" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B191" s="14">
+        <v>31925</v>
+      </c>
+      <c r="C191" s="15" t="s">
+        <v>554</v>
+      </c>
+      <c r="D191" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="E191" s="15" t="s">
+        <v>556</v>
+      </c>
+      <c r="F191" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="G191" s="14">
+        <v>23261</v>
+      </c>
+      <c r="H191" s="17">
+        <v>5152475900</v>
+      </c>
+    </row>
+    <row r="192" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B192" s="14">
+        <v>77968</v>
+      </c>
+      <c r="C192" s="15" t="s">
+        <v>557</v>
+      </c>
+      <c r="D192" s="16" t="s">
+        <v>558</v>
+      </c>
+      <c r="E192" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F192" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G192" s="14" t="s">
+        <v>559</v>
+      </c>
+      <c r="H192" s="17"/>
+    </row>
+    <row r="193" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B193" s="14">
+        <v>63053</v>
+      </c>
+      <c r="C193" s="15" t="s">
+        <v>560</v>
+      </c>
+      <c r="D193" s="16" t="s">
+        <v>561</v>
+      </c>
+      <c r="E193" s="15" t="s">
+        <v>562</v>
+      </c>
+      <c r="F193" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G193" s="14">
+        <v>77092</v>
+      </c>
+      <c r="H193" s="17">
+        <v>7138216422</v>
+      </c>
+    </row>
+    <row r="194" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B194" s="14">
+        <v>63177</v>
+      </c>
+      <c r="C194" s="15" t="s">
+        <v>563</v>
+      </c>
+      <c r="D194" s="16" t="s">
+        <v>564</v>
+      </c>
+      <c r="E194" s="15" t="s">
+        <v>565</v>
+      </c>
+      <c r="F194" s="14" t="s">
+        <v>566</v>
+      </c>
+      <c r="G194" s="14" t="s">
+        <v>567</v>
+      </c>
+      <c r="H194" s="17">
+        <v>2062756221</v>
+      </c>
+    </row>
+    <row r="195" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B195" s="14">
+        <v>26298</v>
+      </c>
+      <c r="C195" s="15" t="s">
+        <v>568</v>
+      </c>
+      <c r="D195" s="16" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="21" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="20" t="s">
+      <c r="E195" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F195" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="F8" s="19" t="s">
+      <c r="G195" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G8" s="19" t="s">
-[...16 lines deleted...]
-      <c r="E9" s="20" t="s">
+      <c r="H195" s="17">
+        <v>4018272400</v>
+      </c>
+    </row>
+    <row r="196" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B196" s="14">
+        <v>41483</v>
+      </c>
+      <c r="C196" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="D196" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="E196" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F196" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G196" s="14" t="s">
+        <v>382</v>
+      </c>
+      <c r="H196" s="17">
+        <v>8602770111</v>
+      </c>
+    </row>
+    <row r="197" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B197" s="14">
+        <v>20281</v>
+      </c>
+      <c r="C197" s="15" t="s">
+        <v>570</v>
+      </c>
+      <c r="D197" s="16" t="s">
+        <v>545</v>
+      </c>
+      <c r="E197" s="15" t="s">
+        <v>546</v>
+      </c>
+      <c r="F197" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G197" s="14" t="s">
+        <v>547</v>
+      </c>
+      <c r="H197" s="17"/>
+    </row>
+    <row r="198" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B198" s="14">
+        <v>63258</v>
+      </c>
+      <c r="C198" s="15" t="s">
+        <v>571</v>
+      </c>
+      <c r="D198" s="16" t="s">
+        <v>572</v>
+      </c>
+      <c r="E198" s="15" t="s">
+        <v>573</v>
+      </c>
+      <c r="F198" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G198" s="14">
+        <v>55060</v>
+      </c>
+      <c r="H198" s="17">
+        <v>5074555200</v>
+      </c>
+    </row>
+    <row r="199" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B199" s="14">
+        <v>13935</v>
+      </c>
+      <c r="C199" s="15" t="s">
+        <v>574</v>
+      </c>
+      <c r="D199" s="16" t="s">
+        <v>572</v>
+      </c>
+      <c r="E199" s="15" t="s">
+        <v>573</v>
+      </c>
+      <c r="F199" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G199" s="14">
+        <v>55060</v>
+      </c>
+      <c r="H199" s="17">
+        <v>5074555200</v>
+      </c>
+    </row>
+    <row r="200" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B200" s="14">
+        <v>63274</v>
+      </c>
+      <c r="C200" s="15" t="s">
+        <v>575</v>
+      </c>
+      <c r="D200" s="16" t="s">
+        <v>576</v>
+      </c>
+      <c r="E200" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F200" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G200" s="14">
+        <v>50309</v>
+      </c>
+      <c r="H200" s="17">
+        <v>8668464660</v>
+      </c>
+    </row>
+    <row r="201" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B201" s="14">
+        <v>63290</v>
+      </c>
+      <c r="C201" s="15" t="s">
+        <v>577</v>
+      </c>
+      <c r="D201" s="16" t="s">
+        <v>578</v>
+      </c>
+      <c r="E201" s="15" t="s">
+        <v>579</v>
+      </c>
+      <c r="F201" s="14" t="s">
         <v>19</v>
       </c>
-      <c r="F9" s="19" t="s">
-[...19 lines deleted...]
-      <c r="E10" s="20" t="s">
+      <c r="G201" s="14">
+        <v>60018</v>
+      </c>
+      <c r="H201" s="17">
+        <v>3128972342</v>
+      </c>
+    </row>
+    <row r="202" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B202" s="14">
+        <v>71870</v>
+      </c>
+      <c r="C202" s="15" t="s">
+        <v>580</v>
+      </c>
+      <c r="D202" s="16" t="s">
+        <v>581</v>
+      </c>
+      <c r="E202" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="F202" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G202" s="14" t="s">
+        <v>582</v>
+      </c>
+      <c r="H202" s="17">
+        <v>8006488624</v>
+      </c>
+    </row>
+    <row r="203" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B203" s="14">
+        <v>21873</v>
+      </c>
+      <c r="C203" s="15" t="s">
+        <v>583</v>
+      </c>
+      <c r="D203" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="E203" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F203" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G203" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H203" s="17">
+        <v>8884667883</v>
+      </c>
+    </row>
+    <row r="204" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B204" s="14">
+        <v>69140</v>
+      </c>
+      <c r="C204" s="15" t="s">
+        <v>584</v>
+      </c>
+      <c r="D204" s="16" t="s">
+        <v>445</v>
+      </c>
+      <c r="E204" s="15" t="s">
+        <v>446</v>
+      </c>
+      <c r="F204" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G204" s="14" t="s">
+        <v>447</v>
+      </c>
+      <c r="H204" s="17">
+        <v>8004578803</v>
+      </c>
+    </row>
+    <row r="205" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B205" s="14">
+        <v>90328</v>
+      </c>
+      <c r="C205" s="15" t="s">
+        <v>585</v>
+      </c>
+      <c r="D205" s="16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E205" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F205" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G205" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="H205" s="17">
+        <v>6307377900</v>
+      </c>
+    </row>
+    <row r="206" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B206" s="14">
+        <v>33588</v>
+      </c>
+      <c r="C206" s="15" t="s">
+        <v>586</v>
+      </c>
+      <c r="D206" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="E206" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F206" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G206" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H206" s="17">
+        <v>8003440197</v>
+      </c>
+    </row>
+    <row r="207" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B207" s="14">
+        <v>67652</v>
+      </c>
+      <c r="C207" s="15" t="s">
+        <v>587</v>
+      </c>
+      <c r="D207" s="16" t="s">
+        <v>588</v>
+      </c>
+      <c r="E207" s="15" t="s">
+        <v>589</v>
+      </c>
+      <c r="F207" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="G207" s="14">
+        <v>27401</v>
+      </c>
+      <c r="H207" s="17">
+        <v>2604552000</v>
+      </c>
+    </row>
+    <row r="208" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B208" s="14">
+        <v>36781</v>
+      </c>
+      <c r="C208" s="15" t="s">
+        <v>590</v>
+      </c>
+      <c r="D208" s="16" t="s">
+        <v>591</v>
+      </c>
+      <c r="E208" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="F208" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G208" s="14">
+        <v>50266</v>
+      </c>
+      <c r="H208" s="17">
+        <v>8002475248</v>
+      </c>
+    </row>
+    <row r="209" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B209" s="14">
+        <v>91642</v>
+      </c>
+      <c r="C209" s="15" t="s">
+        <v>592</v>
+      </c>
+      <c r="D209" s="16" t="s">
+        <v>593</v>
+      </c>
+      <c r="E209" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="F209" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="G209" s="14">
+        <v>46204</v>
+      </c>
+      <c r="H209" s="17">
+        <v>3172232700</v>
+      </c>
+    </row>
+    <row r="210" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B210" s="14">
+        <v>85286</v>
+      </c>
+      <c r="C210" s="15" t="s">
+        <v>594</v>
+      </c>
+      <c r="D210" s="16" t="s">
+        <v>595</v>
+      </c>
+      <c r="E210" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F210" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G210" s="14" t="s">
+        <v>596</v>
+      </c>
+      <c r="H210" s="17">
+        <v>8003311476</v>
+      </c>
+    </row>
+    <row r="211" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B211" s="14">
+        <v>63657</v>
+      </c>
+      <c r="C211" s="15" t="s">
+        <v>597</v>
+      </c>
+      <c r="D211" s="16" t="s">
+        <v>162</v>
+      </c>
+      <c r="E211" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="F211" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G211" s="14">
+        <v>77550</v>
+      </c>
+      <c r="H211" s="17">
+        <v>4097634661</v>
+      </c>
+    </row>
+    <row r="212" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B212" s="14">
+        <v>35882</v>
+      </c>
+      <c r="C212" s="15" t="s">
+        <v>598</v>
+      </c>
+      <c r="D212" s="16" t="s">
+        <v>599</v>
+      </c>
+      <c r="E212" s="15" t="s">
+        <v>600</v>
+      </c>
+      <c r="F212" s="14" t="s">
         <v>23</v>
       </c>
-      <c r="F10" s="19" t="s">
-[...17 lines deleted...]
-      <c r="E11" s="20" t="s">
+      <c r="G212" s="14">
+        <v>22406</v>
+      </c>
+      <c r="H212" s="17">
+        <v>8008413000</v>
+      </c>
+    </row>
+    <row r="213" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B213" s="14">
+        <v>39322</v>
+      </c>
+      <c r="C213" s="15" t="s">
+        <v>601</v>
+      </c>
+      <c r="D213" s="16" t="s">
+        <v>602</v>
+      </c>
+      <c r="E213" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F213" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G213" s="14" t="s">
+        <v>603</v>
+      </c>
+      <c r="H213" s="17">
+        <v>2124801900</v>
+      </c>
+    </row>
+    <row r="214" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B214" s="14">
+        <v>38962</v>
+      </c>
+      <c r="C214" s="15" t="s">
+        <v>604</v>
+      </c>
+      <c r="D214" s="16" t="s">
+        <v>605</v>
+      </c>
+      <c r="E214" s="15" t="s">
+        <v>606</v>
+      </c>
+      <c r="F214" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G214" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="H214" s="17">
+        <v>2033285000</v>
+      </c>
+    </row>
+    <row r="215" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B215" s="14">
+        <v>65536</v>
+      </c>
+      <c r="C215" s="15" t="s">
+        <v>607</v>
+      </c>
+      <c r="D215" s="16" t="s">
+        <v>608</v>
+      </c>
+      <c r="E215" s="15" t="s">
+        <v>609</v>
+      </c>
+      <c r="F215" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="G215" s="14">
+        <v>23060</v>
+      </c>
+      <c r="H215" s="17">
+        <v>8884369678</v>
+      </c>
+    </row>
+    <row r="216" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B216" s="14">
+        <v>70025</v>
+      </c>
+      <c r="C216" s="15" t="s">
+        <v>610</v>
+      </c>
+      <c r="D216" s="16" t="s">
+        <v>608</v>
+      </c>
+      <c r="E216" s="15" t="s">
+        <v>609</v>
+      </c>
+      <c r="F216" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="G216" s="14">
+        <v>23060</v>
+      </c>
+      <c r="H216" s="17">
+        <v>8046622695</v>
+      </c>
+    </row>
+    <row r="217" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B217" s="14">
+        <v>70939</v>
+      </c>
+      <c r="C217" s="15" t="s">
+        <v>611</v>
+      </c>
+      <c r="D217" s="16" t="s">
+        <v>612</v>
+      </c>
+      <c r="E217" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="F217" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G217" s="14">
+        <v>10601</v>
+      </c>
+      <c r="H217" s="17">
+        <v>9142724000</v>
+      </c>
+    </row>
+    <row r="218" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B218" s="14">
+        <v>91472</v>
+      </c>
+      <c r="C218" s="15" t="s">
+        <v>613</v>
+      </c>
+      <c r="D218" s="16" t="s">
+        <v>614</v>
+      </c>
+      <c r="E218" s="15" t="s">
+        <v>615</v>
+      </c>
+      <c r="F218" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G218" s="14">
+        <v>75070</v>
+      </c>
+      <c r="H218" s="17">
+        <v>8006545433</v>
+      </c>
+    </row>
+    <row r="219" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B219" s="14">
+        <v>62286</v>
+      </c>
+      <c r="C219" s="15" t="s">
+        <v>616</v>
+      </c>
+      <c r="D219" s="16" t="s">
+        <v>357</v>
+      </c>
+      <c r="E219" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="F219" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G219" s="14">
+        <v>55343</v>
+      </c>
+      <c r="H219" s="17">
+        <v>3172908100</v>
+      </c>
+    </row>
+    <row r="220" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B220" s="14">
+        <v>22063</v>
+      </c>
+      <c r="C220" s="15" t="s">
+        <v>617</v>
+      </c>
+      <c r="D220" s="16" t="s">
+        <v>599</v>
+      </c>
+      <c r="E220" s="15" t="s">
+        <v>600</v>
+      </c>
+      <c r="F220" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="G220" s="14">
+        <v>22406</v>
+      </c>
+      <c r="H220" s="17">
+        <v>8008413000</v>
+      </c>
+    </row>
+    <row r="221" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B221" s="14">
+        <v>63967</v>
+      </c>
+      <c r="C221" s="15" t="s">
+        <v>618</v>
+      </c>
+      <c r="D221" s="16" t="s">
+        <v>619</v>
+      </c>
+      <c r="E221" s="15" t="s">
+        <v>620</v>
+      </c>
+      <c r="F221" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G221" s="14" t="s">
+        <v>621</v>
+      </c>
+      <c r="H221" s="17">
+        <v>2103572222</v>
+      </c>
+    </row>
+    <row r="222" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B222" s="14">
+        <v>23809</v>
+      </c>
+      <c r="C222" s="15" t="s">
+        <v>622</v>
+      </c>
+      <c r="D222" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="E222" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F222" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G222" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H222" s="17">
+        <v>2127707000</v>
+      </c>
+    </row>
+    <row r="223" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B223" s="14">
+        <v>16691</v>
+      </c>
+      <c r="C223" s="15" t="s">
+        <v>623</v>
+      </c>
+      <c r="D223" s="16" t="s">
+        <v>624</v>
+      </c>
+      <c r="E223" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="F223" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G223" s="14">
+        <v>45202</v>
+      </c>
+      <c r="H223" s="17">
+        <v>5133695000</v>
+      </c>
+    </row>
+    <row r="224" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B224" s="14">
+        <v>33723</v>
+      </c>
+      <c r="C224" s="15" t="s">
+        <v>625</v>
+      </c>
+      <c r="D224" s="16" t="s">
+        <v>624</v>
+      </c>
+      <c r="E224" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="F224" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G224" s="14">
+        <v>45202</v>
+      </c>
+      <c r="H224" s="17">
+        <v>5133695012</v>
+      </c>
+    </row>
+    <row r="225" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B225" s="14">
+        <v>25224</v>
+      </c>
+      <c r="C225" s="15" t="s">
+        <v>626</v>
+      </c>
+      <c r="D225" s="16" t="s">
+        <v>360</v>
+      </c>
+      <c r="E225" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F225" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G225" s="14" t="s">
+        <v>315</v>
+      </c>
+      <c r="H225" s="17">
+        <v>8008428972</v>
+      </c>
+    </row>
+    <row r="226" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B226" s="14">
+        <v>90212</v>
+      </c>
+      <c r="C226" s="15" t="s">
+        <v>627</v>
+      </c>
+      <c r="D226" s="16" t="s">
+        <v>193</v>
+      </c>
+      <c r="E226" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="F226" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G226" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="H226" s="17">
+        <v>8003666565</v>
+      </c>
+    </row>
+    <row r="227" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B227" s="14">
+        <v>17155</v>
+      </c>
+      <c r="C227" s="15" t="s">
+        <v>628</v>
+      </c>
+      <c r="D227" s="16" t="s">
+        <v>629</v>
+      </c>
+      <c r="E227" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="F227" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G227" s="14">
+        <v>10118</v>
+      </c>
+      <c r="H227" s="17">
+        <v>2126839700</v>
+      </c>
+    </row>
+    <row r="228" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B228" s="14">
+        <v>17154</v>
+      </c>
+      <c r="C228" s="15" t="s">
+        <v>630</v>
+      </c>
+      <c r="D228" s="16" t="s">
+        <v>629</v>
+      </c>
+      <c r="E228" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="F228" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G228" s="14">
+        <v>10118</v>
+      </c>
+      <c r="H228" s="17">
+        <v>2126839700</v>
+      </c>
+    </row>
+    <row r="229" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B229" s="14">
+        <v>22187</v>
+      </c>
+      <c r="C229" s="15" t="s">
+        <v>631</v>
+      </c>
+      <c r="D229" s="16" t="s">
+        <v>629</v>
+      </c>
+      <c r="E229" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="F229" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G229" s="14">
+        <v>10118</v>
+      </c>
+      <c r="H229" s="17">
+        <v>2126839700</v>
+      </c>
+    </row>
+    <row r="230" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B230" s="14">
+        <v>22322</v>
+      </c>
+      <c r="C230" s="15" t="s">
+        <v>632</v>
+      </c>
+      <c r="D230" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="E230" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="F230" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G230" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="H230" s="17">
+        <v>8006881840</v>
+      </c>
+    </row>
+    <row r="231" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B231" s="14">
+        <v>43974</v>
+      </c>
+      <c r="C231" s="15" t="s">
+        <v>633</v>
+      </c>
+      <c r="D231" s="16" t="s">
+        <v>543</v>
+      </c>
+      <c r="E231" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F231" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G231" s="14">
+        <v>10007</v>
+      </c>
+      <c r="H231" s="17">
+        <v>8553550327</v>
+      </c>
+    </row>
+    <row r="232" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B232" s="14">
+        <v>64211</v>
+      </c>
+      <c r="C232" s="15" t="s">
+        <v>634</v>
+      </c>
+      <c r="D232" s="16" t="s">
+        <v>635</v>
+      </c>
+      <c r="E232" s="15" t="s">
+        <v>636</v>
+      </c>
+      <c r="F232" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G232" s="14">
+        <v>60025</v>
+      </c>
+      <c r="H232" s="17"/>
+    </row>
+    <row r="233" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B233" s="14">
+        <v>64238</v>
+      </c>
+      <c r="C233" s="15" t="s">
+        <v>637</v>
+      </c>
+      <c r="D233" s="16" t="s">
+        <v>638</v>
+      </c>
+      <c r="E233" s="15" t="s">
+        <v>639</v>
+      </c>
+      <c r="F233" s="14" t="s">
+        <v>640</v>
+      </c>
+      <c r="G233" s="14">
+        <v>70816</v>
+      </c>
+      <c r="H233" s="17">
+        <v>8005358110</v>
+      </c>
+    </row>
+    <row r="234" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B234" s="14">
+        <v>64246</v>
+      </c>
+      <c r="C234" s="15" t="s">
+        <v>641</v>
+      </c>
+      <c r="D234" s="16" t="s">
+        <v>642</v>
+      </c>
+      <c r="E234" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F234" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G234" s="14">
+        <v>10001</v>
+      </c>
+      <c r="H234" s="17">
+        <v>2125988000</v>
+      </c>
+    </row>
+    <row r="235" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B235" s="14">
+        <v>22357</v>
+      </c>
+      <c r="C235" s="15" t="s">
+        <v>643</v>
+      </c>
+      <c r="D235" s="16" t="s">
+        <v>644</v>
+      </c>
+      <c r="E235" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F235" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G235" s="14" t="s">
+        <v>645</v>
+      </c>
+      <c r="H235" s="17">
+        <v>8605473448</v>
+      </c>
+    </row>
+    <row r="236" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B236" s="14">
+        <v>29424</v>
+      </c>
+      <c r="C236" s="15" t="s">
+        <v>646</v>
+      </c>
+      <c r="D236" s="16" t="s">
+        <v>644</v>
+      </c>
+      <c r="E236" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F236" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G236" s="14" t="s">
+        <v>645</v>
+      </c>
+      <c r="H236" s="17"/>
+    </row>
+    <row r="237" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B237" s="14">
+        <v>19682</v>
+      </c>
+      <c r="C237" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="D237" s="16" t="s">
+        <v>644</v>
+      </c>
+      <c r="E237" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F237" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G237" s="14" t="s">
+        <v>645</v>
+      </c>
+      <c r="H237" s="17">
+        <v>8605473448</v>
+      </c>
+    </row>
+    <row r="238" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B238" s="14">
+        <v>70815</v>
+      </c>
+      <c r="C238" s="15" t="s">
+        <v>648</v>
+      </c>
+      <c r="D238" s="16" t="s">
+        <v>644</v>
+      </c>
+      <c r="E238" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F238" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G238" s="14" t="s">
+        <v>645</v>
+      </c>
+      <c r="H238" s="17">
+        <v>8605475000</v>
+      </c>
+    </row>
+    <row r="239" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B239" s="14">
+        <v>30104</v>
+      </c>
+      <c r="C239" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="D239" s="16" t="s">
+        <v>644</v>
+      </c>
+      <c r="E239" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F239" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G239" s="14" t="s">
+        <v>645</v>
+      </c>
+      <c r="H239" s="17"/>
+    </row>
+    <row r="240" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B240" s="14">
+        <v>92711</v>
+      </c>
+      <c r="C240" s="15" t="s">
+        <v>650</v>
+      </c>
+      <c r="D240" s="16" t="s">
+        <v>651</v>
+      </c>
+      <c r="E240" s="15" t="s">
+        <v>652</v>
+      </c>
+      <c r="F240" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G240" s="14" t="s">
+        <v>653</v>
+      </c>
+      <c r="H240" s="17">
+        <v>8004470460</v>
+      </c>
+    </row>
+    <row r="241" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B241" s="14">
+        <v>78611</v>
+      </c>
+      <c r="C241" s="15" t="s">
+        <v>654</v>
+      </c>
+      <c r="D241" s="16" t="s">
+        <v>655</v>
+      </c>
+      <c r="E241" s="15" t="s">
+        <v>363</v>
+      </c>
+      <c r="F241" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G241" s="14" t="s">
+        <v>656</v>
+      </c>
+      <c r="H241" s="17">
+        <v>8006547385</v>
+      </c>
+    </row>
+    <row r="242" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B242" s="14">
+        <v>70670</v>
+      </c>
+      <c r="C242" s="15" t="s">
+        <v>657</v>
+      </c>
+      <c r="D242" s="16" t="s">
+        <v>655</v>
+      </c>
+      <c r="E242" s="15" t="s">
+        <v>363</v>
+      </c>
+      <c r="F242" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G242" s="14" t="s">
+        <v>656</v>
+      </c>
+      <c r="H242" s="17">
+        <v>3126536000</v>
+      </c>
+    </row>
+    <row r="243" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B243" s="14">
+        <v>12902</v>
+      </c>
+      <c r="C243" s="15" t="s">
+        <v>658</v>
+      </c>
+      <c r="D243" s="16" t="s">
+        <v>659</v>
+      </c>
+      <c r="E243" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F243" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G243" s="14" t="s">
+        <v>656</v>
+      </c>
+      <c r="H243" s="17">
+        <v>6152917000</v>
+      </c>
+    </row>
+    <row r="244" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B244" s="14">
+        <v>61727</v>
+      </c>
+      <c r="C244" s="15" t="s">
+        <v>660</v>
+      </c>
+      <c r="D244" s="16" t="s">
+        <v>661</v>
+      </c>
+      <c r="E244" s="15" t="s">
+        <v>662</v>
+      </c>
+      <c r="F244" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G244" s="14">
+        <v>37228</v>
+      </c>
+      <c r="H244" s="17">
+        <v>3126536000</v>
+      </c>
+    </row>
+    <row r="245" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B245" s="14">
+        <v>64394</v>
+      </c>
+      <c r="C245" s="15" t="s">
+        <v>663</v>
+      </c>
+      <c r="D245" s="16" t="s">
+        <v>664</v>
+      </c>
+      <c r="E245" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F245" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G245" s="14">
+        <v>60606</v>
+      </c>
+      <c r="H245" s="17">
+        <v>8553472795</v>
+      </c>
+    </row>
+    <row r="246" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B246" s="14">
+        <v>71768</v>
+      </c>
+      <c r="C246" s="15" t="s">
+        <v>665</v>
+      </c>
+      <c r="D246" s="16" t="s">
+        <v>666</v>
+      </c>
+      <c r="E246" s="15" t="s">
+        <v>330</v>
+      </c>
+      <c r="F246" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G246" s="14">
+        <v>15222</v>
+      </c>
+      <c r="H246" s="17">
+        <v>4125440139</v>
+      </c>
+    </row>
+    <row r="247" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B247" s="14">
+        <v>93440</v>
+      </c>
+      <c r="C247" s="15" t="s">
+        <v>667</v>
+      </c>
+      <c r="D247" s="16" t="s">
+        <v>329</v>
+      </c>
+      <c r="E247" s="15" t="s">
+        <v>330</v>
+      </c>
+      <c r="F247" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G247" s="14" t="s">
+        <v>331</v>
+      </c>
+      <c r="H247" s="17">
+        <v>8003285433</v>
+      </c>
+    </row>
+    <row r="248" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B248" s="14">
+        <v>14198</v>
+      </c>
+      <c r="C248" s="15" t="s">
+        <v>668</v>
+      </c>
+      <c r="D248" s="16" t="s">
+        <v>669</v>
+      </c>
+      <c r="E248" s="15" t="s">
+        <v>670</v>
+      </c>
+      <c r="F248" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G248" s="14" t="s">
+        <v>671</v>
+      </c>
+      <c r="H248" s="17">
+        <v>4137874000</v>
+      </c>
+    </row>
+    <row r="249" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B249" s="14">
+        <v>64513</v>
+      </c>
+      <c r="C249" s="15" t="s">
+        <v>672</v>
+      </c>
+      <c r="D249" s="16" t="s">
+        <v>673</v>
+      </c>
+      <c r="E249" s="15" t="s">
+        <v>340</v>
+      </c>
+      <c r="F249" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G249" s="14">
+        <v>62715</v>
+      </c>
+      <c r="H249" s="17">
+        <v>2177892500</v>
+      </c>
+    </row>
+    <row r="250" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B250" s="14">
+        <v>18975</v>
+      </c>
+      <c r="C250" s="15" t="s">
+        <v>674</v>
+      </c>
+      <c r="D250" s="16" t="s">
+        <v>675</v>
+      </c>
+      <c r="E250" s="15" t="s">
+        <v>676</v>
+      </c>
+      <c r="F250" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G250" s="14" t="s">
+        <v>677</v>
+      </c>
+      <c r="H250" s="17">
+        <v>7812636000</v>
+      </c>
+    </row>
+    <row r="251" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B251" s="14">
+        <v>25054</v>
+      </c>
+      <c r="C251" s="15" t="s">
+        <v>678</v>
+      </c>
+      <c r="D251" s="16" t="s">
+        <v>679</v>
+      </c>
+      <c r="E251" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F251" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G251" s="14">
+        <v>10038</v>
+      </c>
+      <c r="H251" s="17">
+        <v>2129782800</v>
+      </c>
+    </row>
+    <row r="252" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B252" s="14">
+        <v>60052</v>
+      </c>
+      <c r="C252" s="15" t="s">
+        <v>680</v>
+      </c>
+      <c r="D252" s="16" t="s">
+        <v>681</v>
+      </c>
+      <c r="E252" s="15" t="s">
+        <v>507</v>
+      </c>
+      <c r="F252" s="14" t="s">
+        <v>400</v>
+      </c>
+      <c r="G252" s="14" t="s">
+        <v>508</v>
+      </c>
+      <c r="H252" s="17">
+        <v>5025801000</v>
+      </c>
+    </row>
+    <row r="253" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B253" s="14">
+        <v>73288</v>
+      </c>
+      <c r="C253" s="15" t="s">
+        <v>682</v>
+      </c>
+      <c r="D253" s="16" t="s">
+        <v>681</v>
+      </c>
+      <c r="E253" s="15" t="s">
+        <v>507</v>
+      </c>
+      <c r="F253" s="14" t="s">
+        <v>400</v>
+      </c>
+      <c r="G253" s="14" t="s">
+        <v>508</v>
+      </c>
+      <c r="H253" s="17">
+        <v>5025801624</v>
+      </c>
+    </row>
+    <row r="254" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B254" s="14">
+        <v>70580</v>
+      </c>
+      <c r="C254" s="15" t="s">
+        <v>683</v>
+      </c>
+      <c r="D254" s="16" t="s">
+        <v>684</v>
+      </c>
+      <c r="E254" s="15" t="s">
+        <v>507</v>
+      </c>
+      <c r="F254" s="14" t="s">
+        <v>400</v>
+      </c>
+      <c r="G254" s="14" t="s">
+        <v>508</v>
+      </c>
+      <c r="H254" s="17">
+        <v>9203361100</v>
+      </c>
+    </row>
+    <row r="255" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B255" s="14">
+        <v>91693</v>
+      </c>
+      <c r="C255" s="15" t="s">
+        <v>685</v>
+      </c>
+      <c r="D255" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="E255" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="F255" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G255" s="14" t="s">
+        <v>687</v>
+      </c>
+      <c r="H255" s="17">
+        <v>8007367311</v>
+      </c>
+    </row>
+    <row r="256" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B256" s="14">
+        <v>97764</v>
+      </c>
+      <c r="C256" s="15" t="s">
+        <v>688</v>
+      </c>
+      <c r="D256" s="16" t="s">
+        <v>689</v>
+      </c>
+      <c r="E256" s="15" t="s">
+        <v>606</v>
+      </c>
+      <c r="F256" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G256" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="H256" s="17">
+        <v>2033523042</v>
+      </c>
+    </row>
+    <row r="257" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B257" s="14">
+        <v>64580</v>
+      </c>
+      <c r="C257" s="15" t="s">
+        <v>690</v>
+      </c>
+      <c r="D257" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="E257" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="F257" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G257" s="14">
+        <v>61634</v>
+      </c>
+      <c r="H257" s="17">
+        <v>3096748255</v>
+      </c>
+    </row>
+    <row r="258" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B258" s="14">
+        <v>23817</v>
+      </c>
+      <c r="C258" s="15" t="s">
+        <v>693</v>
+      </c>
+      <c r="D258" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="E258" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F258" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G258" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H258" s="17">
+        <v>3129305400</v>
+      </c>
+    </row>
+    <row r="259" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B259" s="14">
+        <v>35408</v>
+      </c>
+      <c r="C259" s="15" t="s">
+        <v>694</v>
+      </c>
+      <c r="D259" s="16" t="s">
+        <v>695</v>
+      </c>
+      <c r="E259" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="F259" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G259" s="14">
+        <v>77024</v>
+      </c>
+      <c r="H259" s="17">
+        <v>7139354830</v>
+      </c>
+    </row>
+    <row r="260" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B260" s="14">
+        <v>43575</v>
+      </c>
+      <c r="C260" s="15" t="s">
+        <v>696</v>
+      </c>
+      <c r="D260" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E260" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F260" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G260" s="14">
+        <v>19106</v>
+      </c>
+      <c r="H260" s="17">
+        <v>2156402434</v>
+      </c>
+    </row>
+    <row r="261" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B261" s="14">
+        <v>26581</v>
+      </c>
+      <c r="C261" s="15" t="s">
+        <v>697</v>
+      </c>
+      <c r="D261" s="16" t="s">
+        <v>698</v>
+      </c>
+      <c r="E261" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="F261" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G261" s="14">
+        <v>10017</v>
+      </c>
+      <c r="H261" s="17">
+        <v>8004716191</v>
+      </c>
+    </row>
+    <row r="262" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B262" s="14">
+        <v>64602</v>
+      </c>
+      <c r="C262" s="15" t="s">
+        <v>699</v>
+      </c>
+      <c r="D262" s="16" t="s">
+        <v>480</v>
+      </c>
+      <c r="E262" s="15" t="s">
+        <v>481</v>
+      </c>
+      <c r="F262" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G262" s="14" t="s">
+        <v>482</v>
+      </c>
+      <c r="H262" s="17">
+        <v>8002253950</v>
+      </c>
+    </row>
+    <row r="263" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B263" s="14">
+        <v>91785</v>
+      </c>
+      <c r="C263" s="15" t="s">
+        <v>700</v>
+      </c>
+      <c r="D263" s="16" t="s">
+        <v>701</v>
+      </c>
+      <c r="E263" s="15" t="s">
+        <v>702</v>
+      </c>
+      <c r="F263" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G263" s="14">
+        <v>32202</v>
+      </c>
+      <c r="H263" s="17">
+        <v>8007930848</v>
+      </c>
+    </row>
+    <row r="264" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B264" s="14">
+        <v>22195</v>
+      </c>
+      <c r="C264" s="15" t="s">
+        <v>703</v>
+      </c>
+      <c r="D264" s="16" t="s">
+        <v>629</v>
+      </c>
+      <c r="E264" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="F264" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G264" s="14">
+        <v>10118</v>
+      </c>
+      <c r="H264" s="17">
+        <v>2126839700</v>
+      </c>
+    </row>
+    <row r="265" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B265" s="14">
+        <v>22713</v>
+      </c>
+      <c r="C265" s="15" t="s">
+        <v>704</v>
+      </c>
+      <c r="D265" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E265" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F265" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G265" s="14">
+        <v>19106</v>
+      </c>
+      <c r="H265" s="17">
+        <v>2156401000</v>
+      </c>
+    </row>
+    <row r="266" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B266" s="14">
+        <v>11162</v>
+      </c>
+      <c r="C266" s="15" t="s">
+        <v>705</v>
+      </c>
+      <c r="D266" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="E266" s="15" t="s">
+        <v>702</v>
+      </c>
+      <c r="F266" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G266" s="14">
+        <v>32256</v>
+      </c>
+      <c r="H266" s="17">
+        <v>9044071097</v>
+      </c>
+    </row>
+    <row r="267" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B267" s="14">
+        <v>19429</v>
+      </c>
+      <c r="C267" s="15" t="s">
+        <v>707</v>
+      </c>
+      <c r="D267" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="E267" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F267" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G267" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H267" s="17"/>
+    </row>
+    <row r="268" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B268" s="14">
+        <v>29742</v>
+      </c>
+      <c r="C268" s="15" t="s">
+        <v>708</v>
+      </c>
+      <c r="D268" s="16" t="s">
+        <v>709</v>
+      </c>
+      <c r="E268" s="15" t="s">
+        <v>710</v>
+      </c>
+      <c r="F268" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="G268" s="14" t="s">
+        <v>711</v>
+      </c>
+      <c r="H268" s="17">
+        <v>8005260332</v>
+      </c>
+    </row>
+    <row r="269" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B269" s="14">
+        <v>36153</v>
+      </c>
+      <c r="C269" s="15" t="s">
+        <v>712</v>
+      </c>
+      <c r="D269" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E269" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F269" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G269" s="14">
+        <v>60606</v>
+      </c>
+      <c r="H269" s="17">
+        <v>8002622000</v>
+      </c>
+    </row>
+    <row r="270" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B270" s="14">
+        <v>23647</v>
+      </c>
+      <c r="C270" s="15" t="s">
+        <v>713</v>
+      </c>
+      <c r="D270" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="E270" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F270" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G270" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H270" s="17">
+        <v>6173579500</v>
+      </c>
+    </row>
+    <row r="271" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B271" s="14">
+        <v>65056</v>
+      </c>
+      <c r="C271" s="15" t="s">
+        <v>714</v>
+      </c>
+      <c r="D271" s="16" t="s">
+        <v>715</v>
+      </c>
+      <c r="E271" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="F271" s="14" t="s">
         <v>27</v>
       </c>
-      <c r="F11" s="19" t="s">
-[...19 lines deleted...]
-      <c r="E12" s="20" t="s">
+      <c r="G271" s="14">
+        <v>48951</v>
+      </c>
+      <c r="H271" s="17">
+        <v>5173815500</v>
+      </c>
+    </row>
+    <row r="272" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B272" s="14">
+        <v>11630</v>
+      </c>
+      <c r="C272" s="15" t="s">
+        <v>716</v>
+      </c>
+      <c r="D272" s="16" t="s">
+        <v>717</v>
+      </c>
+      <c r="E272" s="15" t="s">
+        <v>556</v>
+      </c>
+      <c r="F272" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="G272" s="14">
+        <v>23233</v>
+      </c>
+      <c r="H272" s="17">
+        <v>8004974602</v>
+      </c>
+    </row>
+    <row r="273" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B273" s="14">
+        <v>64017</v>
+      </c>
+      <c r="C273" s="15" t="s">
+        <v>718</v>
+      </c>
+      <c r="D273" s="16" t="s">
+        <v>719</v>
+      </c>
+      <c r="E273" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F273" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G273" s="14" t="s">
+        <v>720</v>
+      </c>
+      <c r="H273" s="17">
+        <v>6142491545</v>
+      </c>
+    </row>
+    <row r="274" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B274" s="14">
+        <v>65080</v>
+      </c>
+      <c r="C274" s="15" t="s">
+        <v>721</v>
+      </c>
+      <c r="D274" s="16" t="s">
+        <v>722</v>
+      </c>
+      <c r="E274" s="15" t="s">
+        <v>723</v>
+      </c>
+      <c r="F274" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G274" s="14">
+        <v>91365</v>
+      </c>
+      <c r="H274" s="17">
+        <v>8668664488</v>
+      </c>
+    </row>
+    <row r="275" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B275" s="14">
+        <v>93610</v>
+      </c>
+      <c r="C275" s="15" t="s">
+        <v>724</v>
+      </c>
+      <c r="D275" s="16" t="s">
+        <v>725</v>
+      </c>
+      <c r="E275" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F275" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G275" s="14" t="s">
+        <v>726</v>
+      </c>
+      <c r="H275" s="17">
+        <v>6175726000</v>
+      </c>
+    </row>
+    <row r="276" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B276" s="14">
+        <v>65838</v>
+      </c>
+      <c r="C276" s="15" t="s">
+        <v>727</v>
+      </c>
+      <c r="D276" s="16" t="s">
+        <v>725</v>
+      </c>
+      <c r="E276" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F276" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G276" s="14" t="s">
+        <v>726</v>
+      </c>
+      <c r="H276" s="17"/>
+    </row>
+    <row r="277" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B277" s="14">
+        <v>65129</v>
+      </c>
+      <c r="C277" s="15" t="s">
+        <v>728</v>
+      </c>
+      <c r="D277" s="16" t="s">
+        <v>729</v>
+      </c>
+      <c r="E277" s="15" t="s">
+        <v>730</v>
+      </c>
+      <c r="F277" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G277" s="14" t="s">
+        <v>731</v>
+      </c>
+      <c r="H277" s="17">
+        <v>8167537000</v>
+      </c>
+    </row>
+    <row r="278" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B278" s="14">
+        <v>65242</v>
+      </c>
+      <c r="C278" s="15" t="s">
+        <v>732</v>
+      </c>
+      <c r="D278" s="16" t="s">
+        <v>733</v>
+      </c>
+      <c r="E278" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="F278" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G278" s="14">
+        <v>45202</v>
+      </c>
+      <c r="H278" s="17">
+        <v>8004438793</v>
+      </c>
+    </row>
+    <row r="279" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B279" s="14">
+        <v>62383</v>
+      </c>
+      <c r="C279" s="15" t="s">
+        <v>734</v>
+      </c>
+      <c r="D279" s="16" t="s">
+        <v>735</v>
+      </c>
+      <c r="E279" s="15" t="s">
+        <v>736</v>
+      </c>
+      <c r="F279" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G279" s="14">
+        <v>50266</v>
+      </c>
+      <c r="H279" s="17">
+        <v>5154405500</v>
+      </c>
+    </row>
+    <row r="280" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B280" s="14">
+        <v>76503</v>
+      </c>
+      <c r="C280" s="15" t="s">
+        <v>737</v>
+      </c>
+      <c r="D280" s="16" t="s">
+        <v>738</v>
+      </c>
+      <c r="E280" s="15" t="s">
+        <v>739</v>
+      </c>
+      <c r="F280" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G280" s="14" t="s">
+        <v>653</v>
+      </c>
+      <c r="H280" s="17">
+        <v>8009184024</v>
+      </c>
+    </row>
+    <row r="281" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B281" s="14">
+        <v>68543</v>
+      </c>
+      <c r="C281" s="15" t="s">
+        <v>740</v>
+      </c>
+      <c r="D281" s="16" t="s">
+        <v>116</v>
+      </c>
+      <c r="E281" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="F281" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G281" s="14">
+        <v>75234</v>
+      </c>
+      <c r="H281" s="17">
+        <v>4695224400</v>
+      </c>
+    </row>
+    <row r="282" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B282" s="14">
+        <v>42404</v>
+      </c>
+      <c r="C282" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="D282" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="E282" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F282" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G282" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H282" s="17">
+        <v>8003440197</v>
+      </c>
+    </row>
+    <row r="283" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B283" s="14">
+        <v>19917</v>
+      </c>
+      <c r="C283" s="15" t="s">
+        <v>742</v>
+      </c>
+      <c r="D283" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="E283" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F283" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G283" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H283" s="17"/>
+    </row>
+    <row r="284" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B284" s="14">
+        <v>23035</v>
+      </c>
+      <c r="C284" s="15" t="s">
+        <v>743</v>
+      </c>
+      <c r="D284" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="E284" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F284" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G284" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H284" s="17"/>
+    </row>
+    <row r="285" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B285" s="14">
+        <v>23043</v>
+      </c>
+      <c r="C285" s="15" t="s">
+        <v>744</v>
+      </c>
+      <c r="D285" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="E285" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F285" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G285" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H285" s="17">
+        <v>6173579500</v>
+      </c>
+    </row>
+    <row r="286" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B286" s="14">
+        <v>65331</v>
+      </c>
+      <c r="C286" s="15" t="s">
+        <v>745</v>
+      </c>
+      <c r="D286" s="16" t="s">
+        <v>614</v>
+      </c>
+      <c r="E286" s="15" t="s">
+        <v>615</v>
+      </c>
+      <c r="F286" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G286" s="14">
+        <v>75070</v>
+      </c>
+      <c r="H286" s="17">
+        <v>9725694000</v>
+      </c>
+    </row>
+    <row r="287" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B287" s="14">
+        <v>65498</v>
+      </c>
+      <c r="C287" s="15" t="s">
+        <v>746</v>
+      </c>
+      <c r="D287" s="16" t="s">
+        <v>747</v>
+      </c>
+      <c r="E287" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F287" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G287" s="14">
+        <v>10010</v>
+      </c>
+      <c r="H287" s="17">
+        <v>2157611000</v>
+      </c>
+    </row>
+    <row r="288" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B288" s="14">
+        <v>65528</v>
+      </c>
+      <c r="C288" s="15" t="s">
+        <v>748</v>
+      </c>
+      <c r="D288" s="16" t="s">
+        <v>749</v>
+      </c>
+      <c r="E288" s="15" t="s">
+        <v>750</v>
+      </c>
+      <c r="F288" s="14" t="s">
+        <v>751</v>
+      </c>
+      <c r="G288" s="14" t="s">
+        <v>752</v>
+      </c>
+      <c r="H288" s="17">
+        <v>2146387100</v>
+      </c>
+    </row>
+    <row r="289" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B289" s="14">
+        <v>97691</v>
+      </c>
+      <c r="C289" s="15" t="s">
+        <v>753</v>
+      </c>
+      <c r="D289" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="E289" s="15" t="s">
+        <v>702</v>
+      </c>
+      <c r="F289" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G289" s="14">
+        <v>32256</v>
+      </c>
+      <c r="H289" s="17">
+        <v>8008882738</v>
+      </c>
+    </row>
+    <row r="290" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B290" s="14">
+        <v>77720</v>
+      </c>
+      <c r="C290" s="15" t="s">
+        <v>754</v>
+      </c>
+      <c r="D290" s="16" t="s">
+        <v>755</v>
+      </c>
+      <c r="E290" s="15" t="s">
+        <v>756</v>
+      </c>
+      <c r="F290" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="G290" s="14">
+        <v>48165</v>
+      </c>
+      <c r="H290" s="17">
+        <v>8102207700</v>
+      </c>
+    </row>
+    <row r="291" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B291" s="14">
+        <v>99724</v>
+      </c>
+      <c r="C291" s="15" t="s">
+        <v>757</v>
+      </c>
+      <c r="D291" s="16" t="s">
+        <v>758</v>
+      </c>
+      <c r="E291" s="15" t="s">
+        <v>759</v>
+      </c>
+      <c r="F291" s="14" t="s">
+        <v>136</v>
+      </c>
+      <c r="G291" s="14" t="s">
+        <v>760</v>
+      </c>
+      <c r="H291" s="17">
+        <v>4052362640</v>
+      </c>
+    </row>
+    <row r="292" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B292" s="14">
+        <v>65595</v>
+      </c>
+      <c r="C292" s="15" t="s">
+        <v>761</v>
+      </c>
+      <c r="D292" s="16" t="s">
+        <v>762</v>
+      </c>
+      <c r="E292" s="15" t="s">
+        <v>763</v>
+      </c>
+      <c r="F292" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G292" s="14">
+        <v>60018</v>
+      </c>
+      <c r="H292" s="17">
+        <v>8886743667</v>
+      </c>
+    </row>
+    <row r="293" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B293" s="14">
+        <v>65927</v>
+      </c>
+      <c r="C293" s="15" t="s">
+        <v>764</v>
+      </c>
+      <c r="D293" s="16" t="s">
+        <v>765</v>
+      </c>
+      <c r="E293" s="15" t="s">
+        <v>766</v>
+      </c>
+      <c r="F293" s="14" t="s">
+        <v>204</v>
+      </c>
+      <c r="G293" s="14">
+        <v>85018</v>
+      </c>
+      <c r="H293" s="17">
+        <v>8004338181</v>
+      </c>
+    </row>
+    <row r="294" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B294" s="14">
+        <v>62057</v>
+      </c>
+      <c r="C294" s="15" t="s">
+        <v>767</v>
+      </c>
+      <c r="D294" s="16" t="s">
+        <v>588</v>
+      </c>
+      <c r="E294" s="15" t="s">
+        <v>589</v>
+      </c>
+      <c r="F294" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="G294" s="14">
+        <v>27401</v>
+      </c>
+      <c r="H294" s="17">
+        <v>8002542650</v>
+      </c>
+    </row>
+    <row r="295" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B295" s="14">
+        <v>65676</v>
+      </c>
+      <c r="C295" s="15" t="s">
+        <v>768</v>
+      </c>
+      <c r="D295" s="16" t="s">
+        <v>588</v>
+      </c>
+      <c r="E295" s="15" t="s">
+        <v>589</v>
+      </c>
+      <c r="F295" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="G295" s="14">
+        <v>27401</v>
+      </c>
+      <c r="H295" s="17">
+        <v>2604552000</v>
+      </c>
+    </row>
+    <row r="296" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B296" s="14">
+        <v>40550</v>
+      </c>
+      <c r="C296" s="15" t="s">
+        <v>769</v>
+      </c>
+      <c r="D296" s="16" t="s">
+        <v>770</v>
+      </c>
+      <c r="E296" s="15" t="s">
+        <v>771</v>
+      </c>
+      <c r="F296" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G296" s="14">
+        <v>19428</v>
+      </c>
+      <c r="H296" s="17">
+        <v>7142287888</v>
+      </c>
+    </row>
+    <row r="297" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B297" s="14">
+        <v>33600</v>
+      </c>
+      <c r="C297" s="15" t="s">
+        <v>772</v>
+      </c>
+      <c r="D297" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="E297" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F297" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G297" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H297" s="17">
+        <v>8003440197</v>
+      </c>
+    </row>
+    <row r="298" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B298" s="14">
+        <v>32352</v>
+      </c>
+      <c r="C298" s="15" t="s">
+        <v>773</v>
+      </c>
+      <c r="D298" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="E298" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F298" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G298" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H298" s="17">
+        <v>6173579500</v>
+      </c>
+    </row>
+    <row r="299" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B299" s="14">
+        <v>65722</v>
+      </c>
+      <c r="C299" s="15" t="s">
+        <v>774</v>
+      </c>
+      <c r="D299" s="16" t="s">
+        <v>661</v>
+      </c>
+      <c r="E299" s="15" t="s">
+        <v>662</v>
+      </c>
+      <c r="F299" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G299" s="14">
+        <v>37228</v>
+      </c>
+      <c r="H299" s="17">
+        <v>3126536000</v>
+      </c>
+    </row>
+    <row r="300" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B300" s="14">
+        <v>73504</v>
+      </c>
+      <c r="C300" s="15" t="s">
+        <v>775</v>
+      </c>
+      <c r="D300" s="16" t="s">
+        <v>177</v>
+      </c>
+      <c r="E300" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="F300" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G300" s="14">
+        <v>10504</v>
+      </c>
+      <c r="H300" s="17"/>
+    </row>
+    <row r="301" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B301" s="14">
+        <v>10051</v>
+      </c>
+      <c r="C301" s="15" t="s">
+        <v>776</v>
+      </c>
+      <c r="D301" s="16" t="s">
+        <v>777</v>
+      </c>
+      <c r="E301" s="15" t="s">
+        <v>702</v>
+      </c>
+      <c r="F301" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G301" s="14">
+        <v>32256</v>
+      </c>
+      <c r="H301" s="17"/>
+    </row>
+    <row r="302" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B302" s="14">
+        <v>65781</v>
+      </c>
+      <c r="C302" s="15" t="s">
+        <v>778</v>
+      </c>
+      <c r="D302" s="16" t="s">
+        <v>779</v>
+      </c>
+      <c r="E302" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="F302" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G302" s="14" t="s">
+        <v>780</v>
+      </c>
+      <c r="H302" s="17">
+        <v>6088302000</v>
+      </c>
+    </row>
+    <row r="303" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B303" s="14">
+        <v>65870</v>
+      </c>
+      <c r="C303" s="15" t="s">
+        <v>781</v>
+      </c>
+      <c r="D303" s="16" t="s">
+        <v>561</v>
+      </c>
+      <c r="E303" s="15" t="s">
+        <v>562</v>
+      </c>
+      <c r="F303" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G303" s="14">
+        <v>77092</v>
+      </c>
+      <c r="H303" s="17">
+        <v>8006699030</v>
+      </c>
+    </row>
+    <row r="304" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B304" s="14">
+        <v>61883</v>
+      </c>
+      <c r="C304" s="15" t="s">
+        <v>782</v>
+      </c>
+      <c r="D304" s="16" t="s">
+        <v>561</v>
+      </c>
+      <c r="E304" s="15" t="s">
+        <v>562</v>
+      </c>
+      <c r="F304" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G304" s="14">
+        <v>77092</v>
+      </c>
+      <c r="H304" s="17">
+        <v>7135290045</v>
+      </c>
+    </row>
+    <row r="305" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B305" s="14">
+        <v>36897</v>
+      </c>
+      <c r="C305" s="15" t="s">
+        <v>783</v>
+      </c>
+      <c r="D305" s="16" t="s">
+        <v>784</v>
+      </c>
+      <c r="E305" s="15" t="s">
+        <v>348</v>
+      </c>
+      <c r="F305" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G305" s="14" t="s">
+        <v>785</v>
+      </c>
+      <c r="H305" s="17">
+        <v>6103975177</v>
+      </c>
+    </row>
+    <row r="306" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B306" s="14">
+        <v>38970</v>
+      </c>
+      <c r="C306" s="15" t="s">
+        <v>786</v>
+      </c>
+      <c r="D306" s="16" t="s">
+        <v>787</v>
+      </c>
+      <c r="E306" s="15" t="s">
+        <v>609</v>
+      </c>
+      <c r="F306" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="G306" s="14">
+        <v>23060</v>
+      </c>
+      <c r="H306" s="17">
+        <v>8004311270</v>
+      </c>
+    </row>
+    <row r="307" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B307" s="14">
+        <v>16375</v>
+      </c>
+      <c r="C307" s="15" t="s">
+        <v>788</v>
+      </c>
+      <c r="D307" s="16" t="s">
+        <v>789</v>
+      </c>
+      <c r="E307" s="15" t="s">
+        <v>790</v>
+      </c>
+      <c r="F307" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G307" s="14" t="s">
+        <v>791</v>
+      </c>
+      <c r="H307" s="17">
+        <v>8004335556</v>
+      </c>
+    </row>
+    <row r="308" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B308" s="14">
+        <v>22306</v>
+      </c>
+      <c r="C308" s="15" t="s">
+        <v>792</v>
+      </c>
+      <c r="D308" s="16" t="s">
+        <v>89</v>
+      </c>
+      <c r="E308" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="F308" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G308" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="H308" s="17">
+        <v>5088557928</v>
+      </c>
+    </row>
+    <row r="309" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B309" s="14">
+        <v>65935</v>
+      </c>
+      <c r="C309" s="15" t="s">
+        <v>793</v>
+      </c>
+      <c r="D309" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="E309" s="15" t="s">
+        <v>340</v>
+      </c>
+      <c r="F309" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G309" s="14" t="s">
+        <v>341</v>
+      </c>
+      <c r="H309" s="17">
+        <v>4137888411</v>
+      </c>
+    </row>
+    <row r="310" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B310" s="14">
+        <v>63312</v>
+      </c>
+      <c r="C310" s="15" t="s">
+        <v>794</v>
+      </c>
+      <c r="D310" s="16" t="s">
+        <v>795</v>
+      </c>
+      <c r="E310" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="F310" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G310" s="14">
+        <v>45201</v>
+      </c>
+      <c r="H310" s="17">
+        <v>8008543649</v>
+      </c>
+    </row>
+    <row r="311" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B311" s="14">
+        <v>69515</v>
+      </c>
+      <c r="C311" s="15" t="s">
+        <v>796</v>
+      </c>
+      <c r="D311" s="16" t="s">
+        <v>797</v>
+      </c>
+      <c r="E311" s="15" t="s">
+        <v>798</v>
+      </c>
+      <c r="F311" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G311" s="14" t="s">
+        <v>799</v>
+      </c>
+      <c r="H311" s="17">
+        <v>8005440327</v>
+      </c>
+    </row>
+    <row r="312" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B312" s="14">
+        <v>63762</v>
+      </c>
+      <c r="C312" s="15" t="s">
+        <v>800</v>
+      </c>
+      <c r="D312" s="16" t="s">
+        <v>659</v>
+      </c>
+      <c r="E312" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F312" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G312" s="14" t="s">
+        <v>656</v>
+      </c>
+      <c r="H312" s="17">
+        <v>8003325455</v>
+      </c>
+    </row>
+    <row r="313" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B313" s="14">
+        <v>10206</v>
+      </c>
+      <c r="C313" s="15" t="s">
+        <v>801</v>
+      </c>
+      <c r="D313" s="16" t="s">
+        <v>802</v>
+      </c>
+      <c r="E313" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F313" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G313" s="14" t="s">
+        <v>803</v>
+      </c>
+      <c r="H313" s="17">
+        <v>8002256168</v>
+      </c>
+    </row>
+    <row r="314" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B314" s="14">
+        <v>31119</v>
+      </c>
+      <c r="C314" s="15" t="s">
+        <v>804</v>
+      </c>
+      <c r="D314" s="16" t="s">
+        <v>805</v>
+      </c>
+      <c r="E314" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="F314" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G314" s="14" t="s">
+        <v>806</v>
+      </c>
+      <c r="H314" s="17">
+        <v>8002286080</v>
+      </c>
+    </row>
+    <row r="315" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B315" s="14">
+        <v>86126</v>
+      </c>
+      <c r="C315" s="15" t="s">
+        <v>807</v>
+      </c>
+      <c r="D315" s="16" t="s">
+        <v>416</v>
+      </c>
+      <c r="E315" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="F315" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G315" s="14">
+        <v>53705</v>
+      </c>
+      <c r="H315" s="17">
+        <v>8008403490</v>
+      </c>
+    </row>
+    <row r="316" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B316" s="14">
+        <v>23329</v>
+      </c>
+      <c r="C316" s="15" t="s">
+        <v>808</v>
+      </c>
+      <c r="D316" s="16" t="s">
+        <v>809</v>
+      </c>
+      <c r="E316" s="15" t="s">
+        <v>810</v>
+      </c>
+      <c r="F316" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G316" s="14" t="s">
+        <v>811</v>
+      </c>
+      <c r="H316" s="17">
+        <v>7168493333</v>
+      </c>
+    </row>
+    <row r="317" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B317" s="14">
+        <v>12901</v>
+      </c>
+      <c r="C317" s="15" t="s">
+        <v>812</v>
+      </c>
+      <c r="D317" s="16" t="s">
+        <v>809</v>
+      </c>
+      <c r="E317" s="15" t="s">
+        <v>810</v>
+      </c>
+      <c r="F317" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G317" s="14" t="s">
+        <v>811</v>
+      </c>
+      <c r="H317" s="17">
+        <v>7168493380</v>
+      </c>
+    </row>
+    <row r="318" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B318" s="14">
+        <v>18750</v>
+      </c>
+      <c r="C318" s="15" t="s">
+        <v>813</v>
+      </c>
+      <c r="D318" s="16" t="s">
+        <v>814</v>
+      </c>
+      <c r="E318" s="15" t="s">
+        <v>815</v>
+      </c>
+      <c r="F318" s="14" t="s">
+        <v>751</v>
+      </c>
+      <c r="G318" s="14" t="s">
+        <v>816</v>
+      </c>
+      <c r="H318" s="17">
+        <v>8006421716</v>
+      </c>
+    </row>
+    <row r="319" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B319" s="14">
+        <v>16187</v>
+      </c>
+      <c r="C319" s="15" t="s">
+        <v>817</v>
+      </c>
+      <c r="D319" s="16" t="s">
+        <v>818</v>
+      </c>
+      <c r="E319" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F319" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G319" s="14" t="s">
+        <v>819</v>
+      </c>
+      <c r="H319" s="17"/>
+    </row>
+    <row r="320" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B320" s="14">
+        <v>65978</v>
+      </c>
+      <c r="C320" s="15" t="s">
+        <v>820</v>
+      </c>
+      <c r="D320" s="16" t="s">
+        <v>474</v>
+      </c>
+      <c r="E320" s="15" t="s">
+        <v>475</v>
+      </c>
+      <c r="F320" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G320" s="14">
+        <v>33647</v>
+      </c>
+      <c r="H320" s="17">
+        <v>2125785390</v>
+      </c>
+    </row>
+    <row r="321" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B321" s="14">
+        <v>97136</v>
+      </c>
+      <c r="C321" s="15" t="s">
+        <v>821</v>
+      </c>
+      <c r="D321" s="16" t="s">
+        <v>474</v>
+      </c>
+      <c r="E321" s="15" t="s">
+        <v>475</v>
+      </c>
+      <c r="F321" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G321" s="14">
+        <v>33647</v>
+      </c>
+      <c r="H321" s="17">
+        <v>8139834100</v>
+      </c>
+    </row>
+    <row r="322" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B322" s="14">
+        <v>23434</v>
+      </c>
+      <c r="C322" s="15" t="s">
+        <v>822</v>
+      </c>
+      <c r="D322" s="16" t="s">
+        <v>823</v>
+      </c>
+      <c r="E322" s="15" t="s">
+        <v>824</v>
+      </c>
+      <c r="F322" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G322" s="14">
+        <v>54481</v>
+      </c>
+      <c r="H322" s="17">
+        <v>7153466000</v>
+      </c>
+    </row>
+    <row r="323" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B323" s="14">
+        <v>66044</v>
+      </c>
+      <c r="C323" s="15" t="s">
+        <v>825</v>
+      </c>
+      <c r="D323" s="16" t="s">
+        <v>735</v>
+      </c>
+      <c r="E323" s="15" t="s">
+        <v>736</v>
+      </c>
+      <c r="F323" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G323" s="14">
+        <v>50266</v>
+      </c>
+      <c r="H323" s="17">
+        <v>5154405500</v>
+      </c>
+    </row>
+    <row r="324" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B324" s="14">
+        <v>66087</v>
+      </c>
+      <c r="C324" s="15" t="s">
+        <v>826</v>
+      </c>
+      <c r="D324" s="16" t="s">
+        <v>357</v>
+      </c>
+      <c r="E324" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="F324" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G324" s="14">
+        <v>55343</v>
+      </c>
+      <c r="H324" s="17">
+        <v>8005275504</v>
+      </c>
+    </row>
+    <row r="325" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B325" s="14">
+        <v>66109</v>
+      </c>
+      <c r="C325" s="15" t="s">
+        <v>827</v>
+      </c>
+      <c r="D325" s="16" t="s">
+        <v>828</v>
+      </c>
+      <c r="E325" s="15" t="s">
+        <v>829</v>
+      </c>
+      <c r="F325" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G325" s="14" t="s">
+        <v>830</v>
+      </c>
+      <c r="H325" s="17">
+        <v>7709805100</v>
+      </c>
+    </row>
+    <row r="326" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B326" s="14">
+        <v>66168</v>
+      </c>
+      <c r="C326" s="15" t="s">
+        <v>831</v>
+      </c>
+      <c r="D326" s="16" t="s">
+        <v>832</v>
+      </c>
+      <c r="E326" s="15" t="s">
+        <v>833</v>
+      </c>
+      <c r="F326" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G326" s="14" t="s">
+        <v>834</v>
+      </c>
+      <c r="H326" s="17">
+        <v>6516653500</v>
+      </c>
+    </row>
+    <row r="327" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B327" s="14">
+        <v>20362</v>
+      </c>
+      <c r="C327" s="15" t="s">
+        <v>835</v>
+      </c>
+      <c r="D327" s="16" t="s">
+        <v>836</v>
+      </c>
+      <c r="E327" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="F327" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G327" s="14" t="s">
+        <v>837</v>
+      </c>
+      <c r="H327" s="17">
+        <v>9086042900</v>
+      </c>
+    </row>
+    <row r="328" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B328" s="14">
+        <v>70416</v>
+      </c>
+      <c r="C328" s="15" t="s">
+        <v>838</v>
+      </c>
+      <c r="D328" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="E328" s="15" t="s">
+        <v>340</v>
+      </c>
+      <c r="F328" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G328" s="14" t="s">
+        <v>341</v>
+      </c>
+      <c r="H328" s="17">
+        <v>8002722216</v>
+      </c>
+    </row>
+    <row r="329" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B329" s="14">
+        <v>66265</v>
+      </c>
+      <c r="C329" s="15" t="s">
+        <v>839</v>
+      </c>
+      <c r="D329" s="16" t="s">
+        <v>840</v>
+      </c>
+      <c r="E329" s="15" t="s">
+        <v>841</v>
+      </c>
+      <c r="F329" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G329" s="14" t="s">
+        <v>842</v>
+      </c>
+      <c r="H329" s="17">
+        <v>4137842000</v>
+      </c>
+    </row>
+    <row r="330" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B330" s="14">
+        <v>81442</v>
+      </c>
+      <c r="C330" s="15" t="s">
+        <v>843</v>
+      </c>
+      <c r="D330" s="16" t="s">
+        <v>844</v>
+      </c>
+      <c r="E330" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="F330" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G330" s="14" t="s">
+        <v>845</v>
+      </c>
+      <c r="H330" s="17">
+        <v>8004226200</v>
+      </c>
+    </row>
+    <row r="331" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B331" s="14">
+        <v>14613</v>
+      </c>
+      <c r="C331" s="15" t="s">
+        <v>846</v>
+      </c>
+      <c r="D331" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="E331" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F331" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G331" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H331" s="17">
+        <v>8006388933</v>
+      </c>
+    </row>
+    <row r="332" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B332" s="14">
+        <v>66370</v>
+      </c>
+      <c r="C332" s="15" t="s">
+        <v>847</v>
+      </c>
+      <c r="D332" s="16" t="s">
+        <v>848</v>
+      </c>
+      <c r="E332" s="15" t="s">
+        <v>849</v>
+      </c>
+      <c r="F332" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G332" s="14">
+        <v>13214</v>
+      </c>
+      <c r="H332" s="17">
+        <v>8004876669</v>
+      </c>
+    </row>
+    <row r="333" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B333" s="14">
+        <v>12487</v>
+      </c>
+      <c r="C333" s="15" t="s">
+        <v>850</v>
+      </c>
+      <c r="D333" s="16" t="s">
+        <v>851</v>
+      </c>
+      <c r="E333" s="15" t="s">
+        <v>852</v>
+      </c>
+      <c r="F333" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G333" s="14" t="s">
+        <v>853</v>
+      </c>
+      <c r="H333" s="17">
+        <v>7148505111</v>
+      </c>
+    </row>
+    <row r="334" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B334" s="14">
+        <v>13331</v>
+      </c>
+      <c r="C334" s="15" t="s">
+        <v>854</v>
+      </c>
+      <c r="D334" s="16" t="s">
+        <v>855</v>
+      </c>
+      <c r="E334" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F334" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G334" s="14">
+        <v>43215</v>
+      </c>
+      <c r="H334" s="17">
+        <v>6142258211</v>
+      </c>
+    </row>
+    <row r="335" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B335" s="14">
+        <v>14621</v>
+      </c>
+      <c r="C335" s="15" t="s">
+        <v>856</v>
+      </c>
+      <c r="D335" s="16" t="s">
+        <v>855</v>
+      </c>
+      <c r="E335" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F335" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G335" s="14">
+        <v>43215</v>
+      </c>
+      <c r="H335" s="17">
+        <v>6142258211</v>
+      </c>
+    </row>
+    <row r="336" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B336" s="14">
+        <v>21075</v>
+      </c>
+      <c r="C336" s="15" t="s">
+        <v>857</v>
+      </c>
+      <c r="D336" s="16" t="s">
+        <v>858</v>
+      </c>
+      <c r="E336" s="15" t="s">
+        <v>859</v>
+      </c>
+      <c r="F336" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G336" s="14" t="s">
+        <v>533</v>
+      </c>
+      <c r="H336" s="17">
+        <v>6092507841</v>
+      </c>
+    </row>
+    <row r="337" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B337" s="14">
+        <v>69604</v>
+      </c>
+      <c r="C337" s="15" t="s">
+        <v>860</v>
+      </c>
+      <c r="D337" s="16" t="s">
+        <v>861</v>
+      </c>
+      <c r="E337" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="F337" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G337" s="14">
+        <v>30326</v>
+      </c>
+      <c r="H337" s="17">
+        <v>7703503200</v>
+      </c>
+    </row>
+    <row r="338" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B338" s="14">
+        <v>88668</v>
+      </c>
+      <c r="C338" s="15" t="s">
+        <v>862</v>
+      </c>
+      <c r="D338" s="16" t="s">
+        <v>863</v>
+      </c>
+      <c r="E338" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="F338" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G338" s="14">
+        <v>10022</v>
+      </c>
+      <c r="H338" s="17">
+        <v>2122241600</v>
+      </c>
+    </row>
+    <row r="339" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B339" s="14">
+        <v>71412</v>
+      </c>
+      <c r="C339" s="15" t="s">
+        <v>864</v>
+      </c>
+      <c r="D339" s="16" t="s">
+        <v>865</v>
+      </c>
+      <c r="E339" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="F339" s="14" t="s">
         <v>31</v>
       </c>
-      <c r="F12" s="19" t="s">
-[...19 lines deleted...]
-      <c r="E13" s="20" t="s">
+      <c r="G339" s="14">
+        <v>68175</v>
+      </c>
+      <c r="H339" s="17">
+        <v>4023427600</v>
+      </c>
+    </row>
+    <row r="340" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B340" s="14">
+        <v>93734</v>
+      </c>
+      <c r="C340" s="15" t="s">
+        <v>866</v>
+      </c>
+      <c r="D340" s="16" t="s">
+        <v>867</v>
+      </c>
+      <c r="E340" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F340" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G340" s="14" t="s">
+        <v>868</v>
+      </c>
+      <c r="H340" s="17">
+        <v>8604035000</v>
+      </c>
+    </row>
+    <row r="341" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B341" s="14">
+        <v>67814</v>
+      </c>
+      <c r="C341" s="15" t="s">
+        <v>869</v>
+      </c>
+      <c r="D341" s="16" t="s">
+        <v>867</v>
+      </c>
+      <c r="E341" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F341" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G341" s="14" t="s">
+        <v>868</v>
+      </c>
+      <c r="H341" s="17"/>
+    </row>
+    <row r="342" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B342" s="14">
+        <v>68284</v>
+      </c>
+      <c r="C342" s="15" t="s">
+        <v>870</v>
+      </c>
+      <c r="D342" s="16" t="s">
+        <v>871</v>
+      </c>
+      <c r="E342" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F342" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G342" s="14" t="s">
+        <v>868</v>
+      </c>
+      <c r="H342" s="17">
+        <v>8005381053</v>
+      </c>
+    </row>
+    <row r="343" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B343" s="14">
+        <v>61409</v>
+      </c>
+      <c r="C343" s="15" t="s">
+        <v>872</v>
+      </c>
+      <c r="D343" s="16" t="s">
+        <v>873</v>
+      </c>
+      <c r="E343" s="15" t="s">
+        <v>874</v>
+      </c>
+      <c r="F343" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G343" s="14" t="s">
+        <v>875</v>
+      </c>
+      <c r="H343" s="17">
+        <v>7182488000</v>
+      </c>
+    </row>
+    <row r="344" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B344" s="14">
+        <v>11991</v>
+      </c>
+      <c r="C344" s="15" t="s">
+        <v>876</v>
+      </c>
+      <c r="D344" s="16" t="s">
+        <v>719</v>
+      </c>
+      <c r="E344" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F344" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G344" s="14" t="s">
+        <v>720</v>
+      </c>
+      <c r="H344" s="17">
+        <v>6142491545</v>
+      </c>
+    </row>
+    <row r="345" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B345" s="14">
+        <v>20478</v>
+      </c>
+      <c r="C345" s="15" t="s">
+        <v>877</v>
+      </c>
+      <c r="D345" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E345" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F345" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G345" s="14">
+        <v>60606</v>
+      </c>
+      <c r="H345" s="17">
+        <v>3128225000</v>
+      </c>
+    </row>
+    <row r="346" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B346" s="14">
+        <v>66583</v>
+      </c>
+      <c r="C346" s="15" t="s">
+        <v>878</v>
+      </c>
+      <c r="D346" s="16" t="s">
+        <v>879</v>
+      </c>
+      <c r="E346" s="15" t="s">
+        <v>880</v>
+      </c>
+      <c r="F346" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G346" s="14" t="s">
+        <v>881</v>
+      </c>
+      <c r="H346" s="17">
+        <v>8005482962</v>
+      </c>
+    </row>
+    <row r="347" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B347" s="14">
+        <v>82538</v>
+      </c>
+      <c r="C347" s="15" t="s">
+        <v>882</v>
+      </c>
+      <c r="D347" s="16" t="s">
+        <v>883</v>
+      </c>
+      <c r="E347" s="15" t="s">
+        <v>884</v>
+      </c>
+      <c r="F347" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G347" s="14">
+        <v>53212</v>
+      </c>
+      <c r="H347" s="17">
+        <v>8887810580</v>
+      </c>
+    </row>
+    <row r="348" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B348" s="14">
+        <v>20052</v>
+      </c>
+      <c r="C348" s="15" t="s">
+        <v>885</v>
+      </c>
+      <c r="D348" s="16" t="s">
+        <v>317</v>
+      </c>
+      <c r="E348" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="F348" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G348" s="14" t="s">
+        <v>319</v>
+      </c>
+      <c r="H348" s="17"/>
+    </row>
+    <row r="349" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B349" s="14">
+        <v>66680</v>
+      </c>
+      <c r="C349" s="15" t="s">
+        <v>886</v>
+      </c>
+      <c r="D349" s="16" t="s">
+        <v>749</v>
+      </c>
+      <c r="E349" s="15" t="s">
+        <v>750</v>
+      </c>
+      <c r="F349" s="14" t="s">
+        <v>751</v>
+      </c>
+      <c r="G349" s="14" t="s">
+        <v>752</v>
+      </c>
+      <c r="H349" s="17">
+        <v>8022293333</v>
+      </c>
+    </row>
+    <row r="350" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B350" s="14">
+        <v>15474</v>
+      </c>
+      <c r="C350" s="15" t="s">
+        <v>887</v>
+      </c>
+      <c r="D350" s="16" t="s">
+        <v>888</v>
+      </c>
+      <c r="E350" s="15" t="s">
+        <v>889</v>
+      </c>
+      <c r="F350" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G350" s="14">
+        <v>75039</v>
+      </c>
+      <c r="H350" s="17">
+        <v>4693579300</v>
+      </c>
+    </row>
+    <row r="351" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B351" s="14">
+        <v>21881</v>
+      </c>
+      <c r="C351" s="15" t="s">
+        <v>890</v>
+      </c>
+      <c r="D351" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="E351" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F351" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G351" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H351" s="17">
+        <v>3124415400</v>
+      </c>
+    </row>
+    <row r="352" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B352" s="14">
+        <v>87963</v>
+      </c>
+      <c r="C352" s="15" t="s">
+        <v>891</v>
+      </c>
+      <c r="D352" s="16" t="s">
+        <v>892</v>
+      </c>
+      <c r="E352" s="15" t="s">
+        <v>893</v>
+      </c>
+      <c r="F352" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G352" s="14" t="s">
+        <v>894</v>
+      </c>
+      <c r="H352" s="17">
+        <v>8886716771</v>
+      </c>
+    </row>
+    <row r="353" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B353" s="14">
+        <v>19445</v>
+      </c>
+      <c r="C353" s="15" t="s">
+        <v>895</v>
+      </c>
+      <c r="D353" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="E353" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F353" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G353" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H353" s="17"/>
+    </row>
+    <row r="354" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B354" s="14">
+        <v>26093</v>
+      </c>
+      <c r="C354" s="15" t="s">
+        <v>896</v>
+      </c>
+      <c r="D354" s="16" t="s">
+        <v>719</v>
+      </c>
+      <c r="E354" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F354" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G354" s="14" t="s">
+        <v>720</v>
+      </c>
+      <c r="H354" s="17">
+        <v>6142497111</v>
+      </c>
+    </row>
+    <row r="355" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B355" s="14">
+        <v>92657</v>
+      </c>
+      <c r="C355" s="15" t="s">
+        <v>897</v>
+      </c>
+      <c r="D355" s="16" t="s">
+        <v>719</v>
+      </c>
+      <c r="E355" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F355" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G355" s="14" t="s">
+        <v>720</v>
+      </c>
+      <c r="H355" s="17">
+        <v>6142491545</v>
+      </c>
+    </row>
+    <row r="356" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B356" s="14">
+        <v>97705</v>
+      </c>
+      <c r="C356" s="15" t="s">
+        <v>898</v>
+      </c>
+      <c r="D356" s="16" t="s">
+        <v>709</v>
+      </c>
+      <c r="E356" s="15" t="s">
+        <v>710</v>
+      </c>
+      <c r="F356" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="G356" s="14" t="s">
+        <v>711</v>
+      </c>
+      <c r="H356" s="17">
+        <v>6142491545</v>
+      </c>
+    </row>
+    <row r="357" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B357" s="14">
+        <v>66869</v>
+      </c>
+      <c r="C357" s="15" t="s">
+        <v>899</v>
+      </c>
+      <c r="D357" s="16" t="s">
+        <v>719</v>
+      </c>
+      <c r="E357" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F357" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G357" s="14" t="s">
+        <v>720</v>
+      </c>
+      <c r="H357" s="17">
+        <v>6142497111</v>
+      </c>
+    </row>
+    <row r="358" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B358" s="14">
+        <v>23787</v>
+      </c>
+      <c r="C358" s="15" t="s">
+        <v>900</v>
+      </c>
+      <c r="D358" s="16" t="s">
+        <v>719</v>
+      </c>
+      <c r="E358" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F358" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G358" s="14" t="s">
+        <v>720</v>
+      </c>
+      <c r="H358" s="17">
+        <v>6142497111</v>
+      </c>
+    </row>
+    <row r="359" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B359" s="14">
+        <v>42307</v>
+      </c>
+      <c r="C359" s="15" t="s">
+        <v>901</v>
+      </c>
+      <c r="D359" s="16" t="s">
+        <v>644</v>
+      </c>
+      <c r="E359" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F359" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G359" s="14" t="s">
+        <v>645</v>
+      </c>
+      <c r="H359" s="17">
+        <v>8605476902</v>
+      </c>
+    </row>
+    <row r="360" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B360" s="14">
+        <v>21830</v>
+      </c>
+      <c r="C360" s="15" t="s">
+        <v>902</v>
+      </c>
+      <c r="D360" s="16" t="s">
+        <v>903</v>
+      </c>
+      <c r="E360" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F360" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G360" s="14" t="s">
+        <v>904</v>
+      </c>
+      <c r="H360" s="17">
+        <v>8605475000</v>
+      </c>
+    </row>
+    <row r="361" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B361" s="14">
+        <v>91626</v>
+      </c>
+      <c r="C361" s="15" t="s">
+        <v>905</v>
+      </c>
+      <c r="D361" s="16" t="s">
+        <v>333</v>
+      </c>
+      <c r="E361" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="F361" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="G361" s="14">
+        <v>28277</v>
+      </c>
+      <c r="H361" s="17">
+        <v>8006385433</v>
+      </c>
+    </row>
+    <row r="362" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B362" s="14">
+        <v>12725</v>
+      </c>
+      <c r="C362" s="15" t="s">
+        <v>906</v>
+      </c>
+      <c r="D362" s="16" t="s">
+        <v>907</v>
+      </c>
+      <c r="E362" s="15" t="s">
+        <v>908</v>
+      </c>
+      <c r="F362" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G362" s="14" t="s">
+        <v>909</v>
+      </c>
+      <c r="H362" s="17">
+        <v>6177705100</v>
+      </c>
+    </row>
+    <row r="363" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B363" s="14">
+        <v>23841</v>
+      </c>
+      <c r="C363" s="15" t="s">
+        <v>910</v>
+      </c>
+      <c r="D363" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="E363" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F363" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G363" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H363" s="17"/>
+    </row>
+    <row r="364" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B364" s="14">
+        <v>91596</v>
+      </c>
+      <c r="C364" s="15" t="s">
+        <v>911</v>
+      </c>
+      <c r="D364" s="16" t="s">
+        <v>747</v>
+      </c>
+      <c r="E364" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F364" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G364" s="14">
+        <v>10010</v>
+      </c>
+      <c r="H364" s="17">
+        <v>8006959873</v>
+      </c>
+    </row>
+    <row r="365" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B365" s="14">
+        <v>66915</v>
+      </c>
+      <c r="C365" s="15" t="s">
+        <v>912</v>
+      </c>
+      <c r="D365" s="16" t="s">
+        <v>747</v>
+      </c>
+      <c r="E365" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F365" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G365" s="14">
+        <v>10010</v>
+      </c>
+      <c r="H365" s="17">
+        <v>2125767000</v>
+      </c>
+    </row>
+    <row r="366" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B366" s="14">
+        <v>81264</v>
+      </c>
+      <c r="C366" s="15" t="s">
+        <v>913</v>
+      </c>
+      <c r="D366" s="16" t="s">
+        <v>914</v>
+      </c>
+      <c r="E366" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="F366" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G366" s="14">
+        <v>10017</v>
+      </c>
+      <c r="H366" s="17">
+        <v>8779189878</v>
+      </c>
+    </row>
+    <row r="367" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B367" s="14">
+        <v>31470</v>
+      </c>
+      <c r="C367" s="15" t="s">
+        <v>915</v>
+      </c>
+      <c r="D367" s="16" t="s">
+        <v>211</v>
+      </c>
+      <c r="E367" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="F367" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G367" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="H367" s="17">
+        <v>5708259900</v>
+      </c>
+    </row>
+    <row r="368" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B368" s="14">
+        <v>66974</v>
+      </c>
+      <c r="C368" s="15" t="s">
+        <v>916</v>
+      </c>
+      <c r="D368" s="16" t="s">
+        <v>735</v>
+      </c>
+      <c r="E368" s="15" t="s">
+        <v>736</v>
+      </c>
+      <c r="F368" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G368" s="14">
+        <v>50266</v>
+      </c>
+      <c r="H368" s="17">
+        <v>5154405500</v>
+      </c>
+    </row>
+    <row r="369" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B369" s="14">
+        <v>21105</v>
+      </c>
+      <c r="C369" s="15" t="s">
+        <v>917</v>
+      </c>
+      <c r="D369" s="16" t="s">
+        <v>844</v>
+      </c>
+      <c r="E369" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="F369" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G369" s="14" t="s">
+        <v>845</v>
+      </c>
+      <c r="H369" s="17">
+        <v>9734906600</v>
+      </c>
+    </row>
+    <row r="370" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B370" s="14">
+        <v>69000</v>
+      </c>
+      <c r="C370" s="15" t="s">
+        <v>918</v>
+      </c>
+      <c r="D370" s="16" t="s">
+        <v>919</v>
+      </c>
+      <c r="E370" s="15" t="s">
+        <v>884</v>
+      </c>
+      <c r="F370" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G370" s="14">
+        <v>53202</v>
+      </c>
+      <c r="H370" s="17">
+        <v>8008906704</v>
+      </c>
+    </row>
+    <row r="371" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B371" s="14">
+        <v>67091</v>
+      </c>
+      <c r="C371" s="15" t="s">
+        <v>920</v>
+      </c>
+      <c r="D371" s="16" t="s">
+        <v>919</v>
+      </c>
+      <c r="E371" s="15" t="s">
+        <v>884</v>
+      </c>
+      <c r="F371" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G371" s="14" t="s">
+        <v>921</v>
+      </c>
+      <c r="H371" s="17">
+        <v>4142711444</v>
+      </c>
+    </row>
+    <row r="372" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B372" s="14">
+        <v>35602</v>
+      </c>
+      <c r="C372" s="15" t="s">
+        <v>922</v>
+      </c>
+      <c r="D372" s="16" t="s">
+        <v>923</v>
+      </c>
+      <c r="E372" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F372" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G372" s="14">
+        <v>10019</v>
+      </c>
+      <c r="H372" s="17">
+        <v>8006845428</v>
+      </c>
+    </row>
+    <row r="373" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B373" s="14">
+        <v>26395</v>
+      </c>
+      <c r="C373" s="15" t="s">
+        <v>924</v>
+      </c>
+      <c r="D373" s="16" t="s">
+        <v>925</v>
+      </c>
+      <c r="E373" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F373" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G373" s="14">
+        <v>10019</v>
+      </c>
+      <c r="H373" s="17">
+        <v>8006845482</v>
+      </c>
+    </row>
+    <row r="374" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B374" s="14">
+        <v>67148</v>
+      </c>
+      <c r="C374" s="15" t="s">
+        <v>926</v>
+      </c>
+      <c r="D374" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="E374" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="F374" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G374" s="14" t="s">
+        <v>687</v>
+      </c>
+      <c r="H374" s="17">
+        <v>2542972777</v>
+      </c>
+    </row>
+    <row r="375" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B375" s="14">
+        <v>23680</v>
+      </c>
+      <c r="C375" s="15" t="s">
+        <v>927</v>
+      </c>
+      <c r="D375" s="16" t="s">
+        <v>928</v>
+      </c>
+      <c r="E375" s="15" t="s">
+        <v>606</v>
+      </c>
+      <c r="F375" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G375" s="14" t="s">
+        <v>929</v>
+      </c>
+      <c r="H375" s="17">
+        <v>2039778000</v>
+      </c>
+    </row>
+    <row r="376" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B376" s="14">
+        <v>24104</v>
+      </c>
+      <c r="C376" s="15" t="s">
+        <v>930</v>
+      </c>
+      <c r="D376" s="16" t="s">
+        <v>931</v>
+      </c>
+      <c r="E376" s="15" t="s">
+        <v>932</v>
+      </c>
+      <c r="F376" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G376" s="14" t="s">
+        <v>933</v>
+      </c>
+      <c r="H376" s="17">
+        <v>3308870101</v>
+      </c>
+    </row>
+    <row r="377" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B377" s="14">
+        <v>67180</v>
+      </c>
+      <c r="C377" s="15" t="s">
+        <v>934</v>
+      </c>
+      <c r="D377" s="16" t="s">
+        <v>935</v>
+      </c>
+      <c r="E377" s="15" t="s">
+        <v>936</v>
+      </c>
+      <c r="F377" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G377" s="14">
+        <v>75201</v>
+      </c>
+      <c r="H377" s="17">
+        <v>8445227924</v>
+      </c>
+    </row>
+    <row r="378" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B378" s="14">
+        <v>67199</v>
+      </c>
+      <c r="C378" s="15" t="s">
+        <v>937</v>
+      </c>
+      <c r="D378" s="16" t="s">
+        <v>938</v>
+      </c>
+      <c r="E378" s="15" t="s">
+        <v>730</v>
+      </c>
+      <c r="F378" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G378" s="14" t="s">
+        <v>731</v>
+      </c>
+      <c r="H378" s="17">
+        <v>8167537000</v>
+      </c>
+    </row>
+    <row r="379" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B379" s="14">
+        <v>24147</v>
+      </c>
+      <c r="C379" s="15" t="s">
+        <v>939</v>
+      </c>
+      <c r="D379" s="16" t="s">
+        <v>940</v>
+      </c>
+      <c r="E379" s="15" t="s">
+        <v>941</v>
+      </c>
+      <c r="F379" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G379" s="14">
+        <v>15666</v>
+      </c>
+      <c r="H379" s="17">
+        <v>7248345000</v>
+      </c>
+    </row>
+    <row r="380" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B380" s="14">
+        <v>67261</v>
+      </c>
+      <c r="C380" s="15" t="s">
+        <v>942</v>
+      </c>
+      <c r="D380" s="16" t="s">
+        <v>943</v>
+      </c>
+      <c r="E380" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F380" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G380" s="14">
+        <v>60601</v>
+      </c>
+      <c r="H380" s="17">
+        <v>3123468100</v>
+      </c>
+    </row>
+    <row r="381" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B381" s="14">
+        <v>76007</v>
+      </c>
+      <c r="C381" s="15" t="s">
+        <v>944</v>
+      </c>
+      <c r="D381" s="16" t="s">
+        <v>945</v>
+      </c>
+      <c r="E381" s="15" t="s">
+        <v>946</v>
+      </c>
+      <c r="F381" s="14" t="s">
+        <v>514</v>
+      </c>
+      <c r="G381" s="14">
+        <v>66201</v>
+      </c>
+      <c r="H381" s="17">
+        <v>9138950200</v>
+      </c>
+    </row>
+    <row r="382" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B382" s="14">
+        <v>88080</v>
+      </c>
+      <c r="C382" s="15" t="s">
+        <v>947</v>
+      </c>
+      <c r="D382" s="16" t="s">
+        <v>865</v>
+      </c>
+      <c r="E382" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="F382" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G382" s="14">
+        <v>68175</v>
+      </c>
+      <c r="H382" s="17">
+        <v>4023427600</v>
+      </c>
+    </row>
+    <row r="383" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B383" s="14">
+        <v>13100</v>
+      </c>
+      <c r="C383" s="15" t="s">
+        <v>948</v>
+      </c>
+      <c r="D383" s="16" t="s">
+        <v>865</v>
+      </c>
+      <c r="E383" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="F383" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G383" s="14">
+        <v>68175</v>
+      </c>
+      <c r="H383" s="17">
+        <v>4023427600</v>
+      </c>
+    </row>
+    <row r="384" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B384" s="14">
+        <v>69647</v>
+      </c>
+      <c r="C384" s="15" t="s">
+        <v>949</v>
+      </c>
+      <c r="D384" s="16" t="s">
+        <v>950</v>
+      </c>
+      <c r="E384" s="15" t="s">
+        <v>951</v>
+      </c>
+      <c r="F384" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G384" s="14">
+        <v>55344</v>
+      </c>
+      <c r="H384" s="17"/>
+    </row>
+    <row r="385" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B385" s="14">
+        <v>76112</v>
+      </c>
+      <c r="C385" s="15" t="s">
+        <v>952</v>
+      </c>
+      <c r="D385" s="16" t="s">
+        <v>953</v>
+      </c>
+      <c r="E385" s="15" t="s">
+        <v>766</v>
+      </c>
+      <c r="F385" s="14" t="s">
+        <v>204</v>
+      </c>
+      <c r="G385" s="14">
+        <v>85004</v>
+      </c>
+      <c r="H385" s="17">
+        <v>8887573237</v>
+      </c>
+    </row>
+    <row r="386" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B386" s="14">
+        <v>22748</v>
+      </c>
+      <c r="C386" s="15" t="s">
+        <v>954</v>
+      </c>
+      <c r="D386" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E386" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F386" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G386" s="14">
+        <v>19106</v>
+      </c>
+      <c r="H386" s="17"/>
+    </row>
+    <row r="387" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B387" s="14">
+        <v>20346</v>
+      </c>
+      <c r="C387" s="15" t="s">
+        <v>955</v>
+      </c>
+      <c r="D387" s="16" t="s">
+        <v>545</v>
+      </c>
+      <c r="E387" s="15" t="s">
+        <v>546</v>
+      </c>
+      <c r="F387" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G387" s="14" t="s">
+        <v>547</v>
+      </c>
+      <c r="H387" s="17"/>
+    </row>
+    <row r="388" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B388" s="14">
+        <v>97268</v>
+      </c>
+      <c r="C388" s="15" t="s">
+        <v>956</v>
+      </c>
+      <c r="D388" s="16" t="s">
+        <v>957</v>
+      </c>
+      <c r="E388" s="15" t="s">
+        <v>958</v>
+      </c>
+      <c r="F388" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G388" s="14">
+        <v>92660</v>
+      </c>
+      <c r="H388" s="17">
+        <v>8886902882</v>
+      </c>
+    </row>
+    <row r="389" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B389" s="14">
+        <v>67466</v>
+      </c>
+      <c r="C389" s="15" t="s">
+        <v>959</v>
+      </c>
+      <c r="D389" s="16" t="s">
+        <v>957</v>
+      </c>
+      <c r="E389" s="15" t="s">
+        <v>958</v>
+      </c>
+      <c r="F389" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G389" s="14">
+        <v>92660</v>
+      </c>
+      <c r="H389" s="17">
+        <v>8008007646</v>
+      </c>
+    </row>
+    <row r="390" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B390" s="14">
+        <v>67539</v>
+      </c>
+      <c r="C390" s="15" t="s">
+        <v>960</v>
+      </c>
+      <c r="D390" s="16" t="s">
+        <v>961</v>
+      </c>
+      <c r="E390" s="15" t="s">
+        <v>962</v>
+      </c>
+      <c r="F390" s="14" t="s">
+        <v>640</v>
+      </c>
+      <c r="G390" s="14" t="s">
+        <v>963</v>
+      </c>
+      <c r="H390" s="17">
+        <v>5045661300</v>
+      </c>
+    </row>
+    <row r="391" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B391" s="14">
+        <v>60003</v>
+      </c>
+      <c r="C391" s="15" t="s">
+        <v>964</v>
+      </c>
+      <c r="D391" s="16" t="s">
+        <v>642</v>
+      </c>
+      <c r="E391" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F391" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G391" s="14">
+        <v>10001</v>
+      </c>
+      <c r="H391" s="17">
+        <v>2125988000</v>
+      </c>
+    </row>
+    <row r="392" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B392" s="14">
+        <v>11835</v>
+      </c>
+      <c r="C392" s="15" t="s">
+        <v>965</v>
+      </c>
+      <c r="D392" s="16" t="s">
+        <v>966</v>
+      </c>
+      <c r="E392" s="15" t="s">
+        <v>606</v>
+      </c>
+      <c r="F392" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G392" s="14" t="s">
+        <v>929</v>
+      </c>
+      <c r="H392" s="17"/>
+    </row>
+    <row r="393" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B393" s="14">
+        <v>74900</v>
+      </c>
+      <c r="C393" s="15" t="s">
+        <v>967</v>
+      </c>
+      <c r="D393" s="16" t="s">
+        <v>966</v>
+      </c>
+      <c r="E393" s="15" t="s">
+        <v>606</v>
+      </c>
+      <c r="F393" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G393" s="14" t="s">
+        <v>929</v>
+      </c>
+      <c r="H393" s="17">
+        <v>7322126882</v>
+      </c>
+    </row>
+    <row r="394" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B394" s="14">
+        <v>67598</v>
+      </c>
+      <c r="C394" s="15" t="s">
+        <v>968</v>
+      </c>
+      <c r="D394" s="16" t="s">
+        <v>969</v>
+      </c>
+      <c r="E394" s="15" t="s">
+        <v>970</v>
+      </c>
+      <c r="F394" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G394" s="14" t="s">
+        <v>971</v>
+      </c>
+      <c r="H394" s="17">
+        <v>5087994441</v>
+      </c>
+    </row>
+    <row r="395" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B395" s="14">
+        <v>93262</v>
+      </c>
+      <c r="C395" s="15" t="s">
+        <v>972</v>
+      </c>
+      <c r="D395" s="16" t="s">
+        <v>973</v>
+      </c>
+      <c r="E395" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F395" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G395" s="14">
+        <v>19172</v>
+      </c>
+      <c r="H395" s="17">
+        <v>2159568086</v>
+      </c>
+    </row>
+    <row r="396" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B396" s="14">
+        <v>67644</v>
+      </c>
+      <c r="C396" s="15" t="s">
+        <v>974</v>
+      </c>
+      <c r="D396" s="16" t="s">
+        <v>975</v>
+      </c>
+      <c r="E396" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F396" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G396" s="14">
+        <v>19172</v>
+      </c>
+      <c r="H396" s="17">
+        <v>2159568000</v>
+      </c>
+    </row>
+    <row r="397" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B397" s="14">
+        <v>12262</v>
+      </c>
+      <c r="C397" s="15" t="s">
+        <v>976</v>
+      </c>
+      <c r="D397" s="16" t="s">
+        <v>784</v>
+      </c>
+      <c r="E397" s="15" t="s">
+        <v>348</v>
+      </c>
+      <c r="F397" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G397" s="14" t="s">
+        <v>785</v>
+      </c>
+      <c r="H397" s="17">
+        <v>6103975000</v>
+      </c>
+    </row>
+    <row r="398" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B398" s="14">
+        <v>41424</v>
+      </c>
+      <c r="C398" s="15" t="s">
+        <v>977</v>
+      </c>
+      <c r="D398" s="16" t="s">
+        <v>784</v>
+      </c>
+      <c r="E398" s="15" t="s">
+        <v>348</v>
+      </c>
+      <c r="F398" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G398" s="14" t="s">
+        <v>785</v>
+      </c>
+      <c r="H398" s="17">
+        <v>6103975177</v>
+      </c>
+    </row>
+    <row r="399" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B399" s="14">
+        <v>18058</v>
+      </c>
+      <c r="C399" s="15" t="s">
+        <v>978</v>
+      </c>
+      <c r="D399" s="16" t="s">
+        <v>979</v>
+      </c>
+      <c r="E399" s="15" t="s">
+        <v>490</v>
+      </c>
+      <c r="F399" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G399" s="14" t="s">
+        <v>980</v>
+      </c>
+      <c r="H399" s="17">
+        <v>6105382710</v>
+      </c>
+    </row>
+    <row r="400" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B400" s="14">
+        <v>25623</v>
+      </c>
+      <c r="C400" s="15" t="s">
+        <v>981</v>
+      </c>
+      <c r="D400" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="E400" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F400" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G400" s="14" t="s">
+        <v>382</v>
+      </c>
+      <c r="H400" s="17"/>
+    </row>
+    <row r="401" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B401" s="14">
+        <v>40738</v>
+      </c>
+      <c r="C401" s="15" t="s">
+        <v>982</v>
+      </c>
+      <c r="D401" s="16" t="s">
+        <v>983</v>
+      </c>
+      <c r="E401" s="15" t="s">
+        <v>984</v>
+      </c>
+      <c r="F401" s="14" t="s">
+        <v>566</v>
+      </c>
+      <c r="G401" s="14">
+        <v>98101</v>
+      </c>
+      <c r="H401" s="17">
+        <v>2063437300</v>
+      </c>
+    </row>
+    <row r="402" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B402" s="14">
+        <v>80578</v>
+      </c>
+      <c r="C402" s="15" t="s">
+        <v>985</v>
+      </c>
+      <c r="D402" s="16" t="s">
+        <v>986</v>
+      </c>
+      <c r="E402" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="F402" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G402" s="14" t="s">
+        <v>987</v>
+      </c>
+      <c r="H402" s="17">
+        <v>4026331000</v>
+      </c>
+    </row>
+    <row r="403" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B403" s="14">
+        <v>21857</v>
+      </c>
+      <c r="C403" s="15" t="s">
+        <v>988</v>
+      </c>
+      <c r="D403" s="16" t="s">
+        <v>989</v>
+      </c>
+      <c r="E403" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F403" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G403" s="14">
+        <v>43219</v>
+      </c>
+      <c r="H403" s="17">
+        <v>8557052716</v>
+      </c>
+    </row>
+    <row r="404" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B404" s="14">
+        <v>21750</v>
+      </c>
+      <c r="C404" s="15" t="s">
+        <v>990</v>
+      </c>
+      <c r="D404" s="16" t="s">
+        <v>991</v>
+      </c>
+      <c r="E404" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F404" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G404" s="14" t="s">
+        <v>992</v>
+      </c>
+      <c r="H404" s="17">
+        <v>6177201620</v>
+      </c>
+    </row>
+    <row r="405" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B405" s="14">
+        <v>21296</v>
+      </c>
+      <c r="C405" s="15" t="s">
+        <v>993</v>
+      </c>
+      <c r="D405" s="16" t="s">
+        <v>994</v>
+      </c>
+      <c r="E405" s="15" t="s">
+        <v>995</v>
+      </c>
+      <c r="F405" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G405" s="14">
+        <v>76021</v>
+      </c>
+      <c r="H405" s="17">
+        <v>8172652000</v>
+      </c>
+    </row>
+    <row r="406" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B406" s="14">
+        <v>67873</v>
+      </c>
+      <c r="C406" s="15" t="s">
+        <v>996</v>
+      </c>
+      <c r="D406" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="E406" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="F406" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G406" s="14" t="s">
+        <v>687</v>
+      </c>
+      <c r="H406" s="17">
+        <v>2542972777</v>
+      </c>
+    </row>
+    <row r="407" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B407" s="14">
+        <v>10817</v>
+      </c>
+      <c r="C407" s="15" t="s">
+        <v>997</v>
+      </c>
+      <c r="D407" s="16" t="s">
+        <v>998</v>
+      </c>
+      <c r="E407" s="15" t="s">
+        <v>999</v>
+      </c>
+      <c r="F407" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G407" s="14" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H407" s="17">
+        <v>9314848411</v>
+      </c>
+    </row>
+    <row r="408" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B408" s="14">
+        <v>18619</v>
+      </c>
+      <c r="C408" s="15" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D408" s="16" t="s">
+        <v>351</v>
+      </c>
+      <c r="E408" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="F408" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G408" s="14" t="s">
+        <v>353</v>
+      </c>
+      <c r="H408" s="17">
+        <v>8004754450</v>
+      </c>
+    </row>
+    <row r="409" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B409" s="14">
+        <v>14737</v>
+      </c>
+      <c r="C409" s="15" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D409" s="16" t="s">
+        <v>991</v>
+      </c>
+      <c r="E409" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F409" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G409" s="14" t="s">
+        <v>992</v>
+      </c>
+      <c r="H409" s="17">
+        <v>6177201620</v>
+      </c>
+    </row>
+    <row r="410" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B410" s="14">
+        <v>37257</v>
+      </c>
+      <c r="C410" s="15" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D410" s="16" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E410" s="15" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F410" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G410" s="14">
+        <v>53596</v>
+      </c>
+      <c r="H410" s="17">
+        <v>2124221212</v>
+      </c>
+    </row>
+    <row r="411" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B411" s="14">
+        <v>65919</v>
+      </c>
+      <c r="C411" s="15" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D411" s="16" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E411" s="15" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F411" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G411" s="14">
+        <v>30099</v>
+      </c>
+      <c r="H411" s="17">
+        <v>8002574725</v>
+      </c>
+    </row>
+    <row r="412" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B412" s="14">
+        <v>61271</v>
+      </c>
+      <c r="C412" s="15" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D412" s="16" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E412" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F412" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G412" s="14" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H412" s="17">
+        <v>5152475111</v>
+      </c>
+    </row>
+    <row r="413" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B413" s="14">
+        <v>71161</v>
+      </c>
+      <c r="C413" s="15" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D413" s="16" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E413" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F413" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G413" s="14" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H413" s="17">
+        <v>5152475111</v>
+      </c>
+    </row>
+    <row r="414" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B414" s="14">
+        <v>68047</v>
+      </c>
+      <c r="C414" s="15" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D414" s="16" t="s">
+        <v>480</v>
+      </c>
+      <c r="E414" s="15" t="s">
+        <v>481</v>
+      </c>
+      <c r="F414" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G414" s="14" t="s">
+        <v>482</v>
+      </c>
+      <c r="H414" s="17">
+        <v>7812376030</v>
+      </c>
+    </row>
+    <row r="415" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B415" s="14">
+        <v>88536</v>
+      </c>
+      <c r="C415" s="15" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D415" s="16" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E415" s="15" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F415" s="14" t="s">
+        <v>1017</v>
+      </c>
+      <c r="G415" s="14">
+        <v>35202</v>
+      </c>
+      <c r="H415" s="17">
+        <v>2052681000</v>
+      </c>
+    </row>
+    <row r="416" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B416" s="14">
+        <v>68136</v>
+      </c>
+      <c r="C416" s="15" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D416" s="16" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E416" s="15" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F416" s="14" t="s">
+        <v>1017</v>
+      </c>
+      <c r="G416" s="14">
+        <v>35202</v>
+      </c>
+      <c r="H416" s="17">
+        <v>2052681000</v>
+      </c>
+    </row>
+    <row r="417" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B417" s="14">
+        <v>24295</v>
+      </c>
+      <c r="C417" s="15" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D417" s="16" t="s">
+        <v>543</v>
+      </c>
+      <c r="E417" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F417" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G417" s="14">
+        <v>10007</v>
+      </c>
+      <c r="H417" s="17">
+        <v>2122083386</v>
+      </c>
+    </row>
+    <row r="418" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B418" s="14">
+        <v>67903</v>
+      </c>
+      <c r="C418" s="15" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D418" s="16" t="s">
+        <v>661</v>
+      </c>
+      <c r="E418" s="15" t="s">
+        <v>662</v>
+      </c>
+      <c r="F418" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G418" s="14">
+        <v>37228</v>
+      </c>
+      <c r="H418" s="17">
+        <v>8008808824</v>
+      </c>
+    </row>
+    <row r="419" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B419" s="14">
+        <v>68195</v>
+      </c>
+      <c r="C419" s="15" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D419" s="16" t="s">
+        <v>969</v>
+      </c>
+      <c r="E419" s="15" t="s">
+        <v>970</v>
+      </c>
+      <c r="F419" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G419" s="14" t="s">
+        <v>971</v>
+      </c>
+      <c r="H419" s="17">
+        <v>4232941011</v>
+      </c>
+    </row>
+    <row r="420" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B420" s="14">
+        <v>68209</v>
+      </c>
+      <c r="C420" s="15" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D420" s="16" t="s">
+        <v>969</v>
+      </c>
+      <c r="E420" s="15" t="s">
+        <v>970</v>
+      </c>
+      <c r="F420" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G420" s="14" t="s">
+        <v>971</v>
+      </c>
+      <c r="H420" s="17">
+        <v>4232941011</v>
+      </c>
+    </row>
+    <row r="421" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B421" s="14">
+        <v>68241</v>
+      </c>
+      <c r="C421" s="15" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D421" s="16" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E421" s="15" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F421" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G421" s="14" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H421" s="17">
+        <v>9738026000</v>
+      </c>
+    </row>
+    <row r="422" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B422" s="14">
+        <v>15059</v>
+      </c>
+      <c r="C422" s="15" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D422" s="16" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E422" s="15" t="s">
+        <v>908</v>
+      </c>
+      <c r="F422" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G422" s="14" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H422" s="17">
+        <v>2125919500</v>
+      </c>
+    </row>
+    <row r="423" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B423" s="14">
+        <v>71390</v>
+      </c>
+      <c r="C423" s="15" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D423" s="16" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E423" s="15" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F423" s="14" t="s">
+        <v>204</v>
+      </c>
+      <c r="G423" s="14">
+        <v>85251</v>
+      </c>
+      <c r="H423" s="17">
+        <v>8884749519</v>
+      </c>
+    </row>
+    <row r="424" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B424" s="14">
+        <v>39217</v>
+      </c>
+      <c r="C424" s="15" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D424" s="16" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E424" s="15" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F424" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G424" s="14">
+        <v>53596</v>
+      </c>
+      <c r="H424" s="17">
+        <v>2124221212</v>
+      </c>
+    </row>
+    <row r="425" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B425" s="14">
+        <v>15067</v>
+      </c>
+      <c r="C425" s="15" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D425" s="16" t="s">
+        <v>907</v>
+      </c>
+      <c r="E425" s="15" t="s">
+        <v>908</v>
+      </c>
+      <c r="F425" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G425" s="14" t="s">
+        <v>909</v>
+      </c>
+      <c r="H425" s="17">
+        <v>6177705100</v>
+      </c>
+    </row>
+    <row r="426" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B426" s="14">
+        <v>23132</v>
+      </c>
+      <c r="C426" s="15" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D426" s="16" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E426" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="F426" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G426" s="14" t="s">
+        <v>929</v>
+      </c>
+      <c r="H426" s="17">
+        <v>2039752100</v>
+      </c>
+    </row>
+    <row r="427" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B427" s="14">
+        <v>68357</v>
+      </c>
+      <c r="C427" s="15" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D427" s="16" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E427" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="F427" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G427" s="14">
+        <v>63017</v>
+      </c>
+      <c r="H427" s="17">
+        <v>3148194300</v>
+      </c>
+    </row>
+    <row r="428" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B428" s="14">
+        <v>68381</v>
+      </c>
+      <c r="C428" s="15" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D428" s="16" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E428" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F428" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G428" s="14">
+        <v>19103</v>
+      </c>
+      <c r="H428" s="17">
+        <v>8475171500</v>
+      </c>
+    </row>
+    <row r="429" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B429" s="14">
+        <v>67105</v>
+      </c>
+      <c r="C429" s="15" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D429" s="16" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E429" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="F429" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G429" s="14" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H429" s="17">
+        <v>6123725432</v>
+      </c>
+    </row>
+    <row r="430" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B430" s="14">
+        <v>61360</v>
+      </c>
+      <c r="C430" s="15" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D430" s="16" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E430" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="F430" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G430" s="14" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H430" s="17">
+        <v>5166828700</v>
+      </c>
+    </row>
+    <row r="431" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B431" s="14">
+        <v>61700</v>
+      </c>
+      <c r="C431" s="15" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D431" s="16" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E431" s="15" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F431" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="G431" s="14">
+        <v>46202</v>
+      </c>
+      <c r="H431" s="17">
+        <v>8007457509</v>
+      </c>
+    </row>
+    <row r="432" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B432" s="14">
+        <v>68462</v>
+      </c>
+      <c r="C432" s="15" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D432" s="16" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E432" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F432" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G432" s="14">
+        <v>44144</v>
+      </c>
+      <c r="H432" s="17">
+        <v>3126614600</v>
+      </c>
+    </row>
+    <row r="433" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B433" s="14">
+        <v>61506</v>
+      </c>
+      <c r="C433" s="15" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D433" s="16" t="s">
+        <v>291</v>
+      </c>
+      <c r="E433" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F433" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G433" s="14">
+        <v>60601</v>
+      </c>
+      <c r="H433" s="17">
+        <v>3123966000</v>
+      </c>
+    </row>
+    <row r="434" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B434" s="14">
+        <v>43044</v>
+      </c>
+      <c r="C434" s="15" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D434" s="16" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E434" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F434" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G434" s="14">
+        <v>60601</v>
+      </c>
+      <c r="H434" s="17">
+        <v>3126614600</v>
+      </c>
+    </row>
+    <row r="435" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B435" s="14">
+        <v>93777</v>
+      </c>
+      <c r="C435" s="15" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D435" s="16" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E435" s="15" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F435" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G435" s="14">
+        <v>50322</v>
+      </c>
+      <c r="H435" s="17">
+        <v>5177217171</v>
+      </c>
+    </row>
+    <row r="436" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B436" s="14">
+        <v>89004</v>
+      </c>
+      <c r="C436" s="15" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D436" s="16" t="s">
+        <v>267</v>
+      </c>
+      <c r="E436" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="F436" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G436" s="14" t="s">
+        <v>269</v>
+      </c>
+      <c r="H436" s="17">
+        <v>6367367000</v>
+      </c>
+    </row>
+    <row r="437" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B437" s="14">
+        <v>93572</v>
+      </c>
+      <c r="C437" s="15" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D437" s="16" t="s">
+        <v>267</v>
+      </c>
+      <c r="E437" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="F437" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G437" s="14" t="s">
+        <v>269</v>
+      </c>
+      <c r="H437" s="17">
+        <v>8887365445</v>
+      </c>
+    </row>
+    <row r="438" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B438" s="14">
+        <v>36684</v>
+      </c>
+      <c r="C438" s="15" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D438" s="16" t="s">
+        <v>360</v>
+      </c>
+      <c r="E438" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F438" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G438" s="14" t="s">
+        <v>315</v>
+      </c>
+      <c r="H438" s="17">
+        <v>5154733250</v>
+      </c>
+    </row>
+    <row r="439" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B439" s="14">
+        <v>65005</v>
+      </c>
+      <c r="C439" s="15" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D439" s="16" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E439" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="F439" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G439" s="14">
+        <v>55474</v>
+      </c>
+      <c r="H439" s="17">
+        <v>6126713131</v>
+      </c>
+    </row>
+    <row r="440" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B440" s="14">
+        <v>21261</v>
+      </c>
+      <c r="C440" s="15" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D440" s="16" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E440" s="15" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F440" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G440" s="14" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H440" s="17">
+        <v>9789212080</v>
+      </c>
+    </row>
+    <row r="441" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B441" s="14">
+        <v>13056</v>
+      </c>
+      <c r="C441" s="15" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D441" s="16" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E441" s="15" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F441" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G441" s="14">
+        <v>61615</v>
+      </c>
+      <c r="H441" s="17">
+        <v>3096921000</v>
+      </c>
+    </row>
+    <row r="442" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B442" s="14">
+        <v>11089</v>
+      </c>
+      <c r="C442" s="15" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D442" s="16" t="s">
+        <v>405</v>
+      </c>
+      <c r="E442" s="15" t="s">
+        <v>406</v>
+      </c>
+      <c r="F442" s="14" t="s">
+        <v>407</v>
+      </c>
+      <c r="G442" s="14" t="s">
+        <v>408</v>
+      </c>
+      <c r="H442" s="17">
+        <v>7873392100</v>
+      </c>
+    </row>
+    <row r="443" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B443" s="14">
+        <v>24503</v>
+      </c>
+      <c r="C443" s="15" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D443" s="16" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E443" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F443" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G443" s="14">
+        <v>43216</v>
+      </c>
+      <c r="H443" s="17">
+        <v>8669809431</v>
+      </c>
+    </row>
+    <row r="444" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B444" s="14">
+        <v>60183</v>
+      </c>
+      <c r="C444" s="15" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D444" s="16" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E444" s="15" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F444" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="G444" s="14">
+        <v>24029</v>
+      </c>
+      <c r="H444" s="17">
+        <v>8777254872</v>
+      </c>
+    </row>
+    <row r="445" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B445" s="14">
+        <v>60445</v>
+      </c>
+      <c r="C445" s="15" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D445" s="16" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E445" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="F445" s="14" t="s">
+        <v>204</v>
+      </c>
+      <c r="G445" s="14" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H445" s="17"/>
+    </row>
+    <row r="446" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B446" s="14">
+        <v>70435</v>
+      </c>
+      <c r="C446" s="15" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D446" s="16" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E446" s="15" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F446" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G446" s="14" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H446" s="17">
+        <v>7819383500</v>
+      </c>
+    </row>
+    <row r="447" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B447" s="14">
+        <v>64688</v>
+      </c>
+      <c r="C447" s="15" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D447" s="16" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E447" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="F447" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="G447" s="14">
+        <v>28280</v>
+      </c>
+      <c r="H447" s="17">
+        <v>8002552137</v>
+      </c>
+    </row>
+    <row r="448" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B448" s="14">
+        <v>93742</v>
+      </c>
+      <c r="C448" s="15" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D448" s="16" t="s">
+        <v>832</v>
+      </c>
+      <c r="E448" s="15" t="s">
+        <v>833</v>
+      </c>
+      <c r="F448" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G448" s="14" t="s">
+        <v>834</v>
+      </c>
+      <c r="H448" s="17">
+        <v>6516653500</v>
+      </c>
+    </row>
+    <row r="449" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B449" s="14">
+        <v>68675</v>
+      </c>
+      <c r="C449" s="15" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D449" s="16" t="s">
+        <v>539</v>
+      </c>
+      <c r="E449" s="15" t="s">
+        <v>540</v>
+      </c>
+      <c r="F449" s="14" t="s">
+        <v>514</v>
+      </c>
+      <c r="G449" s="14" t="s">
+        <v>541</v>
+      </c>
+      <c r="H449" s="17">
+        <v>8008882461</v>
+      </c>
+    </row>
+    <row r="450" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B450" s="14">
+        <v>68713</v>
+      </c>
+      <c r="C450" s="15" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D450" s="16" t="s">
+        <v>828</v>
+      </c>
+      <c r="E450" s="15" t="s">
+        <v>829</v>
+      </c>
+      <c r="F450" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G450" s="14" t="s">
+        <v>830</v>
+      </c>
+      <c r="H450" s="17">
+        <v>7709805100</v>
+      </c>
+    </row>
+    <row r="451" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B451" s="14">
+        <v>68772</v>
+      </c>
+      <c r="C451" s="15" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D451" s="16" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E451" s="15" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F451" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G451" s="14" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H451" s="17">
+        <v>6077233551</v>
+      </c>
+    </row>
+    <row r="452" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B452" s="14">
+        <v>76325</v>
+      </c>
+      <c r="C452" s="15" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D452" s="16" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E452" s="15" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F452" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="G452" s="14">
+        <v>46032</v>
+      </c>
+      <c r="H452" s="17">
+        <v>8774505824</v>
+      </c>
+    </row>
+    <row r="453" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B453" s="14">
+        <v>78662</v>
+      </c>
+      <c r="C453" s="15" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D453" s="16" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E453" s="15" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F453" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G453" s="14" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H453" s="17">
+        <v>2292286936</v>
+      </c>
+    </row>
+    <row r="454" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B454" s="14">
+        <v>11000</v>
+      </c>
+      <c r="C454" s="15" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D454" s="16" t="s">
+        <v>644</v>
+      </c>
+      <c r="E454" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F454" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G454" s="14" t="s">
+        <v>645</v>
+      </c>
+      <c r="H454" s="17">
+        <v>8605475000</v>
+      </c>
+    </row>
+    <row r="455" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B455" s="14">
+        <v>28460</v>
+      </c>
+      <c r="C455" s="15" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D455" s="16" t="s">
+        <v>823</v>
+      </c>
+      <c r="E455" s="15" t="s">
+        <v>824</v>
+      </c>
+      <c r="F455" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G455" s="14">
+        <v>54481</v>
+      </c>
+      <c r="H455" s="17">
+        <v>7153466000</v>
+      </c>
+    </row>
+    <row r="456" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B456" s="14">
+        <v>24988</v>
+      </c>
+      <c r="C456" s="15" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D456" s="16" t="s">
+        <v>823</v>
+      </c>
+      <c r="E456" s="15" t="s">
+        <v>824</v>
+      </c>
+      <c r="F456" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G456" s="14">
+        <v>54481</v>
+      </c>
+      <c r="H456" s="17">
+        <v>7153466000</v>
+      </c>
+    </row>
+    <row r="457" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B457" s="14">
+        <v>68810</v>
+      </c>
+      <c r="C457" s="15" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D457" s="16" t="s">
+        <v>823</v>
+      </c>
+      <c r="E457" s="15" t="s">
+        <v>824</v>
+      </c>
+      <c r="F457" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G457" s="14">
+        <v>54481</v>
+      </c>
+      <c r="H457" s="17">
+        <v>7153466000</v>
+      </c>
+    </row>
+    <row r="458" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B458" s="14">
+        <v>21180</v>
+      </c>
+      <c r="C458" s="15" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D458" s="16" t="s">
+        <v>823</v>
+      </c>
+      <c r="E458" s="15" t="s">
+        <v>824</v>
+      </c>
+      <c r="F458" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G458" s="14">
+        <v>54481</v>
+      </c>
+      <c r="H458" s="17">
+        <v>8003220677</v>
+      </c>
+    </row>
+    <row r="459" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B459" s="14">
+        <v>89958</v>
+      </c>
+      <c r="C459" s="15" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D459" s="16" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E459" s="15" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F459" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G459" s="14">
+        <v>11530</v>
+      </c>
+      <c r="H459" s="17">
+        <v>5168298100</v>
+      </c>
+    </row>
+    <row r="460" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B460" s="14">
+        <v>81434</v>
+      </c>
+      <c r="C460" s="15" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D460" s="16" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E460" s="15" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F460" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G460" s="14">
+        <v>11530</v>
+      </c>
+      <c r="H460" s="17">
+        <v>5168298100</v>
+      </c>
+    </row>
+    <row r="461" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B461" s="14">
+        <v>68845</v>
+      </c>
+      <c r="C461" s="15" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D461" s="16" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E461" s="15" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F461" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="G461" s="14">
+        <v>24029</v>
+      </c>
+      <c r="H461" s="17">
+        <v>5409854400</v>
+      </c>
+    </row>
+    <row r="462" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B462" s="14">
+        <v>71420</v>
+      </c>
+      <c r="C462" s="15" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D462" s="16" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E462" s="15" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F462" s="14" t="s">
+        <v>1110</v>
+      </c>
+      <c r="G462" s="14" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H462" s="17">
+        <v>7022427271</v>
+      </c>
+    </row>
+    <row r="463" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B463" s="14">
+        <v>62952</v>
+      </c>
+      <c r="C463" s="15" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D463" s="16" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E463" s="15" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F463" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="G463" s="14">
+        <v>46290</v>
+      </c>
+      <c r="H463" s="17">
+        <v>8015793400</v>
+      </c>
+    </row>
+    <row r="464" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B464" s="14">
+        <v>12575</v>
+      </c>
+      <c r="C464" s="15" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D464" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E464" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="F464" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G464" s="14">
+        <v>37064</v>
+      </c>
+      <c r="H464" s="17">
+        <v>8002644000</v>
+      </c>
+    </row>
+    <row r="465" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B465" s="14">
+        <v>38776</v>
+      </c>
+      <c r="C465" s="15" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D465" s="16" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E465" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F465" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G465" s="14">
+        <v>10007</v>
+      </c>
+      <c r="H465" s="17">
+        <v>2123122500</v>
+      </c>
+    </row>
+    <row r="466" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B466" s="14">
+        <v>38997</v>
+      </c>
+      <c r="C466" s="15" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D466" s="16" t="s">
+        <v>518</v>
+      </c>
+      <c r="E466" s="15" t="s">
+        <v>519</v>
+      </c>
+      <c r="F466" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G466" s="14">
+        <v>10577</v>
+      </c>
+      <c r="H466" s="17">
+        <v>7047592200</v>
+      </c>
+    </row>
+    <row r="467" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B467" s="14">
+        <v>20613</v>
+      </c>
+      <c r="C467" s="15" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D467" s="16" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E467" s="15" t="s">
+        <v>1121</v>
+      </c>
+      <c r="F467" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G467" s="14" t="s">
+        <v>65</v>
+      </c>
+      <c r="H467" s="17">
+        <v>8607733410</v>
+      </c>
+    </row>
+    <row r="468" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B468" s="14">
+        <v>24376</v>
+      </c>
+      <c r="C468" s="15" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D468" s="16" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E468" s="15" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F468" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G468" s="14" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H468" s="17">
+        <v>3126457909</v>
+      </c>
+    </row>
+    <row r="469" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B469" s="14">
+        <v>24767</v>
+      </c>
+      <c r="C469" s="15" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D469" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="E469" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F469" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G469" s="14" t="s">
+        <v>382</v>
+      </c>
+      <c r="H469" s="17">
+        <v>8602770111</v>
+      </c>
+    </row>
+    <row r="470" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B470" s="14">
+        <v>24791</v>
+      </c>
+      <c r="C470" s="15" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D470" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="E470" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F470" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G470" s="14" t="s">
+        <v>382</v>
+      </c>
+      <c r="H470" s="17">
+        <v>8602770111</v>
+      </c>
+    </row>
+    <row r="471" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B471" s="14">
+        <v>19224</v>
+      </c>
+      <c r="C471" s="15" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D471" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="E471" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F471" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G471" s="14" t="s">
+        <v>382</v>
+      </c>
+      <c r="H471" s="17">
+        <v>8602770111</v>
+      </c>
+    </row>
+    <row r="472" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B472" s="14">
+        <v>69019</v>
+      </c>
+      <c r="C472" s="15" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D472" s="16" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E472" s="15" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F472" s="14" t="s">
+        <v>1132</v>
+      </c>
+      <c r="G472" s="14" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H472" s="17">
+        <v>9713217000</v>
+      </c>
+    </row>
+    <row r="473" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B473" s="14">
+        <v>86355</v>
+      </c>
+      <c r="C473" s="15" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D473" s="16" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E473" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="F473" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G473" s="14">
+        <v>45201</v>
+      </c>
+      <c r="H473" s="17">
+        <v>4097666448</v>
+      </c>
+    </row>
+    <row r="474" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B474" s="14">
+        <v>71706</v>
+      </c>
+      <c r="C474" s="15" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D474" s="16" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E474" s="15" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F474" s="14" t="s">
+        <v>259</v>
+      </c>
+      <c r="G474" s="14" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H474" s="17">
+        <v>8015360376</v>
+      </c>
+    </row>
+    <row r="475" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B475" s="14">
+        <v>69078</v>
+      </c>
+      <c r="C475" s="15" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D475" s="16" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E475" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F475" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G475" s="14" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H475" s="17">
+        <v>2123554141</v>
+      </c>
+    </row>
+    <row r="476" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B476" s="14">
+        <v>18023</v>
+      </c>
+      <c r="C476" s="15" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D476" s="16" t="s">
+        <v>1144</v>
+      </c>
+      <c r="E476" s="15" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F476" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="G476" s="14">
+        <v>48034</v>
+      </c>
+      <c r="H476" s="17">
+        <v>8004822726</v>
+      </c>
+    </row>
+    <row r="477" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B477" s="14">
+        <v>68985</v>
+      </c>
+      <c r="C477" s="15" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D477" s="16" t="s">
+        <v>1147</v>
+      </c>
+      <c r="E477" s="15" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F477" s="14" t="s">
+        <v>640</v>
+      </c>
+      <c r="G477" s="14">
+        <v>70898</v>
+      </c>
+      <c r="H477" s="17">
+        <v>2075752211</v>
+      </c>
+    </row>
+    <row r="478" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B478" s="14">
+        <v>40045</v>
+      </c>
+      <c r="C478" s="15" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D478" s="16" t="s">
+        <v>360</v>
+      </c>
+      <c r="E478" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F478" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G478" s="14" t="s">
+        <v>315</v>
+      </c>
+      <c r="H478" s="17">
+        <v>8008662308</v>
+      </c>
+    </row>
+    <row r="479" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B479" s="14">
+        <v>38318</v>
+      </c>
+      <c r="C479" s="15" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D479" s="16" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E479" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F479" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G479" s="14">
+        <v>10022</v>
+      </c>
+      <c r="H479" s="17">
+        <v>6462276523</v>
+      </c>
+    </row>
+    <row r="480" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B480" s="14">
+        <v>16109</v>
+      </c>
+      <c r="C480" s="15" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D480" s="16" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E480" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F480" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G480" s="14">
+        <v>10022</v>
+      </c>
+      <c r="H480" s="17">
+        <v>6462276400</v>
+      </c>
+    </row>
+    <row r="481" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B481" s="14">
+        <v>25496</v>
+      </c>
+      <c r="C481" s="15" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D481" s="16" t="s">
+        <v>1154</v>
+      </c>
+      <c r="E481" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="F481" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G481" s="14">
+        <v>45201</v>
+      </c>
+      <c r="H481" s="17">
+        <v>2017437700</v>
+      </c>
+    </row>
+    <row r="482" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B482" s="14">
+        <v>25143</v>
+      </c>
+      <c r="C482" s="15" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D482" s="16" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E482" s="15" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F482" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G482" s="14">
+        <v>61710</v>
+      </c>
+      <c r="H482" s="17">
+        <v>3097662020</v>
+      </c>
+    </row>
+    <row r="483" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B483" s="14">
+        <v>25178</v>
+      </c>
+      <c r="C483" s="15" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D483" s="16" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E483" s="15" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F483" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G483" s="14">
+        <v>61710</v>
+      </c>
+      <c r="H483" s="17">
+        <v>3097662311</v>
+      </c>
+    </row>
+    <row r="484" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B484" s="14">
+        <v>69132</v>
+      </c>
+      <c r="C484" s="15" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D484" s="16" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E484" s="15" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F484" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G484" s="14" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H484" s="17">
+        <v>7062911054</v>
+      </c>
+    </row>
+    <row r="485" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B485" s="14">
+        <v>89184</v>
+      </c>
+      <c r="C485" s="15" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D485" s="16" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E485" s="15" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F485" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="G485" s="14">
+        <v>46290</v>
+      </c>
+      <c r="H485" s="17">
+        <v>3172082200</v>
+      </c>
+    </row>
+    <row r="486" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B486" s="14">
+        <v>77399</v>
+      </c>
+      <c r="C486" s="15" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D486" s="16" t="s">
+        <v>661</v>
+      </c>
+      <c r="E486" s="15" t="s">
+        <v>662</v>
+      </c>
+      <c r="F486" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G486" s="14">
+        <v>37228</v>
+      </c>
+      <c r="H486" s="17">
+        <v>8006880010</v>
+      </c>
+    </row>
+    <row r="487" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B487" s="14">
+        <v>10340</v>
+      </c>
+      <c r="C487" s="15" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D487" s="16" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E487" s="15" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F487" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G487" s="14">
+        <v>53596</v>
+      </c>
+      <c r="H487" s="17">
+        <v>2124221212</v>
+      </c>
+    </row>
+    <row r="488" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B488" s="14">
+        <v>11024</v>
+      </c>
+      <c r="C488" s="15" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D488" s="16" t="s">
+        <v>629</v>
+      </c>
+      <c r="E488" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="F488" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G488" s="14">
+        <v>10118</v>
+      </c>
+      <c r="H488" s="17">
+        <v>2126839700</v>
+      </c>
+    </row>
+    <row r="489" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B489" s="14">
+        <v>80926</v>
+      </c>
+      <c r="C489" s="15" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D489" s="16" t="s">
+        <v>480</v>
+      </c>
+      <c r="E489" s="15" t="s">
+        <v>481</v>
+      </c>
+      <c r="F489" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G489" s="14" t="s">
+        <v>482</v>
+      </c>
+      <c r="H489" s="17">
+        <v>7814163184</v>
+      </c>
+    </row>
+    <row r="490" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B490" s="14">
+        <v>80802</v>
+      </c>
+      <c r="C490" s="15" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D490" s="16" t="s">
+        <v>480</v>
+      </c>
+      <c r="E490" s="15" t="s">
+        <v>481</v>
+      </c>
+      <c r="F490" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G490" s="14" t="s">
+        <v>482</v>
+      </c>
+      <c r="H490" s="17">
+        <v>8007527217</v>
+      </c>
+    </row>
+    <row r="491" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B491" s="14">
+        <v>69310</v>
+      </c>
+      <c r="C491" s="15" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D491" s="16" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E491" s="15" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F491" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G491" s="14">
+        <v>64086</v>
+      </c>
+      <c r="H491" s="17"/>
+    </row>
+    <row r="492" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B492" s="14">
+        <v>29874</v>
+      </c>
+      <c r="C492" s="15" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D492" s="16" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E492" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="F492" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G492" s="14" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H492" s="17">
+        <v>8162353700</v>
+      </c>
+    </row>
+    <row r="493" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B493" s="14">
+        <v>29700</v>
+      </c>
+      <c r="C493" s="15" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D493" s="16" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E493" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="F493" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G493" s="14" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H493" s="17">
+        <v>8162353700</v>
+      </c>
+    </row>
+    <row r="494" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B494" s="14">
+        <v>68608</v>
+      </c>
+      <c r="C494" s="15" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D494" s="16" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E494" s="15" t="s">
+        <v>984</v>
+      </c>
+      <c r="F494" s="14" t="s">
+        <v>566</v>
+      </c>
+      <c r="G494" s="14" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H494" s="17">
+        <v>8007963872</v>
+      </c>
+    </row>
+    <row r="495" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B495" s="14">
+        <v>71153</v>
+      </c>
+      <c r="C495" s="15" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D495" s="16" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E495" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F495" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G495" s="14" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H495" s="17">
+        <v>8008626668</v>
+      </c>
+    </row>
+    <row r="496" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B496" s="14">
+        <v>88072</v>
+      </c>
+      <c r="C496" s="15" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D496" s="16" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E496" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F496" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G496" s="14" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H496" s="17">
+        <v>8008626668</v>
+      </c>
+    </row>
+    <row r="497" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B497" s="14">
+        <v>69345</v>
+      </c>
+      <c r="C497" s="15" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D497" s="16" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E497" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F497" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G497" s="14">
+        <v>10017</v>
+      </c>
+      <c r="H497" s="17">
+        <v>7049884187</v>
+      </c>
+    </row>
+    <row r="498" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B498" s="14">
+        <v>42376</v>
+      </c>
+      <c r="C498" s="15" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D498" s="16" t="s">
+        <v>1187</v>
+      </c>
+      <c r="E498" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F498" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G498" s="14">
+        <v>44114</v>
+      </c>
+      <c r="H498" s="17">
+        <v>2122207120</v>
+      </c>
+    </row>
+    <row r="499" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B499" s="14">
+        <v>24813</v>
+      </c>
+      <c r="C499" s="15" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D499" s="16" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E499" s="15" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F499" s="14" t="s">
+        <v>259</v>
+      </c>
+      <c r="G499" s="14">
+        <v>84020</v>
+      </c>
+      <c r="H499" s="17">
+        <v>5106960257</v>
+      </c>
+    </row>
+    <row r="500" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B500" s="14">
+        <v>60142</v>
+      </c>
+      <c r="C500" s="15" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D500" s="16" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E500" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F500" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G500" s="14">
+        <v>10017</v>
+      </c>
+      <c r="H500" s="17">
+        <v>7049884187</v>
+      </c>
+    </row>
+    <row r="501" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B501" s="14">
+        <v>92908</v>
+      </c>
+      <c r="C501" s="15" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D501" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="E501" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F501" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G501" s="14" t="s">
+        <v>129</v>
+      </c>
+      <c r="H501" s="17">
+        <v>7063233431</v>
+      </c>
+    </row>
+    <row r="502" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B502" s="14">
+        <v>25534</v>
+      </c>
+      <c r="C502" s="15" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D502" s="16" t="s">
+        <v>1194</v>
+      </c>
+      <c r="E502" s="15" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F502" s="14" t="s">
+        <v>1196</v>
+      </c>
+      <c r="G502" s="14" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H502" s="17">
+        <v>8587162055</v>
+      </c>
+    </row>
+    <row r="503" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B503" s="14">
+        <v>44245</v>
+      </c>
+      <c r="C503" s="15" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D503" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E503" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F503" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G503" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="H503" s="17">
+        <v>3022522000</v>
+      </c>
+    </row>
+    <row r="504" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B504" s="14">
+        <v>10952</v>
+      </c>
+      <c r="C504" s="15" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D504" s="16" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E504" s="15" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F504" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G504" s="14">
+        <v>52499</v>
+      </c>
+      <c r="H504" s="17">
+        <v>8005279027</v>
+      </c>
+    </row>
+    <row r="505" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B505" s="14">
+        <v>70688</v>
+      </c>
+      <c r="C505" s="15" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D505" s="16" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E505" s="15" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F505" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G505" s="14">
+        <v>10528</v>
+      </c>
+      <c r="H505" s="17">
+        <v>9146273630</v>
+      </c>
+    </row>
+    <row r="506" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B506" s="14">
+        <v>86231</v>
+      </c>
+      <c r="C506" s="15" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D506" s="16" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E506" s="15" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F506" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G506" s="14">
+        <v>52499</v>
+      </c>
+      <c r="H506" s="17">
+        <v>3193558511</v>
+      </c>
+    </row>
+    <row r="507" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B507" s="14">
+        <v>20494</v>
+      </c>
+      <c r="C507" s="15" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D507" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E507" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F507" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G507" s="14">
+        <v>60606</v>
+      </c>
+      <c r="H507" s="17">
+        <v>3128225000</v>
+      </c>
+    </row>
+    <row r="508" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B508" s="14">
+        <v>19038</v>
+      </c>
+      <c r="C508" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D508" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="E508" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F508" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G508" s="14" t="s">
+        <v>382</v>
+      </c>
+      <c r="H508" s="17">
+        <v>8602770111</v>
+      </c>
+    </row>
+    <row r="509" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B509" s="14">
+        <v>19046</v>
+      </c>
+      <c r="C509" s="15" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D509" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="E509" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F509" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G509" s="14" t="s">
+        <v>382</v>
+      </c>
+      <c r="H509" s="17">
+        <v>8602770111</v>
+      </c>
+    </row>
+    <row r="510" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B510" s="14">
+        <v>25658</v>
+      </c>
+      <c r="C510" s="15" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D510" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="E510" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F510" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G510" s="14" t="s">
+        <v>382</v>
+      </c>
+      <c r="H510" s="17">
+        <v>8602770111</v>
+      </c>
+    </row>
+    <row r="511" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B511" s="14">
+        <v>25682</v>
+      </c>
+      <c r="C511" s="15" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D511" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="E511" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F511" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G511" s="14" t="s">
+        <v>382</v>
+      </c>
+      <c r="H511" s="17"/>
+    </row>
+    <row r="512" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B512" s="14">
+        <v>31003</v>
+      </c>
+      <c r="C512" s="15" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D512" s="16" t="s">
+        <v>360</v>
+      </c>
+      <c r="E512" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F512" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G512" s="14" t="s">
+        <v>315</v>
+      </c>
+      <c r="H512" s="17">
+        <v>5154733000</v>
+      </c>
+    </row>
+    <row r="513" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B513" s="14">
+        <v>38873</v>
+      </c>
+      <c r="C513" s="15" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D513" s="16" t="s">
+        <v>858</v>
+      </c>
+      <c r="E513" s="15" t="s">
+        <v>859</v>
+      </c>
+      <c r="F513" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G513" s="14" t="s">
+        <v>533</v>
+      </c>
+      <c r="H513" s="17">
+        <v>6092507841</v>
+      </c>
+    </row>
+    <row r="514" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B514" s="14">
+        <v>92525</v>
+      </c>
+      <c r="C514" s="15" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D514" s="16" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E514" s="15" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F514" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G514" s="14">
+        <v>60563</v>
+      </c>
+      <c r="H514" s="17">
+        <v>6307184782</v>
+      </c>
+    </row>
+    <row r="515" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B515" s="14">
+        <v>61425</v>
+      </c>
+      <c r="C515" s="15" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D515" s="16" t="s">
+        <v>1217</v>
+      </c>
+      <c r="E515" s="15" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F515" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G515" s="14" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H515" s="17">
+        <v>8472834145</v>
+      </c>
+    </row>
+    <row r="516" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B516" s="14">
+        <v>62863</v>
+      </c>
+      <c r="C516" s="15" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D516" s="16" t="s">
+        <v>1217</v>
+      </c>
+      <c r="E516" s="15" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F516" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G516" s="14" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H516" s="17">
+        <v>8472834145</v>
+      </c>
+    </row>
+    <row r="517" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B517" s="14">
+        <v>60117</v>
+      </c>
+      <c r="C517" s="15" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D517" s="16" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E517" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="F517" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G517" s="14" t="s">
+        <v>677</v>
+      </c>
+      <c r="H517" s="17">
+        <v>6179729400</v>
+      </c>
+    </row>
+    <row r="518" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B518" s="14">
+        <v>84530</v>
+      </c>
+      <c r="C518" s="15" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D518" s="16" t="s">
+        <v>664</v>
+      </c>
+      <c r="E518" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F518" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G518" s="14">
+        <v>60606</v>
+      </c>
+      <c r="H518" s="17">
+        <v>3129770900</v>
+      </c>
+    </row>
+    <row r="519" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B519" s="14">
+        <v>29599</v>
+      </c>
+      <c r="C519" s="15" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D519" s="16" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E519" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="F519" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G519" s="14">
+        <v>77040</v>
+      </c>
+      <c r="H519" s="17">
+        <v>7134621000</v>
+      </c>
+    </row>
+    <row r="520" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B520" s="14">
+        <v>11121</v>
+      </c>
+      <c r="C520" s="15" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D520" s="16" t="s">
+        <v>1227</v>
+      </c>
+      <c r="E520" s="15" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F520" s="14" t="s">
+        <v>514</v>
+      </c>
+      <c r="G520" s="14">
+        <v>66213</v>
+      </c>
+      <c r="H520" s="17">
+        <v>8002374463</v>
+      </c>
+    </row>
+    <row r="521" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B521" s="14">
+        <v>91529</v>
+      </c>
+      <c r="C521" s="15" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D521" s="16" t="s">
+        <v>950</v>
+      </c>
+      <c r="E521" s="15" t="s">
+        <v>951</v>
+      </c>
+      <c r="F521" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G521" s="14">
+        <v>55344</v>
+      </c>
+      <c r="H521" s="17">
+        <v>8778327734</v>
+      </c>
+    </row>
+    <row r="522" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B522" s="14">
+        <v>62596</v>
+      </c>
+      <c r="C522" s="15" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D522" s="16" t="s">
+        <v>512</v>
+      </c>
+      <c r="E522" s="15" t="s">
+        <v>513</v>
+      </c>
+      <c r="F522" s="14" t="s">
+        <v>514</v>
+      </c>
+      <c r="G522" s="14">
+        <v>66211</v>
+      </c>
+      <c r="H522" s="17"/>
+    </row>
+    <row r="523" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B523" s="14">
+        <v>25844</v>
+      </c>
+      <c r="C523" s="15" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D523" s="16" t="s">
+        <v>360</v>
+      </c>
+      <c r="E523" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F523" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G523" s="14" t="s">
+        <v>315</v>
+      </c>
+      <c r="H523" s="17">
+        <v>8002352942</v>
+      </c>
+    </row>
+    <row r="524" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B524" s="14">
+        <v>69744</v>
+      </c>
+      <c r="C524" s="15" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D524" s="16" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E524" s="15" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F524" s="14" t="s">
+        <v>286</v>
+      </c>
+      <c r="G524" s="14">
+        <v>20910</v>
+      </c>
+      <c r="H524" s="17">
+        <v>8004315425</v>
+      </c>
+    </row>
+    <row r="525" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B525" s="14">
+        <v>70408</v>
+      </c>
+      <c r="C525" s="15" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D525" s="16" t="s">
+        <v>416</v>
+      </c>
+      <c r="E525" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="F525" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G525" s="14">
+        <v>53705</v>
+      </c>
+      <c r="H525" s="17">
+        <v>6082385851</v>
+      </c>
+    </row>
+    <row r="526" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B526" s="14">
+        <v>92916</v>
+      </c>
+      <c r="C526" s="15" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D526" s="16" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E526" s="15" t="s">
+        <v>615</v>
+      </c>
+      <c r="F526" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G526" s="14">
+        <v>75070</v>
+      </c>
+      <c r="H526" s="17">
+        <v>8003312512</v>
+      </c>
+    </row>
+    <row r="527" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B527" s="14">
+        <v>85766</v>
+      </c>
+      <c r="C527" s="15" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D527" s="16" t="s">
+        <v>1239</v>
+      </c>
+      <c r="E527" s="15" t="s">
+        <v>1240</v>
+      </c>
+      <c r="F527" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G527" s="14">
+        <v>17011</v>
+      </c>
+      <c r="H527" s="17">
+        <v>8009290538</v>
+      </c>
+    </row>
+    <row r="528" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B528" s="14">
+        <v>87645</v>
+      </c>
+      <c r="C528" s="15" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D528" s="16" t="s">
+        <v>193</v>
+      </c>
+      <c r="E528" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="F528" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G528" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="H528" s="17"/>
+    </row>
+    <row r="529" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B529" s="14">
+        <v>13021</v>
+      </c>
+      <c r="C529" s="15" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D529" s="16" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E529" s="15" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F529" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G529" s="14" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H529" s="17">
+        <v>3193995700</v>
+      </c>
+    </row>
+    <row r="530" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B530" s="14">
+        <v>63983</v>
+      </c>
+      <c r="C530" s="15" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D530" s="16" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E530" s="15" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F530" s="14" t="s">
+        <v>1248</v>
+      </c>
+      <c r="G530" s="14" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H530" s="17">
+        <v>2084936100</v>
+      </c>
+    </row>
+    <row r="531" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B531" s="14">
+        <v>69930</v>
+      </c>
+      <c r="C531" s="15" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D531" s="16" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E531" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="F531" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G531" s="14">
+        <v>63017</v>
+      </c>
+      <c r="H531" s="17">
+        <v>8007778467</v>
+      </c>
+    </row>
+    <row r="532" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B532" s="14">
+        <v>69868</v>
+      </c>
+      <c r="C532" s="15" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D532" s="16" t="s">
+        <v>865</v>
+      </c>
+      <c r="E532" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="F532" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G532" s="14">
+        <v>68175</v>
+      </c>
+      <c r="H532" s="17">
+        <v>4023427600</v>
+      </c>
+    </row>
+    <row r="533" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B533" s="14">
+        <v>25887</v>
+      </c>
+      <c r="C533" s="15" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D533" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="E533" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F533" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G533" s="14" t="s">
+        <v>382</v>
+      </c>
+      <c r="H533" s="17">
+        <v>8003282189</v>
+      </c>
+    </row>
+    <row r="534" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B534" s="14">
+        <v>21113</v>
+      </c>
+      <c r="C534" s="15" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D534" s="16" t="s">
+        <v>844</v>
+      </c>
+      <c r="E534" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="F534" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G534" s="14" t="s">
+        <v>845</v>
+      </c>
+      <c r="H534" s="17"/>
+    </row>
+    <row r="535" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B535" s="14">
+        <v>70106</v>
+      </c>
+      <c r="C535" s="15" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D535" s="16" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E535" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="F535" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G535" s="14">
+        <v>77251</v>
+      </c>
+      <c r="H535" s="17">
+        <v>2124586261</v>
+      </c>
+    </row>
+    <row r="536" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B536" s="14">
+        <v>72850</v>
+      </c>
+      <c r="C536" s="15" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D536" s="16" t="s">
+        <v>865</v>
+      </c>
+      <c r="E536" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="F536" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G536" s="14">
+        <v>68175</v>
+      </c>
+      <c r="H536" s="17"/>
+    </row>
+    <row r="537" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B537" s="14">
+        <v>79413</v>
+      </c>
+      <c r="C537" s="15" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D537" s="16" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E537" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F537" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G537" s="14" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H537" s="17"/>
+    </row>
+    <row r="538" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B538" s="14">
+        <v>84549</v>
+      </c>
+      <c r="C538" s="15" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D538" s="16" t="s">
+        <v>357</v>
+      </c>
+      <c r="E538" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="F538" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G538" s="14">
+        <v>55343</v>
+      </c>
+      <c r="H538" s="17">
+        <v>2242311451</v>
+      </c>
+    </row>
+    <row r="539" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B539" s="14">
+        <v>60318</v>
+      </c>
+      <c r="C539" s="15" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D539" s="16" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E539" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="F539" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G539" s="14" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H539" s="17">
+        <v>3124244460</v>
+      </c>
+    </row>
+    <row r="540" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B540" s="14">
+        <v>41181</v>
+      </c>
+      <c r="C540" s="15" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D540" s="16" t="s">
+        <v>142</v>
+      </c>
+      <c r="E540" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="F540" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G540" s="14" t="s">
+        <v>144</v>
+      </c>
+      <c r="H540" s="17">
+        <v>8476053348</v>
+      </c>
+    </row>
+    <row r="541" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B541" s="14">
+        <v>67601</v>
+      </c>
+      <c r="C541" s="15" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D541" s="16" t="s">
+        <v>969</v>
+      </c>
+      <c r="E541" s="15" t="s">
+        <v>970</v>
+      </c>
+      <c r="F541" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G541" s="14" t="s">
+        <v>971</v>
+      </c>
+      <c r="H541" s="17">
+        <v>4232941011</v>
+      </c>
+    </row>
+    <row r="542" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B542" s="14">
+        <v>62235</v>
+      </c>
+      <c r="C542" s="15" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D542" s="16" t="s">
+        <v>1266</v>
+      </c>
+      <c r="E542" s="15" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F542" s="14" t="s">
         <v>35</v>
       </c>
-      <c r="F13" s="19" t="s">
-[...19 lines deleted...]
-      <c r="E14" s="20" t="s">
+      <c r="G542" s="14" t="s">
+        <v>1268</v>
+      </c>
+      <c r="H542" s="17">
+        <v>2075752211</v>
+      </c>
+    </row>
+    <row r="543" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B543" s="14">
+        <v>69663</v>
+      </c>
+      <c r="C543" s="15" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D543" s="16" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E543" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="F543" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G543" s="14">
+        <v>78288</v>
+      </c>
+      <c r="H543" s="17">
+        <v>2104988000</v>
+      </c>
+    </row>
+    <row r="544" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B544" s="14">
+        <v>94358</v>
+      </c>
+      <c r="C544" s="15" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D544" s="16" t="s">
+        <v>1272</v>
+      </c>
+      <c r="E544" s="15" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F544" s="14" t="s">
+        <v>1274</v>
+      </c>
+      <c r="G544" s="14" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H544" s="17">
+        <v>8006480271</v>
+      </c>
+    </row>
+    <row r="545" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B545" s="14">
+        <v>25976</v>
+      </c>
+      <c r="C545" s="15" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D545" s="16" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E545" s="15" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F545" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G545" s="14" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H545" s="17">
+        <v>8002741914</v>
+      </c>
+    </row>
+    <row r="546" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B546" s="14">
+        <v>20508</v>
+      </c>
+      <c r="C546" s="15" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D546" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E546" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F546" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G546" s="14">
+        <v>60606</v>
+      </c>
+      <c r="H546" s="17">
+        <v>3128225000</v>
+      </c>
+    </row>
+    <row r="547" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B547" s="14">
+        <v>44768</v>
+      </c>
+      <c r="C547" s="15" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D547" s="16" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E547" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F547" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G547" s="14">
+        <v>10038</v>
+      </c>
+      <c r="H547" s="17">
+        <v>8602841300</v>
+      </c>
+    </row>
+    <row r="548" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B548" s="14">
+        <v>80942</v>
+      </c>
+      <c r="C548" s="15" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D548" s="16" t="s">
+        <v>1284</v>
+      </c>
+      <c r="E548" s="15" t="s">
+        <v>829</v>
+      </c>
+      <c r="F548" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G548" s="14">
+        <v>19380</v>
+      </c>
+      <c r="H548" s="17">
+        <v>7709805100</v>
+      </c>
+    </row>
+    <row r="549" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B549" s="14">
+        <v>20397</v>
+      </c>
+      <c r="C549" s="15" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D549" s="16" t="s">
+        <v>545</v>
+      </c>
+      <c r="E549" s="15" t="s">
+        <v>546</v>
+      </c>
+      <c r="F549" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G549" s="14" t="s">
+        <v>547</v>
+      </c>
+      <c r="H549" s="17"/>
+    </row>
+    <row r="550" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B550" s="14">
+        <v>40827</v>
+      </c>
+      <c r="C550" s="15" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D550" s="16" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E550" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F550" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G550" s="14">
+        <v>60604</v>
+      </c>
+      <c r="H550" s="17">
+        <v>3123563000</v>
+      </c>
+    </row>
+    <row r="551" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B551" s="14">
+        <v>39616</v>
+      </c>
+      <c r="C551" s="15" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D551" s="16" t="s">
+        <v>1289</v>
+      </c>
+      <c r="E551" s="15" t="s">
+        <v>1290</v>
+      </c>
+      <c r="F551" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G551" s="14">
+        <v>95670</v>
+      </c>
+      <c r="H551" s="17">
+        <v>8008777195</v>
+      </c>
+    </row>
+    <row r="552" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B552" s="14">
+        <v>86509</v>
+      </c>
+      <c r="C552" s="15" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D552" s="16" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E552" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="F552" s="14" t="s">
         <v>40</v>
       </c>
-      <c r="F14" s="19" t="s">
-[...63 lines deleted...]
-      <c r="E17" s="20" t="s">
+      <c r="G552" s="14" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H552" s="17">
+        <v>8605804646</v>
+      </c>
+    </row>
+    <row r="553" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B553" s="14">
+        <v>70319</v>
+      </c>
+      <c r="C553" s="15" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D553" s="16" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E553" s="15" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F553" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="G553" s="14">
+        <v>46032</v>
+      </c>
+      <c r="H553" s="17">
+        <v>8008884918</v>
+      </c>
+    </row>
+    <row r="554" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B554" s="14">
+        <v>26425</v>
+      </c>
+      <c r="C554" s="15" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D554" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="E554" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F554" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G554" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H554" s="17">
+        <v>6173579500</v>
+      </c>
+    </row>
+    <row r="555" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B555" s="14">
+        <v>26042</v>
+      </c>
+      <c r="C555" s="15" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D555" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="E555" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="F555" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G555" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H555" s="17">
+        <v>6173579500</v>
+      </c>
+    </row>
+    <row r="556" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B556" s="14">
+        <v>21865</v>
+      </c>
+      <c r="C556" s="15" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D556" s="16" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E556" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="F556" s="14" t="s">
+        <v>259</v>
+      </c>
+      <c r="G556" s="14" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H556" s="17">
+        <v>9168881716</v>
+      </c>
+    </row>
+    <row r="557" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B557" s="14">
+        <v>64467</v>
+      </c>
+      <c r="C557" s="15" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D557" s="16" t="s">
+        <v>167</v>
+      </c>
+      <c r="E557" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="F557" s="14" t="s">
         <v>52</v>
       </c>
-      <c r="F17" s="19" t="s">
-[...19 lines deleted...]
-      <c r="E18" s="20" t="s">
+      <c r="G557" s="14">
+        <v>33634</v>
+      </c>
+      <c r="H557" s="17">
+        <v>5022535100</v>
+      </c>
+    </row>
+    <row r="558" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B558" s="14">
+        <v>10155</v>
+      </c>
+      <c r="C558" s="15" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D558" s="16" t="s">
+        <v>167</v>
+      </c>
+      <c r="E558" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="F558" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G558" s="14">
+        <v>33634</v>
+      </c>
+      <c r="H558" s="17">
+        <v>8132906200</v>
+      </c>
+    </row>
+    <row r="559" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B559" s="14">
+        <v>32280</v>
+      </c>
+      <c r="C559" s="15" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D559" s="16" t="s">
+        <v>1302</v>
+      </c>
+      <c r="E559" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="F559" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="G559" s="14" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H559" s="17">
+        <v>8004633776</v>
+      </c>
+    </row>
+    <row r="560" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B560" s="14">
+        <v>20931</v>
+      </c>
+      <c r="C560" s="15" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D560" s="16" t="s">
+        <v>1302</v>
+      </c>
+      <c r="E560" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="F560" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="G560" s="14" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H560" s="17">
+        <v>8004633776</v>
+      </c>
+    </row>
+    <row r="561" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B561" s="14">
+        <v>80314</v>
+      </c>
+      <c r="C561" s="15" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D561" s="16" t="s">
+        <v>1306</v>
+      </c>
+      <c r="E561" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F561" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G561" s="14">
+        <v>60606</v>
+      </c>
+      <c r="H561" s="17"/>
+    </row>
+    <row r="562" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B562" s="14">
+        <v>25011</v>
+      </c>
+      <c r="C562" s="15" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D562" s="16" t="s">
+        <v>1187</v>
+      </c>
+      <c r="E562" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F562" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G562" s="14">
+        <v>44114</v>
+      </c>
+      <c r="H562" s="17"/>
+    </row>
+    <row r="563" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B563" s="14">
+        <v>92622</v>
+      </c>
+      <c r="C563" s="15" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D563" s="16" t="s">
+        <v>733</v>
+      </c>
+      <c r="E563" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="F563" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G563" s="14">
+        <v>45202</v>
+      </c>
+      <c r="H563" s="17">
+        <v>5136291800</v>
+      </c>
+    </row>
+    <row r="564" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B564" s="14">
+        <v>85189</v>
+      </c>
+      <c r="C564" s="15" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D564" s="16" t="s">
+        <v>561</v>
+      </c>
+      <c r="E564" s="15" t="s">
+        <v>562</v>
+      </c>
+      <c r="F564" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G564" s="14">
+        <v>77092</v>
+      </c>
+      <c r="H564" s="17">
+        <v>7135290045</v>
+      </c>
+    </row>
+    <row r="565" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B565" s="14">
+        <v>17105</v>
+      </c>
+      <c r="C565" s="15" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D565" s="16" t="s">
+        <v>931</v>
+      </c>
+      <c r="E565" s="15" t="s">
+        <v>932</v>
+      </c>
+      <c r="F565" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G565" s="14" t="s">
+        <v>933</v>
+      </c>
+      <c r="H565" s="17">
+        <v>3308870101</v>
+      </c>
+    </row>
+    <row r="566" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B566" s="14">
+        <v>11981</v>
+      </c>
+      <c r="C566" s="15" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D566" s="16" t="s">
+        <v>211</v>
+      </c>
+      <c r="E566" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="F566" s="14" t="s">
         <v>56</v>
       </c>
-      <c r="F18" s="19" t="s">
-[...63 lines deleted...]
-      <c r="E21" s="20" t="s">
+      <c r="G566" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="H566" s="17">
+        <v>5708259900</v>
+      </c>
+    </row>
+    <row r="567" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B567" s="14">
+        <v>39845</v>
+      </c>
+      <c r="C567" s="15" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D567" s="16" t="s">
+        <v>1313</v>
+      </c>
+      <c r="E567" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="F567" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="G567" s="14" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H567" s="17">
+        <v>9136765200</v>
+      </c>
+    </row>
+    <row r="568" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B568" s="14">
+        <v>62413</v>
+      </c>
+      <c r="C568" s="15" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D568" s="16" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E568" s="15" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F568" s="14" t="s">
         <v>64</v>
       </c>
-      <c r="F21" s="19" t="s">
-[...380 lines deleted...]
-      <c r="D38" s="21" t="s">
+      <c r="G568" s="14" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H568" s="17"/>
+    </row>
+    <row r="569" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B569" s="14">
+        <v>66133</v>
+      </c>
+      <c r="C569" s="15" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D569" s="16" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E569" s="15" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F569" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G569" s="14" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H569" s="17"/>
+    </row>
+    <row r="570" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B570" s="14">
+        <v>60704</v>
+      </c>
+      <c r="C570" s="15" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D570" s="16" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E570" s="15" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F570" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G570" s="14" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H570" s="17">
+        <v>8008531969</v>
+      </c>
+    </row>
+    <row r="571" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B571" s="14">
+        <v>53139</v>
+      </c>
+      <c r="C571" s="15" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D571" s="16" t="s">
+        <v>1321</v>
+      </c>
+      <c r="E571" s="15" t="s">
         <v>123</v>
       </c>
-      <c r="E38" s="20" t="s">
+      <c r="F571" s="14" t="s">
         <v>124</v>
       </c>
-      <c r="F38" s="19" t="s">
-[...105 lines deleted...]
-      <c r="C43" s="20" t="s">
+      <c r="G571" s="14" t="s">
+        <v>1322</v>
+      </c>
+      <c r="H571" s="17">
+        <v>6089775000</v>
+      </c>
+    </row>
+    <row r="572" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B572" s="14">
+        <v>31232</v>
+      </c>
+      <c r="C572" s="15" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D572" s="16" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E572" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="F572" s="14" t="s">
+        <v>259</v>
+      </c>
+      <c r="G572" s="14">
+        <v>84121</v>
+      </c>
+      <c r="H572" s="17"/>
+    </row>
+    <row r="573" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B573" s="14">
+        <v>80055</v>
+      </c>
+      <c r="C573" s="15" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D573" s="16" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E573" s="15" t="s">
+        <v>1327</v>
+      </c>
+      <c r="F573" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G573" s="14">
+        <v>53202</v>
+      </c>
+      <c r="H573" s="17">
+        <v>4142091984</v>
+      </c>
+    </row>
+    <row r="574" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B574" s="14">
+        <v>26220</v>
+      </c>
+      <c r="C574" s="15" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D574" s="16" t="s">
+        <v>402</v>
+      </c>
+      <c r="E574" s="15" t="s">
+        <v>403</v>
+      </c>
+      <c r="F574" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G574" s="14">
+        <v>33701</v>
+      </c>
+      <c r="H574" s="17"/>
+    </row>
+    <row r="575" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B575" s="14">
+        <v>16535</v>
+      </c>
+      <c r="C575" s="15" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D575" s="16" t="s">
         <v>142</v>
       </c>
-      <c r="D43" s="21" t="s">
+      <c r="E575" s="15" t="s">
         <v>143</v>
       </c>
-      <c r="E43" s="20" t="s">
+      <c r="F575" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G575" s="14" t="s">
         <v>144</v>
       </c>
-      <c r="F43" s="19" t="s">
-[...376 lines deleted...]
-      <c r="D60" s="21" t="s">
+      <c r="H575" s="17"/>
+    </row>
+    <row r="576" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B576" s="14">
+        <v>27855</v>
+      </c>
+      <c r="C576" s="15" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D576" s="16" t="s">
+        <v>142</v>
+      </c>
+      <c r="E576" s="15" t="s">
         <v>143</v>
       </c>
-      <c r="E60" s="20" t="s">
+      <c r="F576" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G576" s="14" t="s">
         <v>144</v>
       </c>
-      <c r="F60" s="19" t="s">
-[...795 lines deleted...]
-      <c r="E95" s="20" t="s">
+      <c r="H576" s="17">
+        <v>8476056000</v>
+      </c>
+    </row>
+    <row r="577" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B577" s="14">
+        <v>90557</v>
+      </c>
+      <c r="C577" s="15" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D577" s="16" t="s">
+        <v>142</v>
+      </c>
+      <c r="E577" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="F577" s="14" t="s">
         <v>19</v>
       </c>
-      <c r="F95" s="19" t="s">
-[...1757 lines deleted...]
-      <c r="E172" s="20" t="s">
+      <c r="G577" s="14" t="s">
         <v>144</v>
       </c>
-      <c r="F172" s="19" t="s">
-[...9263 lines deleted...]
-      <c r="H578" s="22">
+      <c r="H577" s="17">
         <v>8773015376</v>
       </c>
     </row>
+    <row r="578" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="579" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="580" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="581" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="582" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="583" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="584" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="585" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="586" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="587" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="588" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="589" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="590" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="591" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="592" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="593" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="594" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="595" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="596" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="597" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="598" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="599" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="600" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="601" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="602" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="603" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
@@ -19951,51 +19920,51 @@
     <row r="2634" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2635" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2636" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2637" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2638" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2639" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2640" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2641" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2642" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="B4:H4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="84" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{731854CD-9976-4509-AD53-642B16540CD4}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9C551FBE-D99A-4FBD-AA47-772D43AA74E4}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>