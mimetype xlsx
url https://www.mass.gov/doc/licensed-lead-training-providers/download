--- v0 (2025-10-25)
+++ v1 (2026-02-04)
@@ -402,89 +402,89 @@
     <row r="5" ht="18" customHeight="1">
       <c s="2" t="inlineStr" r="H5">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">AS OF </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">10/01/2025</t>
+            <t xml:space="preserve">01/07/2026</t>
           </r>
         </is>
       </c>
     </row>
     <row r="6" ht="9" customHeight="1"/>
     <row r="7" ht="2.5" customHeight="0">
       <c s="3" t="inlineStr" r="G7">
         <is>
           <t xml:space="preserve">This List is Ordered by Town and Company Name</t>
         </is>
       </c>
     </row>
     <row r="8" ht="15.15" customHeight="0">
       <c s="4" t="inlineStr" r="P8">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">Total: </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">45</t>
+            <t xml:space="preserve">46</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" ht="0.5" customHeight="1"/>
     <row r="10" ht="18" customHeight="0">
       <c s="5" t="inlineStr" r="A10">
         <is>
           <t xml:space="preserve">License #</t>
         </is>
       </c>
       <c s="5" t="inlineStr" r="B10">
         <is>
           <t xml:space="preserve">Expire Date</t>
         </is>
       </c>
       <c s="5" t="inlineStr" r="C10">
         <is>
           <t xml:space="preserve">Company</t>
         </is>
       </c>
       <c s="6" t="str" r="D10"/>
       <c s="7" t="str" r="E10"/>
       <c s="5" t="inlineStr" r="F10">
         <is>
@@ -653,51 +653,51 @@
       <c s="16" t="str" r="D17"/>
       <c s="16" t="str" r="E17"/>
       <c s="15" t="str" r="F17"/>
       <c s="16" t="str" r="G17"/>
       <c s="16" t="str" r="H17"/>
       <c s="15" t="str" r="I17"/>
       <c s="15" t="str" r="J17"/>
       <c s="16" t="str" r="K17"/>
       <c s="15" t="str" r="L17"/>
       <c s="15" t="str" r="M17"/>
       <c s="16" t="str" r="N17"/>
       <c s="12" t="inlineStr" r="O17">
         <is>
           <t xml:space="preserve">LRR - LEAD-SAFE RENOVATOR-SUPERVISOR REFRESHER (4 Hours)</t>
         </is>
       </c>
     </row>
     <row r="18" ht="18" customHeight="0">
       <c s="9" t="inlineStr" r="A18">
         <is>
           <t xml:space="preserve">DT000006</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="B18">
         <is>
-          <t xml:space="preserve">11/08/2025</t>
+          <t xml:space="preserve">11/06/2026</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C18">
         <is>
           <t xml:space="preserve">NEW ENGLAND LABORERS TRAINING TRUST FUND</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="F18">
         <is>
           <t xml:space="preserve">37 EAST STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="I18">
         <is>
           <t xml:space="preserve">HOPKINTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J18">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="L18">
         <is>
           <t xml:space="preserve">01748-2699</t>
@@ -919,569 +919,622 @@
     </row>
     <row r="30" ht="18" customHeight="0">
       <c s="15" t="str" r="A30"/>
       <c s="15" t="str" r="B30"/>
       <c s="15" t="str" r="C30"/>
       <c s="16" t="str" r="D30"/>
       <c s="16" t="str" r="E30"/>
       <c s="15" t="str" r="F30"/>
       <c s="16" t="str" r="G30"/>
       <c s="16" t="str" r="H30"/>
       <c s="15" t="str" r="I30"/>
       <c s="15" t="str" r="J30"/>
       <c s="16" t="str" r="K30"/>
       <c s="15" t="str" r="L30"/>
       <c s="15" t="str" r="M30"/>
       <c s="16" t="str" r="N30"/>
       <c s="14" t="inlineStr" r="O30">
         <is>
           <t xml:space="preserve">DWR - DELEADER WORKER REFRESHER (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="31" ht="18" customHeight="0">
       <c s="9" t="inlineStr" r="A31">
         <is>
+          <t xml:space="preserve">DT86</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="B31">
+        <is>
+          <t xml:space="preserve">11/12/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="C31">
+        <is>
+          <t xml:space="preserve">HomeWorks Energy</t>
+        </is>
+      </c>
+      <c s="16" t="str" r="D31"/>
+      <c s="16" t="str" r="E31"/>
+      <c s="10" t="inlineStr" r="F31">
+        <is>
+          <t xml:space="preserve">101 STATION LANDING SUITE 110 </t>
+        </is>
+      </c>
+      <c s="16" t="str" r="G31"/>
+      <c s="16" t="str" r="H31"/>
+      <c s="10" t="inlineStr" r="I31">
+        <is>
+          <t xml:space="preserve">MEDFORD</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="J31">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="16" t="str" r="K31"/>
+      <c s="11" t="inlineStr" r="L31">
+        <is>
+          <t xml:space="preserve">02155</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="M31">
+        <is>
+          <t xml:space="preserve">610- 984-2553</t>
+        </is>
+      </c>
+      <c s="16" t="str" r="N31"/>
+      <c s="12" t="inlineStr" r="O31">
+        <is>
+          <t xml:space="preserve">Lead-Safe Renovator-Supervisor Initial</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" ht="18" customHeight="0">
+      <c s="9" t="inlineStr" r="A32">
+        <is>
           <t xml:space="preserve">DT000080</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="B31">
+      <c s="10" t="inlineStr" r="B32">
         <is>
           <t xml:space="preserve">07/23/2026</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="C31">
+      <c s="10" t="inlineStr" r="C32">
         <is>
           <t xml:space="preserve">MARY CHABOT TRAINING LLC</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="F31">
+      <c s="10" t="inlineStr" r="F32">
         <is>
           <t xml:space="preserve">12 THOMPSON ROAD </t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="I31">
+      <c s="10" t="inlineStr" r="I32">
         <is>
           <t xml:space="preserve">WEBSTER</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="J31">
+      <c s="10" t="inlineStr" r="J32">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="L31">
+      <c s="11" t="inlineStr" r="L32">
         <is>
           <t xml:space="preserve">01570</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="M31">
+      <c s="10" t="inlineStr" r="M32">
         <is>
           <t xml:space="preserve">508- 847-0654</t>
         </is>
       </c>
-      <c s="12" t="inlineStr" r="O31">
+      <c s="14" t="inlineStr" r="O32">
         <is>
           <t xml:space="preserve">LMR - LEAD-SAFE RENOVATOR-SUPERVISOR MODERATE RISK OPTION (4 Hours)</t>
         </is>
       </c>
     </row>
-    <row r="32" ht="18" customHeight="0">
-[...8 lines deleted...]
-      <c s="14" t="inlineStr" r="O32">
+    <row r="33" ht="18" customHeight="0">
+      <c s="13" t="str" r="A33"/>
+      <c s="13" t="str" r="B33"/>
+      <c s="13" t="str" r="C33"/>
+      <c s="13" t="str" r="F33"/>
+      <c s="13" t="str" r="I33"/>
+      <c s="13" t="str" r="J33"/>
+      <c s="13" t="str" r="L33"/>
+      <c s="13" t="str" r="M33"/>
+      <c s="12" t="inlineStr" r="O33">
         <is>
           <t xml:space="preserve">LRI - LEAD-SAFE RENOVATOR-SUPERVISOR INITIAL (8 Hours)</t>
         </is>
       </c>
     </row>
-    <row r="33" ht="18" customHeight="0">
-[...14 lines deleted...]
-      <c s="12" t="inlineStr" r="O33">
+    <row r="34" ht="18" customHeight="0">
+      <c s="15" t="str" r="A34"/>
+      <c s="15" t="str" r="B34"/>
+      <c s="15" t="str" r="C34"/>
+      <c s="16" t="str" r="D34"/>
+      <c s="16" t="str" r="E34"/>
+      <c s="15" t="str" r="F34"/>
+      <c s="16" t="str" r="G34"/>
+      <c s="16" t="str" r="H34"/>
+      <c s="15" t="str" r="I34"/>
+      <c s="15" t="str" r="J34"/>
+      <c s="16" t="str" r="K34"/>
+      <c s="15" t="str" r="L34"/>
+      <c s="15" t="str" r="M34"/>
+      <c s="16" t="str" r="N34"/>
+      <c s="14" t="inlineStr" r="O34">
         <is>
           <t xml:space="preserve">LRR - LEAD-SAFE RENOVATOR-SUPERVISOR REFRESHER (4 Hours)</t>
         </is>
       </c>
     </row>
-    <row r="34" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A34">
+    <row r="35" ht="18" customHeight="0">
+      <c s="9" t="inlineStr" r="A35">
         <is>
           <t xml:space="preserve">DT84</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="B34">
+      <c s="10" t="inlineStr" r="B35">
         <is>
           <t xml:space="preserve">05/07/2026</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="C34">
+      <c s="10" t="inlineStr" r="C35">
         <is>
           <t xml:space="preserve">Atlas Technical Consultants LLC</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="F34">
+      <c s="10" t="inlineStr" r="F35">
         <is>
           <t xml:space="preserve">73 WILLIAM FRANKS DRIVE </t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="I34">
+      <c s="10" t="inlineStr" r="I35">
         <is>
           <t xml:space="preserve">WEST SPRINGFIELD</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="J34">
+      <c s="10" t="inlineStr" r="J35">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="L34">
+      <c s="11" t="inlineStr" r="L35">
         <is>
           <t xml:space="preserve">01089</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="M34">
+      <c s="10" t="inlineStr" r="M35">
         <is>
           <t xml:space="preserve">413- 781-0070</t>
         </is>
       </c>
-      <c s="14" t="inlineStr" r="O34">
+      <c s="12" t="inlineStr" r="O35">
         <is>
           <t xml:space="preserve">DSI - DELEADER SUPERVISOR INITIAL (32 Hours)</t>
-        </is>
-[...13 lines deleted...]
-          <t xml:space="preserve">DSR - DELEADER SUPERVISOR REFRESHER (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="36" ht="18" customHeight="0">
       <c s="13" t="str" r="A36"/>
       <c s="13" t="str" r="B36"/>
       <c s="13" t="str" r="C36"/>
       <c s="13" t="str" r="F36"/>
       <c s="13" t="str" r="I36"/>
       <c s="13" t="str" r="J36"/>
       <c s="13" t="str" r="L36"/>
       <c s="13" t="str" r="M36"/>
       <c s="14" t="inlineStr" r="O36">
         <is>
-          <t xml:space="preserve">DWI - DELEADER WORKER INITIAL (24 Hours)</t>
+          <t xml:space="preserve">DSR - DELEADER SUPERVISOR REFRESHER (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="37" ht="18" customHeight="0">
       <c s="13" t="str" r="A37"/>
       <c s="13" t="str" r="B37"/>
       <c s="13" t="str" r="C37"/>
       <c s="13" t="str" r="F37"/>
       <c s="13" t="str" r="I37"/>
       <c s="13" t="str" r="J37"/>
       <c s="13" t="str" r="L37"/>
       <c s="13" t="str" r="M37"/>
       <c s="12" t="inlineStr" r="O37">
         <is>
-          <t xml:space="preserve">DWR - DELEADER WORKER REFRESHER (8 Hours)</t>
+          <t xml:space="preserve">DWI - DELEADER WORKER INITIAL (24 Hours)</t>
         </is>
       </c>
     </row>
     <row r="38" ht="18" customHeight="0">
       <c s="13" t="str" r="A38"/>
       <c s="13" t="str" r="B38"/>
       <c s="13" t="str" r="C38"/>
       <c s="13" t="str" r="F38"/>
       <c s="13" t="str" r="I38"/>
       <c s="13" t="str" r="J38"/>
       <c s="13" t="str" r="L38"/>
       <c s="13" t="str" r="M38"/>
       <c s="14" t="inlineStr" r="O38">
         <is>
-          <t xml:space="preserve">LMR - LEAD-SAFE RENOVATOR - MODERATE RISK DELEADING OPTION (4 Hours)</t>
+          <t xml:space="preserve">DWR - DELEADER WORKER REFRESHER (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="39" ht="18" customHeight="0">
       <c s="13" t="str" r="A39"/>
       <c s="13" t="str" r="B39"/>
       <c s="13" t="str" r="C39"/>
       <c s="13" t="str" r="F39"/>
       <c s="13" t="str" r="I39"/>
       <c s="13" t="str" r="J39"/>
       <c s="13" t="str" r="L39"/>
       <c s="13" t="str" r="M39"/>
       <c s="12" t="inlineStr" r="O39">
         <is>
+          <t xml:space="preserve">LMR - LEAD-SAFE RENOVATOR - MODERATE RISK DELEADING OPTION (4 Hours)</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" ht="18" customHeight="0">
+      <c s="13" t="str" r="A40"/>
+      <c s="13" t="str" r="B40"/>
+      <c s="13" t="str" r="C40"/>
+      <c s="13" t="str" r="F40"/>
+      <c s="13" t="str" r="I40"/>
+      <c s="13" t="str" r="J40"/>
+      <c s="13" t="str" r="L40"/>
+      <c s="13" t="str" r="M40"/>
+      <c s="14" t="inlineStr" r="O40">
+        <is>
           <t xml:space="preserve">LRI - LEAD-SAFE RENOVATOR-SUPERVISOR INITIAL (8 Hours)</t>
         </is>
       </c>
     </row>
-    <row r="40" ht="18" customHeight="0">
-[...14 lines deleted...]
-      <c s="14" t="inlineStr" r="O40">
+    <row r="41" ht="18" customHeight="0">
+      <c s="15" t="str" r="A41"/>
+      <c s="15" t="str" r="B41"/>
+      <c s="15" t="str" r="C41"/>
+      <c s="16" t="str" r="D41"/>
+      <c s="16" t="str" r="E41"/>
+      <c s="15" t="str" r="F41"/>
+      <c s="16" t="str" r="G41"/>
+      <c s="16" t="str" r="H41"/>
+      <c s="15" t="str" r="I41"/>
+      <c s="15" t="str" r="J41"/>
+      <c s="16" t="str" r="K41"/>
+      <c s="15" t="str" r="L41"/>
+      <c s="15" t="str" r="M41"/>
+      <c s="16" t="str" r="N41"/>
+      <c s="12" t="inlineStr" r="O41">
         <is>
           <t xml:space="preserve">LRR - LEAD-SAFE RENOVATOR-SUPERVISOR REFRESHER (4 Hours)</t>
         </is>
       </c>
     </row>
-    <row r="41" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A41">
+    <row r="42" ht="18" customHeight="0">
+      <c s="9" t="inlineStr" r="A42">
         <is>
           <t xml:space="preserve">DT000004</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="B41">
+      <c s="10" t="inlineStr" r="B42">
         <is>
           <t xml:space="preserve">01/19/2026</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="C41">
+      <c s="10" t="inlineStr" r="C42">
         <is>
           <t xml:space="preserve">INSTITUTE FOR ENVIRONMENTAL EDUCATION, INC.</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="F41">
+      <c s="10" t="inlineStr" r="F42">
         <is>
           <t xml:space="preserve">16 UPTON DRIVE SUITE 7</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="I41">
+      <c s="10" t="inlineStr" r="I42">
         <is>
           <t xml:space="preserve">WILMINGTON</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="J41">
+      <c s="10" t="inlineStr" r="J42">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="L41">
+      <c s="11" t="inlineStr" r="L42">
         <is>
           <t xml:space="preserve">01887</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="M41">
+      <c s="10" t="inlineStr" r="M42">
         <is>
           <t xml:space="preserve">978- 658-5272</t>
         </is>
       </c>
-      <c s="12" t="inlineStr" r="O41">
+      <c s="14" t="inlineStr" r="O42">
         <is>
           <t xml:space="preserve">DSI - DELEADER SUPERVISOR INITIAL (32 Hours)</t>
-        </is>
-[...13 lines deleted...]
-          <t xml:space="preserve">DWI - DELEADER WORKER INITIAL (24 Hours)</t>
         </is>
       </c>
     </row>
     <row r="43" ht="18" customHeight="0">
       <c s="13" t="str" r="A43"/>
       <c s="13" t="str" r="B43"/>
       <c s="13" t="str" r="C43"/>
       <c s="13" t="str" r="F43"/>
       <c s="13" t="str" r="I43"/>
       <c s="13" t="str" r="J43"/>
       <c s="13" t="str" r="L43"/>
       <c s="13" t="str" r="M43"/>
       <c s="12" t="inlineStr" r="O43">
         <is>
-          <t xml:space="preserve">DWIS - DELEADER WORKER INITIAL (SPANISH) (24 Hours)</t>
+          <t xml:space="preserve">DWI - DELEADER WORKER INITIAL (24 Hours)</t>
         </is>
       </c>
     </row>
     <row r="44" ht="18" customHeight="0">
       <c s="13" t="str" r="A44"/>
       <c s="13" t="str" r="B44"/>
       <c s="13" t="str" r="C44"/>
       <c s="13" t="str" r="F44"/>
       <c s="13" t="str" r="I44"/>
       <c s="13" t="str" r="J44"/>
       <c s="13" t="str" r="L44"/>
       <c s="13" t="str" r="M44"/>
       <c s="14" t="inlineStr" r="O44">
         <is>
-          <t xml:space="preserve">DWR - DELEADER WORKER REFRESHER (8 Hours)</t>
+          <t xml:space="preserve">DWIS - DELEADER WORKER INITIAL (SPANISH) (24 Hours)</t>
         </is>
       </c>
     </row>
     <row r="45" ht="18" customHeight="0">
       <c s="13" t="str" r="A45"/>
       <c s="13" t="str" r="B45"/>
       <c s="13" t="str" r="C45"/>
       <c s="13" t="str" r="F45"/>
       <c s="13" t="str" r="I45"/>
       <c s="13" t="str" r="J45"/>
       <c s="13" t="str" r="L45"/>
       <c s="13" t="str" r="M45"/>
       <c s="12" t="inlineStr" r="O45">
         <is>
-          <t xml:space="preserve">DWRS - DELEADER WORKER REFRESHER (SPANISH) (8 Hours)</t>
+          <t xml:space="preserve">DWR - DELEADER WORKER REFRESHER (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="46" ht="18" customHeight="0">
       <c s="13" t="str" r="A46"/>
       <c s="13" t="str" r="B46"/>
       <c s="13" t="str" r="C46"/>
       <c s="13" t="str" r="F46"/>
       <c s="13" t="str" r="I46"/>
       <c s="13" t="str" r="J46"/>
       <c s="13" t="str" r="L46"/>
       <c s="13" t="str" r="M46"/>
       <c s="14" t="inlineStr" r="O46">
         <is>
-          <t xml:space="preserve">LMR - LEAD-SAFE RENOVATOR-SUPERVISOR MODERATE RISK OPTION (4 Hours)</t>
+          <t xml:space="preserve">DWRS - DELEADER WORKER REFRESHER (SPANISH) (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="47" ht="18" customHeight="0">
       <c s="13" t="str" r="A47"/>
       <c s="13" t="str" r="B47"/>
       <c s="13" t="str" r="C47"/>
       <c s="13" t="str" r="F47"/>
       <c s="13" t="str" r="I47"/>
       <c s="13" t="str" r="J47"/>
       <c s="13" t="str" r="L47"/>
       <c s="13" t="str" r="M47"/>
       <c s="12" t="inlineStr" r="O47">
         <is>
-          <t xml:space="preserve">LRI - LEAD-SAFE RENOVATOR-SUPERVISOR INITIAL (8 Hours)</t>
+          <t xml:space="preserve">LMR - LEAD-SAFE RENOVATOR-SUPERVISOR MODERATE RISK OPTION (4 Hours)</t>
         </is>
       </c>
     </row>
     <row r="48" ht="18" customHeight="0">
       <c s="13" t="str" r="A48"/>
       <c s="13" t="str" r="B48"/>
       <c s="13" t="str" r="C48"/>
       <c s="13" t="str" r="F48"/>
       <c s="13" t="str" r="I48"/>
       <c s="13" t="str" r="J48"/>
       <c s="13" t="str" r="L48"/>
       <c s="13" t="str" r="M48"/>
       <c s="14" t="inlineStr" r="O48">
         <is>
-          <t xml:space="preserve">LRIP - LEAD-SAFE RENOVATOR-SUPERVISOR INITIAL (PORTUGUESE) (8 Hours)</t>
+          <t xml:space="preserve">LRI - LEAD-SAFE RENOVATOR-SUPERVISOR INITIAL (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="49" ht="18" customHeight="0">
       <c s="13" t="str" r="A49"/>
       <c s="13" t="str" r="B49"/>
       <c s="13" t="str" r="C49"/>
       <c s="13" t="str" r="F49"/>
       <c s="13" t="str" r="I49"/>
       <c s="13" t="str" r="J49"/>
       <c s="13" t="str" r="L49"/>
       <c s="13" t="str" r="M49"/>
       <c s="12" t="inlineStr" r="O49">
         <is>
-          <t xml:space="preserve">LRIS - LEAD-SAFE RENOVATOR-SUPERVISOR INITIAL (SPANISH) (8 Hours)</t>
+          <t xml:space="preserve">LRIP - LEAD-SAFE RENOVATOR-SUPERVISOR INITIAL (PORTUGUESE) (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="50" ht="18" customHeight="0">
       <c s="13" t="str" r="A50"/>
       <c s="13" t="str" r="B50"/>
       <c s="13" t="str" r="C50"/>
       <c s="13" t="str" r="F50"/>
       <c s="13" t="str" r="I50"/>
       <c s="13" t="str" r="J50"/>
       <c s="13" t="str" r="L50"/>
       <c s="13" t="str" r="M50"/>
       <c s="14" t="inlineStr" r="O50">
         <is>
+          <t xml:space="preserve">LRIS - LEAD-SAFE RENOVATOR-SUPERVISOR INITIAL (SPANISH) (8 Hours)</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" ht="18" customHeight="0">
+      <c s="13" t="str" r="A51"/>
+      <c s="13" t="str" r="B51"/>
+      <c s="13" t="str" r="C51"/>
+      <c s="13" t="str" r="F51"/>
+      <c s="13" t="str" r="I51"/>
+      <c s="13" t="str" r="J51"/>
+      <c s="13" t="str" r="L51"/>
+      <c s="13" t="str" r="M51"/>
+      <c s="12" t="inlineStr" r="O51">
+        <is>
           <t xml:space="preserve">LRR - LEAD-SAFE RENOVATOR-SUPERVISOR REFRESHER (4 Hours)</t>
         </is>
       </c>
     </row>
-    <row r="51" ht="18" customHeight="0">
-[...14 lines deleted...]
-      <c s="12" t="inlineStr" r="O51">
+    <row r="52" ht="18" customHeight="0">
+      <c s="15" t="str" r="A52"/>
+      <c s="15" t="str" r="B52"/>
+      <c s="15" t="str" r="C52"/>
+      <c s="16" t="str" r="D52"/>
+      <c s="16" t="str" r="E52"/>
+      <c s="15" t="str" r="F52"/>
+      <c s="16" t="str" r="G52"/>
+      <c s="16" t="str" r="H52"/>
+      <c s="15" t="str" r="I52"/>
+      <c s="15" t="str" r="J52"/>
+      <c s="16" t="str" r="K52"/>
+      <c s="15" t="str" r="L52"/>
+      <c s="15" t="str" r="M52"/>
+      <c s="16" t="str" r="N52"/>
+      <c s="14" t="inlineStr" r="O52">
         <is>
           <t xml:space="preserve">LRRS - LEAD-SAFE RENOVATOR-SUPERVISOR REFRESHER (SPANISH) (4 Hours)</t>
         </is>
       </c>
     </row>
-    <row r="52" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A52">
+    <row r="53" ht="18" customHeight="0">
+      <c s="9" t="inlineStr" r="A53">
         <is>
           <t xml:space="preserve">DT000075</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="B52">
+      <c s="10" t="inlineStr" r="B53">
         <is>
           <t xml:space="preserve">01/30/2026</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="C52">
+      <c s="10" t="inlineStr" r="C53">
         <is>
           <t xml:space="preserve">UNITED SAFETY NET, INC.</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="F52">
+      <c s="10" t="inlineStr" r="F53">
         <is>
           <t xml:space="preserve">52 CUMMINGS PARK DRIVE #313</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="I52">
+      <c s="10" t="inlineStr" r="I53">
         <is>
           <t xml:space="preserve">WOBURN</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="J52">
+      <c s="10" t="inlineStr" r="J53">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="L52">
+      <c s="11" t="inlineStr" r="L53">
         <is>
           <t xml:space="preserve">01801</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="M52">
+      <c s="10" t="inlineStr" r="M53">
         <is>
           <t xml:space="preserve">978- 767-0630</t>
         </is>
       </c>
-      <c s="14" t="inlineStr" r="O52">
+      <c s="12" t="inlineStr" r="O53">
         <is>
           <t xml:space="preserve">LMR - LEAD-SAFE RENOVATOR-SUPERVISOR MODERATE RISK OPTION (4 Hours)</t>
-        </is>
-[...13 lines deleted...]
-          <t xml:space="preserve">LRI - LEAD-SAFE RENOVATOR-SUPERVISOR INITIAL (8 Hours)</t>
         </is>
       </c>
     </row>
     <row r="54" ht="18" customHeight="0">
       <c s="13" t="str" r="A54"/>
       <c s="13" t="str" r="B54"/>
       <c s="13" t="str" r="C54"/>
       <c s="13" t="str" r="F54"/>
       <c s="13" t="str" r="I54"/>
       <c s="13" t="str" r="J54"/>
       <c s="13" t="str" r="L54"/>
       <c s="13" t="str" r="M54"/>
       <c s="14" t="inlineStr" r="O54">
         <is>
+          <t xml:space="preserve">LRI - LEAD-SAFE RENOVATOR-SUPERVISOR INITIAL (8 Hours)</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" ht="18" customHeight="0">
+      <c s="13" t="str" r="A55"/>
+      <c s="13" t="str" r="B55"/>
+      <c s="13" t="str" r="C55"/>
+      <c s="13" t="str" r="F55"/>
+      <c s="13" t="str" r="I55"/>
+      <c s="13" t="str" r="J55"/>
+      <c s="13" t="str" r="L55"/>
+      <c s="13" t="str" r="M55"/>
+      <c s="12" t="inlineStr" r="O55">
+        <is>
           <t xml:space="preserve">LRIP - LEAD-SAFE RENOVATOR-SUPERVISOR INITIAL (PORTUGUESE) (8 Hours)</t>
         </is>
       </c>
     </row>
-    <row r="55" ht="18" customHeight="0">
-[...14 lines deleted...]
-      <c s="12" t="inlineStr" r="O55">
+    <row r="56" ht="18" customHeight="0">
+      <c s="15" t="str" r="A56"/>
+      <c s="15" t="str" r="B56"/>
+      <c s="15" t="str" r="C56"/>
+      <c s="16" t="str" r="D56"/>
+      <c s="16" t="str" r="E56"/>
+      <c s="15" t="str" r="F56"/>
+      <c s="16" t="str" r="G56"/>
+      <c s="16" t="str" r="H56"/>
+      <c s="15" t="str" r="I56"/>
+      <c s="15" t="str" r="J56"/>
+      <c s="16" t="str" r="K56"/>
+      <c s="15" t="str" r="L56"/>
+      <c s="15" t="str" r="M56"/>
+      <c s="16" t="str" r="N56"/>
+      <c s="14" t="inlineStr" r="O56">
         <is>
           <t xml:space="preserve">LRIS - LEAD-SAFE RENOVATOR-SUPERVISOR INITIAL (SPANISH) (8 Hours)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:C4"/>
     <mergeCell ref="E3:P3"/>
     <mergeCell ref="H5:J5"/>
     <mergeCell ref="G7:M8"/>
     <mergeCell ref="P8:Q8"/>
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="F10:H10"/>
     <mergeCell ref="J10:K10"/>
     <mergeCell ref="M10:N10"/>
     <mergeCell ref="O10:R10"/>
     <mergeCell ref="A11:A17"/>
     <mergeCell ref="B11:B17"/>
     <mergeCell ref="C11:E17"/>
     <mergeCell ref="F11:H17"/>
     <mergeCell ref="I11:I17"/>
     <mergeCell ref="J11:K17"/>
     <mergeCell ref="L11:L17"/>
     <mergeCell ref="M11:N17"/>
@@ -1499,107 +1552,112 @@
     <mergeCell ref="I18:I25"/>
     <mergeCell ref="J18:K25"/>
     <mergeCell ref="L18:L25"/>
     <mergeCell ref="M18:N25"/>
     <mergeCell ref="O18:R18"/>
     <mergeCell ref="O19:R19"/>
     <mergeCell ref="O20:R20"/>
     <mergeCell ref="O21:R21"/>
     <mergeCell ref="O22:R22"/>
     <mergeCell ref="O23:R23"/>
     <mergeCell ref="O24:R24"/>
     <mergeCell ref="O25:R25"/>
     <mergeCell ref="A26:A30"/>
     <mergeCell ref="B26:B30"/>
     <mergeCell ref="C26:E30"/>
     <mergeCell ref="F26:H30"/>
     <mergeCell ref="I26:I30"/>
     <mergeCell ref="J26:K30"/>
     <mergeCell ref="L26:L30"/>
     <mergeCell ref="M26:N30"/>
     <mergeCell ref="O26:R26"/>
     <mergeCell ref="O27:R27"/>
     <mergeCell ref="O28:R28"/>
     <mergeCell ref="O29:R29"/>
     <mergeCell ref="O30:R30"/>
-    <mergeCell ref="A31:A33"/>
-[...6 lines deleted...]
-    <mergeCell ref="M31:N33"/>
+    <mergeCell ref="C31:E31"/>
+    <mergeCell ref="F31:H31"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="M31:N31"/>
     <mergeCell ref="O31:R31"/>
+    <mergeCell ref="A32:A34"/>
+    <mergeCell ref="B32:B34"/>
+    <mergeCell ref="C32:E34"/>
+    <mergeCell ref="F32:H34"/>
+    <mergeCell ref="I32:I34"/>
+    <mergeCell ref="J32:K34"/>
+    <mergeCell ref="L32:L34"/>
+    <mergeCell ref="M32:N34"/>
     <mergeCell ref="O32:R32"/>
     <mergeCell ref="O33:R33"/>
-    <mergeCell ref="A34:A40"/>
-[...6 lines deleted...]
-    <mergeCell ref="M34:N40"/>
     <mergeCell ref="O34:R34"/>
+    <mergeCell ref="A35:A41"/>
+    <mergeCell ref="B35:B41"/>
+    <mergeCell ref="C35:E41"/>
+    <mergeCell ref="F35:H41"/>
+    <mergeCell ref="I35:I41"/>
+    <mergeCell ref="J35:K41"/>
+    <mergeCell ref="L35:L41"/>
+    <mergeCell ref="M35:N41"/>
     <mergeCell ref="O35:R35"/>
     <mergeCell ref="O36:R36"/>
     <mergeCell ref="O37:R37"/>
     <mergeCell ref="O38:R38"/>
     <mergeCell ref="O39:R39"/>
     <mergeCell ref="O40:R40"/>
-    <mergeCell ref="A41:A51"/>
-[...6 lines deleted...]
-    <mergeCell ref="M41:N51"/>
     <mergeCell ref="O41:R41"/>
+    <mergeCell ref="A42:A52"/>
+    <mergeCell ref="B42:B52"/>
+    <mergeCell ref="C42:E52"/>
+    <mergeCell ref="F42:H52"/>
+    <mergeCell ref="I42:I52"/>
+    <mergeCell ref="J42:K52"/>
+    <mergeCell ref="L42:L52"/>
+    <mergeCell ref="M42:N52"/>
     <mergeCell ref="O42:R42"/>
     <mergeCell ref="O43:R43"/>
     <mergeCell ref="O44:R44"/>
     <mergeCell ref="O45:R45"/>
     <mergeCell ref="O46:R46"/>
     <mergeCell ref="O47:R47"/>
     <mergeCell ref="O48:R48"/>
     <mergeCell ref="O49:R49"/>
     <mergeCell ref="O50:R50"/>
     <mergeCell ref="O51:R51"/>
-    <mergeCell ref="A52:A55"/>
-[...6 lines deleted...]
-    <mergeCell ref="M52:N55"/>
     <mergeCell ref="O52:R52"/>
+    <mergeCell ref="A53:A56"/>
+    <mergeCell ref="B53:B56"/>
+    <mergeCell ref="C53:E56"/>
+    <mergeCell ref="F53:H56"/>
+    <mergeCell ref="I53:I56"/>
+    <mergeCell ref="J53:K56"/>
+    <mergeCell ref="L53:L56"/>
+    <mergeCell ref="M53:N56"/>
     <mergeCell ref="O53:R53"/>
     <mergeCell ref="O54:R54"/>
     <mergeCell ref="O55:R55"/>
+    <mergeCell ref="O56:R56"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.2" top="0.5" bottom="1.25209015748032" header="0.5" footer="0.5"/>
   <pageSetup paperSize="8" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Calibri,Italic"&amp;9 The licensing information of the above-listed training providers is updated monthly. While most training providers renew their certification on or before the expiration date of the certification, DLS recommends that you call our offi</oddFooter>
   </headerFooter>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">