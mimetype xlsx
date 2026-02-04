--- v0 (2025-12-04)
+++ v1 (2026-02-04)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\SBS_CSV_Reformat\Worksheets_and_Pdfs\Producer\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E1352A47-42F9-4C9E-A2F2-5384AB61DD19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CC02CE09-35D9-4293-B7F5-6EE0CFA67C06}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{45D9754F-A234-42BC-8C91-A34CD0FE9E47}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{AABAF008-CC8E-4517-8981-2DA11E5F0667}"/>
   </bookViews>
   <sheets>
     <sheet name="XLSX_Worksheet" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="Current">OFFSET([1]Interface!$K$4,,,COUNTA([1]Interface!$K$4:$K$107))</definedName>
     <definedName name="Import">OFFSET([1]Interface!$J$4,,,COUNTA([1]Interface!$J$4:$J$107))</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">XLSX_Worksheet!$6:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -92,51 +92,51 @@
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 Federal Street, Suite700  •  Boston, MA  02110-2012
 (617) 521-7794 • FAX (617) 753-6883
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>http://www.mass.gov/doi</t>
     </r>
   </si>
   <si>
     <t>Licensed Public Insurance Adjusters Agencies</t>
   </si>
   <si>
-    <t>December 1, 2025</t>
+    <t>February 1, 2026</t>
   </si>
   <si>
     <t>License #</t>
   </si>
   <si>
     <t>Original Approval</t>
   </si>
   <si>
     <t>Renewal Date</t>
   </si>
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip</t>
   </si>
@@ -293,84 +293,84 @@
   <si>
     <t>DILLON PUBLIC ADJUSTERS, INC.</t>
   </si>
   <si>
     <t xml:space="preserve">21B OXBOW RD  </t>
   </si>
   <si>
     <t>EAST FALMOUTH</t>
   </si>
   <si>
     <t xml:space="preserve">	02536</t>
   </si>
   <si>
     <t>Dimont  &amp; Associates, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1455 FRAZEE RD STE 500  </t>
   </si>
   <si>
     <t>SAN DIEGO</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
+    <t>FIRE CLAIMS SOLUTIONS PUBLIC ADJUSTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9 CENTRAL AVE  </t>
+  </si>
+  <si>
+    <t>NORTHBRIDGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	01534</t>
+  </si>
+  <si>
     <t>Gallagher Public Adjusters, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">18 BURNCOAT STREET  </t>
   </si>
   <si>
     <t>LEICESTER</t>
   </si>
   <si>
     <t xml:space="preserve">	01524</t>
   </si>
   <si>
     <t>Gentili &amp; Rossini Assoc.Public Ins.Adjusters,Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">195 MAIN STREET, SUITE 3  </t>
   </si>
   <si>
     <t>FRANKLIN</t>
   </si>
   <si>
     <t xml:space="preserve">	02038</t>
-  </si>
-[...10 lines deleted...]
-    <t xml:space="preserve">	01505</t>
   </si>
   <si>
     <t>Grosky Associates Adjusters, Inc</t>
   </si>
   <si>
     <t xml:space="preserve">159 BELMONT ST  </t>
   </si>
   <si>
     <t>EASTON</t>
   </si>
   <si>
     <t xml:space="preserve">	02375</t>
   </si>
   <si>
     <t>J.M. Staples Public Adjusters, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">17 STARK RD  </t>
   </si>
   <si>
     <t>WORCESTER</t>
   </si>
   <si>
     <t xml:space="preserve">	01602</t>
   </si>
@@ -1010,51 +1010,51 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>127000</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>101600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>952500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58414D9C-39CA-4918-931F-6FEE6EE5D47F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960334F7-AA56-4726-9442-A17FEDC68F9B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="876300" y="0"/>
           <a:ext cx="768350" cy="952500"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -1397,68 +1397,68 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A1304E50-39B4-480B-BA2E-CB3806346190}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{742F19C2-A96C-4B5F-95BC-A1BDF6D833F9}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J20000"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B4" sqref="B4:J4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="1.6328125" customWidth="1"/>
     <col min="2" max="2" width="9.08984375" style="8" customWidth="1"/>
     <col min="3" max="3" width="11.36328125" style="27" customWidth="1"/>
     <col min="4" max="4" width="11.1796875" style="28" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="43.1796875" customWidth="1"/>
-    <col min="6" max="6" width="38.453125" customWidth="1"/>
+    <col min="5" max="5" width="29.1796875" customWidth="1"/>
+    <col min="6" max="6" width="28.26953125" customWidth="1"/>
     <col min="7" max="7" width="13.36328125" customWidth="1"/>
     <col min="8" max="8" width="6" style="29" customWidth="1"/>
     <col min="9" max="9" width="10.6328125" style="30" customWidth="1"/>
     <col min="10" max="10" width="12.36328125" style="31" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="116" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="4"/>
       <c r="E1" s="32" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="33"/>
       <c r="G1" s="33"/>
       <c r="H1" s="5"/>
       <c r="I1" s="6"/>
       <c r="J1" s="7"/>
     </row>
     <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="C2" s="3"/>
       <c r="D2" s="4"/>
       <c r="E2" s="1"/>
@@ -1756,51 +1756,51 @@
       </c>
       <c r="F14" s="25" t="s">
         <v>42</v>
       </c>
       <c r="G14" s="24" t="s">
         <v>43</v>
       </c>
       <c r="H14" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I14" s="22" t="s">
         <v>44</v>
       </c>
       <c r="J14" s="26">
         <v>5087465650</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="22">
         <v>3003413131</v>
       </c>
       <c r="C15" s="23">
         <v>45628</v>
       </c>
       <c r="D15" s="23">
-        <v>45993</v>
+        <v>46358</v>
       </c>
       <c r="E15" s="24" t="s">
         <v>45</v>
       </c>
       <c r="F15" s="25" t="s">
         <v>46</v>
       </c>
       <c r="G15" s="24" t="s">
         <v>47</v>
       </c>
       <c r="H15" s="22" t="s">
         <v>48</v>
       </c>
       <c r="I15" s="22" t="s">
         <v>49</v>
       </c>
       <c r="J15" s="26">
         <v>2032135840</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B16" s="22">
         <v>16292884</v>
       </c>
       <c r="C16" s="23">
@@ -1924,133 +1924,133 @@
       </c>
       <c r="D20" s="23">
         <v>46234</v>
       </c>
       <c r="E20" s="24" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="25" t="s">
         <v>66</v>
       </c>
       <c r="G20" s="24" t="s">
         <v>67</v>
       </c>
       <c r="H20" s="22" t="s">
         <v>68</v>
       </c>
       <c r="I20" s="22">
         <v>921084350</v>
       </c>
       <c r="J20" s="26">
         <v>2148467845</v>
       </c>
     </row>
     <row r="21" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B21" s="22">
-        <v>18461401</v>
+        <v>3003305329</v>
       </c>
       <c r="C21" s="23">
-        <v>42916</v>
+        <v>46001</v>
       </c>
       <c r="D21" s="23">
-        <v>46203</v>
+        <v>46366</v>
       </c>
       <c r="E21" s="24" t="s">
         <v>69</v>
       </c>
       <c r="F21" s="25" t="s">
         <v>70</v>
       </c>
       <c r="G21" s="24" t="s">
         <v>71</v>
       </c>
       <c r="H21" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I21" s="22" t="s">
         <v>72</v>
       </c>
       <c r="J21" s="26">
-        <v>5087538180</v>
+        <v>7816080754</v>
       </c>
     </row>
     <row r="22" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="22">
-        <v>3686904</v>
+        <v>18461401</v>
       </c>
       <c r="C22" s="23">
-        <v>37032</v>
+        <v>42916</v>
       </c>
       <c r="D22" s="23">
-        <v>46163</v>
+        <v>46203</v>
       </c>
       <c r="E22" s="24" t="s">
         <v>73</v>
       </c>
       <c r="F22" s="25" t="s">
         <v>74</v>
       </c>
       <c r="G22" s="24" t="s">
         <v>75</v>
       </c>
       <c r="H22" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I22" s="22" t="s">
         <v>76</v>
       </c>
       <c r="J22" s="26">
-        <v>5085281734</v>
+        <v>5087538180</v>
       </c>
     </row>
     <row r="23" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B23" s="22">
-        <v>3003449705</v>
+        <v>3686904</v>
       </c>
       <c r="C23" s="23">
-        <v>45659</v>
+        <v>37032</v>
       </c>
       <c r="D23" s="23">
-        <v>46024</v>
+        <v>46163</v>
       </c>
       <c r="E23" s="24" t="s">
         <v>77</v>
       </c>
       <c r="F23" s="25" t="s">
         <v>78</v>
       </c>
       <c r="G23" s="24" t="s">
         <v>79</v>
       </c>
       <c r="H23" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I23" s="22" t="s">
         <v>80</v>
       </c>
       <c r="J23" s="26">
-        <v>7742396822</v>
+        <v>5085281734</v>
       </c>
     </row>
     <row r="24" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B24" s="22">
         <v>5437000</v>
       </c>
       <c r="C24" s="23">
         <v>39314</v>
       </c>
       <c r="D24" s="23">
         <v>46254</v>
       </c>
       <c r="E24" s="24" t="s">
         <v>81</v>
       </c>
       <c r="F24" s="25" t="s">
         <v>82</v>
       </c>
       <c r="G24" s="24" t="s">
         <v>83</v>
       </c>
       <c r="H24" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I24" s="22" t="s">
@@ -2278,80 +2278,80 @@
       </c>
       <c r="F32" s="25" t="s">
         <v>111</v>
       </c>
       <c r="G32" s="24" t="s">
         <v>112</v>
       </c>
       <c r="H32" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I32" s="22" t="s">
         <v>113</v>
       </c>
       <c r="J32" s="26">
         <v>7812692935</v>
       </c>
     </row>
     <row r="33" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B33" s="22">
         <v>19445920</v>
       </c>
       <c r="C33" s="23">
         <v>43896</v>
       </c>
       <c r="D33" s="23">
-        <v>46087</v>
+        <v>46452</v>
       </c>
       <c r="E33" s="24" t="s">
         <v>114</v>
       </c>
       <c r="F33" s="25" t="s">
         <v>115</v>
       </c>
       <c r="G33" s="24" t="s">
         <v>116</v>
       </c>
       <c r="H33" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I33" s="22">
         <v>20931783</v>
       </c>
       <c r="J33" s="26">
         <v>5085105942</v>
       </c>
     </row>
     <row r="34" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B34" s="22">
         <v>8869699</v>
       </c>
       <c r="C34" s="23">
         <v>44978</v>
       </c>
       <c r="D34" s="23">
-        <v>46074</v>
+        <v>46439</v>
       </c>
       <c r="E34" s="24" t="s">
         <v>117</v>
       </c>
       <c r="F34" s="25" t="s">
         <v>118</v>
       </c>
       <c r="G34" s="24" t="s">
         <v>100</v>
       </c>
       <c r="H34" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I34" s="22" t="s">
         <v>101</v>
       </c>
       <c r="J34" s="26">
         <v>7813441349</v>
       </c>
     </row>
     <row r="35" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B35" s="22">
         <v>2014242</v>
       </c>
       <c r="C35" s="23">
@@ -2510,51 +2510,51 @@
       </c>
       <c r="F40" s="25" t="s">
         <v>138</v>
       </c>
       <c r="G40" s="24" t="s">
         <v>139</v>
       </c>
       <c r="H40" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I40" s="22" t="s">
         <v>140</v>
       </c>
       <c r="J40" s="26">
         <v>7815927575</v>
       </c>
     </row>
     <row r="41" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B41" s="22">
         <v>18669899</v>
       </c>
       <c r="C41" s="23">
         <v>45320</v>
       </c>
       <c r="D41" s="23">
-        <v>46051</v>
+        <v>46416</v>
       </c>
       <c r="E41" s="24" t="s">
         <v>141</v>
       </c>
       <c r="F41" s="25" t="s">
         <v>142</v>
       </c>
       <c r="G41" s="24" t="s">
         <v>143</v>
       </c>
       <c r="H41" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I41" s="22" t="s">
         <v>144</v>
       </c>
       <c r="J41" s="26">
         <v>6172936749</v>
       </c>
     </row>
     <row r="42" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="22">
         <v>19363684</v>
       </c>
       <c r="C42" s="23">
@@ -2626,51 +2626,51 @@
       </c>
       <c r="F44" s="25" t="s">
         <v>153</v>
       </c>
       <c r="G44" s="24" t="s">
         <v>154</v>
       </c>
       <c r="H44" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I44" s="22" t="s">
         <v>155</v>
       </c>
       <c r="J44" s="26">
         <v>7817930070</v>
       </c>
     </row>
     <row r="45" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B45" s="22">
         <v>5436358</v>
       </c>
       <c r="C45" s="23">
         <v>36486</v>
       </c>
       <c r="D45" s="23">
-        <v>46013</v>
+        <v>46404</v>
       </c>
       <c r="E45" s="24" t="s">
         <v>156</v>
       </c>
       <c r="F45" s="25" t="s">
         <v>157</v>
       </c>
       <c r="G45" s="24" t="s">
         <v>158</v>
       </c>
       <c r="H45" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I45" s="22" t="s">
         <v>159</v>
       </c>
       <c r="J45" s="26">
         <v>6179325192</v>
       </c>
     </row>
     <row r="46" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B46" s="22">
         <v>9152893</v>
       </c>
       <c r="C46" s="23">
@@ -3003,51 +3003,51 @@
       </c>
       <c r="F57" s="25" t="s">
         <v>194</v>
       </c>
       <c r="G57" s="24" t="s">
         <v>195</v>
       </c>
       <c r="H57" s="22" t="s">
         <v>126</v>
       </c>
       <c r="I57" s="22">
         <v>12309</v>
       </c>
       <c r="J57" s="26">
         <v>5184568523</v>
       </c>
     </row>
     <row r="58" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B58" s="22">
         <v>7222968</v>
       </c>
       <c r="C58" s="23">
         <v>43854</v>
       </c>
       <c r="D58" s="23">
-        <v>46055</v>
+        <v>46420</v>
       </c>
       <c r="E58" s="24" t="s">
         <v>196</v>
       </c>
       <c r="F58" s="25" t="s">
         <v>197</v>
       </c>
       <c r="G58" s="24" t="s">
         <v>198</v>
       </c>
       <c r="H58" s="22" t="s">
         <v>199</v>
       </c>
       <c r="I58" s="22">
         <v>212082859</v>
       </c>
       <c r="J58" s="26">
         <v>4106020800</v>
       </c>
     </row>
     <row r="59" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B59" s="22">
         <v>1926139</v>
       </c>
       <c r="C59" s="23">
@@ -23100,90 +23100,90 @@
     <row r="19984" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19985" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19986" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19987" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19988" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19989" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19990" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19991" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19992" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19993" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19994" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19995" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19996" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19997" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19998" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19999" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="20000" customFormat="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="E1:G1"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:J4"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0.5" header="0" footer="0"/>
-  <pageSetup scale="89" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
+  <pageSetup fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;14&amp;K08-048Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC62C7EF-79F8-4508-83EB-62069E0ED37A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0820DEDD-BEE3-4544-8927-528E26EEF5D7}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>XLSX_Worksheet</vt:lpstr>
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>XLSX_Worksheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Commonwealth of Massachusetts</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wilbur, Robert (DOI)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>